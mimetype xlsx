--- v0 (2025-10-24)
+++ v1 (2025-12-15)
@@ -85,16435 +85,16540 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786053164302</t>
+          <t>9786053164388</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gerilimli Değişim</t>
+          <t>Nils Vik’in Öldüğü Gün</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>445</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789753426473</t>
+          <t>9786053164371</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Gözler</t>
+          <t>Soyu Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>244</v>
+        <v>330</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053164326</t>
+          <t>9786053164340</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Canavarların Vaatleri</t>
+          <t>Tekil Kalabalık</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>368</v>
+        <v>265</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053164319</t>
+          <t>9786053164364</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ley Hatları</t>
+          <t>Gülün Hayaleti</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>172</v>
+        <v>260</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053164272</t>
+          <t>9786053164357</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Alerjik</t>
+          <t>Metis Ajanda 2026: Anlıyorsun Değil mi?</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>410</v>
+        <v>110</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786053164234</t>
+          <t>9789753424776</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hem Antisemitizme Hem İstismarına Karşı</t>
+          <t>Murathan Mungan'ın Seçtikleriyle Kadınlığın 21 Hikayesi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>255</v>
+        <v>330</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053164265</t>
+          <t>9786053164289</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Fransa’nın Cumhuriyetçi Tarihi</t>
+          <t>Yerdeniz Büyücüsü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>432</v>
+        <v>650</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786053164258</t>
+          <t>9786053164302</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvan ve Ölüm</t>
+          <t>Gerilimli Değişim</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>262</v>
+        <v>445</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753427814</t>
+          <t>9789753426473</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>O Sevdiğim Dünya</t>
+          <t>Yeşil Gözler</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>290</v>
+        <v>244</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789753428187</t>
+          <t>9786053164326</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Mobius Dick</t>
+          <t>Canavarların Vaatleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>298</v>
+        <v>368</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9789753420402</t>
+          <t>9786053164319</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kalkınmacılığın İflası</t>
+          <t>Ley Hatları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>238</v>
+        <v>172</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753427616</t>
+          <t>9786053164272</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hep Yazmak İsteyenlerin Hikayeleri</t>
+          <t>Alerjik</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>162</v>
+        <v>410</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789753421430</t>
+          <t>9786053164234</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kıyısız</t>
+          <t>Hem Antisemitizme Hem İstismarına Karşı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>198</v>
+        <v>255</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789753427456</t>
+          <t>9786053164265</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sırtımdaki Ev</t>
+          <t>Fransa’nın Cumhuriyetçi Tarihi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>640</v>
+        <v>432</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053161097</t>
+          <t>9786053164258</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Siyasalın Peşinde</t>
+          <t>Bahçıvan ve Ölüm</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>262</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053162414</t>
+          <t>9789753427814</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Metis Ajanda 2022: Normali Beklerken</t>
+          <t>O Sevdiğim Dünya</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>75</v>
+        <v>290</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053161783</t>
+          <t>9789753428187</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Metis Ajanda 2020: Ya Kebikeç!</t>
+          <t>Mobius Dick</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>75</v>
+        <v>298</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9796053160624</t>
+          <t>9789753420402</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Andrey Platonov Seti 5 Kitap Takım - Metis Ajanda Hediyeli</t>
+          <t>Ulusal Kalkınmacılığın İflası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>490</v>
+        <v>238</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9796053160730</t>
+          <t>9789753427616</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Didem Madak Seti - 3 Kitap Takım</t>
+          <t>Hep Yazmak İsteyenlerin Hikayeleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>219</v>
+        <v>162</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9796053160679</t>
+          <t>9789753421430</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Birhan Keskin Seti 5 Kitap Takım</t>
+          <t>Kıyısız</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>380</v>
+        <v>198</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9796053160648</t>
+          <t>9789753427456</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Georges Perec 5 Kitap Takım - Metis Ajanda Hediyeli</t>
+          <t>Sırtımdaki Ev</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>476</v>
+        <v>640</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9796053160655</t>
+          <t>9786053161097</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Aslı Biçen Seti 3 Kitap Takım - Metis Ajanda Hediyeli</t>
+          <t>Siyasalın Peşinde</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>452</v>
+        <v>262</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753426459</t>
+          <t>9786053162414</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma</t>
+          <t>Metis Ajanda 2022: Normali Beklerken</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>482</v>
+        <v>75</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753425001</t>
+          <t>9786053161783</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eteğimdeki Taşlar</t>
+          <t>Metis Ajanda 2020: Ya Kebikeç!</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789753429030</t>
+          <t>9796053160624</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Evrim Serüveni</t>
+          <t>Andrey Platonov Seti 5 Kitap Takım - Metis Ajanda Hediyeli</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>368</v>
+        <v>490</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789753429283</t>
+          <t>9796053160730</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Yolunda</t>
+          <t>Didem Madak Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>314</v>
+        <v>219</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789753423038</t>
+          <t>9796053160679</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İran'da Modern Olmak</t>
+          <t>Birhan Keskin Seti 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>304</v>
+        <v>380</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789753429788</t>
+          <t>9796053160648</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Göçebe Düşünmek</t>
+          <t>Georges Perec 5 Kitap Takım - Metis Ajanda Hediyeli</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>438</v>
+        <v>476</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789753429320</t>
+          <t>9796053160655</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sinema Savaşları</t>
+          <t>Aslı Biçen Seti 3 Kitap Takım - Metis Ajanda Hediyeli</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>394</v>
+        <v>452</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053164241</t>
+          <t>9789753426459</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yanı Başımızdaki Doğa</t>
+          <t>Aydınlanma</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>320</v>
+        <v>482</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053164210</t>
+          <t>9789753425001</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlık</t>
+          <t>Eteğimdeki Taşlar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>224</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053164173</t>
+          <t>9789753429030</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Nedir?</t>
+          <t>Evrim Serüveni</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>336</v>
+        <v>368</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786053164227</t>
+          <t>9789753429283</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri</t>
+          <t>Kağıt Yolunda</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>95</v>
+        <v>314</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786053164203</t>
+          <t>9789753423038</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Akbabalar ve Köstebekler</t>
+          <t>İran'da Modern Olmak</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>272</v>
+        <v>304</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053164142</t>
+          <t>9789753429788</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Yanılsamalar Şehri</t>
+          <t>Göçebe Düşünmek</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>272</v>
+        <v>438</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053164135</t>
+          <t>9789753429320</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Toplumsal Cinsiyetten?</t>
+          <t>Sinema Savaşları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>368</v>
+        <v>394</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053164197</t>
+          <t>9786053164241</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Annem</t>
+          <t>Yanı Başımızdaki Doğa</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>198</v>
+        <v>320</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053164166</t>
+          <t>9786053164210</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat, Psikanaliz ve Başka Meseleler</t>
+          <t>Alacakaranlık</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>224</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053164159</t>
+          <t>9786053164173</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gençlik... Gençlik.../Murathan Mungan’ın Seçtikleriyle</t>
+          <t>Ağrı Nedir?</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>152</v>
+        <v>336</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053164128</t>
+          <t>9786053164227</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Söz Vermiş Şarkılar</t>
+          <t>Metis Cep Defteri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>232</v>
+        <v>95</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053164111</t>
+          <t>9786053164203</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Sürüyor, Derken Bitiyor</t>
+          <t>Akbabalar ve Köstebekler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>216</v>
+        <v>272</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053163190</t>
+          <t>9786053164142</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Edebi Babanın Reddi</t>
+          <t>Yanılsamalar Şehri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>405</v>
+        <v>272</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053164104</t>
+          <t>9786053164135</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yokluğun Haritaları</t>
+          <t>Kim Korkar Toplumsal Cinsiyetten?</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>368</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053164098</t>
+          <t>9786053164197</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles ve Büyük İskender</t>
+          <t>Annem</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>198</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053164074</t>
+          <t>9786053164166</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Patronun Gözü</t>
+          <t>Edebiyat, Psikanaliz ve Başka Meseleler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>324</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053164081</t>
+          <t>9786053164159</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Komünizm İş Başında</t>
+          <t>Gençlik... Gençlik.../Murathan Mungan’ın Seçtikleriyle</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>270</v>
+        <v>152</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053164067</t>
+          <t>9786053164128</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Yıldız Tozuyuz</t>
+          <t>Söz Vermiş Şarkılar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>405</v>
+        <v>232</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053164036</t>
+          <t>9786053164111</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ne çok gelecek, ne az zaman</t>
+          <t>Sonsuza Dek Sürüyor, Derken Bitiyor</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>270</v>
+        <v>216</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786053164050</t>
+          <t>9786053163190</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Uykuya Yatmak</t>
+          <t>Edebi Babanın Reddi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>180</v>
+        <v>405</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053162698</t>
+          <t>9786053164104</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Metis Ajanda 2023: ArzuHal</t>
+          <t>Yokluğun Haritaları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>75</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789753427142</t>
+          <t>9786053164098</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kocanın Güzelliği</t>
+          <t>Aristoteles ve Büyük İskender</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>196</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053163930</t>
+          <t>9786053164074</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yaranın Sayfaları</t>
+          <t>Patronun Gözü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>156</v>
+        <v>324</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053163992</t>
+          <t>9786053164081</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yeni Despotizm</t>
+          <t>Komünizm İş Başında</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053164029</t>
+          <t>9786053164067</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Derimizin Olağanüstü Yaşamı</t>
+          <t>Hepimiz Yıldız Tozuyuz</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>262</v>
+        <v>405</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053164043</t>
+          <t>9786053164036</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Biliyorum, Ama Yinede...</t>
+          <t>Ne çok gelecek, ne az zaman</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>145</v>
+        <v>270</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053164012</t>
+          <t>9786053164050</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Metis Ajanda 2025: Ailenizin Ajandası</t>
+          <t>Uykuya Yatmak</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053164005</t>
+          <t>9786053162698</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bilge Karasu’yu Düşünmek</t>
+          <t>Metis Ajanda 2023: ArzuHal</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>274</v>
+        <v>75</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053163985</t>
+          <t>9789753427142</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Hap</t>
+          <t>Kocanın Güzelliği</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>268</v>
+        <v>216</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053163978</t>
+          <t>9786053163930</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Eşya Deposu</t>
+          <t>Yaranın Sayfaları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>132</v>
+        <v>156</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053163893</t>
+          <t>9786053163992</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Mezhepçilik Kültürü</t>
+          <t>Yeni Despotizm</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053163961</t>
+          <t>9786053164029</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Derimizin Olağanüstü Yaşamı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>414</v>
+        <v>262</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053163954</t>
+          <t>9786053164043</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Ateş</t>
+          <t>Biliyorum, Ama Yinede...</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>256</v>
+        <v>145</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053163916</t>
+          <t>9786053164012</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Yolculukları</t>
+          <t>Metis Ajanda 2025: Ailenizin Ajandası</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>172</v>
+        <v>75</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053161394</t>
+          <t>9786053164005</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kokusu</t>
+          <t>Bilge Karasu’yu Düşünmek</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>180</v>
+        <v>274</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053163947</t>
+          <t>9786053163985</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kuma Daireler Çizen</t>
+          <t>Sihirli Hap</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>162</v>
+        <v>268</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053163152</t>
+          <t>9786053163978</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hades'te Bir Gece - Kurmaca Bir Söyleşi</t>
+          <t>Şiirin Eşya Deposu</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>124</v>
+        <v>132</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053163169</t>
+          <t>9786053163893</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Otelde Bulunmuş Kitap - Murathan Mungan’ın Seçtikleriyle</t>
+          <t>Mezhepçilik Kültürü</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>232</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789753423656</t>
+          <t>9786053163961</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Hayat</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>244</v>
+        <v>414</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789753420853</t>
+          <t>9786053163954</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hani</t>
+          <t>Soğuk Ateş</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>142</v>
+        <v>256</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789753422796</t>
+          <t>9786053163916</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Adam</t>
+          <t>Sanatın Yolculukları</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>168</v>
+        <v>172</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786053163923</t>
+          <t>9786053161394</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Filistin Laboratuvarı</t>
+          <t>Zamanın Kokusu</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>316</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053162803</t>
+          <t>9786053163947</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sakar</t>
+          <t>Kuma Daireler Çizen</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>188</v>
+        <v>162</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053162773</t>
+          <t>9786053163152</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Güneşteki Adamlar</t>
+          <t>Hades'te Bir Gece - Kurmaca Bir Söyleşi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>138</v>
+        <v>124</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786053163909</t>
+          <t>9786053163169</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Görüyoruz Duyuyoruz</t>
+          <t>Otelde Bulunmuş Kitap - Murathan Mungan’ın Seçtikleriyle</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>268</v>
+        <v>232</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753422758</t>
+          <t>9789753423656</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Irk Kavramını Kim İcat Etti?</t>
+          <t>Hayat</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>244</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053163244</t>
+          <t>9789753420853</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Eşitlik Tutkusu</t>
+          <t>Hani</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>214</v>
+        <v>142</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786053162599</t>
+          <t>9789753422796</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Palyatif Toplum - Günümüzde Acı</t>
+          <t>Uyuyan Adam</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>152</v>
+        <v>168</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753424325</t>
+          <t>9786053163923</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Timsah Sokak Şiirleri</t>
+          <t>Filistin Laboratuvarı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>138</v>
+        <v>316</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053163237</t>
+          <t>9786053162803</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Beynin Gece Hayatı</t>
+          <t>Sakar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>368</v>
+        <v>188</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753425476</t>
+          <t>9786053162773</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Hastalığı</t>
+          <t>Güneşteki Adamlar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>124</v>
+        <v>138</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053163220</t>
+          <t>9786053163909</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>İki Kilise Arasında Binamaz Karamanlıca Edebiyatta Dil, Kimlik ve Yeniden-Yazım</t>
+          <t>Görüyoruz Duyuyoruz</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>275</v>
+        <v>268</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053163213</t>
+          <t>9789753422758</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ormanı Planlamak</t>
+          <t>Irk Kavramını Kim İcat Etti?</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>220</v>
+        <v>244</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053163206</t>
+          <t>9786053163244</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Keder</t>
+          <t>Eşitlik Tutkusu</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>148</v>
+        <v>214</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053163183</t>
+          <t>9786053162599</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Türkolmak</t>
+          <t>Palyatif Toplum - Günümüzde Acı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>136</v>
+        <v>152</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753428279</t>
+          <t>9789753424325</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Tehdit Mektupları</t>
+          <t>Timsah Sokak Şiirleri</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>184</v>
+        <v>138</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789753427265</t>
+          <t>9786053163237</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Lanark</t>
+          <t>Beynin Gece Hayatı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>592</v>
+        <v>368</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053163176</t>
+          <t>9789753425476</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Düzleşmesi</t>
+          <t>Ölüm Hastalığı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>232</v>
+        <v>124</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053163145</t>
+          <t>9786053163220</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>İki Kilise Arasında Binamaz Karamanlıca Edebiyatta Dil, Kimlik ve Yeniden-Yazım</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>334</v>
+        <v>275</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053163138</t>
+          <t>9786053163213</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ahlakı Giyinmek</t>
+          <t>Ormanı Planlamak</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053163121</t>
+          <t>9786053163206</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Muayyen Günler</t>
+          <t>Keder</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>324</v>
+        <v>148</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053163091</t>
+          <t>9786053163183</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Enis Batur'a Mektuplar ve Ankara Yazıları</t>
+          <t>Türkolmak</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>180</v>
+        <v>136</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053163114</t>
+          <t>9789753428279</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Ötesi - Başka Bir Üreme, Cinsellik ve Kardeşlik Rejimi İçin Öneriler</t>
+          <t>Tehdit Mektupları</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>310</v>
+        <v>184</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053163107</t>
+          <t>9789753427265</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ne Menem Bir Dünya Bu? - İnsanlararası Bağların ve Pandeminin Fenomenolojisi</t>
+          <t>Lanark</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>172</v>
+        <v>592</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053163084</t>
+          <t>9786053163176</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Gomaşinen - Hatırlıyorum</t>
+          <t>Dünyanın Düzleşmesi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>292</v>
+        <v>232</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053163077</t>
+          <t>9786053163145</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Nesne İlişkileri</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>438</v>
+        <v>334</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053163053</t>
+          <t>9786053163138</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Cinsiyeti -Cinsiyetçiliğe Karşı Kadın Hakları Siyaseti</t>
+          <t>Ahlakı Giyinmek</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>492</v>
+        <v>180</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053163015</t>
+          <t>9786053163121</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sabiha’nın Kız Kardeşleri - Türkiye Sinemasında Kadınlar, Deneyimler ve Toplumsal Cinsiyet</t>
+          <t>Muayyen Günler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>364</v>
+        <v>324</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053163060</t>
+          <t>9786053163091</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar-Arasında</t>
+          <t>Enis Batur'a Mektuplar ve Ankara Yazıları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>156</v>
+        <v>180</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053163046</t>
+          <t>9786053163114</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Demokrasi</t>
+          <t>Ailenin Ötesi - Başka Bir Üreme, Cinsellik ve Kardeşlik Rejimi İçin Öneriler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>334</v>
+        <v>310</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053163039</t>
+          <t>9786053163107</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kütlenin Gizli Çekiciliği</t>
+          <t>Ne Menem Bir Dünya Bu? - İnsanlararası Bağların ve Pandeminin Fenomenolojisi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>216</v>
+        <v>172</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053163022</t>
+          <t>9786053163084</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Çam Pürleriyle Namrun</t>
+          <t>Gomaşinen - Hatırlıyorum</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>180</v>
+        <v>292</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053162995</t>
+          <t>9786053163077</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Toba Tek Singh</t>
+          <t>Nesne İlişkileri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>248</v>
+        <v>438</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053162988</t>
+          <t>9786053163053</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sözcükleri Tadan Adam</t>
+          <t>Siyasetin Cinsiyeti -Cinsiyetçiliğe Karşı Kadın Hakları Siyaseti</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>348</v>
+        <v>492</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053162971</t>
+          <t>9786053163015</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bizi Ayıran Uçurum</t>
+          <t>Sabiha’nın Kız Kardeşleri - Türkiye Sinemasında Kadınlar, Deneyimler ve Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>368</v>
+        <v>364</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053162964</t>
+          <t>9786053163060</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyet ve Müşterekler</t>
+          <t>Dünyalar-Arasında</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>540</v>
+        <v>156</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9789753424868</t>
+          <t>9786053163046</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Rüya Alemi ve Felaket</t>
+          <t>Kapitalizm ve Demokrasi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>454</v>
+        <v>334</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053162957</t>
+          <t>9786053163039</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiyi Düşünmek</t>
+          <t>Kütlenin Gizli Çekiciliği</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>156</v>
+        <v>216</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053162940</t>
+          <t>9786053163022</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Evlerden Uzak</t>
+          <t>Çam Pürleriyle Namrun</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>222</v>
+        <v>180</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053162933</t>
+          <t>9786053162995</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>995 Km</t>
+          <t>Toba Tek Singh</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>285</v>
+        <v>248</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053162896</t>
+          <t>9786053162988</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yıl Bir</t>
+          <t>Sözcükleri Tadan Adam</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>435</v>
+        <v>348</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053162926</t>
+          <t>9786053162971</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Mikroplar - Antibiyotiklerin Aşırı Kullanımı Çağımızın Salgınlarını Nasıl Körüklüyor?</t>
+          <t>Bizi Ayıran Uçurum</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>310</v>
+        <v>368</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053162919</t>
+          <t>9786053162964</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Örme Biçimleri</t>
+          <t>Mülkiyet ve Müşterekler</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>222</v>
+        <v>540</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053162902</t>
+          <t>9789753424868</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Romanın Kaygısı</t>
+          <t>Rüya Alemi ve Felaket</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>258</v>
+        <v>454</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053162865</t>
+          <t>9786053162957</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İnsanı İnsan Yapan Nedir?</t>
+          <t>Sosyolojiyi Düşünmek</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>222</v>
+        <v>156</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053162889</t>
+          <t>9786053162940</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Berberin Oğlu</t>
+          <t>Evlerden Uzak</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>276</v>
+        <v>222</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053162872</t>
+          <t>9786053162933</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Eğlencenin İyisi</t>
+          <t>995 Km</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>198</v>
+        <v>285</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053162858</t>
+          <t>9786053162896</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Husserl Bilinci Nasıl Kurtardı?</t>
+          <t>Yıl Bir</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>180</v>
+        <v>435</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053162841</t>
+          <t>9786053162926</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Yakılıp Yıkılırken</t>
+          <t>Kayıp Mikroplar - Antibiyotiklerin Aşırı Kullanımı Çağımızın Salgınlarını Nasıl Körüklüyor?</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>212</v>
+        <v>310</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053162834</t>
+          <t>9786053162919</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Fudoki</t>
+          <t>Örme Biçimleri</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>334</v>
+        <v>222</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053162827</t>
+          <t>9786053162902</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Geştalt Kuramı</t>
+          <t>Romanın Kaygısı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>270</v>
+        <v>258</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786053162810</t>
+          <t>9786053162865</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Temasın İmkanları</t>
+          <t>İnsanı İnsan Yapan Nedir?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>316</v>
+        <v>222</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053162797</t>
+          <t>9786053162889</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Pis İşler</t>
+          <t>Berberin Oğlu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>342</v>
+        <v>276</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053162780</t>
+          <t>9786053162872</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Gıdanın Politik Ekolojisi</t>
+          <t>Eğlencenin İyisi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>248</v>
+        <v>198</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053162742</t>
+          <t>9786053162858</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Kazısı - Bilge Karasu’nun İstanbul’u Walter Benjamin’in Berlin’i</t>
+          <t>Husserl Bilinci Nasıl Kurtardı?</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>324</v>
+        <v>180</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053162759</t>
+          <t>9786053162841</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Simone Weil Unutkanlar Krallığı’nda</t>
+          <t>Yeryüzü Yakılıp Yıkılırken</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>212</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053162766</t>
+          <t>9786053162834</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Araziyi Düzleştirmek</t>
+          <t>Fudoki</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>248</v>
+        <v>334</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053162735</t>
+          <t>9786053162827</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bulutun İçinden Bir Ses</t>
+          <t>Geştalt Kuramı</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053162728</t>
+          <t>9786053162810</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Foucault ve Şeyler</t>
+          <t>Temasın İmkanları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>156</v>
+        <v>316</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053162711</t>
+          <t>9786053162797</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Işığına Tavşan Olduğum Filmler</t>
+          <t>Pis İşler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>285</v>
+        <v>342</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786053162704</t>
+          <t>9786053162780</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Dikkat</t>
+          <t>Gıdanın Politik Ekolojisi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>368</v>
+        <v>248</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053162674</t>
+          <t>9786053162742</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Feminist Eleştiri: Arayışlar ve Müzakereler</t>
+          <t>Hafıza Kazısı - Bilge Karasu’nun İstanbul’u Walter Benjamin’in Berlin’i</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053162681</t>
+          <t>9786053162759</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Makinelere Giden Yol</t>
+          <t>Simone Weil Unutkanlar Krallığı’nda</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>334</v>
+        <v>180</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786053162636</t>
+          <t>9786053162766</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Teorinin Cini</t>
+          <t>Araziyi Düzleştirmek</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>248</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786053162650</t>
+          <t>9786053162735</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Saklı İnsan</t>
+          <t>Bulutun İçinden Bir Ses</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>252</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786053162667</t>
+          <t>9786053162728</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Parmenides ve Güneş'in Kızı</t>
+          <t>Foucault ve Şeyler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>180</v>
+        <v>156</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786053162643</t>
+          <t>9786053162711</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Korku Metropolü İstanbul</t>
+          <t>Işığına Tavşan Olduğum Filmler</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>454</v>
+        <v>285</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786053162605</t>
+          <t>9786053162704</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Salgın, İklim, Toplum</t>
+          <t>Çalınan Dikkat</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>445</v>
+        <v>368</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053162612</t>
+          <t>9786053162674</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Tohumların Zaferi</t>
+          <t>Feminist Eleştiri: Arayışlar ve Müzakereler</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789753424837</t>
+          <t>9786053162681</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Uçuştan Uçuşa</t>
+          <t>Bilinçli Makinelere Giden Yol</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>238</v>
+        <v>334</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053162629</t>
+          <t>9786053162636</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Cenup</t>
+          <t>Teorinin Cini</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>238</v>
+        <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786053162582</t>
+          <t>9786053162650</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sibirya Hayali</t>
+          <t>Saklı İnsan</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>258</v>
+        <v>252</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786053162544</t>
+          <t>9786053162667</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bizi Biz Yapan Genler</t>
+          <t>Parmenides ve Güneş'in Kızı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>292</v>
+        <v>180</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786053162551</t>
+          <t>9786053162643</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Tufan Göründü</t>
+          <t>Korku Metropolü İstanbul</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>252</v>
+        <v>454</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053162575</t>
+          <t>9786053162605</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kavramların Yolculuğu</t>
+          <t>Salgın, İklim, Toplum</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>232</v>
+        <v>445</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786053162568</t>
+          <t>9786053162612</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Evrak Çantası</t>
+          <t>Tohumların Zaferi</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>180</v>
+        <v>324</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786053162537</t>
+          <t>9789753424837</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Anatomi Dersi</t>
+          <t>Uçuştan Uçuşa</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>148</v>
+        <v>238</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053162520</t>
+          <t>9786053162629</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kafkaesk</t>
+          <t>Cenup</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>205</v>
+        <v>238</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786053162513</t>
+          <t>9786053162582</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Thales ve Bilgelik Tahtı</t>
+          <t>Sibirya Hayali</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>180</v>
+        <v>258</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786053162506</t>
+          <t>9786053162544</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Mesafeyi Aramak</t>
+          <t>Bizi Biz Yapan Genler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>342</v>
+        <v>292</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786053162490</t>
+          <t>9786053162551</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Freud’un Teorisinde ve Psikanalizin Tekniğinde Ben</t>
+          <t>Tufan Göründü</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>432</v>
+        <v>252</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9796053160686</t>
+          <t>9786053162575</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri A09.02.22</t>
+          <t>Kavramların Yolculuğu</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>95</v>
+        <v>232</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053162483</t>
+          <t>9786053162568</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin Kaya Midyesi ve David Bowie Örümceği</t>
+          <t>Evrak Çantası</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053162476</t>
+          <t>9786053162537</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Ardından</t>
+          <t>Anatomi Dersi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>204</v>
+        <v>148</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053162469</t>
+          <t>9786053162520</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Şiddetsizliğin Gücü</t>
+          <t>Kafkaesk</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>222</v>
+        <v>205</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053162452</t>
+          <t>9786053162513</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Zaman Sığınağı</t>
+          <t>Thales ve Bilgelik Tahtı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053162445</t>
+          <t>9786053162506</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Kendine Yolculuğu</t>
+          <t>Mesafeyi Aramak</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>184</v>
+        <v>342</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053162438</t>
+          <t>9786053162490</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Yalnızlıklar</t>
+          <t>Freud’un Teorisinde ve Psikanalizin Tekniğinde Ben</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>432</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053162421</t>
+          <t>9796053160686</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Çoğu Zarar Azı Karar</t>
+          <t>Metis Cep Defteri A09.02.22</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>316</v>
+        <v>95</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053162391</t>
+          <t>9786053162483</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Düşünme Etiği</t>
+          <t>Charles Darwin Kaya Midyesi ve David Bowie Örümceği</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>376</v>
+        <v>270</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053162407</t>
+          <t>9786053162476</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Delişmenlik Çağı</t>
+          <t>Ardından</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>364</v>
+        <v>204</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053162384</t>
+          <t>9786053162469</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Zaten Yoktular</t>
+          <t>Şiddetsizliğin Gücü</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>124</v>
+        <v>222</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786053162377</t>
+          <t>9786053162452</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Agroekoloji: Başka Bir Tarım Mümkün</t>
+          <t>Zaman Sığınağı</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>342</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786053162360</t>
+          <t>9786053162445</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Devam Ağacı</t>
+          <t>Sanatçının Kendine Yolculuğu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>248</v>
+        <v>184</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786053162353</t>
+          <t>9786053162438</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Değişmeli!</t>
+          <t>Erkekler Yalnızlıklar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>334</v>
+        <v>300</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053162346</t>
+          <t>9786053162421</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Açık Şehir</t>
+          <t>Çoğu Zarar Azı Karar</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>276</v>
+        <v>316</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786053162339</t>
+          <t>9786053162391</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İnsan Türleriyle Yakın Temas</t>
+          <t>Düşünme Etiği</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>376</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053162322</t>
+          <t>9786053162407</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Vulnus</t>
+          <t>Delişmenlik Çağı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>192</v>
+        <v>364</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053162315</t>
+          <t>9786053162384</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Tarihleri</t>
+          <t>Zaten Yoktular</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>358</v>
+        <v>124</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053162308</t>
+          <t>9786053162377</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yatak Odasındaki Kalabalık</t>
+          <t>Agroekoloji: Başka Bir Tarım Mümkün</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>348</v>
+        <v>342</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053162285</t>
+          <t>9786053162360</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Dinin Gösterisi</t>
+          <t>Devam Ağacı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>184</v>
+        <v>248</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053162292</t>
+          <t>9786053162353</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Aile Albümü</t>
+          <t>Her Şey Değişmeli!</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>265</v>
+        <v>334</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053162278</t>
+          <t>9786053162346</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denen Hayvan</t>
+          <t>İstanbul Açık Şehir</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>376</v>
+        <v>276</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786053162261</t>
+          <t>9786053162339</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Böyle Söylüyordu Nietzsche</t>
+          <t>İnsan Türleriyle Yakın Temas</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786053162254</t>
+          <t>9786053162322</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Emperyalizm</t>
+          <t>Vulnus</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>520</v>
+        <v>192</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786053162247</t>
+          <t>9786053162315</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Freud'dan Lacan'a Psikanaliz</t>
+          <t>Geleceğin Tarihleri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>192</v>
+        <v>358</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786053162230</t>
+          <t>9786053162308</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Aşırılığın Peygamberleri</t>
+          <t>Yatak Odasındaki Kalabalık</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>468</v>
+        <v>348</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786053162223</t>
+          <t>9786053162285</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hafızanın İzinde</t>
+          <t>Siyaset ve Dinin Gösterisi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>265</v>
+        <v>184</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786053162216</t>
+          <t>9786053162292</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Emek, Beden, Aile</t>
+          <t>Aile Albümü</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053162209</t>
+          <t>9786053162278</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Balıkların Bildikleri</t>
+          <t>İnsan Denen Hayvan</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>334</v>
+        <v>376</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786053162193</t>
+          <t>9786053162261</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizmin Harabelerinde</t>
+          <t>Böyle Söylüyordu Nietzsche</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>272</v>
+        <v>180</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786053162056</t>
+          <t>9786053162254</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Kapital’i İçin Kılavuz İkinci Cilt</t>
+          <t>Kültür ve Emperyalizm</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>438</v>
+        <v>520</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053162179</t>
+          <t>9786053162247</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Eğlencelerin Sırrı</t>
+          <t>Freud'dan Lacan'a Psikanaliz</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>238</v>
+        <v>260</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053162186</t>
+          <t>9786053162230</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sol: Evin Reddi</t>
+          <t>Aşırılığın Peygamberleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>210</v>
+        <v>468</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053162162</t>
+          <t>9786053162223</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yad</t>
+          <t>Kayıp Hafızanın İzinde</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>124</v>
+        <v>265</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053162155</t>
+          <t>9786053162216</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan Tarihsel ve Muhayyel</t>
+          <t>Emek, Beden, Aile</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>548</v>
+        <v>270</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053162148</t>
+          <t>9786053162209</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Davet - Konukseverlik Üstüne</t>
+          <t>Balıkların Bildikleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>184</v>
+        <v>334</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786053162124</t>
+          <t>9786053162193</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>İstasyon</t>
+          <t>Neoliberalizmin Harabelerinde</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>168</v>
+        <v>272</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053162100</t>
+          <t>9786053162056</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Arıların Bildikleri ve Dünyamızdaki Yaşam İçin Önemleri</t>
+          <t>Marx’ın Kapital’i İçin Kılavuz İkinci Cilt</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>310</v>
+        <v>438</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786053162094</t>
+          <t>9786053162179</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Son Gerisayım</t>
+          <t>Eğlencelerin Sırrı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>265</v>
+        <v>238</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053162117</t>
+          <t>9786053162186</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Galileo İle Mevleviler</t>
+          <t>Sol: Evin Reddi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053162087</t>
+          <t>9786053162162</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Arkası Mutlaka Gelir</t>
+          <t>Yad</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>172</v>
+        <v>124</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053162070</t>
+          <t>9786053162155</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hayal Bile Edemeyeceğimiz Varlıklar Kitabı</t>
+          <t>Mimar Sinan Tarihsel ve Muhayyel</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>480</v>
+        <v>548</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053162063</t>
+          <t>9786053162148</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>İroni</t>
+          <t>Davet - Konukseverlik Üstüne</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>222</v>
+        <v>184</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053162049</t>
+          <t>9786053162124</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Normalliğin Kuruluşu</t>
+          <t>İstasyon</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>382</v>
+        <v>168</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053162032</t>
+          <t>9786053162100</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sağ Radikalizmin Veçheleri ve Geçmişin İşlenmesi Ne Demektir ?</t>
+          <t>Arıların Bildikleri ve Dünyamızdaki Yaşam İçin Önemleri</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>142</v>
+        <v>310</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053162025</t>
+          <t>9786053162094</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Yeni Karanlık Çağ</t>
+          <t>Son Gerisayım</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053162018</t>
+          <t>9786053162117</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Siyah Deri Beyaz Maskeler</t>
+          <t>Galileo İle Mevleviler</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>222</v>
+        <v>180</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053162001</t>
+          <t>9786053162087</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Hamamname</t>
+          <t>Arkası Mutlaka Gelir</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>222</v>
+        <v>172</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053161998</t>
+          <t>9786053162070</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Kusurları</t>
+          <t>Hayal Bile Edemeyeceğimiz Varlıklar Kitabı</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>270</v>
+        <v>480</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053161974</t>
+          <t>9786053162063</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Zamana Düşüş</t>
+          <t>İroni</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>192</v>
+        <v>222</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786053161950</t>
+          <t>9786053162049</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Kentin Hikayesi</t>
+          <t>Cinsel Normalliğin Kuruluşu</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>324</v>
+        <v>382</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053161981</t>
+          <t>9786053162032</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yazma Üzerine Sohbetler</t>
+          <t>Yeni Sağ Radikalizmin Veçheleri ve Geçmişin İşlenmesi Ne Demektir ?</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>178</v>
+        <v>142</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053161967</t>
+          <t>9786053162025</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Zamanı</t>
+          <t>Yeni Karanlık Çağ</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>248</v>
+        <v>300</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053161929</t>
+          <t>9786053162018</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Küçülme</t>
+          <t>Siyah Deri Beyaz Maskeler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>334</v>
+        <v>222</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053161905</t>
+          <t>9786053162001</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Kızıl</t>
+          <t>Hamamname</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>342</v>
+        <v>222</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053161936</t>
+          <t>9786053161998</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Mıknatıs-Ses</t>
+          <t>İnsanın Kusurları</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>316</v>
+        <v>270</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053161943</t>
+          <t>9786053161974</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Beckett</t>
+          <t>Zamana Düşüş</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>300</v>
+        <v>192</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053161912</t>
+          <t>9786053161950</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İkinci Hayat</t>
+          <t>Sekiz Kentin Hikayesi</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>238</v>
+        <v>324</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053161868</t>
+          <t>9786053161981</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kat</t>
+          <t>Yazma Üzerine Sohbetler</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>376</v>
+        <v>178</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053161899</t>
+          <t>9786053161967</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Hormonların Gücü</t>
+          <t>Yeryüzünün Zamanı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>310</v>
+        <v>248</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053161486</t>
+          <t>9786053161929</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Fark</t>
+          <t>Küçülme</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>425</v>
+        <v>334</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053161813</t>
+          <t>9786053161905</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Sanatı</t>
+          <t>Moleküler Kızıl</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>432</v>
+        <v>342</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053161837</t>
+          <t>9786053161936</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Top Sende</t>
+          <t>Mıknatıs-Ses</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>168</v>
+        <v>316</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053161882</t>
+          <t>9786053161943</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Aşk İçin İstediğimiz Başka Hayvanlar</t>
+          <t>Beckett</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>138</v>
+        <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053161875</t>
+          <t>9786053161912</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp, Kemalizm ve Türkiye'de Korporatizm</t>
+          <t>İkinci Hayat</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>248</v>
+        <v>238</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053161844</t>
+          <t>9786053161868</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Feminist Yöntem</t>
+          <t>Kat</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>358</v>
+        <v>376</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053161851</t>
+          <t>9786053161899</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Parçalanma</t>
+          <t>Hormonların Gücü</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>196</v>
+        <v>310</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053161820</t>
+          <t>9786053161486</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Benim Durumumdaki Erkekler</t>
+          <t>Yazı ve Fark</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>276</v>
+        <v>425</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053161806</t>
+          <t>9786053161813</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yine - Hala</t>
+          <t>Hafıza Sanatı</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>222</v>
+        <v>432</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053161790</t>
+          <t>9786053161837</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Eros'un Istırabı</t>
+          <t>Top Sende</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>124</v>
+        <v>168</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053161738</t>
+          <t>9786053161882</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Yakınlıklar</t>
+          <t>Aşk İçin İstediğimiz Başka Hayvanlar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>270</v>
+        <v>138</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053161752</t>
+          <t>9786053161875</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Şimdilik Her Şey Yolunda</t>
+          <t>Ziya Gökalp, Kemalizm ve Türkiye'de Korporatizm</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>156</v>
+        <v>248</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053161776</t>
+          <t>9786053161844</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Nörolojik</t>
+          <t>Türkiye’de Feminist Yöntem</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>348</v>
+        <v>358</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053161769</t>
+          <t>9786053161851</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Trajik Hissiyat Ütopik Siyaset</t>
+          <t>Parçalanma</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>310</v>
+        <v>196</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053161615</t>
+          <t>9786053161820</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Gemideki Hayalet</t>
+          <t>Benim Durumumdaki Erkekler</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>368</v>
+        <v>276</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053161714</t>
+          <t>9786053161806</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Çağ Geçitleri</t>
+          <t>Yine - Hala</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>180</v>
+        <v>222</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053161745</t>
+          <t>9786053161790</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ölümün Öyküsü</t>
+          <t>Eros'un Istırabı</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>178</v>
+        <v>124</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053161721</t>
+          <t>9786053161738</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Polisiye Roman</t>
+          <t>Ölümcül Yakınlıklar</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>178</v>
+        <v>270</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053161646</t>
+          <t>9786053161752</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Müzesi</t>
+          <t>Şimdilik Her Şey Yolunda</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>392</v>
+        <v>156</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053161707</t>
+          <t>9786053161776</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Psikopolitika</t>
+          <t>Nörolojik</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>156</v>
+        <v>348</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053161691</t>
+          <t>9786053161769</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Milletin Mimarisi</t>
+          <t>Trajik Hissiyat Ütopik Siyaset</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>324</v>
+        <v>310</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053161684</t>
+          <t>9786053161615</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Gaflet</t>
+          <t>Gemideki Hayalet</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>316</v>
+        <v>368</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053161639</t>
+          <t>9786053161714</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Bağlar</t>
+          <t>Çağ Geçitleri</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>376</v>
+        <v>180</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053161622</t>
+          <t>9786053161745</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>İki Cihan Aresinde</t>
+          <t>Güzel Ölümün Öyküsü</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>368</v>
+        <v>178</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053161479</t>
+          <t>9786053161721</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Manzaralar</t>
+          <t>Polisiye Roman</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>300</v>
+        <v>178</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053161677</t>
+          <t>9786053161646</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Sardalyanın Gizemi</t>
+          <t>Hayvan Müzesi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>258</v>
+        <v>392</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053161660</t>
+          <t>9786053161707</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Manzaralar (Ciltli)</t>
+          <t>Psikopolitika</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>360</v>
+        <v>172</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053161608</t>
+          <t>9786053161691</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Yasaları</t>
+          <t>Milletin Mimarisi</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>358</v>
+        <v>324</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053161653</t>
+          <t>9786053161684</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Yazıları</t>
+          <t>Gaflet</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>440</v>
+        <v>316</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053161592</t>
+          <t>9786053161639</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Polemikler</t>
+          <t>Kaybolan Bağlar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>204</v>
+        <v>414</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053161578</t>
+          <t>9786053161622</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Zihin</t>
+          <t>İki Cihan Aresinde</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>348</v>
+        <v>368</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053161561</t>
+          <t>9786053161479</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>İsyankar Şehir</t>
+          <t>Manzaralar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>222</v>
+        <v>300</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053161585</t>
+          <t>9786053161677</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Bir Dava</t>
+          <t>Sardalyanın Gizemi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>238</v>
+        <v>258</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053161554</t>
+          <t>9786053161660</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaki Ağaç</t>
+          <t>Manzaralar (Ciltli)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>172</v>
+        <v>360</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053161547</t>
+          <t>9786053161608</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Kıyıları</t>
+          <t>Marx’ın Yasaları</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>216</v>
+        <v>358</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053161530</t>
+          <t>9786053161653</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kimlik, Tanınma Mücadelesi ve Şarkiyatçılık</t>
+          <t>Sosyoloji Yazıları</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>368</v>
+        <v>440</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053161509</t>
+          <t>9786053161592</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kendini Tutamayan Boşluk</t>
+          <t>Polemikler</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>414</v>
+        <v>204</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053161493</t>
+          <t>9786053161578</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Astrobiyoloji</t>
+          <t>Dağınık Zihin</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>204</v>
+        <v>348</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053161523</t>
+          <t>9786053161561</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Dünya ile Devlet Arasında Türk Muharriri</t>
+          <t>İsyankar Şehir</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>508</v>
+        <v>222</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053161516</t>
+          <t>9786053161585</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Newton ve Gökbilimciler Cemiyeti</t>
+          <t>Bir Dava</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>180</v>
+        <v>238</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053161448</t>
+          <t>9786053161554</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Dayanışma Ekonomileri</t>
+          <t>Aramızdaki Ağaç</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>300</v>
+        <v>172</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053161455</t>
+          <t>9786053161547</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Hong Kong - İstanbul: Şehri Şahsileştirmek</t>
+          <t>Kurmacanın Kıyıları</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>285</v>
+        <v>216</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053161431</t>
+          <t>9786053161530</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Ucu Bucağı</t>
+          <t>Kimlik, Tanınma Mücadelesi ve Şarkiyatçılık</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>204</v>
+        <v>368</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9796053160662</t>
+          <t>9786053161509</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri 8</t>
+          <t>Kendini Tutamayan Boşluk</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>95</v>
+        <v>414</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053161424</t>
+          <t>9786053161493</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Adam</t>
+          <t>Astrobiyoloji</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>270</v>
+        <v>204</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053161417</t>
+          <t>9786053161523</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Zamanda Yaşıyoruz?</t>
+          <t>Dünya ile Devlet Arasında Türk Muharriri</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>124</v>
+        <v>508</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053161400</t>
+          <t>9786053161516</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İzonomi ve Felsefenin Kökenleri</t>
+          <t>Newton ve Gökbilimciler Cemiyeti</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>232</v>
+        <v>180</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053161387</t>
+          <t>9786053161448</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Nedir?</t>
+          <t>Dayanışma Ekonomileri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>252</v>
+        <v>300</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053161370</t>
+          <t>9786053161455</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Bir Baba</t>
+          <t>Hong Kong - İstanbul: Şehri Şahsileştirmek</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>292</v>
+        <v>285</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053161356</t>
+          <t>9786053161431</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Radyo Benjamin</t>
+          <t>Zihnin Ucu Bucağı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>454</v>
+        <v>204</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053161363</t>
+          <t>9796053160662</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Bildikleri</t>
+          <t>Metis Cep Defteri 8</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>204</v>
+        <v>95</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053161349</t>
+          <t>9786053161424</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Karanlık Yüzü Ensest</t>
+          <t>Yedinci Adam</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>306</v>
+        <v>270</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053161301</t>
+          <t>9786053161417</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Kültür Denen Şey</t>
+          <t>Nasıl Bir Zamanda Yaşıyoruz?</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>392</v>
+        <v>124</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053161332</t>
+          <t>9786053161400</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Ölüm</t>
+          <t>İzonomi ve Felsefenin Kökenleri</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>196</v>
+        <v>232</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053161295</t>
+          <t>9786053161387</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Hissedilen Zaman</t>
+          <t>Cinsellik Nedir?</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>196</v>
+        <v>252</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053161257</t>
+          <t>9786053161370</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Portreler</t>
+          <t>Yabancı Bir Baba</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>510</v>
+        <v>292</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053161325</t>
+          <t>9786053161356</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Portreler (Ciltli)</t>
+          <t>Radyo Benjamin</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>572</v>
+        <v>454</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053161288</t>
+          <t>9786053161363</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Nuri Bilge Ceylan Sineması</t>
+          <t>Bitkilerin Bildikleri</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>248</v>
+        <v>204</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053161271</t>
+          <t>9786053161349</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Freud-Spinoza Mektuplaşması (1676 - 1938)</t>
+          <t>Ailenin Karanlık Yüzü Ensest</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>334</v>
+        <v>306</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053161318</t>
+          <t>9786053161301</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Dil Meseleleri</t>
+          <t>Kültür Denen Şey</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>314</v>
+        <v>392</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053161264</t>
+          <t>9786053161332</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Alice B. Toklas’ın Özyaşamöyküsü</t>
+          <t>Yazı ve Ölüm</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>300</v>
+        <v>196</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053161240</t>
+          <t>9786053161295</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Yılanlar, Gündoğumları ve Shakespeare</t>
+          <t>Hissedilen Zaman</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>276</v>
+        <v>196</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053161233</t>
+          <t>9786053161257</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Lao Tzu: Tao Te Ching</t>
+          <t>Portreler</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>192</v>
+        <v>510</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053161226</t>
+          <t>9786053161325</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Futbol Düşünürken Aslında Ne Düşünürüz?</t>
+          <t>Portreler (Ciltli)</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>210</v>
+        <v>572</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053161172</t>
+          <t>9786053161288</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Farkın İnşası</t>
+          <t>Nuri Bilge Ceylan Sineması</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>310</v>
+        <v>248</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053161219</t>
+          <t>9786053161271</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Laiklik, Vatandaşlık, Demokrasi</t>
+          <t>Freud-Spinoza Mektuplaşması (1676 - 1938)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>285</v>
+        <v>334</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053161202</t>
+          <t>9786053161318</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Türk Sorunu</t>
+          <t>Dil Meseleleri</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>232</v>
+        <v>314</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053161196</t>
+          <t>9786053161264</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Doğal Roman</t>
+          <t>Alice B. Toklas’ın Özyaşamöyküsü</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>192</v>
+        <v>300</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053161189</t>
+          <t>9786053161240</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Zor Problem: Bilinç</t>
+          <t>Yılanlar, Gündoğumları ve Shakespeare</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>168</v>
+        <v>276</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053161165</t>
+          <t>9786053161233</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Halkın Çözülüşü</t>
+          <t>Lao Tzu: Tao Te Ching</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>330</v>
+        <v>192</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053161127</t>
+          <t>9786053161226</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Birbirimiz İçin Yaşayacağız</t>
+          <t>Futbol Düşünürken Aslında Ne Düşünürüz?</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>285</v>
+        <v>210</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053161158</t>
+          <t>9786053161172</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Yakından</t>
+          <t>Cinsel Farkın İnşası</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>304</v>
+        <v>310</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053161134</t>
+          <t>9786053161219</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Terbiyesi</t>
+          <t>Laiklik, Vatandaşlık, Demokrasi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>204</v>
+        <v>285</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053161141</t>
+          <t>9786053161202</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçiliğin Çelişkileri</t>
+          <t>Türk Sorunu</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>368</v>
+        <v>232</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053161103</t>
+          <t>9786053161196</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Alman Felsefesi Üstüne Diyalog</t>
+          <t>Doğal Roman</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>148</v>
+        <v>212</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053161110</t>
+          <t>9786053161189</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Bilinçdışı</t>
+          <t>Zor Problem: Bilinç</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>306</v>
+        <v>168</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053161073</t>
+          <t>9786053161165</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Ne Kadar Zeki Olduğunu Anlayacak Kadar Zeki miyiz?</t>
+          <t>Halkın Çözülüşü</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>358</v>
+        <v>330</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053161004</t>
+          <t>9786053161127</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kadınlık Daima Bir Muamma</t>
+          <t>Birbirimiz İçin Yaşayacağız</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>265</v>
+        <v>285</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053161035</t>
+          <t>9786053161158</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Elma (Defter)</t>
+          <t>Uzaktan Yakından</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>252</v>
+        <v>304</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053161011</t>
+          <t>9786053161134</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Kalkınmayı Yeniden Düşünmek</t>
+          <t>Ölüm Terbiyesi</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>334</v>
+        <v>204</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053160991</t>
+          <t>9786053161141</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat, Popüler Kültür ve Toplum</t>
+          <t>Gerçekçiliğin Çelişkileri</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>270</v>
+        <v>368</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053161066</t>
+          <t>9786053161103</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Efsus’a Yolculuk</t>
+          <t>Alman Felsefesi Üstüne Diyalog</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>172</v>
+        <v>148</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053160984</t>
+          <t>9786053161110</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Başkan Sokrates!</t>
+          <t>Kapitalist Bilinçdışı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>180</v>
+        <v>306</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053161028</t>
+          <t>9786053161073</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Orada, Bir Arada</t>
+          <t>Hayvanların Ne Kadar Zeki Olduğunu Anlayacak Kadar Zeki miyiz?</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>172</v>
+        <v>358</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053160953</t>
+          <t>9786053161004</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Temas</t>
+          <t>Kadınlık Daima Bir Muamma</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>316</v>
+        <v>265</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053160960</t>
+          <t>9786053161035</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşarak Yaşamak</t>
+          <t>Elma (Defter)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>210</v>
+        <v>252</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053160939</t>
+          <t>9786053161011</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Sesin Rengi</t>
+          <t>Kapitalist Kalkınmayı Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>342</v>
+        <v>334</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053160977</t>
+          <t>9786053160991</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Çukur</t>
+          <t>Edebiyat, Popüler Kültür ve Toplum</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>204</v>
+        <v>270</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053160861</t>
+          <t>9786053161066</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Tereddütlü Düşünceler</t>
+          <t>Efsus’a Yolculuk</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>238</v>
+        <v>172</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053160922</t>
+          <t>9786053160984</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Din Devlet Demokrasi</t>
+          <t>Başkan Sokrates!</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>276</v>
+        <v>180</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786053160885</t>
+          <t>9786053161028</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Roma</t>
+          <t>Orada, Bir Arada</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>184</v>
+        <v>172</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053160878</t>
+          <t>9786053160953</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>İnsan İletişiminin Kökenleri</t>
+          <t>Soğuk Temas</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>306</v>
+        <v>316</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053160595</t>
+          <t>9786053160960</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Mülksüzleşme</t>
+          <t>Sınırları Aşarak Yaşamak</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>238</v>
+        <v>210</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053160915</t>
+          <t>9786053160939</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Düğümler</t>
+          <t>Sesin Rengi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>172</v>
+        <v>342</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053160908</t>
+          <t>9786053160977</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Narsisist Entrikalar</t>
+          <t>Çukur</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>364</v>
+        <v>204</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053160892</t>
+          <t>9786053160861</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Şeffaflık Toplumu</t>
+          <t>Tereddütlü Düşünceler</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>138</v>
+        <v>238</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053160854</t>
+          <t>9786053160922</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Yıkarak Yapmak</t>
+          <t>Din Devlet Demokrasi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>382</v>
+        <v>276</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053160830</t>
+          <t>9786053160885</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Tren Geçti</t>
+          <t>Kendine Ait Bir Roma</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>324</v>
+        <v>184</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786053160823</t>
+          <t>9786053160878</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Seferleri İçin Vapur Tarifeleri</t>
+          <t>İnsan İletişiminin Kökenleri</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>348</v>
+        <v>306</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053160748</t>
+          <t>9786053160595</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Devletdışı Güç</t>
+          <t>Mülksüzleşme</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>276</v>
+        <v>238</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053160847</t>
+          <t>9786053160915</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Büyük Gerileme</t>
+          <t>Düğümler</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>258</v>
+        <v>172</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053160816</t>
+          <t>9786053160908</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Herkes İçin</t>
+          <t>Narsisist Entrikalar</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>348</v>
+        <v>364</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053160533</t>
+          <t>9786053160892</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Sanatla Direniş</t>
+          <t>Şeffaflık Toplumu</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>222</v>
+        <v>154</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053160809</t>
+          <t>9786053160854</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Zihinde Bir Dalga</t>
+          <t>Yıkarak Yapmak</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>310</v>
+        <v>382</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053160793</t>
+          <t>9786053160830</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Dönüşler</t>
+          <t>Tren Geçti</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>406</v>
+        <v>324</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9796053160112</t>
+          <t>9786053160823</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri</t>
+          <t>Edebiyat Seferleri İçin Vapur Tarifeleri</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>95</v>
+        <v>348</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053160724</t>
+          <t>9786053160748</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Fiziği</t>
+          <t>Devletdışı Güç</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>292</v>
+        <v>276</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053160779</t>
+          <t>9786053160847</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sahada</t>
+          <t>Büyük Gerileme</t>
         </is>
       </c>
       <c r="C319" s="1">
         <v>258</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053160786</t>
+          <t>9786053160816</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Cihadcılık: Efsaneler Gerçekler</t>
+          <t>Herkesin Herkes İçin</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>316</v>
+        <v>348</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053160755</t>
+          <t>9786053160533</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Anahtarlı Kırk Oda</t>
+          <t>Sanatla Direniş</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>210</v>
+        <v>222</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053160717</t>
+          <t>9786053160809</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Yasak Olmayan Hazlar</t>
+          <t>Zihinde Bir Dalga</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>196</v>
+        <v>310</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053160762</t>
+          <t>9786053160793</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Doğmuş Olmanın Sakıncası Üstüne</t>
+          <t>Tehlikeli Dönüşler</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>232</v>
+        <v>406</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053160731</t>
+          <t>9796053160112</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Kimi Muhitlerde</t>
+          <t>Metis Cep Defteri</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>238</v>
+        <v>95</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053160618</t>
+          <t>9786053160724</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinin Yapısı</t>
+          <t>Hüznün Fiziği</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>432</v>
+        <v>320</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786053160700</t>
+          <t>9786053160779</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Nedir?</t>
+          <t>Sanat Sahada</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>222</v>
+        <v>258</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053160687</t>
+          <t>9786053160786</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Turgut Uyar ve Başka Şeyler</t>
+          <t>Cihadcılık: Efsaneler Gerçekler</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>180</v>
+        <v>316</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786053160663</t>
+          <t>9786053160755</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Hoşbeş</t>
+          <t>Dokuz Anahtarlı Kırk Oda</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>176</v>
+        <v>210</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053160601</t>
+          <t>9786053160717</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Söylem Türleri ve Başka Yazılar</t>
+          <t>Yasak Olmayan Hazlar</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>210</v>
+        <v>196</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053160557</t>
+          <t>9786053160762</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Hüküm</t>
+          <t>Doğmuş Olmanın Sakıncası Üstüne</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>262</v>
+        <v>232</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053160526</t>
+          <t>9786053160731</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Foucault'yu Marx'la Okumak</t>
+          <t>Kimi Muhitlerde</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>238</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053160694</t>
+          <t>9786053160618</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Heraklitos'un Gizemleri</t>
+          <t>Dünya Tarihinin Yapısı</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>180</v>
+        <v>432</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053160656</t>
+          <t>9786053160700</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Malloryon Serisi (5 Cilt Takım)</t>
+          <t>Yaşam Nedir?</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>1968</v>
+        <v>222</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053160571</t>
+          <t>9786053160687</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Ben Buradan Okuyorum</t>
+          <t>Turgut Uyar ve Başka Şeyler</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>252</v>
+        <v>180</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053160434</t>
+          <t>9786053160663</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Eksik Şiir İkinci Kitap</t>
+          <t>Hoşbeş</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>265</v>
+        <v>176</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786053160649</t>
+          <t>9786053160601</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Aşk İçin Ne Yazdıysam</t>
+          <t>Söylem Türleri ve Başka Yazılar</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>196</v>
+        <v>210</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053160540</t>
+          <t>9786053160557</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Çocukları</t>
+          <t>Hüküm</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>522</v>
+        <v>262</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053160588</t>
+          <t>9786053160526</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kendi Çağından Bizim Çağımıza Sigmund Freud</t>
+          <t>Foucault'yu Marx'la Okumak</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>524</v>
+        <v>238</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053160564</t>
+          <t>9786053160694</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Küre</t>
+          <t>Heraklitos'un Gizemleri</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>172</v>
+        <v>180</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053160632</t>
+          <t>9786053160656</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve İnsan Ruhu</t>
+          <t>Malloryon Serisi (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>198</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053160502</t>
+          <t>9786053160571</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Mekan Yaratmak</t>
+          <t>Ben Buradan Okuyorum</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>284</v>
+        <v>252</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053160496</t>
+          <t>9786053160434</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Gözetleme Kulesi</t>
+          <t>Eksik Şiir İkinci Kitap</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>276</v>
+        <v>295</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053160519</t>
+          <t>9786053160649</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Eşitliközgürlük</t>
+          <t>Aşk İçin Ne Yazdıysam</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>398</v>
+        <v>196</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786053160489</t>
+          <t>9786053160540</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Anayasalar</t>
+          <t>Tanrının Çocukları</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>248</v>
+        <v>522</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786053160458</t>
+          <t>9786053160588</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Karaduygun</t>
+          <t>Kendi Çağından Bizim Çağımıza Sigmund Freud</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>168</v>
+        <v>524</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053160472</t>
+          <t>9786053160564</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Topolojisi</t>
+          <t>Küre</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>192</v>
+        <v>172</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789753421294</t>
+          <t>9786053160632</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri A02.11.11</t>
+          <t>Sosyalizm ve İnsan Ruhu</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>95</v>
+        <v>198</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789753420396</t>
+          <t>9786053160502</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri</t>
+          <t>Mekan Yaratmak</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>95</v>
+        <v>284</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789753429368</t>
+          <t>9786053160496</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri AO5. 11. 13</t>
+          <t>Gözetleme Kulesi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>95</v>
+        <v>276</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786053160380</t>
+          <t>9786053160519</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Özgürlük</t>
+          <t>Eşitliközgürlük</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>438</v>
+        <v>398</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053160441</t>
+          <t>9786053160489</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Etnografik Hikayeler</t>
+          <t>Türkiye’de Anayasalar</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>252</v>
+        <v>248</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789753423830</t>
+          <t>9786053160458</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Adalet ve Şehir</t>
+          <t>Karaduygun</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>310</v>
+        <v>168</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789753424578</t>
+          <t>9786053160472</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Sonülke</t>
+          <t>Şiddetin Topolojisi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>184</v>
+        <v>212</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789753424301</t>
+          <t>9789753421294</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Tanıklık</t>
+          <t>Metis Cep Defteri A02.11.11</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>364</v>
+        <v>95</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789753427722</t>
+          <t>9789753420396</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Talep</t>
+          <t>Metis Cep Defteri</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>210</v>
+        <v>95</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789753422574</t>
+          <t>9789753429368</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Picasso’nun Başarısı ve Başarısızlığı</t>
+          <t>Metis Cep Defteri AO5. 11. 13</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>265</v>
+        <v>95</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789753420983</t>
+          <t>9786053160380</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Peynir ve Kurtlar</t>
+          <t>Başka Bir Özgürlük</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>270</v>
+        <v>438</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789753420839</t>
+          <t>9786053160441</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Görme Biçimleri</t>
+          <t>Etnografik Hikayeler</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>204</v>
+        <v>252</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789753420631</t>
+          <t>9789753423830</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Göçmüş Kediler Bahçesi</t>
+          <t>Sosyal Adalet ve Şehir</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>266</v>
+        <v>310</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789753426497</t>
+          <t>9789753424578</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Godard Godard’ı Anlatıyor</t>
+          <t>Sonülke</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>364</v>
+        <v>184</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789753422369</t>
+          <t>9789753424301</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Şarkiyatçılık</t>
+          <t>Sonsuza Tanıklık</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>436</v>
+        <v>364</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789753422680</t>
+          <t>9789753427722</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Okuma Kitabı</t>
+          <t>Sonsuz Talep</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>192</v>
+        <v>210</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789753425360</t>
+          <t>9789753422574</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Şansın Terbiye Edilişi</t>
+          <t>Picasso’nun Başarısı ve Başarısızlığı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>342</v>
+        <v>265</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786053160373</t>
+          <t>9789753420983</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Gözdeki Kıymık</t>
+          <t>Peynir ve Kurtlar</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>438</v>
+        <v>270</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053160410</t>
+          <t>9789753420839</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Kafa Tutan Köy</t>
+          <t>Görme Biçimleri</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>252</v>
+        <v>204</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786053160397</t>
+          <t>9789753420631</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Solak Defterler</t>
+          <t>Göçmüş Kediler Bahçesi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>270</v>
+        <v>266</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786053160427</t>
+          <t>9789753426497</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Hannah Arendt'in Küçük Tiyatrosu</t>
+          <t>Godard Godard’ı Anlatıyor</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>180</v>
+        <v>364</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786053160366</t>
+          <t>9789753422369</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Beynin Gölgeleri</t>
+          <t>Şarkiyatçılık</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>364</v>
+        <v>436</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786053160403</t>
+          <t>9789753422680</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Sartre ile Sartre Hakkında</t>
+          <t>Şarkı Okuma Kitabı</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>148</v>
+        <v>192</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786053160311</t>
+          <t>9789753425360</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Çizgiyi Aşmak</t>
+          <t>Şansın Terbiye Edilişi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>270</v>
+        <v>342</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786053160342</t>
+          <t>9786053160373</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Epiktetos'un Başkaldırısı</t>
+          <t>Gözdeki Kıymık</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>180</v>
+        <v>438</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786053160328</t>
+          <t>9786053160410</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Ji Realiteya Kurd Ber Bi Realiteya Kurdistan ve Serencama Meseleya Kurd</t>
+          <t>Dünyaya Kafa Tutan Köy</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>300</v>
+        <v>252</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786053160229</t>
+          <t>9786053160397</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Bir Fotoğrafı Anlamak</t>
+          <t>Solak Defterler</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>266</v>
+        <v>270</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789753423465</t>
+          <t>9786053160427</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>W - Ya Da Bir Çocukluk Hatırası</t>
+          <t>Hannah Arendt'in Küçük Tiyatrosu</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>196</v>
+        <v>180</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9789753423434</t>
+          <t>9786053160366</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Vitrinde Yaşamak</t>
+          <t>Beynin Gölgeleri</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>178</v>
+        <v>364</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9789753425544</t>
+          <t>9786053160403</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Harem ve Kuzenler</t>
+          <t>Sartre ile Sartre Hakkında</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>252</v>
+        <v>148</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789753429672</t>
+          <t>9786053160311</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Negatif Diyalektik</t>
+          <t>Çizgiyi Aşmak</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786053160250</t>
+          <t>9786053160342</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kan Revan İçinde</t>
+          <t>Epiktetos'un Başkaldırısı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>232</v>
+        <v>180</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786053160267</t>
+          <t>9786053160328</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'dan Gelen Telefon</t>
+          <t>Ji Realiteya Kurd Ber Bi Realiteya Kurdistan ve Serencama Meseleya Kurd</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>156</v>
+        <v>300</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786053160335</t>
+          <t>9786053160229</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Mimarın Soluğu</t>
+          <t>Bir Fotoğrafı Anlamak</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>208</v>
+        <v>266</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786053160274</t>
+          <t>9789753423465</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Küçükburun</t>
+          <t>W - Ya Da Bir Çocukluk Hatırası</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>138</v>
+        <v>196</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786053160243</t>
+          <t>9789753423434</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Didem Madak'ı Okumak</t>
+          <t>Vitrinde Yaşamak</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>420</v>
+        <v>178</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786053160090</t>
+          <t>9789753425544</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Bellek Tiyatrosu</t>
+          <t>Harem ve Kuzenler</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>138</v>
+        <v>252</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786053160205</t>
+          <t>9789753429672</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri A06.10.15</t>
+          <t>Negatif Diyalektik</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>95</v>
+        <v>400</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786053160113</t>
+          <t>9786053160250</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Okurken Ne Görürüz?</t>
+          <t>Kan Revan İçinde</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>445</v>
+        <v>232</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786053160069</t>
+          <t>9786053160267</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Düş Dokumacısı</t>
+          <t>İstanbul'dan Gelen Telefon</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>286</v>
+        <v>156</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789753420730</t>
+          <t>9786053160335</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Ahdım Var</t>
+          <t>Mimarın Soluğu</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>238</v>
+        <v>208</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786053160083</t>
+          <t>9786053160274</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kierkegaard ile Denizkızı</t>
+          <t>Küçükburun</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>180</v>
+        <v>138</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786053160151</t>
+          <t>9786053160243</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlardan Ebediyete</t>
+          <t>Didem Madak'ı Okumak</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>222</v>
+        <v>420</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786053160038</t>
+          <t>9786053160090</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Filmlerle Hatırlamak</t>
+          <t>Bellek Tiyatrosu</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>204</v>
+        <v>138</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786053160106</t>
+          <t>9786053160205</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yabancı</t>
+          <t>Metis Cep Defteri A06.10.15</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>196</v>
+        <v>95</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786053160199</t>
+          <t>9786053160113</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Barış Açısını Savunmak</t>
+          <t>Okurken Ne Görürüz?</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>376</v>
+        <v>445</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789753429153</t>
+          <t>9786053160069</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm, Arzu ve Kölelik</t>
+          <t>Düş Dokumacısı</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>238</v>
+        <v>286</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789753426039</t>
+          <t>9789753420730</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Taş Kumaş</t>
+          <t>Ahdım Var</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>156</v>
+        <v>238</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789753420662</t>
+          <t>9786053160083</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağının Önü</t>
+          <t>Kierkegaard ile Denizkızı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>334</v>
+        <v>180</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789753424219</t>
+          <t>9786053160151</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kadınsız İnkılap</t>
+          <t>Yıldızlardan Ebediyete</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>348</v>
+        <v>222</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786053160021</t>
+          <t>9786053160038</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Düş Parası</t>
+          <t>Filmlerle Hatırlamak</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>184</v>
+        <v>204</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786053160212</t>
+          <t>9786053160106</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Harita Metod Defteri</t>
+          <t>Büyük Yabancı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>420</v>
+        <v>196</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786053160182</t>
+          <t>9786053160199</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Yakın Bakış</t>
+          <t>Barış Açısını Savunmak</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>212</v>
+        <v>376</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786053160045</t>
+          <t>9789753429153</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Fransız Felsefesinin Macerası</t>
+          <t>Kapitalizm, Arzu ve Kölelik</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>210</v>
+        <v>238</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789753429887</t>
+          <t>9789753426039</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>7/24 Geç Kapitalizm ve Uykuların Sonu</t>
+          <t>Kağıt Taş Kumaş</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789753425766</t>
+          <t>9789753420662</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Gıda Krizi</t>
+          <t>Kaf Dağının Önü</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>324</v>
+        <v>334</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786053160120</t>
+          <t>9789753424219</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Yaşamda Avrupalı Müslümanlar</t>
+          <t>Kadınsız İnkılap</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>306</v>
+        <v>348</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053160175</t>
+          <t>9786053160021</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Sandık Lekesi</t>
+          <t>Düş Parası</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>142</v>
+        <v>184</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786053160168</t>
+          <t>9786053160212</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Esir Sözler Kuyusu</t>
+          <t>Harita Metod Defteri</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>148</v>
+        <v>420</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789753428989</t>
+          <t>9786053160182</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Gürültüsü</t>
+          <t>Yakın Bakış</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>252</v>
+        <v>212</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789753426510</t>
+          <t>9786053160045</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Sesler</t>
+          <t>Fransız Felsefesinin Macerası</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789753424288</t>
+          <t>9789753429887</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Serçe</t>
+          <t>7/24 Geç Kapitalizm ve Uykuların Sonu</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>414</v>
+        <v>178</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789753425681</t>
+          <t>9789753425766</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Pedal Çeviren Kadınlar</t>
+          <t>Gıda Krizi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>300</v>
+        <v>324</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786053160076</t>
+          <t>9786053160120</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Kaçırdıklarımız</t>
+          <t>Gündelik Yaşamda Avrupalı Müslümanlar</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>204</v>
+        <v>306</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053160052</t>
+          <t>9786053160175</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Dükkan</t>
+          <t>Sandık Lekesi</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>298</v>
+        <v>160</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789753428170</t>
+          <t>9786053160168</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx’ın Hayaleti</t>
+          <t>Esir Sözler Kuyusu</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>180</v>
+        <v>148</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789753420198</t>
+          <t>9789753428989</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Thomas</t>
+          <t>Sessizliğin Gürültüsü</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>204</v>
+        <v>252</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789753424189</t>
+          <t>9789753426510</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Karanda’nın İfrit Beyi</t>
+          <t>Sesler</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>382</v>
+        <v>265</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789753428408</t>
+          <t>9789753424288</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sevdası</t>
+          <t>Serçe</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>238</v>
+        <v>414</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789753424080</t>
+          <t>9789753425681</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sana Gül Bahçesi Vadetmedim</t>
+          <t>Pedal Çeviren Kadınlar</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>342</v>
+        <v>300</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053160007</t>
+          <t>9786053160076</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Güne Söylediklerim</t>
+          <t>Kaçırdıklarımız</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>196</v>
+        <v>204</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789753429795</t>
+          <t>9786053160052</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Müştereklerimiz</t>
+          <t>Karanlık Dükkan</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>348</v>
+        <v>298</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786053160137</t>
+          <t>9789753428170</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yeni İktidar Yeni Direniş</t>
+          <t>Karl Marx’ın Hayaleti</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>184</v>
+        <v>180</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786053160014</t>
+          <t>9789753420198</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Sokak Siyaseti</t>
+          <t>Karanlık Thomas</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>334</v>
+        <v>204</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789753425759</t>
+          <t>9789753424189</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Asılı Adam</t>
+          <t>Karanda’nın İfrit Beyi</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>258</v>
+        <v>382</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789753424646</t>
+          <t>9789753428408</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Profesör Freud Balıklarla Konuşuyor</t>
+          <t>Sanat Sevdası</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>180</v>
+        <v>238</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789753429856</t>
+          <t>9789753424080</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Krizde Felsefe ve Direniş</t>
+          <t>Sana Gül Bahçesi Vadetmedim</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>316</v>
+        <v>342</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789753429863</t>
+          <t>9786053160007</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Kefaretin Ötesinde</t>
+          <t>Güne Söylediklerim</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>192</v>
+        <v>196</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789753429870</t>
+          <t>9789753429795</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Film Teorisi</t>
+          <t>Müştereklerimiz</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>528</v>
+        <v>348</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789753429993</t>
+          <t>9786053160137</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Barbarın Kahkahası</t>
+          <t>Türkiye'de Yeni İktidar Yeni Direniş</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>192</v>
+        <v>184</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789753429894</t>
+          <t>9786053160014</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şark'ın Peşinde</t>
+          <t>Sokak Siyaseti</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>300</v>
+        <v>334</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789753425735</t>
+          <t>9789753425759</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Tokyo Uçuşu İptal</t>
+          <t>Asılı Adam</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>414</v>
+        <v>258</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789753429900</t>
+          <t>9789753424646</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Dinin Soykütükleri</t>
+          <t>Profesör Freud Balıklarla Konuşuyor</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>382</v>
+        <v>180</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789753422482</t>
+          <t>9789753429856</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Ütopya</t>
+          <t>Krizde Felsefe ve Direniş</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>172</v>
+        <v>316</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789753429061</t>
+          <t>9789753429863</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Tekerrür</t>
+          <t>Suç ve Kefaretin Ötesinde</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>265</v>
+        <v>192</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789753428125</t>
+          <t>9789753429870</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Filmler ve Rüyalar</t>
+          <t>Film Teorisi</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>265</v>
+        <v>528</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789753429023</t>
+          <t>9789753429993</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Film Dilinde Mahrem</t>
+          <t>Barbarın Kahkahası</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>285</v>
+        <v>192</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789753424813</t>
+          <t>9789753429894</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Feminizm ve Doğaya Hükmetmek</t>
+          <t>Kayıp Şark'ın Peşinde</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>306</v>
+        <v>300</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789753429986</t>
+          <t>9789753425735</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yürüyüş</t>
+          <t>Tokyo Uçuşu İptal</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>196</v>
+        <v>414</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789753424318</t>
+          <t>9789753429900</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Hayvanlar Murathan Mungan’ın Seçtikleriyle</t>
+          <t>Dinin Soykütükleri</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>180</v>
+        <v>382</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789753425445</t>
+          <t>9789753422482</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein’ın Yeğeni</t>
+          <t>Tarih ve Ütopya</t>
         </is>
       </c>
       <c r="C437" s="1">
         <v>172</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789753429948</t>
+          <t>9789753429061</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Doyma Noktası</t>
+          <t>Tarih ve Tekerrür</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>156</v>
+        <v>265</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789753429931</t>
+          <t>9789753428125</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Yüzünde Bir Yer</t>
+          <t>Filmler ve Rüyalar</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>196</v>
+        <v>265</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789753429771</t>
+          <t>9789753429023</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Sınır Tanımayan Şiddet</t>
+          <t>Film Dilinde Mahrem</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>445</v>
+        <v>285</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789753429979</t>
+          <t>9789753424813</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Şehrin İtirazı</t>
+          <t>Feminizm ve Doğaya Hükmetmek</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>192</v>
+        <v>306</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789753429764</t>
+          <t>9789753429986</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Sanat Neye Benzer</t>
+          <t>Uzun Yürüyüş</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>184</v>
+        <v>196</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789753429955</t>
+          <t>9789753424318</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Sessizin Payı</t>
+          <t>Yabancı Hayvanlar Murathan Mungan’ın Seçtikleriyle</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>212</v>
+        <v>180</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789753427067</t>
+          <t>9789753425445</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Kim Var İmiş Biz Burada Yoğ İken</t>
+          <t>Wittgenstein’ın Yeğeni</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>232</v>
+        <v>172</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789753425131</t>
+          <t>9789753429948</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Kim Bağışlayacak Beni</t>
+          <t>Doyma Noktası</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>216</v>
+        <v>156</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789753427906</t>
+          <t>9789753429931</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Kibrit Çöpleri</t>
+          <t>Yüzünde Bir Yer</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>160</v>
+        <v>196</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789753429740</t>
+          <t>9789753429771</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Sınır Tanımayan Şiddet</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>148</v>
+        <v>445</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789753429573</t>
+          <t>9789753429979</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Üçlemesi: Mahmud ile Yezida - Taziye - Geyikler Lanetler</t>
+          <t>Şehrin İtirazı</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>364</v>
+        <v>192</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789753429832</t>
+          <t>9789753429764</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Hayat</t>
+          <t>Sanat Neye Benzer</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>232</v>
+        <v>184</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789753429726</t>
+          <t>9789753429955</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Yeni İstanbul Çalışmaları</t>
+          <t>Sessizin Payı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>454</v>
+        <v>212</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789753429757</t>
+          <t>9789753427067</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Kuytusunda</t>
+          <t>Kim Var İmiş Biz Burada Yoğ İken</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>204</v>
+        <v>232</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789753429696</t>
+          <t>9789753425131</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Matmazel Christina</t>
+          <t>Kim Bağışlayacak Beni</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789753429610</t>
+          <t>9789753427906</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Sermayenin Mikropolitikası</t>
+          <t>Kibrit Çöpleri</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>306</v>
+        <v>160</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789753429719</t>
+          <t>9789753429740</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>İşçinin Varlık Problemi</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>210</v>
+        <v>148</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789753429702</t>
+          <t>9789753429573</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Rastgele Ben</t>
+          <t>Mezopotamya Üçlemesi: Mahmud ile Yezida - Taziye - Geyikler Lanetler</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>210</v>
+        <v>364</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789753421065</t>
+          <t>9789753429832</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Bonobo ve Ateist: Primatlar Arasında İnsanı Anlamak</t>
+          <t>Kendine Ait Bir Hayat</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>285</v>
+        <v>232</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789753423908</t>
+          <t>9789753429726</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Melez Bilinç</t>
+          <t>Yeni İstanbul Çalışmaları</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>172</v>
+        <v>454</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786053160144</t>
+          <t>9789753429757</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kimin Şehri?</t>
+          <t>Ruhun Kuytusunda</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>412</v>
+        <v>204</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786053160304</t>
+          <t>9789753429696</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Var Olma Eğilimi</t>
+          <t>Matmazel Christina</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>232</v>
+        <v>210</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789753429818</t>
+          <t>9789753429610</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Komünizm: Yeni Bir Başlangıç</t>
+          <t>Sermayenin Mikropolitikası</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>270</v>
+        <v>306</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789753421843</t>
+          <t>9789753429719</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Oidipus Yollarda</t>
+          <t>İşçinin Varlık Problemi</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>276</v>
+        <v>210</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789753429665</t>
+          <t>9789753429702</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Cahil Hoca</t>
+          <t>Rastgele Ben</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789753426596</t>
+          <t>9789753421065</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Umut Mekanları</t>
+          <t>Bonobo ve Ateist: Primatlar Arasında İnsanı Anlamak</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>376</v>
+        <v>285</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789753426626</t>
+          <t>9789753423908</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>G.</t>
+          <t>Melez Bilinç</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>376</v>
+        <v>172</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789753424295</t>
+          <t>9786053160144</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Freud’un Otoanalizi ve Psikanalizin Keşfi</t>
+          <t>İstanbul Kimin Şehri?</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>556</v>
+        <v>412</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789753422536</t>
+          <t>9786053160304</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Fotokopiler</t>
+          <t>Var Olma Eğilimi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>178</v>
+        <v>232</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789753428644</t>
+          <t>9789753429818</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Fizik Aşkına</t>
+          <t>Komünizm: Yeni Bir Başlangıç</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789753420723</t>
+          <t>9789753421843</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Arası</t>
+          <t>Oidipus Yollarda</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>292</v>
+        <v>276</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789753427296</t>
+          <t>9789753429665</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Ekim, Saat Sekiz</t>
+          <t>Cahil Hoca</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>248</v>
+        <v>205</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789753424394</t>
+          <t>9789753426596</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Çeşitlilik</t>
+          <t>Umut Mekanları</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>196</v>
+        <v>376</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789753420525</t>
+          <t>9789753426626</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Cenk Hikayeleri</t>
+          <t>G.</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>300</v>
+        <v>414</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789753421508</t>
+          <t>9789753424295</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Cariyeler, Bacılar, Yurttaşlar</t>
+          <t>Freud’un Otoanalizi ve Psikanalizin Keşfi</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>270</v>
+        <v>556</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789753427753</t>
+          <t>9789753422536</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Can</t>
+          <t>Fotokopiler</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>192</v>
+        <v>178</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789753426619</t>
+          <t>9789753428644</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Biz Hayır Diyoruz</t>
+          <t>Fizik Aşkına</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>232</v>
+        <v>310</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789753428545</t>
+          <t>9789753420723</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Biyokapital</t>
+          <t>Ekmek Arası</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>382</v>
+        <v>292</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786053160281</t>
+          <t>9789753427296</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Olarak Hayat</t>
+          <t>Ekim, Saat Sekiz</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>460</v>
+        <v>248</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789753429641</t>
+          <t>9789753424394</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Sözlüğü</t>
+          <t>Cinsel Çeşitlilik</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>265</v>
+        <v>196</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789753429689</t>
+          <t>9789753420525</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Benim</t>
+          <t>Cenk Hikayeleri</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>264</v>
+        <v>300</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789753429627</t>
+          <t>9789753421508</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Geleceği Var mı?</t>
+          <t>Cariyeler, Bacılar, Yurttaşlar</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786053160359</t>
+          <t>9789753427753</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Fakir Kene</t>
+          <t>Can</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>138</v>
+        <v>192</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789753425261</t>
+          <t>9789753426619</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Düşmanı</t>
+          <t>Biz Hayır Diyoruz</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>348</v>
+        <v>232</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789753424851</t>
+          <t>9789753428545</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Doğançay’ın Çınarları</t>
+          <t>Biyokapital</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>124</v>
+        <v>382</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789753428415</t>
+          <t>9786053160281</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Diyojen: Köpek Adam</t>
+          <t>Siyaset Olarak Hayat</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>180</v>
+        <v>460</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789753428910</t>
+          <t>9789753429641</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Dilin Aynasından</t>
+          <t>Şeytanın Sözlüğü</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>310</v>
+        <v>265</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789753424622</t>
+          <t>9789753429689</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Dilimiz Dillerimiz</t>
+          <t>Avrupa Benim</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>348</v>
+        <v>264</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789753421676</t>
+          <t>9789753429627</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Dil, Doğruluk ve Mantık</t>
+          <t>Kapitalizmin Geleceği Var mı?</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>222</v>
+        <v>290</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789753420549</t>
+          <t>9786053160359</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Factotum</t>
+          <t>Fakir Kene</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>196</v>
+        <v>150</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789753429566</t>
+          <t>9789753425261</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Uçuşan Etekler</t>
+          <t>Doğanın Düşmanı</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>135</v>
+        <v>348</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789753429603</t>
+          <t>9789753424851</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Sokrates Karanlıktan Çıkıyor</t>
+          <t>Doğançay’ın Çınarları</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>180</v>
+        <v>124</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789753429580</t>
+          <t>9789753428415</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Şiddeti</t>
+          <t>Diyojen: Köpek Adam</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>306</v>
+        <v>180</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789753428316</t>
+          <t>9789753428910</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Hegel, Haiti ve Evrensel Tarih</t>
+          <t>Dilin Aynasından</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789753423007</t>
+          <t>9789753424622</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Haz İlkesinin Ötesinde Ben ve İd</t>
+          <t>Dilimiz Dillerimiz</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>178</v>
+        <v>348</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786053161059</t>
+          <t>9789753421676</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Yaşarken - İkinci Cilt</t>
+          <t>Dil, Doğruluk ve Mantık</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>548</v>
+        <v>222</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789753425087</t>
+          <t>9789753420549</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Barışı Hayal Etmek</t>
+          <t>Factotum</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>310</v>
+        <v>196</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789753425636</t>
+          <t>9789753429566</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Greenpeace - Sertifika No: 000358</t>
+          <t>Uçuşan Etekler</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>216</v>
+        <v>135</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789753426787</t>
+          <t>9789753429603</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Işık Sözcükleri</t>
+          <t>Sokrates Karanlıktan Çıkıyor</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>252</v>
+        <v>180</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789753420617</t>
+          <t>9789753429580</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Irk, Tarih ve Kültür</t>
+          <t>İktidarın Şiddeti</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>210</v>
+        <v>306</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789753420259</t>
+          <t>9789753428316</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Irk Ulus Sınıf</t>
+          <t>Hegel, Haiti ve Evrensel Tarih</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>306</v>
+        <v>210</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789753427180</t>
+          <t>9789753423007</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Neden Nasıl Düşünürüz?</t>
+          <t>Haz İlkesinin Ötesinde Ben ve İd</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>310</v>
+        <v>178</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789753420563</t>
+          <t>9786053161059</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Ne Kitapsız Ne Kedisiz</t>
+          <t>Hayatımı Yaşarken - İkinci Cilt</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>156</v>
+        <v>550</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789753421850</t>
+          <t>9789753425087</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Narsizm Üzerine ve Schreber Vakası</t>
+          <t>Barışı Hayal Etmek</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>192</v>
+        <v>310</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789753422819</t>
+          <t>9789753425636</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Sihirbazın Tuzağı</t>
+          <t>Greenpeace - Sertifika No: 000358</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>300</v>
+        <v>216</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789753427869</t>
+          <t>9789753426787</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar ve Hayaletler</t>
+          <t>Işık Sözcükleri</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>292</v>
+        <v>252</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789753423533</t>
+          <t>9789753420617</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yolları: Yedi Öykü</t>
+          <t>Irk, Tarih ve Kültür</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>216</v>
+        <v>210</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789753421119</t>
+          <t>9789753420259</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Son Tiryaki</t>
+          <t>Irk Ulus Sınıf</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>252</v>
+        <v>306</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789753428248</t>
+          <t>9789753427180</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Yarınki Yüzün Cilt: 2 Dans ve Rüya</t>
+          <t>Neden Nasıl Düşünürüz?</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>342</v>
+        <v>310</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789753427968</t>
+          <t>9789753420563</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Yarınki Yüzün Cilt: 1 Ateş ve Mızrak</t>
+          <t>Ne Kitapsız Ne Kedisiz</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>348</v>
+        <v>156</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789753428798</t>
+          <t>9789753421850</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Yarınki Yüzün</t>
+          <t>Narsizm Üzerine ve Schreber Vakası</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>498</v>
+        <v>192</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789753421904</t>
+          <t>9789753422819</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Yaratma Cesareti</t>
+          <t>Sihirbazın Tuzağı</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>204</v>
+        <v>300</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789753423816</t>
+          <t>9789753427869</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Sen Gülerken</t>
+          <t>Sınırlar ve Hayaletler</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>180</v>
+        <v>292</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789753420037</t>
+          <t>9789753423533</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Yaz Geçer</t>
+          <t>Hayat Yolları: Yedi Öykü</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>148</v>
+        <v>216</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789753426886</t>
+          <t>9789753421119</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Yaşlandıkça Hayat Neden Çabuk Geçer</t>
+          <t>Son Tiryaki</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>324</v>
+        <v>252</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789753424271</t>
+          <t>9789753428248</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Savaşları</t>
+          <t>Yarınki Yüzün Cilt: 2 Dans ve Rüya</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>148</v>
+        <v>345</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789753422840</t>
+          <t>9789753427968</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>İran: Bir Devrimin Tükenişi</t>
+          <t>Yarınki Yüzün Cilt: 1 Ateş ve Mızrak</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>265</v>
+        <v>385</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789753422550</t>
+          <t>9789753428798</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Başkaldıran Bedenler</t>
+          <t>Yarınki Yüzün</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>310</v>
+        <v>550</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789753424257</t>
+          <t>9789753421904</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Biz Toprağı Bilirdik!</t>
+          <t>Yaratma Cesareti</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>238</v>
+        <v>204</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789753424608</t>
+          <t>9789753423816</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Mavi Akım</t>
+          <t>Sen Gülerken</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789753423748</t>
+          <t>9789753420037</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Ten ve Taş</t>
+          <t>Yaz Geçer</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>418</v>
+        <v>148</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789753429290</t>
+          <t>9789753426886</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Tarih: Sondan Bir Önceki Şeyler</t>
+          <t>Yaşlandıkça Hayat Neden Çabuk Geçer</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>276</v>
+        <v>324</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789753421386</t>
+          <t>9789753424271</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Yatak</t>
+          <t>Yıldız Savaşları</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>222</v>
+        <v>148</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789753421164</t>
+          <t>9789753422840</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Dağdakiler</t>
+          <t>İran: Bir Devrimin Tükenişi</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>204</v>
+        <v>265</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789753426404</t>
+          <t>9789753422550</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Dağ</t>
+          <t>Başkaldıran Bedenler</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789753422666</t>
+          <t>9789753424257</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Çürümenin Kitabı</t>
+          <t>Biz Toprağı Bilirdik!</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>222</v>
+        <v>238</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789753421591</t>
+          <t>9789753424608</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Tekeşlilik</t>
+          <t>Mavi Akım</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>184</v>
+        <v>310</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789753420969</t>
+          <t>9789753423748</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Tek Tanrılı Dinler Karşısında Kadın</t>
+          <t>Ten ve Taş</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>330</v>
+        <v>418</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789753429597</t>
+          <t>9789753429290</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Güçlünün Silahı</t>
+          <t>Tarih: Sondan Bir Önceki Şeyler</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>292</v>
+        <v>276</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789753429559</t>
+          <t>9789753421386</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>İskambil Destesi</t>
+          <t>Dağınık Yatak</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>172</v>
+        <v>222</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789753422208</t>
+          <t>9789753421164</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Bu Tufandan Sonra</t>
+          <t>Dağdakiler</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>210</v>
+        <v>204</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789753425346</t>
+          <t>9789753426404</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Bu Kabuslar Neden Cemil?</t>
+          <t>Dağ</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>258</v>
+        <v>210</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789753423892</t>
+          <t>9789753422666</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Antigone</t>
+          <t>Çürümenin Kitabı</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>336</v>
+        <v>222</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789753424929</t>
+          <t>9789753421591</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Anneannem</t>
+          <t>Tekeşlilik</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>188</v>
+        <v>184</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789753427494</t>
+          <t>9789753420969</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsan Bulmak Zor</t>
+          <t>Tek Tanrılı Dinler Karşısında Kadın</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>304</v>
+        <v>330</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789753428941</t>
+          <t>9789753429597</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>İsyan, Devrim, Eleştiri</t>
+          <t>Güçlünün Silahı</t>
         </is>
       </c>
       <c r="C533" s="1">
         <v>292</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789753426688</t>
+          <t>9789753429559</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Modernizm İdeolojisi</t>
+          <t>İskambil Destesi</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>414</v>
+        <v>172</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789753427425</t>
+          <t>9789753422208</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Modern Zamanın Tarihi</t>
+          <t>Bu Tufandan Sonra</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>292</v>
+        <v>210</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789753425810</t>
+          <t>9789753425346</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Modern Toplumsal Tahayyüller</t>
+          <t>Bu Kabuslar Neden Cemil?</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>238</v>
+        <v>258</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789753421942</t>
+          <t>9789753423892</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Modern Mahrem</t>
+          <t>Antigone</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>232</v>
+        <v>336</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789753427876</t>
+          <t>9789753424929</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Estetik</t>
+          <t>Anneannem</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>210</v>
+        <v>188</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789753428200</t>
+          <t>9789753427494</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Başka Aşklar</t>
+          <t>İyi İnsan Bulmak Zor</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>156</v>
+        <v>304</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789753426817</t>
+          <t>9789753428941</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Barbarları Beklerken</t>
+          <t>İsyan, Devrim, Eleştiri</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>276</v>
+        <v>292</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789753420624</t>
+          <t>9789753426688</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Balıkçıl Gözü</t>
+          <t>Modernizm İdeolojisi</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>204</v>
+        <v>414</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789753426282</t>
+          <t>9789753427425</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Bakış ve Ses</t>
+          <t>Modern Zamanın Tarihi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>192</v>
+        <v>292</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789753428019</t>
+          <t>9789753425810</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Bahisleri Yükseltmek</t>
+          <t>Modern Toplumsal Tahayyüller</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>306</v>
+        <v>238</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789753428286</t>
+          <t>9789753421942</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Leibniz: Mümkün Dünyaların En İyisi</t>
+          <t>Modern Mahrem</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>180</v>
+        <v>232</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789753427340</t>
+          <t>9789753427876</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Lavinia</t>
+          <t>Başka Bir Estetik</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>306</v>
+        <v>210</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789753428224</t>
+          <t>9789753428200</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Lao-Tzu: Ejderhanın Yolu</t>
+          <t>Başka Aşklar</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>180</v>
+        <v>156</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789753428538</t>
+          <t>9789753426817</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Lanet Olsun Zaman Nehrine</t>
+          <t>Barbarları Beklerken</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>216</v>
+        <v>276</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789753420341</t>
+          <t>9789753420624</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Lal Masallar</t>
+          <t>Balıkçıl Gözü</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>180</v>
+        <v>204</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789753423373</t>
+          <t>9789753426282</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Minnacık Bir Dev</t>
+          <t>Bakış ve Ses</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>334</v>
+        <v>192</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789753422154</t>
+          <t>9789753428019</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Dehşetler ve Uzmanlar</t>
+          <t>Bahisleri Yükseltmek</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>180</v>
+        <v>306</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789753429962</t>
+          <t>9789753428286</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Ara Tonlar</t>
+          <t>Leibniz: Mümkün Dünyaların En İyisi</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>238</v>
+        <v>180</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789753429849</t>
+          <t>9789753427340</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Platon’un Devleti</t>
+          <t>Lavinia</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>414</v>
+        <v>306</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789753429498</t>
+          <t>9789753428224</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Denizadamı</t>
+          <t>Lao-Tzu: Ejderhanın Yolu</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>258</v>
+        <v>180</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789753428767</t>
+          <t>9789753428538</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Grapon Kağıtları</t>
+          <t>Lanet Olsun Zaman Nehrine</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>144</v>
+        <v>216</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789753427715</t>
+          <t>9789753420341</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>GraceLand</t>
+          <t>Lal Masallar</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>364</v>
+        <v>180</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789753424431</t>
+          <t>9789753423373</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Gözlemcinin Teknikleri</t>
+          <t>Minnacık Bir Dev</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>216</v>
+        <v>334</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789753421546</t>
+          <t>9789753422154</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Ateşler</t>
+          <t>Dehşetler ve Uzmanlar</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>172</v>
+        <v>180</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789753429160</t>
+          <t>9789753429962</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Artemisia</t>
+          <t>Ara Tonlar</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>276</v>
+        <v>238</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789753429542</t>
+          <t>9789753429849</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Tarih Nasıl Yazılır?</t>
+          <t>Platon’un Devleti</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>432</v>
+        <v>414</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789753429917</t>
+          <t>9789753429498</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein'ın Gergedanı</t>
+          <t>Denizadamı</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>180</v>
+        <v>258</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789753424844</t>
+          <t>9789753428767</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Bolşevik Devrimi Cilt: 3</t>
+          <t>Grapon Kağıtları</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>528</v>
+        <v>150</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789753421645</t>
+          <t>9789753427715</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Bolşevik Devrimi Cilt: 2</t>
+          <t>GraceLand</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>376</v>
+        <v>364</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789753429504</t>
+          <t>9789753424431</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'da Devlet ve İktidar</t>
+          <t>Gözlemcinin Teknikleri</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>222</v>
+        <v>216</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789753429511</t>
+          <t>9789753421546</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Seçme İkilemi</t>
+          <t>Ateşler</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>202</v>
+        <v>172</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789753427586</t>
+          <t>9789753429160</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Ne Alemde?</t>
+          <t>Artemisia</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>178</v>
+        <v>276</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789753421553</t>
+          <t>9789753429542</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul’un Bilinci</t>
+          <t>Tarih Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>368</v>
+        <v>432</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789753421256</t>
+          <t>9789753429917</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>De ki İşte</t>
+          <t>Wittgenstein'ın Gergedanı</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>196</v>
+        <v>180</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789753426435</t>
+          <t>9789753424844</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Körlük ve İçgörü</t>
+          <t>Bolşevik Devrimi Cilt: 3</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>364</v>
+        <v>580</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789753424899</t>
+          <t>9789753421645</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Kör Ayna, Kayıp Şark</t>
+          <t>Bolşevik Devrimi Cilt: 2</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>270</v>
+        <v>415</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789753425841</t>
+          <t>9789753429504</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Kör Alan ve Dekadrajlar</t>
+          <t>Ortadoğu'da Devlet ve İktidar</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>238</v>
+        <v>222</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786053160465</t>
+          <t>9789753429511</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Ortak Lüks</t>
+          <t>Seçme İkilemi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>210</v>
+        <v>202</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789753428149</t>
+          <t>9789753427586</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Profesör Kant’ın En Çılgın Günü</t>
+          <t>Demokrasi Ne Alemde?</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>180</v>
+        <v>178</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789753421621</t>
+          <t>9789753421553</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Postmodernliğin Durumu</t>
+          <t>Deli Dumrul’un Bilinci</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>455</v>
+        <v>368</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789753427593</t>
+          <t>9789753421256</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Zamane</t>
+          <t>De ki İşte</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>156</v>
+        <v>216</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789753421812</t>
+          <t>9789753426435</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Yüzüklerin Efendisi İkinci Kısım İki Kule</t>
+          <t>Körlük ve İçgörü</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>475</v>
+        <v>364</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789753427449</t>
+          <t>9789753424899</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Çevengur</t>
+          <t>Kör Ayna, Kayıp Şark</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>414</v>
+        <v>270</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789753423243</t>
+          <t>9789753425841</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Çengelköy Defteri</t>
+          <t>Kör Alan ve Dekadrajlar</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>168</v>
+        <v>238</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789753426534</t>
+          <t>9786053160465</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Çatışan Feminizmler</t>
+          <t>Ortak Lüks</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>238</v>
+        <v>210</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789753429535</t>
+          <t>9789753428149</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Yere Düşen Dualar</t>
+          <t>Profesör Kant’ın En Çılgın Günü</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>316</v>
+        <v>180</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789753429481</t>
+          <t>9789753421621</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Düşlenen Ülke</t>
+          <t>Postmodernliğin Durumu</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>210</v>
+        <v>455</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789753426701</t>
+          <t>9789753427593</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlığın Dönüşümü</t>
+          <t>Zamane</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>292</v>
+        <v>156</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789753424530</t>
+          <t>9789753421812</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Varoluş ve Psikiyatri</t>
+          <t>Yüzüklerin Efendisi İkinci Kısım İki Kule</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>238</v>
+        <v>480</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789753429436</t>
+          <t>9789753427449</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Yamyamız</t>
+          <t>Çevengur</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>210</v>
+        <v>414</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789753429344</t>
+          <t>9789753423243</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Mim Savaşları</t>
+          <t>Çengelköy Defteri</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>480</v>
+        <v>168</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789753429429</t>
+          <t>9789753426534</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Napolyon’un Düğmeleri</t>
+          <t>Çatışan Feminizmler</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>382</v>
+        <v>238</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789753429450</t>
+          <t>9789753429535</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Arasında</t>
+          <t>Yere Düşen Dualar</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>248</v>
+        <v>316</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789753429443</t>
+          <t>9789753429481</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Asker</t>
+          <t>Düşlenen Ülke</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>196</v>
+        <v>210</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789753429467</t>
+          <t>9789753426701</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Endişe Nehri Geçiyor</t>
+          <t>Vatandaşlığın Dönüşümü</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>232</v>
+        <v>292</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789753421638</t>
+          <t>9789753424530</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Metinler Kitabı</t>
+          <t>Varoluş ve Psikiyatri</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>184</v>
+        <v>238</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789753420679</t>
+          <t>9789753429436</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Metal</t>
+          <t>Hepimiz Yamyamız</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>168</v>
+        <v>210</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789753425513</t>
+          <t>9789753429344</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Metafor Olarak Mimari</t>
+          <t>Mim Savaşları</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>248</v>
+        <v>480</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789753428859</t>
+          <t>9789753429429</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Aşkı</t>
+          <t>Napolyon’un Düğmeleri</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>180</v>
+        <v>382</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789753427234</t>
+          <t>9789753429450</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Sokak Güzeldir</t>
+          <t>Kadınlar Arasında</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>405</v>
+        <v>248</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789753427708</t>
+          <t>9789753429443</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Kazı</t>
+          <t>Merhaba Asker</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>140</v>
+        <v>196</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789753423212</t>
+          <t>9789753429467</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Büfe</t>
+          <t>Endişe Nehri Geçiyor</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>368</v>
+        <v>232</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789753422635</t>
+          <t>9789753421638</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Siyaset, Sosyoloji ve Toplumsal Teori</t>
+          <t>Metinler Kitabı</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>324</v>
+        <v>184</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789753429658</t>
+          <t>9789753420679</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Vahşi Dünya</t>
+          <t>Metal</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>210</v>
+        <v>168</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789753429528</t>
+          <t>9789753425513</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Yersiz Yurtsuz</t>
+          <t>Metafor Olarak Mimari</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>398</v>
+        <v>248</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789753426671</t>
+          <t>9789753428859</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Ülkelerine Yolculuk</t>
+          <t>Sokrates’in Aşkı</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>248</v>
+        <v>180</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789753428613</t>
+          <t>9789753427234</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün İcadı 1700-1789 ve Aklın Amblemleri</t>
+          <t>Sokak Güzeldir</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>412</v>
+        <v>405</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789753429474</t>
+          <t>9789753427708</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çevirileri</t>
+          <t>Soğuk Kazı</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789753429399</t>
+          <t>9789753423212</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Erasmus ve Deliliğin Zilleri</t>
+          <t>Soğuk Büfe</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>180</v>
+        <v>368</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789753429801</t>
+          <t>9789753422635</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Seküler Yaşam ve Şifacılık</t>
+          <t>Siyaset, Sosyoloji ve Toplumsal Teori</t>
         </is>
       </c>
       <c r="C603" s="1">
         <v>324</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789753429276</t>
+          <t>9789753429658</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>İmansızların İmanı</t>
+          <t>Muhteşem Vahşi Dünya</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786053160298</t>
+          <t>9789753429528</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Akademik Aklın Eleştirisi</t>
+          <t>Yersiz Yurtsuz</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>310</v>
+        <v>398</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789753425742</t>
+          <t>9789753426671</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Düşü</t>
+          <t>Pamuk Ülkelerine Yolculuk</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>270</v>
+        <v>248</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789753426114</t>
+          <t>9789753428613</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Genç Işık</t>
+          <t>Özgürlüğün İcadı 1700-1789 ve Aklın Amblemleri</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>216</v>
+        <v>412</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789753427807</t>
+          <t>9789753429474</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Gelecek</t>
+          <t>Şiir Çevirileri</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>172</v>
+        <v>165</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789753429405</t>
+          <t>9789753429399</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>189 Sayfa</t>
+          <t>Erasmus ve Deliliğin Zilleri</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>232</v>
+        <v>180</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789753429412</t>
+          <t>9789753429801</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Devrimleri Yazmak</t>
+          <t>Seküler Yaşam ve Şifacılık</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>246</v>
+        <v>324</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789753429382</t>
+          <t>9789753429276</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Reddediyorum</t>
+          <t>İmansızların İmanı</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>270</v>
+        <v>330</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789753429269</t>
+          <t>9786053160298</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Üzerine</t>
+          <t>Akademik Aklın Eleştirisi</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>192</v>
+        <v>310</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789753426299</t>
+          <t>9789753425742</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Üç Bayrak Altında</t>
+          <t>Gençlik Düşü</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>324</v>
+        <v>270</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789753422376</t>
+          <t>9789753426114</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Üç Aynalı Kırk Oda</t>
+          <t>Genç Işık</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>412</v>
+        <v>216</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789753422260</t>
+          <t>9789753427807</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Uzun Sürmüş Bir Günün Akşamı</t>
+          <t>Gelecek</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>216</v>
+        <v>172</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789753420914</t>
+          <t>9789753429405</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Uzak</t>
+          <t>189 Sayfa</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>180</v>
+        <v>232</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789753422062</t>
+          <t>9789753429412</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Huzursuzluğu</t>
+          <t>Devrimleri Yazmak</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>156</v>
+        <v>246</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789753429092</t>
+          <t>9789753429382</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Fanatizm</t>
+          <t>Reddediyorum</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>324</v>
+        <v>270</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789753429351</t>
+          <t>9789753429269</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Metis</t>
+          <t>Kaygı Üzerine</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>252</v>
+        <v>192</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789753429306</t>
+          <t>9789753426299</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Sultan ve Şair</t>
+          <t>Üç Bayrak Altında</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>124</v>
+        <v>324</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789753429245</t>
+          <t>9789753422376</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Yeni Organlar, Yeni Hayatlar: Organ Nakli, Ahlak ve Ekonomi</t>
+          <t>Üç Aynalı Kırk Oda</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>292</v>
+        <v>412</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789753428354</t>
+          <t>9789753422260</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Perspektif: Simgesel Bir Biçim</t>
+          <t>Uzun Sürmüş Bir Günün Akşamı</t>
         </is>
       </c>
       <c r="C622" s="1">
         <v>216</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789753420822</t>
+          <t>9789753420914</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu İçin Pratik Elkitabı</t>
+          <t>Uzak</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>168</v>
+        <v>180</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789753421041</t>
+          <t>9789753422062</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Güzel Tehlike</t>
+          <t>Uygarlığın Huzursuzluğu</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>124</v>
+        <v>156</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789753421881</t>
+          <t>9789753429092</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Dün Bugün Jacgues Lacan</t>
+          <t>Fanatizm</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>138</v>
+        <v>324</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789753429214</t>
+          <t>9789753429351</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Ceza ve Adalet</t>
+          <t>Metis</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>334</v>
+        <v>252</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789753423397</t>
+          <t>9789753429306</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Cinsiyet</t>
+          <t>Sultan ve Şair</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>316</v>
+        <v>124</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789753429337</t>
+          <t>9789753429245</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Direniş ve Umut: Reha İsvan</t>
+          <t>Yeni Organlar, Yeni Hayatlar: Organ Nakli, Ahlak ve Ekonomi</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>232</v>
+        <v>292</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789753423861</t>
+          <t>9789753428354</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizin Dört Temel Kavramı</t>
+          <t>Perspektif: Simgesel Bir Biçim</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>316</v>
+        <v>216</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789753429238</t>
+          <t>9789753420822</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Utanç Duyuyorum!</t>
+          <t>Oyuncu İçin Pratik Elkitabı</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>382</v>
+        <v>168</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789753424707</t>
+          <t>9789753421041</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kışladan Anayasaya Ordu</t>
+          <t>Güzel Tehlike</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>252</v>
+        <v>124</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9799753424744</t>
+          <t>9789753421881</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Hadi Bunu Küresel-leştirin!</t>
+          <t>Dün Bugün Jacgues Lacan</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>252</v>
+        <v>138</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789753428040</t>
+          <t>9789753429214</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Tereddüt Üzerine</t>
+          <t>Ceza ve Adalet</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>178</v>
+        <v>334</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789753427838</t>
+          <t>9789753423397</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Tepelitaklak</t>
+          <t>Siyaset ve Cinsiyet</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>285</v>
+        <v>316</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789753428996</t>
+          <t>9789753429337</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Pratik Üzerine Bir Tartışma (1956)</t>
+          <t>Direniş ve Umut: Reha İsvan</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>130</v>
+        <v>232</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789753428262</t>
+          <t>9789753423861</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Temize Havale</t>
+          <t>Psikanalizin Dört Temel Kavramı</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>232</v>
+        <v>348</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789753420938</t>
+          <t>9789753429238</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Tehanu</t>
+          <t>Utanç Duyuyorum!</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>252</v>
+        <v>382</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789753420655</t>
+          <t>9789753424707</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Şiddeti Anlamak</t>
+          <t>Kışladan Anayasaya Ordu</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>248</v>
+        <v>252</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789753420143</t>
+          <t>9799753424744</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Üçlemesi 2: Taziye</t>
+          <t>Hadi Bunu Küresel-leştirin!</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>124</v>
+        <v>252</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789753427166</t>
+          <t>9789753428040</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Taşa Bağlarım Zamanı</t>
+          <t>Tereddüt Üzerine</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>124</v>
+        <v>178</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789753427777</t>
+          <t>9789753427838</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Çıkan Siyaset</t>
+          <t>Tepelitaklak</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>252</v>
+        <v>285</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789753421270</t>
+          <t>9789753428996</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Kapitalizm ve Kapitalist Uygarlık</t>
+          <t>Teori ve Pratik Üzerine Bir Tartışma (1956)</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>192</v>
+        <v>130</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789753422215</t>
+          <t>9789753428262</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Bunalım ve İnsan</t>
+          <t>Temize Havale</t>
         </is>
       </c>
       <c r="C643" s="1">
         <v>232</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789753424196</t>
+          <t>9789753420938</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Cinsiyeti</t>
+          <t>Tehanu</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>270</v>
+        <v>278</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789753424875</t>
+          <t>9789753420655</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Bilinçdışı</t>
+          <t>Cinsel Şiddeti Anlamak</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>216</v>
+        <v>248</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789753428071</t>
+          <t>9789753420143</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Adları</t>
+          <t>Mezopotamya Üçlemesi 2: Taziye</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>184</v>
+        <v>124</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789753426183</t>
+          <t>9789753427166</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Tahta Saplı Bıçak</t>
+          <t>Taşa Bağlarım Zamanı</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>252</v>
+        <v>124</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789753427036</t>
+          <t>9789753427777</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Tahta Gözler</t>
+          <t>Tarihten Çıkan Siyaset</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>300</v>
+        <v>252</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789753424110</t>
+          <t>9789753421270</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Şizoid Görüngü Nesne İlişkileri ve Kendilik</t>
+          <t>Tarihsel Kapitalizm ve Kapitalist Uygarlık</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>358</v>
+        <v>192</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789753429115</t>
+          <t>9789753422215</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Şifrepunk</t>
+          <t>Tarihsel Bunalım ve İnsan</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>210</v>
+        <v>232</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789753427371</t>
+          <t>9789753424196</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Eleştirisi Üzerine</t>
+          <t>Tarihin Cinsiyeti</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>342</v>
+        <v>270</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789753426503</t>
+          <t>9789753424875</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Şeyleşme</t>
+          <t>Tarihin Bilinçdışı</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>358</v>
+        <v>216</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789753421973</t>
+          <t>9789753428071</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Şeyler</t>
+          <t>Tarihin Adları</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>182</v>
+        <v>184</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789753423847</t>
+          <t>9789753426183</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Şeyh ve Arzu</t>
+          <t>Tahta Saplı Bıçak</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>216</v>
+        <v>252</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789753426794</t>
+          <t>9789753427036</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Şeffaf Zihinler</t>
+          <t>Tahta Gözler</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789753425391</t>
+          <t>9789753424110</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Şakird</t>
+          <t>Şizoid Görüngü Nesne İlişkileri ve Kendilik</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>252</v>
+        <v>358</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789753428088</t>
+          <t>9789753429115</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Şairin Romanı</t>
+          <t>Şifrepunk</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>572</v>
+        <v>210</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789753429146</t>
+          <t>9789753427371</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Süreç mi Yaradılış mı?</t>
+          <t>Şiddetin Eleştirisi Üzerine</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>276</v>
+        <v>342</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789753427098</t>
+          <t>9789753426503</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Susanlar</t>
+          <t>Şeyleşme</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>276</v>
+        <v>358</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789753426268</t>
+          <t>9789753421973</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Su Diyarı</t>
+          <t>Şeyler</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>358</v>
+        <v>182</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789753427951</t>
+          <t>9789753423847</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Stüdyo Kayıtları</t>
+          <t>Şeyh ve Arzu</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>306</v>
+        <v>216</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789753420747</t>
+          <t>9789753426794</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Sözlü ve Yazılı Kültür</t>
+          <t>Şeffaf Zihinler</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>258</v>
+        <v>310</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789753427081</t>
+          <t>9789753425391</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Söylemek ve Yapmak</t>
+          <t>Şakird</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>232</v>
+        <v>252</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789753423885</t>
+          <t>9789753428088</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeci Fantaziler</t>
+          <t>Şairin Romanı</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>232</v>
+        <v>572</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789753422222</t>
+          <t>9789753429146</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimleri Yeniden Düşünmek</t>
+          <t>Süreç mi Yaradılış mı?</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>348</v>
+        <v>276</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789753420990</t>
+          <t>9789753427098</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimleri Açın</t>
+          <t>Susanlar</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>156</v>
+        <v>276</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789753425629</t>
+          <t>9789753426268</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Düşünce</t>
+          <t>Su Diyarı</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>184</v>
+        <v>358</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789753420532</t>
+          <t>9789753427951</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Son İstanbul</t>
+          <t>Stüdyo Kayıtları</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>232</v>
+        <v>306</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789753420105</t>
+          <t>9789753420747</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Son Bakışta Aşk</t>
+          <t>Sözlü ve Yazılı Kültür</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>238</v>
+        <v>258</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789753427890</t>
+          <t>9789753427081</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Son Adım</t>
+          <t>Söylemek ve Yapmak</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>286</v>
+        <v>232</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789753428446</t>
+          <t>9789753423885</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Solo</t>
+          <t>Sömürgeci Fantaziler</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>368</v>
+        <v>232</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789753422963</t>
+          <t>9789753422222</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Arayışı</t>
+          <t>Sosyal Bilimleri Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>270</v>
+        <v>348</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789753426206</t>
+          <t>9789753420990</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Siyasalın Kıyısında</t>
+          <t>Sosyal Bilimleri Açın</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>210</v>
+        <v>156</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789753425971</t>
+          <t>9789753425629</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Kavramı</t>
+          <t>Sonsuz Düşünce</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>204</v>
+        <v>184</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789753420457</t>
+          <t>9789753420532</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamın İflası</t>
+          <t>Son İstanbul</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>285</v>
+        <v>232</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789753420709</t>
+          <t>9789753420105</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Sistem Karşıtı Hareketler</t>
+          <t>Son Bakışta Aşk</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>184</v>
+        <v>238</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789753424363</t>
+          <t>9789753427890</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Göstergeler ve Anlam</t>
+          <t>Son Adım</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>270</v>
+        <v>286</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789753426015</t>
+          <t>9789753428446</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Sınır Durumlar ve Patolojik Narsisizm</t>
+          <t>Solo</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>348</v>
+        <v>368</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789753421959</t>
+          <t>9789753422963</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Noktasındaki Kadın</t>
+          <t>Siyaset Arayışı</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>182</v>
+        <v>270</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789753425209</t>
+          <t>9789753426206</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Seyyar</t>
+          <t>Siyasalın Kıyısında</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>222</v>
+        <v>210</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789753427500</t>
+          <t>9789753425971</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Serbest Düşüş</t>
+          <t>Siyasal Kavramı</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>306</v>
+        <v>204</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789753427692</t>
+          <t>9789753420457</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Semih Vaner Anısına Avrupa Birliği, Demokrasi ve Laiklik</t>
+          <t>Siyasal İslamın İflası</t>
         </is>
       </c>
       <c r="C682" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789753426367</t>
+          <t>9789753420709</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Sekülerliğin Biçimleri</t>
+          <t>Sistem Karşıtı Hareketler</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>334</v>
+        <v>184</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789753428651</t>
+          <t>9789753424363</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Seküler ve Dinsel: Aşınan Sınırlar</t>
+          <t>Sinemada Göstergeler ve Anlam</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789753427739</t>
+          <t>9789753426015</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Seferis ile Üvez</t>
+          <t>Sınır Durumlar ve Patolojik Narsisizm</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>232</v>
+        <v>348</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789753426640</t>
+          <t>9789753421959</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Schrödinger’in Yavru Kedileri</t>
+          <t>Sıfır Noktasındaki Kadın</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>310</v>
+        <v>182</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789753425193</t>
+          <t>9789753425209</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Schrödinger’in Kedisinin Peşinde</t>
+          <t>Seyyar</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>310</v>
+        <v>222</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789753425124</t>
+          <t>9789753427500</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Sayıklamalar</t>
+          <t>Serbest Düşüş</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>232</v>
+        <v>306</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789753428231</t>
+          <t>9789753427692</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Sayı: Bilimin Dili</t>
+          <t>Semih Vaner Anısına Avrupa Birliği, Demokrasi ve Laiklik</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>342</v>
+        <v>285</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789753427227</t>
+          <t>9789753426367</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Savunma Saldırıyor</t>
+          <t>Sekülerliğin Biçimleri</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>172</v>
+        <v>334</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789753422734</t>
+          <t>9789753428651</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Sapıklıklarda ve Kişilik Bozukluklarında Saldırganlık</t>
+          <t>Seküler ve Dinsel: Aşınan Sınırlar</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>368</v>
+        <v>210</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789753425414</t>
+          <t>9789753427739</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Sonu</t>
+          <t>Seferis ile Üvez</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>252</v>
+        <v>232</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789753422178</t>
+          <t>9789753426640</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Sanatçı: Örnek Bir Çilekeş</t>
+          <t>Schrödinger’in Yavru Kedileri</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>232</v>
+        <v>310</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789753420013</t>
+          <t>9789753425193</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Sahtiyan</t>
+          <t>Schrödinger’in Kedisinin Peşinde</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>184</v>
+        <v>310</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789753428378</t>
+          <t>9789753425124</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Sahicilik Jargonu</t>
+          <t>Sayıklamalar</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>180</v>
+        <v>232</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789753429139</t>
+          <t>9789753428231</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Sahibinin Sesi</t>
+          <t>Sayı: Bilimin Dili</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>232</v>
+        <v>342</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789753423809</t>
+          <t>9789753427227</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Sağ ve Solun Ötesinde Radikal Politikaların Geleceği</t>
+          <t>Savunma Saldırıyor</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>300</v>
+        <v>172</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789753426084</t>
+          <t>9789753422734</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Saflık ve Tehlike</t>
+          <t>Sapıklıklarda ve Kişilik Bozukluklarında Saldırganlık</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>258</v>
+        <v>368</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789753425308</t>
+          <t>9789753425414</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlara Söyleyen</t>
+          <t>Sanatın Sonu</t>
         </is>
       </c>
       <c r="C699" s="1">
         <v>252</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789753427913</t>
+          <t>9789753422178</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Rüyanın Öte Yakası</t>
+          <t>Sanatçı: Örnek Bir Çilekeş</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>252</v>
+        <v>232</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789753428835</t>
+          <t>9789753420013</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Ruh İşbaşında</t>
+          <t>Sahtiyan</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>232</v>
+        <v>184</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789753423083</t>
+          <t>9789753428378</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Romantik Yalan ve Romansal Hakikat</t>
+          <t>Sahicilik Jargonu</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>276</v>
+        <v>180</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789753426152</t>
+          <t>9789753429139</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Romanın Yükselişi</t>
+          <t>Sahibinin Sesi</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>382</v>
+        <v>232</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789753424066</t>
+          <t>9789753423809</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Roman Kuramı</t>
+          <t>Sağ ve Solun Ötesinde Radikal Politikaların Geleceği</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>196</v>
+        <v>300</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789753421768</t>
+          <t>9789753426084</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Roman Gibi</t>
+          <t>Saflık ve Tehlike</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>192</v>
+        <v>284</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789753420921</t>
+          <t>9789753425308</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Rocannon’un Dünyası</t>
+          <t>Rüzgarlara Söyleyen</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>180</v>
+        <v>252</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789753421300</t>
+          <t>9789753427913</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Ressamın İkinci Sözleşmesi Murathan Mungan’ın Seçtikleriyle</t>
+          <t>Rüyanın Öte Yakası</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>204</v>
+        <v>252</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789753426336</t>
+          <t>9789753428835</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Rahimdeki Ot</t>
+          <t>Ruh İşbaşında</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>124</v>
+        <v>232</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789753425179</t>
+          <t>9789753423083</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Radyonun Sihirli Kapısı</t>
+          <t>Romantik Yalan ve Romansal Hakikat</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>382</v>
+        <v>276</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789753426046</t>
+          <t>9789753426152</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Pulbiber Mahallesi</t>
+          <t>Romanın Yükselişi</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>165</v>
+        <v>382</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789753424516</t>
+          <t>9789753424066</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Psikodinamik Psikiyatri ve Normaldışı Davranışlar</t>
+          <t>Roman Kuramı</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>310</v>
+        <v>196</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789753424639</t>
+          <t>9789753421768</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Sonrası</t>
+          <t>Roman Gibi</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>348</v>
+        <v>192</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789753423151</t>
+          <t>9789753420921</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Proust</t>
+          <t>Rocannon’un Dünyası</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>142</v>
+        <v>180</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789753423359</t>
+          <t>9789753421300</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Poetikaya Giriş</t>
+          <t>Ressamın İkinci Sözleşmesi Murathan Mungan’ın Seçtikleriyle</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>172</v>
+        <v>204</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789753428293</t>
+          <t>9789753426336</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Paul Ricoeur’ün Baykuşu</t>
+          <t>Rahimdeki Ot</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>180</v>
+        <v>124</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789753421362</t>
+          <t>9789753425179</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Paranın Cinleri</t>
+          <t>Radyonun Sihirli Kapısı</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>156</v>
+        <v>382</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789753427760</t>
+          <t>9789753426046</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Özgürleşen Seyirci</t>
+          <t>Pulbiber Mahallesi</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789753424417</t>
+          <t>9789753424516</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Öteki, Düşman, Olay</t>
+          <t>Psikodinamik Psikiyatri ve Normaldışı Davranışlar</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>364</v>
+        <v>310</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789753424615</t>
+          <t>9789753424639</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Öteki Rüzgar</t>
+          <t>Psikanaliz ve Sonrası</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>258</v>
+        <v>348</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789753422529</t>
+          <t>9789753423151</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Öteki Metinler</t>
+          <t>Proust</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>192</v>
+        <v>142</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789753420556</t>
+          <t>9789753423359</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Örtülü Kimlik</t>
+          <t>Poetikaya Giriş</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>192</v>
+        <v>172</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789753421799</t>
+          <t>9789753428293</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Gömdüm, Geliyorum</t>
+          <t>Paul Ricoeur’ün Baykuşu</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>252</v>
+        <v>180</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789753423823</t>
+          <t>9789753421362</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Ölen Bir Kültür Üzerine İncelemeler</t>
+          <t>Paranın Cinleri</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>358</v>
+        <v>156</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789753421577</t>
+          <t>9789753427760</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Oyunlar, İntiharlar, Şarkılar</t>
+          <t>Özgürleşen Seyirci</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>150</v>
+        <v>178</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789753421805</t>
+          <t>9789753424417</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Oyun ve Gerçeklik</t>
+          <t>Öteki, Düşman, Olay</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>238</v>
+        <v>364</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789753426107</t>
+          <t>9789753424615</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Oyun Dürtüsü</t>
+          <t>Öteki Rüzgar</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>474</v>
+        <v>284</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789753420891</t>
+          <t>9789753422529</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıya Dair Hikayat</t>
+          <t>Öteki Metinler</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>168</v>
+        <v>192</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789753420440</t>
+          <t>9789753420556</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kadın Hareketi</t>
+          <t>Örtülü Kimlik</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>450</v>
+        <v>192</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789753420419</t>
+          <t>9789753421799</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Omayra</t>
+          <t>Ölümü Gömdüm, Geliyorum</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>178</v>
+        <v>252</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789753424233</t>
+          <t>9789753423823</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Olmayalı</t>
+          <t>Ölen Bir Kültür Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>196</v>
+        <v>358</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789753425117</t>
+          <t>9789753421577</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Ol / An</t>
+          <t>Oyunlar, İntiharlar, Şarkılar</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>252</v>
+        <v>150</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789753424165</t>
+          <t>9789753421805</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Okumanın Halleri</t>
+          <t>Oyun ve Gerçeklik</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>188</v>
+        <v>238</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789753420211</t>
+          <t>9789753426107</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Oda, Poster ve Şeylerin Kederi</t>
+          <t>Oyun Dürtüsü</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>130</v>
+        <v>474</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789753422161</t>
+          <t>9789753420891</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>O Ana Adanmış</t>
+          <t>Osmanlıya Dair Hikayat</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>238</v>
+        <v>168</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789753427463</t>
+          <t>9789753420440</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Nostaljinin Geleceği</t>
+          <t>Osmanlı Kadın Hareketi</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>498</v>
+        <v>450</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789753428774</t>
+          <t>9789753420419</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Ninoçka</t>
+          <t>Omayra</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>342</v>
+        <v>178</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789753427043</t>
+          <t>9789753424233</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Nesir Fikri</t>
+          <t>Olmayalı</t>
         </is>
       </c>
       <c r="C737" s="1">
         <v>196</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789753428347</t>
+          <t>9789753425117</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm ve Mahremiyet</t>
+          <t>Ol / An</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>306</v>
+        <v>252</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789753427173</t>
+          <t>9789753424165</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Neil’in Beyniyle Konuşmalar</t>
+          <t>Okumanın Halleri</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>376</v>
+        <v>188</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789753426770</t>
+          <t>9789753420211</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Nedenselliğin Kültürel Tarihi</t>
+          <t>Oda, Poster ve Şeylerin Kederi</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>570</v>
+        <v>130</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789753428026</t>
+          <t>9789753422161</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Neden Psikanaliz?</t>
+          <t>O Ana Adanmış</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>142</v>
+        <v>238</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789753420686</t>
+          <t>9789753427463</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Narla İncire Gazel</t>
+          <t>Nostaljinin Geleceği</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>184</v>
+        <v>498</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789753421584</t>
+          <t>9789753428774</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Balığı</t>
+          <t>Ninoçka</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>148</v>
+        <v>342</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789753425285</t>
+          <t>9789753427043</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Mülksüzler</t>
+          <t>Nesir Fikri</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>358</v>
+        <v>196</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789753421980</t>
+          <t>9789753428347</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler ve İdeoloji</t>
+          <t>Neoliberalizm ve Mahremiyet</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>238</v>
+        <v>306</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789753425704</t>
+          <t>9789753427173</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk, Ölüm ve Yaşamın Artakalanı</t>
+          <t>Neil’in Beyniyle Konuşmalar</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>196</v>
+        <v>376</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789753427364</t>
+          <t>9789753426770</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Peşinde</t>
+          <t>Nedenselliğin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>376</v>
+        <v>570</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789753428804</t>
+          <t>9789753428026</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Moskova</t>
+          <t>Neden Psikanaliz?</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>178</v>
+        <v>142</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789753429108</t>
+          <t>9789753420686</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Mutfak</t>
+          <t>Narla İncire Gazel</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>196</v>
+        <v>184</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789753423878</t>
+          <t>9789753421584</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Murgoların Kralı</t>
+          <t>Mürekkep Balığı</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>412</v>
+        <v>148</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789753424158</t>
+          <t>9789753425285</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Murathan Mungan’ın Seçtikleriyle Yazıhane</t>
+          <t>Mülksüzler</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>192</v>
+        <v>358</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789753423045</t>
+          <t>9789753421980</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Büyükleri</t>
+          <t>Mühendisler ve İdeoloji</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>252</v>
+        <v>238</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789753425483</t>
+          <t>9789753425704</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Göstergeler</t>
+          <t>Mutluluk, Ölüm ve Yaşamın Artakalanı</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>342</v>
+        <v>196</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789753423137</t>
+          <t>9789753427364</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Moskova Günlüğü</t>
+          <t>Mutluluğun Peşinde</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>238</v>
+        <v>376</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789753428392</t>
+          <t>9789753428804</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Modernlik Fragmanları</t>
+          <t>Mutlu Moskova</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>368</v>
+        <v>178</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789753423755</t>
+          <t>9789753429108</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Modernizm ve Ulusun İnşaası</t>
+          <t>Mutfak</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>376</v>
+        <v>196</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789753428606</t>
+          <t>9789753423878</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyanın Sorunları Karşısında Antropoloji</t>
+          <t>Murgoların Kralı</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>156</v>
+        <v>412</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789753421911</t>
+          <t>9789753424158</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Gündelik Hayat</t>
+          <t>Murathan Mungan’ın Seçtikleriyle Yazıhane</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>290</v>
+        <v>192</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789753422079</t>
+          <t>9789753423045</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Minima Moralia</t>
+          <t>Çocuklar ve Büyükleri</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>316</v>
+        <v>252</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789753426008</t>
+          <t>9789753425483</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Mısır Kaşifi</t>
+          <t>Mucizevi Göstergeler</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>412</v>
+        <v>342</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789753420044</t>
+          <t>9789753423137</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Mırıldandıklarım</t>
+          <t>Moskova Günlüğü</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>148</v>
+        <v>238</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789753426428</t>
+          <t>9789753428392</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Meşe Fısıltıları</t>
+          <t>Modernlik Fragmanları</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>142</v>
+        <v>368</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789753426381</t>
+          <t>9789753423755</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Kara Üçleme</t>
+          <t>Modernizm ve Ulusun İnşaası</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>412</v>
+        <v>376</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789753422239</t>
+          <t>9789753428606</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Rüyalar Ejderhalar</t>
+          <t>Modern Dünyanın Sorunları Karşısında Antropoloji</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>196</v>
+        <v>156</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789753426657</t>
+          <t>9789753421911</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Kadından Kentler</t>
+          <t>Modern Dünyada Gündelik Hayat</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789753427647</t>
+          <t>9789753422079</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Kabuğunu Kıran Hikaye</t>
+          <t>Minima Moralia</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>232</v>
+        <v>316</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789753427432</t>
+          <t>9789753426008</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Jean-Paul Sartre: Tarihin Sorumluluğunu Almak</t>
+          <t>Mısır Kaşifi</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>222</v>
+        <v>412</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789753428002</t>
+          <t>9789753420044</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Nereye?</t>
+          <t>Mırıldandıklarım</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>474</v>
+        <v>148</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789753422918</t>
+          <t>9789753426428</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>İstanbul - Küresel ile Yerel Arasında</t>
+          <t>Meşe Fısıltıları</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>265</v>
+        <v>142</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789753424998</t>
+          <t>9789753426381</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>İspanya: Bir Başka Avrupa</t>
+          <t>Kara Üçleme</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>276</v>
+        <v>412</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789753422642</t>
+          <t>9789753422239</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>İslamın Yeni Kamusal Yüzleri</t>
+          <t>Kadınlar Rüyalar Ejderhalar</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>286</v>
+        <v>196</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789753425018</t>
+          <t>9789753426657</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>İslamın Hastalığı</t>
+          <t>Kadından Kentler</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>238</v>
+        <v>310</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789753426350</t>
+          <t>9789753427647</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>İran: Ketlenmiş Halk</t>
+          <t>Kabuğunu Kıran Hikaye</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>348</v>
+        <v>232</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789753424103</t>
+          <t>9789753427432</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yavrusunun Psikolojik Doğumu</t>
+          <t>Jean-Paul Sartre: Tarihin Sorumluluğunu Almak</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>364</v>
+        <v>222</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789753420952</t>
+          <t>9789753428002</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve "Herkes"</t>
+          <t>İstanbul Nereye?</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>270</v>
+        <v>474</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789753423984</t>
+          <t>9789753422918</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmak</t>
+          <t>İstanbul - Küresel ile Yerel Arasında</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>244</v>
+        <v>265</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789753426558</t>
+          <t>9789753424998</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>İnceldiği Yerden</t>
+          <t>İspanya: Bir Başka Avrupa</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>334</v>
+        <v>276</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789753423854</t>
+          <t>9789753422642</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>İmgenin Pornografisi</t>
+          <t>İslamın Yeni Kamusal Yüzleri</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>372</v>
+        <v>286</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789753426237</t>
+          <t>9789753425018</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>İmgeler Nasıl Düşünür?</t>
+          <t>İslamın Hastalığı</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>348</v>
+        <v>238</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789753422451</t>
+          <t>9789753426350</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>İle</t>
+          <t>İran: Ketlenmiş Halk</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>258</v>
+        <v>348</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789753427555</t>
+          <t>9789753424103</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>İlaçla Tedavi Efsanesi</t>
+          <t>İnsan Yavrusunun Psikolojik Doğumu</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>358</v>
+        <v>364</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789753428330</t>
+          <t>9789753420952</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Mahremiyeti</t>
+          <t>İnsan ve "Herkes"</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>192</v>
+        <v>270</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789753427548</t>
+          <t>9789753423984</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>İkinci Hayvan</t>
+          <t>İnsan Olmak</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>172</v>
+        <v>244</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789753425858</t>
+          <t>9789753426558</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>İki Kültürü Aşmak</t>
+          <t>İnceldiği Yerden</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>342</v>
+        <v>334</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789753423489</t>
+          <t>9789753423854</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>İdeolojinin Yüce Nesnesi</t>
+          <t>İmgenin Pornografisi</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>306</v>
+        <v>372</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789753426879</t>
+          <t>9789753426237</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Maymun</t>
+          <t>İmgeler Nasıl Düşünür?</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>285</v>
+        <v>348</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789753425797</t>
+          <t>9789753422451</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>İçdeniz Balıkçısı</t>
+          <t>İle</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>248</v>
+        <v>258</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789753427050</t>
+          <t>9789753427555</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>İç İçe Girişler: İslam ve Avrupa</t>
+          <t>İlaçla Tedavi Efsanesi</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>232</v>
+        <v>358</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789753425643</t>
+          <t>9789753428330</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Irak Dünya Mahkemesi Nihai İstanbul Oturumu 23-27 Haziran 2005</t>
+          <t>İktidarın Mahremiyeti</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>480</v>
+        <v>192</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789753427678</t>
+          <t>9789753427548</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Holigan’ın Dönüşü</t>
+          <t>İkinci Hayvan</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>382</v>
+        <v>172</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789753426077</t>
+          <t>9789753425858</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Histerik Bilinç</t>
+          <t>İki Kültürü Aşmak</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>265</v>
+        <v>342</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789753426244</t>
+          <t>9789753423489</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Hiç Niyetim Yoktu</t>
+          <t>İdeolojinin Yüce Nesnesi</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>188</v>
+        <v>306</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789753426442</t>
+          <t>9789753426879</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>İçimizdeki Maymun</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>276</v>
+        <v>285</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789753422093</t>
+          <t>9789753425797</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Hız ve Politika</t>
+          <t>İçdeniz Balıkçısı</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>184</v>
+        <v>248</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789753428101</t>
+          <t>9789753427050</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Evrim</t>
+          <t>İç İçe Girişler: İslam ve Avrupa</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>398</v>
+        <v>232</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789753428927</t>
+          <t>9789753425643</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye ve Herkese Karşı Lacan</t>
+          <t>Irak Dünya Mahkemesi Nihai İstanbul Oturumu 23-27 Haziran 2005</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>178</v>
+        <v>480</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789753425469</t>
+          <t>9789753427678</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Satılık</t>
+          <t>Holigan’ın Dönüşü</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>306</v>
+        <v>382</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789753427975</t>
+          <t>9789753426077</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Her Çıkışın Bir İnişi Vardır</t>
+          <t>Histerik Bilinç</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>276</v>
+        <v>265</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789753426411</t>
+          <t>9789753426244</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Hep Vaat Hep Vaat</t>
+          <t>Hiç Niyetim Yoktu</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>286</v>
+        <v>188</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789753421140</t>
+          <t>9789753426442</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Yaşarken - Birinci Cilt</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>480</v>
+        <v>276</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789753427012</t>
+          <t>9789753422093</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Hayat Atölyesi</t>
+          <t>Hız ve Politika</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>306</v>
+        <v>184</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789753421133</t>
+          <t>9789753428101</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Hayali Doğu</t>
+          <t>Herkes İçin Evrim</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>324</v>
+        <v>398</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789753420266</t>
+          <t>9789753428927</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Hayali Cemaatler</t>
+          <t>Her Şeye ve Herkese Karşı Lacan</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>320</v>
+        <v>178</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789753425582</t>
+          <t>9789753425469</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Ev</t>
+          <t>Her Şey Satılık</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>358</v>
+        <v>306</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789753426527</t>
+          <t>9789753427975</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Hasretinden Prangalar Eskittim</t>
+          <t>Her Çıkışın Bir İnişi Vardır</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>216</v>
+        <v>276</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789753422314</t>
+          <t>9789753426411</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Haset ve Şükran</t>
+          <t>Hep Vaat Hep Vaat</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>156</v>
+        <v>286</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789753422345</t>
+          <t>9789753421140</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Haluk’a Mektuplar</t>
+          <t>Hayatımı Yaşarken - Birinci Cilt</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>300</v>
+        <v>530</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789753428880</t>
+          <t>9789753427012</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Hah</t>
+          <t>Hayat Atölyesi</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>142</v>
+        <v>306</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789753428057</t>
+          <t>9789753421133</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Hafıza, Tarih, Unutuş</t>
+          <t>Hayali Doğu</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>560</v>
+        <v>324</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789753424790</t>
+          <t>9789753420266</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Hadım Edilme Kompleksi</t>
+          <t>Hayali Cemaatler</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789753422673</t>
+          <t>9789753425582</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Psikoterapi</t>
+          <t>Hayalet Ev</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>348</v>
+        <v>358</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789753426985</t>
+          <t>9789753426527</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşamda Benliğin Sunumu</t>
+          <t>Hasretinden Prangalar Eskittim</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>270</v>
+        <v>216</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789753428491</t>
+          <t>9789753422314</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Gülme Sırası Bizde</t>
+          <t>Haset ve Şükran</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>246</v>
+        <v>156</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789753426992</t>
+          <t>9789753422345</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Güçler</t>
+          <t>Haluk’a Mektuplar</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>364</v>
+        <v>300</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789753421287</t>
+          <t>9789753428880</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Göz ve Tin</t>
+          <t>Hah</t>
         </is>
       </c>
       <c r="C815" s="1">
         <v>142</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789753422604</t>
+          <t>9789753428057</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Görünüre Dair Küçük Bir Teoriye Doğru Adımlar</t>
+          <t>Hafıza, Tarih, Unutuş</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>124</v>
+        <v>560</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789753425872</t>
+          <t>9789753424790</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Görsel Düşünme</t>
+          <t>Hadım Edilme Kompleksi</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>398</v>
+        <v>180</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789753426923</t>
+          <t>9789753422673</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Görmenin Diyalektiği</t>
+          <t>Günümüzde Psikoterapi</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>514</v>
+        <v>348</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789753427357</t>
+          <t>9789753426985</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Görme ve Cinsellik</t>
+          <t>Günlük Yaşamda Benliğin Sunumu</t>
         </is>
       </c>
       <c r="C819" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789753420150</t>
+          <t>9789753428491</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Geyikler Lanetler</t>
+          <t>Gülme Sırası Bizde</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>216</v>
+        <v>246</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789753429122</t>
+          <t>9789753426992</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bir Yanılsama: Bilinç</t>
+          <t>Güçler</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>285</v>
+        <v>364</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9799753424881</t>
+          <t>9789753421287</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Genin Yüzyılı</t>
+          <t>Göz ve Tin</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>222</v>
+        <v>142</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789753428477</t>
+          <t>9789753422604</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman</t>
+          <t>Görünüre Dair Küçük Bir Teoriye Doğru Adımlar</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>168</v>
+        <v>124</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789753425094</t>
+          <t>9789753425872</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Geç Gelen Ağıtlar</t>
+          <t>Görsel Düşünme</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>156</v>
+        <v>398</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789753426695</t>
+          <t>9789753426923</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Geç Dönem Üslubu</t>
+          <t>Görmenin Diyalektiği</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>216</v>
+        <v>514</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789753421867</t>
+          <t>9789753427357</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Gecikmiş Modernlik ve Estetik Kültür</t>
+          <t>Görme ve Cinsellik</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789753426213</t>
+          <t>9789753420150</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Gecekondu Gezegeni</t>
+          <t>Geyikler Lanetler</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>285</v>
+        <v>216</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789753428897</t>
+          <t>9789753429122</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Gece Kitabı</t>
+          <t>Gerçek Bir Yanılsama: Bilinç</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>188</v>
+        <v>285</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789753421836</t>
+          <t>9799753424881</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Gece</t>
+          <t>Genin Yüzyılı</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>258</v>
+        <v>222</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789753429207</t>
+          <t>9789753428477</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Gaston Bachelard’ın Hülyası</t>
+          <t>Geçmiş Zaman</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>180</v>
+        <v>168</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789753427203</t>
+          <t>9789753425094</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Filozof ve Yoksulları</t>
+          <t>Geç Gelen Ağıtlar</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>292</v>
+        <v>156</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789753428521</t>
+          <t>9789753426695</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Filmozofi</t>
+          <t>Geç Dönem Üslubu</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>358</v>
+        <v>216</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789753427623</t>
+          <t>9789753421867</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Filmlerle Sosyoloji</t>
+          <t>Gecikmiş Modernlik ve Estetik Kültür</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>258</v>
+        <v>300</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789753423991</t>
+          <t>9789753426213</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Feminist Bir Devlet Kuramına Doğru</t>
+          <t>Gecekondu Gezegeni</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>414</v>
+        <v>285</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789753426091</t>
+          <t>9789753428897</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Soruşturmalar</t>
+          <t>Gece Kitabı</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>292</v>
+        <v>188</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789753427029</t>
+          <t>9789753421836</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Fay Hatları</t>
+          <t>Gece</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>310</v>
+        <v>258</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789753428507</t>
+          <t>9789753429207</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Farklı Dünyaları Düşünmek</t>
+          <t>Gaston Bachelard’ın Hülyası</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>258</v>
+        <v>180</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789753424349</t>
+          <t>9789753427203</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Fantastik: Edebi Türe Yapısal Bir Yaklaşım</t>
+          <t>Filozof ve Yoksulları</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>210</v>
+        <v>292</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789753426022</t>
+          <t>9789753428521</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Ezeli Mağlup</t>
+          <t>Filmozofi</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>258</v>
+        <v>358</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789753428118</t>
+          <t>9789753427623</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Evren Kullanma Kılavuzu</t>
+          <t>Filmlerle Sosyoloji</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>324</v>
+        <v>258</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789753422307</t>
+          <t>9789753423991</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Ev Ödevi</t>
+          <t>Feminist Bir Devlet Kuramına Doğru</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>168</v>
+        <v>414</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789753426893</t>
+          <t>9789753426091</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Etkilenme Endişesi</t>
+          <t>Felsefi Soruşturmalar</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>216</v>
+        <v>292</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789753424448</t>
+          <t>9789753427029</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Etik</t>
+          <t>Fay Hatları</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>216</v>
+        <v>310</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789753420334</t>
+          <t>9789753428507</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Eski 45’likler</t>
+          <t>Farklı Dünyaları Düşünmek</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>126</v>
+        <v>258</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789753427197</t>
+          <t>9789753424349</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Erkeklik: İmkansız İktidar</t>
+          <t>Fantastik: Edebi Türe Yapısal Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>358</v>
+        <v>210</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789753424769</t>
+          <t>9789753426022</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Murathan Mungan’ın Seçtikleriyle Erkeklerin Hikayeleri</t>
+          <t>Ezeli Mağlup</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>222</v>
+        <v>258</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789753423380</t>
+          <t>9789753428118</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Erkekler İçin Divan</t>
+          <t>Evren Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>172</v>
+        <v>324</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789753429191</t>
+          <t>9789753422307</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Epikür’ün Kahkahası</t>
+          <t>Ev Ödevi</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>180</v>
+        <v>168</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789753424134</t>
+          <t>9789753426893</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Enformasyon Bombası</t>
+          <t>Etkilenme Endişesi</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>184</v>
+        <v>216</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789753420792</t>
+          <t>9789753424448</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>En Uzak Sahil</t>
+          <t>Etik</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>248</v>
+        <v>216</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789753425056</t>
+          <t>9789753420334</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Elime Tutun</t>
+          <t>Eski 45’likler</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>142</v>
+        <v>126</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789753427272</t>
+          <t>9789753427197</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Eldivenler Hikayeler</t>
+          <t>Erkeklik: İmkansız İktidar</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>204</v>
+        <v>358</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789753426824</t>
+          <t>9789753424769</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Ekşi Üzümler</t>
+          <t>Murathan Mungan’ın Seçtikleriyle Erkeklerin Hikayeleri</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>258</v>
+        <v>222</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789753425889</t>
+          <t>9789753423380</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Eksik Şiir</t>
+          <t>Erkekler İçin Divan</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>292</v>
+        <v>172</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789753421874</t>
+          <t>9789753429191</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Eğlence İncelemeleri</t>
+          <t>Epikür’ün Kahkahası</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>306</v>
+        <v>180</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789753423205</t>
+          <t>9789753424134</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Efsuncunun Son Oyunu</t>
+          <t>Enformasyon Bombası</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>334</v>
+        <v>184</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789753424356</t>
+          <t>9789753420792</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları</t>
+          <t>En Uzak Sahil</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>238</v>
+        <v>272</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789753427937</t>
+          <t>9789753425056</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Ne İşe Yarar?</t>
+          <t>Elime Tutun</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>210</v>
+        <v>142</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789753425728</t>
+          <t>9789753427272</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Ebru Reflections Of Cultural Diversity In Turkey (Ciltli)</t>
+          <t>Eldivenler Hikayeler</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>1200</v>
+        <v>204</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789753426718</t>
+          <t>9789753426824</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Dünyevi ve Kutsal</t>
+          <t>Ekşi Üzümler</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>316</v>
+        <v>258</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789753428460</t>
+          <t>9789753425889</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Bugünde Sevmek</t>
+          <t>Eksik Şiir</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>276</v>
+        <v>295</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789753421201</t>
+          <t>9789753421874</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Orman Denir</t>
+          <t>Eğlence İncelemeleri</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>198</v>
+        <v>306</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789753425957</t>
+          <t>9789753423205</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Dünya-Tarihinin Sınırında Tarih</t>
+          <t>Efsuncunun Son Oyunu</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>184</v>
+        <v>334</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789753424028</t>
+          <t>9789753424356</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Teni</t>
+          <t>Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>285</v>
+        <v>238</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789753425377</t>
+          <t>9789753427937</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Doğum Günü ve Diğer Öyküler</t>
+          <t>Edebiyat Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>406</v>
+        <v>210</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789753421331</t>
+          <t>9789753425728</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Düğüne</t>
+          <t>Ebru Reflections Of Cultural Diversity In Turkey (Ciltli)</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>196</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789753426329</t>
+          <t>9789753426718</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Gücü</t>
+          <t>Dünyevi ve Kutsal</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>348</v>
+        <v>316</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789753421379</t>
+          <t>9789753428460</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Dört Kişilik Bahçe</t>
+          <t>Dünyayı Bugünde Sevmek</t>
         </is>
       </c>
       <c r="C868" s="1">
         <v>276</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789753424141</t>
+          <t>9789753421201</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Dört Arketip</t>
+          <t>Dünyaya Orman Denir</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>204</v>
+        <v>198</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789753427333</t>
+          <t>9789753425957</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Dünya-Tarihinin Sınırında Tarih</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>204</v>
+        <v>184</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789753424820</t>
+          <t>9789753424028</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Poetikasının Sorunları</t>
+          <t>Dünyanın Teni</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>405</v>
+        <v>285</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789753429177</t>
+          <t>9789753425377</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Dolambaç</t>
+          <t>Dünyanın Doğum Günü ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>232</v>
+        <v>406</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789753421249</t>
+          <t>9789753421331</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Doktor March’ın Dört Oğlu</t>
+          <t>Düğüne</t>
         </is>
       </c>
       <c r="C873" s="1">
         <v>196</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789753423250</t>
+          <t>9789753426329</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Doğum Travması</t>
+          <t>Duyguların Gücü</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>232</v>
+        <v>348</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789753428576</t>
+          <t>9789753421379</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Doğu Sarayı</t>
+          <t>Dört Kişilik Bahçe</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>246</v>
+        <v>276</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789753428903</t>
+          <t>9789753424141</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Doğu Batı Mimesis</t>
+          <t>Dört Arketip</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>342</v>
+        <v>224</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789753422611</t>
+          <t>9789753427333</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Doğduğum Yüzyıla Veda</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>432</v>
+        <v>204</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789753427395</t>
+          <t>9789753424820</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Devletin Yasal Olmayan Faaliyetleri</t>
+          <t>Dostoyevski Poetikasının Sorunları</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>156</v>
+        <v>405</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789753428156</t>
+          <t>9789753429177</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Descartes Amca’nın Kötü Cini</t>
+          <t>Dolambaç</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>180</v>
+        <v>232</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789753421027</t>
+          <t>9789753421249</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet’te Dans</t>
+          <t>Doktor March’ın Dört Oğlu</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>270</v>
+        <v>196</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789753428033</t>
+          <t>9789753423250</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Derinliğin Keşfi</t>
+          <t>Doğum Travması</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>265</v>
+        <v>232</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789753423076</t>
+          <t>9789753428576</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Derin Hizbullah</t>
+          <t>Doğu Sarayı</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>316</v>
+        <v>246</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789753426633</t>
+          <t>9789753428903</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Deri-Ben</t>
+          <t>Doğu Batı Mimesis</t>
         </is>
       </c>
       <c r="C883" s="1">
         <v>342</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789753427005</t>
+          <t>9789753422611</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kenarında Geyikler</t>
+          <t>Doğduğum Yüzyıla Veda</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>210</v>
+        <v>432</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789753428309</t>
+          <t>9789753427395</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Deneyim Şarkıları</t>
+          <t>Devletin Yasal Olmayan Faaliyetleri</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>498</v>
+        <v>156</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789753428637</t>
+          <t>9789753428156</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Anayasa</t>
+          <t>Descartes Amca’nın Kötü Cini</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>498</v>
+        <v>180</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789753420884</t>
+          <t>9789753421027</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Cinsiyeti</t>
+          <t>Dersaadet’te Dans</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>248</v>
+        <v>270</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789753426930</t>
+          <t>9789753428033</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Darwin Sizi Seviyor</t>
+          <t>Derinliğin Keşfi</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>348</v>
+        <v>265</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789753424486</t>
+          <t>9789753423076</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Darshiva Büyücüsü</t>
+          <t>Derin Hizbullah</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>364</v>
+        <v>316</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789753425025</t>
+          <t>9789753426633</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Çok Tuhaf Çok Tanıdık</t>
+          <t>Deri-Ben</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>210</v>
+        <v>342</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789753426763</t>
+          <t>9789753427005</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Çokbilmiş Özne</t>
+          <t>Deniz Kenarında Geyikler</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>232</v>
+        <v>210</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789753427920</t>
+          <t>9789753428309</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Çoğul Estetik</t>
+          <t>Deneyim Şarkıları</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>216</v>
+        <v>498</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789753422543</t>
+          <t>9789753428637</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Çocuklukta Normallik ve Patoloji</t>
+          <t>Demokratik Anayasa</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>238</v>
+        <v>498</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789753425223</t>
+          <t>9789753420884</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Öyküsü</t>
+          <t>Demokrasinin Cinsiyeti</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>148</v>
+        <v>248</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789753425520</t>
+          <t>9789753426930</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Çizgisel Olmayan Tarih</t>
+          <t>Darwin Sizi Seviyor</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>368</v>
+        <v>348</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789753428583</t>
+          <t>9789753424486</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Çevre Yolu</t>
+          <t>Darshiva Büyücüsü</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>248</v>
+        <v>364</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789753421669</t>
+          <t>9789753425025</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Söylenler</t>
+          <t>Çok Tuhaf Çok Tanıdık</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>276</v>
+        <v>210</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789753424592</t>
+          <t>9789753426763</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Çador</t>
+          <t>Çokbilmiş Özne</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>168</v>
+        <v>232</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789753426725</t>
+          <t>9789753427920</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyet Belası</t>
+          <t>Çoğul Estetik</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>270</v>
+        <v>216</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789753428699</t>
+          <t>9789753422543</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Muamması</t>
+          <t>Çocuklukta Normallik ve Patoloji</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>572</v>
+        <v>238</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789753426220</t>
+          <t>9789753425223</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Büyümenin Türkçe Tarihi</t>
+          <t>Çocuğun Öyküsü</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>248</v>
+        <v>148</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789753423069</t>
+          <t>9789753425520</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Şato Belgariad</t>
+          <t>Çizgisel Olmayan Tarih</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>342</v>
+        <v>368</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789753427845</t>
+          <t>9789753428583</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Büyük Amerikan Şehirlerinin Ölümü ve Yaşamı</t>
+          <t>Çevre Yolu</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>465</v>
+        <v>248</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789753420389</t>
+          <t>9789753421669</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Burukluk</t>
+          <t>Çağdaş Söylenler</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>168</v>
+        <v>276</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789753427074</t>
+          <t>9789753424592</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Buradan Baktığımızda</t>
+          <t>Çador</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>342</v>
+        <v>168</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789753428828</t>
+          <t>9789753426725</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Bulut Kuramı</t>
+          <t>Cinsiyet Belası</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>324</v>
+        <v>270</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789753425902</t>
+          <t>9789753428699</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Buluştuğumuz Yer Burası</t>
+          <t>Cinsellik Muamması</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>290</v>
+        <v>572</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789753422772</t>
+          <t>9789753426220</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Brecht’i Anlamak</t>
+          <t>Büyümenin Türkçe Tarihi</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>192</v>
+        <v>248</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789753422994</t>
+          <t>9789753423069</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Bolşevik Devrimi Cilt: 1</t>
+          <t>Büyülü Şato Belgariad</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>446</v>
+        <v>342</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789753426572</t>
+          <t>9789753427845</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Birhan Keskin Şiiri ve Ba</t>
+          <t>Büyük Amerikan Şehirlerinin Ölümü ve Yaşamı</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>180</v>
+        <v>465</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789753427319</t>
+          <t>9789753420389</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Bireysellik ve Kültür</t>
+          <t>Burukluk</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>395</v>
+        <v>168</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789753426053</t>
+          <t>9789753427074</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeyler Eksik</t>
+          <t>Buradan Baktığımızda</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>184</v>
+        <v>342</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789753425568</t>
+          <t>9789753428828</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Bir Şey Oldu</t>
+          <t>Bulut Kuramı</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>178</v>
+        <v>324</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789753424714</t>
+          <t>9789753425902</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutu Daha</t>
+          <t>Buluştuğumuz Yer Burası</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>222</v>
+        <v>290</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789753428736</t>
+          <t>9789753422772</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Bir Kapıdan Gireceksin</t>
+          <t>Brecht’i Anlamak</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>292</v>
+        <v>192</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789753421539</t>
+          <t>9789753422994</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Bir Günlük Yerim Kaldı İster Misiniz?</t>
+          <t>Bolşevik Devrimi Cilt: 1</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>198</v>
+        <v>446</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789753420204</t>
+          <t>9789753426572</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Orhan Veli</t>
+          <t>Birhan Keskin Şiiri ve Ba</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789753425926</t>
+          <t>9789753427319</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Aşk Öyküsü</t>
+          <t>Bireysellik ve Kültür</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>324</v>
+        <v>395</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789753428729</t>
+          <t>9789753426053</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Bir Dersim Hikayesi</t>
+          <t>Bir Şeyler Eksik</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>232</v>
+        <v>184</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789753422468</t>
+          <t>9789753425568</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları</t>
+          <t>Bir Şey Oldu</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>248</v>
+        <v>178</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789753421263</t>
+          <t>9789753424714</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Söyleminden Parçalar</t>
+          <t>Bir Kutu Daha</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>258</v>
+        <v>222</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789753425803</t>
+          <t>9789753428736</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Kullanım Kılavuzu</t>
+          <t>Bir Kapıdan Gireceksin</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>474</v>
+        <v>292</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789753428781</t>
+          <t>9789753421539</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Bilim - Dört Bin Yıllık Bir Tarih</t>
+          <t>Bir Günlük Yerim Kaldı İster Misiniz?</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>498</v>
+        <v>198</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789753420808</t>
+          <t>9789753420204</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Üzerine Üç Söyleşi</t>
+          <t>Bir Garip Orhan Veli</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>216</v>
+        <v>130</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789753427562</t>
+          <t>9789753425926</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Ağacı</t>
+          <t>Bir Garip Aşk Öyküsü</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>285</v>
+        <v>324</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789753428163</t>
+          <t>9789753428729</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Bilge Sokrates’in Ölümü</t>
+          <t>Bir Dersim Hikayesi</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>180</v>
+        <v>232</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789753422338</t>
+          <t>9789753422468</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Bilge Karasu’yu Okumak</t>
+          <t>İnsan Hakları</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>264</v>
+        <v>248</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789753421683</t>
+          <t>9789753421263</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Bilge Karasu Aramızda</t>
+          <t>Bir Aşk Söyleminden Parçalar</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>306</v>
+        <v>258</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789753428132</t>
+          <t>9789753425803</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Gibi Değil</t>
+          <t>Bilinç Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>324</v>
+        <v>474</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789753427579</t>
+          <t>9789753428781</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Bildiğimiz Kapitalizmin Sonu</t>
+          <t>Bilim - Dört Bin Yıllık Bir Tarih</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>405</v>
+        <v>548</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789753422871</t>
+          <t>9789753420808</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Bildiğimiz Dünyanın Sonu</t>
+          <t>Bilgi Üzerine Üç Söyleşi</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>306</v>
+        <v>216</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789753429054</t>
+          <t>9789753427562</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Beyin ve İç Dünya</t>
+          <t>Bilgi Ağacı</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>316</v>
+        <v>285</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789753429009</t>
+          <t>9789753428163</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Tuval</t>
+          <t>Bilge Sokrates’in Ölümü</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>348</v>
+        <v>180</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789753424677</t>
+          <t>9789753422338</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Beşpeşe (Ciltli)</t>
+          <t>Bilge Karasu’yu Okumak</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>292</v>
+        <v>264</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789753428866</t>
+          <t>9789753421683</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Bento’nun Eskiz Defteri</t>
+          <t>Bilge Karasu Aramızda</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>226</v>
+        <v>306</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789753425216</t>
+          <t>9789753428132</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Benlik</t>
+          <t>Bildiğin Gibi Değil</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>196</v>
+        <v>324</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789753428965</t>
+          <t>9789753427579</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Bendeniz Jean-Jacques Rousseau</t>
+          <t>Bildiğimiz Kapitalizmin Sonu</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>180</v>
+        <v>405</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789753427982</t>
+          <t>9789753422871</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Benden Önce Bir Başkası</t>
+          <t>Bildiğimiz Dünyanın Sonu</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>278</v>
+        <v>306</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789753424936</t>
+          <t>9789753429054</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Savunma Mekanizmaları</t>
+          <t>Beyin ve İç Dünya</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>184</v>
+        <v>316</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9789753424585</t>
+          <t>9789753429009</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Ben Psikolojisi ve Uyum Sorunu</t>
+          <t>Beyaz Tuval</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>168</v>
+        <v>348</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789753425247</t>
+          <t>9789753424677</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Ben İdeali</t>
+          <t>Beşpeşe (Ciltli)</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>276</v>
+        <v>292</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789753426343</t>
+          <t>9789753428866</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Bellek ve Akdeniz</t>
+          <t>Bento’nun Eskiz Defteri</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>475</v>
+        <v>226</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789753426176</t>
+          <t>9789753425216</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Bellek Metaforları Zihinle İlgili Fikirlerin Tarihi</t>
+          <t>Benlik</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>358</v>
+        <v>196</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789753427524</t>
+          <t>9789753428965</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Bebek Töreni</t>
+          <t>Bendeniz Jean-Jacques Rousseau</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>178</v>
+        <v>180</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789753426954</t>
+          <t>9789753427982</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Bazı Yazlar Uzaktan Geçer</t>
+          <t>Benden Önce Bir Başkası</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>130</v>
+        <v>278</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789753423762</t>
+          <t>9789753424936</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Batının Muhafızları</t>
+          <t>Ben ve Savunma Mekanizmaları</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>405</v>
+        <v>184</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789753427302</t>
+          <t>9789753424585</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçlar</t>
+          <t>Ben Psikolojisi ve Uyum Sorunu</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>432</v>
+        <v>168</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789753421393</t>
+          <t>9789753425247</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Hayatı</t>
+          <t>Ben İdeali</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>184</v>
+        <v>276</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789753421720</t>
+          <t>9789753426343</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Gecesi</t>
+          <t>Bellek ve Akdeniz</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>130</v>
+        <v>475</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789753427661</t>
+          <t>9789753426176</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Başka Yer</t>
+          <t>Bellek Metaforları Zihinle İlgili Fikirlerin Tarihi</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>382</v>
+        <v>358</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789753425964</t>
+          <t>9789753427524</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Ülkede</t>
+          <t>Bebek Töreni</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>248</v>
+        <v>178</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789753427784</t>
+          <t>9789753426954</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Zihin Emeği, Kol Emeği</t>
+          <t>Bazı Yazlar Uzaktan Geçer</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>252</v>
+        <v>130</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789753423472</t>
+          <t>9789753423762</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Yüzüklerin Efendisi Tek Cilt Özel Basım (Ciltli)</t>
+          <t>Batının Muhafızları</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>1150</v>
+        <v>405</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789753425988</t>
+          <t>9789753427302</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Yüzüklerin Efendisi Birinci Kısım Yüzük Kardeşliği</t>
+          <t>Başlangıçlar</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>508</v>
+        <v>432</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789753422024</t>
+          <t>9789753421393</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Yüzüklerin Efendisi Üçüncü Kısım Kralın Dönüşü</t>
+          <t>Başkasının Hayatı</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>432</v>
+        <v>184</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789753427470</t>
+          <t>9789753421720</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Yüz Gün</t>
+          <t>Başkalarının Gecesi</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>204</v>
+        <v>130</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789753420099</t>
+          <t>9789753427661</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Yürüme</t>
+          <t>Başka Yer</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>252</v>
+        <v>382</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789753428385</t>
+          <t>9789753425964</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Yükselen Duvarlar, Zayıflayan Egemenlik</t>
+          <t>Başka Bir Ülkede</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>204</v>
+        <v>248</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789753423618</t>
+          <t>9789753427784</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Topuklar</t>
+          <t>Zihin Emeği, Kol Emeği</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>520</v>
+        <v>252</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789753428255</t>
+          <t>9789753423472</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Yukarıda Ses Yok</t>
+          <t>Yüzüklerin Efendisi Tek Cilt Özel Basım (Ciltli)</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>265</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789753425827</t>
+          <t>9789753425988</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Yoruma Dair Freud ve Felsefe</t>
+          <t>Yüzüklerin Efendisi Birinci Kısım Yüzük Kardeşliği</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>510</v>
+        <v>560</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789753425612</t>
+          <t>9789753422024</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Y’ol</t>
+          <t>Yüzüklerin Efendisi Üçüncü Kısım Kralın Dönüşü</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>138</v>
+        <v>480</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789753420426</t>
+          <t>9789753427470</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Bir Sürgün</t>
+          <t>Yüz Gün</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>248</v>
+        <v>204</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789753423274</t>
+          <t>9789753420099</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Yerdeniz Öyküleri</t>
+          <t>Yürüme</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>306</v>
+        <v>252</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789753420570</t>
+          <t>9789753428385</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Yerdeniz Büyücüsü</t>
+          <t>Yükselen Duvarlar, Zayıflayan Egemenlik</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>244</v>
+        <v>204</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789753428958</t>
+          <t>9789753423618</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Yerdeniz</t>
+          <t>Yüksek Topuklar</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>1050</v>
+        <v>520</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789753420761</t>
+          <t>9789753428255</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Yer Değiştiren Gölge</t>
+          <t>Yukarıda Ses Yok</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>156</v>
+        <v>265</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789753422567</t>
+          <t>9789753425827</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Yeni Orta Asya ya da Ulusların İmal Edilişi</t>
+          <t>Yoruma Dair Freud ve Felsefe</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>336</v>
+        <v>510</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789753426275</t>
+          <t>9789753425612</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kapılı Kırk Oda</t>
+          <t>Y’ol</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>348</v>
+        <v>150</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789753422192</t>
+          <t>9789753420426</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Yorum</t>
+          <t>Yeryüzünde Bir Sürgün</t>
         </is>
       </c>
       <c r="C970" s="1">
         <v>248</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789753420020</t>
+          <t>9789753423274</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Yaz Sinemaları</t>
+          <t>Yerdeniz Öyküleri</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>160</v>
+        <v>336</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789753425674</t>
+          <t>9789753420570</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Yastıkname</t>
+          <t>Yerdeniz Büyücüsü</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>382</v>
+        <v>244</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789753420860</t>
+          <t>9789753428958</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Yasa Koyucular ile Yorumcular</t>
+          <t>Yerdeniz</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>265</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789753423564</t>
+          <t>9789753420761</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Bilinç</t>
+          <t>Yer Değiştiren Gölge</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>238</v>
+        <v>156</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789753428552</t>
+          <t>9789753422567</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Yanılıyorsunuz Einstein!</t>
+          <t>Yeni Orta Asya ya da Ulusların İmal Edilişi</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>252</v>
+        <v>336</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789753424691</t>
+          <t>9789753426275</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Yamuk Bakmak</t>
+          <t>Yedi Kapılı Kırk Oda</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>270</v>
+        <v>348</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789753421522</t>
+          <t>9789753422192</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Yakın</t>
+          <t>Yazı ve Yorum</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>204</v>
+        <v>248</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789753427821</t>
+          <t>9789753420020</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Yabanın Tuzlu Ekmeği</t>
+          <t>Yaz Sinemaları</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>334</v>
+        <v>160</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789753428811</t>
+          <t>9789753425674</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar, Tanrılar ve Canavarlar</t>
+          <t>Yastıkname</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>364</v>
+        <v>382</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789753425919</t>
+          <t>9789753420860</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Wang Hatunun Ölümü</t>
+          <t>Yasa Koyucular ile Yorumcular</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789753426060</t>
+          <t>9789753423564</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Vesikalı Şehir</t>
+          <t>Yaralı Bilinç</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>216</v>
+        <v>238</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789753426312</t>
+          <t>9789753428552</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Ve Yüzlerimiz, Kalbim, Fotoğraflar Kadar Kısa Ömürlü</t>
+          <t>Yanılıyorsunuz Einstein!</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>165</v>
+        <v>252</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789753427159</t>
+          <t>9789753424691</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Ütopya Denen Arzu</t>
+          <t>Yamuk Bakmak</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>342</v>
+        <v>270</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789753425186</t>
+          <t>9789753421522</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Türklüğü Ölçmek</t>
+          <t>Yakın</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>270</v>
+        <v>204</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789753422925</t>
+          <t>9789753427821</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sorunları Kılavuzu</t>
+          <t>Yabanın Tuzlu Ekmeği</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>315</v>
+        <v>334</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789753420310</t>
+          <t>9789753428811</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Tümceler</t>
+          <t>Yabancılar, Tanrılar ve Canavarlar</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>204</v>
+        <v>364</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789753426480</t>
+          <t>9789753425919</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Tutkular ve Çıkarlar</t>
+          <t>Wang Hatunun Ölümü</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>192</v>
+        <v>210</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789753429016</t>
+          <t>9789753426060</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Tuğla</t>
+          <t>Vesikalı Şehir</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>292</v>
+        <v>216</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789753420907</t>
+          <t>9789753426312</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Troya’da Ölüm Vardı</t>
+          <t>Ve Yüzlerimiz, Kalbim, Fotoğraflar Kadar Kısa Ömürlü</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>192</v>
+        <v>165</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789753424554</t>
+          <t>9789753427159</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Tren</t>
+          <t>Ütopya Denen Arzu</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>276</v>
+        <v>342</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789753426749</t>
+          <t>9789753425186</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Transkritik</t>
+          <t>Türklüğü Ölçmek</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>405</v>
+        <v>270</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789753425599</t>
+          <t>9789753422925</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Tractatus Logico-Philosophicus</t>
+          <t>Türkçe Sorunları Kılavuzu</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>232</v>
+        <v>315</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789753427289</t>
+          <t>9789753420310</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Torunlar</t>
+          <t>Tümceler</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>265</v>
+        <v>204</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789753425834</t>
+          <t>9789753426480</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Bilim Üzerine Düşünceler</t>
+          <t>Tutkular ve Çıkarlar</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>258</v>
+        <v>192</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789753427517</t>
+          <t>9789753429016</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Tırnak İçinde Ölüm</t>
+          <t>Tuğla</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>342</v>
+        <v>292</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789753423052</t>
+          <t>9789753420907</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Tersten Perspektif</t>
+          <t>Troya’da Ölüm Vardı</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>195</v>
+        <v>192</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789753422826</t>
+          <t>9789753424554</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Meskalin 60 Draje</t>
+          <t>Tren</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>285</v>
+        <v>276</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789753426138</t>
+          <t>9789753426749</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Mesire Yerleri Paramparça Bir Roman</t>
+          <t>Transkritik</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>138</v>
+        <v>405</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789753428675</t>
+          <t>9789753425599</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Mesela Saat Onda</t>
+          <t>Tractatus Logico-Philosophicus</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>300</v>
+        <v>232</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789753422949</t>
+          <t>9789753427289</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Melez Desenler</t>
+          <t>Torunlar</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>210</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789753423700</t>
+          <t>9789753425834</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Melek Tavus’un Halkı Ezidiler</t>
+          <t>Toplumsal Cinsiyet ve Bilim Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>180</v>
+        <v>258</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789753422291</t>
+          <t>9789753427517</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Mehmedin Kitabı</t>
+          <t>Tırnak İçinde Ölüm</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>348</v>
+        <v>342</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9789753426831</t>
+          <t>9789753423052</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Medyada İslam</t>
+          <t>Tersten Perspektif</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>276</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789753427418</t>
+          <t>9789753422826</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Mazi Kabrinin Hortlakları</t>
+          <t>Meskalin 60 Draje</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>376</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789753425384</t>
+          <t>9789753426138</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çocuk</t>
+          <t>Mesire Yerleri Paramparça Bir Roman</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>348</v>
+        <v>138</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789753428323</t>
+          <t>9789753428675</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Kapital’i İçin Kılavuz</t>
+          <t>Mesela Saat Onda</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>382</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789753428712</t>
+          <t>9789753422949</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Martin Heidegger’in Böceği</t>
+          <t>Melez Desenler</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789753425605</t>
+          <t>9789753423700</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Marifetler</t>
+          <t>Melek Tavus’un Halkı Ezidiler</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>244</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789753425575</t>
+          <t>9789753422291</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Malafrena</t>
+          <t>Mehmedin Kitabı</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>475</v>
+        <v>348</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789753427852</t>
+          <t>9789753426831</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet ve Kamusallık</t>
+          <t>Medyada İslam</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>392</v>
+        <v>276</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789753420136</t>
+          <t>9789753427418</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Üçlemesi 1: Mahmud ile Yezida</t>
+          <t>Mazi Kabrinin Hortlakları</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>148</v>
+        <v>376</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789753426602</t>
+          <t>9789753425384</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Mağdurun Dili</t>
+          <t>Mavi Çocuk</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>210</v>
+        <v>348</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789753427999</t>
+          <t>9789753428323</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Madde ve Mana</t>
+          <t>Marx’ın Kapital’i İçin Kılavuz</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>398</v>
+        <v>382</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789753425698</t>
+          <t>9789753428712</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Lubunya Transseksüel Kimlik ve Beden</t>
+          <t>Martin Heidegger’in Böceği</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>306</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789753427487</t>
+          <t>9789753425605</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Liberalizmin Kıyılarında Siyaset</t>
+          <t>Marifetler</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>238</v>
+        <v>244</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789753421997</t>
+          <t>9789753425575</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Liberalizmden Sonra</t>
+          <t>Malafrena</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>276</v>
+        <v>475</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789753421317</t>
+          <t>9789753427852</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Li Rojhilate Dile Min - Kalbimin Doğusunda</t>
+          <t>Mahremiyet ve Kamusallık</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>222</v>
+        <v>392</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789753422505</t>
+          <t>9789753420136</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Lağımlaranası ya da Beyoğlu</t>
+          <t>Mezopotamya Üçlemesi 1: Mahmud ile Yezida</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>265</v>
+        <v>148</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789753424332</t>
+          <t>9789753426602</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen İslam</t>
+          <t>Mağdurun Dili</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>248</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789753424097</t>
+          <t>9789753427999</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Ruh Sağlığı</t>
+          <t>Madde ve Mana</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>342</v>
+        <v>398</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789753424424</t>
+          <t>9789753425698</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Kültür Fragmanları</t>
+          <t>Lubunya Transseksüel Kimlik ve Beden</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>392</v>
+        <v>306</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789753424561</t>
+          <t>9789753427487</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Kuş Diline Öykünen</t>
+          <t>Liberalizmin Kıyılarında Siyaset</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>252</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789753426541</t>
+          <t>9789753421997</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Kuru Su</t>
+          <t>Liberalizmden Sonra</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>266</v>
+        <v>276</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789753428453</t>
+          <t>9789753421317</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Retoriği</t>
+          <t>Li Rojhilate Dile Min - Kalbimin Doğusunda</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>522</v>
+        <v>222</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789753420006</t>
+          <t>9789753422505</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Kum Saati</t>
+          <t>Lağımlaranası ya da Beyoğlu</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>156</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789753426145</t>
+          <t>9789753424332</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Kullanılmış Biletler</t>
+          <t>Küreselleşen İslam</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>364</v>
+        <v>248</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789753423106</t>
+          <t>9789753424097</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Kral</t>
+          <t>Kültür ve Ruh Sağlığı</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>244</v>
+        <v>342</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789753427326</t>
+          <t>9789753424424</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Kötülüğün Sıradanlığı</t>
+          <t>Kültür Fragmanları</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>368</v>
+        <v>392</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789753423427</t>
+          <t>9789753424561</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk Türk</t>
+          <t>Kuş Diline Öykünen</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>184</v>
+        <v>252</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789753420181</t>
+          <t>9789753426541</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Bütün Sesleri</t>
+          <t>Kuru Su</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>180</v>
+        <v>266</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789753428668</t>
+          <t>9789753428453</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Kopuk Zincir</t>
+          <t>Kurmacanın Retoriği</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>306</v>
+        <v>522</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789753428842</t>
+          <t>9789753420006</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Komünizm Fikri</t>
+          <t>Kum Saati</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>300</v>
+        <v>156</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789753428194</t>
+          <t>9789753426145</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Komedi: Sonsuzun Fiziği</t>
+          <t>Kullanılmış Biletler</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>248</v>
+        <v>364</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789753428361</t>
+          <t>9789753423106</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Kitle Süsü</t>
+          <t>Kral</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>316</v>
+        <v>244</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789753425773</t>
+          <t>9789753427326</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Kitapla Hayal Etmek</t>
+          <t>Kötülüğün Sıradanlığı</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>276</v>
+        <v>368</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789753424004</t>
+          <t>9789753423427</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Kimlikler Siyaseti</t>
+          <t>Kötü Çocuk Türk</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>258</v>
+        <v>184</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789753422499</t>
+          <t>9789753420181</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Yanılsaması</t>
+          <t>Korkunun Bütün Sesleri</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>324</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789753428484</t>
+          <t>9789753428668</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Kimin Avrupası?</t>
+          <t>Kopuk Zincir</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>310</v>
+        <v>306</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789753421737</t>
+          <t>9789753428842</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Kimbilir?</t>
+          <t>Komünizm Fikri</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>202</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789753422833</t>
+          <t>9789753428194</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ordu Fraksiyonu</t>
+          <t>Komedi: Sonsuzun Fiziği</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>238</v>
+        <v>248</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789753423021</t>
+          <t>9789753428361</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Kızarmış Palamutun Kokusu</t>
+          <t>Kitle Süsü</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>270</v>
+        <v>316</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789753427135</t>
+          <t>9789753425773</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Kıymetini Bil Herşeyin</t>
+          <t>Kitapla Hayal Etmek</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>192</v>
+        <v>276</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789753427241</t>
+          <t>9789753424004</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Kış Uykusu</t>
+          <t>Kimlikler Siyaseti</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>142</v>
+        <v>258</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789753422901</t>
+          <t>9789753422499</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Kış Ruhu</t>
+          <t>Kimlik Yanılsaması</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>270</v>
+        <v>324</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789753420327</t>
+          <t>9789753428484</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Kısmet Büfesi</t>
+          <t>Kimin Avrupası?</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>202</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789753428569</t>
+          <t>9789753421737</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Kırmızının Otobiyografisi</t>
+          <t>Kimbilir?</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>204</v>
+        <v>202</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789753422352</t>
+          <t>9789753422833</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kitap</t>
+          <t>Kızıl Ordu Fraksiyonu</t>
         </is>
       </c>
       <c r="C1047" s="1">
         <v>238</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789753420358</t>
+          <t>9789753423021</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Kırk Oda</t>
+          <t>Kızarmış Palamutun Kokusu</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789753423717</t>
+          <t>9789753427135</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Temas</t>
+          <t>Kıymetini Bil Herşeyin</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>324</v>
+        <v>192</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789753425322</t>
+          <t>9789753427241</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Hayat</t>
+          <t>Kış Uykusu</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>210</v>
+        <v>142</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789753420051</t>
+          <t>9789753422901</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz</t>
+          <t>Kış Ruhu</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>172</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789753427388</t>
+          <t>9789753420327</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Kesinlik Üstüne + Kültür ve Değer</t>
+          <t>Kısmet Büfesi</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>286</v>
+        <v>202</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789753425100</t>
+          <t>9789753428569</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Kesik Esin/ tiler</t>
+          <t>Kırmızının Otobiyografisi</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>178</v>
+        <v>204</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789753424783</t>
+          <t>9789753422352</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Kendilik ve Nesne Dünyası</t>
+          <t>Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>232</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789753422055</t>
+          <t>9789753420358</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Kendiliğin Yeniden Yapılanması</t>
+          <t>Kırk Oda</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>276</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789753422048</t>
+          <t>9789753423717</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Kendiliğin Çözümlenmesi</t>
+          <t>Kırılgan Temas</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>306</v>
+        <v>324</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789753424202</t>
+          <t>9789753425322</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Kenarda</t>
+          <t>Kırılgan Hayat</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>248</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789753424660</t>
+          <t>9789753420051</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Kell Kahinesi</t>
+          <t>Kılavuz</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>405</v>
+        <v>172</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789753426855</t>
+          <t>9789753427388</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Düşleri</t>
+          <t>Kesinlik Üstüne + Kültür ve Değer</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>376</v>
+        <v>286</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789753424943</t>
+          <t>9789753425100</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Kedilere Dair</t>
+          <t>Kesik Esin/ tiler</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>192</v>
+        <v>178</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789753427401</t>
+          <t>9789753424783</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Katmandu’da Ev Hali</t>
+          <t>Kendilik ve Nesne Dünyası</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>252</v>
+        <v>232</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789753428972</t>
+          <t>9789753422055</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Katılım Kabusu</t>
+          <t>Kendiliğin Yeniden Yapılanması</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>238</v>
+        <v>276</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9799753424980</t>
+          <t>9789753422048</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Kartallar ve Melekler</t>
+          <t>Kendiliğin Çözümlenmesi</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>348</v>
+        <v>306</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789753423687</t>
+          <t>9789753424202</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Slogan</t>
+          <t>Kenarda</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>342</v>
+        <v>248</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789753428873</t>
+          <t>9789753424660</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Aya Tırmanmak ve Diğer Öyküler</t>
+          <t>Kell Kahinesi</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>238</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789753420716</t>
+          <t>9789753426855</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Atuan Mezarları</t>
+          <t>Kelebek Düşleri</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>196</v>
+        <v>376</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789753426565</t>
+          <t>9789753424943</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>At Çalmaya Gidiyoruz</t>
+          <t>Kedilere Dair</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>252</v>
+        <v>192</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789753428590</t>
+          <t>9789753427401</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Cep Defteri</t>
+          <t>Katmandu’da Ev Hali</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>196</v>
+        <v>252</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789753427883</t>
+          <t>9789753428972</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Asker Kaçağı</t>
+          <t>Katılım Kabusu</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>222</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789753429085</t>
+          <t>9799753424980</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Asi Şehirler</t>
+          <t>Kartallar ve Melekler</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>265</v>
+        <v>348</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789753426848</t>
+          <t>9789753423687</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Armağan</t>
+          <t>Ayet ve Slogan</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>405</v>
+        <v>342</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789753428705</t>
+          <t>9789753428873</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Arap Kıyameti</t>
+          <t>Aya Tırmanmak ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>148</v>
+        <v>238</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789753424370</t>
+          <t>9789753420716</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Savaşı Vietnam 1960 - 1975</t>
+          <t>Atuan Mezarları</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>265</v>
+        <v>216</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789753424400</t>
+          <t>9789753426565</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Gücünün Gerileyişi</t>
+          <t>At Çalmaya Gidiyoruz</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>292</v>
+        <v>252</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789753421225</t>
+          <t>9789753428590</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Altı Ay Bir Güz</t>
+          <t>Aşkın Cep Defteri</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>142</v>
+        <v>196</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789753425452</t>
+          <t>9789753427883</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Algılanan Dünya</t>
+          <t>Asker Kaçağı</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>138</v>
+        <v>222</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789753427746</t>
+          <t>9789753429085</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Alfa ve Omega</t>
+          <t>Asi Şehirler</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>285</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789753422390</t>
+          <t>9789753426848</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Alexis ya da Beyhude Mücadelenin Kitabı</t>
+          <t>Armağan</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>148</v>
+        <v>405</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789753428422</t>
+          <t>9789753428705</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein’ın Işığı</t>
+          <t>Arap Kıyameti</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>180</v>
+        <v>148</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789753421898</t>
+          <t>9789753424370</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Akıl Tutulması</t>
+          <t>Amerikan Savaşı Vietnam 1960 - 1975</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>232</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789753426251</t>
+          <t>9789753424400</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Tarih, Mekan, İnsanlar ve Miras</t>
+          <t>Amerikan Gücünün Gerileyişi</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>306</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789753428750</t>
+          <t>9789753421225</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Ah’lar Ağacı</t>
+          <t>Altı Ay Bir Güz</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>130</v>
+        <v>142</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9789753428743</t>
+          <t>9789753425452</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Felsefesinin Sorunları</t>
+          <t>Algılanan Dünya</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>250</v>
+        <v>138</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789753428217</t>
+          <t>9789753427746</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zamanlarda Yaşarken</t>
+          <t>Alfa ve Omega</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>576</v>
+        <v>285</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9789753429184</t>
+          <t>9789753422390</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Ah!</t>
+          <t>Alexis ya da Beyhude Mücadelenin Kitabı</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>138</v>
+        <v>148</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789753425865</t>
+          <t>9789753428422</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Dağ Susan Nehir</t>
+          <t>Albert Einstein’ın Işığı</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>286</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789753426909</t>
+          <t>9789753421898</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>A’dan X’e</t>
+          <t>Akıl Tutulması</t>
         </is>
       </c>
       <c r="C1087" s="1">
         <v>232</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789753420594</t>
+          <t>9789753426251</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Açık Düşman</t>
+          <t>Akdeniz Tarih, Mekan, İnsanlar ve Miras</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>248</v>
+        <v>306</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9789753427654</t>
+          <t>9789753428750</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>227 Sayfa</t>
+          <t>Ah’lar Ağacı</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>258</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789753425070</t>
+          <t>9789753428743</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>1002. Gece Masalları</t>
+          <t>Ahlak Felsefesinin Sorunları</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789753427685</t>
+          <t>9789753428217</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Bahçedeki Gidonları Kromajlı Pırpır da Neyin Nesi?</t>
+          <t>Ahir Zamanlarda Yaşarken</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>148</v>
+        <v>576</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789753423229</t>
+          <t>9789753429184</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Bağışlanmanın Dört Yolu</t>
+          <t>Ah!</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>285</v>
+        <v>138</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789753425490</t>
+          <t>9789753425865</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Bağımsızlık Kutlaması</t>
+          <t>Ağlayan Dağ Susan Nehir</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>168</v>
+        <v>286</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
+          <t>9789753426909</t>
+        </is>
+      </c>
+      <c r="B1094" s="1" t="inlineStr">
+        <is>
+          <t>A’dan X’e</t>
+        </is>
+      </c>
+      <c r="C1094" s="1">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:3">
+      <c r="A1095" s="1" t="inlineStr">
+        <is>
+          <t>9789753420594</t>
+        </is>
+      </c>
+      <c r="B1095" s="1" t="inlineStr">
+        <is>
+          <t>Açık Düşman</t>
+        </is>
+      </c>
+      <c r="C1095" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:3">
+      <c r="A1096" s="1" t="inlineStr">
+        <is>
+          <t>9789753427654</t>
+        </is>
+      </c>
+      <c r="B1096" s="1" t="inlineStr">
+        <is>
+          <t>227 Sayfa</t>
+        </is>
+      </c>
+      <c r="C1096" s="1">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:3">
+      <c r="A1097" s="1" t="inlineStr">
+        <is>
+          <t>9789753425070</t>
+        </is>
+      </c>
+      <c r="B1097" s="1" t="inlineStr">
+        <is>
+          <t>1002. Gece Masalları</t>
+        </is>
+      </c>
+      <c r="C1097" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:3">
+      <c r="A1098" s="1" t="inlineStr">
+        <is>
+          <t>9789753427685</t>
+        </is>
+      </c>
+      <c r="B1098" s="1" t="inlineStr">
+        <is>
+          <t>Bahçedeki Gidonları Kromajlı Pırpır da Neyin Nesi?</t>
+        </is>
+      </c>
+      <c r="C1098" s="1">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:3">
+      <c r="A1099" s="1" t="inlineStr">
+        <is>
+          <t>9789753423229</t>
+        </is>
+      </c>
+      <c r="B1099" s="1" t="inlineStr">
+        <is>
+          <t>Bağışlanmanın Dört Yolu</t>
+        </is>
+      </c>
+      <c r="C1099" s="1">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:3">
+      <c r="A1100" s="1" t="inlineStr">
+        <is>
+          <t>9789753425490</t>
+        </is>
+      </c>
+      <c r="B1100" s="1" t="inlineStr">
+        <is>
+          <t>Bağımsızlık Kutlaması</t>
+        </is>
+      </c>
+      <c r="C1100" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:3">
+      <c r="A1101" s="1" t="inlineStr">
+        <is>
           <t>9789753425148</t>
         </is>
       </c>
-      <c r="B1094" s="1" t="inlineStr">
+      <c r="B1101" s="1" t="inlineStr">
         <is>
           <t>Ba</t>
         </is>
       </c>
-      <c r="C1094" s="1">
-        <v>136</v>
+      <c r="C1101" s="1">
+        <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>