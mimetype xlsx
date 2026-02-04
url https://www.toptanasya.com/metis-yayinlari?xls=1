--- v1 (2025-12-15)
+++ v2 (2026-02-04)
@@ -85,16540 +85,16585 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786053164388</t>
+          <t>9786053164180</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Nils Vik’in Öldüğü Gün</t>
+          <t>Marx'ın Grundrisse'si İçin Kılavuz</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053164371</t>
+          <t>9786053164401</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Soyu Yeniden Düşünmek</t>
+          <t>Cansever/Kant</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053164340</t>
+          <t>9786053164432</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tekil Kalabalık</t>
+          <t>Fantazi, Bilimkurgu ve Başka Meseleler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>265</v>
+        <v>310</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053164364</t>
+          <t>9786053164388</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Gülün Hayaleti</t>
+          <t>Nils Vik’in Öldüğü Gün</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053164357</t>
+          <t>9786053164371</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Metis Ajanda 2026: Anlıyorsun Değil mi?</t>
+          <t>Soyu Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>110</v>
+        <v>410</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789753424776</t>
+          <t>9786053164340</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Murathan Mungan'ın Seçtikleriyle Kadınlığın 21 Hikayesi</t>
+          <t>Tekil Kalabalık</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053164289</t>
+          <t>9786053164364</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yerdeniz Büyücüsü</t>
+          <t>Gülün Hayaleti</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786053164302</t>
+          <t>9786053164357</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gerilimli Değişim</t>
+          <t>Metis Ajanda 2026: Anlıyorsun Değil mi?</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>445</v>
+        <v>110</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753426473</t>
+          <t>9789753424776</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Gözler</t>
+          <t>Murathan Mungan'ın Seçtikleriyle Kadınlığın 21 Hikayesi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>244</v>
+        <v>410</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053164326</t>
+          <t>9786053164289</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Canavarların Vaatleri</t>
+          <t>Yerdeniz Büyücüsü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>368</v>
+        <v>750</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053164319</t>
+          <t>9786053164302</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ley Hatları</t>
+          <t>Gerilimli Değişim</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>172</v>
+        <v>535</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053164272</t>
+          <t>9789753426473</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Alerjik</t>
+          <t>Yeşil Gözler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>410</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053164234</t>
+          <t>9786053164326</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hem Antisemitizme Hem İstismarına Karşı</t>
+          <t>Canavarların Vaatleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>255</v>
+        <v>470</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786053164265</t>
+          <t>9786053164319</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Fransa’nın Cumhuriyetçi Tarihi</t>
+          <t>Ley Hatları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>432</v>
+        <v>210</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053164258</t>
+          <t>9786053164272</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvan ve Ölüm</t>
+          <t>Alerjik</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>262</v>
+        <v>510</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789753427814</t>
+          <t>9786053164234</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>O Sevdiğim Dünya</t>
+          <t>Hem Antisemitizme Hem İstismarına Karşı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789753428187</t>
+          <t>9786053164265</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Mobius Dick</t>
+          <t>Fransa’nın Cumhuriyetçi Tarihi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>298</v>
+        <v>545</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789753420402</t>
+          <t>9786053164258</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kalkınmacılığın İflası</t>
+          <t>Bahçıvan ve Ölüm</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>238</v>
+        <v>340</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753427616</t>
+          <t>9789753427814</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hep Yazmak İsteyenlerin Hikayeleri</t>
+          <t>O Sevdiğim Dünya</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>162</v>
+        <v>370</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753421430</t>
+          <t>9789753428187</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kıyısız</t>
+          <t>Mobius Dick</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>198</v>
+        <v>370</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753427456</t>
+          <t>9789753420402</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sırtımdaki Ev</t>
+          <t>Ulusal Kalkınmacılığın İflası</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>640</v>
+        <v>238</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786053161097</t>
+          <t>9789753427616</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Siyasalın Peşinde</t>
+          <t>Hep Yazmak İsteyenlerin Hikayeleri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>262</v>
+        <v>162</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053162414</t>
+          <t>9789753421430</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Metis Ajanda 2022: Normali Beklerken</t>
+          <t>Kıyısız</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>75</v>
+        <v>198</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053161783</t>
+          <t>9789753427456</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Metis Ajanda 2020: Ya Kebikeç!</t>
+          <t>Sırtımdaki Ev</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>75</v>
+        <v>640</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9796053160624</t>
+          <t>9786053161097</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Andrey Platonov Seti 5 Kitap Takım - Metis Ajanda Hediyeli</t>
+          <t>Siyasalın Peşinde</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>490</v>
+        <v>262</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9796053160730</t>
+          <t>9786053162414</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Didem Madak Seti - 3 Kitap Takım</t>
+          <t>Metis Ajanda 2022: Normali Beklerken</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>219</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9796053160679</t>
+          <t>9786053161783</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Birhan Keskin Seti 5 Kitap Takım</t>
+          <t>Metis Ajanda 2020: Ya Kebikeç!</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>380</v>
+        <v>110</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9796053160648</t>
+          <t>9796053160624</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Georges Perec 5 Kitap Takım - Metis Ajanda Hediyeli</t>
+          <t>Andrey Platonov Seti 5 Kitap Takım - Metis Ajanda Hediyeli</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>476</v>
+        <v>490</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9796053160655</t>
+          <t>9796053160730</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Aslı Biçen Seti 3 Kitap Takım - Metis Ajanda Hediyeli</t>
+          <t>Didem Madak Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>452</v>
+        <v>219</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789753426459</t>
+          <t>9796053160679</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma</t>
+          <t>Birhan Keskin Seti 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>482</v>
+        <v>380</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789753425001</t>
+          <t>9796053160648</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Eteğimdeki Taşlar</t>
+          <t>Georges Perec 5 Kitap Takım - Metis Ajanda Hediyeli</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>476</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789753429030</t>
+          <t>9796053160655</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Evrim Serüveni</t>
+          <t>Aslı Biçen Seti 3 Kitap Takım - Metis Ajanda Hediyeli</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>368</v>
+        <v>452</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753429283</t>
+          <t>9789753426459</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Yolunda</t>
+          <t>Aydınlanma</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>314</v>
+        <v>600</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753423038</t>
+          <t>9789753425001</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>İran'da Modern Olmak</t>
+          <t>Eteğimdeki Taşlar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>304</v>
+        <v>390</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789753429788</t>
+          <t>9789753429030</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Göçebe Düşünmek</t>
+          <t>Evrim Serüveni</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>438</v>
+        <v>470</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753429320</t>
+          <t>9789753429283</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sinema Savaşları</t>
+          <t>Kağıt Yolunda</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>394</v>
+        <v>390</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053164241</t>
+          <t>9789753423038</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Yanı Başımızdaki Doğa</t>
+          <t>İran'da Modern Olmak</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786053164210</t>
+          <t>9789753429788</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlık</t>
+          <t>Göçebe Düşünmek</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>224</v>
+        <v>545</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786053164173</t>
+          <t>9789753429320</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Nedir?</t>
+          <t>Sinema Savaşları</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>336</v>
+        <v>495</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053164227</t>
+          <t>9786053164241</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri</t>
+          <t>Yanı Başımızdaki Doğa</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>95</v>
+        <v>410</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053164203</t>
+          <t>9786053164210</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Akbabalar ve Köstebekler</t>
+          <t>Alacakaranlık</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>272</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053164142</t>
+          <t>9786053164173</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yanılsamalar Şehri</t>
+          <t>Ağrı Nedir?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>272</v>
+        <v>425</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053164135</t>
+          <t>9786053164227</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Toplumsal Cinsiyetten?</t>
+          <t>Metis Cep Defteri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>368</v>
+        <v>130</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053164197</t>
+          <t>9786053164203</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Annem</t>
+          <t>Akbabalar ve Köstebekler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>198</v>
+        <v>340</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053164166</t>
+          <t>9786053164142</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat, Psikanaliz ve Başka Meseleler</t>
+          <t>Yanılsamalar Şehri</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053164159</t>
+          <t>9786053164135</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gençlik... Gençlik.../Murathan Mungan’ın Seçtikleriyle</t>
+          <t>Kim Korkar Toplumsal Cinsiyetten?</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>152</v>
+        <v>470</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053164128</t>
+          <t>9786053164197</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Söz Vermiş Şarkılar</t>
+          <t>Annem</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>232</v>
+        <v>250</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053164111</t>
+          <t>9786053164166</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Sürüyor, Derken Bitiyor</t>
+          <t>Edebiyat, Psikanaliz ve Başka Meseleler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>216</v>
+        <v>260</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786053163190</t>
+          <t>9786053164159</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Edebi Babanın Reddi</t>
+          <t>Gençlik... Gençlik.../Murathan Mungan’ın Seçtikleriyle</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>405</v>
+        <v>210</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053164104</t>
+          <t>9786053164128</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yokluğun Haritaları</t>
+          <t>Söz Vermiş Şarkılar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053164098</t>
+          <t>9786053164111</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles ve Büyük İskender</t>
+          <t>Sonsuza Dek Sürüyor, Derken Bitiyor</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053164074</t>
+          <t>9786053163190</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Patronun Gözü</t>
+          <t>Edebi Babanın Reddi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>324</v>
+        <v>565</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053164081</t>
+          <t>9786053164104</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Komünizm İş Başında</t>
+          <t>Yokluğun Haritaları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053164067</t>
+          <t>9786053164098</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Yıldız Tozuyuz</t>
+          <t>Aristoteles ve Büyük İskender</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>405</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053164036</t>
+          <t>9786053164074</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ne çok gelecek, ne az zaman</t>
+          <t>Patronun Gözü</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>270</v>
+        <v>445</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053164050</t>
+          <t>9786053164081</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Uykuya Yatmak</t>
+          <t>Komünizm İş Başında</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053162698</t>
+          <t>9786053164067</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Metis Ajanda 2023: ArzuHal</t>
+          <t>Hepimiz Yıldız Tozuyuz</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>75</v>
+        <v>565</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789753427142</t>
+          <t>9786053164036</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kocanın Güzelliği</t>
+          <t>Ne çok gelecek, ne az zaman</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>216</v>
+        <v>370</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053163930</t>
+          <t>9786053164050</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yaranın Sayfaları</t>
+          <t>Uykuya Yatmak</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>156</v>
+        <v>245</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053163992</t>
+          <t>9786053162698</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yeni Despotizm</t>
+          <t>Metis Ajanda 2023: ArzuHal</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053164029</t>
+          <t>9789753427142</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Derimizin Olağanüstü Yaşamı</t>
+          <t>Kocanın Güzelliği</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>262</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053164043</t>
+          <t>9786053163930</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Biliyorum, Ama Yinede...</t>
+          <t>Yaranın Sayfaları</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>145</v>
+        <v>210</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053164012</t>
+          <t>9786053163992</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Metis Ajanda 2025: Ailenizin Ajandası</t>
+          <t>Yeni Despotizm</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>75</v>
+        <v>340</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053164005</t>
+          <t>9786053164029</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bilge Karasu’yu Düşünmek</t>
+          <t>Derimizin Olağanüstü Yaşamı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>274</v>
+        <v>425</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053163985</t>
+          <t>9786053164043</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Hap</t>
+          <t>Biliyorum, Ama Yinede...</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>268</v>
+        <v>235</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053163978</t>
+          <t>9786053164012</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Eşya Deposu</t>
+          <t>Metis Ajanda 2025: Ailenizin Ajandası</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>132</v>
+        <v>110</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053163893</t>
+          <t>9786053164005</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Mezhepçilik Kültürü</t>
+          <t>Bilge Karasu’yu Düşünmek</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053163961</t>
+          <t>9786053163985</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Sihirli Hap</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>414</v>
+        <v>495</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053163954</t>
+          <t>9786053163978</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Ateş</t>
+          <t>Şiirin Eşya Deposu</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>256</v>
+        <v>235</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786053163916</t>
+          <t>9786053163893</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Yolculukları</t>
+          <t>Mezhepçilik Kültürü</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>172</v>
+        <v>445</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786053161394</t>
+          <t>9786053163961</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kokusu</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>180</v>
+        <v>525</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053163947</t>
+          <t>9786053163954</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kuma Daireler Çizen</t>
+          <t>Soğuk Ateş</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>162</v>
+        <v>470</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053163152</t>
+          <t>9786053163916</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hades'te Bir Gece - Kurmaca Bir Söyleşi</t>
+          <t>Sanatın Yolculukları</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>124</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786053163169</t>
+          <t>9786053161394</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Otelde Bulunmuş Kitap - Murathan Mungan’ın Seçtikleriyle</t>
+          <t>Zamanın Kokusu</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>232</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789753423656</t>
+          <t>9786053163947</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hayat</t>
+          <t>Kuma Daireler Çizen</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>244</v>
+        <v>295</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789753420853</t>
+          <t>9786053163152</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hani</t>
+          <t>Hades'te Bir Gece - Kurmaca Bir Söyleşi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>142</v>
+        <v>175</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789753422796</t>
+          <t>9786053163169</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Adam</t>
+          <t>Otelde Bulunmuş Kitap - Murathan Mungan’ın Seçtikleriyle</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>168</v>
+        <v>320</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786053163923</t>
+          <t>9789753423656</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Filistin Laboratuvarı</t>
+          <t>Hayat</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>316</v>
+        <v>320</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786053162803</t>
+          <t>9789753420853</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sakar</t>
+          <t>Hani</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>188</v>
+        <v>190</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786053162773</t>
+          <t>9789753422796</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Güneşteki Adamlar</t>
+          <t>Uyuyan Adam</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>138</v>
+        <v>235</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053163909</t>
+          <t>9786053163923</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Görüyoruz Duyuyoruz</t>
+          <t>Filistin Laboratuvarı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>268</v>
+        <v>445</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789753422758</t>
+          <t>9786053162803</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Irk Kavramını Kim İcat Etti?</t>
+          <t>Sakar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>244</v>
+        <v>235</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053163244</t>
+          <t>9786053162773</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Eşitlik Tutkusu</t>
+          <t>Güneşteki Adamlar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>214</v>
+        <v>190</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053162599</t>
+          <t>9786053163909</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Palyatif Toplum - Günümüzde Acı</t>
+          <t>Görüyoruz Duyuyoruz</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>152</v>
+        <v>495</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753424325</t>
+          <t>9789753422758</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Timsah Sokak Şiirleri</t>
+          <t>Irk Kavramını Kim İcat Etti?</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>138</v>
+        <v>320</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786053163237</t>
+          <t>9786053163244</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Beynin Gece Hayatı</t>
+          <t>Eşitlik Tutkusu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>368</v>
+        <v>410</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789753425476</t>
+          <t>9786053162599</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Hastalığı</t>
+          <t>Palyatif Toplum - Günümüzde Acı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>124</v>
+        <v>190</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053163220</t>
+          <t>9789753424325</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İki Kilise Arasında Binamaz Karamanlıca Edebiyatta Dil, Kimlik ve Yeniden-Yazım</t>
+          <t>Timsah Sokak Şiirleri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053163213</t>
+          <t>9786053163237</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Ormanı Planlamak</t>
+          <t>Beynin Gece Hayatı</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>220</v>
+        <v>470</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053163206</t>
+          <t>9789753425476</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Keder</t>
+          <t>Ölüm Hastalığı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>148</v>
+        <v>165</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053163183</t>
+          <t>9786053163220</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Türkolmak</t>
+          <t>İki Kilise Arasında Binamaz Karamanlıca Edebiyatta Dil, Kimlik ve Yeniden-Yazım</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>136</v>
+        <v>525</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789753428279</t>
+          <t>9786053163213</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Tehdit Mektupları</t>
+          <t>Ormanı Planlamak</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>184</v>
+        <v>410</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9789753427265</t>
+          <t>9786053163206</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Lanark</t>
+          <t>Keder</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>592</v>
+        <v>210</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053163176</t>
+          <t>9786053163183</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Düzleşmesi</t>
+          <t>Türkolmak</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>232</v>
+        <v>165</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053163145</t>
+          <t>9789753428279</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Tehdit Mektupları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>334</v>
+        <v>260</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053163138</t>
+          <t>9789753427265</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ahlakı Giyinmek</t>
+          <t>Lanark</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>180</v>
+        <v>810</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053163121</t>
+          <t>9786053163176</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Muayyen Günler</t>
+          <t>Dünyanın Düzleşmesi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>324</v>
+        <v>320</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053163091</t>
+          <t>9786053163145</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Enis Batur'a Mektuplar ve Ankara Yazıları</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053163114</t>
+          <t>9786053163138</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Ötesi - Başka Bir Üreme, Cinsellik ve Kardeşlik Rejimi İçin Öneriler</t>
+          <t>Ahlakı Giyinmek</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053163107</t>
+          <t>9786053163121</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ne Menem Bir Dünya Bu? - İnsanlararası Bağların ve Pandeminin Fenomenolojisi</t>
+          <t>Muayyen Günler</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>172</v>
+        <v>445</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053163084</t>
+          <t>9786053163091</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Gomaşinen - Hatırlıyorum</t>
+          <t>Enis Batur'a Mektuplar ve Ankara Yazıları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>292</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053163077</t>
+          <t>9786053163114</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Nesne İlişkileri</t>
+          <t>Ailenin Ötesi - Başka Bir Üreme, Cinsellik ve Kardeşlik Rejimi İçin Öneriler</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>438</v>
+        <v>425</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053163053</t>
+          <t>9786053163107</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Cinsiyeti -Cinsiyetçiliğe Karşı Kadın Hakları Siyaseti</t>
+          <t>Ne Menem Bir Dünya Bu? - İnsanlararası Bağların ve Pandeminin Fenomenolojisi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>492</v>
+        <v>235</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053163015</t>
+          <t>9786053163084</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sabiha’nın Kız Kardeşleri - Türkiye Sinemasında Kadınlar, Deneyimler ve Toplumsal Cinsiyet</t>
+          <t>Gomaşinen - Hatırlıyorum</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>364</v>
+        <v>410</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053163060</t>
+          <t>9786053163077</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar-Arasında</t>
+          <t>Nesne İlişkileri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>156</v>
+        <v>600</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053163046</t>
+          <t>9786053163053</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Demokrasi</t>
+          <t>Siyasetin Cinsiyeti -Cinsiyetçiliğe Karşı Kadın Hakları Siyaseti</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>334</v>
+        <v>700</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053163039</t>
+          <t>9786053163015</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kütlenin Gizli Çekiciliği</t>
+          <t>Sabiha’nın Kız Kardeşleri - Türkiye Sinemasında Kadınlar, Deneyimler ve Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>216</v>
+        <v>510</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053163022</t>
+          <t>9786053163060</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Çam Pürleriyle Namrun</t>
+          <t>Dünyalar-Arasında</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053162995</t>
+          <t>9786053163046</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Toba Tek Singh</t>
+          <t>Kapitalizm ve Demokrasi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>248</v>
+        <v>470</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053162988</t>
+          <t>9786053163039</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sözcükleri Tadan Adam</t>
+          <t>Kütlenin Gizli Çekiciliği</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>348</v>
+        <v>295</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053162971</t>
+          <t>9786053163022</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Bizi Ayıran Uçurum</t>
+          <t>Çam Pürleriyle Namrun</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>368</v>
+        <v>250</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053162964</t>
+          <t>9786053162995</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyet ve Müşterekler</t>
+          <t>Toba Tek Singh</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>540</v>
+        <v>340</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9789753424868</t>
+          <t>9786053162988</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Rüya Alemi ve Felaket</t>
+          <t>Sözcükleri Tadan Adam</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>454</v>
+        <v>445</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053162957</t>
+          <t>9786053162971</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiyi Düşünmek</t>
+          <t>Bizi Ayıran Uçurum</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>156</v>
+        <v>510</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053162940</t>
+          <t>9786053162964</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Evlerden Uzak</t>
+          <t>Mülkiyet ve Müşterekler</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>222</v>
+        <v>740</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786053162933</t>
+          <t>9789753424868</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>995 Km</t>
+          <t>Rüya Alemi ve Felaket</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>285</v>
+        <v>630</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053162896</t>
+          <t>9786053162957</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yıl Bir</t>
+          <t>Sosyolojiyi Düşünmek</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>435</v>
+        <v>210</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053162926</t>
+          <t>9786053162940</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Mikroplar - Antibiyotiklerin Aşırı Kullanımı Çağımızın Salgınlarını Nasıl Körüklüyor?</t>
+          <t>Evlerden Uzak</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053162919</t>
+          <t>9786053162933</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Örme Biçimleri</t>
+          <t>995 Km</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>222</v>
+        <v>390</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053162902</t>
+          <t>9786053162896</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Romanın Kaygısı</t>
+          <t>Yıl Bir</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>258</v>
+        <v>610</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786053162865</t>
+          <t>9786053162926</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>İnsanı İnsan Yapan Nedir?</t>
+          <t>Kayıp Mikroplar - Antibiyotiklerin Aşırı Kullanımı Çağımızın Salgınlarını Nasıl Körüklüyor?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>222</v>
+        <v>425</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053162889</t>
+          <t>9786053162919</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Berberin Oğlu</t>
+          <t>Örme Biçimleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>276</v>
+        <v>320</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053162872</t>
+          <t>9786053162902</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Eğlencenin İyisi</t>
+          <t>Romanın Kaygısı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>198</v>
+        <v>360</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053162858</t>
+          <t>9786053162865</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Husserl Bilinci Nasıl Kurtardı?</t>
+          <t>İnsanı İnsan Yapan Nedir?</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053162841</t>
+          <t>9786053162889</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Yakılıp Yıkılırken</t>
+          <t>Berberin Oğlu</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>212</v>
+        <v>390</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053162834</t>
+          <t>9786053162872</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Fudoki</t>
+          <t>Eğlencenin İyisi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>334</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053162827</t>
+          <t>9786053162858</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Geştalt Kuramı</t>
+          <t>Husserl Bilinci Nasıl Kurtardı?</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053162810</t>
+          <t>9786053162841</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Temasın İmkanları</t>
+          <t>Yeryüzü Yakılıp Yıkılırken</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>316</v>
+        <v>260</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053162797</t>
+          <t>9786053162834</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Pis İşler</t>
+          <t>Fudoki</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>342</v>
+        <v>470</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786053162780</t>
+          <t>9786053162827</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gıdanın Politik Ekolojisi</t>
+          <t>Geştalt Kuramı</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>248</v>
+        <v>370</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053162742</t>
+          <t>9786053162810</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Kazısı - Bilge Karasu’nun İstanbul’u Walter Benjamin’in Berlin’i</t>
+          <t>Temasın İmkanları</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>324</v>
+        <v>445</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053162759</t>
+          <t>9786053162797</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Simone Weil Unutkanlar Krallığı’nda</t>
+          <t>Pis İşler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786053162766</t>
+          <t>9786053162780</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Araziyi Düzleştirmek</t>
+          <t>Gıdanın Politik Ekolojisi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>248</v>
+        <v>340</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786053162735</t>
+          <t>9786053162742</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bulutun İçinden Bir Ses</t>
+          <t>Hafıza Kazısı - Bilge Karasu’nun İstanbul’u Walter Benjamin’in Berlin’i</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>445</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786053162728</t>
+          <t>9786053162759</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Foucault ve Şeyler</t>
+          <t>Simone Weil Unutkanlar Krallığı’nda</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>156</v>
+        <v>250</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786053162711</t>
+          <t>9786053162766</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Işığına Tavşan Olduğum Filmler</t>
+          <t>Araziyi Düzleştirmek</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>285</v>
+        <v>340</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786053162704</t>
+          <t>9786053162735</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Dikkat</t>
+          <t>Bulutun İçinden Bir Ses</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>368</v>
+        <v>410</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053162674</t>
+          <t>9786053162728</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Feminist Eleştiri: Arayışlar ve Müzakereler</t>
+          <t>Foucault ve Şeyler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>324</v>
+        <v>210</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786053162681</t>
+          <t>9786053162711</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Makinelere Giden Yol</t>
+          <t>Işığına Tavşan Olduğum Filmler</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>334</v>
+        <v>390</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053162636</t>
+          <t>9786053162704</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Teorinin Cini</t>
+          <t>Çalınan Dikkat</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>300</v>
+        <v>470</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786053162650</t>
+          <t>9786053162674</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Saklı İnsan</t>
+          <t>Feminist Eleştiri: Arayışlar ve Müzakereler</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>252</v>
+        <v>445</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786053162667</t>
+          <t>9786053162681</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Parmenides ve Güneş'in Kızı</t>
+          <t>Bilinçli Makinelere Giden Yol</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786053162643</t>
+          <t>9786053162636</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Korku Metropolü İstanbul</t>
+          <t>Teorinin Cini</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>454</v>
+        <v>410</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053162605</t>
+          <t>9786053162650</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Salgın, İklim, Toplum</t>
+          <t>Saklı İnsan</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>445</v>
+        <v>360</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786053162612</t>
+          <t>9786053162667</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Tohumların Zaferi</t>
+          <t>Parmenides ve Güneş'in Kızı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>324</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9789753424837</t>
+          <t>9786053162643</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Uçuştan Uçuşa</t>
+          <t>Korku Metropolü İstanbul</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>238</v>
+        <v>630</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053162629</t>
+          <t>9786053162605</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Cenup</t>
+          <t>Salgın, İklim, Toplum</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>238</v>
+        <v>620</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786053162582</t>
+          <t>9786053162612</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Sibirya Hayali</t>
+          <t>Tohumların Zaferi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>258</v>
+        <v>445</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786053162544</t>
+          <t>9789753424837</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bizi Biz Yapan Genler</t>
+          <t>Uçuştan Uçuşa</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>292</v>
+        <v>340</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786053162551</t>
+          <t>9786053162629</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Tufan Göründü</t>
+          <t>Cenup</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>252</v>
+        <v>340</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786053162575</t>
+          <t>9786053162582</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kavramların Yolculuğu</t>
+          <t>Sibirya Hayali</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>232</v>
+        <v>360</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053162568</t>
+          <t>9786053162544</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Evrak Çantası</t>
+          <t>Bizi Biz Yapan Genler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>180</v>
+        <v>410</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053162537</t>
+          <t>9786053162551</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Anatomi Dersi</t>
+          <t>Tufan Göründü</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>148</v>
+        <v>360</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053162520</t>
+          <t>9786053162575</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kafkaesk</t>
+          <t>Kavramların Yolculuğu</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053162513</t>
+          <t>9786053162568</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Thales ve Bilgelik Tahtı</t>
+          <t>Evrak Çantası</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053162506</t>
+          <t>9786053162537</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mesafeyi Aramak</t>
+          <t>Anatomi Dersi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>342</v>
+        <v>210</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053162490</t>
+          <t>9786053162520</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Freud’un Teorisinde ve Psikanalizin Tekniğinde Ben</t>
+          <t>Kafkaesk</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>432</v>
+        <v>280</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9796053160686</t>
+          <t>9786053162513</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri A09.02.22</t>
+          <t>Thales ve Bilgelik Tahtı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>95</v>
+        <v>250</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053162483</t>
+          <t>9786053162506</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin Kaya Midyesi ve David Bowie Örümceği</t>
+          <t>Mesafeyi Aramak</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>270</v>
+        <v>470</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053162476</t>
+          <t>9786053162490</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Ardından</t>
+          <t>Freud’un Teorisinde ve Psikanalizin Tekniğinde Ben</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>204</v>
+        <v>565</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786053162469</t>
+          <t>9796053160686</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şiddetsizliğin Gücü</t>
+          <t>Metis Cep Defteri A09.02.22</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>222</v>
+        <v>95</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786053162452</t>
+          <t>9786053162483</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Zaman Sığınağı</t>
+          <t>Charles Darwin Kaya Midyesi ve David Bowie Örümceği</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>342</v>
+        <v>370</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786053162445</t>
+          <t>9786053162476</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Kendine Yolculuğu</t>
+          <t>Ardından</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>184</v>
+        <v>280</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786053162438</t>
+          <t>9786053162469</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Yalnızlıklar</t>
+          <t>Şiddetsizliğin Gücü</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053162421</t>
+          <t>9786053162452</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Çoğu Zarar Azı Karar</t>
+          <t>Zaman Sığınağı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>316</v>
+        <v>425</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786053162391</t>
+          <t>9786053162445</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Düşünme Etiği</t>
+          <t>Sanatçının Kendine Yolculuğu</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>376</v>
+        <v>260</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053162407</t>
+          <t>9786053162438</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Delişmenlik Çağı</t>
+          <t>Erkekler Yalnızlıklar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>364</v>
+        <v>410</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053162384</t>
+          <t>9786053162421</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Zaten Yoktular</t>
+          <t>Çoğu Zarar Azı Karar</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>124</v>
+        <v>445</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053162377</t>
+          <t>9786053162391</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Agroekoloji: Başka Bir Tarım Mümkün</t>
+          <t>Düşünme Etiği</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>342</v>
+        <v>525</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053162360</t>
+          <t>9786053162407</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Devam Ağacı</t>
+          <t>Delişmenlik Çağı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>248</v>
+        <v>510</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053162353</t>
+          <t>9786053162384</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Değişmeli!</t>
+          <t>Zaten Yoktular</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>334</v>
+        <v>175</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053162346</t>
+          <t>9786053162377</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Açık Şehir</t>
+          <t>Agroekoloji: Başka Bir Tarım Mümkün</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>276</v>
+        <v>470</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786053162339</t>
+          <t>9786053162360</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İnsan Türleriyle Yakın Temas</t>
+          <t>Devam Ağacı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786053162322</t>
+          <t>9786053162353</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Vulnus</t>
+          <t>Her Şey Değişmeli!</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>192</v>
+        <v>470</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786053162315</t>
+          <t>9786053162346</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Tarihleri</t>
+          <t>İstanbul Açık Şehir</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>358</v>
+        <v>390</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786053162308</t>
+          <t>9786053162339</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Yatak Odasındaki Kalabalık</t>
+          <t>İnsan Türleriyle Yakın Temas</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>348</v>
+        <v>410</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786053162285</t>
+          <t>9786053162322</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Dinin Gösterisi</t>
+          <t>Vulnus</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>184</v>
+        <v>260</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786053162292</t>
+          <t>9786053162315</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Aile Albümü</t>
+          <t>Geleceğin Tarihleri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>265</v>
+        <v>495</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053162278</t>
+          <t>9786053162308</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denen Hayvan</t>
+          <t>Yatak Odasındaki Kalabalık</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>376</v>
+        <v>495</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786053162261</t>
+          <t>9786053162285</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Böyle Söylüyordu Nietzsche</t>
+          <t>Siyaset ve Dinin Gösterisi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786053162254</t>
+          <t>9786053162292</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Emperyalizm</t>
+          <t>Aile Albümü</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>520</v>
+        <v>370</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053162247</t>
+          <t>9786053162278</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Freud'dan Lacan'a Psikanaliz</t>
+          <t>İnsan Denen Hayvan</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>260</v>
+        <v>525</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053162230</t>
+          <t>9786053162261</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Aşırılığın Peygamberleri</t>
+          <t>Böyle Söylüyordu Nietzsche</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>468</v>
+        <v>250</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053162223</t>
+          <t>9786053162254</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hafızanın İzinde</t>
+          <t>Kültür ve Emperyalizm</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>265</v>
+        <v>670</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053162216</t>
+          <t>9786053162247</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Emek, Beden, Aile</t>
+          <t>Freud'dan Lacan'a Psikanaliz</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053162209</t>
+          <t>9786053162230</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Balıkların Bildikleri</t>
+          <t>Aşırılığın Peygamberleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>334</v>
+        <v>650</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786053162193</t>
+          <t>9786053162223</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizmin Harabelerinde</t>
+          <t>Kayıp Hafızanın İzinde</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>272</v>
+        <v>370</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053162056</t>
+          <t>9786053162216</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Kapital’i İçin Kılavuz İkinci Cilt</t>
+          <t>Emek, Beden, Aile</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>438</v>
+        <v>370</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786053162179</t>
+          <t>9786053162209</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Eğlencelerin Sırrı</t>
+          <t>Balıkların Bildikleri</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>238</v>
+        <v>470</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053162186</t>
+          <t>9786053162193</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Sol: Evin Reddi</t>
+          <t>Neoliberalizmin Harabelerinde</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053162162</t>
+          <t>9786053162056</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yad</t>
+          <t>Marx’ın Kapital’i İçin Kılavuz İkinci Cilt</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>124</v>
+        <v>600</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053162155</t>
+          <t>9786053162179</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan Tarihsel ve Muhayyel</t>
+          <t>Eğlencelerin Sırrı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>548</v>
+        <v>340</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053162148</t>
+          <t>9786053162186</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Davet - Konukseverlik Üstüne</t>
+          <t>Sol: Evin Reddi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>184</v>
+        <v>295</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053162124</t>
+          <t>9786053162162</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İstasyon</t>
+          <t>Yad</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>168</v>
+        <v>175</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053162100</t>
+          <t>9786053162155</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Arıların Bildikleri ve Dünyamızdaki Yaşam İçin Önemleri</t>
+          <t>Mimar Sinan Tarihsel ve Muhayyel</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>310</v>
+        <v>760</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053162094</t>
+          <t>9786053162148</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Son Gerisayım</t>
+          <t>Davet - Konukseverlik Üstüne</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053162117</t>
+          <t>9786053162124</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Galileo İle Mevleviler</t>
+          <t>İstasyon</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053162087</t>
+          <t>9786053162100</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Arkası Mutlaka Gelir</t>
+          <t>Arıların Bildikleri ve Dünyamızdaki Yaşam İçin Önemleri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>172</v>
+        <v>425</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053162070</t>
+          <t>9786053162094</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Hayal Bile Edemeyeceğimiz Varlıklar Kitabı</t>
+          <t>Son Gerisayım</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>480</v>
+        <v>370</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053162063</t>
+          <t>9786053162117</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>İroni</t>
+          <t>Galileo İle Mevleviler</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>222</v>
+        <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786053162049</t>
+          <t>9786053162087</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Normalliğin Kuruluşu</t>
+          <t>Arkası Mutlaka Gelir</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>382</v>
+        <v>235</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053162032</t>
+          <t>9786053162070</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sağ Radikalizmin Veçheleri ve Geçmişin İşlenmesi Ne Demektir ?</t>
+          <t>Hayal Bile Edemeyeceğimiz Varlıklar Kitabı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>142</v>
+        <v>670</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053162025</t>
+          <t>9786053162063</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Yeni Karanlık Çağ</t>
+          <t>İroni</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053162018</t>
+          <t>9786053162049</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Siyah Deri Beyaz Maskeler</t>
+          <t>Cinsel Normalliğin Kuruluşu</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>222</v>
+        <v>525</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053162001</t>
+          <t>9786053162032</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hamamname</t>
+          <t>Yeni Sağ Radikalizmin Veçheleri ve Geçmişin İşlenmesi Ne Demektir ?</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>222</v>
+        <v>190</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053161998</t>
+          <t>9786053162025</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Kusurları</t>
+          <t>Yeni Karanlık Çağ</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>270</v>
+        <v>410</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053161974</t>
+          <t>9786053162018</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Zamana Düşüş</t>
+          <t>Siyah Deri Beyaz Maskeler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>192</v>
+        <v>320</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053161950</t>
+          <t>9786053162001</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Kentin Hikayesi</t>
+          <t>Hamamname</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>324</v>
+        <v>310</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053161981</t>
+          <t>9786053161998</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Yazma Üzerine Sohbetler</t>
+          <t>İnsanın Kusurları</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>178</v>
+        <v>370</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053161967</t>
+          <t>9786053161974</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Zamanı</t>
+          <t>Zamana Düşüş</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>248</v>
+        <v>260</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053161929</t>
+          <t>9786053161950</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Küçülme</t>
+          <t>Sekiz Kentin Hikayesi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>334</v>
+        <v>445</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053161905</t>
+          <t>9786053161981</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Kızıl</t>
+          <t>Yazma Üzerine Sohbetler</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>342</v>
+        <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053161936</t>
+          <t>9786053161967</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Mıknatıs-Ses</t>
+          <t>Yeryüzünün Zamanı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>316</v>
+        <v>340</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053161943</t>
+          <t>9786053161929</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Beckett</t>
+          <t>Küçülme</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>300</v>
+        <v>470</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053161912</t>
+          <t>9786053161905</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İkinci Hayat</t>
+          <t>Moleküler Kızıl</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>238</v>
+        <v>470</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053161868</t>
+          <t>9786053161936</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kat</t>
+          <t>Mıknatıs-Ses</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>376</v>
+        <v>445</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053161899</t>
+          <t>9786053161943</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Hormonların Gücü</t>
+          <t>Beckett</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053161486</t>
+          <t>9786053161912</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Fark</t>
+          <t>İkinci Hayat</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>425</v>
+        <v>340</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053161813</t>
+          <t>9786053161868</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Sanatı</t>
+          <t>Kat</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>432</v>
+        <v>525</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053161837</t>
+          <t>9786053161899</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Top Sende</t>
+          <t>Hormonların Gücü</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>168</v>
+        <v>425</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053161882</t>
+          <t>9786053161486</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Aşk İçin İstediğimiz Başka Hayvanlar</t>
+          <t>Yazı ve Fark</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>138</v>
+        <v>600</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053161875</t>
+          <t>9786053161813</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp, Kemalizm ve Türkiye'de Korporatizm</t>
+          <t>Hafıza Sanatı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>248</v>
+        <v>630</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053161844</t>
+          <t>9786053161837</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Feminist Yöntem</t>
+          <t>Top Sende</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>358</v>
+        <v>210</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053161851</t>
+          <t>9786053161882</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Parçalanma</t>
+          <t>Aşk İçin İstediğimiz Başka Hayvanlar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>196</v>
+        <v>190</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053161820</t>
+          <t>9786053161875</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Benim Durumumdaki Erkekler</t>
+          <t>Ziya Gökalp, Kemalizm ve Türkiye'de Korporatizm</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>276</v>
+        <v>340</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053161806</t>
+          <t>9786053161844</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Yine - Hala</t>
+          <t>Türkiye’de Feminist Yöntem</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>222</v>
+        <v>495</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053161790</t>
+          <t>9786053161851</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Eros'un Istırabı</t>
+          <t>Parçalanma</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>124</v>
+        <v>280</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053161738</t>
+          <t>9786053161820</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Yakınlıklar</t>
+          <t>Benim Durumumdaki Erkekler</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053161752</t>
+          <t>9786053161806</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Şimdilik Her Şey Yolunda</t>
+          <t>Yine - Hala</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>156</v>
+        <v>320</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053161776</t>
+          <t>9786053161790</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Nörolojik</t>
+          <t>Eros'un Istırabı</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>348</v>
+        <v>175</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053161769</t>
+          <t>9786053161738</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Trajik Hissiyat Ütopik Siyaset</t>
+          <t>Ölümcül Yakınlıklar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>310</v>
+        <v>370</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053161615</t>
+          <t>9786053161752</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Gemideki Hayalet</t>
+          <t>Şimdilik Her Şey Yolunda</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>368</v>
+        <v>210</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053161714</t>
+          <t>9786053161776</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Çağ Geçitleri</t>
+          <t>Nörolojik</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>180</v>
+        <v>495</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053161745</t>
+          <t>9786053161769</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ölümün Öyküsü</t>
+          <t>Trajik Hissiyat Ütopik Siyaset</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>178</v>
+        <v>425</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053161721</t>
+          <t>9786053161615</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Polisiye Roman</t>
+          <t>Gemideki Hayalet</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>178</v>
+        <v>510</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053161646</t>
+          <t>9786053161714</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Müzesi</t>
+          <t>Çağ Geçitleri</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>392</v>
+        <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053161707</t>
+          <t>9786053161745</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Psikopolitika</t>
+          <t>Güzel Ölümün Öyküsü</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>172</v>
+        <v>250</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053161691</t>
+          <t>9786053161721</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Milletin Mimarisi</t>
+          <t>Polisiye Roman</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>324</v>
+        <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053161684</t>
+          <t>9786053161646</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Gaflet</t>
+          <t>Hayvan Müzesi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>316</v>
+        <v>545</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053161639</t>
+          <t>9786053161707</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Bağlar</t>
+          <t>Psikopolitika</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>414</v>
+        <v>210</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053161622</t>
+          <t>9786053161691</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>İki Cihan Aresinde</t>
+          <t>Milletin Mimarisi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>368</v>
+        <v>445</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053161479</t>
+          <t>9786053161684</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Manzaralar</t>
+          <t>Gaflet</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>300</v>
+        <v>445</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053161677</t>
+          <t>9786053161639</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Sardalyanın Gizemi</t>
+          <t>Kaybolan Bağlar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>258</v>
+        <v>525</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053161660</t>
+          <t>9786053161622</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Manzaralar (Ciltli)</t>
+          <t>İki Cihan Aresinde</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>360</v>
+        <v>470</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053161608</t>
+          <t>9786053161479</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Yasaları</t>
+          <t>Manzaralar</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>358</v>
+        <v>410</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053161653</t>
+          <t>9786053161677</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Yazıları</t>
+          <t>Sardalyanın Gizemi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053161592</t>
+          <t>9786053161660</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Polemikler</t>
+          <t>Manzaralar (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>204</v>
+        <v>500</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053161578</t>
+          <t>9786053161608</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Zihin</t>
+          <t>Marx’ın Yasaları</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>348</v>
+        <v>495</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053161561</t>
+          <t>9786053161653</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İsyankar Şehir</t>
+          <t>Sosyoloji Yazıları</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>222</v>
+        <v>610</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053161585</t>
+          <t>9786053161592</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Bir Dava</t>
+          <t>Polemikler</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>238</v>
+        <v>280</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053161554</t>
+          <t>9786053161578</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaki Ağaç</t>
+          <t>Dağınık Zihin</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>172</v>
+        <v>495</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053161547</t>
+          <t>9786053161561</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Kıyıları</t>
+          <t>İsyankar Şehir</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>216</v>
+        <v>320</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053161530</t>
+          <t>9786053161585</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kimlik, Tanınma Mücadelesi ve Şarkiyatçılık</t>
+          <t>Bir Dava</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>368</v>
+        <v>340</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053161509</t>
+          <t>9786053161554</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Kendini Tutamayan Boşluk</t>
+          <t>Aramızdaki Ağaç</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>414</v>
+        <v>235</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053161493</t>
+          <t>9786053161547</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Astrobiyoloji</t>
+          <t>Kurmacanın Kıyıları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>204</v>
+        <v>295</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053161523</t>
+          <t>9786053161530</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Dünya ile Devlet Arasında Türk Muharriri</t>
+          <t>Kimlik, Tanınma Mücadelesi ve Şarkiyatçılık</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>508</v>
+        <v>510</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053161516</t>
+          <t>9786053161509</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Newton ve Gökbilimciler Cemiyeti</t>
+          <t>Kendini Tutamayan Boşluk</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>180</v>
+        <v>580</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053161448</t>
+          <t>9786053161493</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Dayanışma Ekonomileri</t>
+          <t>Astrobiyoloji</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053161455</t>
+          <t>9786053161523</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Hong Kong - İstanbul: Şehri Şahsileştirmek</t>
+          <t>Dünya ile Devlet Arasında Türk Muharriri</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>285</v>
+        <v>700</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053161431</t>
+          <t>9786053161516</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Ucu Bucağı</t>
+          <t>Newton ve Gökbilimciler Cemiyeti</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>204</v>
+        <v>250</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9796053160662</t>
+          <t>9786053161448</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri 8</t>
+          <t>Dayanışma Ekonomileri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>95</v>
+        <v>410</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053161424</t>
+          <t>9786053161455</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Adam</t>
+          <t>Hong Kong - İstanbul: Şehri Şahsileştirmek</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053161417</t>
+          <t>9786053161431</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Zamanda Yaşıyoruz?</t>
+          <t>Zihnin Ucu Bucağı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>124</v>
+        <v>280</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053161400</t>
+          <t>9796053160662</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>İzonomi ve Felsefenin Kökenleri</t>
+          <t>Metis Cep Defteri 8</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>232</v>
+        <v>130</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053161387</t>
+          <t>9786053161424</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Nedir?</t>
+          <t>Yedinci Adam</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>252</v>
+        <v>370</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053161370</t>
+          <t>9786053161417</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Bir Baba</t>
+          <t>Nasıl Bir Zamanda Yaşıyoruz?</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>292</v>
+        <v>175</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053161356</t>
+          <t>9786053161400</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Radyo Benjamin</t>
+          <t>İzonomi ve Felsefenin Kökenleri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>454</v>
+        <v>320</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053161363</t>
+          <t>9786053161387</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Bildikleri</t>
+          <t>Cinsellik Nedir?</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>204</v>
+        <v>360</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053161349</t>
+          <t>9786053161370</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Karanlık Yüzü Ensest</t>
+          <t>Yabancı Bir Baba</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>306</v>
+        <v>410</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053161301</t>
+          <t>9786053161356</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kültür Denen Şey</t>
+          <t>Radyo Benjamin</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>392</v>
+        <v>630</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053161332</t>
+          <t>9786053161363</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Ölüm</t>
+          <t>Bitkilerin Bildikleri</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>196</v>
+        <v>280</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053161295</t>
+          <t>9786053161349</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Hissedilen Zaman</t>
+          <t>Ailenin Karanlık Yüzü Ensest</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>196</v>
+        <v>425</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053161257</t>
+          <t>9786053161301</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Portreler</t>
+          <t>Kültür Denen Şey</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>510</v>
+        <v>545</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053161325</t>
+          <t>9786053161332</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Portreler (Ciltli)</t>
+          <t>Yazı ve Ölüm</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>572</v>
+        <v>280</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053161288</t>
+          <t>9786053161295</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Nuri Bilge Ceylan Sineması</t>
+          <t>Hissedilen Zaman</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>248</v>
+        <v>280</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053161271</t>
+          <t>9786053161257</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Freud-Spinoza Mektuplaşması (1676 - 1938)</t>
+          <t>Portreler</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>334</v>
+        <v>680</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053161318</t>
+          <t>9786053161325</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Dil Meseleleri</t>
+          <t>Portreler (Ciltli)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>314</v>
+        <v>800</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053161264</t>
+          <t>9786053161288</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Alice B. Toklas’ın Özyaşamöyküsü</t>
+          <t>Nuri Bilge Ceylan Sineması</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053161240</t>
+          <t>9786053161271</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Yılanlar, Gündoğumları ve Shakespeare</t>
+          <t>Freud-Spinoza Mektuplaşması (1676 - 1938)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>276</v>
+        <v>470</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053161233</t>
+          <t>9786053161318</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Lao Tzu: Tao Te Ching</t>
+          <t>Dil Meseleleri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>192</v>
+        <v>390</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053161226</t>
+          <t>9786053161264</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Futbol Düşünürken Aslında Ne Düşünürüz?</t>
+          <t>Alice B. Toklas’ın Özyaşamöyküsü</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>210</v>
+        <v>410</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053161172</t>
+          <t>9786053161240</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Farkın İnşası</t>
+          <t>Yılanlar, Gündoğumları ve Shakespeare</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>310</v>
+        <v>390</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053161219</t>
+          <t>9786053161233</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Laiklik, Vatandaşlık, Demokrasi</t>
+          <t>Lao Tzu: Tao Te Ching</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>285</v>
+        <v>260</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053161202</t>
+          <t>9786053161226</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Türk Sorunu</t>
+          <t>Futbol Düşünürken Aslında Ne Düşünürüz?</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>232</v>
+        <v>295</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053161196</t>
+          <t>9786053161172</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Doğal Roman</t>
+          <t>Cinsel Farkın İnşası</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>212</v>
+        <v>425</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053161189</t>
+          <t>9786053161219</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Zor Problem: Bilinç</t>
+          <t>Laiklik, Vatandaşlık, Demokrasi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>168</v>
+        <v>390</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053161165</t>
+          <t>9786053161202</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Halkın Çözülüşü</t>
+          <t>Türk Sorunu</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>330</v>
+        <v>320</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053161127</t>
+          <t>9786053161196</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Birbirimiz İçin Yaşayacağız</t>
+          <t>Doğal Roman</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>285</v>
+        <v>260</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053161158</t>
+          <t>9786053161189</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Yakından</t>
+          <t>Zor Problem: Bilinç</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>304</v>
+        <v>235</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053161134</t>
+          <t>9786053161165</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Terbiyesi</t>
+          <t>Halkın Çözülüşü</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>204</v>
+        <v>410</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053161141</t>
+          <t>9786053161127</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçiliğin Çelişkileri</t>
+          <t>Birbirimiz İçin Yaşayacağız</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>368</v>
+        <v>390</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053161103</t>
+          <t>9786053161158</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Alman Felsefesi Üstüne Diyalog</t>
+          <t>Uzaktan Yakından</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>148</v>
+        <v>390</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053161110</t>
+          <t>9786053161134</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Bilinçdışı</t>
+          <t>Ölüm Terbiyesi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>306</v>
+        <v>280</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053161073</t>
+          <t>9786053161141</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Ne Kadar Zeki Olduğunu Anlayacak Kadar Zeki miyiz?</t>
+          <t>Gerçekçiliğin Çelişkileri</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>358</v>
+        <v>510</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053161004</t>
+          <t>9786053161103</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kadınlık Daima Bir Muamma</t>
+          <t>Alman Felsefesi Üstüne Diyalog</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053161035</t>
+          <t>9786053161110</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Elma (Defter)</t>
+          <t>Kapitalist Bilinçdışı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>252</v>
+        <v>425</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053161011</t>
+          <t>9786053161073</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Kalkınmayı Yeniden Düşünmek</t>
+          <t>Hayvanların Ne Kadar Zeki Olduğunu Anlayacak Kadar Zeki miyiz?</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>334</v>
+        <v>495</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053160991</t>
+          <t>9786053161004</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat, Popüler Kültür ve Toplum</t>
+          <t>Kadınlık Daima Bir Muamma</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053161066</t>
+          <t>9786053161035</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Efsus’a Yolculuk</t>
+          <t>Elma (Defter)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>172</v>
+        <v>280</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053160984</t>
+          <t>9786053161011</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Başkan Sokrates!</t>
+          <t>Kapitalist Kalkınmayı Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786053161028</t>
+          <t>9786053160991</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Orada, Bir Arada</t>
+          <t>Edebiyat, Popüler Kültür ve Toplum</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>172</v>
+        <v>370</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053160953</t>
+          <t>9786053161066</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Temas</t>
+          <t>Efsus’a Yolculuk</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>316</v>
+        <v>235</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053160960</t>
+          <t>9786053160984</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşarak Yaşamak</t>
+          <t>Başkan Sokrates!</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053160939</t>
+          <t>9786053161028</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Sesin Rengi</t>
+          <t>Orada, Bir Arada</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>342</v>
+        <v>235</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053160977</t>
+          <t>9786053160953</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Çukur</t>
+          <t>Soğuk Temas</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>204</v>
+        <v>445</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053160861</t>
+          <t>9786053160960</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Tereddütlü Düşünceler</t>
+          <t>Sınırları Aşarak Yaşamak</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>238</v>
+        <v>295</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053160922</t>
+          <t>9786053160939</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Din Devlet Demokrasi</t>
+          <t>Sesin Rengi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>276</v>
+        <v>470</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053160885</t>
+          <t>9786053160977</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Roma</t>
+          <t>Çukur</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>184</v>
+        <v>280</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786053160878</t>
+          <t>9786053160861</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>İnsan İletişiminin Kökenleri</t>
+          <t>Tereddütlü Düşünceler</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>306</v>
+        <v>340</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053160595</t>
+          <t>9786053160922</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Mülksüzleşme</t>
+          <t>Din Devlet Demokrasi</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>238</v>
+        <v>390</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053160915</t>
+          <t>9786053160885</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Düğümler</t>
+          <t>Kendine Ait Bir Roma</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>172</v>
+        <v>260</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053160908</t>
+          <t>9786053160878</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Narsisist Entrikalar</t>
+          <t>İnsan İletişiminin Kökenleri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>364</v>
+        <v>425</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053160892</t>
+          <t>9786053160595</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Şeffaflık Toplumu</t>
+          <t>Mülksüzleşme</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>154</v>
+        <v>340</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053160854</t>
+          <t>9786053160915</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Yıkarak Yapmak</t>
+          <t>Düğümler</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>382</v>
+        <v>235</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053160830</t>
+          <t>9786053160908</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Tren Geçti</t>
+          <t>Narsisist Entrikalar</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>324</v>
+        <v>510</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053160823</t>
+          <t>9786053160892</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Seferleri İçin Vapur Tarifeleri</t>
+          <t>Şeffaflık Toplumu</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>348</v>
+        <v>190</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053160748</t>
+          <t>9786053160854</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Devletdışı Güç</t>
+          <t>Yıkarak Yapmak</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>276</v>
+        <v>525</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053160847</t>
+          <t>9786053160830</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Büyük Gerileme</t>
+          <t>Tren Geçti</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>258</v>
+        <v>445</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053160816</t>
+          <t>9786053160823</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Herkes İçin</t>
+          <t>Edebiyat Seferleri İçin Vapur Tarifeleri</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>348</v>
+        <v>495</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053160533</t>
+          <t>9786053160748</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Sanatla Direniş</t>
+          <t>Devletdışı Güç</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>222</v>
+        <v>390</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053160809</t>
+          <t>9786053160847</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Zihinde Bir Dalga</t>
+          <t>Büyük Gerileme</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053160793</t>
+          <t>9786053160816</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Dönüşler</t>
+          <t>Herkesin Herkes İçin</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>406</v>
+        <v>495</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9796053160112</t>
+          <t>9786053160533</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri</t>
+          <t>Sanatla Direniş</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>95</v>
+        <v>320</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053160724</t>
+          <t>9786053160809</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Fiziği</t>
+          <t>Zihinde Bir Dalga</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>320</v>
+        <v>425</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786053160779</t>
+          <t>9786053160793</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sahada</t>
+          <t>Tehlikeli Dönüşler</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>258</v>
+        <v>565</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053160786</t>
+          <t>9796053160112</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Cihadcılık: Efsaneler Gerçekler</t>
+          <t>Metis Cep Defteri</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>316</v>
+        <v>130</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786053160755</t>
+          <t>9786053160724</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Anahtarlı Kırk Oda</t>
+          <t>Hüznün Fiziği</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>210</v>
+        <v>410</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053160717</t>
+          <t>9786053160779</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Yasak Olmayan Hazlar</t>
+          <t>Sanat Sahada</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>196</v>
+        <v>360</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053160762</t>
+          <t>9786053160786</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Doğmuş Olmanın Sakıncası Üstüne</t>
+          <t>Cihadcılık: Efsaneler Gerçekler</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>232</v>
+        <v>445</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053160731</t>
+          <t>9786053160755</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kimi Muhitlerde</t>
+          <t>Dokuz Anahtarlı Kırk Oda</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>238</v>
+        <v>295</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053160618</t>
+          <t>9786053160717</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinin Yapısı</t>
+          <t>Yasak Olmayan Hazlar</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>432</v>
+        <v>280</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053160700</t>
+          <t>9786053160762</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Nedir?</t>
+          <t>Doğmuş Olmanın Sakıncası Üstüne</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>222</v>
+        <v>320</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053160687</t>
+          <t>9786053160731</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Turgut Uyar ve Başka Şeyler</t>
+          <t>Kimi Muhitlerde</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053160663</t>
+          <t>9786053160618</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Hoşbeş</t>
+          <t>Dünya Tarihinin Yapısı</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>176</v>
+        <v>600</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786053160601</t>
+          <t>9786053160700</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Söylem Türleri ve Başka Yazılar</t>
+          <t>Yaşam Nedir?</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053160557</t>
+          <t>9786053160687</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Hüküm</t>
+          <t>Turgut Uyar ve Başka Şeyler</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>262</v>
+        <v>250</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053160526</t>
+          <t>9786053160663</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Foucault'yu Marx'la Okumak</t>
+          <t>Hoşbeş</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>238</v>
+        <v>235</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053160694</t>
+          <t>9786053160601</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Heraklitos'un Gizemleri</t>
+          <t>Söylem Türleri ve Başka Yazılar</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053160656</t>
+          <t>9786053160557</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Malloryon Serisi (5 Cilt Takım)</t>
+          <t>Hüküm</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>1968</v>
+        <v>262</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053160571</t>
+          <t>9786053160526</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Ben Buradan Okuyorum</t>
+          <t>Foucault'yu Marx'la Okumak</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>252</v>
+        <v>340</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053160434</t>
+          <t>9786053160694</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Eksik Şiir İkinci Kitap</t>
+          <t>Heraklitos'un Gizemleri</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053160649</t>
+          <t>9786053160656</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Aşk İçin Ne Yazdıysam</t>
+          <t>Malloryon Serisi (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>196</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786053160540</t>
+          <t>9786053160571</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Çocukları</t>
+          <t>Ben Buradan Okuyorum</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>522</v>
+        <v>360</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786053160588</t>
+          <t>9786053160434</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Kendi Çağından Bizim Çağımıza Sigmund Freud</t>
+          <t>Eksik Şiir İkinci Kitap</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>524</v>
+        <v>390</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053160564</t>
+          <t>9786053160649</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Küre</t>
+          <t>Aşk İçin Ne Yazdıysam</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>172</v>
+        <v>280</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786053160632</t>
+          <t>9786053160540</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve İnsan Ruhu</t>
+          <t>Tanrının Çocukları</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>198</v>
+        <v>740</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786053160502</t>
+          <t>9786053160588</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Mekan Yaratmak</t>
+          <t>Kendi Çağından Bizim Çağımıza Sigmund Freud</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>284</v>
+        <v>735</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053160496</t>
+          <t>9786053160564</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Gözetleme Kulesi</t>
+          <t>Küre</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>276</v>
+        <v>235</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786053160519</t>
+          <t>9786053160632</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Eşitliközgürlük</t>
+          <t>Sosyalizm ve İnsan Ruhu</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>398</v>
+        <v>250</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053160489</t>
+          <t>9786053160502</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Anayasalar</t>
+          <t>Mekan Yaratmak</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>248</v>
+        <v>360</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786053160458</t>
+          <t>9786053160496</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Karaduygun</t>
+          <t>Gözetleme Kulesi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>168</v>
+        <v>390</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053160472</t>
+          <t>9786053160519</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Topolojisi</t>
+          <t>Eşitliközgürlük</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>212</v>
+        <v>545</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789753421294</t>
+          <t>9786053160489</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri A02.11.11</t>
+          <t>Türkiye’de Anayasalar</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>95</v>
+        <v>340</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9789753420396</t>
+          <t>9786053160458</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri</t>
+          <t>Karaduygun</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>95</v>
+        <v>235</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789753429368</t>
+          <t>9786053160472</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri AO5. 11. 13</t>
+          <t>Şiddetin Topolojisi</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>95</v>
+        <v>260</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786053160380</t>
+          <t>9789753421294</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Özgürlük</t>
+          <t>Metis Cep Defteri A02.11.11</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>438</v>
+        <v>130</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786053160441</t>
+          <t>9789753420396</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Etnografik Hikayeler</t>
+          <t>Metis Cep Defteri</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>252</v>
+        <v>130</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789753423830</t>
+          <t>9789753429368</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Adalet ve Şehir</t>
+          <t>Metis Cep Defteri AO5. 11. 13</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>310</v>
+        <v>130</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789753424578</t>
+          <t>9786053160380</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Sonülke</t>
+          <t>Başka Bir Özgürlük</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>184</v>
+        <v>600</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9789753424301</t>
+          <t>9786053160441</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Tanıklık</t>
+          <t>Etnografik Hikayeler</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>364</v>
+        <v>360</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789753427722</t>
+          <t>9789753423830</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Talep</t>
+          <t>Sosyal Adalet ve Şehir</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>210</v>
+        <v>425</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789753422574</t>
+          <t>9789753424578</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Picasso’nun Başarısı ve Başarısızlığı</t>
+          <t>Sonülke</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>265</v>
+        <v>184</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789753420983</t>
+          <t>9789753424301</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Peynir ve Kurtlar</t>
+          <t>Sonsuza Tanıklık</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>270</v>
+        <v>510</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789753420839</t>
+          <t>9789753427722</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Görme Biçimleri</t>
+          <t>Sonsuz Talep</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>204</v>
+        <v>295</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789753420631</t>
+          <t>9789753422574</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Göçmüş Kediler Bahçesi</t>
+          <t>Picasso’nun Başarısı ve Başarısızlığı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>266</v>
+        <v>370</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789753426497</t>
+          <t>9789753420983</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Godard Godard’ı Anlatıyor</t>
+          <t>Peynir ve Kurtlar</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>364</v>
+        <v>370</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789753422369</t>
+          <t>9789753420839</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Şarkiyatçılık</t>
+          <t>Görme Biçimleri</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>436</v>
+        <v>280</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789753422680</t>
+          <t>9789753420631</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Okuma Kitabı</t>
+          <t>Göçmüş Kediler Bahçesi</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>192</v>
+        <v>370</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789753425360</t>
+          <t>9789753426497</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Şansın Terbiye Edilişi</t>
+          <t>Godard Godard’ı Anlatıyor</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>342</v>
+        <v>510</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786053160373</t>
+          <t>9789753422369</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Gözdeki Kıymık</t>
+          <t>Şarkiyatçılık</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>438</v>
+        <v>610</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786053160410</t>
+          <t>9789753422680</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Kafa Tutan Köy</t>
+          <t>Şarkı Okuma Kitabı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>252</v>
+        <v>260</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786053160397</t>
+          <t>9789753425360</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Solak Defterler</t>
+          <t>Şansın Terbiye Edilişi</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>270</v>
+        <v>470</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053160427</t>
+          <t>9786053160373</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Hannah Arendt'in Küçük Tiyatrosu</t>
+          <t>Gözdeki Kıymık</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786053160366</t>
+          <t>9786053160410</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Beynin Gölgeleri</t>
+          <t>Dünyaya Kafa Tutan Köy</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>364</v>
+        <v>360</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053160403</t>
+          <t>9786053160397</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Sartre ile Sartre Hakkında</t>
+          <t>Solak Defterler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>148</v>
+        <v>400</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786053160311</t>
+          <t>9786053160427</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Çizgiyi Aşmak</t>
+          <t>Hannah Arendt'in Küçük Tiyatrosu</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786053160342</t>
+          <t>9786053160366</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Epiktetos'un Başkaldırısı</t>
+          <t>Beynin Gölgeleri</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>180</v>
+        <v>510</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786053160328</t>
+          <t>9786053160403</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Ji Realiteya Kurd Ber Bi Realiteya Kurdistan ve Serencama Meseleya Kurd</t>
+          <t>Sartre ile Sartre Hakkında</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786053160229</t>
+          <t>9786053160311</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Bir Fotoğrafı Anlamak</t>
+          <t>Çizgiyi Aşmak</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>266</v>
+        <v>370</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789753423465</t>
+          <t>9786053160342</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>W - Ya Da Bir Çocukluk Hatırası</t>
+          <t>Epiktetos'un Başkaldırısı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>196</v>
+        <v>250</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789753423434</t>
+          <t>9786053160328</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Vitrinde Yaşamak</t>
+          <t>Ji Realiteya Kurd Ber Bi Realiteya Kurdistan ve Serencama Meseleya Kurd</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>178</v>
+        <v>300</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9789753425544</t>
+          <t>9786053160229</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Harem ve Kuzenler</t>
+          <t>Bir Fotoğrafı Anlamak</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>252</v>
+        <v>370</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789753429672</t>
+          <t>9789753423465</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Negatif Diyalektik</t>
+          <t>W - Ya Da Bir Çocukluk Hatırası</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786053160250</t>
+          <t>9789753423434</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kan Revan İçinde</t>
+          <t>Vitrinde Yaşamak</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>232</v>
+        <v>250</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786053160267</t>
+          <t>9789753425544</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'dan Gelen Telefon</t>
+          <t>Harem ve Kuzenler</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>156</v>
+        <v>360</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786053160335</t>
+          <t>9789753429672</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Mimarın Soluğu</t>
+          <t>Negatif Diyalektik</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>208</v>
+        <v>550</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786053160274</t>
+          <t>9786053160250</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Küçükburun</t>
+          <t>Kan Revan İçinde</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>138</v>
+        <v>320</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786053160243</t>
+          <t>9786053160267</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Didem Madak'ı Okumak</t>
+          <t>İstanbul'dan Gelen Telefon</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786053160090</t>
+          <t>9786053160335</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Bellek Tiyatrosu</t>
+          <t>Mimarın Soluğu</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>138</v>
+        <v>280</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786053160205</t>
+          <t>9786053160274</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri A06.10.15</t>
+          <t>Küçükburun</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>95</v>
+        <v>190</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786053160113</t>
+          <t>9786053160243</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Okurken Ne Görürüz?</t>
+          <t>Didem Madak'ı Okumak</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>445</v>
+        <v>525</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786053160069</t>
+          <t>9786053160090</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Düş Dokumacısı</t>
+          <t>Bellek Tiyatrosu</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>286</v>
+        <v>190</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789753420730</t>
+          <t>9786053160205</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Ahdım Var</t>
+          <t>Metis Cep Defteri A06.10.15</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>238</v>
+        <v>130</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786053160083</t>
+          <t>9786053160113</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kierkegaard ile Denizkızı</t>
+          <t>Okurken Ne Görürüz?</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786053160151</t>
+          <t>9786053160069</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlardan Ebediyete</t>
+          <t>Düş Dokumacısı</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>222</v>
+        <v>390</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786053160038</t>
+          <t>9789753420730</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Filmlerle Hatırlamak</t>
+          <t>Ahdım Var</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>204</v>
+        <v>340</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786053160106</t>
+          <t>9786053160083</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yabancı</t>
+          <t>Kierkegaard ile Denizkızı</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>196</v>
+        <v>250</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786053160199</t>
+          <t>9786053160151</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Barış Açısını Savunmak</t>
+          <t>Yıldızlardan Ebediyete</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>376</v>
+        <v>300</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789753429153</t>
+          <t>9786053160038</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm, Arzu ve Kölelik</t>
+          <t>Filmlerle Hatırlamak</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>238</v>
+        <v>280</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789753426039</t>
+          <t>9786053160106</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Taş Kumaş</t>
+          <t>Büyük Yabancı</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>156</v>
+        <v>280</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789753420662</t>
+          <t>9786053160199</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağının Önü</t>
+          <t>Barış Açısını Savunmak</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>334</v>
+        <v>525</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789753424219</t>
+          <t>9789753429153</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Kadınsız İnkılap</t>
+          <t>Kapitalizm, Arzu ve Kölelik</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>348</v>
+        <v>340</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053160021</t>
+          <t>9789753426039</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Düş Parası</t>
+          <t>Kağıt Taş Kumaş</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>184</v>
+        <v>210</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786053160212</t>
+          <t>9789753420662</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Harita Metod Defteri</t>
+          <t>Kaf Dağının Önü</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>420</v>
+        <v>470</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786053160182</t>
+          <t>9789753424219</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Yakın Bakış</t>
+          <t>Kadınsız İnkılap</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>212</v>
+        <v>495</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786053160045</t>
+          <t>9786053160021</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Fransız Felsefesinin Macerası</t>
+          <t>Düş Parası</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789753429887</t>
+          <t>9786053160212</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>7/24 Geç Kapitalizm ve Uykuların Sonu</t>
+          <t>Harita Metod Defteri</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>178</v>
+        <v>580</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789753425766</t>
+          <t>9786053160182</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Gıda Krizi</t>
+          <t>Yakın Bakış</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>324</v>
+        <v>260</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786053160120</t>
+          <t>9786053160045</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Yaşamda Avrupalı Müslümanlar</t>
+          <t>Fransız Felsefesinin Macerası</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>306</v>
+        <v>295</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053160175</t>
+          <t>9789753429887</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Sandık Lekesi</t>
+          <t>7/24 Geç Kapitalizm ve Uykuların Sonu</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053160168</t>
+          <t>9789753425766</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Esir Sözler Kuyusu</t>
+          <t>Gıda Krizi</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>148</v>
+        <v>445</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789753428989</t>
+          <t>9786053160120</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Gürültüsü</t>
+          <t>Gündelik Yaşamda Avrupalı Müslümanlar</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>252</v>
+        <v>425</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9789753426510</t>
+          <t>9786053160175</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Sesler</t>
+          <t>Sandık Lekesi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>265</v>
+        <v>190</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789753424288</t>
+          <t>9786053160168</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Serçe</t>
+          <t>Esir Sözler Kuyusu</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>414</v>
+        <v>210</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789753425681</t>
+          <t>9789753428989</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Pedal Çeviren Kadınlar</t>
+          <t>Sessizliğin Gürültüsü</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053160076</t>
+          <t>9789753426510</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Kaçırdıklarımız</t>
+          <t>Sesler</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>204</v>
+        <v>370</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786053160052</t>
+          <t>9789753424288</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Dükkan</t>
+          <t>Serçe</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>298</v>
+        <v>580</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789753428170</t>
+          <t>9789753425681</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx’ın Hayaleti</t>
+          <t>Pedal Çeviren Kadınlar</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>180</v>
+        <v>410</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789753420198</t>
+          <t>9786053160076</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Thomas</t>
+          <t>Kaçırdıklarımız</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>204</v>
+        <v>280</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789753424189</t>
+          <t>9786053160052</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Karanda’nın İfrit Beyi</t>
+          <t>Karanlık Dükkan</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>382</v>
+        <v>370</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789753428408</t>
+          <t>9789753428170</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sevdası</t>
+          <t>Karl Marx’ın Hayaleti</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>238</v>
+        <v>250</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789753424080</t>
+          <t>9789753420198</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Sana Gül Bahçesi Vadetmedim</t>
+          <t>Karanlık Thomas</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>342</v>
+        <v>280</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053160007</t>
+          <t>9789753424189</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Güne Söylediklerim</t>
+          <t>Karanda’nın İfrit Beyi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>196</v>
+        <v>525</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789753429795</t>
+          <t>9789753428408</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Müştereklerimiz</t>
+          <t>Sanat Sevdası</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>348</v>
+        <v>340</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786053160137</t>
+          <t>9789753424080</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yeni İktidar Yeni Direniş</t>
+          <t>Sana Gül Bahçesi Vadetmedim</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>184</v>
+        <v>425</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786053160014</t>
+          <t>9786053160007</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Sokak Siyaseti</t>
+          <t>Güne Söylediklerim</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>334</v>
+        <v>280</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789753425759</t>
+          <t>9789753429795</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Asılı Adam</t>
+          <t>Müştereklerimiz</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>258</v>
+        <v>495</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9789753424646</t>
+          <t>9786053160137</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Profesör Freud Balıklarla Konuşuyor</t>
+          <t>Türkiye'de Yeni İktidar Yeni Direniş</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9789753429856</t>
+          <t>9786053160014</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Krizde Felsefe ve Direniş</t>
+          <t>Sokak Siyaseti</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>316</v>
+        <v>470</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789753429863</t>
+          <t>9789753425759</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Kefaretin Ötesinde</t>
+          <t>Asılı Adam</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>192</v>
+        <v>360</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789753429870</t>
+          <t>9789753424646</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Film Teorisi</t>
+          <t>Profesör Freud Balıklarla Konuşuyor</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>528</v>
+        <v>250</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789753429993</t>
+          <t>9789753429856</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Barbarın Kahkahası</t>
+          <t>Krizde Felsefe ve Direniş</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>192</v>
+        <v>445</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789753429894</t>
+          <t>9789753429863</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şark'ın Peşinde</t>
+          <t>Suç ve Kefaretin Ötesinde</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789753425735</t>
+          <t>9789753429870</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Tokyo Uçuşu İptal</t>
+          <t>Film Teorisi</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>414</v>
+        <v>735</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789753429900</t>
+          <t>9789753429993</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Dinin Soykütükleri</t>
+          <t>Barbarın Kahkahası</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>382</v>
+        <v>260</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789753422482</t>
+          <t>9789753429894</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Ütopya</t>
+          <t>Kayıp Şark'ın Peşinde</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>172</v>
+        <v>410</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789753429061</t>
+          <t>9789753425735</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Tekerrür</t>
+          <t>Tokyo Uçuşu İptal</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>265</v>
+        <v>580</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789753428125</t>
+          <t>9789753429900</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Filmler ve Rüyalar</t>
+          <t>Dinin Soykütükleri</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>265</v>
+        <v>525</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789753429023</t>
+          <t>9789753422482</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Film Dilinde Mahrem</t>
+          <t>Tarih ve Ütopya</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>285</v>
+        <v>235</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789753424813</t>
+          <t>9789753429061</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Feminizm ve Doğaya Hükmetmek</t>
+          <t>Tarih ve Tekerrür</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>306</v>
+        <v>370</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789753429986</t>
+          <t>9789753428125</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yürüyüş</t>
+          <t>Filmler ve Rüyalar</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>196</v>
+        <v>370</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789753424318</t>
+          <t>9789753429023</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Hayvanlar Murathan Mungan’ın Seçtikleriyle</t>
+          <t>Film Dilinde Mahrem</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789753425445</t>
+          <t>9789753424813</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein’ın Yeğeni</t>
+          <t>Feminizm ve Doğaya Hükmetmek</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>172</v>
+        <v>425</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789753429948</t>
+          <t>9789753429986</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Doyma Noktası</t>
+          <t>Uzun Yürüyüş</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>156</v>
+        <v>280</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789753429931</t>
+          <t>9789753424318</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Yüzünde Bir Yer</t>
+          <t>Yabancı Hayvanlar Murathan Mungan’ın Seçtikleriyle</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>196</v>
+        <v>250</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789753429771</t>
+          <t>9789753425445</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Sınır Tanımayan Şiddet</t>
+          <t>Wittgenstein’ın Yeğeni</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>445</v>
+        <v>235</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789753429979</t>
+          <t>9789753429948</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Şehrin İtirazı</t>
+          <t>Doyma Noktası</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>192</v>
+        <v>210</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789753429764</t>
+          <t>9789753429931</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Sanat Neye Benzer</t>
+          <t>Yüzünde Bir Yer</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>184</v>
+        <v>280</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789753429955</t>
+          <t>9789753429771</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Sessizin Payı</t>
+          <t>Sınır Tanımayan Şiddet</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>212</v>
+        <v>620</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789753427067</t>
+          <t>9789753429979</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kim Var İmiş Biz Burada Yoğ İken</t>
+          <t>Şehrin İtirazı</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>232</v>
+        <v>260</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789753425131</t>
+          <t>9789753429764</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Kim Bağışlayacak Beni</t>
+          <t>Sanat Neye Benzer</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789753427906</t>
+          <t>9789753429955</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Kibrit Çöpleri</t>
+          <t>Sessizin Payı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789753429740</t>
+          <t>9789753427067</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Kim Var İmiş Biz Burada Yoğ İken</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>148</v>
+        <v>320</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789753429573</t>
+          <t>9789753425131</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Üçlemesi: Mahmud ile Yezida - Taziye - Geyikler Lanetler</t>
+          <t>Kim Bağışlayacak Beni</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>364</v>
+        <v>295</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789753429832</t>
+          <t>9789753427906</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Hayat</t>
+          <t>Kibrit Çöpleri</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789753429726</t>
+          <t>9789753429740</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Yeni İstanbul Çalışmaları</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>454</v>
+        <v>210</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789753429757</t>
+          <t>9789753429573</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Kuytusunda</t>
+          <t>Mezopotamya Üçlemesi: Mahmud ile Yezida - Taziye - Geyikler Lanetler</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>204</v>
+        <v>560</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789753429696</t>
+          <t>9789753429832</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Matmazel Christina</t>
+          <t>Kendine Ait Bir Hayat</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789753429610</t>
+          <t>9789753429726</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Sermayenin Mikropolitikası</t>
+          <t>Yeni İstanbul Çalışmaları</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>306</v>
+        <v>630</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789753429719</t>
+          <t>9789753429757</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>İşçinin Varlık Problemi</t>
+          <t>Ruhun Kuytusunda</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789753429702</t>
+          <t>9789753429696</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Rastgele Ben</t>
+          <t>Matmazel Christina</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789753421065</t>
+          <t>9789753429610</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Bonobo ve Ateist: Primatlar Arasında İnsanı Anlamak</t>
+          <t>Sermayenin Mikropolitikası</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>285</v>
+        <v>425</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789753423908</t>
+          <t>9789753429719</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Melez Bilinç</t>
+          <t>İşçinin Varlık Problemi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>172</v>
+        <v>295</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786053160144</t>
+          <t>9789753429702</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kimin Şehri?</t>
+          <t>Rastgele Ben</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>412</v>
+        <v>295</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053160304</t>
+          <t>9789753421065</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Var Olma Eğilimi</t>
+          <t>Bonobo ve Ateist: Primatlar Arasında İnsanı Anlamak</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>232</v>
+        <v>390</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789753429818</t>
+          <t>9789753423908</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Komünizm: Yeni Bir Başlangıç</t>
+          <t>Melez Bilinç</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>270</v>
+        <v>235</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789753421843</t>
+          <t>9786053160144</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Oidipus Yollarda</t>
+          <t>İstanbul Kimin Şehri?</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>276</v>
+        <v>565</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789753429665</t>
+          <t>9786053160304</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Cahil Hoca</t>
+          <t>Var Olma Eğilimi</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789753426596</t>
+          <t>9789753429818</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Umut Mekanları</t>
+          <t>Komünizm: Yeni Bir Başlangıç</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>376</v>
+        <v>370</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789753426626</t>
+          <t>9789753421843</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>G.</t>
+          <t>Oidipus Yollarda</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>414</v>
+        <v>390</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789753424295</t>
+          <t>9789753429665</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Freud’un Otoanalizi ve Psikanalizin Keşfi</t>
+          <t>Cahil Hoca</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>556</v>
+        <v>260</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789753422536</t>
+          <t>9789753426596</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Fotokopiler</t>
+          <t>Umut Mekanları</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>178</v>
+        <v>525</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789753428644</t>
+          <t>9789753426626</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Fizik Aşkına</t>
+          <t>G.</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>310</v>
+        <v>525</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789753420723</t>
+          <t>9789753424295</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Arası</t>
+          <t>Freud’un Otoanalizi ve Psikanalizin Keşfi</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>292</v>
+        <v>760</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789753427296</t>
+          <t>9789753422536</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Ekim, Saat Sekiz</t>
+          <t>Fotokopiler</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789753424394</t>
+          <t>9789753428644</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Çeşitlilik</t>
+          <t>Fizik Aşkına</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>196</v>
+        <v>425</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789753420525</t>
+          <t>9789753420723</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Cenk Hikayeleri</t>
+          <t>Ekmek Arası</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789753421508</t>
+          <t>9789753427296</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Cariyeler, Bacılar, Yurttaşlar</t>
+          <t>Ekim, Saat Sekiz</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789753427753</t>
+          <t>9789753424394</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Can</t>
+          <t>Cinsel Çeşitlilik</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>192</v>
+        <v>280</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789753426619</t>
+          <t>9789753420525</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Biz Hayır Diyoruz</t>
+          <t>Cenk Hikayeleri</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>232</v>
+        <v>410</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789753428545</t>
+          <t>9789753421508</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Biyokapital</t>
+          <t>Cariyeler, Bacılar, Yurttaşlar</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>382</v>
+        <v>370</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786053160281</t>
+          <t>9789753427753</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Olarak Hayat</t>
+          <t>Can</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>460</v>
+        <v>260</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789753429641</t>
+          <t>9789753426619</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Sözlüğü</t>
+          <t>Biz Hayır Diyoruz</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789753429689</t>
+          <t>9789753428545</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Benim</t>
+          <t>Biyokapital</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>264</v>
+        <v>525</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789753429627</t>
+          <t>9786053160281</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Geleceği Var mı?</t>
+          <t>Siyaset Olarak Hayat</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>290</v>
+        <v>640</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786053160359</t>
+          <t>9789753429641</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Fakir Kene</t>
+          <t>Şeytanın Sözlüğü</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789753425261</t>
+          <t>9789753429689</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Düşmanı</t>
+          <t>Avrupa Benim</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>348</v>
+        <v>370</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789753424851</t>
+          <t>9789753429627</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Doğançay’ın Çınarları</t>
+          <t>Kapitalizmin Geleceği Var mı?</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>124</v>
+        <v>370</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789753428415</t>
+          <t>9786053160359</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Diyojen: Köpek Adam</t>
+          <t>Fakir Kene</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789753428910</t>
+          <t>9789753425261</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Dilin Aynasından</t>
+          <t>Doğanın Düşmanı</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>310</v>
+        <v>495</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789753424622</t>
+          <t>9789753424851</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Dilimiz Dillerimiz</t>
+          <t>Doğançay’ın Çınarları</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>348</v>
+        <v>175</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789753421676</t>
+          <t>9789753428415</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Dil, Doğruluk ve Mantık</t>
+          <t>Diyojen: Köpek Adam</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>222</v>
+        <v>250</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789753420549</t>
+          <t>9789753428910</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Factotum</t>
+          <t>Dilin Aynasından</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>196</v>
+        <v>425</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789753429566</t>
+          <t>9789753424622</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Uçuşan Etekler</t>
+          <t>Dilimiz Dillerimiz</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>135</v>
+        <v>495</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789753429603</t>
+          <t>9789753421676</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Sokrates Karanlıktan Çıkıyor</t>
+          <t>Dil, Doğruluk ve Mantık</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789753429580</t>
+          <t>9789753420549</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Şiddeti</t>
+          <t>Factotum</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>306</v>
+        <v>280</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789753428316</t>
+          <t>9789753429566</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Hegel, Haiti ve Evrensel Tarih</t>
+          <t>Uçuşan Etekler</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789753423007</t>
+          <t>9789753429603</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Haz İlkesinin Ötesinde Ben ve İd</t>
+          <t>Sokrates Karanlıktan Çıkıyor</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>178</v>
+        <v>250</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786053161059</t>
+          <t>9789753429580</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Yaşarken - İkinci Cilt</t>
+          <t>İktidarın Şiddeti</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>550</v>
+        <v>425</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789753425087</t>
+          <t>9789753428316</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Barışı Hayal Etmek</t>
+          <t>Hegel, Haiti ve Evrensel Tarih</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>310</v>
+        <v>295</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789753425636</t>
+          <t>9789753423007</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Greenpeace - Sertifika No: 000358</t>
+          <t>Haz İlkesinin Ötesinde Ben ve İd</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>216</v>
+        <v>250</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789753426787</t>
+          <t>9786053161059</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Işık Sözcükleri</t>
+          <t>Hayatımı Yaşarken - İkinci Cilt</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>252</v>
+        <v>760</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789753420617</t>
+          <t>9789753425087</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Irk, Tarih ve Kültür</t>
+          <t>Barışı Hayal Etmek</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>210</v>
+        <v>425</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789753420259</t>
+          <t>9789753425636</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Irk Ulus Sınıf</t>
+          <t>Greenpeace - Sertifika No: 000358</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>306</v>
+        <v>216</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789753427180</t>
+          <t>9789753426787</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Neden Nasıl Düşünürüz?</t>
+          <t>Işık Sözcükleri</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789753420563</t>
+          <t>9789753420617</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Ne Kitapsız Ne Kedisiz</t>
+          <t>Irk, Tarih ve Kültür</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>156</v>
+        <v>295</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789753421850</t>
+          <t>9789753420259</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Narsizm Üzerine ve Schreber Vakası</t>
+          <t>Irk Ulus Sınıf</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>192</v>
+        <v>425</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789753422819</t>
+          <t>9789753427180</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Sihirbazın Tuzağı</t>
+          <t>Neden Nasıl Düşünürüz?</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789753427869</t>
+          <t>9789753420563</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar ve Hayaletler</t>
+          <t>Ne Kitapsız Ne Kedisiz</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>292</v>
+        <v>235</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789753423533</t>
+          <t>9789753421850</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yolları: Yedi Öykü</t>
+          <t>Narsizm Üzerine ve Schreber Vakası</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>216</v>
+        <v>260</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789753421119</t>
+          <t>9789753422819</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Son Tiryaki</t>
+          <t>Sihirbazın Tuzağı</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>252</v>
+        <v>410</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789753428248</t>
+          <t>9789753427869</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Yarınki Yüzün Cilt: 2 Dans ve Rüya</t>
+          <t>Sınırlar ve Hayaletler</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>345</v>
+        <v>410</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789753427968</t>
+          <t>9789753423533</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Yarınki Yüzün Cilt: 1 Ateş ve Mızrak</t>
+          <t>Hayat Yolları: Yedi Öykü</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>385</v>
+        <v>295</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789753428798</t>
+          <t>9789753421119</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Yarınki Yüzün</t>
+          <t>Son Tiryaki</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>550</v>
+        <v>360</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789753421904</t>
+          <t>9789753428248</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Yaratma Cesareti</t>
+          <t>Yarınki Yüzün Cilt: 2 Dans ve Rüya</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>204</v>
+        <v>425</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789753423816</t>
+          <t>9789753427968</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Sen Gülerken</t>
+          <t>Yarınki Yüzün Cilt: 1 Ateş ve Mızrak</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>180</v>
+        <v>495</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789753420037</t>
+          <t>9789753428798</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Yaz Geçer</t>
+          <t>Yarınki Yüzün</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>148</v>
+        <v>700</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789753426886</t>
+          <t>9789753421904</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Yaşlandıkça Hayat Neden Çabuk Geçer</t>
+          <t>Yaratma Cesareti</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>324</v>
+        <v>280</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789753424271</t>
+          <t>9789753423816</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Savaşları</t>
+          <t>Sen Gülerken</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>148</v>
+        <v>250</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789753422840</t>
+          <t>9789753420037</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>İran: Bir Devrimin Tükenişi</t>
+          <t>Yaz Geçer</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789753422550</t>
+          <t>9789753426886</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Başkaldıran Bedenler</t>
+          <t>Yaşlandıkça Hayat Neden Çabuk Geçer</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>310</v>
+        <v>445</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789753424257</t>
+          <t>9789753424271</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Biz Toprağı Bilirdik!</t>
+          <t>Yıldız Savaşları</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>238</v>
+        <v>148</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789753424608</t>
+          <t>9789753422840</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Mavi Akım</t>
+          <t>İran: Bir Devrimin Tükenişi</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>310</v>
+        <v>370</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789753423748</t>
+          <t>9789753422550</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Ten ve Taş</t>
+          <t>Başkaldıran Bedenler</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>418</v>
+        <v>425</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789753429290</t>
+          <t>9789753424257</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Tarih: Sondan Bir Önceki Şeyler</t>
+          <t>Biz Toprağı Bilirdik!</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>276</v>
+        <v>238</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789753421386</t>
+          <t>9789753424608</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Yatak</t>
+          <t>Mavi Akım</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>222</v>
+        <v>310</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789753421164</t>
+          <t>9789753423748</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Dağdakiler</t>
+          <t>Ten ve Taş</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>204</v>
+        <v>570</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789753426404</t>
+          <t>9789753429290</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Dağ</t>
+          <t>Tarih: Sondan Bir Önceki Şeyler</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789753422666</t>
+          <t>9789753421386</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Çürümenin Kitabı</t>
+          <t>Dağınık Yatak</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>222</v>
+        <v>310</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789753421591</t>
+          <t>9789753421164</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Tekeşlilik</t>
+          <t>Dağdakiler</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>184</v>
+        <v>280</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789753420969</t>
+          <t>9789753426404</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Tek Tanrılı Dinler Karşısında Kadın</t>
+          <t>Dağ</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>330</v>
+        <v>295</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789753429597</t>
+          <t>9789753422666</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Güçlünün Silahı</t>
+          <t>Çürümenin Kitabı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>292</v>
+        <v>310</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789753429559</t>
+          <t>9789753421591</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>İskambil Destesi</t>
+          <t>Tekeşlilik</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>172</v>
+        <v>260</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789753422208</t>
+          <t>9789753420969</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Bu Tufandan Sonra</t>
+          <t>Tek Tanrılı Dinler Karşısında Kadın</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>210</v>
+        <v>410</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789753425346</t>
+          <t>9789753429597</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Bu Kabuslar Neden Cemil?</t>
+          <t>Güçlünün Silahı</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>258</v>
+        <v>410</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789753423892</t>
+          <t>9789753429559</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Antigone</t>
+          <t>İskambil Destesi</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>336</v>
+        <v>235</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789753424929</t>
+          <t>9789753422208</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Anneannem</t>
+          <t>Bu Tufandan Sonra</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>188</v>
+        <v>295</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789753427494</t>
+          <t>9789753425346</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsan Bulmak Zor</t>
+          <t>Bu Kabuslar Neden Cemil?</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>304</v>
+        <v>360</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789753428941</t>
+          <t>9789753423892</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>İsyan, Devrim, Eleştiri</t>
+          <t>Antigone</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>292</v>
+        <v>425</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789753426688</t>
+          <t>9789753424929</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Modernizm İdeolojisi</t>
+          <t>Anneannem</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>414</v>
+        <v>235</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789753427425</t>
+          <t>9789753427494</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Modern Zamanın Tarihi</t>
+          <t>İyi İnsan Bulmak Zor</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>292</v>
+        <v>390</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789753425810</t>
+          <t>9789753428941</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Modern Toplumsal Tahayyüller</t>
+          <t>İsyan, Devrim, Eleştiri</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>238</v>
+        <v>410</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789753421942</t>
+          <t>9789753426688</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Modern Mahrem</t>
+          <t>Modernizm İdeolojisi</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>232</v>
+        <v>580</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789753427876</t>
+          <t>9789753427425</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Estetik</t>
+          <t>Modern Zamanın Tarihi</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>210</v>
+        <v>410</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789753428200</t>
+          <t>9789753425810</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Başka Aşklar</t>
+          <t>Modern Toplumsal Tahayyüller</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>156</v>
+        <v>340</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789753426817</t>
+          <t>9789753421942</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Barbarları Beklerken</t>
+          <t>Modern Mahrem</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>276</v>
+        <v>320</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789753420624</t>
+          <t>9789753427876</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Balıkçıl Gözü</t>
+          <t>Başka Bir Estetik</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>204</v>
+        <v>295</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789753426282</t>
+          <t>9789753428200</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Bakış ve Ses</t>
+          <t>Başka Aşklar</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>192</v>
+        <v>210</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789753428019</t>
+          <t>9789753426817</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Bahisleri Yükseltmek</t>
+          <t>Barbarları Beklerken</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>306</v>
+        <v>390</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789753428286</t>
+          <t>9789753420624</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Leibniz: Mümkün Dünyaların En İyisi</t>
+          <t>Balıkçıl Gözü</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789753427340</t>
+          <t>9789753426282</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Lavinia</t>
+          <t>Bakış ve Ses</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>306</v>
+        <v>260</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789753428224</t>
+          <t>9789753428019</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Lao-Tzu: Ejderhanın Yolu</t>
+          <t>Bahisleri Yükseltmek</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>180</v>
+        <v>425</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789753428538</t>
+          <t>9789753428286</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Lanet Olsun Zaman Nehrine</t>
+          <t>Leibniz: Mümkün Dünyaların En İyisi</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>216</v>
+        <v>250</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789753420341</t>
+          <t>9789753427340</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Lal Masallar</t>
+          <t>Lavinia</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>180</v>
+        <v>425</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789753423373</t>
+          <t>9789753428224</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Minnacık Bir Dev</t>
+          <t>Lao-Tzu: Ejderhanın Yolu</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>334</v>
+        <v>250</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789753422154</t>
+          <t>9789753428538</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Dehşetler ve Uzmanlar</t>
+          <t>Lanet Olsun Zaman Nehrine</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789753429962</t>
+          <t>9789753420341</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Ara Tonlar</t>
+          <t>Lal Masallar</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>238</v>
+        <v>250</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789753429849</t>
+          <t>9789753423373</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Platon’un Devleti</t>
+          <t>Minnacık Bir Dev</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>414</v>
+        <v>334</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789753429498</t>
+          <t>9789753422154</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Denizadamı</t>
+          <t>Dehşetler ve Uzmanlar</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>258</v>
+        <v>250</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789753428767</t>
+          <t>9789753429962</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Grapon Kağıtları</t>
+          <t>Ara Tonlar</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789753427715</t>
+          <t>9789753429849</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>GraceLand</t>
+          <t>Platon’un Devleti</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>364</v>
+        <v>580</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789753424431</t>
+          <t>9789753429498</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Gözlemcinin Teknikleri</t>
+          <t>Denizadamı</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>216</v>
+        <v>360</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789753421546</t>
+          <t>9789753428767</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Ateşler</t>
+          <t>Grapon Kağıtları</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>172</v>
+        <v>175</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789753429160</t>
+          <t>9789753427715</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Artemisia</t>
+          <t>GraceLand</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>276</v>
+        <v>510</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789753429542</t>
+          <t>9789753424431</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Tarih Nasıl Yazılır?</t>
+          <t>Gözlemcinin Teknikleri</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>432</v>
+        <v>295</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789753429917</t>
+          <t>9789753421546</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein'ın Gergedanı</t>
+          <t>Ateşler</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>180</v>
+        <v>235</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789753424844</t>
+          <t>9789753429160</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Bolşevik Devrimi Cilt: 3</t>
+          <t>Artemisia</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>580</v>
+        <v>390</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789753421645</t>
+          <t>9789753429542</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Bolşevik Devrimi Cilt: 2</t>
+          <t>Tarih Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>415</v>
+        <v>600</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789753429504</t>
+          <t>9789753429917</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'da Devlet ve İktidar</t>
+          <t>Wittgenstein'ın Gergedanı</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>222</v>
+        <v>250</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789753429511</t>
+          <t>9789753424844</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Seçme İkilemi</t>
+          <t>Bolşevik Devrimi Cilt: 3</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>202</v>
+        <v>735</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789753427586</t>
+          <t>9789753421645</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Ne Alemde?</t>
+          <t>Bolşevik Devrimi Cilt: 2</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>178</v>
+        <v>525</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789753421553</t>
+          <t>9789753429504</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul’un Bilinci</t>
+          <t>Ortadoğu'da Devlet ve İktidar</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>368</v>
+        <v>320</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789753421256</t>
+          <t>9789753429511</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>De ki İşte</t>
+          <t>Seçme İkilemi</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>216</v>
+        <v>260</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789753426435</t>
+          <t>9789753427586</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Körlük ve İçgörü</t>
+          <t>Demokrasi Ne Alemde?</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>364</v>
+        <v>250</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789753424899</t>
+          <t>9789753421553</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Kör Ayna, Kayıp Şark</t>
+          <t>Deli Dumrul’un Bilinci</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>270</v>
+        <v>510</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789753425841</t>
+          <t>9789753421256</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Kör Alan ve Dekadrajlar</t>
+          <t>De ki İşte</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>238</v>
+        <v>280</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786053160465</t>
+          <t>9789753426435</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Ortak Lüks</t>
+          <t>Körlük ve İçgörü</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>210</v>
+        <v>510</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789753428149</t>
+          <t>9789753424899</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Profesör Kant’ın En Çılgın Günü</t>
+          <t>Kör Ayna, Kayıp Şark</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789753421621</t>
+          <t>9789753425841</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Postmodernliğin Durumu</t>
+          <t>Kör Alan ve Dekadrajlar</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>455</v>
+        <v>340</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789753427593</t>
+          <t>9786053160465</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Zamane</t>
+          <t>Ortak Lüks</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>156</v>
+        <v>295</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789753421812</t>
+          <t>9789753428149</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Yüzüklerin Efendisi İkinci Kısım İki Kule</t>
+          <t>Profesör Kant’ın En Çılgın Günü</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>480</v>
+        <v>250</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789753427449</t>
+          <t>9789753421621</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Çevengur</t>
+          <t>Postmodernliğin Durumu</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>414</v>
+        <v>580</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789753423243</t>
+          <t>9789753427593</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Çengelköy Defteri</t>
+          <t>Zamane</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>168</v>
+        <v>210</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789753426534</t>
+          <t>9789753421812</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Çatışan Feminizmler</t>
+          <t>Yüzüklerin Efendisi İkinci Kısım İki Kule</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>238</v>
+        <v>600</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789753429535</t>
+          <t>9789753427449</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Yere Düşen Dualar</t>
+          <t>Çevengur</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>316</v>
+        <v>580</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789753429481</t>
+          <t>9789753423243</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Düşlenen Ülke</t>
+          <t>Çengelköy Defteri</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789753426701</t>
+          <t>9789753426534</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlığın Dönüşümü</t>
+          <t>Çatışan Feminizmler</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>292</v>
+        <v>340</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789753424530</t>
+          <t>9789753429535</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Varoluş ve Psikiyatri</t>
+          <t>Yere Düşen Dualar</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>238</v>
+        <v>445</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789753429436</t>
+          <t>9789753429481</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Yamyamız</t>
+          <t>Düşlenen Ülke</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789753429344</t>
+          <t>9789753426701</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Mim Savaşları</t>
+          <t>Vatandaşlığın Dönüşümü</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>480</v>
+        <v>410</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789753429429</t>
+          <t>9789753424530</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Napolyon’un Düğmeleri</t>
+          <t>Varoluş ve Psikiyatri</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>382</v>
+        <v>340</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789753429450</t>
+          <t>9789753429436</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Arasında</t>
+          <t>Hepimiz Yamyamız</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>248</v>
+        <v>295</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789753429443</t>
+          <t>9789753429344</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Asker</t>
+          <t>Mim Savaşları</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>196</v>
+        <v>650</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789753429467</t>
+          <t>9789753429429</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Endişe Nehri Geçiyor</t>
+          <t>Napolyon’un Düğmeleri</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>232</v>
+        <v>525</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789753421638</t>
+          <t>9789753429450</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Metinler Kitabı</t>
+          <t>Kadınlar Arasında</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>184</v>
+        <v>340</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789753420679</t>
+          <t>9789753429443</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Metal</t>
+          <t>Merhaba Asker</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>168</v>
+        <v>280</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789753425513</t>
+          <t>9789753429467</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Metafor Olarak Mimari</t>
+          <t>Endişe Nehri Geçiyor</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>248</v>
+        <v>320</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789753428859</t>
+          <t>9789753421638</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Aşkı</t>
+          <t>Metinler Kitabı</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789753427234</t>
+          <t>9789753420679</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Sokak Güzeldir</t>
+          <t>Metal</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>405</v>
+        <v>235</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789753427708</t>
+          <t>9789753425513</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Kazı</t>
+          <t>Metafor Olarak Mimari</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789753423212</t>
+          <t>9789753428859</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Büfe</t>
+          <t>Sokrates’in Aşkı</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>368</v>
+        <v>250</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789753422635</t>
+          <t>9789753427234</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Siyaset, Sosyoloji ve Toplumsal Teori</t>
+          <t>Sokak Güzeldir</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>324</v>
+        <v>565</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789753429658</t>
+          <t>9789753427708</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Vahşi Dünya</t>
+          <t>Soğuk Kazı</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789753429528</t>
+          <t>9789753423212</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Yersiz Yurtsuz</t>
+          <t>Soğuk Büfe</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>398</v>
+        <v>510</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789753426671</t>
+          <t>9789753422635</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Ülkelerine Yolculuk</t>
+          <t>Siyaset, Sosyoloji ve Toplumsal Teori</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>248</v>
+        <v>445</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789753428613</t>
+          <t>9789753429658</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün İcadı 1700-1789 ve Aklın Amblemleri</t>
+          <t>Muhteşem Vahşi Dünya</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>412</v>
+        <v>295</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789753429474</t>
+          <t>9789753429528</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çevirileri</t>
+          <t>Yersiz Yurtsuz</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>165</v>
+        <v>545</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789753429399</t>
+          <t>9789753426671</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Erasmus ve Deliliğin Zilleri</t>
+          <t>Pamuk Ülkelerine Yolculuk</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789753429801</t>
+          <t>9789753428613</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Seküler Yaşam ve Şifacılık</t>
+          <t>Özgürlüğün İcadı 1700-1789 ve Aklın Amblemleri</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>324</v>
+        <v>565</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789753429276</t>
+          <t>9789753429474</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>İmansızların İmanı</t>
+          <t>Şiir Çevirileri</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>330</v>
+        <v>235</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786053160298</t>
+          <t>9789753429399</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Akademik Aklın Eleştirisi</t>
+          <t>Erasmus ve Deliliğin Zilleri</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789753425742</t>
+          <t>9789753429801</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Düşü</t>
+          <t>Seküler Yaşam ve Şifacılık</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>270</v>
+        <v>445</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789753426114</t>
+          <t>9789753429276</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Genç Işık</t>
+          <t>İmansızların İmanı</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>216</v>
+        <v>410</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789753427807</t>
+          <t>9786053160298</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Gelecek</t>
+          <t>Akademik Aklın Eleştirisi</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>172</v>
+        <v>425</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789753429405</t>
+          <t>9789753425742</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>189 Sayfa</t>
+          <t>Gençlik Düşü</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>232</v>
+        <v>370</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789753429412</t>
+          <t>9789753426114</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Devrimleri Yazmak</t>
+          <t>Genç Işık</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>246</v>
+        <v>295</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789753429382</t>
+          <t>9789753427807</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Reddediyorum</t>
+          <t>Gelecek</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>270</v>
+        <v>235</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789753429269</t>
+          <t>9789753429405</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Üzerine</t>
+          <t>189 Sayfa</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>192</v>
+        <v>320</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789753426299</t>
+          <t>9789753429412</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Üç Bayrak Altında</t>
+          <t>Devrimleri Yazmak</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>324</v>
+        <v>340</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789753422376</t>
+          <t>9789753429382</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Üç Aynalı Kırk Oda</t>
+          <t>Reddediyorum</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>412</v>
+        <v>370</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789753422260</t>
+          <t>9789753429269</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Uzun Sürmüş Bir Günün Akşamı</t>
+          <t>Kaygı Üzerine</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>216</v>
+        <v>260</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789753420914</t>
+          <t>9789753426299</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Uzak</t>
+          <t>Üç Bayrak Altında</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>180</v>
+        <v>445</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789753422062</t>
+          <t>9789753422376</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Huzursuzluğu</t>
+          <t>Üç Aynalı Kırk Oda</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>156</v>
+        <v>565</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789753429092</t>
+          <t>9789753422260</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Fanatizm</t>
+          <t>Uzun Sürmüş Bir Günün Akşamı</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>324</v>
+        <v>280</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789753429351</t>
+          <t>9789753420914</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Metis</t>
+          <t>Uzak</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>252</v>
+        <v>250</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789753429306</t>
+          <t>9789753422062</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Sultan ve Şair</t>
+          <t>Uygarlığın Huzursuzluğu</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>124</v>
+        <v>210</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789753429245</t>
+          <t>9789753429092</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Yeni Organlar, Yeni Hayatlar: Organ Nakli, Ahlak ve Ekonomi</t>
+          <t>Fanatizm</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>292</v>
+        <v>445</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789753428354</t>
+          <t>9789753429351</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Perspektif: Simgesel Bir Biçim</t>
+          <t>Metis</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>216</v>
+        <v>280</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789753420822</t>
+          <t>9789753429306</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu İçin Pratik Elkitabı</t>
+          <t>Sultan ve Şair</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>168</v>
+        <v>175</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789753421041</t>
+          <t>9789753429245</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Güzel Tehlike</t>
+          <t>Yeni Organlar, Yeni Hayatlar: Organ Nakli, Ahlak ve Ekonomi</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>124</v>
+        <v>410</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789753421881</t>
+          <t>9789753428354</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Dün Bugün Jacgues Lacan</t>
+          <t>Perspektif: Simgesel Bir Biçim</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>138</v>
+        <v>295</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789753429214</t>
+          <t>9789753420822</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Ceza ve Adalet</t>
+          <t>Oyuncu İçin Pratik Elkitabı</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>334</v>
+        <v>235</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789753423397</t>
+          <t>9789753421041</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Cinsiyet</t>
+          <t>Güzel Tehlike</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>316</v>
+        <v>175</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789753429337</t>
+          <t>9789753421881</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Direniş ve Umut: Reha İsvan</t>
+          <t>Dün Bugün Jacgues Lacan</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>232</v>
+        <v>190</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789753423861</t>
+          <t>9789753429214</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizin Dört Temel Kavramı</t>
+          <t>Ceza ve Adalet</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>348</v>
+        <v>470</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789753429238</t>
+          <t>9789753423397</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Utanç Duyuyorum!</t>
+          <t>Siyaset ve Cinsiyet</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>382</v>
+        <v>445</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789753424707</t>
+          <t>9789753429337</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Kışladan Anayasaya Ordu</t>
+          <t>Direniş ve Umut: Reha İsvan</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>252</v>
+        <v>320</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9799753424744</t>
+          <t>9789753423861</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Hadi Bunu Küresel-leştirin!</t>
+          <t>Psikanalizin Dört Temel Kavramı</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>252</v>
+        <v>445</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789753428040</t>
+          <t>9789753429238</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Tereddüt Üzerine</t>
+          <t>Utanç Duyuyorum!</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>178</v>
+        <v>525</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789753427838</t>
+          <t>9789753424707</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Tepelitaklak</t>
+          <t>Kışladan Anayasaya Ordu</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>285</v>
+        <v>252</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789753428996</t>
+          <t>9799753424744</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Pratik Üzerine Bir Tartışma (1956)</t>
+          <t>Hadi Bunu Küresel-leştirin!</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>130</v>
+        <v>252</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789753428262</t>
+          <t>9789753428040</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Temize Havale</t>
+          <t>Tereddüt Üzerine</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>232</v>
+        <v>250</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789753420938</t>
+          <t>9789753427838</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Tehanu</t>
+          <t>Tepelitaklak</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>278</v>
+        <v>285</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789753420655</t>
+          <t>9789753428996</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Şiddeti Anlamak</t>
+          <t>Teori ve Pratik Üzerine Bir Tartışma (1956)</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>248</v>
+        <v>175</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789753420143</t>
+          <t>9789753428262</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Üçlemesi 2: Taziye</t>
+          <t>Temize Havale</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>124</v>
+        <v>320</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789753427166</t>
+          <t>9789753420938</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Taşa Bağlarım Zamanı</t>
+          <t>Tehanu</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>124</v>
+        <v>360</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789753427777</t>
+          <t>9789753420655</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Çıkan Siyaset</t>
+          <t>Cinsel Şiddeti Anlamak</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>252</v>
+        <v>340</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789753421270</t>
+          <t>9789753420143</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Kapitalizm ve Kapitalist Uygarlık</t>
+          <t>Mezopotamya Üçlemesi 2: Taziye</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>192</v>
+        <v>175</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789753422215</t>
+          <t>9789753427166</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Bunalım ve İnsan</t>
+          <t>Taşa Bağlarım Zamanı</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>232</v>
+        <v>175</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789753424196</t>
+          <t>9789753427777</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Cinsiyeti</t>
+          <t>Tarihten Çıkan Siyaset</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789753424875</t>
+          <t>9789753421270</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Bilinçdışı</t>
+          <t>Tarihsel Kapitalizm ve Kapitalist Uygarlık</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>216</v>
+        <v>260</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789753428071</t>
+          <t>9789753422215</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Adları</t>
+          <t>Tarihsel Bunalım ve İnsan</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>184</v>
+        <v>320</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789753426183</t>
+          <t>9789753424196</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Tahta Saplı Bıçak</t>
+          <t>Tarihin Cinsiyeti</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>252</v>
+        <v>370</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789753427036</t>
+          <t>9789753424875</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Tahta Gözler</t>
+          <t>Tarihin Bilinçdışı</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789753424110</t>
+          <t>9789753428071</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Şizoid Görüngü Nesne İlişkileri ve Kendilik</t>
+          <t>Tarihin Adları</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>358</v>
+        <v>260</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789753429115</t>
+          <t>9789753426183</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Şifrepunk</t>
+          <t>Tahta Saplı Bıçak</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789753427371</t>
+          <t>9789753427036</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Eleştirisi Üzerine</t>
+          <t>Tahta Gözler</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>342</v>
+        <v>410</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789753426503</t>
+          <t>9789753424110</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Şeyleşme</t>
+          <t>Şizoid Görüngü Nesne İlişkileri ve Kendilik</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>358</v>
+        <v>495</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789753421973</t>
+          <t>9789753429115</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Şeyler</t>
+          <t>Şifrepunk</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>182</v>
+        <v>295</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789753423847</t>
+          <t>9789753427371</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Şeyh ve Arzu</t>
+          <t>Şiddetin Eleştirisi Üzerine</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>216</v>
+        <v>470</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789753426794</t>
+          <t>9789753426503</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Şeffaf Zihinler</t>
+          <t>Şeyleşme</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>310</v>
+        <v>495</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789753425391</t>
+          <t>9789753421973</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Şakird</t>
+          <t>Şeyler</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>252</v>
+        <v>235</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789753428088</t>
+          <t>9789753423847</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Şairin Romanı</t>
+          <t>Şeyh ve Arzu</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>572</v>
+        <v>295</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789753429146</t>
+          <t>9789753426794</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Süreç mi Yaradılış mı?</t>
+          <t>Şeffaf Zihinler</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>276</v>
+        <v>425</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789753427098</t>
+          <t>9789753425391</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Susanlar</t>
+          <t>Şakird</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>276</v>
+        <v>252</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789753426268</t>
+          <t>9789753428088</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Su Diyarı</t>
+          <t>Şairin Romanı</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>358</v>
+        <v>790</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789753427951</t>
+          <t>9789753429146</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Stüdyo Kayıtları</t>
+          <t>Süreç mi Yaradılış mı?</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>306</v>
+        <v>390</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789753420747</t>
+          <t>9789753427098</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Sözlü ve Yazılı Kültür</t>
+          <t>Susanlar</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>258</v>
+        <v>390</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789753427081</t>
+          <t>9789753426268</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Söylemek ve Yapmak</t>
+          <t>Su Diyarı</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>232</v>
+        <v>495</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789753423885</t>
+          <t>9789753427951</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeci Fantaziler</t>
+          <t>Stüdyo Kayıtları</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>232</v>
+        <v>425</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789753422222</t>
+          <t>9789753420747</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimleri Yeniden Düşünmek</t>
+          <t>Sözlü ve Yazılı Kültür</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>348</v>
+        <v>370</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789753420990</t>
+          <t>9789753427081</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimleri Açın</t>
+          <t>Söylemek ve Yapmak</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>156</v>
+        <v>320</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789753425629</t>
+          <t>9789753423885</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Düşünce</t>
+          <t>Sömürgeci Fantaziler</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>184</v>
+        <v>320</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789753420532</t>
+          <t>9789753422222</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Son İstanbul</t>
+          <t>Sosyal Bilimleri Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>232</v>
+        <v>495</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789753420105</t>
+          <t>9789753420990</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Son Bakışta Aşk</t>
+          <t>Sosyal Bilimleri Açın</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>238</v>
+        <v>210</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789753427890</t>
+          <t>9789753425629</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Son Adım</t>
+          <t>Sonsuz Düşünce</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>286</v>
+        <v>260</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789753428446</t>
+          <t>9789753420532</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Solo</t>
+          <t>Son İstanbul</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>368</v>
+        <v>320</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789753422963</t>
+          <t>9789753420105</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Arayışı</t>
+          <t>Son Bakışta Aşk</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789753426206</t>
+          <t>9789753427890</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Siyasalın Kıyısında</t>
+          <t>Son Adım</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789753425971</t>
+          <t>9789753428446</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Kavramı</t>
+          <t>Solo</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>204</v>
+        <v>510</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789753420457</t>
+          <t>9789753422963</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamın İflası</t>
+          <t>Siyaset Arayışı</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>285</v>
+        <v>370</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789753420709</t>
+          <t>9789753426206</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Sistem Karşıtı Hareketler</t>
+          <t>Siyasalın Kıyısında</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>184</v>
+        <v>295</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789753424363</t>
+          <t>9789753425971</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Göstergeler ve Anlam</t>
+          <t>Siyasal Kavramı</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789753426015</t>
+          <t>9789753420457</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Sınır Durumlar ve Patolojik Narsisizm</t>
+          <t>Siyasal İslamın İflası</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>348</v>
+        <v>390</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789753421959</t>
+          <t>9789753420709</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Noktasındaki Kadın</t>
+          <t>Sistem Karşıtı Hareketler</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>182</v>
+        <v>260</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789753425209</t>
+          <t>9789753424363</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Seyyar</t>
+          <t>Sinemada Göstergeler ve Anlam</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>222</v>
+        <v>370</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789753427500</t>
+          <t>9789753426015</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Serbest Düşüş</t>
+          <t>Sınır Durumlar ve Patolojik Narsisizm</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>306</v>
+        <v>495</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789753427692</t>
+          <t>9789753421959</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Semih Vaner Anısına Avrupa Birliği, Demokrasi ve Laiklik</t>
+          <t>Sıfır Noktasındaki Kadın</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>285</v>
+        <v>235</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789753426367</t>
+          <t>9789753425209</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Sekülerliğin Biçimleri</t>
+          <t>Seyyar</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>334</v>
+        <v>320</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789753428651</t>
+          <t>9789753427500</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Seküler ve Dinsel: Aşınan Sınırlar</t>
+          <t>Serbest Düşüş</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>210</v>
+        <v>425</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789753427739</t>
+          <t>9789753427692</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Seferis ile Üvez</t>
+          <t>Semih Vaner Anısına Avrupa Birliği, Demokrasi ve Laiklik</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>232</v>
+        <v>390</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789753426640</t>
+          <t>9789753426367</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Schrödinger’in Yavru Kedileri</t>
+          <t>Sekülerliğin Biçimleri</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>310</v>
+        <v>470</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789753425193</t>
+          <t>9789753428651</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Schrödinger’in Kedisinin Peşinde</t>
+          <t>Seküler ve Dinsel: Aşınan Sınırlar</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>310</v>
+        <v>295</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789753425124</t>
+          <t>9789753427739</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Sayıklamalar</t>
+          <t>Seferis ile Üvez</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>232</v>
+        <v>320</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789753428231</t>
+          <t>9789753426640</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Sayı: Bilimin Dili</t>
+          <t>Schrödinger’in Yavru Kedileri</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>342</v>
+        <v>425</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789753427227</t>
+          <t>9789753425193</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Savunma Saldırıyor</t>
+          <t>Schrödinger’in Kedisinin Peşinde</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>172</v>
+        <v>425</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789753422734</t>
+          <t>9789753425124</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Sapıklıklarda ve Kişilik Bozukluklarında Saldırganlık</t>
+          <t>Sayıklamalar</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>368</v>
+        <v>320</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789753425414</t>
+          <t>9789753428231</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Sonu</t>
+          <t>Sayı: Bilimin Dili</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>252</v>
+        <v>470</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789753422178</t>
+          <t>9789753427227</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Sanatçı: Örnek Bir Çilekeş</t>
+          <t>Savunma Saldırıyor</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789753420013</t>
+          <t>9789753422734</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Sahtiyan</t>
+          <t>Sapıklıklarda ve Kişilik Bozukluklarında Saldırganlık</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>184</v>
+        <v>510</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789753428378</t>
+          <t>9789753425414</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Sahicilik Jargonu</t>
+          <t>Sanatın Sonu</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>180</v>
+        <v>360</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789753429139</t>
+          <t>9789753422178</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Sahibinin Sesi</t>
+          <t>Sanatçı: Örnek Bir Çilekeş</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>232</v>
+        <v>295</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789753423809</t>
+          <t>9789753420013</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Sağ ve Solun Ötesinde Radikal Politikaların Geleceği</t>
+          <t>Sahtiyan</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789753426084</t>
+          <t>9789753428378</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Saflık ve Tehlike</t>
+          <t>Sahicilik Jargonu</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>284</v>
+        <v>250</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789753425308</t>
+          <t>9789753429139</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlara Söyleyen</t>
+          <t>Sahibinin Sesi</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>252</v>
+        <v>320</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789753427913</t>
+          <t>9789753423809</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Rüyanın Öte Yakası</t>
+          <t>Sağ ve Solun Ötesinde Radikal Politikaların Geleceği</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>252</v>
+        <v>410</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789753428835</t>
+          <t>9789753426084</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Ruh İşbaşında</t>
+          <t>Saflık ve Tehlike</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>232</v>
+        <v>360</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789753423083</t>
+          <t>9789753425308</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Romantik Yalan ve Romansal Hakikat</t>
+          <t>Rüzgarlara Söyleyen</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>276</v>
+        <v>360</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789753426152</t>
+          <t>9789753427913</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Romanın Yükselişi</t>
+          <t>Rüyanın Öte Yakası</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>382</v>
+        <v>360</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789753424066</t>
+          <t>9789753428835</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Roman Kuramı</t>
+          <t>Ruh İşbaşında</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>196</v>
+        <v>320</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789753421768</t>
+          <t>9789753423083</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Roman Gibi</t>
+          <t>Romantik Yalan ve Romansal Hakikat</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>192</v>
+        <v>390</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789753420921</t>
+          <t>9789753426152</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Rocannon’un Dünyası</t>
+          <t>Romanın Yükselişi</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>180</v>
+        <v>525</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789753421300</t>
+          <t>9789753424066</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Ressamın İkinci Sözleşmesi Murathan Mungan’ın Seçtikleriyle</t>
+          <t>Roman Kuramı</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>204</v>
+        <v>280</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789753426336</t>
+          <t>9789753421768</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Rahimdeki Ot</t>
+          <t>Roman Gibi</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>124</v>
+        <v>260</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789753425179</t>
+          <t>9789753420921</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Radyonun Sihirli Kapısı</t>
+          <t>Rocannon’un Dünyası</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>382</v>
+        <v>250</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789753426046</t>
+          <t>9789753421300</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Pulbiber Mahallesi</t>
+          <t>Ressamın İkinci Sözleşmesi Murathan Mungan’ın Seçtikleriyle</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789753424516</t>
+          <t>9789753426336</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Psikodinamik Psikiyatri ve Normaldışı Davranışlar</t>
+          <t>Rahimdeki Ot</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>310</v>
+        <v>175</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789753424639</t>
+          <t>9789753425179</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Sonrası</t>
+          <t>Radyonun Sihirli Kapısı</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>348</v>
+        <v>525</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789753423151</t>
+          <t>9789753426046</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Proust</t>
+          <t>Pulbiber Mahallesi</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>142</v>
+        <v>235</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789753423359</t>
+          <t>9789753424516</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Poetikaya Giriş</t>
+          <t>Psikodinamik Psikiyatri ve Normaldışı Davranışlar</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>172</v>
+        <v>425</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789753428293</t>
+          <t>9789753424639</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Paul Ricoeur’ün Baykuşu</t>
+          <t>Psikanaliz ve Sonrası</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>180</v>
+        <v>495</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789753421362</t>
+          <t>9789753423151</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Paranın Cinleri</t>
+          <t>Proust</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>156</v>
+        <v>190</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789753427760</t>
+          <t>9789753423359</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Özgürleşen Seyirci</t>
+          <t>Poetikaya Giriş</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>178</v>
+        <v>235</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789753424417</t>
+          <t>9789753428293</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Öteki, Düşman, Olay</t>
+          <t>Paul Ricoeur’ün Baykuşu</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>364</v>
+        <v>250</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789753424615</t>
+          <t>9789753421362</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Öteki Rüzgar</t>
+          <t>Paranın Cinleri</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>284</v>
+        <v>210</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789753422529</t>
+          <t>9789753427760</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Öteki Metinler</t>
+          <t>Özgürleşen Seyirci</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>192</v>
+        <v>250</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789753420556</t>
+          <t>9789753424417</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Örtülü Kimlik</t>
+          <t>Öteki, Düşman, Olay</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>192</v>
+        <v>510</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789753421799</t>
+          <t>9789753424615</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Gömdüm, Geliyorum</t>
+          <t>Öteki Rüzgar</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>252</v>
+        <v>360</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789753423823</t>
+          <t>9789753422529</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Ölen Bir Kültür Üzerine İncelemeler</t>
+          <t>Öteki Metinler</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>358</v>
+        <v>260</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789753421577</t>
+          <t>9789753420556</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Oyunlar, İntiharlar, Şarkılar</t>
+          <t>Örtülü Kimlik</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>150</v>
+        <v>192</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789753421805</t>
+          <t>9789753421799</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Oyun ve Gerçeklik</t>
+          <t>Ölümü Gömdüm, Geliyorum</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>238</v>
+        <v>360</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789753426107</t>
+          <t>9789753423823</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Oyun Dürtüsü</t>
+          <t>Ölen Bir Kültür Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>474</v>
+        <v>495</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789753420891</t>
+          <t>9789753421577</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıya Dair Hikayat</t>
+          <t>Oyunlar, İntiharlar, Şarkılar</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>168</v>
+        <v>210</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789753420440</t>
+          <t>9789753421805</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kadın Hareketi</t>
+          <t>Oyun ve Gerçeklik</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789753420419</t>
+          <t>9789753426107</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Omayra</t>
+          <t>Oyun Dürtüsü</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>178</v>
+        <v>660</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789753424233</t>
+          <t>9789753420891</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Olmayalı</t>
+          <t>Osmanlıya Dair Hikayat</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>196</v>
+        <v>235</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789753425117</t>
+          <t>9789753420440</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Ol / An</t>
+          <t>Osmanlı Kadın Hareketi</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>252</v>
+        <v>620</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789753424165</t>
+          <t>9789753420419</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Okumanın Halleri</t>
+          <t>Omayra</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>188</v>
+        <v>250</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789753420211</t>
+          <t>9789753424233</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Oda, Poster ve Şeylerin Kederi</t>
+          <t>Olmayalı</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789753422161</t>
+          <t>9789753425117</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>O Ana Adanmış</t>
+          <t>Ol / An</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>238</v>
+        <v>360</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789753427463</t>
+          <t>9789753424165</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Nostaljinin Geleceği</t>
+          <t>Okumanın Halleri</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>498</v>
+        <v>235</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789753428774</t>
+          <t>9789753420211</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Ninoçka</t>
+          <t>Oda, Poster ve Şeylerin Kederi</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>342</v>
+        <v>175</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789753427043</t>
+          <t>9789753422161</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Nesir Fikri</t>
+          <t>O Ana Adanmış</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>196</v>
+        <v>340</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789753428347</t>
+          <t>9789753427463</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm ve Mahremiyet</t>
+          <t>Nostaljinin Geleceği</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>306</v>
+        <v>700</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789753427173</t>
+          <t>9789753428774</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Neil’in Beyniyle Konuşmalar</t>
+          <t>Ninoçka</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>376</v>
+        <v>470</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789753426770</t>
+          <t>9789753427043</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Nedenselliğin Kültürel Tarihi</t>
+          <t>Nesir Fikri</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>570</v>
+        <v>280</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789753428026</t>
+          <t>9789753428347</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Neden Psikanaliz?</t>
+          <t>Neoliberalizm ve Mahremiyet</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>142</v>
+        <v>306</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789753420686</t>
+          <t>9789753427173</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Narla İncire Gazel</t>
+          <t>Neil’in Beyniyle Konuşmalar</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>184</v>
+        <v>525</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789753421584</t>
+          <t>9789753426770</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Balığı</t>
+          <t>Nedenselliğin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>148</v>
+        <v>710</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789753425285</t>
+          <t>9789753428026</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Mülksüzler</t>
+          <t>Neden Psikanaliz?</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>358</v>
+        <v>190</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789753421980</t>
+          <t>9789753420686</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler ve İdeoloji</t>
+          <t>Narla İncire Gazel</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>238</v>
+        <v>260</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789753425704</t>
+          <t>9789753421584</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk, Ölüm ve Yaşamın Artakalanı</t>
+          <t>Mürekkep Balığı</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>196</v>
+        <v>210</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789753427364</t>
+          <t>9789753425285</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Peşinde</t>
+          <t>Mülksüzler</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>376</v>
+        <v>495</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789753428804</t>
+          <t>9789753421980</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Moskova</t>
+          <t>Mühendisler ve İdeoloji</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>178</v>
+        <v>340</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789753429108</t>
+          <t>9789753425704</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Mutfak</t>
+          <t>Mutluluk, Ölüm ve Yaşamın Artakalanı</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>196</v>
+        <v>280</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789753423878</t>
+          <t>9789753427364</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Murgoların Kralı</t>
+          <t>Mutluluğun Peşinde</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>412</v>
+        <v>525</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789753424158</t>
+          <t>9789753428804</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Murathan Mungan’ın Seçtikleriyle Yazıhane</t>
+          <t>Mutlu Moskova</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>192</v>
+        <v>250</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789753423045</t>
+          <t>9789753429108</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Büyükleri</t>
+          <t>Mutfak</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>252</v>
+        <v>280</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789753425483</t>
+          <t>9789753423878</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Göstergeler</t>
+          <t>Murgoların Kralı</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>342</v>
+        <v>565</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789753423137</t>
+          <t>9789753424158</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Moskova Günlüğü</t>
+          <t>Murathan Mungan’ın Seçtikleriyle Yazıhane</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>238</v>
+        <v>260</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789753428392</t>
+          <t>9789753423045</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Modernlik Fragmanları</t>
+          <t>Çocuklar ve Büyükleri</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>368</v>
+        <v>360</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789753423755</t>
+          <t>9789753425483</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Modernizm ve Ulusun İnşaası</t>
+          <t>Mucizevi Göstergeler</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>376</v>
+        <v>470</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789753428606</t>
+          <t>9789753423137</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyanın Sorunları Karşısında Antropoloji</t>
+          <t>Moskova Günlüğü</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>156</v>
+        <v>340</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789753421911</t>
+          <t>9789753428392</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Gündelik Hayat</t>
+          <t>Modernlik Fragmanları</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>290</v>
+        <v>510</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789753422079</t>
+          <t>9789753423755</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Minima Moralia</t>
+          <t>Modernizm ve Ulusun İnşaası</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>316</v>
+        <v>550</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789753426008</t>
+          <t>9789753428606</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Mısır Kaşifi</t>
+          <t>Modern Dünyanın Sorunları Karşısında Antropoloji</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>412</v>
+        <v>210</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789753420044</t>
+          <t>9789753421911</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Mırıldandıklarım</t>
+          <t>Modern Dünyada Gündelik Hayat</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>148</v>
+        <v>370</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789753426428</t>
+          <t>9789753422079</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Meşe Fısıltıları</t>
+          <t>Minima Moralia</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>142</v>
+        <v>430</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789753426381</t>
+          <t>9789753426008</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Kara Üçleme</t>
+          <t>Mısır Kaşifi</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>412</v>
+        <v>565</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789753422239</t>
+          <t>9789753420044</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Rüyalar Ejderhalar</t>
+          <t>Mırıldandıklarım</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>196</v>
+        <v>210</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789753426657</t>
+          <t>9789753426428</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Kadından Kentler</t>
+          <t>Meşe Fısıltıları</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789753427647</t>
+          <t>9789753426381</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Kabuğunu Kıran Hikaye</t>
+          <t>Kara Üçleme</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>232</v>
+        <v>565</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789753427432</t>
+          <t>9789753422239</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Jean-Paul Sartre: Tarihin Sorumluluğunu Almak</t>
+          <t>Kadınlar Rüyalar Ejderhalar</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>222</v>
+        <v>280</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789753428002</t>
+          <t>9789753426657</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Nereye?</t>
+          <t>Kadından Kentler</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>474</v>
+        <v>425</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789753422918</t>
+          <t>9789753427647</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>İstanbul - Küresel ile Yerel Arasında</t>
+          <t>Kabuğunu Kıran Hikaye</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789753424998</t>
+          <t>9789753427432</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>İspanya: Bir Başka Avrupa</t>
+          <t>Jean-Paul Sartre: Tarihin Sorumluluğunu Almak</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>276</v>
+        <v>320</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789753422642</t>
+          <t>9789753428002</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>İslamın Yeni Kamusal Yüzleri</t>
+          <t>İstanbul Nereye?</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>286</v>
+        <v>660</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789753425018</t>
+          <t>9789753422918</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>İslamın Hastalığı</t>
+          <t>İstanbul - Küresel ile Yerel Arasında</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>238</v>
+        <v>370</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789753426350</t>
+          <t>9789753424998</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>İran: Ketlenmiş Halk</t>
+          <t>İspanya: Bir Başka Avrupa</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>348</v>
+        <v>390</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789753424103</t>
+          <t>9789753422642</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yavrusunun Psikolojik Doğumu</t>
+          <t>İslamın Yeni Kamusal Yüzleri</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>364</v>
+        <v>390</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789753420952</t>
+          <t>9789753425018</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve "Herkes"</t>
+          <t>İslamın Hastalığı</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789753423984</t>
+          <t>9789753426350</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmak</t>
+          <t>İran: Ketlenmiş Halk</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>244</v>
+        <v>495</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789753426558</t>
+          <t>9789753424103</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>İnceldiği Yerden</t>
+          <t>İnsan Yavrusunun Psikolojik Doğumu</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>334</v>
+        <v>510</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789753423854</t>
+          <t>9789753420952</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>İmgenin Pornografisi</t>
+          <t>İnsan ve "Herkes"</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>372</v>
+        <v>370</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789753426237</t>
+          <t>9789753423984</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>İmgeler Nasıl Düşünür?</t>
+          <t>İnsan Olmak</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>348</v>
+        <v>320</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789753422451</t>
+          <t>9789753426558</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>İle</t>
+          <t>İnceldiği Yerden</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>258</v>
+        <v>470</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789753427555</t>
+          <t>9789753423854</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>İlaçla Tedavi Efsanesi</t>
+          <t>İmgenin Pornografisi</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>358</v>
+        <v>470</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789753428330</t>
+          <t>9789753426237</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Mahremiyeti</t>
+          <t>İmgeler Nasıl Düşünür?</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>192</v>
+        <v>495</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789753427548</t>
+          <t>9789753422451</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>İkinci Hayvan</t>
+          <t>İle</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>172</v>
+        <v>360</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789753425858</t>
+          <t>9789753427555</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>İki Kültürü Aşmak</t>
+          <t>İlaçla Tedavi Efsanesi</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>342</v>
+        <v>495</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789753423489</t>
+          <t>9789753428330</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>İdeolojinin Yüce Nesnesi</t>
+          <t>İktidarın Mahremiyeti</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>306</v>
+        <v>260</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789753426879</t>
+          <t>9789753427548</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Maymun</t>
+          <t>İkinci Hayvan</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>285</v>
+        <v>235</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789753425797</t>
+          <t>9789753425858</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>İçdeniz Balıkçısı</t>
+          <t>İki Kültürü Aşmak</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>248</v>
+        <v>470</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789753427050</t>
+          <t>9789753423489</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>İç İçe Girişler: İslam ve Avrupa</t>
+          <t>İdeolojinin Yüce Nesnesi</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>232</v>
+        <v>425</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789753425643</t>
+          <t>9789753426879</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Irak Dünya Mahkemesi Nihai İstanbul Oturumu 23-27 Haziran 2005</t>
+          <t>İçimizdeki Maymun</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>480</v>
+        <v>390</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789753427678</t>
+          <t>9789753425797</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Holigan’ın Dönüşü</t>
+          <t>İçdeniz Balıkçısı</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>382</v>
+        <v>340</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789753426077</t>
+          <t>9789753427050</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Histerik Bilinç</t>
+          <t>İç İçe Girişler: İslam ve Avrupa</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789753426244</t>
+          <t>9789753425643</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Hiç Niyetim Yoktu</t>
+          <t>Irak Dünya Mahkemesi Nihai İstanbul Oturumu 23-27 Haziran 2005</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>188</v>
+        <v>650</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789753426442</t>
+          <t>9789753427678</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Holigan’ın Dönüşü</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>276</v>
+        <v>525</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789753422093</t>
+          <t>9789753426077</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Hız ve Politika</t>
+          <t>Histerik Bilinç</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>184</v>
+        <v>370</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789753428101</t>
+          <t>9789753426244</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Evrim</t>
+          <t>Hiç Niyetim Yoktu</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>398</v>
+        <v>235</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789753428927</t>
+          <t>9789753426442</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye ve Herkese Karşı Lacan</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>178</v>
+        <v>390</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789753425469</t>
+          <t>9789753422093</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Satılık</t>
+          <t>Hız ve Politika</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>306</v>
+        <v>260</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789753427975</t>
+          <t>9789753428101</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Her Çıkışın Bir İnişi Vardır</t>
+          <t>Herkes İçin Evrim</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>276</v>
+        <v>545</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789753426411</t>
+          <t>9789753428927</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Hep Vaat Hep Vaat</t>
+          <t>Her Şeye ve Herkese Karşı Lacan</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>286</v>
+        <v>250</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789753421140</t>
+          <t>9789753425469</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Yaşarken - Birinci Cilt</t>
+          <t>Her Şey Satılık</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>530</v>
+        <v>425</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789753427012</t>
+          <t>9789753427975</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Hayat Atölyesi</t>
+          <t>Her Çıkışın Bir İnişi Vardır</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>306</v>
+        <v>390</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789753421133</t>
+          <t>9789753426411</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Hayali Doğu</t>
+          <t>Hep Vaat Hep Vaat</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>324</v>
+        <v>390</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789753420266</t>
+          <t>9789753421140</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Hayali Cemaatler</t>
+          <t>Hayatımı Yaşarken - Birinci Cilt</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>320</v>
+        <v>670</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789753425582</t>
+          <t>9789753427012</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Ev</t>
+          <t>Hayat Atölyesi</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>358</v>
+        <v>425</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789753426527</t>
+          <t>9789753421133</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Hasretinden Prangalar Eskittim</t>
+          <t>Hayali Doğu</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>216</v>
+        <v>445</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789753422314</t>
+          <t>9789753420266</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Haset ve Şükran</t>
+          <t>Hayali Cemaatler</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>156</v>
+        <v>410</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789753422345</t>
+          <t>9789753425582</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Haluk’a Mektuplar</t>
+          <t>Hayalet Ev</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>300</v>
+        <v>495</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789753428880</t>
+          <t>9789753426527</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Hah</t>
+          <t>Hasretinden Prangalar Eskittim</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>142</v>
+        <v>295</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789753428057</t>
+          <t>9789753422314</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Hafıza, Tarih, Unutuş</t>
+          <t>Haset ve Şükran</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>560</v>
+        <v>210</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789753424790</t>
+          <t>9789753422345</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Hadım Edilme Kompleksi</t>
+          <t>Haluk’a Mektuplar</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>180</v>
+        <v>410</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789753422673</t>
+          <t>9789753428880</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Psikoterapi</t>
+          <t>Hah</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>348</v>
+        <v>190</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789753426985</t>
+          <t>9789753428057</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşamda Benliğin Sunumu</t>
+          <t>Hafıza, Tarih, Unutuş</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>270</v>
+        <v>770</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789753428491</t>
+          <t>9789753424790</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Gülme Sırası Bizde</t>
+          <t>Hadım Edilme Kompleksi</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>246</v>
+        <v>250</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789753426992</t>
+          <t>9789753422673</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Güçler</t>
+          <t>Günümüzde Psikoterapi</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>364</v>
+        <v>495</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789753421287</t>
+          <t>9789753426985</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Göz ve Tin</t>
+          <t>Günlük Yaşamda Benliğin Sunumu</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>142</v>
+        <v>370</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789753422604</t>
+          <t>9789753428491</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Görünüre Dair Küçük Bir Teoriye Doğru Adımlar</t>
+          <t>Gülme Sırası Bizde</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>124</v>
+        <v>340</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789753425872</t>
+          <t>9789753426992</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Görsel Düşünme</t>
+          <t>Güçler</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>398</v>
+        <v>510</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789753426923</t>
+          <t>9789753421287</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Görmenin Diyalektiği</t>
+          <t>Göz ve Tin</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>514</v>
+        <v>190</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789753427357</t>
+          <t>9789753422604</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Görme ve Cinsellik</t>
+          <t>Görünüre Dair Küçük Bir Teoriye Doğru Adımlar</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>270</v>
+        <v>165</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789753420150</t>
+          <t>9789753425872</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Geyikler Lanetler</t>
+          <t>Görsel Düşünme</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>216</v>
+        <v>545</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789753429122</t>
+          <t>9789753426923</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bir Yanılsama: Bilinç</t>
+          <t>Görmenin Diyalektiği</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>285</v>
+        <v>710</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9799753424881</t>
+          <t>9789753427357</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Genin Yüzyılı</t>
+          <t>Görme ve Cinsellik</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>222</v>
+        <v>370</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789753428477</t>
+          <t>9789753420150</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman</t>
+          <t>Geyikler Lanetler</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>168</v>
+        <v>295</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789753425094</t>
+          <t>9789753429122</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Geç Gelen Ağıtlar</t>
+          <t>Gerçek Bir Yanılsama: Bilinç</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>156</v>
+        <v>390</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9789753426695</t>
+          <t>9799753424881</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Geç Dönem Üslubu</t>
+          <t>Genin Yüzyılı</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>216</v>
+        <v>310</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789753421867</t>
+          <t>9789753428477</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Gecikmiş Modernlik ve Estetik Kültür</t>
+          <t>Geçmiş Zaman</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789753426213</t>
+          <t>9789753425094</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Gecekondu Gezegeni</t>
+          <t>Geç Gelen Ağıtlar</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>285</v>
+        <v>210</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789753428897</t>
+          <t>9789753426695</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Gece Kitabı</t>
+          <t>Geç Dönem Üslubu</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>188</v>
+        <v>295</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789753421836</t>
+          <t>9789753421867</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Gece</t>
+          <t>Gecikmiş Modernlik ve Estetik Kültür</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>258</v>
+        <v>410</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789753429207</t>
+          <t>9789753426213</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Gaston Bachelard’ın Hülyası</t>
+          <t>Gecekondu Gezegeni</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789753427203</t>
+          <t>9789753428897</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Filozof ve Yoksulları</t>
+          <t>Gece Kitabı</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>292</v>
+        <v>250</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789753428521</t>
+          <t>9789753421836</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Filmozofi</t>
+          <t>Gece</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>358</v>
+        <v>370</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789753427623</t>
+          <t>9789753429207</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Filmlerle Sosyoloji</t>
+          <t>Gaston Bachelard’ın Hülyası</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>258</v>
+        <v>250</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789753423991</t>
+          <t>9789753427203</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Feminist Bir Devlet Kuramına Doğru</t>
+          <t>Filozof ve Yoksulları</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>414</v>
+        <v>410</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789753426091</t>
+          <t>9789753428521</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Soruşturmalar</t>
+          <t>Filmozofi</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>292</v>
+        <v>495</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789753427029</t>
+          <t>9789753427623</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Fay Hatları</t>
+          <t>Filmlerle Sosyoloji</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789753428507</t>
+          <t>9789753423991</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Farklı Dünyaları Düşünmek</t>
+          <t>Feminist Bir Devlet Kuramına Doğru</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>258</v>
+        <v>525</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789753424349</t>
+          <t>9789753426091</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Fantastik: Edebi Türe Yapısal Bir Yaklaşım</t>
+          <t>Felsefi Soruşturmalar</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>210</v>
+        <v>410</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789753426022</t>
+          <t>9789753427029</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Ezeli Mağlup</t>
+          <t>Fay Hatları</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>258</v>
+        <v>425</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789753428118</t>
+          <t>9789753428507</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Evren Kullanma Kılavuzu</t>
+          <t>Farklı Dünyaları Düşünmek</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>324</v>
+        <v>360</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789753422307</t>
+          <t>9789753424349</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Ev Ödevi</t>
+          <t>Fantastik: Edebi Türe Yapısal Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>168</v>
+        <v>295</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789753426893</t>
+          <t>9789753426022</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Etkilenme Endişesi</t>
+          <t>Ezeli Mağlup</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>216</v>
+        <v>360</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789753424448</t>
+          <t>9789753428118</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Etik</t>
+          <t>Evren Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>216</v>
+        <v>445</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789753420334</t>
+          <t>9789753422307</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Eski 45’likler</t>
+          <t>Ev Ödevi</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>126</v>
+        <v>235</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789753427197</t>
+          <t>9789753426893</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Erkeklik: İmkansız İktidar</t>
+          <t>Etkilenme Endişesi</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>358</v>
+        <v>295</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789753424769</t>
+          <t>9789753424448</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Murathan Mungan’ın Seçtikleriyle Erkeklerin Hikayeleri</t>
+          <t>Etik</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>222</v>
+        <v>295</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789753423380</t>
+          <t>9789753420334</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Erkekler İçin Divan</t>
+          <t>Eski 45’likler</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>172</v>
+        <v>165</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789753429191</t>
+          <t>9789753427197</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Epikür’ün Kahkahası</t>
+          <t>Erkeklik: İmkansız İktidar</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>180</v>
+        <v>495</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789753424134</t>
+          <t>9789753424769</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Enformasyon Bombası</t>
+          <t>Murathan Mungan’ın Seçtikleriyle Erkeklerin Hikayeleri</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>184</v>
+        <v>310</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789753420792</t>
+          <t>9789753423380</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>En Uzak Sahil</t>
+          <t>Erkekler İçin Divan</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>272</v>
+        <v>235</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789753425056</t>
+          <t>9789753429191</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Elime Tutun</t>
+          <t>Epikür’ün Kahkahası</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>142</v>
+        <v>250</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789753427272</t>
+          <t>9789753424134</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Eldivenler Hikayeler</t>
+          <t>Enformasyon Bombası</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>204</v>
+        <v>260</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789753426824</t>
+          <t>9789753420792</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Ekşi Üzümler</t>
+          <t>En Uzak Sahil</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>258</v>
+        <v>340</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789753425889</t>
+          <t>9789753425056</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Eksik Şiir</t>
+          <t>Elime Tutun</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>295</v>
+        <v>190</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789753421874</t>
+          <t>9789753427272</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Eğlence İncelemeleri</t>
+          <t>Eldivenler Hikayeler</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>306</v>
+        <v>280</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789753423205</t>
+          <t>9789753426824</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Efsuncunun Son Oyunu</t>
+          <t>Ekşi Üzümler</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>334</v>
+        <v>360</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789753424356</t>
+          <t>9789753425889</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları</t>
+          <t>Eksik Şiir</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>238</v>
+        <v>380</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789753427937</t>
+          <t>9789753421874</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Ne İşe Yarar?</t>
+          <t>Eğlence İncelemeleri</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>210</v>
+        <v>425</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789753425728</t>
+          <t>9789753423205</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Ebru Reflections Of Cultural Diversity In Turkey (Ciltli)</t>
+          <t>Efsuncunun Son Oyunu</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>1200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789753426718</t>
+          <t>9789753424356</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Dünyevi ve Kutsal</t>
+          <t>Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>316</v>
+        <v>295</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789753428460</t>
+          <t>9789753427937</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Bugünde Sevmek</t>
+          <t>Edebiyat Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>276</v>
+        <v>295</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789753421201</t>
+          <t>9789753425728</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Orman Denir</t>
+          <t>Ebru Reflections Of Cultural Diversity In Turkey (Ciltli)</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>198</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789753425957</t>
+          <t>9789753426718</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Dünya-Tarihinin Sınırında Tarih</t>
+          <t>Dünyevi ve Kutsal</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>184</v>
+        <v>445</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789753424028</t>
+          <t>9789753428460</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Teni</t>
+          <t>Dünyayı Bugünde Sevmek</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>285</v>
+        <v>390</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789753425377</t>
+          <t>9789753421201</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Doğum Günü ve Diğer Öyküler</t>
+          <t>Dünyaya Orman Denir</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>406</v>
+        <v>250</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789753421331</t>
+          <t>9789753425957</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Düğüne</t>
+          <t>Dünya-Tarihinin Sınırında Tarih</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>196</v>
+        <v>260</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789753426329</t>
+          <t>9789753424028</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Gücü</t>
+          <t>Dünyanın Teni</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>348</v>
+        <v>390</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789753421379</t>
+          <t>9789753425377</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Dört Kişilik Bahçe</t>
+          <t>Dünyanın Doğum Günü ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>276</v>
+        <v>565</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789753424141</t>
+          <t>9789753421331</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Dört Arketip</t>
+          <t>Düğüne</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>224</v>
+        <v>280</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789753427333</t>
+          <t>9789753426329</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Duyguların Gücü</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>204</v>
+        <v>445</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789753424820</t>
+          <t>9789753421379</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Poetikasının Sorunları</t>
+          <t>Dört Kişilik Bahçe</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>405</v>
+        <v>390</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789753429177</t>
+          <t>9789753424141</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Dolambaç</t>
+          <t>Dört Arketip</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>232</v>
+        <v>280</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789753421249</t>
+          <t>9789753427333</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Doktor March’ın Dört Oğlu</t>
+          <t>Dönüş</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>196</v>
+        <v>280</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789753423250</t>
+          <t>9789753424820</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Doğum Travması</t>
+          <t>Dostoyevski Poetikasının Sorunları</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>232</v>
+        <v>565</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789753428576</t>
+          <t>9789753429177</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Doğu Sarayı</t>
+          <t>Dolambaç</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>246</v>
+        <v>320</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789753428903</t>
+          <t>9789753421249</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Doğu Batı Mimesis</t>
+          <t>Doktor March’ın Dört Oğlu</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>342</v>
+        <v>280</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789753422611</t>
+          <t>9789753423250</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Doğduğum Yüzyıla Veda</t>
+          <t>Doğum Travması</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>432</v>
+        <v>320</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789753427395</t>
+          <t>9789753428576</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Devletin Yasal Olmayan Faaliyetleri</t>
+          <t>Doğu Sarayı</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>156</v>
+        <v>360</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789753428156</t>
+          <t>9789753428903</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Descartes Amca’nın Kötü Cini</t>
+          <t>Doğu Batı Mimesis</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789753421027</t>
+          <t>9789753422611</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet’te Dans</t>
+          <t>Doğduğum Yüzyıla Veda</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>270</v>
+        <v>600</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789753428033</t>
+          <t>9789753427395</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Derinliğin Keşfi</t>
+          <t>Devletin Yasal Olmayan Faaliyetleri</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>265</v>
+        <v>156</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789753423076</t>
+          <t>9789753428156</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Derin Hizbullah</t>
+          <t>Descartes Amca’nın Kötü Cini</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>316</v>
+        <v>250</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789753426633</t>
+          <t>9789753421027</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Deri-Ben</t>
+          <t>Dersaadet’te Dans</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>342</v>
+        <v>370</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789753427005</t>
+          <t>9789753428033</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kenarında Geyikler</t>
+          <t>Derinliğin Keşfi</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789753428309</t>
+          <t>9789753423076</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Deneyim Şarkıları</t>
+          <t>Derin Hizbullah</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>498</v>
+        <v>445</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789753428637</t>
+          <t>9789753426633</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Anayasa</t>
+          <t>Deri-Ben</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>498</v>
+        <v>470</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789753420884</t>
+          <t>9789753427005</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Cinsiyeti</t>
+          <t>Deniz Kenarında Geyikler</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>248</v>
+        <v>295</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789753426930</t>
+          <t>9789753428309</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Darwin Sizi Seviyor</t>
+          <t>Deneyim Şarkıları</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>348</v>
+        <v>700</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789753424486</t>
+          <t>9789753428637</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Darshiva Büyücüsü</t>
+          <t>Demokratik Anayasa</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>364</v>
+        <v>680</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789753425025</t>
+          <t>9789753420884</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Çok Tuhaf Çok Tanıdık</t>
+          <t>Demokrasinin Cinsiyeti</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789753426763</t>
+          <t>9789753426930</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Çokbilmiş Özne</t>
+          <t>Darwin Sizi Seviyor</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>232</v>
+        <v>495</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789753427920</t>
+          <t>9789753424486</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Çoğul Estetik</t>
+          <t>Darshiva Büyücüsü</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>216</v>
+        <v>510</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789753422543</t>
+          <t>9789753425025</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Çocuklukta Normallik ve Patoloji</t>
+          <t>Çok Tuhaf Çok Tanıdık</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>238</v>
+        <v>295</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789753425223</t>
+          <t>9789753426763</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Öyküsü</t>
+          <t>Çokbilmiş Özne</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>148</v>
+        <v>320</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789753425520</t>
+          <t>9789753427920</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Çizgisel Olmayan Tarih</t>
+          <t>Çoğul Estetik</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>368</v>
+        <v>295</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789753428583</t>
+          <t>9789753422543</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Çevre Yolu</t>
+          <t>Çocuklukta Normallik ve Patoloji</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>248</v>
+        <v>340</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789753421669</t>
+          <t>9789753425223</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Söylenler</t>
+          <t>Çocuğun Öyküsü</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>276</v>
+        <v>210</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789753424592</t>
+          <t>9789753425520</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Çador</t>
+          <t>Çizgisel Olmayan Tarih</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>168</v>
+        <v>510</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789753426725</t>
+          <t>9789753428583</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyet Belası</t>
+          <t>Çevre Yolu</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789753428699</t>
+          <t>9789753421669</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Muamması</t>
+          <t>Çağdaş Söylenler</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>572</v>
+        <v>390</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789753426220</t>
+          <t>9789753424592</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Büyümenin Türkçe Tarihi</t>
+          <t>Çador</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>248</v>
+        <v>235</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789753423069</t>
+          <t>9789753426725</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Şato Belgariad</t>
+          <t>Cinsiyet Belası</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>342</v>
+        <v>370</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789753427845</t>
+          <t>9789753428699</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Büyük Amerikan Şehirlerinin Ölümü ve Yaşamı</t>
+          <t>Cinsellik Muamması</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>465</v>
+        <v>790</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789753420389</t>
+          <t>9789753426220</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Burukluk</t>
+          <t>Büyümenin Türkçe Tarihi</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>168</v>
+        <v>340</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789753427074</t>
+          <t>9789753423069</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Buradan Baktığımızda</t>
+          <t>Büyülü Şato Belgariad</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>342</v>
+        <v>470</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789753428828</t>
+          <t>9789753427845</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Bulut Kuramı</t>
+          <t>Büyük Amerikan Şehirlerinin Ölümü ve Yaşamı</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>324</v>
+        <v>640</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789753425902</t>
+          <t>9789753420389</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Buluştuğumuz Yer Burası</t>
+          <t>Burukluk</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>290</v>
+        <v>235</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789753422772</t>
+          <t>9789753427074</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Brecht’i Anlamak</t>
+          <t>Buradan Baktığımızda</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>192</v>
+        <v>470</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789753422994</t>
+          <t>9789753428828</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Bolşevik Devrimi Cilt: 1</t>
+          <t>Bulut Kuramı</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>446</v>
+        <v>445</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789753426572</t>
+          <t>9789753425902</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Birhan Keskin Şiiri ve Ba</t>
+          <t>Buluştuğumuz Yer Burası</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789753427319</t>
+          <t>9789753422772</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Bireysellik ve Kültür</t>
+          <t>Brecht’i Anlamak</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>395</v>
+        <v>260</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789753426053</t>
+          <t>9789753422994</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeyler Eksik</t>
+          <t>Bolşevik Devrimi Cilt: 1</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>184</v>
+        <v>565</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789753425568</t>
+          <t>9789753426572</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Bir Şey Oldu</t>
+          <t>Birhan Keskin Şiiri ve Ba</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>178</v>
+        <v>250</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789753424714</t>
+          <t>9789753427319</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutu Daha</t>
+          <t>Bireysellik ve Kültür</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>222</v>
+        <v>550</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789753428736</t>
+          <t>9789753426053</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Bir Kapıdan Gireceksin</t>
+          <t>Bir Şeyler Eksik</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>292</v>
+        <v>260</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789753421539</t>
+          <t>9789753425568</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Bir Günlük Yerim Kaldı İster Misiniz?</t>
+          <t>Bir Şey Oldu</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>198</v>
+        <v>250</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789753420204</t>
+          <t>9789753424714</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Orhan Veli</t>
+          <t>Bir Kutu Daha</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>130</v>
+        <v>310</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789753425926</t>
+          <t>9789753428736</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Aşk Öyküsü</t>
+          <t>Bir Kapıdan Gireceksin</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>324</v>
+        <v>410</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789753428729</t>
+          <t>9789753421539</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Bir Dersim Hikayesi</t>
+          <t>Bir Günlük Yerim Kaldı İster Misiniz?</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>232</v>
+        <v>250</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789753422468</t>
+          <t>9789753420204</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları</t>
+          <t>Bir Garip Orhan Veli</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>248</v>
+        <v>175</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789753421263</t>
+          <t>9789753425926</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Söyleminden Parçalar</t>
+          <t>Bir Garip Aşk Öyküsü</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>258</v>
+        <v>445</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789753425803</t>
+          <t>9789753428729</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Kullanım Kılavuzu</t>
+          <t>Bir Dersim Hikayesi</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>474</v>
+        <v>320</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789753428781</t>
+          <t>9789753422468</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Bilim - Dört Bin Yıllık Bir Tarih</t>
+          <t>İnsan Hakları</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>548</v>
+        <v>340</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789753420808</t>
+          <t>9789753421263</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Üzerine Üç Söyleşi</t>
+          <t>Bir Aşk Söyleminden Parçalar</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>216</v>
+        <v>360</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789753427562</t>
+          <t>9789753425803</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Ağacı</t>
+          <t>Bilinç Kullanım Kılavuzu</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>285</v>
+        <v>660</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789753428163</t>
+          <t>9789753428781</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Bilge Sokrates’in Ölümü</t>
+          <t>Bilim - Dört Bin Yıllık Bir Tarih</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789753422338</t>
+          <t>9789753420808</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Bilge Karasu’yu Okumak</t>
+          <t>Bilgi Üzerine Üç Söyleşi</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>264</v>
+        <v>295</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789753421683</t>
+          <t>9789753427562</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Bilge Karasu Aramızda</t>
+          <t>Bilgi Ağacı</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>306</v>
+        <v>390</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789753428132</t>
+          <t>9789753428163</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Gibi Değil</t>
+          <t>Bilge Sokrates’in Ölümü</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>324</v>
+        <v>250</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789753427579</t>
+          <t>9789753422338</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Bildiğimiz Kapitalizmin Sonu</t>
+          <t>Bilge Karasu’yu Okumak</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>405</v>
+        <v>370</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789753422871</t>
+          <t>9789753421683</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Bildiğimiz Dünyanın Sonu</t>
+          <t>Bilge Karasu Aramızda</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>306</v>
+        <v>425</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789753429054</t>
+          <t>9789753428132</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Beyin ve İç Dünya</t>
+          <t>Bildiğin Gibi Değil</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>316</v>
+        <v>445</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9789753429009</t>
+          <t>9789753427579</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Tuval</t>
+          <t>Bildiğimiz Kapitalizmin Sonu</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>348</v>
+        <v>565</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789753424677</t>
+          <t>9789753422871</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Beşpeşe (Ciltli)</t>
+          <t>Bildiğimiz Dünyanın Sonu</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>292</v>
+        <v>425</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789753428866</t>
+          <t>9789753429054</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Bento’nun Eskiz Defteri</t>
+          <t>Beyin ve İç Dünya</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>226</v>
+        <v>445</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789753425216</t>
+          <t>9789753429009</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Benlik</t>
+          <t>Beyaz Tuval</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>196</v>
+        <v>495</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789753428965</t>
+          <t>9789753424677</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Bendeniz Jean-Jacques Rousseau</t>
+          <t>Beşpeşe (Ciltli)</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789753427982</t>
+          <t>9789753428866</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Benden Önce Bir Başkası</t>
+          <t>Bento’nun Eskiz Defteri</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>278</v>
+        <v>295</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789753424936</t>
+          <t>9789753425216</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Savunma Mekanizmaları</t>
+          <t>Benlik</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>184</v>
+        <v>280</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789753424585</t>
+          <t>9789753428965</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Ben Psikolojisi ve Uyum Sorunu</t>
+          <t>Bendeniz Jean-Jacques Rousseau</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>168</v>
+        <v>250</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789753425247</t>
+          <t>9789753427982</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Ben İdeali</t>
+          <t>Benden Önce Bir Başkası</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>276</v>
+        <v>360</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789753426343</t>
+          <t>9789753424936</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Bellek ve Akdeniz</t>
+          <t>Ben ve Savunma Mekanizmaları</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>475</v>
+        <v>260</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789753426176</t>
+          <t>9789753424585</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Bellek Metaforları Zihinle İlgili Fikirlerin Tarihi</t>
+          <t>Ben Psikolojisi ve Uyum Sorunu</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>358</v>
+        <v>235</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789753427524</t>
+          <t>9789753425247</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Bebek Töreni</t>
+          <t>Ben İdeali</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>178</v>
+        <v>390</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789753426954</t>
+          <t>9789753426343</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Bazı Yazlar Uzaktan Geçer</t>
+          <t>Bellek ve Akdeniz</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>130</v>
+        <v>600</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789753423762</t>
+          <t>9789753426176</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Batının Muhafızları</t>
+          <t>Bellek Metaforları Zihinle İlgili Fikirlerin Tarihi</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>405</v>
+        <v>495</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789753427302</t>
+          <t>9789753427524</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçlar</t>
+          <t>Bebek Töreni</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>432</v>
+        <v>250</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789753421393</t>
+          <t>9789753426954</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Hayatı</t>
+          <t>Bazı Yazlar Uzaktan Geçer</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>184</v>
+        <v>175</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789753421720</t>
+          <t>9789753423762</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Gecesi</t>
+          <t>Batının Muhafızları</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>130</v>
+        <v>565</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789753427661</t>
+          <t>9789753427302</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Başka Yer</t>
+          <t>Başlangıçlar</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>382</v>
+        <v>595</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789753425964</t>
+          <t>9789753421393</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Ülkede</t>
+          <t>Başkasının Hayatı</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>248</v>
+        <v>260</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789753427784</t>
+          <t>9789753421720</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Zihin Emeği, Kol Emeği</t>
+          <t>Başkalarının Gecesi</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>252</v>
+        <v>175</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789753423472</t>
+          <t>9789753427661</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Yüzüklerin Efendisi Tek Cilt Özel Basım (Ciltli)</t>
+          <t>Başka Yer</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>1300</v>
+        <v>525</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789753425988</t>
+          <t>9789753425964</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Yüzüklerin Efendisi Birinci Kısım Yüzük Kardeşliği</t>
+          <t>Başka Bir Ülkede</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>560</v>
+        <v>340</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789753422024</t>
+          <t>9789753427784</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Yüzüklerin Efendisi Üçüncü Kısım Kralın Dönüşü</t>
+          <t>Zihin Emeği, Kol Emeği</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>480</v>
+        <v>360</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789753427470</t>
+          <t>9789753423472</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Yüz Gün</t>
+          <t>Yüzüklerin Efendisi Tek Cilt Özel Basım (Ciltli)</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>204</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789753420099</t>
+          <t>9789753425988</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Yürüme</t>
+          <t>Yüzüklerin Efendisi Birinci Kısım Yüzük Kardeşliği</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>252</v>
+        <v>700</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789753428385</t>
+          <t>9789753422024</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Yükselen Duvarlar, Zayıflayan Egemenlik</t>
+          <t>Yüzüklerin Efendisi Üçüncü Kısım Kralın Dönüşü</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>204</v>
+        <v>600</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789753423618</t>
+          <t>9789753427470</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Topuklar</t>
+          <t>Yüz Gün</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789753428255</t>
+          <t>9789753420099</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Yukarıda Ses Yok</t>
+          <t>Yürüme</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789753425827</t>
+          <t>9789753428385</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Yoruma Dair Freud ve Felsefe</t>
+          <t>Yükselen Duvarlar, Zayıflayan Egemenlik</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>510</v>
+        <v>280</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789753425612</t>
+          <t>9789753423618</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Y’ol</t>
+          <t>Yüksek Topuklar</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>150</v>
+        <v>710</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789753420426</t>
+          <t>9789753428255</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Bir Sürgün</t>
+          <t>Yukarıda Ses Yok</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>248</v>
+        <v>370</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789753423274</t>
+          <t>9789753425827</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Yerdeniz Öyküleri</t>
+          <t>Yoruma Dair Freud ve Felsefe</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>336</v>
+        <v>710</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789753420570</t>
+          <t>9789753425612</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Yerdeniz Büyücüsü</t>
+          <t>Y’ol</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>244</v>
+        <v>190</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789753428958</t>
+          <t>9789753420426</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Yerdeniz</t>
+          <t>Yeryüzünde Bir Sürgün</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>1400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789753420761</t>
+          <t>9789753423274</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Yer Değiştiren Gölge</t>
+          <t>Yerdeniz Öyküleri</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>156</v>
+        <v>425</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789753422567</t>
+          <t>9789753420570</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Yeni Orta Asya ya da Ulusların İmal Edilişi</t>
+          <t>Yerdeniz Büyücüsü</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>336</v>
+        <v>320</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789753426275</t>
+          <t>9789753428958</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kapılı Kırk Oda</t>
+          <t>Yerdeniz</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>348</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789753422192</t>
+          <t>9789753420761</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Yorum</t>
+          <t>Yer Değiştiren Gölge</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>248</v>
+        <v>210</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789753420020</t>
+          <t>9789753422567</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Yaz Sinemaları</t>
+          <t>Yeni Orta Asya ya da Ulusların İmal Edilişi</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>160</v>
+        <v>425</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789753425674</t>
+          <t>9789753426275</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Yastıkname</t>
+          <t>Yedi Kapılı Kırk Oda</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>382</v>
+        <v>495</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789753420860</t>
+          <t>9789753422192</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Yasa Koyucular ile Yorumcular</t>
+          <t>Yazı ve Yorum</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>265</v>
+        <v>340</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789753423564</t>
+          <t>9789753420020</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Bilinç</t>
+          <t>Yaz Sinemaları</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>238</v>
+        <v>235</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789753428552</t>
+          <t>9789753425674</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Yanılıyorsunuz Einstein!</t>
+          <t>Yastıkname</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>252</v>
+        <v>525</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789753424691</t>
+          <t>9789753420860</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Yamuk Bakmak</t>
+          <t>Yasa Koyucular ile Yorumcular</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789753421522</t>
+          <t>9789753423564</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Yakın</t>
+          <t>Yaralı Bilinç</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>204</v>
+        <v>340</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789753427821</t>
+          <t>9789753428552</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Yabanın Tuzlu Ekmeği</t>
+          <t>Yanılıyorsunuz Einstein!</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>334</v>
+        <v>360</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789753428811</t>
+          <t>9789753424691</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar, Tanrılar ve Canavarlar</t>
+          <t>Yamuk Bakmak</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>364</v>
+        <v>370</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789753425919</t>
+          <t>9789753421522</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Wang Hatunun Ölümü</t>
+          <t>Yakın</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789753426060</t>
+          <t>9789753427821</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Vesikalı Şehir</t>
+          <t>Yabanın Tuzlu Ekmeği</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>216</v>
+        <v>470</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789753426312</t>
+          <t>9789753428811</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Ve Yüzlerimiz, Kalbim, Fotoğraflar Kadar Kısa Ömürlü</t>
+          <t>Yabancılar, Tanrılar ve Canavarlar</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>165</v>
+        <v>510</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789753427159</t>
+          <t>9789753425919</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Ütopya Denen Arzu</t>
+          <t>Wang Hatunun Ölümü</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>342</v>
+        <v>295</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789753425186</t>
+          <t>9789753426060</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Türklüğü Ölçmek</t>
+          <t>Vesikalı Şehir</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>270</v>
+        <v>295</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789753422925</t>
+          <t>9789753426312</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sorunları Kılavuzu</t>
+          <t>Ve Yüzlerimiz, Kalbim, Fotoğraflar Kadar Kısa Ömürlü</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>315</v>
+        <v>235</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789753420310</t>
+          <t>9789753427159</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Tümceler</t>
+          <t>Ütopya Denen Arzu</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>204</v>
+        <v>470</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789753426480</t>
+          <t>9789753425186</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Tutkular ve Çıkarlar</t>
+          <t>Türklüğü Ölçmek</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>192</v>
+        <v>340</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789753429016</t>
+          <t>9789753422925</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Tuğla</t>
+          <t>Türkçe Sorunları Kılavuzu</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>292</v>
+        <v>430</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789753420907</t>
+          <t>9789753420310</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Troya’da Ölüm Vardı</t>
+          <t>Tümceler</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>192</v>
+        <v>280</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789753424554</t>
+          <t>9789753426480</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Tren</t>
+          <t>Tutkular ve Çıkarlar</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>276</v>
+        <v>260</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789753426749</t>
+          <t>9789753429016</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Transkritik</t>
+          <t>Tuğla</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>405</v>
+        <v>410</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789753425599</t>
+          <t>9789753420907</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Tractatus Logico-Philosophicus</t>
+          <t>Troya’da Ölüm Vardı</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>232</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789753427289</t>
+          <t>9789753424554</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Torunlar</t>
+          <t>Tren</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>265</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789753425834</t>
+          <t>9789753426749</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Bilim Üzerine Düşünceler</t>
+          <t>Transkritik</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>258</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789753427517</t>
+          <t>9789753425599</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Tırnak İçinde Ölüm</t>
+          <t>Tractatus Logico-Philosophicus</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>342</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9789753423052</t>
+          <t>9789753427289</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Tersten Perspektif</t>
+          <t>Torunlar</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>195</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789753422826</t>
+          <t>9789753425834</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Meskalin 60 Draje</t>
+          <t>Toplumsal Cinsiyet ve Bilim Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>285</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789753426138</t>
+          <t>9789753427517</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Mesire Yerleri Paramparça Bir Roman</t>
+          <t>Tırnak İçinde Ölüm</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>138</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789753428675</t>
+          <t>9789753423052</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Mesela Saat Onda</t>
+          <t>Tersten Perspektif</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789753422949</t>
+          <t>9789753422826</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Melez Desenler</t>
+          <t>Meskalin 60 Draje</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789753423700</t>
+          <t>9789753426138</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Melek Tavus’un Halkı Ezidiler</t>
+          <t>Mesire Yerleri Paramparça Bir Roman</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789753422291</t>
+          <t>9789753428675</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Mehmedin Kitabı</t>
+          <t>Mesela Saat Onda</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>348</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789753426831</t>
+          <t>9789753422949</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Medyada İslam</t>
+          <t>Melez Desenler</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>276</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789753427418</t>
+          <t>9789753423700</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Mazi Kabrinin Hortlakları</t>
+          <t>Melek Tavus’un Halkı Ezidiler</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>376</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789753425384</t>
+          <t>9789753422291</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çocuk</t>
+          <t>Mehmedin Kitabı</t>
         </is>
       </c>
       <c r="C1012" s="1">
         <v>348</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789753428323</t>
+          <t>9789753426831</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Kapital’i İçin Kılavuz</t>
+          <t>Medyada İslam</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>382</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789753428712</t>
+          <t>9789753427418</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Martin Heidegger’in Böceği</t>
+          <t>Mazi Kabrinin Hortlakları</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>180</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789753425605</t>
+          <t>9789753425384</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Marifetler</t>
+          <t>Mavi Çocuk</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>244</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789753425575</t>
+          <t>9789753428323</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Malafrena</t>
+          <t>Marx’ın Kapital’i İçin Kılavuz</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>475</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789753427852</t>
+          <t>9789753428712</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet ve Kamusallık</t>
+          <t>Martin Heidegger’in Böceği</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>392</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789753420136</t>
+          <t>9789753425605</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Üçlemesi 1: Mahmud ile Yezida</t>
+          <t>Marifetler</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>148</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789753426602</t>
+          <t>9789753425575</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Mağdurun Dili</t>
+          <t>Malafrena</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789753427999</t>
+          <t>9789753427852</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Madde ve Mana</t>
+          <t>Mahremiyet ve Kamusallık</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>398</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789753425698</t>
+          <t>9789753420136</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Lubunya Transseksüel Kimlik ve Beden</t>
+          <t>Mezopotamya Üçlemesi 1: Mahmud ile Yezida</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>306</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789753427487</t>
+          <t>9789753426602</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Liberalizmin Kıyılarında Siyaset</t>
+          <t>Mağdurun Dili</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>238</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789753421997</t>
+          <t>9789753427999</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Liberalizmden Sonra</t>
+          <t>Madde ve Mana</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>276</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789753421317</t>
+          <t>9789753425698</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Li Rojhilate Dile Min - Kalbimin Doğusunda</t>
+          <t>Lubunya Transseksüel Kimlik ve Beden</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>222</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789753422505</t>
+          <t>9789753427487</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Lağımlaranası ya da Beyoğlu</t>
+          <t>Liberalizmin Kıyılarında Siyaset</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>265</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789753424332</t>
+          <t>9789753421997</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen İslam</t>
+          <t>Liberalizmden Sonra</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>248</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789753424097</t>
+          <t>9789753421317</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Ruh Sağlığı</t>
+          <t>Li Rojhilate Dile Min - Kalbimin Doğusunda</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>342</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789753424424</t>
+          <t>9789753422505</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Kültür Fragmanları</t>
+          <t>Lağımlaranası ya da Beyoğlu</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>392</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789753424561</t>
+          <t>9789753424332</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Kuş Diline Öykünen</t>
+          <t>Küreselleşen İslam</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>252</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789753426541</t>
+          <t>9789753424097</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Kuru Su</t>
+          <t>Kültür ve Ruh Sağlığı</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>266</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789753428453</t>
+          <t>9789753424424</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Retoriği</t>
+          <t>Kültür Fragmanları</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>522</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789753420006</t>
+          <t>9789753424561</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Kum Saati</t>
+          <t>Kuş Diline Öykünen</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>156</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789753426145</t>
+          <t>9789753426541</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Kullanılmış Biletler</t>
+          <t>Kuru Su</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>364</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789753423106</t>
+          <t>9789753428453</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Kral</t>
+          <t>Kurmacanın Retoriği</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>244</v>
+        <v>720</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789753427326</t>
+          <t>9789753420006</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Kötülüğün Sıradanlığı</t>
+          <t>Kum Saati</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>368</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789753423427</t>
+          <t>9789753426145</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk Türk</t>
+          <t>Kullanılmış Biletler</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>184</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789753420181</t>
+          <t>9789753423106</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Bütün Sesleri</t>
+          <t>Kral</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789753428668</t>
+          <t>9789753427326</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Kopuk Zincir</t>
+          <t>Kötülüğün Sıradanlığı</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>306</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789753428842</t>
+          <t>9789753423427</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Komünizm Fikri</t>
+          <t>Kötü Çocuk Türk</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789753428194</t>
+          <t>9789753420181</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Komedi: Sonsuzun Fiziği</t>
+          <t>Korkunun Bütün Sesleri</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>248</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789753428361</t>
+          <t>9789753428668</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Kitle Süsü</t>
+          <t>Kopuk Zincir</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>316</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789753425773</t>
+          <t>9789753428842</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Kitapla Hayal Etmek</t>
+          <t>Komünizm Fikri</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>276</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789753424004</t>
+          <t>9789753428194</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Kimlikler Siyaseti</t>
+          <t>Komedi: Sonsuzun Fiziği</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>258</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789753422499</t>
+          <t>9789753428361</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Yanılsaması</t>
+          <t>Kitle Süsü</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>324</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789753428484</t>
+          <t>9789753425773</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Kimin Avrupası?</t>
+          <t>Kitapla Hayal Etmek</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>310</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789753421737</t>
+          <t>9789753424004</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Kimbilir?</t>
+          <t>Kimlikler Siyaseti</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>202</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789753422833</t>
+          <t>9789753422499</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ordu Fraksiyonu</t>
+          <t>Kimlik Yanılsaması</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>238</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789753423021</t>
+          <t>9789753428484</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Kızarmış Palamutun Kokusu</t>
+          <t>Kimin Avrupası?</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>270</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789753427135</t>
+          <t>9789753421737</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Kıymetini Bil Herşeyin</t>
+          <t>Kimbilir?</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>192</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789753427241</t>
+          <t>9789753422833</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Kış Uykusu</t>
+          <t>Kızıl Ordu Fraksiyonu</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>142</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789753422901</t>
+          <t>9789753423021</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Kış Ruhu</t>
+          <t>Kızarmış Palamutun Kokusu</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789753420327</t>
+          <t>9789753427135</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Kısmet Büfesi</t>
+          <t>Kıymetini Bil Herşeyin</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>202</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789753428569</t>
+          <t>9789753427241</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Kırmızının Otobiyografisi</t>
+          <t>Kış Uykusu</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>204</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789753422352</t>
+          <t>9789753422901</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kitap</t>
+          <t>Kış Ruhu</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>238</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789753420358</t>
+          <t>9789753420327</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Kırk Oda</t>
+          <t>Kısmet Büfesi</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789753423717</t>
+          <t>9789753428569</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Temas</t>
+          <t>Kırmızının Otobiyografisi</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>324</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789753425322</t>
+          <t>9789753422352</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Hayat</t>
+          <t>Kırmızı Kitap</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789753420051</t>
+          <t>9789753420358</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz</t>
+          <t>Kırk Oda</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>172</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789753427388</t>
+          <t>9789753423717</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Kesinlik Üstüne + Kültür ve Değer</t>
+          <t>Kırılgan Temas</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>286</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789753425100</t>
+          <t>9789753425322</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Kesik Esin/ tiler</t>
+          <t>Kırılgan Hayat</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>178</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789753424783</t>
+          <t>9789753420051</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Kendilik ve Nesne Dünyası</t>
+          <t>Kılavuz</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>232</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789753422055</t>
+          <t>9789753427388</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Kendiliğin Yeniden Yapılanması</t>
+          <t>Kesinlik Üstüne + Kültür ve Değer</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>276</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789753422048</t>
+          <t>9789753425100</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Kendiliğin Çözümlenmesi</t>
+          <t>Kesik Esin/ tiler</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>306</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789753424202</t>
+          <t>9789753424783</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Kenarda</t>
+          <t>Kendilik ve Nesne Dünyası</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>248</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789753424660</t>
+          <t>9789753422055</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Kell Kahinesi</t>
+          <t>Kendiliğin Yeniden Yapılanması</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>405</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789753426855</t>
+          <t>9789753422048</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Düşleri</t>
+          <t>Kendiliğin Çözümlenmesi</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>376</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789753424943</t>
+          <t>9789753424202</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Kedilere Dair</t>
+          <t>Kenarda</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>192</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789753427401</t>
+          <t>9789753424660</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Katmandu’da Ev Hali</t>
+          <t>Kell Kahinesi</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>252</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789753428972</t>
+          <t>9789753426855</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Katılım Kabusu</t>
+          <t>Kelebek Düşleri</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>238</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9799753424980</t>
+          <t>9789753424943</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Kartallar ve Melekler</t>
+          <t>Kedilere Dair</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>348</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789753423687</t>
+          <t>9789753427401</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Slogan</t>
+          <t>Katmandu’da Ev Hali</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>342</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789753428873</t>
+          <t>9789753428972</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Aya Tırmanmak ve Diğer Öyküler</t>
+          <t>Katılım Kabusu</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>238</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9789753420716</t>
+          <t>9799753424980</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Atuan Mezarları</t>
+          <t>Kartallar ve Melekler</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>216</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789753426565</t>
+          <t>9789753423687</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>At Çalmaya Gidiyoruz</t>
+          <t>Ayet ve Slogan</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>252</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789753428590</t>
+          <t>9789753428873</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Cep Defteri</t>
+          <t>Aya Tırmanmak ve Diğer Öyküler</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>196</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789753427883</t>
+          <t>9789753420716</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Asker Kaçağı</t>
+          <t>Atuan Mezarları</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>222</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789753429085</t>
+          <t>9789753426565</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Asi Şehirler</t>
+          <t>At Çalmaya Gidiyoruz</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789753426848</t>
+          <t>9789753428590</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Armağan</t>
+          <t>Aşkın Cep Defteri</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>405</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789753428705</t>
+          <t>9789753427883</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Arap Kıyameti</t>
+          <t>Asker Kaçağı</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>148</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789753424370</t>
+          <t>9789753429085</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Savaşı Vietnam 1960 - 1975</t>
+          <t>Asi Şehirler</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>265</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789753424400</t>
+          <t>9789753426848</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Gücünün Gerileyişi</t>
+          <t>Armağan</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>330</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789753421225</t>
+          <t>9789753428705</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Altı Ay Bir Güz</t>
+          <t>Arap Kıyameti</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>142</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9789753425452</t>
+          <t>9789753424370</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Algılanan Dünya</t>
+          <t>Amerikan Savaşı Vietnam 1960 - 1975</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>138</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789753427746</t>
+          <t>9789753424400</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Alfa ve Omega</t>
+          <t>Amerikan Gücünün Gerileyişi</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>285</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9789753422390</t>
+          <t>9789753421225</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Alexis ya da Beyhude Mücadelenin Kitabı</t>
+          <t>Altı Ay Bir Güz</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>148</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789753428422</t>
+          <t>9789753425452</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein’ın Işığı</t>
+          <t>Algılanan Dünya</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789753421898</t>
+          <t>9789753427746</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Akıl Tutulması</t>
+          <t>Alfa ve Omega</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>232</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789753426251</t>
+          <t>9789753422390</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Tarih, Mekan, İnsanlar ve Miras</t>
+          <t>Alexis ya da Beyhude Mücadelenin Kitabı</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>306</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9789753428750</t>
+          <t>9789753428422</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Ah’lar Ağacı</t>
+          <t>Albert Einstein’ın Işığı</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789753428743</t>
+          <t>9789753421898</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Felsefesinin Sorunları</t>
+          <t>Akıl Tutulması</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789753428217</t>
+          <t>9789753426251</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zamanlarda Yaşarken</t>
+          <t>Akdeniz Tarih, Mekan, İnsanlar ve Miras</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>576</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789753429184</t>
+          <t>9789753428750</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Ah!</t>
+          <t>Ah’lar Ağacı</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>138</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789753425865</t>
+          <t>9789753428743</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Dağ Susan Nehir</t>
+          <t>Ahlak Felsefesinin Sorunları</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>286</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9789753426909</t>
+          <t>9789753428217</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>A’dan X’e</t>
+          <t>Ahir Zamanlarda Yaşarken</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>232</v>
+        <v>790</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789753420594</t>
+          <t>9789753429184</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Açık Düşman</t>
+          <t>Ah!</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>248</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9789753427654</t>
+          <t>9789753425865</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>227 Sayfa</t>
+          <t>Ağlayan Dağ Susan Nehir</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>258</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789753425070</t>
+          <t>9789753426909</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>1002. Gece Masalları</t>
+          <t>A’dan X’e</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>265</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789753427685</t>
+          <t>9789753420594</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Bahçedeki Gidonları Kromajlı Pırpır da Neyin Nesi?</t>
+          <t>Açık Düşman</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>148</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789753423229</t>
+          <t>9789753427654</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Bağışlanmanın Dört Yolu</t>
+          <t>227 Sayfa</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>285</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9789753425490</t>
+          <t>9789753425070</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Bağımsızlık Kutlaması</t>
+          <t>1002. Gece Masalları</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>168</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
+          <t>9789753427685</t>
+        </is>
+      </c>
+      <c r="B1101" s="1" t="inlineStr">
+        <is>
+          <t>Bahçedeki Gidonları Kromajlı Pırpır da Neyin Nesi?</t>
+        </is>
+      </c>
+      <c r="C1101" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:3">
+      <c r="A1102" s="1" t="inlineStr">
+        <is>
+          <t>9789753423229</t>
+        </is>
+      </c>
+      <c r="B1102" s="1" t="inlineStr">
+        <is>
+          <t>Bağışlanmanın Dört Yolu</t>
+        </is>
+      </c>
+      <c r="C1102" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:3">
+      <c r="A1103" s="1" t="inlineStr">
+        <is>
+          <t>9789753425490</t>
+        </is>
+      </c>
+      <c r="B1103" s="1" t="inlineStr">
+        <is>
+          <t>Bağımsızlık Kutlaması</t>
+        </is>
+      </c>
+      <c r="C1103" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:3">
+      <c r="A1104" s="1" t="inlineStr">
+        <is>
           <t>9789753425148</t>
         </is>
       </c>
-      <c r="B1101" s="1" t="inlineStr">
+      <c r="B1104" s="1" t="inlineStr">
         <is>
           <t>Ba</t>
         </is>
       </c>
-      <c r="C1101" s="1">
-        <v>150</v>
+      <c r="C1104" s="1">
+        <v>165</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>