--- v2 (2026-02-04)
+++ v3 (2026-03-22)
@@ -85,16585 +85,20125 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786053164180</t>
+          <t>9786053164609</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Marx'ın Grundrisse'si İçin Kılavuz</t>
+          <t>Masa Mikrofonu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>600</v>
+        <v>285</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053164401</t>
+          <t>9786053164456</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Cansever/Kant</t>
+          <t>Tiziano - Su Perisi ile Çoban</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>450</v>
+        <v>380</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053164432</t>
+          <t>9786053164449</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Fantazi, Bilimkurgu ve Başka Meseleler</t>
+          <t>Yağmur Kuşları</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053164388</t>
+          <t>9786053163008</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nils Vik’in Öldüğü Gün</t>
+          <t>Metis Ajanda 2024: Çanak Çömlek Patladı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>260</v>
+        <v>75</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053164371</t>
+          <t>9796053160747</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Soyu Yeniden Düşünmek</t>
+          <t>Engin Geçtan Edebiyat Seti 5 Kitap Takım - Hediyeli</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>410</v>
+        <v>694</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786053164340</t>
+          <t>9796053160754</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tekil Kalabalık</t>
+          <t>Slavoj Zizek Seti 5 Kitap Takım - Hediyeli</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>340</v>
+        <v>992</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053164364</t>
+          <t>9789753429375</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gülün Hayaleti</t>
+          <t>Metis Ajanda 2014: Diren Direniş</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786053164357</t>
+          <t>9789753421058</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Metis Ajanda 2026: Anlıyorsun Değil mi?</t>
+          <t>İmgenin Halleri Mithat Şen’in Resmine Doğru Üç Deneme</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>110</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789753424776</t>
+          <t>9789753420846</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Murathan Mungan'ın Seçtikleriyle Kadınlığın 21 Hikayesi</t>
+          <t>İkiz Yıldız</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>410</v>
+        <v>2.04</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053164289</t>
+          <t>9789753426589</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yerdeniz Büyücüsü</t>
+          <t>İbrahim'in Beni Terketmesi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>750</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053164302</t>
+          <t>9799753424959</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gerilimli Değişim</t>
+          <t>IMF ve Dünya Bankası’na Karşı 10 Neden</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>535</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789753426473</t>
+          <t>9789753423724</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Gözler</t>
+          <t>Tol</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>320</v>
+        <v>25</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053164326</t>
+          <t>9789753420778</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Canavarların Vaatleri</t>
+          <t>Tımarhane Yolculuğu</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>470</v>
+        <v>3.52</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786053164319</t>
+          <t>9789753425995</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ley Hatları</t>
+          <t>Tenimdeki Ülke Nikaragua Aşk ve Savaş Anıları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>210</v>
+        <v>152</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053164272</t>
+          <t>9799753425437</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Alerjik</t>
+          <t>Tek Başına Bir Adam</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>510</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053164234</t>
+          <t>9789753424967</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hem Antisemitizme Hem İstismarına Karşı</t>
+          <t>Tanrıların Alfabesi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053164265</t>
+          <t>9789753422444</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Fransa’nın Cumhuriyetçi Tarihi</t>
+          <t>Tanrı Görmesin Harflerimi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>545</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053164258</t>
+          <t>9789753422987</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bahçıvan ve Ölüm</t>
+          <t>Şehrin Aynaları</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>340</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789753427814</t>
+          <t>3990000032305</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>O Sevdiğim Dünya</t>
+          <t>Şairin Romanı (Ciltli)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>370</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789753428187</t>
+          <t>9789753424455</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Mobius Dick</t>
+          <t>Sürekli Kriz Politikaları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>370</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789753420402</t>
+          <t>9799753422085</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kalkınmacılığın İflası</t>
+          <t>Stalinizm’in Doğuşu "İkinci Devrim"in Arifesinde SSCB</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>238</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789753427616</t>
+          <t>9789753422802</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hep Yazmak İsteyenlerin Hikayeleri</t>
+          <t>Solak Kadın</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>162</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789753421430</t>
+          <t>9789753422321</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kıyısız</t>
+          <t>Silahlı Peri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>198</v>
+        <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789753427456</t>
+          <t>9789757650362</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sırtımdaki Ev</t>
+          <t>Sarı Köpek Komiser Maigret</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>640</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786053161097</t>
+          <t>9789753422437</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Siyasalın Peşinde</t>
+          <t>Rüzgar Dolu Konaklar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>262</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786053162414</t>
+          <t>9799753424867</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Metis Ajanda 2022: Normali Beklerken</t>
+          <t>Rüya Alemi ve Felaket</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053161783</t>
+          <t>9789753423335</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Metis Ajanda 2020: Ya Kebikeç!</t>
+          <t>Recep Tayyip Erdoğan Bir Dönüşüm Öyküsü 1980 Sonrası İslami Hareket 3</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>110</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9796053160624</t>
+          <t>9789753424974</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Andrey Platonov Seti 5 Kitap Takım - Metis Ajanda Hediyeli</t>
+          <t>Prag</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>490</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9796053160730</t>
+          <t>9789753422970</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Didem Madak Seti - 3 Kitap Takım</t>
+          <t>Pinhan</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>219</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9796053160679</t>
+          <t>9789753420877</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Birhan Keskin Seti 5 Kitap Takım</t>
+          <t>Paslanmaz Çelik Sıçan</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>380</v>
+        <v>2.04</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9796053160648</t>
+          <t>9789753424042</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Georges Perec 5 Kitap Takım - Metis Ajanda Hediyeli</t>
+          <t>Özgürlükçü Düşüncenin Peşinde</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>476</v>
+        <v>12.9</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9796053160655</t>
+          <t>9789753423601</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Aslı Biçen Seti 3 Kitap Takım - Metis Ajanda Hediyeli</t>
+          <t>Onun Çölünde</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>452</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789753426459</t>
+          <t>9789753421416</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanma</t>
+          <t>Otomatik Piyano</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>600</v>
+        <v>3.52</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789753425001</t>
+          <t>9789753422277</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Eteğimdeki Taşlar</t>
+          <t>Denizkızı Hastanede Seçme Şiirler</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>390</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789753429030</t>
+          <t>9789753421102</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Evrim Serüveni</t>
+          <t>Çeviren Latif Demirci (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>470</v>
+        <v>3.52</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789753429283</t>
+          <t>9789753425650</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Yolunda</t>
+          <t>Çalgın</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>390</v>
+        <v>45</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789753423038</t>
+          <t>9789753420471</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İran'da Modern Olmak</t>
+          <t>Cam Kent New York Üçlemesi I</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>390</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789753429788</t>
+          <t>9789753422628</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Göçebe Düşünmek</t>
+          <t>Büyücüler Kraliçesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>545</v>
+        <v>120</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789753429320</t>
+          <t>9789753423588</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sinema Savaşları</t>
+          <t>Bizim Filistin</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>495</v>
+        <v>158</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786053164241</t>
+          <t>9789753423540</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Yanı Başımızdaki Doğa</t>
+          <t>Bit Palas</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>410</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053164210</t>
+          <t>9789757650096</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Alacakaranlık</t>
+          <t>Bir Elin Sesi Var</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>2.04</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786053164173</t>
+          <t>9789753426121</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Nedir?</t>
+          <t>Ben Sabaha Kadar Uyanığım</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>425</v>
+        <v>145</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053164227</t>
+          <t>9789753428064</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri</t>
+          <t>Bazuka</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>130</v>
+        <v>7</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053164203</t>
+          <t>9789753423144</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Akbabalar ve Köstebekler</t>
+          <t>Batman’da Kadınlar Ölüyor</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>340</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053164142</t>
+          <t>9789753425940</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yanılsamalar Şehri</t>
+          <t>Başka Kediler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>340</v>
+        <v>25</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053164135</t>
+          <t>9789753425063</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kim Korkar Toplumsal Cinsiyetten?</t>
+          <t>Başka Bir Dünya Mümkün Eğer...</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>470</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053164197</t>
+          <t>9789753425537</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Annem</t>
+          <t>Baba ve Piç</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>250</v>
+        <v>21.76</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053164166</t>
+          <t>9789753423366</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat, Psikanaliz ve Başka Meseleler</t>
+          <t>Azınlık Gençleri Anlatıyor</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>260</v>
+        <v>57</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786053164159</t>
+          <t>9789753423595</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gençlik... Gençlik.../Murathan Mungan’ın Seçtikleriyle</t>
+          <t>Ayın Büyüttüğü Oğullar</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>210</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786053164128</t>
+          <t>9789753422789</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Söz Vermiş Şarkılar</t>
+          <t>Ayakizlerinde Adımlar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>320</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053164111</t>
+          <t>9789753423793</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Dek Sürüyor, Derken Bitiyor</t>
+          <t>Avrupa: Halkların Siyasal Birliği</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>280</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053163190</t>
+          <t>9789753425162</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Edebi Babanın Reddi</t>
+          <t>Ateş Altında Gazetecilik</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>565</v>
+        <v>92</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053164104</t>
+          <t>9789753424653</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yokluğun Haritaları</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>260</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053164098</t>
+          <t>9789753423625</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Aristoteles ve Büyük İskender</t>
+          <t>Alfa Ayının Kabileleri</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053164074</t>
+          <t>9789753428439</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Patronun Gözü</t>
+          <t>Ajanda 2012: Olmayan Kelimeler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>445</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053164081</t>
+          <t>9789753427944</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Komünizm İş Başında</t>
+          <t>Ajanda 2011</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>370</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053164067</t>
+          <t>9789753427531</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Yıldız Tozuyuz</t>
+          <t>Ajanda 2010 İllallah!</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>565</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053164036</t>
+          <t>9789753426916</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ne çok gelecek, ne az zaman</t>
+          <t>Ajanda 2009 Hayvanlar ve İnsanlar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>370</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053164050</t>
+          <t>9789753426978</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Uykuya Yatmak</t>
+          <t>Afrika</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>245</v>
+        <v>23</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053162698</t>
+          <t>9789753425254</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Metis Ajanda 2023: ArzuHal</t>
+          <t>Açık Havada Bir Gün Öyküler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>75</v>
+        <v>42</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9789753427142</t>
+          <t>9789753426732</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kocanın Güzelliği</t>
+          <t>68 Afişleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>280</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053163930</t>
+          <t>9789753425230</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yaranın Sayfaları</t>
+          <t>1950’lerde Madrid’de Sonbahar</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>210</v>
+        <v>275</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053163992</t>
+          <t>9789753429078</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yeni Despotizm</t>
+          <t>1 Mayıs 1977</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>340</v>
+        <v>125</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053164029</t>
+          <t>9789753426466</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Derimizin Olağanüstü Yaşamı</t>
+          <t>Ajanda 2008 Yaratıcı Direniş</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>425</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053164043</t>
+          <t>9789753424059</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Biliyorum, Ama Yinede...</t>
+          <t>Dalgakıran</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>235</v>
+        <v>22</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053164012</t>
+          <t>9789753421560</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Metis Ajanda 2025: Ailenizin Ajandası</t>
+          <t>Oğlum, Kızım, Devletim Evlerden Sokaklara Tutuklu Anneleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>110</v>
+        <v>2.04</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053164005</t>
+          <t>9789753424226</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bilge Karasu’yu Düşünmek</t>
+          <t>Nereye Gitti Bu Ülkücüler?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>495</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053163985</t>
+          <t>9789753424462</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Hap</t>
+          <t>Neoliberalizmin Tahribatı Türkiye'de Ekonomi, Toplum ve Cinsiyet</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>495</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053163978</t>
+          <t>9799753425789</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Eşya Deposu</t>
+          <t>Müzik Uğruna</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>235</v>
+        <v>376</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786053163893</t>
+          <t>9789753420785</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Mezhepçilik Kültürü</t>
+          <t>Mevki Uygarlığı</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>445</v>
+        <v>2.04</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786053163961</t>
+          <t>9789753422857</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ahlak</t>
+          <t>Mahrem</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>525</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053163954</t>
+          <t>9789753420945</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Ateş</t>
+          <t>Lucas Diye Biri</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>470</v>
+        <v>2.04</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053163916</t>
+          <t>9789753423779</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Yolculukları</t>
+          <t>Küreselleşmeyi Anlama Kılavuzu</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>280</v>
+        <v>51.5</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786053161394</t>
+          <t>9789753424752</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kokusu</t>
+          <t>Küresel Ekonomi ve Demokrasi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786053163947</t>
+          <t>9789753422864</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kuma Daireler Çizen</t>
+          <t>Küçük Yazı Satıcısı</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>295</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053163152</t>
+          <t>9789753426756</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hades'te Bir Gece - Kurmaca Bir Söyleşi</t>
+          <t>Kurşuni</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>175</v>
+        <v>43.5</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786053163169</t>
+          <t>9789753426862</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Otelde Bulunmuş Kitap - Murathan Mungan’ın Seçtikleriyle</t>
+          <t>Korkuyorum Anne</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>320</v>
+        <v>64</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789753423656</t>
+          <t>9789753420495</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hayat</t>
+          <t>Kilitli Oda New York Üçlemesi 3</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>320</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789753420853</t>
+          <t>9789753422598</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Hani</t>
+          <t>Kehanetin Oyuncağı Belgariad - Birinci Kitap</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>190</v>
+        <v>184</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789753422796</t>
+          <t>9789753420518</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Adam</t>
+          <t>Katilin Temizliği</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>235</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053163923</t>
+          <t>9789753427609</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Filistin Laboratuvarı</t>
+          <t>Katil Orospular</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>445</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053162803</t>
+          <t>9789753428682</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sakar</t>
+          <t>Kara Arşiv</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>235</v>
+        <v>190</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053162773</t>
+          <t>9789753423304</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Güneşteki Adamlar</t>
+          <t>Kadın Argosu Sözlüğü</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>190</v>
+        <v>13.43</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053163909</t>
+          <t>9789753422246</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Görüyoruz Duyuyoruz</t>
+          <t>İslam Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>495</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789753422758</t>
+          <t>9789753421003</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Irk Kavramını Kim İcat Etti?</t>
+          <t>Kaybolan Miras</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>320</v>
+        <v>1.48</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786053163244</t>
+          <t>9789753423113</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Eşitlik Tutkusu</t>
+          <t>Hortum Egebank Nasıl Soyuldu?</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>410</v>
+        <v>2.04</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053162599</t>
+          <t>9789753421324</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Palyatif Toplum - Günümüzde Acı</t>
+          <t>Metis Cep Defteri (3)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>190</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789753424325</t>
+          <t>9789753428934</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Timsah Sokak Şiirleri</t>
+          <t>Metis Ajanda 2013: Ayvayı Yedik!</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>190</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053163237</t>
+          <t>9789753422284</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Beynin Gece Hayatı</t>
+          <t>Bir Dağ Yolunda</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>470</v>
+        <v>0.46</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789753425476</t>
+          <t>9789753420488</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Hastalığı</t>
+          <t>Hayaletler New York Üçlemesi 2</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>165</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053163220</t>
+          <t>9789753426664</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İki Kilise Arasında Binamaz Karamanlıca Edebiyatta Dil, Kimlik ve Yeniden-Yazım</t>
+          <t>Hayal Kırıklıkları Kitabı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>525</v>
+        <v>114</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053163213</t>
+          <t>9789753424035</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ormanı Planlamak</t>
+          <t>Hatırlıyorum</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>410</v>
+        <v>31</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053163206</t>
+          <t>9789753420587</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Keder</t>
+          <t>Harun ile Öyküler Denizi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>210</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053163183</t>
+          <t>9789753425506</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Türkolmak</t>
+          <t>Har</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>165</v>
+        <v>30</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789753428279</t>
+          <t>9789753424721</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Tehdit Mektupları</t>
+          <t>Hamburger Cumhuriyeti: Amerikan Fast Food Kültürünün Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>260</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789753427265</t>
+          <t>9789753423298</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Lanark</t>
+          <t>Güneydoğu’da Sivil Hayat</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>810</v>
+        <v>3.52</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053163176</t>
+          <t>9789753421232</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Düzleşmesi</t>
+          <t>Güneş Bize Haram Kara Üçleme 2</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>320</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053163145</t>
+          <t>9789753421492</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir?</t>
+          <t>Gulyabaniler Cenneti</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>470</v>
+        <v>19.5</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053163138</t>
+          <t>9789753422000</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ahlakı Giyinmek</t>
+          <t>Görmece</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053163121</t>
+          <t>9789753421485</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Muayyen Günler</t>
+          <t>Gökteki Göz</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>445</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053163091</t>
+          <t>9789753422581</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Enis Batur'a Mektuplar ve Ankara Yazıları</t>
+          <t>Giacometti’nin Atölyesi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>250</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053163114</t>
+          <t>9789753422765</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Ötesi - Başka Bir Üreme, Cinsellik ve Kardeşlik Rejimi İçin Öneriler</t>
+          <t>Geceyarısı Çocukları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>425</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053163107</t>
+          <t>9789753423649</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Ne Menem Bir Dünya Bu? - İnsanlararası Bağların ve Pandeminin Fenomenolojisi</t>
+          <t>Fahişeliğin Öbür Yüzü</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>235</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053163084</t>
+          <t>9789753424172</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Gomaşinen - Hatırlıyorum</t>
+          <t>Eşcinsel Kadınlar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>410</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053163077</t>
+          <t>9789753423694</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Nesne İlişkileri</t>
+          <t>Eşcinsel Erkekler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>600</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053163053</t>
+          <t>9789753427128</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Cinsiyeti -Cinsiyetçiliğe Karşı Kadın Hakları Siyaseti</t>
+          <t>Ermenistan’da Bir Türkiyeli</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>700</v>
+        <v>62</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053163015</t>
+          <t>9789753426961</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Sabiha’nın Kız Kardeşleri - Türkiye Sinemasında Kadınlar, Deneyimler ve Toplumsal Cinsiyet</t>
+          <t>Erdem Devesi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>510</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053163060</t>
+          <t>9789753423090</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Dünyalar-Arasında</t>
+          <t>Erbakan’ın Kürtleri Milli Görüş’ün Güneydoğu Politikası</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>210</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053163046</t>
+          <t>9789753425278</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm ve Demokrasi</t>
+          <t>Elli Parça</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>470</v>
+        <v>18</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053163039</t>
+          <t>9789753427210</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kütlenin Gizli Çekiciliği</t>
+          <t>Ekonomik ve Finansal Krizler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>295</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053163022</t>
+          <t>9789753425711</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Çam Pürleriyle Namrun</t>
+          <t>Ebru - Kültürel Çeşitlilik Üzerine Yansımalar (Ciltli)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053162995</t>
+          <t>9789753425896</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Toba Tek Singh</t>
+          <t>Düşüş</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>340</v>
+        <v>50</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053162988</t>
+          <t>9789753422697</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sözcükleri Tadan Adam</t>
+          <t>Dünya Düzeni: Eskisi Yenisi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>445</v>
+        <v>25.93</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053162971</t>
+          <t>9789753425155</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bizi Ayıran Uçurum</t>
+          <t>Dünya Düzeni Nereye?</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>510</v>
+        <v>31.5</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786053162964</t>
+          <t>9789753423786</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Mülkiyet ve Müşterekler</t>
+          <t>DTÖ: Kimin Ticaret Örgütü</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>740</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789753424868</t>
+          <t>9789753420297</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Rüya Alemi ve Felaket</t>
+          <t>Don Isidro Parodi’ye Altı Bilmece</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>630</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786053162957</t>
+          <t>9789753421744</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojiyi Düşünmek</t>
+          <t>Doğru Türkçe</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>210</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786053162940</t>
+          <t>9799753424805</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Evlerden Uzak</t>
+          <t>Diotime ve Aslanlar</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>310</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786053162933</t>
+          <t>9789753429313</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>995 Km</t>
+          <t>Bugün</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>390</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786053162896</t>
+          <t>9789753425292</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Yıl Bir</t>
+          <t>Biz Bu Savaşı Durdurabiliriz</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>610</v>
+        <v>36</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786053162926</t>
+          <t>9789753423403</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Mikroplar - Antibiyotiklerin Aşırı Kullanımı Çağımızın Salgınlarını Nasıl Körüklüyor?</t>
+          <t>Peruk Takan Kadınlar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>425</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786053162919</t>
+          <t>9789753424264</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Örme Biçimleri</t>
+          <t>Hapishaneden Çıkış</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>320</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786053162902</t>
+          <t>9789753423182</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Romanın Kaygısı</t>
+          <t>Kemal Derviş</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>360</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786053162865</t>
+          <t>9789753423199</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İnsanı İnsan Yapan Nedir?</t>
+          <t>Tepeden Tırnağa Yolsuzluk</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>320</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786053162889</t>
+          <t>9789753421713</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Berberin Oğlu</t>
+          <t>Unutkan Tarih</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>390</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786053162872</t>
+          <t>9789753423571</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Eğlencenin İyisi</t>
+          <t>İkici Susurluk</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>250</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786053162858</t>
+          <t>9789753423328</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Husserl Bilinci Nasıl Kurtardı?</t>
+          <t>Sabah ile Nurettin</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>250</v>
+        <v>14.5</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786053162841</t>
+          <t>9789753423960</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Yakılıp Yıkılırken</t>
+          <t>Kıbrıslı Türk Gençleri Konuşuyor</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>260</v>
+        <v>22.5</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786053162834</t>
+          <t>9789753423939</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Fudoki</t>
+          <t>Derviş'in Siyaseti Siyasetin Derviş'i</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>470</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786053162827</t>
+          <t>9799753422122</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Geştalt Kuramı</t>
+          <t>Zulüm Politikaları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>370</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786053162810</t>
+          <t>9789753423236</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Temasın İmkanları</t>
+          <t>Hüsamettin Özkan</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>445</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786053162797</t>
+          <t>9789753423496</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Pis İşler</t>
+          <t>Öteki DSP</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>470</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786053162780</t>
+          <t>9789753423663</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Gıdanın Politik Ekolojisi</t>
+          <t>İnternet Çağında Gazetecilik</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>340</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786053162742</t>
+          <t>9789753423120</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Kazısı - Bilge Karasu’nun İstanbul’u Walter Benjamin’in Berlin’i</t>
+          <t>Amiral Battı (Can Ataklı'nın Tanıklığıyla)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>445</v>
+        <v>15.28</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786053162759</t>
+          <t>9789759205980</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Simone Weil Unutkanlar Krallığı’nda</t>
+          <t>Metropol Yeşili</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>30</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786053162766</t>
+          <t>9789753429252</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Araziyi Düzleştirmek</t>
+          <t>Yaşarken Yazılan Tarih: Gezi Direnişi ve Halk Hareketlerinin Geçmişi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>340</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786053162735</t>
+          <t>9789753429221</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bulutun İçinden Bir Ses</t>
+          <t>Tarihi Ayı Öfkesi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>410</v>
+        <v>56</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786053162728</t>
+          <t>9786053161080</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Foucault ve Şeyler</t>
+          <t>Metis Ajanda 2018 : Fili Yuttu Bir Yılan</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>210</v>
+        <v>6</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786053162711</t>
+          <t>9786053160670</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Işığına Tavşan Olduğum Filmler</t>
+          <t>Metis Ajanda 2017: Hiçbir Yerden</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>390</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786053162704</t>
+          <t>9789753424387</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Dikkat</t>
+          <t>Dünya Sosyal Forumu</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>470</v>
+        <v>36</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786053162674</t>
+          <t>9789753424127</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Feminist Eleştiri: Arayışlar ve Müzakereler</t>
+          <t>Silah Ticareti Kılavuzu</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>445</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786053162681</t>
+          <t>9789753424073</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Makinelere Giden Yol</t>
+          <t>Küresel İklim Değişimi</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>470</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786053162636</t>
+          <t>9789753424240</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Teorinin Cini</t>
+          <t>Hergele Aşıklar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>410</v>
+        <v>78.5</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786053162650</t>
+          <t>9789757650850</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Saklı İnsan</t>
+          <t>Salyangoz ya da Şövalyenin Zamanı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>360</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786053162667</t>
+          <t>9789753425032</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Parmenides ve Güneş'in Kızı</t>
+          <t>Hapisaneden Şiirler</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786053162643</t>
+          <t>9789753421690</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Korku Metropolü İstanbul</t>
+          <t>Hukuk Gladyatörü</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>630</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786053162605</t>
+          <t>9789753423915</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Salgın, İklim, Toplum</t>
+          <t>Havalandırma</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>620</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786053162612</t>
+          <t>9789753421607</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Tohumların Zaferi</t>
+          <t>2000 Yılında 25 Yaşına Basacak Olan Yunus</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>445</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789753424837</t>
+          <t>9789753422710</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Uçuştan Uçuşa</t>
+          <t>Terazinin Hüznü ve Diğer Burçları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>340</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786053162629</t>
+          <t>9789753423311</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Cenup</t>
+          <t>Kovulanın İzi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>340</v>
+        <v>42</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786053162582</t>
+          <t>9789753421409</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Sibirya Hayali</t>
+          <t>Paslanmaz Çelik Sıçanın İntikamı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>360</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786053162544</t>
+          <t>9789753420754</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bizi Biz Yapan Genler</t>
+          <t>Yaşadığımız Dünya 1992: Ekonomik ve Jeopolitik Yıl</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>410</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786053162551</t>
+          <t>9799753422030</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Tufan Göründü</t>
+          <t>Şehir İçi Öyküler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>360</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786053162575</t>
+          <t>9789753423953</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kavramların Yolculuğu</t>
+          <t>Irak'a Savaş: Bush Yönetiminin Bilmenizi İstemediği Gerçekler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>320</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786053162568</t>
+          <t>9789753423502</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Evrak Çantası</t>
+          <t>Yıkık Kentli Kadınlar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>250</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786053162537</t>
+          <t>9789753423267</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Anatomi Dersi</t>
+          <t>Kolici</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>210</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786053162520</t>
+          <t>9789753423175</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kafkaesk</t>
+          <t>Resmen İşkence</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>280</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786053162513</t>
+          <t>9789753422659</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Thales ve Bilgelik Tahtı</t>
+          <t>Taş Hücre</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>250</v>
+        <v>80</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053162506</t>
+          <t>9789753422406</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Mesafeyi Aramak</t>
+          <t>Cumhuriyet İradesi Demokrasi Muhakemesi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>470</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786053162490</t>
+          <t>9789753421751</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Freud’un Teorisinde ve Psikanalizin Tekniğinde Ben</t>
+          <t>Toprakaltı Sarayları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>565</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9796053160686</t>
+          <t>9789753421478</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri A09.02.22</t>
+          <t>Günah Yiyen</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>95</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786053162483</t>
+          <t>9789753421089</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Charles Darwin Kaya Midyesi ve David Bowie Örümceği</t>
+          <t>Uzay Tacirleri</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>370</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786053162476</t>
+          <t>9789753421072</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ardından</t>
+          <t>İki Dünya Savaşıyor</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>280</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786053162469</t>
+          <t>9789753420112</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Şiddetsizliğin Gücü</t>
+          <t>Bizans Sohbetleri</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>320</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053162452</t>
+          <t>9789753423731</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Zaman Sığınağı</t>
+          <t>Humeynizm</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>425</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786053162445</t>
+          <t>9789753422888</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Kendine Yolculuğu</t>
+          <t>Bu Ölümsüz</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>260</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053162438</t>
+          <t>9789753422413</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Erkekler Yalnızlıklar</t>
+          <t>Yıldız Gemisi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>410</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053162421</t>
+          <t>9789753421706</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Çoğu Zarar Azı Karar</t>
+          <t>Uzay Elbisemle Yolculuğa Hazırım</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>445</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053162391</t>
+          <t>9789753421355</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Düşünme Etiği</t>
+          <t>Rusya'da Kapitalizm Neden Tutmadı?</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>525</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053162407</t>
+          <t>9789753421195</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Delişmenlik Çağı</t>
+          <t>Yer Açın! Yer Açın!</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>510</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053162384</t>
+          <t>9799753424911</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Zaten Yoktular</t>
+          <t>Korkunun Irmağında</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>175</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053162377</t>
+          <t>9799753422252</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Agroekoloji: Başka Bir Tarım Mümkün</t>
+          <t>Ne Mutlu</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>470</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786053162360</t>
+          <t>9799753422108</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Devam Ağacı</t>
+          <t>Kobaylar Kampı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>340</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786053162353</t>
+          <t>9789753425049</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Değişmeli!</t>
+          <t>Hapishaneden Öyküler</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>470</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786053162346</t>
+          <t>9789753423526</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Açık Şehir</t>
+          <t>Sessiz Ölüm: Avrupalı Siyasi Mahkumlar Hücreyi Anlatıyor</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>390</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786053162339</t>
+          <t>9789753423458</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İnsan Türleriyle Yakın Temas</t>
+          <t>Türkiye Savaşın Neresinde?</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>410</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786053162322</t>
+          <t>9789753420303</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Vulnus</t>
+          <t>Büyük Zen Düğünü</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>260</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786053162315</t>
+          <t>9789753422703</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Tarihleri</t>
+          <t>Yeniversite</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>495</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053162308</t>
+          <t>9789753423168</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yatak Odasındaki Kalabalık</t>
+          <t>Gülümseyen İslam</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>495</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786053162285</t>
+          <t>9789753425353</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Dinin Gösterisi</t>
+          <t>Zaman ve Başka</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>260</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786053162292</t>
+          <t>9789753422420</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Aile Albümü</t>
+          <t>Yüksek Şatodaki Adam</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>370</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053162278</t>
+          <t>9789753421515</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denen Hayvan</t>
+          <t>En Son Kale</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>525</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053162261</t>
+          <t>9789753424011</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Böyle Söylüyordu Nietzsche</t>
+          <t>Yazının Sıfır Derecesi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>250</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053162254</t>
+          <t>9789753426374</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Emperyalizm</t>
+          <t>Yazının da Yırtılıverdiği Yer</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>670</v>
+        <v>19.9</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053162247</t>
+          <t>9789753427104</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Freud'dan Lacan'a Psikanaliz</t>
+          <t>Yaz Tarifesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>260</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053162230</t>
+          <t>9789753423946</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Aşırılığın Peygamberleri</t>
+          <t>Yaz Geçer</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>650</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786053162223</t>
+          <t>9789753421461</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Hafızanın İzinde</t>
+          <t>İki Şahit ve Diğerleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>370</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053162216</t>
+          <t>9789753427630</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Emek, Beden, Aile</t>
+          <t>Yaşamasız Yazabilmek</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>370</v>
+        <v>31</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786053162209</t>
+          <t>9789753421348</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Balıkların Bildikleri</t>
+          <t>Anti-Hamlet</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>470</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053162193</t>
+          <t>9789753426169</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizmin Harabelerinde</t>
+          <t>Vatandaşlık ve Etnik Çatışma</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>340</v>
+        <v>78</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053162056</t>
+          <t>9789753426305</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Kapital’i İçin Kılavuz İkinci Cilt</t>
+          <t>Vahşi Hafiyeler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>600</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053162179</t>
+          <t>9789753421184</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Eğlencelerin Sırrı</t>
+          <t>Yedinci Ağıt &amp; Okumak</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>340</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053162186</t>
+          <t>9789753426800</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Sol: Evin Reddi</t>
+          <t>Uzak Yıldız</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>295</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053162162</t>
+          <t>9789753421034</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Yad</t>
+          <t>Karmakarışık Öyküler Kitabı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>175</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053162155</t>
+          <t>9789753425315</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Mimar Sinan Tarihsel ve Muhayyel</t>
+          <t>Utanç</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>760</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053162148</t>
+          <t>9799753422016</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Davet - Konukseverlik Üstüne</t>
+          <t>Uluslar ve Milliyetçilikler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>260</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053162124</t>
+          <t>9799753425406</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İstasyon</t>
+          <t>Yaz Evi, Daha Sonra</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>235</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053162100</t>
+          <t>9799753424737</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Arıların Bildikleri ve Dünyamızdaki Yaşam İçin Önemleri</t>
+          <t>Türkiye’nin Kürt Sorunu</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>425</v>
+        <v>14.35</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053162094</t>
+          <t>9789750110320</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Son Gerisayım</t>
+          <t>Türkiye’de Kadına Yönelik Şiddet</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>370</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053162117</t>
+          <t>9789753426947</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Galileo İle Mevleviler</t>
+          <t>Türkiye’de Farklı Olmak</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>48</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786053162087</t>
+          <t>9789753420372</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Arkası Mutlaka Gelir</t>
+          <t>Türkiye’de Çevre ve Siyaset Olağan Ülkeden Olağanüstü Ülkeye</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>235</v>
+        <v>3.52</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053162070</t>
+          <t>9789753422185</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Hayal Bile Edemeyeceğimiz Varlıklar Kitabı</t>
+          <t>Türkiye Sizinle Gurur Duyuyor Türk Siyasal Kültüründen Portreler</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>670</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053162063</t>
+          <t>9789753420501</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İroni</t>
+          <t>Ve Sonra Hiç Kalmadı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>320</v>
+        <v>2.04</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786053162049</t>
+          <t>9789753421010</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Normalliğin Kuruluşu</t>
+          <t>Gözaltında Kayıp Onu Unutma!</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>525</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786053162032</t>
+          <t>9789753420273</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Yeni Sağ Radikalizmin Veçheleri ve Geçmişin İşlenmesi Ne Demektir ?</t>
+          <t>Randevu Hazırlığı</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>190</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053162025</t>
+          <t>9799753421934</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yeni Karanlık Çağ</t>
+          <t>Pısırıklar Çağı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>410</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053162018</t>
+          <t>9799753421927</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Siyah Deri Beyaz Maskeler</t>
+          <t>Teşkilat</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>320</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053162001</t>
+          <t>9789753421096</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Hamamname</t>
+          <t>Kızıl Gezegen</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>310</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053161998</t>
+          <t>9789753422512</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Kusurları</t>
+          <t>Alacakaranlık Anıları</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>370</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053161974</t>
+          <t>9789753422383</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Zamana Düşüş</t>
+          <t>Yürüyenler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>260</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053161950</t>
+          <t>9789753421218</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sekiz Kentin Hikayesi</t>
+          <t>Ergenlik Ayini</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>445</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053161981</t>
+          <t>9789753420815</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yazma Üzerine Sohbetler</t>
+          <t>Allah'ın Batısında</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>250</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053161967</t>
+          <t>9789753420365</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünün Zamanı</t>
+          <t>Kızıldan Yeşile</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>340</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053161929</t>
+          <t>8699757650723</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Küçülme</t>
+          <t>Greenpeace, Yeşilbarışın Öyküsü</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>470</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053161905</t>
+          <t>9789753421782</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Moleküler Kızıl</t>
+          <t>Postacı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>470</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053161936</t>
+          <t>9789753422895</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Mıknatıs-Ses</t>
+          <t>Triton</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>445</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053161943</t>
+          <t>9789753421423</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Beckett</t>
+          <t>ISBN 975-342-142-7</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>410</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053161912</t>
+          <t>8699757650815</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İkinci Hayat</t>
+          <t>Eylem Günlüğü: Zonguldak Maden Grevi ve Yürüyüşü Kasım 90-Ocak 91</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>340</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053161868</t>
+          <t>9789753422031</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Kat</t>
+          <t>Şehiriçi Öyküleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>525</v>
+        <v>58</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053161899</t>
+          <t>9786053160236</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hormonların Gücü</t>
+          <t>Ajanda 2016: Rüyanın Gör Dediği</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>425</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053161486</t>
+          <t>9789753429733</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Fark</t>
+          <t>Son Akşam Yemeği</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>600</v>
+        <v>184</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053161813</t>
+          <t>9789753429825</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Sanatı</t>
+          <t>Metis Ajanda 2015: Beni Siz Delirttiniz!</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>630</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053161837</t>
+          <t>9786053160625</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Top Sende</t>
+          <t>Belgariad (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>210</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053161882</t>
+          <t>9789753429634</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Aşk İçin İstediğimiz Başka Hayvanlar</t>
+          <t>100 Soruda Erdoğan - Gülen Savaşı</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>190</v>
+        <v>265</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053161875</t>
+          <t>9799753422115</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ziya Gökalp, Kemalizm ve Türkiye'de Korporatizm</t>
+          <t>Şok Dalgası Süvarisi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>340</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053161844</t>
+          <t>9789753421454</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Feminist Yöntem</t>
+          <t>Geriye Kalan Devrimdir</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>495</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053161851</t>
+          <t>9799757650415</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Parçalanma</t>
+          <t>Gece Dersleri</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>280</v>
+        <v>5</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053161820</t>
+          <t>9799753421828</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Benim Durumumdaki Erkekler</t>
+          <t>Bilginin Temelleri</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>390</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053161806</t>
+          <t>9799753422139</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yine - Hala</t>
+          <t>Ölü Kelebeklerin Dansı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>320</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053161790</t>
+          <t>9789753420075</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Eros'un Istırabı</t>
+          <t>Suçta Mutluluk</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>175</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053161738</t>
+          <t>9789753425339</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Yakınlıklar</t>
+          <t>Med-Cezir</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>370</v>
+        <v>16.2</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053161752</t>
+          <t>9786053162131</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Şimdilik Her Şey Yolunda</t>
+          <t>Ajanda 2021: Hayat Memat</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>210</v>
+        <v>25</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053161776</t>
+          <t>9786053161462</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Nörolojik</t>
+          <t>Metis Ajanda 2019: İnsan Nedir ki?</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>495</v>
+        <v>48</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053161769</t>
+          <t>9786053160946</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Trajik Hissiyat Ütopik Siyaset</t>
+          <t>Cuma ya da Yaban Yaşam</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>425</v>
+        <v>145</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053161615</t>
+          <t>9786053164425</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Gemideki Hayalet</t>
+          <t>Mikrobiyom</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>510</v>
+        <v>525</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053161714</t>
+          <t>9786053164418</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Çağ Geçitleri</t>
+          <t>Akdeniz'in Hayal Gücü</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053161745</t>
+          <t>9786053164180</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ölümün Öyküsü</t>
+          <t>Marx'ın Grundrisse'si İçin Kılavuz</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053161721</t>
+          <t>9786053164401</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Polisiye Roman</t>
+          <t>Cansever/Kant</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053161646</t>
+          <t>9786053164432</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Müzesi</t>
+          <t>Fantazi, Bilimkurgu ve Başka Meseleler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>545</v>
+        <v>310</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053161707</t>
+          <t>9786053164388</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Psikopolitika</t>
+          <t>Nils Vik’in Öldüğü Gün</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053161691</t>
+          <t>9786053164371</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Milletin Mimarisi</t>
+          <t>Soyu Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>445</v>
+        <v>410</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053161684</t>
+          <t>9786053164340</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Gaflet</t>
+          <t>Tekil Kalabalık</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>445</v>
+        <v>340</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053161639</t>
+          <t>9786053164364</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kaybolan Bağlar</t>
+          <t>Gülün Hayaleti</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>525</v>
+        <v>320</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053161622</t>
+          <t>9786053164357</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İki Cihan Aresinde</t>
+          <t>Metis Ajanda 2026: Anlıyorsun Değil mi?</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>470</v>
+        <v>110</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053161479</t>
+          <t>9789753424776</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Manzaralar</t>
+          <t>Murathan Mungan'ın Seçtikleriyle Kadınlığın 21 Hikayesi</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053161677</t>
+          <t>9786053164289</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sardalyanın Gizemi</t>
+          <t>Yerdeniz Büyücüsü</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>360</v>
+        <v>750</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786053161660</t>
+          <t>9786053164302</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Manzaralar (Ciltli)</t>
+          <t>Gerilimli Değişim</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>500</v>
+        <v>535</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053161608</t>
+          <t>9789753426473</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Yasaları</t>
+          <t>Yeşil Gözler</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>495</v>
+        <v>320</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053161653</t>
+          <t>9786053164326</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sosyoloji Yazıları</t>
+          <t>Canavarların Vaatleri</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>610</v>
+        <v>470</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053161592</t>
+          <t>9786053164319</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Polemikler</t>
+          <t>Ley Hatları</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786053161578</t>
+          <t>9786053164272</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Zihin</t>
+          <t>Alerjik</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>495</v>
+        <v>510</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786053161561</t>
+          <t>9786053164234</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İsyankar Şehir</t>
+          <t>Hem Antisemitizme Hem İstismarına Karşı</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053161585</t>
+          <t>9786053164265</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Bir Dava</t>
+          <t>Fransa’nın Cumhuriyetçi Tarihi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>340</v>
+        <v>545</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053161554</t>
+          <t>9786053164258</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Aramızdaki Ağaç</t>
+          <t>Bahçıvan ve Ölüm</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>235</v>
+        <v>340</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053161547</t>
+          <t>9789753427814</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Kıyıları</t>
+          <t>O Sevdiğim Dünya</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>295</v>
+        <v>370</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053161530</t>
+          <t>9789753428187</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kimlik, Tanınma Mücadelesi ve Şarkiyatçılık</t>
+          <t>Mobius Dick</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>510</v>
+        <v>370</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053161509</t>
+          <t>9789753420402</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kendini Tutamayan Boşluk</t>
+          <t>Ulusal Kalkınmacılığın İflası</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>580</v>
+        <v>238</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053161493</t>
+          <t>9789753427616</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Astrobiyoloji</t>
+          <t>Hep Yazmak İsteyenlerin Hikayeleri</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>280</v>
+        <v>162</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053161523</t>
+          <t>9789753421430</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Dünya ile Devlet Arasında Türk Muharriri</t>
+          <t>Kıyısız</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>700</v>
+        <v>198</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053161516</t>
+          <t>9789753427456</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Newton ve Gökbilimciler Cemiyeti</t>
+          <t>Sırtımdaki Ev</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>250</v>
+        <v>640</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053161448</t>
+          <t>9786053161097</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Dayanışma Ekonomileri</t>
+          <t>Siyasalın Peşinde</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>410</v>
+        <v>262</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053161455</t>
+          <t>9786053162414</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hong Kong - İstanbul: Şehri Şahsileştirmek</t>
+          <t>Metis Ajanda 2022: Normali Beklerken</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>390</v>
+        <v>75</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053161431</t>
+          <t>9786053161783</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Ucu Bucağı</t>
+          <t>Metis Ajanda 2020: Ya Kebikeç!</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>280</v>
+        <v>110</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9796053160662</t>
+          <t>9796053160624</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri 8</t>
+          <t>Andrey Platonov Seti 5 Kitap Takım - Metis Ajanda Hediyeli</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>130</v>
+        <v>490</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053161424</t>
+          <t>9796053160730</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Adam</t>
+          <t>Didem Madak Seti - 3 Kitap Takım</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>370</v>
+        <v>219</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053161417</t>
+          <t>9796053160679</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Bir Zamanda Yaşıyoruz?</t>
+          <t>Birhan Keskin Seti 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>175</v>
+        <v>380</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053161400</t>
+          <t>9796053160648</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>İzonomi ve Felsefenin Kökenleri</t>
+          <t>Georges Perec 5 Kitap Takım - Metis Ajanda Hediyeli</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>320</v>
+        <v>476</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053161387</t>
+          <t>9796053160655</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Nedir?</t>
+          <t>Aslı Biçen Seti 3 Kitap Takım - Metis Ajanda Hediyeli</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>360</v>
+        <v>452</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053161370</t>
+          <t>9789753426459</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Bir Baba</t>
+          <t>Aydınlanma</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>410</v>
+        <v>600</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053161356</t>
+          <t>9789753425001</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Radyo Benjamin</t>
+          <t>Eteğimdeki Taşlar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>630</v>
+        <v>390</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053161363</t>
+          <t>9789753429030</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Bildikleri</t>
+          <t>Evrim Serüveni</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>280</v>
+        <v>470</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053161349</t>
+          <t>9789753429283</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ailenin Karanlık Yüzü Ensest</t>
+          <t>Kağıt Yolunda</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>425</v>
+        <v>390</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053161301</t>
+          <t>9789753423038</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Kültür Denen Şey</t>
+          <t>İran'da Modern Olmak</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>545</v>
+        <v>390</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053161332</t>
+          <t>9789753429788</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Ölüm</t>
+          <t>Göçebe Düşünmek</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>280</v>
+        <v>545</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053161295</t>
+          <t>9789753429320</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Hissedilen Zaman</t>
+          <t>Sinema Savaşları</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>280</v>
+        <v>495</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053161257</t>
+          <t>9786053164241</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Portreler</t>
+          <t>Yanı Başımızdaki Doğa</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>680</v>
+        <v>410</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053161325</t>
+          <t>9786053164210</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Portreler (Ciltli)</t>
+          <t>Alacakaranlık</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>800</v>
+        <v>280</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053161288</t>
+          <t>9786053164173</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Nuri Bilge Ceylan Sineması</t>
+          <t>Ağrı Nedir?</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>340</v>
+        <v>425</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053161271</t>
+          <t>9786053164227</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Freud-Spinoza Mektuplaşması (1676 - 1938)</t>
+          <t>Metis Cep Defteri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>470</v>
+        <v>130</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053161318</t>
+          <t>9786053164203</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Dil Meseleleri</t>
+          <t>Akbabalar ve Köstebekler</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053161264</t>
+          <t>9786053164142</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Alice B. Toklas’ın Özyaşamöyküsü</t>
+          <t>Yanılsamalar Şehri</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053161240</t>
+          <t>9786053164135</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yılanlar, Gündoğumları ve Shakespeare</t>
+          <t>Kim Korkar Toplumsal Cinsiyetten?</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>390</v>
+        <v>470</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053161233</t>
+          <t>9786053164197</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Lao Tzu: Tao Te Ching</t>
+          <t>Annem</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053161226</t>
+          <t>9786053164166</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Futbol Düşünürken Aslında Ne Düşünürüz?</t>
+          <t>Edebiyat, Psikanaliz ve Başka Meseleler</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>295</v>
+        <v>260</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053161172</t>
+          <t>9786053164159</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Farkın İnşası</t>
+          <t>Gençlik... Gençlik.../Murathan Mungan’ın Seçtikleriyle</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>425</v>
+        <v>210</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053161219</t>
+          <t>9786053164128</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Laiklik, Vatandaşlık, Demokrasi</t>
+          <t>Söz Vermiş Şarkılar</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053161202</t>
+          <t>9786053164111</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Türk Sorunu</t>
+          <t>Sonsuza Dek Sürüyor, Derken Bitiyor</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053161196</t>
+          <t>9786053163190</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Doğal Roman</t>
+          <t>Edebi Babanın Reddi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>260</v>
+        <v>565</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053161189</t>
+          <t>9786053164104</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Zor Problem: Bilinç</t>
+          <t>Yokluğun Haritaları</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053161165</t>
+          <t>9786053164098</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Halkın Çözülüşü</t>
+          <t>Aristoteles ve Büyük İskender</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053161127</t>
+          <t>9786053164074</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Birbirimiz İçin Yaşayacağız</t>
+          <t>Patronun Gözü</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>390</v>
+        <v>445</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053161158</t>
+          <t>9786053164081</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Yakından</t>
+          <t>Komünizm İş Başında</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>390</v>
+        <v>370</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053161134</t>
+          <t>9786053164067</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Terbiyesi</t>
+          <t>Hepimiz Yıldız Tozuyuz</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>280</v>
+        <v>565</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053161141</t>
+          <t>9786053164036</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçiliğin Çelişkileri</t>
+          <t>Ne çok gelecek, ne az zaman</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>510</v>
+        <v>370</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053161103</t>
+          <t>9786053164050</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Alman Felsefesi Üstüne Diyalog</t>
+          <t>Uykuya Yatmak</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>210</v>
+        <v>245</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053161110</t>
+          <t>9786053162698</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Bilinçdışı</t>
+          <t>Metis Ajanda 2023: ArzuHal</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>425</v>
+        <v>75</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053161073</t>
+          <t>9789753427142</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Hayvanların Ne Kadar Zeki Olduğunu Anlayacak Kadar Zeki miyiz?</t>
+          <t>Kocanın Güzelliği</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>495</v>
+        <v>280</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053161004</t>
+          <t>9786053163930</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kadınlık Daima Bir Muamma</t>
+          <t>Yaranın Sayfaları</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>370</v>
+        <v>210</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053161035</t>
+          <t>9786053163992</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Elma (Defter)</t>
+          <t>Yeni Despotizm</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053161011</t>
+          <t>9786053164029</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist Kalkınmayı Yeniden Düşünmek</t>
+          <t>Derimizin Olağanüstü Yaşamı</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>470</v>
+        <v>425</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786053160991</t>
+          <t>9786053164043</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat, Popüler Kültür ve Toplum</t>
+          <t>Biliyorum, Ama Yinede...</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>370</v>
+        <v>235</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053161066</t>
+          <t>9786053164012</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Efsus’a Yolculuk</t>
+          <t>Metis Ajanda 2025: Ailenizin Ajandası</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>235</v>
+        <v>110</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053160984</t>
+          <t>9786053164005</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Başkan Sokrates!</t>
+          <t>Bilge Karasu’yu Düşünmek</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053161028</t>
+          <t>9786053163985</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Orada, Bir Arada</t>
+          <t>Sihirli Hap</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>235</v>
+        <v>495</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053160953</t>
+          <t>9786053163978</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Temas</t>
+          <t>Şiirin Eşya Deposu</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>445</v>
+        <v>235</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053160960</t>
+          <t>9786053163893</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşarak Yaşamak</t>
+          <t>Mezhepçilik Kültürü</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>295</v>
+        <v>445</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053160939</t>
+          <t>9786053163961</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Sesin Rengi</t>
+          <t>Ahlak</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>470</v>
+        <v>525</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053160977</t>
+          <t>9786053163954</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Çukur</t>
+          <t>Soğuk Ateş</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>280</v>
+        <v>470</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786053160861</t>
+          <t>9786053163916</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Tereddütlü Düşünceler</t>
+          <t>Sanatın Yolculukları</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053160922</t>
+          <t>9786053161394</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Din Devlet Demokrasi</t>
+          <t>Zamanın Kokusu</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053160885</t>
+          <t>9786053163947</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Roma</t>
+          <t>Kuma Daireler Çizen</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>260</v>
+        <v>295</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053160878</t>
+          <t>9786053163152</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>İnsan İletişiminin Kökenleri</t>
+          <t>Hades'te Bir Gece - Kurmaca Bir Söyleşi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>425</v>
+        <v>175</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053160595</t>
+          <t>9786053163169</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Mülksüzleşme</t>
+          <t>Otelde Bulunmuş Kitap - Murathan Mungan’ın Seçtikleriyle</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053160915</t>
+          <t>9789753423656</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Düğümler</t>
+          <t>Hayat</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053160908</t>
+          <t>9789753420853</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Narsisist Entrikalar</t>
+          <t>Hani</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>510</v>
+        <v>190</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053160892</t>
+          <t>9789753422796</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Şeffaflık Toplumu</t>
+          <t>Uyuyan Adam</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>190</v>
+        <v>235</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053160854</t>
+          <t>9786053163923</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Yıkarak Yapmak</t>
+          <t>Filistin Laboratuvarı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>525</v>
+        <v>445</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053160830</t>
+          <t>9786053162803</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Tren Geçti</t>
+          <t>Sakar</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>445</v>
+        <v>235</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053160823</t>
+          <t>9786053162773</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Seferleri İçin Vapur Tarifeleri</t>
+          <t>Güneşteki Adamlar</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>495</v>
+        <v>190</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053160748</t>
+          <t>9786053163909</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Devletdışı Güç</t>
+          <t>Görüyoruz Duyuyoruz</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>390</v>
+        <v>495</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053160847</t>
+          <t>9789753422758</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Büyük Gerileme</t>
+          <t>Irk Kavramını Kim İcat Etti?</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053160816</t>
+          <t>9786053163244</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Herkes İçin</t>
+          <t>Eşitlik Tutkusu</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>495</v>
+        <v>410</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053160533</t>
+          <t>9786053162599</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Sanatla Direniş</t>
+          <t>Palyatif Toplum - Günümüzde Acı</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053160809</t>
+          <t>9789753424325</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Zihinde Bir Dalga</t>
+          <t>Timsah Sokak Şiirleri</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>425</v>
+        <v>190</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786053160793</t>
+          <t>9786053163237</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Dönüşler</t>
+          <t>Beynin Gece Hayatı</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>565</v>
+        <v>470</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9796053160112</t>
+          <t>9789753425476</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri</t>
+          <t>Ölüm Hastalığı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786053160724</t>
+          <t>9786053163220</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Fiziği</t>
+          <t>İki Kilise Arasında Binamaz Karamanlıca Edebiyatta Dil, Kimlik ve Yeniden-Yazım</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>410</v>
+        <v>525</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053160779</t>
+          <t>9786053163213</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sahada</t>
+          <t>Ormanı Planlamak</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>360</v>
+        <v>410</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053160786</t>
+          <t>9786053163206</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Cihadcılık: Efsaneler Gerçekler</t>
+          <t>Keder</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>445</v>
+        <v>210</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053160755</t>
+          <t>9786053163183</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Anahtarlı Kırk Oda</t>
+          <t>Türkolmak</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>295</v>
+        <v>165</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053160717</t>
+          <t>9789753428279</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Yasak Olmayan Hazlar</t>
+          <t>Tehdit Mektupları</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053160762</t>
+          <t>9789753427265</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Doğmuş Olmanın Sakıncası Üstüne</t>
+          <t>Lanark</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>320</v>
+        <v>810</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053160731</t>
+          <t>9786053163176</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kimi Muhitlerde</t>
+          <t>Dünyanın Düzleşmesi</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053160618</t>
+          <t>9786053163145</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihinin Yapısı</t>
+          <t>İnsan Nedir?</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>600</v>
+        <v>470</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786053160700</t>
+          <t>9786053163138</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Nedir?</t>
+          <t>Ahlakı Giyinmek</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053160687</t>
+          <t>9786053163121</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Turgut Uyar ve Başka Şeyler</t>
+          <t>Muayyen Günler</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>250</v>
+        <v>445</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053160663</t>
+          <t>9786053163091</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Hoşbeş</t>
+          <t>Enis Batur'a Mektuplar ve Ankara Yazıları</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053160601</t>
+          <t>9786053163114</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Söylem Türleri ve Başka Yazılar</t>
+          <t>Ailenin Ötesi - Başka Bir Üreme, Cinsellik ve Kardeşlik Rejimi İçin Öneriler</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>295</v>
+        <v>425</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053160557</t>
+          <t>9786053163107</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Hüküm</t>
+          <t>Ne Menem Bir Dünya Bu? - İnsanlararası Bağların ve Pandeminin Fenomenolojisi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>262</v>
+        <v>235</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053160526</t>
+          <t>9786053163084</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Foucault'yu Marx'la Okumak</t>
+          <t>Gomaşinen - Hatırlıyorum</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>340</v>
+        <v>410</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053160694</t>
+          <t>9786053163077</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Heraklitos'un Gizemleri</t>
+          <t>Nesne İlişkileri</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053160656</t>
+          <t>9786053163053</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Malloryon Serisi (5 Cilt Takım)</t>
+          <t>Siyasetin Cinsiyeti -Cinsiyetçiliğe Karşı Kadın Hakları Siyaseti</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>2735</v>
+        <v>700</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786053160571</t>
+          <t>9786053163015</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ben Buradan Okuyorum</t>
+          <t>Sabiha’nın Kız Kardeşleri - Türkiye Sinemasında Kadınlar, Deneyimler ve Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>360</v>
+        <v>510</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786053160434</t>
+          <t>9786053163060</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Eksik Şiir İkinci Kitap</t>
+          <t>Dünyalar-Arasında</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053160649</t>
+          <t>9786053163046</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Aşk İçin Ne Yazdıysam</t>
+          <t>Kapitalizm ve Demokrasi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>280</v>
+        <v>470</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786053160540</t>
+          <t>9786053163039</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Çocukları</t>
+          <t>Kütlenin Gizli Çekiciliği</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>740</v>
+        <v>295</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786053160588</t>
+          <t>9786053163022</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kendi Çağından Bizim Çağımıza Sigmund Freud</t>
+          <t>Çam Pürleriyle Namrun</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>735</v>
+        <v>250</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053160564</t>
+          <t>9786053162995</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Küre</t>
+          <t>Toba Tek Singh</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>235</v>
+        <v>340</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786053160632</t>
+          <t>9786053162988</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm ve İnsan Ruhu</t>
+          <t>Sözcükleri Tadan Adam</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>250</v>
+        <v>445</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053160502</t>
+          <t>9786053162971</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Mekan Yaratmak</t>
+          <t>Bizi Ayıran Uçurum</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>360</v>
+        <v>510</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786053160496</t>
+          <t>9786053162964</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Gözetleme Kulesi</t>
+          <t>Mülkiyet ve Müşterekler</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>390</v>
+        <v>740</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053160519</t>
+          <t>9789753424868</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Eşitliközgürlük</t>
+          <t>Rüya Alemi ve Felaket</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>545</v>
+        <v>630</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786053160489</t>
+          <t>9786053162957</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Anayasalar</t>
+          <t>Sosyolojiyi Düşünmek</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786053160458</t>
+          <t>9786053162940</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Karaduygun</t>
+          <t>Evlerden Uzak</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>235</v>
+        <v>310</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786053160472</t>
+          <t>9786053162933</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Topolojisi</t>
+          <t>995 Km</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789753421294</t>
+          <t>9786053162896</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri A02.11.11</t>
+          <t>Yıl Bir</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>130</v>
+        <v>610</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9789753420396</t>
+          <t>9786053162926</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri</t>
+          <t>Kayıp Mikroplar - Antibiyotiklerin Aşırı Kullanımı Çağımızın Salgınlarını Nasıl Körüklüyor?</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>130</v>
+        <v>425</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789753429368</t>
+          <t>9786053162919</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri AO5. 11. 13</t>
+          <t>Örme Biçimleri</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>130</v>
+        <v>320</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786053160380</t>
+          <t>9786053162902</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Özgürlük</t>
+          <t>Romanın Kaygısı</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053160441</t>
+          <t>9786053162865</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Etnografik Hikayeler</t>
+          <t>İnsanı İnsan Yapan Nedir?</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9789753423830</t>
+          <t>9786053162889</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Adalet ve Şehir</t>
+          <t>Berberin Oğlu</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>425</v>
+        <v>390</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9789753424578</t>
+          <t>9786053162872</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Sonülke</t>
+          <t>Eğlencenin İyisi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>184</v>
+        <v>250</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9789753424301</t>
+          <t>9786053162858</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Tanıklık</t>
+          <t>Husserl Bilinci Nasıl Kurtardı?</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>510</v>
+        <v>250</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9789753427722</t>
+          <t>9786053162841</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Talep</t>
+          <t>Yeryüzü Yakılıp Yıkılırken</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>295</v>
+        <v>260</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9789753422574</t>
+          <t>9786053162834</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Picasso’nun Başarısı ve Başarısızlığı</t>
+          <t>Fudoki</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>370</v>
+        <v>470</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9789753420983</t>
+          <t>9786053162827</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Peynir ve Kurtlar</t>
+          <t>Geştalt Kuramı</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9789753420839</t>
+          <t>9786053162810</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Görme Biçimleri</t>
+          <t>Temasın İmkanları</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>280</v>
+        <v>445</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789753420631</t>
+          <t>9786053162797</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Göçmüş Kediler Bahçesi</t>
+          <t>Pis İşler</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>370</v>
+        <v>470</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789753426497</t>
+          <t>9786053162780</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Godard Godard’ı Anlatıyor</t>
+          <t>Gıdanın Politik Ekolojisi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>510</v>
+        <v>340</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789753422369</t>
+          <t>9786053162742</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Şarkiyatçılık</t>
+          <t>Hafıza Kazısı - Bilge Karasu’nun İstanbul’u Walter Benjamin’in Berlin’i</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>610</v>
+        <v>445</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789753422680</t>
+          <t>9786053162759</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Okuma Kitabı</t>
+          <t>Simone Weil Unutkanlar Krallığı’nda</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789753425360</t>
+          <t>9786053162766</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Şansın Terbiye Edilişi</t>
+          <t>Araziyi Düzleştirmek</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>470</v>
+        <v>340</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053160373</t>
+          <t>9786053162735</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Gözdeki Kıymık</t>
+          <t>Bulutun İçinden Bir Ses</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>600</v>
+        <v>410</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786053160410</t>
+          <t>9786053162728</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Kafa Tutan Köy</t>
+          <t>Foucault ve Şeyler</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053160397</t>
+          <t>9786053162711</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Solak Defterler</t>
+          <t>Işığına Tavşan Olduğum Filmler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>400</v>
+        <v>390</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786053160427</t>
+          <t>9786053162704</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Hannah Arendt'in Küçük Tiyatrosu</t>
+          <t>Çalınan Dikkat</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>250</v>
+        <v>470</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786053160366</t>
+          <t>9786053162674</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Beynin Gölgeleri</t>
+          <t>Feminist Eleştiri: Arayışlar ve Müzakereler</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>510</v>
+        <v>445</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786053160403</t>
+          <t>9786053162681</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Sartre ile Sartre Hakkında</t>
+          <t>Bilinçli Makinelere Giden Yol</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>210</v>
+        <v>470</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786053160311</t>
+          <t>9786053162636</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Çizgiyi Aşmak</t>
+          <t>Teorinin Cini</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>370</v>
+        <v>410</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786053160342</t>
+          <t>9786053162650</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Epiktetos'un Başkaldırısı</t>
+          <t>Saklı İnsan</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786053160328</t>
+          <t>9786053162667</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Ji Realiteya Kurd Ber Bi Realiteya Kurdistan ve Serencama Meseleya Kurd</t>
+          <t>Parmenides ve Güneş'in Kızı</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786053160229</t>
+          <t>9786053162643</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Bir Fotoğrafı Anlamak</t>
+          <t>Korku Metropolü İstanbul</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>370</v>
+        <v>630</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9789753423465</t>
+          <t>9786053162605</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>W - Ya Da Bir Çocukluk Hatırası</t>
+          <t>Salgın, İklim, Toplum</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>280</v>
+        <v>620</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789753423434</t>
+          <t>9786053162612</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Vitrinde Yaşamak</t>
+          <t>Tohumların Zaferi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>250</v>
+        <v>445</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9789753425544</t>
+          <t>9789753424837</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Harem ve Kuzenler</t>
+          <t>Uçuştan Uçuşa</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789753429672</t>
+          <t>9786053162629</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Negatif Diyalektik</t>
+          <t>Cenup</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>550</v>
+        <v>340</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786053160250</t>
+          <t>9786053162582</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kan Revan İçinde</t>
+          <t>Sibirya Hayali</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786053160267</t>
+          <t>9786053162544</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'dan Gelen Telefon</t>
+          <t>Bizi Biz Yapan Genler</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>190</v>
+        <v>410</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786053160335</t>
+          <t>9786053162551</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Mimarın Soluğu</t>
+          <t>Tufan Göründü</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786053160274</t>
+          <t>9786053162575</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Küçükburun</t>
+          <t>Kavramların Yolculuğu</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786053160243</t>
+          <t>9786053162568</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Didem Madak'ı Okumak</t>
+          <t>Evrak Çantası</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>525</v>
+        <v>250</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786053160090</t>
+          <t>9786053162537</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Bellek Tiyatrosu</t>
+          <t>Anatomi Dersi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786053160205</t>
+          <t>9786053162520</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Metis Cep Defteri A06.10.15</t>
+          <t>Kafkaesk</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>130</v>
+        <v>280</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786053160113</t>
+          <t>9786053162513</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Okurken Ne Görürüz?</t>
+          <t>Thales ve Bilgelik Tahtı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>650</v>
+        <v>250</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786053160069</t>
+          <t>9786053162506</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Düş Dokumacısı</t>
+          <t>Mesafeyi Aramak</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>390</v>
+        <v>470</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789753420730</t>
+          <t>9786053162490</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Ahdım Var</t>
+          <t>Freud’un Teorisinde ve Psikanalizin Tekniğinde Ben</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>340</v>
+        <v>565</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786053160083</t>
+          <t>9796053160686</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Kierkegaard ile Denizkızı</t>
+          <t>Metis Cep Defteri A09.02.22</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>250</v>
+        <v>95</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786053160151</t>
+          <t>9786053162483</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlardan Ebediyete</t>
+          <t>Charles Darwin Kaya Midyesi ve David Bowie Örümceği</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786053160038</t>
+          <t>9786053162476</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Filmlerle Hatırlamak</t>
+          <t>Ardından</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786053160106</t>
+          <t>9786053162469</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yabancı</t>
+          <t>Şiddetsizliğin Gücü</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786053160199</t>
+          <t>9786053162452</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Barış Açısını Savunmak</t>
+          <t>Zaman Sığınağı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>525</v>
+        <v>425</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789753429153</t>
+          <t>9786053162445</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm, Arzu ve Kölelik</t>
+          <t>Sanatçının Kendine Yolculuğu</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789753426039</t>
+          <t>9786053162438</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Taş Kumaş</t>
+          <t>Erkekler Yalnızlıklar</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>210</v>
+        <v>410</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789753420662</t>
+          <t>9786053162421</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağının Önü</t>
+          <t>Çoğu Zarar Azı Karar</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>470</v>
+        <v>445</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789753424219</t>
+          <t>9786053162391</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Kadınsız İnkılap</t>
+          <t>Düşünme Etiği</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>495</v>
+        <v>525</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786053160021</t>
+          <t>9786053162407</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Düş Parası</t>
+          <t>Delişmenlik Çağı</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>260</v>
+        <v>510</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786053160212</t>
+          <t>9786053162384</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Harita Metod Defteri</t>
+          <t>Zaten Yoktular</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>580</v>
+        <v>175</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786053160182</t>
+          <t>9786053162377</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Yakın Bakış</t>
+          <t>Agroekoloji: Başka Bir Tarım Mümkün</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>260</v>
+        <v>470</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786053160045</t>
+          <t>9786053162360</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Fransız Felsefesinin Macerası</t>
+          <t>Devam Ağacı</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>295</v>
+        <v>340</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9789753429887</t>
+          <t>9786053162353</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>7/24 Geç Kapitalizm ve Uykuların Sonu</t>
+          <t>Her Şey Değişmeli!</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>250</v>
+        <v>470</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789753425766</t>
+          <t>9786053162346</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Gıda Krizi</t>
+          <t>İstanbul Açık Şehir</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>445</v>
+        <v>390</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786053160120</t>
+          <t>9786053162339</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Gündelik Yaşamda Avrupalı Müslümanlar</t>
+          <t>İnsan Türleriyle Yakın Temas</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>425</v>
+        <v>410</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786053160175</t>
+          <t>9786053162322</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Sandık Lekesi</t>
+          <t>Vulnus</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786053160168</t>
+          <t>9786053162315</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Esir Sözler Kuyusu</t>
+          <t>Geleceğin Tarihleri</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>210</v>
+        <v>495</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9789753428989</t>
+          <t>9786053162308</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sessizliğin Gürültüsü</t>
+          <t>Yatak Odasındaki Kalabalık</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>360</v>
+        <v>495</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9789753426510</t>
+          <t>9786053162285</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Sesler</t>
+          <t>Siyaset ve Dinin Gösterisi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789753424288</t>
+          <t>9786053162292</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Serçe</t>
+          <t>Aile Albümü</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>580</v>
+        <v>370</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789753425681</t>
+          <t>9786053162278</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Pedal Çeviren Kadınlar</t>
+          <t>İnsan Denen Hayvan</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>410</v>
+        <v>525</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786053160076</t>
+          <t>9786053162261</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kaçırdıklarımız</t>
+          <t>Böyle Söylüyordu Nietzsche</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786053160052</t>
+          <t>9786053162254</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Dükkan</t>
+          <t>Kültür ve Emperyalizm</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>370</v>
+        <v>670</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9789753428170</t>
+          <t>9786053162247</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Karl Marx’ın Hayaleti</t>
+          <t>Freud'dan Lacan'a Psikanaliz</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9789753420198</t>
+          <t>9786053162230</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Thomas</t>
+          <t>Aşırılığın Peygamberleri</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>280</v>
+        <v>650</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789753424189</t>
+          <t>9786053162223</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Karanda’nın İfrit Beyi</t>
+          <t>Kayıp Hafızanın İzinde</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>525</v>
+        <v>370</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9789753428408</t>
+          <t>9786053162216</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Sanat Sevdası</t>
+          <t>Emek, Beden, Aile</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789753424080</t>
+          <t>9786053162209</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Sana Gül Bahçesi Vadetmedim</t>
+          <t>Balıkların Bildikleri</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>425</v>
+        <v>470</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786053160007</t>
+          <t>9786053162193</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Güne Söylediklerim</t>
+          <t>Neoliberalizmin Harabelerinde</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9789753429795</t>
+          <t>9786053162056</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Müştereklerimiz</t>
+          <t>Marx’ın Kapital’i İçin Kılavuz İkinci Cilt</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>495</v>
+        <v>600</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786053160137</t>
+          <t>9786053162179</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Yeni İktidar Yeni Direniş</t>
+          <t>Eğlencelerin Sırrı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786053160014</t>
+          <t>9786053162186</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Sokak Siyaseti</t>
+          <t>Sol: Evin Reddi</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>470</v>
+        <v>295</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9789753425759</t>
+          <t>9786053162162</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Asılı Adam</t>
+          <t>Yad</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>360</v>
+        <v>175</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9789753424646</t>
+          <t>9786053162155</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Profesör Freud Balıklarla Konuşuyor</t>
+          <t>Mimar Sinan Tarihsel ve Muhayyel</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>250</v>
+        <v>760</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9789753429856</t>
+          <t>9786053162148</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Krizde Felsefe ve Direniş</t>
+          <t>Davet - Konukseverlik Üstüne</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>445</v>
+        <v>260</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9789753429863</t>
+          <t>9786053162124</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Kefaretin Ötesinde</t>
+          <t>İstasyon</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>260</v>
+        <v>235</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9789753429870</t>
+          <t>9786053162100</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Film Teorisi</t>
+          <t>Arıların Bildikleri ve Dünyamızdaki Yaşam İçin Önemleri</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>735</v>
+        <v>425</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9789753429993</t>
+          <t>9786053162094</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Barbarın Kahkahası</t>
+          <t>Son Gerisayım</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>260</v>
+        <v>370</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9789753429894</t>
+          <t>9786053162117</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Şark'ın Peşinde</t>
+          <t>Galileo İle Mevleviler</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9789753425735</t>
+          <t>9786053162087</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Tokyo Uçuşu İptal</t>
+          <t>Arkası Mutlaka Gelir</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>580</v>
+        <v>235</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9789753429900</t>
+          <t>9786053162070</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Dinin Soykütükleri</t>
+          <t>Hayal Bile Edemeyeceğimiz Varlıklar Kitabı</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>525</v>
+        <v>670</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9789753422482</t>
+          <t>9786053162063</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Ütopya</t>
+          <t>İroni</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9789753429061</t>
+          <t>9786053162049</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Tarih ve Tekerrür</t>
+          <t>Cinsel Normalliğin Kuruluşu</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>370</v>
+        <v>525</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9789753428125</t>
+          <t>9786053162032</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Filmler ve Rüyalar</t>
+          <t>Yeni Sağ Radikalizmin Veçheleri ve Geçmişin İşlenmesi Ne Demektir ?</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9789753429023</t>
+          <t>9786053162025</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Film Dilinde Mahrem</t>
+          <t>Yeni Karanlık Çağ</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>390</v>
+        <v>410</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9789753424813</t>
+          <t>9786053162018</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Feminizm ve Doğaya Hükmetmek</t>
+          <t>Siyah Deri Beyaz Maskeler</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>425</v>
+        <v>320</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9789753429986</t>
+          <t>9786053162001</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yürüyüş</t>
+          <t>Hamamname</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789753424318</t>
+          <t>9786053161998</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Hayvanlar Murathan Mungan’ın Seçtikleriyle</t>
+          <t>İnsanın Kusurları</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789753425445</t>
+          <t>9786053161974</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein’ın Yeğeni</t>
+          <t>Zamana Düşüş</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9789753429948</t>
+          <t>9786053161950</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Doyma Noktası</t>
+          <t>Sekiz Kentin Hikayesi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>210</v>
+        <v>445</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789753429931</t>
+          <t>9786053161981</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Yüzünde Bir Yer</t>
+          <t>Yazma Üzerine Sohbetler</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789753429771</t>
+          <t>9786053161967</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Sınır Tanımayan Şiddet</t>
+          <t>Yeryüzünün Zamanı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>620</v>
+        <v>340</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9789753429979</t>
+          <t>9786053161929</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Şehrin İtirazı</t>
+          <t>Küçülme</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>260</v>
+        <v>470</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789753429764</t>
+          <t>9786053161905</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Sanat Neye Benzer</t>
+          <t>Moleküler Kızıl</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>260</v>
+        <v>470</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789753429955</t>
+          <t>9786053161936</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Sessizin Payı</t>
+          <t>Mıknatıs-Ses</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>260</v>
+        <v>445</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9789753427067</t>
+          <t>9786053161943</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Kim Var İmiş Biz Burada Yoğ İken</t>
+          <t>Beckett</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>320</v>
+        <v>410</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789753425131</t>
+          <t>9786053161912</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Kim Bağışlayacak Beni</t>
+          <t>İkinci Hayat</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>295</v>
+        <v>340</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789753427906</t>
+          <t>9786053161868</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Kibrit Çöpleri</t>
+          <t>Kat</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>235</v>
+        <v>525</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789753429740</t>
+          <t>9786053161899</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Hormonların Gücü</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>210</v>
+        <v>425</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789753429573</t>
+          <t>9786053161486</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Üçlemesi: Mahmud ile Yezida - Taziye - Geyikler Lanetler</t>
+          <t>Yazı ve Fark</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>560</v>
+        <v>600</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789753429832</t>
+          <t>9786053161813</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Hayat</t>
+          <t>Hafıza Sanatı</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>320</v>
+        <v>630</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789753429726</t>
+          <t>9786053161837</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Yeni İstanbul Çalışmaları</t>
+          <t>Top Sende</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>630</v>
+        <v>210</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789753429757</t>
+          <t>9786053161882</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Kuytusunda</t>
+          <t>Aşk İçin İstediğimiz Başka Hayvanlar</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789753429696</t>
+          <t>9786053161875</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Matmazel Christina</t>
+          <t>Ziya Gökalp, Kemalizm ve Türkiye'de Korporatizm</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>295</v>
+        <v>340</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9789753429610</t>
+          <t>9786053161844</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Sermayenin Mikropolitikası</t>
+          <t>Türkiye’de Feminist Yöntem</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>425</v>
+        <v>495</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789753429719</t>
+          <t>9786053161851</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>İşçinin Varlık Problemi</t>
+          <t>Parçalanma</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789753429702</t>
+          <t>9786053161820</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Rastgele Ben</t>
+          <t>Benim Durumumdaki Erkekler</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>295</v>
+        <v>390</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789753421065</t>
+          <t>9786053161806</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Bonobo ve Ateist: Primatlar Arasında İnsanı Anlamak</t>
+          <t>Yine - Hala</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9789753423908</t>
+          <t>9786053161790</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Melez Bilinç</t>
+          <t>Eros'un Istırabı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053160144</t>
+          <t>9786053161738</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Kimin Şehri?</t>
+          <t>Ölümcül Yakınlıklar</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>565</v>
+        <v>370</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786053160304</t>
+          <t>9786053161752</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Var Olma Eğilimi</t>
+          <t>Şimdilik Her Şey Yolunda</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789753429818</t>
+          <t>9786053161776</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Komünizm: Yeni Bir Başlangıç</t>
+          <t>Nörolojik</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>370</v>
+        <v>495</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789753421843</t>
+          <t>9786053161769</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Oidipus Yollarda</t>
+          <t>Trajik Hissiyat Ütopik Siyaset</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789753429665</t>
+          <t>9786053161615</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Cahil Hoca</t>
+          <t>Gemideki Hayalet</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>260</v>
+        <v>510</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9789753426596</t>
+          <t>9786053161714</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Umut Mekanları</t>
+          <t>Çağ Geçitleri</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>525</v>
+        <v>250</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789753426626</t>
+          <t>9786053161745</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>G.</t>
+          <t>Güzel Ölümün Öyküsü</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>525</v>
+        <v>250</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9789753424295</t>
+          <t>9786053161721</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Freud’un Otoanalizi ve Psikanalizin Keşfi</t>
+          <t>Polisiye Roman</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>760</v>
+        <v>250</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789753422536</t>
+          <t>9786053161646</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Fotokopiler</t>
+          <t>Hayvan Müzesi</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>250</v>
+        <v>545</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789753428644</t>
+          <t>9786053161707</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Fizik Aşkına</t>
+          <t>Psikopolitika</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>425</v>
+        <v>210</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789753420723</t>
+          <t>9786053161691</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Arası</t>
+          <t>Milletin Mimarisi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>410</v>
+        <v>445</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9789753427296</t>
+          <t>9786053161684</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Ekim, Saat Sekiz</t>
+          <t>Gaflet</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>340</v>
+        <v>445</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789753424394</t>
+          <t>9786053161639</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Çeşitlilik</t>
+          <t>Kaybolan Bağlar</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>280</v>
+        <v>525</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789753420525</t>
+          <t>9786053161622</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Cenk Hikayeleri</t>
+          <t>İki Cihan Aresinde</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>410</v>
+        <v>470</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789753421508</t>
+          <t>9786053161479</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Cariyeler, Bacılar, Yurttaşlar</t>
+          <t>Manzaralar</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>370</v>
+        <v>410</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789753427753</t>
+          <t>9786053161677</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Can</t>
+          <t>Sardalyanın Gizemi</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789753426619</t>
+          <t>9786053161660</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Biz Hayır Diyoruz</t>
+          <t>Manzaralar (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>320</v>
+        <v>500</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789753428545</t>
+          <t>9786053161608</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Biyokapital</t>
+          <t>Marx’ın Yasaları</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>525</v>
+        <v>495</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786053160281</t>
+          <t>9786053161653</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Olarak Hayat</t>
+          <t>Sosyoloji Yazıları</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>640</v>
+        <v>610</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9789753429641</t>
+          <t>9786053161592</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Sözlüğü</t>
+          <t>Polemikler</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789753429689</t>
+          <t>9786053161578</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Benim</t>
+          <t>Dağınık Zihin</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>370</v>
+        <v>495</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789753429627</t>
+          <t>9786053161561</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizmin Geleceği Var mı?</t>
+          <t>İsyankar Şehir</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786053160359</t>
+          <t>9786053161585</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Fakir Kene</t>
+          <t>Bir Dava</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789753425261</t>
+          <t>9786053161554</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Düşmanı</t>
+          <t>Aramızdaki Ağaç</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>495</v>
+        <v>235</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789753424851</t>
+          <t>9786053161547</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Doğançay’ın Çınarları</t>
+          <t>Kurmacanın Kıyıları</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9789753428415</t>
+          <t>9786053161530</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Diyojen: Köpek Adam</t>
+          <t>Kimlik, Tanınma Mücadelesi ve Şarkiyatçılık</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>250</v>
+        <v>510</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789753428910</t>
+          <t>9786053161509</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Dilin Aynasından</t>
+          <t>Kendini Tutamayan Boşluk</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>425</v>
+        <v>580</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789753424622</t>
+          <t>9786053161493</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Dilimiz Dillerimiz</t>
+          <t>Astrobiyoloji</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>495</v>
+        <v>280</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789753421676</t>
+          <t>9786053161523</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Dil, Doğruluk ve Mantık</t>
+          <t>Dünya ile Devlet Arasında Türk Muharriri</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>310</v>
+        <v>700</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789753420549</t>
+          <t>9786053161516</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Factotum</t>
+          <t>Newton ve Gökbilimciler Cemiyeti</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789753429566</t>
+          <t>9786053161448</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Uçuşan Etekler</t>
+          <t>Dayanışma Ekonomileri</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>165</v>
+        <v>410</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789753429603</t>
+          <t>9786053161455</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Sokrates Karanlıktan Çıkıyor</t>
+          <t>Hong Kong - İstanbul: Şehri Şahsileştirmek</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789753429580</t>
+          <t>9786053161431</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Şiddeti</t>
+          <t>Zihnin Ucu Bucağı</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>425</v>
+        <v>280</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789753428316</t>
+          <t>9796053160662</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Hegel, Haiti ve Evrensel Tarih</t>
+          <t>Metis Cep Defteri 8</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>295</v>
+        <v>130</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789753423007</t>
+          <t>9786053161424</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Haz İlkesinin Ötesinde Ben ve İd</t>
+          <t>Yedinci Adam</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786053161059</t>
+          <t>9786053161417</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Yaşarken - İkinci Cilt</t>
+          <t>Nasıl Bir Zamanda Yaşıyoruz?</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>760</v>
+        <v>175</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789753425087</t>
+          <t>9786053161400</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Barışı Hayal Etmek</t>
+          <t>İzonomi ve Felsefenin Kökenleri</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>425</v>
+        <v>320</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789753425636</t>
+          <t>9786053161387</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Greenpeace - Sertifika No: 000358</t>
+          <t>Cinsellik Nedir?</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>216</v>
+        <v>360</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789753426787</t>
+          <t>9786053161370</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Işık Sözcükleri</t>
+          <t>Yabancı Bir Baba</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>360</v>
+        <v>410</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789753420617</t>
+          <t>9786053161356</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Irk, Tarih ve Kültür</t>
+          <t>Radyo Benjamin</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>295</v>
+        <v>630</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9789753420259</t>
+          <t>9786053161363</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Irk Ulus Sınıf</t>
+          <t>Bitkilerin Bildikleri</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>425</v>
+        <v>280</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9789753427180</t>
+          <t>9786053161349</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Neden Nasıl Düşünürüz?</t>
+          <t>Ailenin Karanlık Yüzü Ensest</t>
         </is>
       </c>
       <c r="C509" s="1">
         <v>425</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789753420563</t>
+          <t>9786053161301</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Ne Kitapsız Ne Kedisiz</t>
+          <t>Kültür Denen Şey</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>235</v>
+        <v>545</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789753421850</t>
+          <t>9786053161332</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Narsizm Üzerine ve Schreber Vakası</t>
+          <t>Yazı ve Ölüm</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789753422819</t>
+          <t>9786053161295</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Sihirbazın Tuzağı</t>
+          <t>Hissedilen Zaman</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>410</v>
+        <v>280</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789753427869</t>
+          <t>9786053161257</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar ve Hayaletler</t>
+          <t>Portreler</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>410</v>
+        <v>680</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789753423533</t>
+          <t>9786053161325</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yolları: Yedi Öykü</t>
+          <t>Portreler (Ciltli)</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>295</v>
+        <v>800</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789753421119</t>
+          <t>9786053161288</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Son Tiryaki</t>
+          <t>Nuri Bilge Ceylan Sineması</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>360</v>
+        <v>340</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789753428248</t>
+          <t>9786053161271</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Yarınki Yüzün Cilt: 2 Dans ve Rüya</t>
+          <t>Freud-Spinoza Mektuplaşması (1676 - 1938)</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>425</v>
+        <v>470</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789753427968</t>
+          <t>9786053161318</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Yarınki Yüzün Cilt: 1 Ateş ve Mızrak</t>
+          <t>Dil Meseleleri</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>495</v>
+        <v>390</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789753428798</t>
+          <t>9786053161264</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Yarınki Yüzün</t>
+          <t>Alice B. Toklas’ın Özyaşamöyküsü</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>700</v>
+        <v>410</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789753421904</t>
+          <t>9786053161240</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Yaratma Cesareti</t>
+          <t>Yılanlar, Gündoğumları ve Shakespeare</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>280</v>
+        <v>390</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789753423816</t>
+          <t>9786053161233</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Sen Gülerken</t>
+          <t>Lao Tzu: Tao Te Ching</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789753420037</t>
+          <t>9786053161226</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Yaz Geçer</t>
+          <t>Futbol Düşünürken Aslında Ne Düşünürüz?</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789753426886</t>
+          <t>9786053161172</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Yaşlandıkça Hayat Neden Çabuk Geçer</t>
+          <t>Cinsel Farkın İnşası</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>445</v>
+        <v>425</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789753424271</t>
+          <t>9786053161219</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Savaşları</t>
+          <t>Laiklik, Vatandaşlık, Demokrasi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>148</v>
+        <v>390</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789753422840</t>
+          <t>9786053161202</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>İran: Bir Devrimin Tükenişi</t>
+          <t>Türk Sorunu</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789753422550</t>
+          <t>9786053161196</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Başkaldıran Bedenler</t>
+          <t>Doğal Roman</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>425</v>
+        <v>260</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789753424257</t>
+          <t>9786053161189</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Biz Toprağı Bilirdik!</t>
+          <t>Zor Problem: Bilinç</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>238</v>
+        <v>235</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789753424608</t>
+          <t>9786053161165</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Mavi Akım</t>
+          <t>Halkın Çözülüşü</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>310</v>
+        <v>410</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789753423748</t>
+          <t>9786053161127</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Ten ve Taş</t>
+          <t>Birbirimiz İçin Yaşayacağız</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>570</v>
+        <v>390</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789753429290</t>
+          <t>9786053161158</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Tarih: Sondan Bir Önceki Şeyler</t>
+          <t>Uzaktan Yakından</t>
         </is>
       </c>
       <c r="C529" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9789753421386</t>
+          <t>9786053161134</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Yatak</t>
+          <t>Ölüm Terbiyesi</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789753421164</t>
+          <t>9786053161141</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Dağdakiler</t>
+          <t>Gerçekçiliğin Çelişkileri</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>280</v>
+        <v>510</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789753426404</t>
+          <t>9786053161103</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Dağ</t>
+          <t>Alman Felsefesi Üstüne Diyalog</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>295</v>
+        <v>210</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789753422666</t>
+          <t>9786053161110</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Çürümenin Kitabı</t>
+          <t>Kapitalist Bilinçdışı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>310</v>
+        <v>425</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789753421591</t>
+          <t>9786053161073</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Tekeşlilik</t>
+          <t>Hayvanların Ne Kadar Zeki Olduğunu Anlayacak Kadar Zeki miyiz?</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>260</v>
+        <v>495</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789753420969</t>
+          <t>9786053161004</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Tek Tanrılı Dinler Karşısında Kadın</t>
+          <t>Kadınlık Daima Bir Muamma</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>410</v>
+        <v>370</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789753429597</t>
+          <t>9786053161035</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Güçlünün Silahı</t>
+          <t>Elma (Defter)</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>410</v>
+        <v>280</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789753429559</t>
+          <t>9786053161011</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>İskambil Destesi</t>
+          <t>Kapitalist Kalkınmayı Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>235</v>
+        <v>470</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789753422208</t>
+          <t>9786053160991</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Bu Tufandan Sonra</t>
+          <t>Edebiyat, Popüler Kültür ve Toplum</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>295</v>
+        <v>370</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789753425346</t>
+          <t>9786053161066</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Bu Kabuslar Neden Cemil?</t>
+          <t>Efsus’a Yolculuk</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>360</v>
+        <v>235</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789753423892</t>
+          <t>9786053160984</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Antigone</t>
+          <t>Başkan Sokrates!</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789753424929</t>
+          <t>9786053161028</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Anneannem</t>
+          <t>Orada, Bir Arada</t>
         </is>
       </c>
       <c r="C541" s="1">
         <v>235</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789753427494</t>
+          <t>9786053160953</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsan Bulmak Zor</t>
+          <t>Soğuk Temas</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>390</v>
+        <v>445</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789753428941</t>
+          <t>9786053160960</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>İsyan, Devrim, Eleştiri</t>
+          <t>Sınırları Aşarak Yaşamak</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>410</v>
+        <v>295</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789753426688</t>
+          <t>9786053160939</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Modernizm İdeolojisi</t>
+          <t>Sesin Rengi</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>580</v>
+        <v>470</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789753427425</t>
+          <t>9786053160977</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Modern Zamanın Tarihi</t>
+          <t>Çukur</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>410</v>
+        <v>280</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789753425810</t>
+          <t>9786053160861</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Modern Toplumsal Tahayyüller</t>
+          <t>Tereddütlü Düşünceler</t>
         </is>
       </c>
       <c r="C546" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789753421942</t>
+          <t>9786053160922</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Modern Mahrem</t>
+          <t>Din Devlet Demokrasi</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789753427876</t>
+          <t>9786053160885</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Estetik</t>
+          <t>Kendine Ait Bir Roma</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>295</v>
+        <v>260</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789753428200</t>
+          <t>9786053160878</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Başka Aşklar</t>
+          <t>İnsan İletişiminin Kökenleri</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>210</v>
+        <v>425</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789753426817</t>
+          <t>9786053160595</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Barbarları Beklerken</t>
+          <t>Mülksüzleşme</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789753420624</t>
+          <t>9786053160915</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Balıkçıl Gözü</t>
+          <t>Düğümler</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>280</v>
+        <v>235</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789753426282</t>
+          <t>9786053160908</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Bakış ve Ses</t>
+          <t>Narsisist Entrikalar</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>260</v>
+        <v>510</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789753428019</t>
+          <t>9786053160892</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Bahisleri Yükseltmek</t>
+          <t>Şeffaflık Toplumu</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>425</v>
+        <v>190</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789753428286</t>
+          <t>9786053160854</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Leibniz: Mümkün Dünyaların En İyisi</t>
+          <t>Yıkarak Yapmak</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>250</v>
+        <v>525</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789753427340</t>
+          <t>9786053160830</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Lavinia</t>
+          <t>Tren Geçti</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>425</v>
+        <v>445</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789753428224</t>
+          <t>9786053160823</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Lao-Tzu: Ejderhanın Yolu</t>
+          <t>Edebiyat Seferleri İçin Vapur Tarifeleri</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789753428538</t>
+          <t>9786053160748</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Lanet Olsun Zaman Nehrine</t>
+          <t>Devletdışı Güç</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>295</v>
+        <v>390</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789753420341</t>
+          <t>9786053160847</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Lal Masallar</t>
+          <t>Büyük Gerileme</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789753423373</t>
+          <t>9786053160816</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Minnacık Bir Dev</t>
+          <t>Herkesin Herkes İçin</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>334</v>
+        <v>495</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789753422154</t>
+          <t>9786053160533</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Dehşetler ve Uzmanlar</t>
+          <t>Sanatla Direniş</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789753429962</t>
+          <t>9786053160809</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Ara Tonlar</t>
+          <t>Zihinde Bir Dalga</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>340</v>
+        <v>425</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789753429849</t>
+          <t>9786053160793</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Platon’un Devleti</t>
+          <t>Tehlikeli Dönüşler</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>580</v>
+        <v>565</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9789753429498</t>
+          <t>9796053160112</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Denizadamı</t>
+          <t>Metis Cep Defteri</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789753428767</t>
+          <t>9786053160724</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Grapon Kağıtları</t>
+          <t>Hüznün Fiziği</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>175</v>
+        <v>410</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9789753427715</t>
+          <t>9786053160779</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>GraceLand</t>
+          <t>Sanat Sahada</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>510</v>
+        <v>360</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789753424431</t>
+          <t>9786053160786</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Gözlemcinin Teknikleri</t>
+          <t>Cihadcılık: Efsaneler Gerçekler</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>295</v>
+        <v>445</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789753421546</t>
+          <t>9786053160755</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Ateşler</t>
+          <t>Dokuz Anahtarlı Kırk Oda</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789753429160</t>
+          <t>9786053160717</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Artemisia</t>
+          <t>Yasak Olmayan Hazlar</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789753429542</t>
+          <t>9786053160762</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Tarih Nasıl Yazılır?</t>
+          <t>Doğmuş Olmanın Sakıncası Üstüne</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789753429917</t>
+          <t>9786053160731</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Wittgenstein'ın Gergedanı</t>
+          <t>Kimi Muhitlerde</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789753424844</t>
+          <t>9786053160618</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Bolşevik Devrimi Cilt: 3</t>
+          <t>Dünya Tarihinin Yapısı</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>735</v>
+        <v>600</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789753421645</t>
+          <t>9786053160700</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Bolşevik Devrimi Cilt: 2</t>
+          <t>Yaşam Nedir?</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>525</v>
+        <v>320</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789753429504</t>
+          <t>9786053160687</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Ortadoğu'da Devlet ve İktidar</t>
+          <t>Turgut Uyar ve Başka Şeyler</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789753429511</t>
+          <t>9786053160663</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Seçme İkilemi</t>
+          <t>Hoşbeş</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>260</v>
+        <v>235</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789753427586</t>
+          <t>9786053160601</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Ne Alemde?</t>
+          <t>Söylem Türleri ve Başka Yazılar</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789753421553</t>
+          <t>9786053160557</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul’un Bilinci</t>
+          <t>Hüküm</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>510</v>
+        <v>262</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789753421256</t>
+          <t>9786053160526</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>De ki İşte</t>
+          <t>Foucault'yu Marx'la Okumak</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9789753426435</t>
+          <t>9786053160694</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Körlük ve İçgörü</t>
+          <t>Heraklitos'un Gizemleri</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>510</v>
+        <v>250</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789753424899</t>
+          <t>9786053160656</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Kör Ayna, Kayıp Şark</t>
+          <t>Malloryon Serisi (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>370</v>
+        <v>2735</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789753425841</t>
+          <t>9786053160571</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Kör Alan ve Dekadrajlar</t>
+          <t>Ben Buradan Okuyorum</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786053160465</t>
+          <t>9786053160434</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Ortak Lüks</t>
+          <t>Eksik Şiir İkinci Kitap</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>295</v>
+        <v>390</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789753428149</t>
+          <t>9786053160649</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Profesör Kant’ın En Çılgın Günü</t>
+          <t>Aşk İçin Ne Yazdıysam</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789753421621</t>
+          <t>9786053160540</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Postmodernliğin Durumu</t>
+          <t>Tanrının Çocukları</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>580</v>
+        <v>740</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789753427593</t>
+          <t>9786053160588</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Zamane</t>
+          <t>Kendi Çağından Bizim Çağımıza Sigmund Freud</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>210</v>
+        <v>735</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789753421812</t>
+          <t>9786053160564</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Yüzüklerin Efendisi İkinci Kısım İki Kule</t>
+          <t>Küre</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>600</v>
+        <v>235</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789753427449</t>
+          <t>9786053160632</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Çevengur</t>
+          <t>Sosyalizm ve İnsan Ruhu</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>580</v>
+        <v>250</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789753423243</t>
+          <t>9786053160502</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Çengelköy Defteri</t>
+          <t>Mekan Yaratmak</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>235</v>
+        <v>360</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789753426534</t>
+          <t>9786053160496</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Çatışan Feminizmler</t>
+          <t>Gözetleme Kulesi</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789753429535</t>
+          <t>9786053160519</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Yere Düşen Dualar</t>
+          <t>Eşitliközgürlük</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>445</v>
+        <v>545</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789753429481</t>
+          <t>9786053160489</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Düşlenen Ülke</t>
+          <t>Türkiye’de Anayasalar</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>295</v>
+        <v>340</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9789753426701</t>
+          <t>9786053160458</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlığın Dönüşümü</t>
+          <t>Karaduygun</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>410</v>
+        <v>235</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789753424530</t>
+          <t>9786053160472</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Varoluş ve Psikiyatri</t>
+          <t>Şiddetin Topolojisi</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789753429436</t>
+          <t>9789753421294</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Yamyamız</t>
+          <t>Metis Cep Defteri A02.11.11</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>295</v>
+        <v>130</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789753429344</t>
+          <t>9789753420396</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Mim Savaşları</t>
+          <t>Metis Cep Defteri</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>650</v>
+        <v>130</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789753429429</t>
+          <t>9789753429368</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Napolyon’un Düğmeleri</t>
+          <t>Metis Cep Defteri AO5. 11. 13</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>525</v>
+        <v>130</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789753429450</t>
+          <t>9786053160380</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Arasında</t>
+          <t>Başka Bir Özgürlük</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>340</v>
+        <v>600</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9789753429443</t>
+          <t>9786053160441</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Asker</t>
+          <t>Etnografik Hikayeler</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789753429467</t>
+          <t>9789753423830</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Endişe Nehri Geçiyor</t>
+          <t>Sosyal Adalet ve Şehir</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>320</v>
+        <v>425</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789753421638</t>
+          <t>9789753424578</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Metinler Kitabı</t>
+          <t>Sonülke</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>260</v>
+        <v>184</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9789753420679</t>
+          <t>9789753424301</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Metal</t>
+          <t>Sonsuza Tanıklık</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>235</v>
+        <v>510</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789753425513</t>
+          <t>9789753427722</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Metafor Olarak Mimari</t>
+          <t>Sonsuz Talep</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>340</v>
+        <v>295</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789753428859</t>
+          <t>9789753422574</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Sokrates’in Aşkı</t>
+          <t>Picasso’nun Başarısı ve Başarısızlığı</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789753427234</t>
+          <t>9789753420983</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Sokak Güzeldir</t>
+          <t>Peynir ve Kurtlar</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>565</v>
+        <v>370</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789753427708</t>
+          <t>9789753420839</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Kazı</t>
+          <t>Görme Biçimleri</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789753423212</t>
+          <t>9789753420631</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Büfe</t>
+          <t>Göçmüş Kediler Bahçesi</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>510</v>
+        <v>370</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789753422635</t>
+          <t>9789753426497</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Siyaset, Sosyoloji ve Toplumsal Teori</t>
+          <t>Godard Godard’ı Anlatıyor</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>445</v>
+        <v>510</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789753429658</t>
+          <t>9789753422369</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Vahşi Dünya</t>
+          <t>Şarkiyatçılık</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>295</v>
+        <v>610</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789753429528</t>
+          <t>9789753422680</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Yersiz Yurtsuz</t>
+          <t>Şarkı Okuma Kitabı</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>545</v>
+        <v>260</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789753426671</t>
+          <t>9789753425360</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Ülkelerine Yolculuk</t>
+          <t>Şansın Terbiye Edilişi</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>340</v>
+        <v>470</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789753428613</t>
+          <t>9786053160373</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün İcadı 1700-1789 ve Aklın Amblemleri</t>
+          <t>Gözdeki Kıymık</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>565</v>
+        <v>600</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789753429474</t>
+          <t>9786053160410</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Şiir Çevirileri</t>
+          <t>Dünyaya Kafa Tutan Köy</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>235</v>
+        <v>360</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789753429399</t>
+          <t>9786053160397</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Erasmus ve Deliliğin Zilleri</t>
+          <t>Solak Defterler</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789753429801</t>
+          <t>9786053160427</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Seküler Yaşam ve Şifacılık</t>
+          <t>Hannah Arendt'in Küçük Tiyatrosu</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>445</v>
+        <v>250</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789753429276</t>
+          <t>9786053160366</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>İmansızların İmanı</t>
+          <t>Beynin Gölgeleri</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>410</v>
+        <v>510</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786053160298</t>
+          <t>9786053160403</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Akademik Aklın Eleştirisi</t>
+          <t>Sartre ile Sartre Hakkında</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>425</v>
+        <v>210</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789753425742</t>
+          <t>9786053160311</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Düşü</t>
+          <t>Çizgiyi Aşmak</t>
         </is>
       </c>
       <c r="C616" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789753426114</t>
+          <t>9786053160342</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Genç Işık</t>
+          <t>Epiktetos'un Başkaldırısı</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789753427807</t>
+          <t>9786053160328</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Gelecek</t>
+          <t>Ji Realiteya Kurd Ber Bi Realiteya Kurdistan ve Serencama Meseleya Kurd</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>235</v>
+        <v>300</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789753429405</t>
+          <t>9786053160229</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>189 Sayfa</t>
+          <t>Bir Fotoğrafı Anlamak</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789753429412</t>
+          <t>9789753423465</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Devrimleri Yazmak</t>
+          <t>W - Ya Da Bir Çocukluk Hatırası</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789753429382</t>
+          <t>9789753423434</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Reddediyorum</t>
+          <t>Vitrinde Yaşamak</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789753429269</t>
+          <t>9789753425544</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Üzerine</t>
+          <t>Harem ve Kuzenler</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789753426299</t>
+          <t>9789753429672</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Üç Bayrak Altında</t>
+          <t>Negatif Diyalektik</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>445</v>
+        <v>550</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789753422376</t>
+          <t>9786053160250</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Üç Aynalı Kırk Oda</t>
+          <t>Kan Revan İçinde</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>565</v>
+        <v>320</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789753422260</t>
+          <t>9786053160267</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Uzun Sürmüş Bir Günün Akşamı</t>
+          <t>İstanbul'dan Gelen Telefon</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789753420914</t>
+          <t>9786053160335</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Uzak</t>
+          <t>Mimarın Soluğu</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789753422062</t>
+          <t>9786053160274</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığın Huzursuzluğu</t>
+          <t>Küçükburun</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789753429092</t>
+          <t>9786053160243</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Fanatizm</t>
+          <t>Didem Madak'ı Okumak</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>445</v>
+        <v>525</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789753429351</t>
+          <t>9786053160090</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Metis</t>
+          <t>Bellek Tiyatrosu</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789753429306</t>
+          <t>9786053160205</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Sultan ve Şair</t>
+          <t>Metis Cep Defteri A06.10.15</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789753429245</t>
+          <t>9786053160113</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Yeni Organlar, Yeni Hayatlar: Organ Nakli, Ahlak ve Ekonomi</t>
+          <t>Okurken Ne Görürüz?</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>410</v>
+        <v>650</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789753428354</t>
+          <t>9786053160069</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Perspektif: Simgesel Bir Biçim</t>
+          <t>Düş Dokumacısı</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>295</v>
+        <v>390</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789753420822</t>
+          <t>9789753420730</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Oyuncu İçin Pratik Elkitabı</t>
+          <t>Ahdım Var</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>235</v>
+        <v>340</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789753421041</t>
+          <t>9786053160083</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Güzel Tehlike</t>
+          <t>Kierkegaard ile Denizkızı</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789753421881</t>
+          <t>9786053160151</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Dün Bugün Jacgues Lacan</t>
+          <t>Yıldızlardan Ebediyete</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789753429214</t>
+          <t>9786053160038</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Ceza ve Adalet</t>
+          <t>Filmlerle Hatırlamak</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>470</v>
+        <v>280</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789753423397</t>
+          <t>9786053160106</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Siyaset ve Cinsiyet</t>
+          <t>Büyük Yabancı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>445</v>
+        <v>280</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789753429337</t>
+          <t>9786053160199</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Direniş ve Umut: Reha İsvan</t>
+          <t>Barış Açısını Savunmak</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>320</v>
+        <v>525</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789753423861</t>
+          <t>9789753429153</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Psikanalizin Dört Temel Kavramı</t>
+          <t>Kapitalizm, Arzu ve Kölelik</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>445</v>
+        <v>340</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789753429238</t>
+          <t>9789753426039</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Utanç Duyuyorum!</t>
+          <t>Kağıt Taş Kumaş</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>525</v>
+        <v>210</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789753424707</t>
+          <t>9789753420662</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Kışladan Anayasaya Ordu</t>
+          <t>Kaf Dağının Önü</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>252</v>
+        <v>470</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9799753424744</t>
+          <t>9789753424219</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Hadi Bunu Küresel-leştirin!</t>
+          <t>Kadınsız İnkılap</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>252</v>
+        <v>495</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789753428040</t>
+          <t>9786053160021</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Tereddüt Üzerine</t>
+          <t>Düş Parası</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789753427838</t>
+          <t>9786053160212</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Tepelitaklak</t>
+          <t>Harita Metod Defteri</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>285</v>
+        <v>580</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789753428996</t>
+          <t>9786053160182</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Pratik Üzerine Bir Tartışma (1956)</t>
+          <t>Yakın Bakış</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>175</v>
+        <v>260</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789753428262</t>
+          <t>9786053160045</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Temize Havale</t>
+          <t>Fransız Felsefesinin Macerası</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789753420938</t>
+          <t>9789753429887</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Tehanu</t>
+          <t>7/24 Geç Kapitalizm ve Uykuların Sonu</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789753420655</t>
+          <t>9789753425766</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Şiddeti Anlamak</t>
+          <t>Gıda Krizi</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>340</v>
+        <v>445</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789753420143</t>
+          <t>9786053160120</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Üçlemesi 2: Taziye</t>
+          <t>Gündelik Yaşamda Avrupalı Müslümanlar</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789753427166</t>
+          <t>9786053160175</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Taşa Bağlarım Zamanı</t>
+          <t>Sandık Lekesi</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789753427777</t>
+          <t>9786053160168</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Tarihten Çıkan Siyaset</t>
+          <t>Esir Sözler Kuyusu</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789753421270</t>
+          <t>9789753428989</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Kapitalizm ve Kapitalist Uygarlık</t>
+          <t>Sessizliğin Gürültüsü</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789753422215</t>
+          <t>9789753426510</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Bunalım ve İnsan</t>
+          <t>Sesler</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789753424196</t>
+          <t>9789753424288</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Cinsiyeti</t>
+          <t>Serçe</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>370</v>
+        <v>580</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789753424875</t>
+          <t>9789753425681</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Bilinçdışı</t>
+          <t>Pedal Çeviren Kadınlar</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>280</v>
+        <v>410</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789753428071</t>
+          <t>9786053160076</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Adları</t>
+          <t>Kaçırdıklarımız</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789753426183</t>
+          <t>9786053160052</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Tahta Saplı Bıçak</t>
+          <t>Karanlık Dükkan</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789753427036</t>
+          <t>9789753428170</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Tahta Gözler</t>
+          <t>Karl Marx’ın Hayaleti</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789753424110</t>
+          <t>9789753420198</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Şizoid Görüngü Nesne İlişkileri ve Kendilik</t>
+          <t>Karanlık Thomas</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>495</v>
+        <v>280</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789753429115</t>
+          <t>9789753424189</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Şifrepunk</t>
+          <t>Karanda’nın İfrit Beyi</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>295</v>
+        <v>525</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789753427371</t>
+          <t>9789753428408</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Eleştirisi Üzerine</t>
+          <t>Sanat Sevdası</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>470</v>
+        <v>340</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789753426503</t>
+          <t>9789753424080</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Şeyleşme</t>
+          <t>Sana Gül Bahçesi Vadetmedim</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>495</v>
+        <v>425</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789753421973</t>
+          <t>9786053160007</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Şeyler</t>
+          <t>Güne Söylediklerim</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>235</v>
+        <v>280</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789753423847</t>
+          <t>9789753429795</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Şeyh ve Arzu</t>
+          <t>Müştereklerimiz</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789753426794</t>
+          <t>9786053160137</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Şeffaf Zihinler</t>
+          <t>Türkiye'de Yeni İktidar Yeni Direniş</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>425</v>
+        <v>260</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789753425391</t>
+          <t>9786053160014</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Şakird</t>
+          <t>Sokak Siyaseti</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>252</v>
+        <v>470</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789753428088</t>
+          <t>9789753425759</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Şairin Romanı</t>
+          <t>Asılı Adam</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>790</v>
+        <v>360</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789753429146</t>
+          <t>9789753424646</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Süreç mi Yaradılış mı?</t>
+          <t>Profesör Freud Balıklarla Konuşuyor</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789753427098</t>
+          <t>9789753429856</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Susanlar</t>
+          <t>Krizde Felsefe ve Direniş</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>390</v>
+        <v>445</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789753426268</t>
+          <t>9789753429863</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Su Diyarı</t>
+          <t>Suç ve Kefaretin Ötesinde</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>495</v>
+        <v>260</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789753427951</t>
+          <t>9789753429870</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Stüdyo Kayıtları</t>
+          <t>Film Teorisi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>425</v>
+        <v>735</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789753420747</t>
+          <t>9789753429993</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Sözlü ve Yazılı Kültür</t>
+          <t>Barbarın Kahkahası</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789753427081</t>
+          <t>9789753429894</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Söylemek ve Yapmak</t>
+          <t>Kayıp Şark'ın Peşinde</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>320</v>
+        <v>410</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789753423885</t>
+          <t>9789753425735</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Sömürgeci Fantaziler</t>
+          <t>Tokyo Uçuşu İptal</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789753422222</t>
+          <t>9789753429900</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimleri Yeniden Düşünmek</t>
+          <t>Dinin Soykütükleri</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>495</v>
+        <v>525</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789753420990</t>
+          <t>9789753422482</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimleri Açın</t>
+          <t>Tarih ve Ütopya</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>210</v>
+        <v>235</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789753425629</t>
+          <t>9789753429061</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Düşünce</t>
+          <t>Tarih ve Tekerrür</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>260</v>
+        <v>370</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789753420532</t>
+          <t>9789753428125</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Son İstanbul</t>
+          <t>Filmler ve Rüyalar</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9789753420105</t>
+          <t>9789753429023</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Son Bakışta Aşk</t>
+          <t>Film Dilinde Mahrem</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789753427890</t>
+          <t>9789753424813</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Son Adım</t>
+          <t>Feminizm ve Doğaya Hükmetmek</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789753428446</t>
+          <t>9789753429986</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Solo</t>
+          <t>Uzun Yürüyüş</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>510</v>
+        <v>280</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789753422963</t>
+          <t>9789753424318</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Arayışı</t>
+          <t>Yabancı Hayvanlar Murathan Mungan’ın Seçtikleriyle</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789753426206</t>
+          <t>9789753425445</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Siyasalın Kıyısında</t>
+          <t>Wittgenstein’ın Yeğeni</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>295</v>
+        <v>235</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9789753425971</t>
+          <t>9789753429948</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Kavramı</t>
+          <t>Doyma Noktası</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>280</v>
+        <v>210</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789753420457</t>
+          <t>9789753429931</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslamın İflası</t>
+          <t>Yüzünde Bir Yer</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>390</v>
+        <v>280</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789753420709</t>
+          <t>9789753429771</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Sistem Karşıtı Hareketler</t>
+          <t>Sınır Tanımayan Şiddet</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>260</v>
+        <v>620</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789753424363</t>
+          <t>9789753429979</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Sinemada Göstergeler ve Anlam</t>
+          <t>Şehrin İtirazı</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789753426015</t>
+          <t>9789753429764</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Sınır Durumlar ve Patolojik Narsisizm</t>
+          <t>Sanat Neye Benzer</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>495</v>
+        <v>260</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789753421959</t>
+          <t>9789753429955</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Noktasındaki Kadın</t>
+          <t>Sessizin Payı</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>235</v>
+        <v>260</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789753425209</t>
+          <t>9789753427067</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Seyyar</t>
+          <t>Kim Var İmiş Biz Burada Yoğ İken</t>
         </is>
       </c>
       <c r="C690" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789753427500</t>
+          <t>9789753425131</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Serbest Düşüş</t>
+          <t>Kim Bağışlayacak Beni</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9789753427692</t>
+          <t>9789753427906</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Semih Vaner Anısına Avrupa Birliği, Demokrasi ve Laiklik</t>
+          <t>Kibrit Çöpleri</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>390</v>
+        <v>235</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789753426367</t>
+          <t>9789753429740</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Sekülerliğin Biçimleri</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>470</v>
+        <v>210</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789753428651</t>
+          <t>9789753429573</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Seküler ve Dinsel: Aşınan Sınırlar</t>
+          <t>Mezopotamya Üçlemesi: Mahmud ile Yezida - Taziye - Geyikler Lanetler</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>295</v>
+        <v>560</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789753427739</t>
+          <t>9789753429832</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Seferis ile Üvez</t>
+          <t>Kendine Ait Bir Hayat</t>
         </is>
       </c>
       <c r="C695" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789753426640</t>
+          <t>9789753429726</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Schrödinger’in Yavru Kedileri</t>
+          <t>Yeni İstanbul Çalışmaları</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>425</v>
+        <v>630</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789753425193</t>
+          <t>9789753429757</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Schrödinger’in Kedisinin Peşinde</t>
+          <t>Ruhun Kuytusunda</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>425</v>
+        <v>280</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789753425124</t>
+          <t>9789753429696</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Sayıklamalar</t>
+          <t>Matmazel Christina</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789753428231</t>
+          <t>9789753429610</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Sayı: Bilimin Dili</t>
+          <t>Sermayenin Mikropolitikası</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>470</v>
+        <v>425</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789753427227</t>
+          <t>9789753429719</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Savunma Saldırıyor</t>
+          <t>İşçinin Varlık Problemi</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789753422734</t>
+          <t>9789753429702</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Sapıklıklarda ve Kişilik Bozukluklarında Saldırganlık</t>
+          <t>Rastgele Ben</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>510</v>
+        <v>295</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789753425414</t>
+          <t>9789753421065</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Sanatın Sonu</t>
+          <t>Bonobo ve Ateist: Primatlar Arasında İnsanı Anlamak</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789753422178</t>
+          <t>9789753423908</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Sanatçı: Örnek Bir Çilekeş</t>
+          <t>Melez Bilinç</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>295</v>
+        <v>235</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789753420013</t>
+          <t>9786053160144</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Sahtiyan</t>
+          <t>İstanbul Kimin Şehri?</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>260</v>
+        <v>565</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789753428378</t>
+          <t>9786053160304</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Sahicilik Jargonu</t>
+          <t>Var Olma Eğilimi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789753429139</t>
+          <t>9789753429818</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Sahibinin Sesi</t>
+          <t>Komünizm: Yeni Bir Başlangıç</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789753423809</t>
+          <t>9789753421843</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Sağ ve Solun Ötesinde Radikal Politikaların Geleceği</t>
+          <t>Oidipus Yollarda</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>410</v>
+        <v>390</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789753426084</t>
+          <t>9789753429665</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Saflık ve Tehlike</t>
+          <t>Cahil Hoca</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789753425308</t>
+          <t>9789753426596</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarlara Söyleyen</t>
+          <t>Umut Mekanları</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>360</v>
+        <v>525</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789753427913</t>
+          <t>9789753426626</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Rüyanın Öte Yakası</t>
+          <t>G.</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>360</v>
+        <v>525</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789753428835</t>
+          <t>9789753424295</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Ruh İşbaşında</t>
+          <t>Freud’un Otoanalizi ve Psikanalizin Keşfi</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>320</v>
+        <v>760</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789753423083</t>
+          <t>9789753422536</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Romantik Yalan ve Romansal Hakikat</t>
+          <t>Fotokopiler</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789753426152</t>
+          <t>9789753428644</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Romanın Yükselişi</t>
+          <t>Fizik Aşkına</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>525</v>
+        <v>425</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789753424066</t>
+          <t>9789753420723</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Roman Kuramı</t>
+          <t>Ekmek Arası</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>280</v>
+        <v>410</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789753421768</t>
+          <t>9789753427296</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Roman Gibi</t>
+          <t>Ekim, Saat Sekiz</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789753420921</t>
+          <t>9789753424394</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Rocannon’un Dünyası</t>
+          <t>Cinsel Çeşitlilik</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789753421300</t>
+          <t>9789753420525</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Ressamın İkinci Sözleşmesi Murathan Mungan’ın Seçtikleriyle</t>
+          <t>Cenk Hikayeleri</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>280</v>
+        <v>410</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789753426336</t>
+          <t>9789753421508</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Rahimdeki Ot</t>
+          <t>Cariyeler, Bacılar, Yurttaşlar</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>175</v>
+        <v>370</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789753425179</t>
+          <t>9789753427753</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Radyonun Sihirli Kapısı</t>
+          <t>Can</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>525</v>
+        <v>260</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789753426046</t>
+          <t>9789753426619</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Pulbiber Mahallesi</t>
+          <t>Biz Hayır Diyoruz</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789753424516</t>
+          <t>9789753428545</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Psikodinamik Psikiyatri ve Normaldışı Davranışlar</t>
+          <t>Biyokapital</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>425</v>
+        <v>525</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789753424639</t>
+          <t>9786053160281</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Psikanaliz ve Sonrası</t>
+          <t>Siyaset Olarak Hayat</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>495</v>
+        <v>640</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789753423151</t>
+          <t>9789753429641</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Proust</t>
+          <t>Şeytanın Sözlüğü</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>190</v>
+        <v>370</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789753423359</t>
+          <t>9789753429689</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Poetikaya Giriş</t>
+          <t>Avrupa Benim</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>235</v>
+        <v>370</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789753428293</t>
+          <t>9789753429627</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Paul Ricoeur’ün Baykuşu</t>
+          <t>Kapitalizmin Geleceği Var mı?</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9789753421362</t>
+          <t>9786053160359</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Paranın Cinleri</t>
+          <t>Fakir Kene</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789753427760</t>
+          <t>9789753425261</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Özgürleşen Seyirci</t>
+          <t>Doğanın Düşmanı</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>250</v>
+        <v>495</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789753424417</t>
+          <t>9789753424851</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Öteki, Düşman, Olay</t>
+          <t>Doğançay’ın Çınarları</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>510</v>
+        <v>175</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789753424615</t>
+          <t>9789753428415</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Öteki Rüzgar</t>
+          <t>Diyojen: Köpek Adam</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789753422529</t>
+          <t>9789753428910</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Öteki Metinler</t>
+          <t>Dilin Aynasından</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>260</v>
+        <v>425</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789753420556</t>
+          <t>9789753424622</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Örtülü Kimlik</t>
+          <t>Dilimiz Dillerimiz</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>192</v>
+        <v>495</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789753421799</t>
+          <t>9789753421676</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Ölümü Gömdüm, Geliyorum</t>
+          <t>Dil, Doğruluk ve Mantık</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789753423823</t>
+          <t>9789753420549</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Ölen Bir Kültür Üzerine İncelemeler</t>
+          <t>Factotum</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>495</v>
+        <v>280</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789753421577</t>
+          <t>9789753429566</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Oyunlar, İntiharlar, Şarkılar</t>
+          <t>Uçuşan Etekler</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>210</v>
+        <v>165</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789753421805</t>
+          <t>9789753429603</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Oyun ve Gerçeklik</t>
+          <t>Sokrates Karanlıktan Çıkıyor</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9789753426107</t>
+          <t>9789753429580</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Oyun Dürtüsü</t>
+          <t>İktidarın Şiddeti</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>660</v>
+        <v>425</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9789753420891</t>
+          <t>9789753428316</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıya Dair Hikayat</t>
+          <t>Hegel, Haiti ve Evrensel Tarih</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9789753420440</t>
+          <t>9789753423007</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Kadın Hareketi</t>
+          <t>Haz İlkesinin Ötesinde Ben ve İd</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>620</v>
+        <v>250</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9789753420419</t>
+          <t>9786053161059</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Omayra</t>
+          <t>Hayatımı Yaşarken - İkinci Cilt</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>250</v>
+        <v>760</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789753424233</t>
+          <t>9789753425087</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Olmayalı</t>
+          <t>Barışı Hayal Etmek</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>280</v>
+        <v>425</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789753425117</t>
+          <t>9789753425636</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Ol / An</t>
+          <t>Greenpeace - Sertifika No: 000358</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>360</v>
+        <v>216</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789753424165</t>
+          <t>9789753426787</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Okumanın Halleri</t>
+          <t>Işık Sözcükleri</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>235</v>
+        <v>360</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9789753420211</t>
+          <t>9789753420617</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Oda, Poster ve Şeylerin Kederi</t>
+          <t>Irk, Tarih ve Kültür</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789753422161</t>
+          <t>9789753420259</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>O Ana Adanmış</t>
+          <t>Irk Ulus Sınıf</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>340</v>
+        <v>425</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789753427463</t>
+          <t>9789753427180</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Nostaljinin Geleceği</t>
+          <t>Neden Nasıl Düşünürüz?</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>700</v>
+        <v>425</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789753428774</t>
+          <t>9789753420563</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Ninoçka</t>
+          <t>Ne Kitapsız Ne Kedisiz</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>470</v>
+        <v>235</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789753427043</t>
+          <t>9789753421850</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Nesir Fikri</t>
+          <t>Narsizm Üzerine ve Schreber Vakası</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789753428347</t>
+          <t>9789753422819</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm ve Mahremiyet</t>
+          <t>Sihirbazın Tuzağı</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>306</v>
+        <v>410</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789753427173</t>
+          <t>9789753427869</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Neil’in Beyniyle Konuşmalar</t>
+          <t>Sınırlar ve Hayaletler</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>525</v>
+        <v>410</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789753426770</t>
+          <t>9789753423533</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Nedenselliğin Kültürel Tarihi</t>
+          <t>Hayat Yolları: Yedi Öykü</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>710</v>
+        <v>295</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789753428026</t>
+          <t>9789753421119</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Neden Psikanaliz?</t>
+          <t>Son Tiryaki</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9789753420686</t>
+          <t>9789753428248</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Narla İncire Gazel</t>
+          <t>Yarınki Yüzün Cilt: 2 Dans ve Rüya</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>260</v>
+        <v>425</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789753421584</t>
+          <t>9789753427968</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Mürekkep Balığı</t>
+          <t>Yarınki Yüzün Cilt: 1 Ateş ve Mızrak</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>210</v>
+        <v>495</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789753425285</t>
+          <t>9789753428798</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Mülksüzler</t>
+          <t>Yarınki Yüzün</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>495</v>
+        <v>700</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9789753421980</t>
+          <t>9789753421904</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Mühendisler ve İdeoloji</t>
+          <t>Yaratma Cesareti</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789753425704</t>
+          <t>9789753423816</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk, Ölüm ve Yaşamın Artakalanı</t>
+          <t>Sen Gülerken</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789753427364</t>
+          <t>9789753420037</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Peşinde</t>
+          <t>Yaz Geçer</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>525</v>
+        <v>210</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789753428804</t>
+          <t>9789753426886</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Moskova</t>
+          <t>Yaşlandıkça Hayat Neden Çabuk Geçer</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>250</v>
+        <v>445</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789753429108</t>
+          <t>9789753424271</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Mutfak</t>
+          <t>Yıldız Savaşları</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>280</v>
+        <v>148</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789753423878</t>
+          <t>9789753422840</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Murgoların Kralı</t>
+          <t>İran: Bir Devrimin Tükenişi</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>565</v>
+        <v>370</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9789753424158</t>
+          <t>9789753422550</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Murathan Mungan’ın Seçtikleriyle Yazıhane</t>
+          <t>Başkaldıran Bedenler</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>260</v>
+        <v>425</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9789753423045</t>
+          <t>9789753424257</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Büyükleri</t>
+          <t>Biz Toprağı Bilirdik!</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>360</v>
+        <v>238</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9789753425483</t>
+          <t>9789753424608</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Mucizevi Göstergeler</t>
+          <t>Mavi Akım</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>470</v>
+        <v>310</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9789753423137</t>
+          <t>9789753423748</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Moskova Günlüğü</t>
+          <t>Ten ve Taş</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>340</v>
+        <v>570</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9789753428392</t>
+          <t>9789753429290</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Modernlik Fragmanları</t>
+          <t>Tarih: Sondan Bir Önceki Şeyler</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>510</v>
+        <v>390</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789753423755</t>
+          <t>9789753421386</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Modernizm ve Ulusun İnşaası</t>
+          <t>Dağınık Yatak</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>550</v>
+        <v>310</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9789753428606</t>
+          <t>9789753421164</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyanın Sorunları Karşısında Antropoloji</t>
+          <t>Dağdakiler</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9789753421911</t>
+          <t>9789753426404</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Gündelik Hayat</t>
+          <t>Dağ</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>370</v>
+        <v>295</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789753422079</t>
+          <t>9789753422666</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Minima Moralia</t>
+          <t>Çürümenin Kitabı</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>430</v>
+        <v>310</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789753426008</t>
+          <t>9789753421591</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Mısır Kaşifi</t>
+          <t>Tekeşlilik</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>565</v>
+        <v>260</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9789753420044</t>
+          <t>9789753420969</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Mırıldandıklarım</t>
+          <t>Tek Tanrılı Dinler Karşısında Kadın</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>210</v>
+        <v>410</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789753426428</t>
+          <t>9789753429597</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Meşe Fısıltıları</t>
+          <t>Güçlünün Silahı</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>190</v>
+        <v>410</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789753426381</t>
+          <t>9789753429559</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Kara Üçleme</t>
+          <t>İskambil Destesi</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>565</v>
+        <v>235</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9789753422239</t>
+          <t>9789753422208</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Rüyalar Ejderhalar</t>
+          <t>Bu Tufandan Sonra</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>280</v>
+        <v>295</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789753426657</t>
+          <t>9789753425346</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Kadından Kentler</t>
+          <t>Bu Kabuslar Neden Cemil?</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>425</v>
+        <v>360</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9789753427647</t>
+          <t>9789753423892</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Kabuğunu Kıran Hikaye</t>
+          <t>Antigone</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>320</v>
+        <v>425</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9789753427432</t>
+          <t>9789753424929</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Jean-Paul Sartre: Tarihin Sorumluluğunu Almak</t>
+          <t>Anneannem</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>320</v>
+        <v>235</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789753428002</t>
+          <t>9789753427494</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>İstanbul Nereye?</t>
+          <t>İyi İnsan Bulmak Zor</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>660</v>
+        <v>390</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789753422918</t>
+          <t>9789753428941</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>İstanbul - Küresel ile Yerel Arasında</t>
+          <t>İsyan, Devrim, Eleştiri</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>370</v>
+        <v>410</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789753424998</t>
+          <t>9789753426688</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>İspanya: Bir Başka Avrupa</t>
+          <t>Modernizm İdeolojisi</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>390</v>
+        <v>580</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9789753422642</t>
+          <t>9789753427425</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>İslamın Yeni Kamusal Yüzleri</t>
+          <t>Modern Zamanın Tarihi</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>390</v>
+        <v>410</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9789753425018</t>
+          <t>9789753425810</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>İslamın Hastalığı</t>
+          <t>Modern Toplumsal Tahayyüller</t>
         </is>
       </c>
       <c r="C782" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789753426350</t>
+          <t>9789753421942</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>İran: Ketlenmiş Halk</t>
+          <t>Modern Mahrem</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>495</v>
+        <v>320</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9789753424103</t>
+          <t>9789753427876</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yavrusunun Psikolojik Doğumu</t>
+          <t>Başka Bir Estetik</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>510</v>
+        <v>295</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789753420952</t>
+          <t>9789753428200</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve "Herkes"</t>
+          <t>Başka Aşklar</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>370</v>
+        <v>210</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9789753423984</t>
+          <t>9789753426817</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>İnsan Olmak</t>
+          <t>Barbarları Beklerken</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>320</v>
+        <v>390</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9789753426558</t>
+          <t>9789753420624</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>İnceldiği Yerden</t>
+          <t>Balıkçıl Gözü</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>470</v>
+        <v>280</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789753423854</t>
+          <t>9789753426282</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>İmgenin Pornografisi</t>
+          <t>Bakış ve Ses</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>470</v>
+        <v>260</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9789753426237</t>
+          <t>9789753428019</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>İmgeler Nasıl Düşünür?</t>
+          <t>Bahisleri Yükseltmek</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>495</v>
+        <v>425</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9789753422451</t>
+          <t>9789753428286</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>İle</t>
+          <t>Leibniz: Mümkün Dünyaların En İyisi</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9789753427555</t>
+          <t>9789753427340</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>İlaçla Tedavi Efsanesi</t>
+          <t>Lavinia</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>495</v>
+        <v>425</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789753428330</t>
+          <t>9789753428224</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>İktidarın Mahremiyeti</t>
+          <t>Lao-Tzu: Ejderhanın Yolu</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9789753427548</t>
+          <t>9789753428538</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>İkinci Hayvan</t>
+          <t>Lanet Olsun Zaman Nehrine</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789753425858</t>
+          <t>9789753420341</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>İki Kültürü Aşmak</t>
+          <t>Lal Masallar</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>470</v>
+        <v>250</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9789753423489</t>
+          <t>9789753423373</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>İdeolojinin Yüce Nesnesi</t>
+          <t>Minnacık Bir Dev</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>425</v>
+        <v>334</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789753426879</t>
+          <t>9789753422154</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Maymun</t>
+          <t>Dehşetler ve Uzmanlar</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789753425797</t>
+          <t>9789753429962</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>İçdeniz Balıkçısı</t>
+          <t>Ara Tonlar</t>
         </is>
       </c>
       <c r="C797" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9789753427050</t>
+          <t>9789753429849</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>İç İçe Girişler: İslam ve Avrupa</t>
+          <t>Platon’un Devleti</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>320</v>
+        <v>580</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9789753425643</t>
+          <t>9789753429498</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Irak Dünya Mahkemesi Nihai İstanbul Oturumu 23-27 Haziran 2005</t>
+          <t>Denizadamı</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>650</v>
+        <v>360</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9789753427678</t>
+          <t>9789753428767</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Holigan’ın Dönüşü</t>
+          <t>Grapon Kağıtları</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>525</v>
+        <v>175</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789753426077</t>
+          <t>9789753427715</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Histerik Bilinç</t>
+          <t>GraceLand</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>370</v>
+        <v>510</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789753426244</t>
+          <t>9789753424431</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Hiç Niyetim Yoktu</t>
+          <t>Gözlemcinin Teknikleri</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9789753426442</t>
+          <t>9789753421546</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Ateşler</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>390</v>
+        <v>235</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789753422093</t>
+          <t>9789753429160</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Hız ve Politika</t>
+          <t>Artemisia</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789753428101</t>
+          <t>9789753429542</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Evrim</t>
+          <t>Tarih Nasıl Yazılır?</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>545</v>
+        <v>600</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789753428927</t>
+          <t>9789753429917</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Her Şeye ve Herkese Karşı Lacan</t>
+          <t>Wittgenstein'ın Gergedanı</t>
         </is>
       </c>
       <c r="C806" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9789753425469</t>
+          <t>9789753424844</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Satılık</t>
+          <t>Bolşevik Devrimi Cilt: 3</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>425</v>
+        <v>735</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789753427975</t>
+          <t>9789753421645</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Her Çıkışın Bir İnişi Vardır</t>
+          <t>Bolşevik Devrimi Cilt: 2</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>390</v>
+        <v>525</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789753426411</t>
+          <t>9789753429504</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Hep Vaat Hep Vaat</t>
+          <t>Ortadoğu'da Devlet ve İktidar</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9789753421140</t>
+          <t>9789753429511</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Yaşarken - Birinci Cilt</t>
+          <t>Seçme İkilemi</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>670</v>
+        <v>260</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9789753427012</t>
+          <t>9789753427586</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Hayat Atölyesi</t>
+          <t>Demokrasi Ne Alemde?</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789753421133</t>
+          <t>9789753421553</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Hayali Doğu</t>
+          <t>Deli Dumrul’un Bilinci</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>445</v>
+        <v>510</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9789753420266</t>
+          <t>9789753421256</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Hayali Cemaatler</t>
+          <t>De ki İşte</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>410</v>
+        <v>280</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789753425582</t>
+          <t>9789753426435</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Ev</t>
+          <t>Körlük ve İçgörü</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>495</v>
+        <v>510</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9789753426527</t>
+          <t>9789753424899</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Hasretinden Prangalar Eskittim</t>
+          <t>Kör Ayna, Kayıp Şark</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>295</v>
+        <v>370</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789753422314</t>
+          <t>9789753425841</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Haset ve Şükran</t>
+          <t>Kör Alan ve Dekadrajlar</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>210</v>
+        <v>340</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789753422345</t>
+          <t>9786053160465</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Haluk’a Mektuplar</t>
+          <t>Ortak Lüks</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>410</v>
+        <v>295</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9789753428880</t>
+          <t>9789753428149</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Hah</t>
+          <t>Profesör Kant’ın En Çılgın Günü</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9789753428057</t>
+          <t>9789753421621</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Hafıza, Tarih, Unutuş</t>
+          <t>Postmodernliğin Durumu</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>770</v>
+        <v>580</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9789753424790</t>
+          <t>9789753427593</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Hadım Edilme Kompleksi</t>
+          <t>Zamane</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789753422673</t>
+          <t>9789753421812</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Psikoterapi</t>
+          <t>Yüzüklerin Efendisi İkinci Kısım İki Kule</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>495</v>
+        <v>600</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9789753426985</t>
+          <t>9789753427449</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşamda Benliğin Sunumu</t>
+          <t>Çevengur</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>370</v>
+        <v>580</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789753428491</t>
+          <t>9789753423243</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Gülme Sırası Bizde</t>
+          <t>Çengelköy Defteri</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>340</v>
+        <v>235</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789753426992</t>
+          <t>9789753426534</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Güçler</t>
+          <t>Çatışan Feminizmler</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>510</v>
+        <v>340</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9789753421287</t>
+          <t>9789753429535</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Göz ve Tin</t>
+          <t>Yere Düşen Dualar</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>190</v>
+        <v>445</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9789753422604</t>
+          <t>9789753429481</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Görünüre Dair Küçük Bir Teoriye Doğru Adımlar</t>
+          <t>Düşlenen Ülke</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9789753425872</t>
+          <t>9789753426701</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Görsel Düşünme</t>
+          <t>Vatandaşlığın Dönüşümü</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>545</v>
+        <v>410</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9789753426923</t>
+          <t>9789753424530</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Görmenin Diyalektiği</t>
+          <t>Varoluş ve Psikiyatri</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>710</v>
+        <v>340</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9789753427357</t>
+          <t>9789753429436</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Görme ve Cinsellik</t>
+          <t>Hepimiz Yamyamız</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>370</v>
+        <v>295</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9789753420150</t>
+          <t>9789753429344</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Geyikler Lanetler</t>
+          <t>Mim Savaşları</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>295</v>
+        <v>650</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9789753429122</t>
+          <t>9789753429429</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bir Yanılsama: Bilinç</t>
+          <t>Napolyon’un Düğmeleri</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>390</v>
+        <v>525</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9799753424881</t>
+          <t>9789753429450</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Genin Yüzyılı</t>
+          <t>Kadınlar Arasında</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789753428477</t>
+          <t>9789753429443</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman</t>
+          <t>Merhaba Asker</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>235</v>
+        <v>280</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9789753425094</t>
+          <t>9789753429467</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Geç Gelen Ağıtlar</t>
+          <t>Endişe Nehri Geçiyor</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9789753426695</t>
+          <t>9789753421638</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Geç Dönem Üslubu</t>
+          <t>Metinler Kitabı</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>295</v>
+        <v>260</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9789753421867</t>
+          <t>9789753420679</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Gecikmiş Modernlik ve Estetik Kültür</t>
+          <t>Metal</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>410</v>
+        <v>235</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9789753426213</t>
+          <t>9789753425513</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Gecekondu Gezegeni</t>
+          <t>Metafor Olarak Mimari</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789753428897</t>
+          <t>9789753428859</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Gece Kitabı</t>
+          <t>Sokrates’in Aşkı</t>
         </is>
       </c>
       <c r="C838" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9789753421836</t>
+          <t>9789753427234</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Gece</t>
+          <t>Sokak Güzeldir</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>370</v>
+        <v>565</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789753429207</t>
+          <t>9789753427708</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Gaston Bachelard’ın Hülyası</t>
+          <t>Soğuk Kazı</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789753427203</t>
+          <t>9789753423212</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Filozof ve Yoksulları</t>
+          <t>Soğuk Büfe</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>410</v>
+        <v>510</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9789753428521</t>
+          <t>9789753422635</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Filmozofi</t>
+          <t>Siyaset, Sosyoloji ve Toplumsal Teori</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>495</v>
+        <v>445</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9789753427623</t>
+          <t>9789753429658</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Filmlerle Sosyoloji</t>
+          <t>Muhteşem Vahşi Dünya</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9789753423991</t>
+          <t>9789753429528</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Feminist Bir Devlet Kuramına Doğru</t>
+          <t>Yersiz Yurtsuz</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>525</v>
+        <v>545</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9789753426091</t>
+          <t>9789753426671</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Soruşturmalar</t>
+          <t>Pamuk Ülkelerine Yolculuk</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789753427029</t>
+          <t>9789753428613</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Fay Hatları</t>
+          <t>Özgürlüğün İcadı 1700-1789 ve Aklın Amblemleri</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>425</v>
+        <v>565</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9789753428507</t>
+          <t>9789753429474</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Farklı Dünyaları Düşünmek</t>
+          <t>Şiir Çevirileri</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>360</v>
+        <v>235</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9789753424349</t>
+          <t>9789753429399</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Fantastik: Edebi Türe Yapısal Bir Yaklaşım</t>
+          <t>Erasmus ve Deliliğin Zilleri</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9789753426022</t>
+          <t>9789753429801</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Ezeli Mağlup</t>
+          <t>Seküler Yaşam ve Şifacılık</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>360</v>
+        <v>445</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9789753428118</t>
+          <t>9789753429276</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Evren Kullanma Kılavuzu</t>
+          <t>İmansızların İmanı</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>445</v>
+        <v>410</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9789753422307</t>
+          <t>9786053160298</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Ev Ödevi</t>
+          <t>Akademik Aklın Eleştirisi</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>235</v>
+        <v>425</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9789753426893</t>
+          <t>9789753425742</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Etkilenme Endişesi</t>
+          <t>Gençlik Düşü</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>295</v>
+        <v>370</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9789753424448</t>
+          <t>9789753426114</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Etik</t>
+          <t>Genç Işık</t>
         </is>
       </c>
       <c r="C853" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9789753420334</t>
+          <t>9789753427807</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Eski 45’likler</t>
+          <t>Gelecek</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>165</v>
+        <v>235</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9789753427197</t>
+          <t>9789753429405</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Erkeklik: İmkansız İktidar</t>
+          <t>189 Sayfa</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>495</v>
+        <v>320</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9789753424769</t>
+          <t>9789753429412</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Murathan Mungan’ın Seçtikleriyle Erkeklerin Hikayeleri</t>
+          <t>Devrimleri Yazmak</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>310</v>
+        <v>340</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9789753423380</t>
+          <t>9789753429382</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Erkekler İçin Divan</t>
+          <t>Reddediyorum</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>235</v>
+        <v>370</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9789753429191</t>
+          <t>9789753429269</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Epikür’ün Kahkahası</t>
+          <t>Kaygı Üzerine</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9789753424134</t>
+          <t>9789753426299</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Enformasyon Bombası</t>
+          <t>Üç Bayrak Altında</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>260</v>
+        <v>445</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9789753420792</t>
+          <t>9789753422376</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>En Uzak Sahil</t>
+          <t>Üç Aynalı Kırk Oda</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>340</v>
+        <v>565</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789753425056</t>
+          <t>9789753422260</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Elime Tutun</t>
+          <t>Uzun Sürmüş Bir Günün Akşamı</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9789753427272</t>
+          <t>9789753420914</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Eldivenler Hikayeler</t>
+          <t>Uzak</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9789753426824</t>
+          <t>9789753422062</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Ekşi Üzümler</t>
+          <t>Uygarlığın Huzursuzluğu</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789753425889</t>
+          <t>9789753429092</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Eksik Şiir</t>
+          <t>Fanatizm</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>380</v>
+        <v>445</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9789753421874</t>
+          <t>9789753429351</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Eğlence İncelemeleri</t>
+          <t>Metis</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>425</v>
+        <v>280</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789753423205</t>
+          <t>9789753429306</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Efsuncunun Son Oyunu</t>
+          <t>Sultan ve Şair</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>470</v>
+        <v>175</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9789753424356</t>
+          <t>9789753429245</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Yazıları</t>
+          <t>Yeni Organlar, Yeni Hayatlar: Organ Nakli, Ahlak ve Ekonomi</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>295</v>
+        <v>410</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9789753427937</t>
+          <t>9789753428354</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Ne İşe Yarar?</t>
+          <t>Perspektif: Simgesel Bir Biçim</t>
         </is>
       </c>
       <c r="C868" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9789753425728</t>
+          <t>9789753420822</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Ebru Reflections Of Cultural Diversity In Turkey (Ciltli)</t>
+          <t>Oyuncu İçin Pratik Elkitabı</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>1500</v>
+        <v>235</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9789753426718</t>
+          <t>9789753421041</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Dünyevi ve Kutsal</t>
+          <t>Güzel Tehlike</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>445</v>
+        <v>175</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9789753428460</t>
+          <t>9789753421881</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Bugünde Sevmek</t>
+          <t>Dün Bugün Jacgues Lacan</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9789753421201</t>
+          <t>9789753429214</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Orman Denir</t>
+          <t>Ceza ve Adalet</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>250</v>
+        <v>470</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9789753425957</t>
+          <t>9789753423397</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Dünya-Tarihinin Sınırında Tarih</t>
+          <t>Siyaset ve Cinsiyet</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>260</v>
+        <v>445</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9789753424028</t>
+          <t>9789753429337</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Teni</t>
+          <t>Direniş ve Umut: Reha İsvan</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9789753425377</t>
+          <t>9789753423861</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Doğum Günü ve Diğer Öyküler</t>
+          <t>Psikanalizin Dört Temel Kavramı</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>565</v>
+        <v>445</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9789753421331</t>
+          <t>9789753429238</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Düğüne</t>
+          <t>Utanç Duyuyorum!</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>280</v>
+        <v>525</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9789753426329</t>
+          <t>9789753424707</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Duyguların Gücü</t>
+          <t>Kışladan Anayasaya Ordu</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>445</v>
+        <v>252</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9789753421379</t>
+          <t>9799753424744</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Dört Kişilik Bahçe</t>
+          <t>Hadi Bunu Küresel-leştirin!</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>390</v>
+        <v>252</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9789753424141</t>
+          <t>9789753428040</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Dört Arketip</t>
+          <t>Tereddüt Üzerine</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9789753427333</t>
+          <t>9789753427838</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Dönüş</t>
+          <t>Tepelitaklak</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>280</v>
+        <v>285</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9789753424820</t>
+          <t>9789753428996</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Dostoyevski Poetikasının Sorunları</t>
+          <t>Teori ve Pratik Üzerine Bir Tartışma (1956)</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>565</v>
+        <v>175</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9789753429177</t>
+          <t>9789753428262</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Dolambaç</t>
+          <t>Temize Havale</t>
         </is>
       </c>
       <c r="C882" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9789753421249</t>
+          <t>9789753420938</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Doktor March’ın Dört Oğlu</t>
+          <t>Tehanu</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9789753423250</t>
+          <t>9789753420655</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Doğum Travması</t>
+          <t>Cinsel Şiddeti Anlamak</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9789753428576</t>
+          <t>9789753420143</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Doğu Sarayı</t>
+          <t>Mezopotamya Üçlemesi 2: Taziye</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>360</v>
+        <v>175</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9789753428903</t>
+          <t>9789753427166</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Doğu Batı Mimesis</t>
+          <t>Taşa Bağlarım Zamanı</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>470</v>
+        <v>175</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9789753422611</t>
+          <t>9789753427777</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Doğduğum Yüzyıla Veda</t>
+          <t>Tarihten Çıkan Siyaset</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789753427395</t>
+          <t>9789753421270</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Devletin Yasal Olmayan Faaliyetleri</t>
+          <t>Tarihsel Kapitalizm ve Kapitalist Uygarlık</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>156</v>
+        <v>260</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9789753428156</t>
+          <t>9789753422215</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Descartes Amca’nın Kötü Cini</t>
+          <t>Tarihsel Bunalım ve İnsan</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9789753421027</t>
+          <t>9789753424196</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Dersaadet’te Dans</t>
+          <t>Tarihin Cinsiyeti</t>
         </is>
       </c>
       <c r="C890" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789753428033</t>
+          <t>9789753424875</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Derinliğin Keşfi</t>
+          <t>Tarihin Bilinçdışı</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9789753423076</t>
+          <t>9789753428071</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Derin Hizbullah</t>
+          <t>Tarihin Adları</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>445</v>
+        <v>260</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9789753426633</t>
+          <t>9789753426183</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Deri-Ben</t>
+          <t>Tahta Saplı Bıçak</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>470</v>
+        <v>360</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9789753427005</t>
+          <t>9789753427036</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kenarında Geyikler</t>
+          <t>Tahta Gözler</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>295</v>
+        <v>410</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9789753428309</t>
+          <t>9789753424110</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Deneyim Şarkıları</t>
+          <t>Şizoid Görüngü Nesne İlişkileri ve Kendilik</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>700</v>
+        <v>495</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9789753428637</t>
+          <t>9789753429115</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Anayasa</t>
+          <t>Şifrepunk</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>680</v>
+        <v>295</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9789753420884</t>
+          <t>9789753427371</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Demokrasinin Cinsiyeti</t>
+          <t>Şiddetin Eleştirisi Üzerine</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>340</v>
+        <v>470</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9789753426930</t>
+          <t>9789753426503</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Darwin Sizi Seviyor</t>
+          <t>Şeyleşme</t>
         </is>
       </c>
       <c r="C898" s="1">
         <v>495</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9789753424486</t>
+          <t>9789753421973</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Darshiva Büyücüsü</t>
+          <t>Şeyler</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>510</v>
+        <v>235</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9789753425025</t>
+          <t>9789753423847</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Çok Tuhaf Çok Tanıdık</t>
+          <t>Şeyh ve Arzu</t>
         </is>
       </c>
       <c r="C900" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9789753426763</t>
+          <t>9789753426794</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Çokbilmiş Özne</t>
+          <t>Şeffaf Zihinler</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>320</v>
+        <v>425</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9789753427920</t>
+          <t>9789753425391</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Çoğul Estetik</t>
+          <t>Şakird</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>295</v>
+        <v>252</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9789753422543</t>
+          <t>9789753428088</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Çocuklukta Normallik ve Patoloji</t>
+          <t>Şairin Romanı</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>340</v>
+        <v>790</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9789753425223</t>
+          <t>9789753429146</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Çocuğun Öyküsü</t>
+          <t>Süreç mi Yaradılış mı?</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>210</v>
+        <v>390</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9789753425520</t>
+          <t>9789753427098</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Çizgisel Olmayan Tarih</t>
+          <t>Susanlar</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>510</v>
+        <v>390</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9789753428583</t>
+          <t>9789753426268</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Çevre Yolu</t>
+          <t>Su Diyarı</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>340</v>
+        <v>495</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9789753421669</t>
+          <t>9789753427951</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Söylenler</t>
+          <t>Stüdyo Kayıtları</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>390</v>
+        <v>425</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9789753424592</t>
+          <t>9789753420747</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Çador</t>
+          <t>Sözlü ve Yazılı Kültür</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>235</v>
+        <v>370</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9789753426725</t>
+          <t>9789753427081</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyet Belası</t>
+          <t>Söylemek ve Yapmak</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>370</v>
+        <v>320</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9789753428699</t>
+          <t>9789753423885</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Cinsellik Muamması</t>
+          <t>Sömürgeci Fantaziler</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>790</v>
+        <v>320</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9789753426220</t>
+          <t>9789753422222</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Büyümenin Türkçe Tarihi</t>
+          <t>Sosyal Bilimleri Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>340</v>
+        <v>495</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9789753423069</t>
+          <t>9789753420990</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Şato Belgariad</t>
+          <t>Sosyal Bilimleri Açın</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>470</v>
+        <v>210</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9789753427845</t>
+          <t>9789753425629</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Büyük Amerikan Şehirlerinin Ölümü ve Yaşamı</t>
+          <t>Sonsuz Düşünce</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>640</v>
+        <v>260</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9789753420389</t>
+          <t>9789753420532</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Burukluk</t>
+          <t>Son İstanbul</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9789753427074</t>
+          <t>9789753420105</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Buradan Baktığımızda</t>
+          <t>Son Bakışta Aşk</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>470</v>
+        <v>340</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9789753428828</t>
+          <t>9789753427890</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Bulut Kuramı</t>
+          <t>Son Adım</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>445</v>
+        <v>390</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9789753425902</t>
+          <t>9789753428446</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Buluştuğumuz Yer Burası</t>
+          <t>Solo</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>370</v>
+        <v>510</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9789753422772</t>
+          <t>9789753422963</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Brecht’i Anlamak</t>
+          <t>Siyaset Arayışı</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>260</v>
+        <v>370</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9789753422994</t>
+          <t>9789753426206</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Bolşevik Devrimi Cilt: 1</t>
+          <t>Siyasalın Kıyısında</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>565</v>
+        <v>295</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9789753426572</t>
+          <t>9789753425971</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Birhan Keskin Şiiri ve Ba</t>
+          <t>Siyasal Kavramı</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9789753427319</t>
+          <t>9789753420457</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Bireysellik ve Kültür</t>
+          <t>Siyasal İslamın İflası</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>550</v>
+        <v>390</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9789753426053</t>
+          <t>9789753420709</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeyler Eksik</t>
+          <t>Sistem Karşıtı Hareketler</t>
         </is>
       </c>
       <c r="C922" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9789753425568</t>
+          <t>9789753424363</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Bir Şey Oldu</t>
+          <t>Sinemada Göstergeler ve Anlam</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9789753424714</t>
+          <t>9789753426015</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutu Daha</t>
+          <t>Sınır Durumlar ve Patolojik Narsisizm</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>310</v>
+        <v>495</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9789753428736</t>
+          <t>9789753421959</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Bir Kapıdan Gireceksin</t>
+          <t>Sıfır Noktasındaki Kadın</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>410</v>
+        <v>235</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9789753421539</t>
+          <t>9789753425209</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Bir Günlük Yerim Kaldı İster Misiniz?</t>
+          <t>Seyyar</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9789753420204</t>
+          <t>9789753427500</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Orhan Veli</t>
+          <t>Serbest Düşüş</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9789753425926</t>
+          <t>9789753427692</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Aşk Öyküsü</t>
+          <t>Semih Vaner Anısına Avrupa Birliği, Demokrasi ve Laiklik</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>445</v>
+        <v>390</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9789753428729</t>
+          <t>9789753426367</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Bir Dersim Hikayesi</t>
+          <t>Sekülerliğin Biçimleri</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789753422468</t>
+          <t>9789753428651</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>İnsan Hakları</t>
+          <t>Seküler ve Dinsel: Aşınan Sınırlar</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>340</v>
+        <v>295</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789753421263</t>
+          <t>9789753427739</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşk Söyleminden Parçalar</t>
+          <t>Seferis ile Üvez</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9789753425803</t>
+          <t>9789753426640</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Bilinç Kullanım Kılavuzu</t>
+          <t>Schrödinger’in Yavru Kedileri</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>660</v>
+        <v>425</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9789753428781</t>
+          <t>9789753425193</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Bilim - Dört Bin Yıllık Bir Tarih</t>
+          <t>Schrödinger’in Kedisinin Peşinde</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>700</v>
+        <v>425</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789753420808</t>
+          <t>9789753425124</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Üzerine Üç Söyleşi</t>
+          <t>Sayıklamalar</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789753427562</t>
+          <t>9789753428231</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Ağacı</t>
+          <t>Sayı: Bilimin Dili</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>390</v>
+        <v>470</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9789753428163</t>
+          <t>9789753427227</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Bilge Sokrates’in Ölümü</t>
+          <t>Savunma Saldırıyor</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>250</v>
+        <v>235</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9789753422338</t>
+          <t>9789753422734</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Bilge Karasu’yu Okumak</t>
+          <t>Sapıklıklarda ve Kişilik Bozukluklarında Saldırganlık</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>370</v>
+        <v>510</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9789753421683</t>
+          <t>9789753425414</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Bilge Karasu Aramızda</t>
+          <t>Sanatın Sonu</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>425</v>
+        <v>360</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9789753428132</t>
+          <t>9789753422178</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Gibi Değil</t>
+          <t>Sanatçı: Örnek Bir Çilekeş</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>445</v>
+        <v>295</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9789753427579</t>
+          <t>9789753420013</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Bildiğimiz Kapitalizmin Sonu</t>
+          <t>Sahtiyan</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>565</v>
+        <v>260</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9789753422871</t>
+          <t>9789753428378</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Bildiğimiz Dünyanın Sonu</t>
+          <t>Sahicilik Jargonu</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9789753429054</t>
+          <t>9789753429139</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Beyin ve İç Dünya</t>
+          <t>Sahibinin Sesi</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>445</v>
+        <v>320</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9789753429009</t>
+          <t>9789753423809</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Tuval</t>
+          <t>Sağ ve Solun Ötesinde Radikal Politikaların Geleceği</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>495</v>
+        <v>410</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9789753424677</t>
+          <t>9789753426084</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Beşpeşe (Ciltli)</t>
+          <t>Saflık ve Tehlike</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9789753428866</t>
+          <t>9789753425308</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Bento’nun Eskiz Defteri</t>
+          <t>Rüzgarlara Söyleyen</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>295</v>
+        <v>360</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9789753425216</t>
+          <t>9789753427913</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Benlik</t>
+          <t>Rüyanın Öte Yakası</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9789753428965</t>
+          <t>9789753428835</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Bendeniz Jean-Jacques Rousseau</t>
+          <t>Ruh İşbaşında</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9789753427982</t>
+          <t>9789753423083</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Benden Önce Bir Başkası</t>
+          <t>Romantik Yalan ve Romansal Hakikat</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9789753424936</t>
+          <t>9789753426152</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Savunma Mekanizmaları</t>
+          <t>Romanın Yükselişi</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>260</v>
+        <v>525</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9789753424585</t>
+          <t>9789753424066</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Ben Psikolojisi ve Uyum Sorunu</t>
+          <t>Roman Kuramı</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>235</v>
+        <v>280</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9789753425247</t>
+          <t>9789753421768</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Ben İdeali</t>
+          <t>Roman Gibi</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>390</v>
+        <v>260</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9789753426343</t>
+          <t>9789753420921</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Bellek ve Akdeniz</t>
+          <t>Rocannon’un Dünyası</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9789753426176</t>
+          <t>9789753421300</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Bellek Metaforları Zihinle İlgili Fikirlerin Tarihi</t>
+          <t>Ressamın İkinci Sözleşmesi Murathan Mungan’ın Seçtikleriyle</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>495</v>
+        <v>280</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9789753427524</t>
+          <t>9789753426336</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Bebek Töreni</t>
+          <t>Rahimdeki Ot</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9789753426954</t>
+          <t>9789753425179</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Bazı Yazlar Uzaktan Geçer</t>
+          <t>Radyonun Sihirli Kapısı</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>175</v>
+        <v>525</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9789753423762</t>
+          <t>9789753426046</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Batının Muhafızları</t>
+          <t>Pulbiber Mahallesi</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>565</v>
+        <v>235</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9789753427302</t>
+          <t>9789753424516</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçlar</t>
+          <t>Psikodinamik Psikiyatri ve Normaldışı Davranışlar</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>595</v>
+        <v>425</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9789753421393</t>
+          <t>9789753424639</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Hayatı</t>
+          <t>Psikanaliz ve Sonrası</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>260</v>
+        <v>495</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9789753421720</t>
+          <t>9789753423151</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Başkalarının Gecesi</t>
+          <t>Proust</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9789753427661</t>
+          <t>9789753423359</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Başka Yer</t>
+          <t>Poetikaya Giriş</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>525</v>
+        <v>235</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9789753425964</t>
+          <t>9789753428293</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Ülkede</t>
+          <t>Paul Ricoeur’ün Baykuşu</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9789753427784</t>
+          <t>9789753421362</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Zihin Emeği, Kol Emeği</t>
+          <t>Paranın Cinleri</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9789753423472</t>
+          <t>9789753427760</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Yüzüklerin Efendisi Tek Cilt Özel Basım (Ciltli)</t>
+          <t>Özgürleşen Seyirci</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>1550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9789753425988</t>
+          <t>9789753424417</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Yüzüklerin Efendisi Birinci Kısım Yüzük Kardeşliği</t>
+          <t>Öteki, Düşman, Olay</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>700</v>
+        <v>510</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9789753422024</t>
+          <t>9789753424615</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Yüzüklerin Efendisi Üçüncü Kısım Kralın Dönüşü</t>
+          <t>Öteki Rüzgar</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>600</v>
+        <v>360</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9789753427470</t>
+          <t>9789753422529</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Yüz Gün</t>
+          <t>Öteki Metinler</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9789753420099</t>
+          <t>9789753420556</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Yürüme</t>
+          <t>Örtülü Kimlik</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>360</v>
+        <v>192</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9789753428385</t>
+          <t>9789753421799</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Yükselen Duvarlar, Zayıflayan Egemenlik</t>
+          <t>Ölümü Gömdüm, Geliyorum</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9789753423618</t>
+          <t>9789753423823</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Topuklar</t>
+          <t>Ölen Bir Kültür Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>710</v>
+        <v>495</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9789753428255</t>
+          <t>9789753421577</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Yukarıda Ses Yok</t>
+          <t>Oyunlar, İntiharlar, Şarkılar</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>370</v>
+        <v>210</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9789753425827</t>
+          <t>9789753421805</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Yoruma Dair Freud ve Felsefe</t>
+          <t>Oyun ve Gerçeklik</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>710</v>
+        <v>340</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9789753425612</t>
+          <t>9789753426107</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Y’ol</t>
+          <t>Oyun Dürtüsü</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>190</v>
+        <v>660</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789753420426</t>
+          <t>9789753420891</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Bir Sürgün</t>
+          <t>Osmanlıya Dair Hikayat</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>340</v>
+        <v>235</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9789753423274</t>
+          <t>9789753420440</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Yerdeniz Öyküleri</t>
+          <t>Osmanlı Kadın Hareketi</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>425</v>
+        <v>620</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9789753420570</t>
+          <t>9789753420419</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Yerdeniz Büyücüsü</t>
+          <t>Omayra</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9789753428958</t>
+          <t>9789753424233</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Yerdeniz</t>
+          <t>Olmayalı</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>1550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9789753420761</t>
+          <t>9789753425117</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Yer Değiştiren Gölge</t>
+          <t>Ol / An</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>210</v>
+        <v>360</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9789753422567</t>
+          <t>9789753424165</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Yeni Orta Asya ya da Ulusların İmal Edilişi</t>
+          <t>Okumanın Halleri</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>425</v>
+        <v>235</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9789753426275</t>
+          <t>9789753420211</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kapılı Kırk Oda</t>
+          <t>Oda, Poster ve Şeylerin Kederi</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>495</v>
+        <v>175</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9789753422192</t>
+          <t>9789753422161</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Yazı ve Yorum</t>
+          <t>O Ana Adanmış</t>
         </is>
       </c>
       <c r="C980" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9789753420020</t>
+          <t>9789753427463</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Yaz Sinemaları</t>
+          <t>Nostaljinin Geleceği</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>235</v>
+        <v>700</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9789753425674</t>
+          <t>9789753428774</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Yastıkname</t>
+          <t>Ninoçka</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>525</v>
+        <v>470</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9789753420860</t>
+          <t>9789753427043</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Yasa Koyucular ile Yorumcular</t>
+          <t>Nesir Fikri</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9789753423564</t>
+          <t>9789753428347</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Bilinç</t>
+          <t>Neoliberalizm ve Mahremiyet</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>340</v>
+        <v>306</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9789753428552</t>
+          <t>9789753427173</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Yanılıyorsunuz Einstein!</t>
+          <t>Neil’in Beyniyle Konuşmalar</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>360</v>
+        <v>525</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9789753424691</t>
+          <t>9789753426770</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Yamuk Bakmak</t>
+          <t>Nedenselliğin Kültürel Tarihi</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>370</v>
+        <v>710</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9789753421522</t>
+          <t>9789753428026</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Yakın</t>
+          <t>Neden Psikanaliz?</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9789753427821</t>
+          <t>9789753420686</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Yabanın Tuzlu Ekmeği</t>
+          <t>Narla İncire Gazel</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>470</v>
+        <v>260</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9789753428811</t>
+          <t>9789753421584</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar, Tanrılar ve Canavarlar</t>
+          <t>Mürekkep Balığı</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>510</v>
+        <v>210</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9789753425919</t>
+          <t>9789753425285</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Wang Hatunun Ölümü</t>
+          <t>Mülksüzler</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9789753426060</t>
+          <t>9789753421980</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Vesikalı Şehir</t>
+          <t>Mühendisler ve İdeoloji</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>295</v>
+        <v>340</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9789753426312</t>
+          <t>9789753425704</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Ve Yüzlerimiz, Kalbim, Fotoğraflar Kadar Kısa Ömürlü</t>
+          <t>Mutluluk, Ölüm ve Yaşamın Artakalanı</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>235</v>
+        <v>280</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9789753427159</t>
+          <t>9789753427364</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Ütopya Denen Arzu</t>
+          <t>Mutluluğun Peşinde</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>470</v>
+        <v>525</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9789753425186</t>
+          <t>9789753428804</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Türklüğü Ölçmek</t>
+          <t>Mutlu Moskova</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789753422925</t>
+          <t>9789753429108</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Sorunları Kılavuzu</t>
+          <t>Mutfak</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>430</v>
+        <v>280</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9789753420310</t>
+          <t>9789753423878</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Tümceler</t>
+          <t>Murgoların Kralı</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>280</v>
+        <v>565</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9789753426480</t>
+          <t>9789753424158</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Tutkular ve Çıkarlar</t>
+          <t>Murathan Mungan’ın Seçtikleriyle Yazıhane</t>
         </is>
       </c>
       <c r="C997" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9789753429016</t>
+          <t>9789753423045</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Tuğla</t>
+          <t>Çocuklar ve Büyükleri</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>410</v>
+        <v>360</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9789753420907</t>
+          <t>9789753425483</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Troya’da Ölüm Vardı</t>
+          <t>Mucizevi Göstergeler</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>260</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9789753424554</t>
+          <t>9789753423137</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Tren</t>
+          <t>Moskova Günlüğü</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9789753426749</t>
+          <t>9789753428392</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Transkritik</t>
+          <t>Modernlik Fragmanları</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>565</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9789753425599</t>
+          <t>9789753423755</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Tractatus Logico-Philosophicus</t>
+          <t>Modernizm ve Ulusun İnşaası</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>340</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9789753427289</t>
+          <t>9789753428606</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Torunlar</t>
+          <t>Modern Dünyanın Sorunları Karşısında Antropoloji</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>370</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9789753425834</t>
+          <t>9789753421911</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet ve Bilim Üzerine Düşünceler</t>
+          <t>Modern Dünyada Gündelik Hayat</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9789753427517</t>
+          <t>9789753422079</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Tırnak İçinde Ölüm</t>
+          <t>Minima Moralia</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>470</v>
+        <v>430</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9789753423052</t>
+          <t>9789753426008</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Tersten Perspektif</t>
+          <t>Mısır Kaşifi</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>280</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9789753422826</t>
+          <t>9789753420044</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Meskalin 60 Draje</t>
+          <t>Mırıldandıklarım</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9789753426138</t>
+          <t>9789753426428</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Mesire Yerleri Paramparça Bir Roman</t>
+          <t>Meşe Fısıltıları</t>
         </is>
       </c>
       <c r="C1008" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9789753428675</t>
+          <t>9789753426381</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Mesela Saat Onda</t>
+          <t>Kara Üçleme</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>410</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9789753422949</t>
+          <t>9789753422239</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Melez Desenler</t>
+          <t>Kadınlar Rüyalar Ejderhalar</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9789753423700</t>
+          <t>9789753426657</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Melek Tavus’un Halkı Ezidiler</t>
+          <t>Kadından Kentler</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9789753422291</t>
+          <t>9789753427647</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Mehmedin Kitabı</t>
+          <t>Kabuğunu Kıran Hikaye</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>348</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9789753426831</t>
+          <t>9789753427432</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Medyada İslam</t>
+          <t>Jean-Paul Sartre: Tarihin Sorumluluğunu Almak</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>390</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9789753427418</t>
+          <t>9789753428002</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Mazi Kabrinin Hortlakları</t>
+          <t>İstanbul Nereye?</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>525</v>
+        <v>660</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9789753425384</t>
+          <t>9789753422918</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Mavi Çocuk</t>
+          <t>İstanbul - Küresel ile Yerel Arasında</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>495</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9789753428323</t>
+          <t>9789753424998</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Kapital’i İçin Kılavuz</t>
+          <t>İspanya: Bir Başka Avrupa</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>525</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9789753428712</t>
+          <t>9789753422642</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Martin Heidegger’in Böceği</t>
+          <t>İslamın Yeni Kamusal Yüzleri</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9789753425605</t>
+          <t>9789753425018</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Marifetler</t>
+          <t>İslamın Hastalığı</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9789753425575</t>
+          <t>9789753426350</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Malafrena</t>
+          <t>İran: Ketlenmiş Halk</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>600</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9789753427852</t>
+          <t>9789753424103</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Mahremiyet ve Kamusallık</t>
+          <t>İnsan Yavrusunun Psikolojik Doğumu</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>545</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9789753420136</t>
+          <t>9789753420952</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Mezopotamya Üçlemesi 1: Mahmud ile Yezida</t>
+          <t>İnsan ve "Herkes"</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9789753426602</t>
+          <t>9789753423984</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Mağdurun Dili</t>
+          <t>İnsan Olmak</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9789753427999</t>
+          <t>9789753426558</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Madde ve Mana</t>
+          <t>İnceldiği Yerden</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>545</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9789753425698</t>
+          <t>9789753423854</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Lubunya Transseksüel Kimlik ve Beden</t>
+          <t>İmgenin Pornografisi</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>425</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9789753427487</t>
+          <t>9789753426237</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Liberalizmin Kıyılarında Siyaset</t>
+          <t>İmgeler Nasıl Düşünür?</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>340</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9789753421997</t>
+          <t>9789753422451</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Liberalizmden Sonra</t>
+          <t>İle</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>390</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9789753421317</t>
+          <t>9789753427555</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Li Rojhilate Dile Min - Kalbimin Doğusunda</t>
+          <t>İlaçla Tedavi Efsanesi</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>320</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9789753422505</t>
+          <t>9789753428330</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Lağımlaranası ya da Beyoğlu</t>
+          <t>İktidarın Mahremiyeti</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>370</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9789753424332</t>
+          <t>9789753427548</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşen İslam</t>
+          <t>İkinci Hayvan</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>340</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9789753424097</t>
+          <t>9789753425858</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Ruh Sağlığı</t>
+          <t>İki Kültürü Aşmak</t>
         </is>
       </c>
       <c r="C1030" s="1">
         <v>470</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9789753424424</t>
+          <t>9789753423489</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Kültür Fragmanları</t>
+          <t>İdeolojinin Yüce Nesnesi</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>550</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9789753424561</t>
+          <t>9789753426879</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Kuş Diline Öykünen</t>
+          <t>İçimizdeki Maymun</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9789753426541</t>
+          <t>9789753425797</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Kuru Su</t>
+          <t>İçdeniz Balıkçısı</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>370</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9789753428453</t>
+          <t>9789753427050</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Retoriği</t>
+          <t>İç İçe Girişler: İslam ve Avrupa</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>720</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9789753420006</t>
+          <t>9789753425643</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Kum Saati</t>
+          <t>Irak Dünya Mahkemesi Nihai İstanbul Oturumu 23-27 Haziran 2005</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>210</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9789753426145</t>
+          <t>9789753427678</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Kullanılmış Biletler</t>
+          <t>Holigan’ın Dönüşü</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>510</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9789753423106</t>
+          <t>9789753426077</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Kral</t>
+          <t>Histerik Bilinç</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9789753427326</t>
+          <t>9789753426244</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Kötülüğün Sıradanlığı</t>
+          <t>Hiç Niyetim Yoktu</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>470</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9789753423427</t>
+          <t>9789753426442</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk Türk</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>260</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9789753420181</t>
+          <t>9789753422093</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Korkunun Bütün Sesleri</t>
+          <t>Hız ve Politika</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9789753428668</t>
+          <t>9789753428101</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Kopuk Zincir</t>
+          <t>Herkes İçin Evrim</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>425</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9789753428842</t>
+          <t>9789753428927</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Komünizm Fikri</t>
+          <t>Her Şeye ve Herkese Karşı Lacan</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>410</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9789753428194</t>
+          <t>9789753425469</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Komedi: Sonsuzun Fiziği</t>
+          <t>Her Şey Satılık</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>340</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9789753428361</t>
+          <t>9789753427975</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Kitle Süsü</t>
+          <t>Her Çıkışın Bir İnişi Vardır</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>445</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9789753425773</t>
+          <t>9789753426411</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Kitapla Hayal Etmek</t>
+          <t>Hep Vaat Hep Vaat</t>
         </is>
       </c>
       <c r="C1045" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9789753424004</t>
+          <t>9789753421140</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Kimlikler Siyaseti</t>
+          <t>Hayatımı Yaşarken - Birinci Cilt</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>360</v>
+        <v>670</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9789753422499</t>
+          <t>9789753427012</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Kimlik Yanılsaması</t>
+          <t>Hayat Atölyesi</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>445</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9789753428484</t>
+          <t>9789753421133</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Kimin Avrupası?</t>
+          <t>Hayali Doğu</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>425</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9789753421737</t>
+          <t>9789753420266</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Kimbilir?</t>
+          <t>Hayali Cemaatler</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>260</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9789753422833</t>
+          <t>9789753425582</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ordu Fraksiyonu</t>
+          <t>Hayalet Ev</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>340</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9789753423021</t>
+          <t>9789753426527</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Kızarmış Palamutun Kokusu</t>
+          <t>Hasretinden Prangalar Eskittim</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>370</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9789753427135</t>
+          <t>9789753422314</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Kıymetini Bil Herşeyin</t>
+          <t>Haset ve Şükran</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9789753427241</t>
+          <t>9789753422345</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Kış Uykusu</t>
+          <t>Haluk’a Mektuplar</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>190</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9789753422901</t>
+          <t>9789753428880</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Kış Ruhu</t>
+          <t>Hah</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>370</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9789753420327</t>
+          <t>9789753428057</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Kısmet Büfesi</t>
+          <t>Hafıza, Tarih, Unutuş</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>260</v>
+        <v>770</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9789753428569</t>
+          <t>9789753424790</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Kırmızının Otobiyografisi</t>
+          <t>Hadım Edilme Kompleksi</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9789753422352</t>
+          <t>9789753422673</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kitap</t>
+          <t>Günümüzde Psikoterapi</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>340</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9789753420358</t>
+          <t>9789753426985</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Kırk Oda</t>
+          <t>Günlük Yaşamda Benliğin Sunumu</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>295</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9789753423717</t>
+          <t>9789753428491</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Temas</t>
+          <t>Gülme Sırası Bizde</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>445</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9789753425322</t>
+          <t>9789753426992</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Kırılgan Hayat</t>
+          <t>Güçler</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>295</v>
+        <v>510</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9789753420051</t>
+          <t>9789753421287</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Kılavuz</t>
+          <t>Göz ve Tin</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>235</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9789753427388</t>
+          <t>9789753422604</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Kesinlik Üstüne + Kültür ve Değer</t>
+          <t>Görünüre Dair Küçük Bir Teoriye Doğru Adımlar</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>410</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789753425100</t>
+          <t>9789753425872</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Kesik Esin/ tiler</t>
+          <t>Görsel Düşünme</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>250</v>
+        <v>545</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9789753424783</t>
+          <t>9789753426923</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Kendilik ve Nesne Dünyası</t>
+          <t>Görmenin Diyalektiği</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>320</v>
+        <v>710</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789753422055</t>
+          <t>9789753427357</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Kendiliğin Yeniden Yapılanması</t>
+          <t>Görme ve Cinsellik</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>390</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9789753422048</t>
+          <t>9789753420150</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Kendiliğin Çözümlenmesi</t>
+          <t>Geyikler Lanetler</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9789753424202</t>
+          <t>9789753429122</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Kenarda</t>
+          <t>Gerçek Bir Yanılsama: Bilinç</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789753424660</t>
+          <t>9799753424881</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Kell Kahinesi</t>
+          <t>Genin Yüzyılı</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>565</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789753426855</t>
+          <t>9789753428477</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Düşleri</t>
+          <t>Geçmiş Zaman</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>525</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789753424943</t>
+          <t>9789753425094</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Kedilere Dair</t>
+          <t>Geç Gelen Ağıtlar</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9789753427401</t>
+          <t>9789753426695</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Katmandu’da Ev Hali</t>
+          <t>Geç Dönem Üslubu</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9789753428972</t>
+          <t>9789753421867</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Katılım Kabusu</t>
+          <t>Gecikmiş Modernlik ve Estetik Kültür</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>340</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9799753424980</t>
+          <t>9789753426213</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Kartallar ve Melekler</t>
+          <t>Gecekondu Gezegeni</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>495</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9789753423687</t>
+          <t>9789753428897</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Ayet ve Slogan</t>
+          <t>Gece Kitabı</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>470</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9789753428873</t>
+          <t>9789753421836</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Aya Tırmanmak ve Diğer Öyküler</t>
+          <t>Gece</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>340</v>
+        <v>370</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9789753420716</t>
+          <t>9789753429207</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Atuan Mezarları</t>
+          <t>Gaston Bachelard’ın Hülyası</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9789753426565</t>
+          <t>9789753427203</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>At Çalmaya Gidiyoruz</t>
+          <t>Filozof ve Yoksulları</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>360</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9789753428590</t>
+          <t>9789753428521</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Cep Defteri</t>
+          <t>Filmozofi</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>280</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9789753427883</t>
+          <t>9789753427623</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Asker Kaçağı</t>
+          <t>Filmlerle Sosyoloji</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789753429085</t>
+          <t>9789753423991</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Asi Şehirler</t>
+          <t>Feminist Bir Devlet Kuramına Doğru</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>370</v>
+        <v>525</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789753426848</t>
+          <t>9789753426091</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Armağan</t>
+          <t>Felsefi Soruşturmalar</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>565</v>
+        <v>410</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9789753428705</t>
+          <t>9789753427029</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Arap Kıyameti</t>
+          <t>Fay Hatları</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>210</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9789753424370</t>
+          <t>9789753428507</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Savaşı Vietnam 1960 - 1975</t>
+          <t>Farklı Dünyaları Düşünmek</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9789753424400</t>
+          <t>9789753424349</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Gücünün Gerileyişi</t>
+          <t>Fantastik: Edebi Türe Yapısal Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>410</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9789753421225</t>
+          <t>9789753426022</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Altı Ay Bir Güz</t>
+          <t>Ezeli Mağlup</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>190</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789753425452</t>
+          <t>9789753428118</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Algılanan Dünya</t>
+          <t>Evren Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>190</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789753427746</t>
+          <t>9789753422307</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Alfa ve Omega</t>
+          <t>Ev Ödevi</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>390</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789753422390</t>
+          <t>9789753426893</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Alexis ya da Beyhude Mücadelenin Kitabı</t>
+          <t>Etkilenme Endişesi</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9789753428422</t>
+          <t>9789753424448</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Albert Einstein’ın Işığı</t>
+          <t>Etik</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9789753421898</t>
+          <t>9789753420334</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Akıl Tutulması</t>
+          <t>Eski 45’likler</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>320</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9789753426251</t>
+          <t>9789753427197</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Tarih, Mekan, İnsanlar ve Miras</t>
+          <t>Erkeklik: İmkansız İktidar</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>425</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9789753428750</t>
+          <t>9789753424769</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Ah’lar Ağacı</t>
+          <t>Murathan Mungan’ın Seçtikleriyle Erkeklerin Hikayeleri</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>190</v>
+        <v>310</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9789753428743</t>
+          <t>9789753423380</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Felsefesinin Sorunları</t>
+          <t>Erkekler İçin Divan</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>360</v>
+        <v>235</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9789753428217</t>
+          <t>9789753429191</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zamanlarda Yaşarken</t>
+          <t>Epikür’ün Kahkahası</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>790</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9789753429184</t>
+          <t>9789753424134</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Ah!</t>
+          <t>Enformasyon Bombası</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9789753425865</t>
+          <t>9789753420792</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Ağlayan Dağ Susan Nehir</t>
+          <t>En Uzak Sahil</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9789753426909</t>
+          <t>9789753425056</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>A’dan X’e</t>
+          <t>Elime Tutun</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9789753420594</t>
+          <t>9789753427272</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Açık Düşman</t>
+          <t>Eldivenler Hikayeler</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9789753427654</t>
+          <t>9789753426824</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>227 Sayfa</t>
+          <t>Ekşi Üzümler</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9789753425070</t>
+          <t>9789753425889</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>1002. Gece Masalları</t>
+          <t>Eksik Şiir</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>265</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9789753427685</t>
+          <t>9789753421874</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Bahçedeki Gidonları Kromajlı Pırpır da Neyin Nesi?</t>
+          <t>Eğlence İncelemeleri</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>210</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9789753423229</t>
+          <t>9789753423205</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Bağışlanmanın Dört Yolu</t>
+          <t>Efsuncunun Son Oyunu</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>390</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9789753425490</t>
+          <t>9789753424356</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Bağımsızlık Kutlaması</t>
+          <t>Edebiyat Yazıları</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
+          <t>9789753427937</t>
+        </is>
+      </c>
+      <c r="B1104" s="1" t="inlineStr">
+        <is>
+          <t>Edebiyat Ne İşe Yarar?</t>
+        </is>
+      </c>
+      <c r="C1104" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:3">
+      <c r="A1105" s="1" t="inlineStr">
+        <is>
+          <t>9789753425728</t>
+        </is>
+      </c>
+      <c r="B1105" s="1" t="inlineStr">
+        <is>
+          <t>Ebru Reflections Of Cultural Diversity In Turkey (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1105" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:3">
+      <c r="A1106" s="1" t="inlineStr">
+        <is>
+          <t>9789753426718</t>
+        </is>
+      </c>
+      <c r="B1106" s="1" t="inlineStr">
+        <is>
+          <t>Dünyevi ve Kutsal</t>
+        </is>
+      </c>
+      <c r="C1106" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:3">
+      <c r="A1107" s="1" t="inlineStr">
+        <is>
+          <t>9789753428460</t>
+        </is>
+      </c>
+      <c r="B1107" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Bugünde Sevmek</t>
+        </is>
+      </c>
+      <c r="C1107" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:3">
+      <c r="A1108" s="1" t="inlineStr">
+        <is>
+          <t>9789753421201</t>
+        </is>
+      </c>
+      <c r="B1108" s="1" t="inlineStr">
+        <is>
+          <t>Dünyaya Orman Denir</t>
+        </is>
+      </c>
+      <c r="C1108" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:3">
+      <c r="A1109" s="1" t="inlineStr">
+        <is>
+          <t>9789753425957</t>
+        </is>
+      </c>
+      <c r="B1109" s="1" t="inlineStr">
+        <is>
+          <t>Dünya-Tarihinin Sınırında Tarih</t>
+        </is>
+      </c>
+      <c r="C1109" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:3">
+      <c r="A1110" s="1" t="inlineStr">
+        <is>
+          <t>9789753424028</t>
+        </is>
+      </c>
+      <c r="B1110" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Teni</t>
+        </is>
+      </c>
+      <c r="C1110" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:3">
+      <c r="A1111" s="1" t="inlineStr">
+        <is>
+          <t>9789753425377</t>
+        </is>
+      </c>
+      <c r="B1111" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Doğum Günü ve Diğer Öyküler</t>
+        </is>
+      </c>
+      <c r="C1111" s="1">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:3">
+      <c r="A1112" s="1" t="inlineStr">
+        <is>
+          <t>9789753421331</t>
+        </is>
+      </c>
+      <c r="B1112" s="1" t="inlineStr">
+        <is>
+          <t>Düğüne</t>
+        </is>
+      </c>
+      <c r="C1112" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:3">
+      <c r="A1113" s="1" t="inlineStr">
+        <is>
+          <t>9789753426329</t>
+        </is>
+      </c>
+      <c r="B1113" s="1" t="inlineStr">
+        <is>
+          <t>Duyguların Gücü</t>
+        </is>
+      </c>
+      <c r="C1113" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:3">
+      <c r="A1114" s="1" t="inlineStr">
+        <is>
+          <t>9789753421379</t>
+        </is>
+      </c>
+      <c r="B1114" s="1" t="inlineStr">
+        <is>
+          <t>Dört Kişilik Bahçe</t>
+        </is>
+      </c>
+      <c r="C1114" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:3">
+      <c r="A1115" s="1" t="inlineStr">
+        <is>
+          <t>9789753424141</t>
+        </is>
+      </c>
+      <c r="B1115" s="1" t="inlineStr">
+        <is>
+          <t>Dört Arketip</t>
+        </is>
+      </c>
+      <c r="C1115" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:3">
+      <c r="A1116" s="1" t="inlineStr">
+        <is>
+          <t>9789753427333</t>
+        </is>
+      </c>
+      <c r="B1116" s="1" t="inlineStr">
+        <is>
+          <t>Dönüş</t>
+        </is>
+      </c>
+      <c r="C1116" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:3">
+      <c r="A1117" s="1" t="inlineStr">
+        <is>
+          <t>9789753424820</t>
+        </is>
+      </c>
+      <c r="B1117" s="1" t="inlineStr">
+        <is>
+          <t>Dostoyevski Poetikasının Sorunları</t>
+        </is>
+      </c>
+      <c r="C1117" s="1">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:3">
+      <c r="A1118" s="1" t="inlineStr">
+        <is>
+          <t>9789753429177</t>
+        </is>
+      </c>
+      <c r="B1118" s="1" t="inlineStr">
+        <is>
+          <t>Dolambaç</t>
+        </is>
+      </c>
+      <c r="C1118" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:3">
+      <c r="A1119" s="1" t="inlineStr">
+        <is>
+          <t>9789753421249</t>
+        </is>
+      </c>
+      <c r="B1119" s="1" t="inlineStr">
+        <is>
+          <t>Doktor March’ın Dört Oğlu</t>
+        </is>
+      </c>
+      <c r="C1119" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:3">
+      <c r="A1120" s="1" t="inlineStr">
+        <is>
+          <t>9789753423250</t>
+        </is>
+      </c>
+      <c r="B1120" s="1" t="inlineStr">
+        <is>
+          <t>Doğum Travması</t>
+        </is>
+      </c>
+      <c r="C1120" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:3">
+      <c r="A1121" s="1" t="inlineStr">
+        <is>
+          <t>9789753428576</t>
+        </is>
+      </c>
+      <c r="B1121" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Sarayı</t>
+        </is>
+      </c>
+      <c r="C1121" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:3">
+      <c r="A1122" s="1" t="inlineStr">
+        <is>
+          <t>9789753428903</t>
+        </is>
+      </c>
+      <c r="B1122" s="1" t="inlineStr">
+        <is>
+          <t>Doğu Batı Mimesis</t>
+        </is>
+      </c>
+      <c r="C1122" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:3">
+      <c r="A1123" s="1" t="inlineStr">
+        <is>
+          <t>9789753422611</t>
+        </is>
+      </c>
+      <c r="B1123" s="1" t="inlineStr">
+        <is>
+          <t>Doğduğum Yüzyıla Veda</t>
+        </is>
+      </c>
+      <c r="C1123" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:3">
+      <c r="A1124" s="1" t="inlineStr">
+        <is>
+          <t>9789753427395</t>
+        </is>
+      </c>
+      <c r="B1124" s="1" t="inlineStr">
+        <is>
+          <t>Devletin Yasal Olmayan Faaliyetleri</t>
+        </is>
+      </c>
+      <c r="C1124" s="1">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:3">
+      <c r="A1125" s="1" t="inlineStr">
+        <is>
+          <t>9789753428156</t>
+        </is>
+      </c>
+      <c r="B1125" s="1" t="inlineStr">
+        <is>
+          <t>Descartes Amca’nın Kötü Cini</t>
+        </is>
+      </c>
+      <c r="C1125" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:3">
+      <c r="A1126" s="1" t="inlineStr">
+        <is>
+          <t>9789753421027</t>
+        </is>
+      </c>
+      <c r="B1126" s="1" t="inlineStr">
+        <is>
+          <t>Dersaadet’te Dans</t>
+        </is>
+      </c>
+      <c r="C1126" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:3">
+      <c r="A1127" s="1" t="inlineStr">
+        <is>
+          <t>9789753428033</t>
+        </is>
+      </c>
+      <c r="B1127" s="1" t="inlineStr">
+        <is>
+          <t>Derinliğin Keşfi</t>
+        </is>
+      </c>
+      <c r="C1127" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:3">
+      <c r="A1128" s="1" t="inlineStr">
+        <is>
+          <t>9789753423076</t>
+        </is>
+      </c>
+      <c r="B1128" s="1" t="inlineStr">
+        <is>
+          <t>Derin Hizbullah</t>
+        </is>
+      </c>
+      <c r="C1128" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:3">
+      <c r="A1129" s="1" t="inlineStr">
+        <is>
+          <t>9789753426633</t>
+        </is>
+      </c>
+      <c r="B1129" s="1" t="inlineStr">
+        <is>
+          <t>Deri-Ben</t>
+        </is>
+      </c>
+      <c r="C1129" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:3">
+      <c r="A1130" s="1" t="inlineStr">
+        <is>
+          <t>9789753427005</t>
+        </is>
+      </c>
+      <c r="B1130" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Kenarında Geyikler</t>
+        </is>
+      </c>
+      <c r="C1130" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:3">
+      <c r="A1131" s="1" t="inlineStr">
+        <is>
+          <t>9789753428309</t>
+        </is>
+      </c>
+      <c r="B1131" s="1" t="inlineStr">
+        <is>
+          <t>Deneyim Şarkıları</t>
+        </is>
+      </c>
+      <c r="C1131" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:3">
+      <c r="A1132" s="1" t="inlineStr">
+        <is>
+          <t>9789753428637</t>
+        </is>
+      </c>
+      <c r="B1132" s="1" t="inlineStr">
+        <is>
+          <t>Demokratik Anayasa</t>
+        </is>
+      </c>
+      <c r="C1132" s="1">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:3">
+      <c r="A1133" s="1" t="inlineStr">
+        <is>
+          <t>9789753420884</t>
+        </is>
+      </c>
+      <c r="B1133" s="1" t="inlineStr">
+        <is>
+          <t>Demokrasinin Cinsiyeti</t>
+        </is>
+      </c>
+      <c r="C1133" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:3">
+      <c r="A1134" s="1" t="inlineStr">
+        <is>
+          <t>9789753426930</t>
+        </is>
+      </c>
+      <c r="B1134" s="1" t="inlineStr">
+        <is>
+          <t>Darwin Sizi Seviyor</t>
+        </is>
+      </c>
+      <c r="C1134" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:3">
+      <c r="A1135" s="1" t="inlineStr">
+        <is>
+          <t>9789753424486</t>
+        </is>
+      </c>
+      <c r="B1135" s="1" t="inlineStr">
+        <is>
+          <t>Darshiva Büyücüsü</t>
+        </is>
+      </c>
+      <c r="C1135" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:3">
+      <c r="A1136" s="1" t="inlineStr">
+        <is>
+          <t>9789753425025</t>
+        </is>
+      </c>
+      <c r="B1136" s="1" t="inlineStr">
+        <is>
+          <t>Çok Tuhaf Çok Tanıdık</t>
+        </is>
+      </c>
+      <c r="C1136" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:3">
+      <c r="A1137" s="1" t="inlineStr">
+        <is>
+          <t>9789753426763</t>
+        </is>
+      </c>
+      <c r="B1137" s="1" t="inlineStr">
+        <is>
+          <t>Çokbilmiş Özne</t>
+        </is>
+      </c>
+      <c r="C1137" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:3">
+      <c r="A1138" s="1" t="inlineStr">
+        <is>
+          <t>9789753427920</t>
+        </is>
+      </c>
+      <c r="B1138" s="1" t="inlineStr">
+        <is>
+          <t>Çoğul Estetik</t>
+        </is>
+      </c>
+      <c r="C1138" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:3">
+      <c r="A1139" s="1" t="inlineStr">
+        <is>
+          <t>9789753422543</t>
+        </is>
+      </c>
+      <c r="B1139" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklukta Normallik ve Patoloji</t>
+        </is>
+      </c>
+      <c r="C1139" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:3">
+      <c r="A1140" s="1" t="inlineStr">
+        <is>
+          <t>9789753425223</t>
+        </is>
+      </c>
+      <c r="B1140" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğun Öyküsü</t>
+        </is>
+      </c>
+      <c r="C1140" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:3">
+      <c r="A1141" s="1" t="inlineStr">
+        <is>
+          <t>9789753425520</t>
+        </is>
+      </c>
+      <c r="B1141" s="1" t="inlineStr">
+        <is>
+          <t>Çizgisel Olmayan Tarih</t>
+        </is>
+      </c>
+      <c r="C1141" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:3">
+      <c r="A1142" s="1" t="inlineStr">
+        <is>
+          <t>9789753428583</t>
+        </is>
+      </c>
+      <c r="B1142" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Yolu</t>
+        </is>
+      </c>
+      <c r="C1142" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:3">
+      <c r="A1143" s="1" t="inlineStr">
+        <is>
+          <t>9789753421669</t>
+        </is>
+      </c>
+      <c r="B1143" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Söylenler</t>
+        </is>
+      </c>
+      <c r="C1143" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:3">
+      <c r="A1144" s="1" t="inlineStr">
+        <is>
+          <t>9789753424592</t>
+        </is>
+      </c>
+      <c r="B1144" s="1" t="inlineStr">
+        <is>
+          <t>Çador</t>
+        </is>
+      </c>
+      <c r="C1144" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:3">
+      <c r="A1145" s="1" t="inlineStr">
+        <is>
+          <t>9789753426725</t>
+        </is>
+      </c>
+      <c r="B1145" s="1" t="inlineStr">
+        <is>
+          <t>Cinsiyet Belası</t>
+        </is>
+      </c>
+      <c r="C1145" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:3">
+      <c r="A1146" s="1" t="inlineStr">
+        <is>
+          <t>9789753428699</t>
+        </is>
+      </c>
+      <c r="B1146" s="1" t="inlineStr">
+        <is>
+          <t>Cinsellik Muamması</t>
+        </is>
+      </c>
+      <c r="C1146" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:3">
+      <c r="A1147" s="1" t="inlineStr">
+        <is>
+          <t>9789753426220</t>
+        </is>
+      </c>
+      <c r="B1147" s="1" t="inlineStr">
+        <is>
+          <t>Büyümenin Türkçe Tarihi</t>
+        </is>
+      </c>
+      <c r="C1147" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:3">
+      <c r="A1148" s="1" t="inlineStr">
+        <is>
+          <t>9789753423069</t>
+        </is>
+      </c>
+      <c r="B1148" s="1" t="inlineStr">
+        <is>
+          <t>Büyülü Şato Belgariad</t>
+        </is>
+      </c>
+      <c r="C1148" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:3">
+      <c r="A1149" s="1" t="inlineStr">
+        <is>
+          <t>9789753427845</t>
+        </is>
+      </c>
+      <c r="B1149" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Amerikan Şehirlerinin Ölümü ve Yaşamı</t>
+        </is>
+      </c>
+      <c r="C1149" s="1">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:3">
+      <c r="A1150" s="1" t="inlineStr">
+        <is>
+          <t>9789753420389</t>
+        </is>
+      </c>
+      <c r="B1150" s="1" t="inlineStr">
+        <is>
+          <t>Burukluk</t>
+        </is>
+      </c>
+      <c r="C1150" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:3">
+      <c r="A1151" s="1" t="inlineStr">
+        <is>
+          <t>9789753427074</t>
+        </is>
+      </c>
+      <c r="B1151" s="1" t="inlineStr">
+        <is>
+          <t>Buradan Baktığımızda</t>
+        </is>
+      </c>
+      <c r="C1151" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:3">
+      <c r="A1152" s="1" t="inlineStr">
+        <is>
+          <t>9789753428828</t>
+        </is>
+      </c>
+      <c r="B1152" s="1" t="inlineStr">
+        <is>
+          <t>Bulut Kuramı</t>
+        </is>
+      </c>
+      <c r="C1152" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:3">
+      <c r="A1153" s="1" t="inlineStr">
+        <is>
+          <t>9789753425902</t>
+        </is>
+      </c>
+      <c r="B1153" s="1" t="inlineStr">
+        <is>
+          <t>Buluştuğumuz Yer Burası</t>
+        </is>
+      </c>
+      <c r="C1153" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:3">
+      <c r="A1154" s="1" t="inlineStr">
+        <is>
+          <t>9789753422772</t>
+        </is>
+      </c>
+      <c r="B1154" s="1" t="inlineStr">
+        <is>
+          <t>Brecht’i Anlamak</t>
+        </is>
+      </c>
+      <c r="C1154" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:3">
+      <c r="A1155" s="1" t="inlineStr">
+        <is>
+          <t>9789753422994</t>
+        </is>
+      </c>
+      <c r="B1155" s="1" t="inlineStr">
+        <is>
+          <t>Bolşevik Devrimi Cilt: 1</t>
+        </is>
+      </c>
+      <c r="C1155" s="1">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:3">
+      <c r="A1156" s="1" t="inlineStr">
+        <is>
+          <t>9789753426572</t>
+        </is>
+      </c>
+      <c r="B1156" s="1" t="inlineStr">
+        <is>
+          <t>Birhan Keskin Şiiri ve Ba</t>
+        </is>
+      </c>
+      <c r="C1156" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:3">
+      <c r="A1157" s="1" t="inlineStr">
+        <is>
+          <t>9789753427319</t>
+        </is>
+      </c>
+      <c r="B1157" s="1" t="inlineStr">
+        <is>
+          <t>Bireysellik ve Kültür</t>
+        </is>
+      </c>
+      <c r="C1157" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:3">
+      <c r="A1158" s="1" t="inlineStr">
+        <is>
+          <t>9789753426053</t>
+        </is>
+      </c>
+      <c r="B1158" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şeyler Eksik</t>
+        </is>
+      </c>
+      <c r="C1158" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:3">
+      <c r="A1159" s="1" t="inlineStr">
+        <is>
+          <t>9789753425568</t>
+        </is>
+      </c>
+      <c r="B1159" s="1" t="inlineStr">
+        <is>
+          <t>Bir Şey Oldu</t>
+        </is>
+      </c>
+      <c r="C1159" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:3">
+      <c r="A1160" s="1" t="inlineStr">
+        <is>
+          <t>9789753424714</t>
+        </is>
+      </c>
+      <c r="B1160" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kutu Daha</t>
+        </is>
+      </c>
+      <c r="C1160" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:3">
+      <c r="A1161" s="1" t="inlineStr">
+        <is>
+          <t>9789753428736</t>
+        </is>
+      </c>
+      <c r="B1161" s="1" t="inlineStr">
+        <is>
+          <t>Bir Kapıdan Gireceksin</t>
+        </is>
+      </c>
+      <c r="C1161" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:3">
+      <c r="A1162" s="1" t="inlineStr">
+        <is>
+          <t>9789753421539</t>
+        </is>
+      </c>
+      <c r="B1162" s="1" t="inlineStr">
+        <is>
+          <t>Bir Günlük Yerim Kaldı İster Misiniz?</t>
+        </is>
+      </c>
+      <c r="C1162" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:3">
+      <c r="A1163" s="1" t="inlineStr">
+        <is>
+          <t>9789753420204</t>
+        </is>
+      </c>
+      <c r="B1163" s="1" t="inlineStr">
+        <is>
+          <t>Bir Garip Orhan Veli</t>
+        </is>
+      </c>
+      <c r="C1163" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:3">
+      <c r="A1164" s="1" t="inlineStr">
+        <is>
+          <t>9789753425926</t>
+        </is>
+      </c>
+      <c r="B1164" s="1" t="inlineStr">
+        <is>
+          <t>Bir Garip Aşk Öyküsü</t>
+        </is>
+      </c>
+      <c r="C1164" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:3">
+      <c r="A1165" s="1" t="inlineStr">
+        <is>
+          <t>9789753428729</t>
+        </is>
+      </c>
+      <c r="B1165" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dersim Hikayesi</t>
+        </is>
+      </c>
+      <c r="C1165" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:3">
+      <c r="A1166" s="1" t="inlineStr">
+        <is>
+          <t>9789753422468</t>
+        </is>
+      </c>
+      <c r="B1166" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Hakları</t>
+        </is>
+      </c>
+      <c r="C1166" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:3">
+      <c r="A1167" s="1" t="inlineStr">
+        <is>
+          <t>9789753421263</t>
+        </is>
+      </c>
+      <c r="B1167" s="1" t="inlineStr">
+        <is>
+          <t>Bir Aşk Söyleminden Parçalar</t>
+        </is>
+      </c>
+      <c r="C1167" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:3">
+      <c r="A1168" s="1" t="inlineStr">
+        <is>
+          <t>9789753425803</t>
+        </is>
+      </c>
+      <c r="B1168" s="1" t="inlineStr">
+        <is>
+          <t>Bilinç Kullanım Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C1168" s="1">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:3">
+      <c r="A1169" s="1" t="inlineStr">
+        <is>
+          <t>9789753428781</t>
+        </is>
+      </c>
+      <c r="B1169" s="1" t="inlineStr">
+        <is>
+          <t>Bilim - Dört Bin Yıllık Bir Tarih</t>
+        </is>
+      </c>
+      <c r="C1169" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:3">
+      <c r="A1170" s="1" t="inlineStr">
+        <is>
+          <t>9789753420808</t>
+        </is>
+      </c>
+      <c r="B1170" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Üzerine Üç Söyleşi</t>
+        </is>
+      </c>
+      <c r="C1170" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:3">
+      <c r="A1171" s="1" t="inlineStr">
+        <is>
+          <t>9789753427562</t>
+        </is>
+      </c>
+      <c r="B1171" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Ağacı</t>
+        </is>
+      </c>
+      <c r="C1171" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:3">
+      <c r="A1172" s="1" t="inlineStr">
+        <is>
+          <t>9789753428163</t>
+        </is>
+      </c>
+      <c r="B1172" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Sokrates’in Ölümü</t>
+        </is>
+      </c>
+      <c r="C1172" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:3">
+      <c r="A1173" s="1" t="inlineStr">
+        <is>
+          <t>9789753422338</t>
+        </is>
+      </c>
+      <c r="B1173" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Karasu’yu Okumak</t>
+        </is>
+      </c>
+      <c r="C1173" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:3">
+      <c r="A1174" s="1" t="inlineStr">
+        <is>
+          <t>9789753421683</t>
+        </is>
+      </c>
+      <c r="B1174" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Karasu Aramızda</t>
+        </is>
+      </c>
+      <c r="C1174" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:3">
+      <c r="A1175" s="1" t="inlineStr">
+        <is>
+          <t>9789753428132</t>
+        </is>
+      </c>
+      <c r="B1175" s="1" t="inlineStr">
+        <is>
+          <t>Bildiğin Gibi Değil</t>
+        </is>
+      </c>
+      <c r="C1175" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:3">
+      <c r="A1176" s="1" t="inlineStr">
+        <is>
+          <t>9789753427579</t>
+        </is>
+      </c>
+      <c r="B1176" s="1" t="inlineStr">
+        <is>
+          <t>Bildiğimiz Kapitalizmin Sonu</t>
+        </is>
+      </c>
+      <c r="C1176" s="1">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:3">
+      <c r="A1177" s="1" t="inlineStr">
+        <is>
+          <t>9789753422871</t>
+        </is>
+      </c>
+      <c r="B1177" s="1" t="inlineStr">
+        <is>
+          <t>Bildiğimiz Dünyanın Sonu</t>
+        </is>
+      </c>
+      <c r="C1177" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:3">
+      <c r="A1178" s="1" t="inlineStr">
+        <is>
+          <t>9789753429054</t>
+        </is>
+      </c>
+      <c r="B1178" s="1" t="inlineStr">
+        <is>
+          <t>Beyin ve İç Dünya</t>
+        </is>
+      </c>
+      <c r="C1178" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:3">
+      <c r="A1179" s="1" t="inlineStr">
+        <is>
+          <t>9789753429009</t>
+        </is>
+      </c>
+      <c r="B1179" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Tuval</t>
+        </is>
+      </c>
+      <c r="C1179" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:3">
+      <c r="A1180" s="1" t="inlineStr">
+        <is>
+          <t>9789753424677</t>
+        </is>
+      </c>
+      <c r="B1180" s="1" t="inlineStr">
+        <is>
+          <t>Beşpeşe (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1180" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:3">
+      <c r="A1181" s="1" t="inlineStr">
+        <is>
+          <t>9789753428866</t>
+        </is>
+      </c>
+      <c r="B1181" s="1" t="inlineStr">
+        <is>
+          <t>Bento’nun Eskiz Defteri</t>
+        </is>
+      </c>
+      <c r="C1181" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:3">
+      <c r="A1182" s="1" t="inlineStr">
+        <is>
+          <t>9789753425216</t>
+        </is>
+      </c>
+      <c r="B1182" s="1" t="inlineStr">
+        <is>
+          <t>Benlik</t>
+        </is>
+      </c>
+      <c r="C1182" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:3">
+      <c r="A1183" s="1" t="inlineStr">
+        <is>
+          <t>9789753428965</t>
+        </is>
+      </c>
+      <c r="B1183" s="1" t="inlineStr">
+        <is>
+          <t>Bendeniz Jean-Jacques Rousseau</t>
+        </is>
+      </c>
+      <c r="C1183" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:3">
+      <c r="A1184" s="1" t="inlineStr">
+        <is>
+          <t>9789753427982</t>
+        </is>
+      </c>
+      <c r="B1184" s="1" t="inlineStr">
+        <is>
+          <t>Benden Önce Bir Başkası</t>
+        </is>
+      </c>
+      <c r="C1184" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:3">
+      <c r="A1185" s="1" t="inlineStr">
+        <is>
+          <t>9789753424936</t>
+        </is>
+      </c>
+      <c r="B1185" s="1" t="inlineStr">
+        <is>
+          <t>Ben ve Savunma Mekanizmaları</t>
+        </is>
+      </c>
+      <c r="C1185" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:3">
+      <c r="A1186" s="1" t="inlineStr">
+        <is>
+          <t>9789753424585</t>
+        </is>
+      </c>
+      <c r="B1186" s="1" t="inlineStr">
+        <is>
+          <t>Ben Psikolojisi ve Uyum Sorunu</t>
+        </is>
+      </c>
+      <c r="C1186" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:3">
+      <c r="A1187" s="1" t="inlineStr">
+        <is>
+          <t>9789753425247</t>
+        </is>
+      </c>
+      <c r="B1187" s="1" t="inlineStr">
+        <is>
+          <t>Ben İdeali</t>
+        </is>
+      </c>
+      <c r="C1187" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:3">
+      <c r="A1188" s="1" t="inlineStr">
+        <is>
+          <t>9789753426343</t>
+        </is>
+      </c>
+      <c r="B1188" s="1" t="inlineStr">
+        <is>
+          <t>Bellek ve Akdeniz</t>
+        </is>
+      </c>
+      <c r="C1188" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:3">
+      <c r="A1189" s="1" t="inlineStr">
+        <is>
+          <t>9789753426176</t>
+        </is>
+      </c>
+      <c r="B1189" s="1" t="inlineStr">
+        <is>
+          <t>Bellek Metaforları Zihinle İlgili Fikirlerin Tarihi</t>
+        </is>
+      </c>
+      <c r="C1189" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:3">
+      <c r="A1190" s="1" t="inlineStr">
+        <is>
+          <t>9789753427524</t>
+        </is>
+      </c>
+      <c r="B1190" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Töreni</t>
+        </is>
+      </c>
+      <c r="C1190" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:3">
+      <c r="A1191" s="1" t="inlineStr">
+        <is>
+          <t>9789753426954</t>
+        </is>
+      </c>
+      <c r="B1191" s="1" t="inlineStr">
+        <is>
+          <t>Bazı Yazlar Uzaktan Geçer</t>
+        </is>
+      </c>
+      <c r="C1191" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:3">
+      <c r="A1192" s="1" t="inlineStr">
+        <is>
+          <t>9789753423762</t>
+        </is>
+      </c>
+      <c r="B1192" s="1" t="inlineStr">
+        <is>
+          <t>Batının Muhafızları</t>
+        </is>
+      </c>
+      <c r="C1192" s="1">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:3">
+      <c r="A1193" s="1" t="inlineStr">
+        <is>
+          <t>9789753427302</t>
+        </is>
+      </c>
+      <c r="B1193" s="1" t="inlineStr">
+        <is>
+          <t>Başlangıçlar</t>
+        </is>
+      </c>
+      <c r="C1193" s="1">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:3">
+      <c r="A1194" s="1" t="inlineStr">
+        <is>
+          <t>9789753421393</t>
+        </is>
+      </c>
+      <c r="B1194" s="1" t="inlineStr">
+        <is>
+          <t>Başkasının Hayatı</t>
+        </is>
+      </c>
+      <c r="C1194" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:3">
+      <c r="A1195" s="1" t="inlineStr">
+        <is>
+          <t>9789753421720</t>
+        </is>
+      </c>
+      <c r="B1195" s="1" t="inlineStr">
+        <is>
+          <t>Başkalarının Gecesi</t>
+        </is>
+      </c>
+      <c r="C1195" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:3">
+      <c r="A1196" s="1" t="inlineStr">
+        <is>
+          <t>9789753427661</t>
+        </is>
+      </c>
+      <c r="B1196" s="1" t="inlineStr">
+        <is>
+          <t>Başka Yer</t>
+        </is>
+      </c>
+      <c r="C1196" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:3">
+      <c r="A1197" s="1" t="inlineStr">
+        <is>
+          <t>9789753425964</t>
+        </is>
+      </c>
+      <c r="B1197" s="1" t="inlineStr">
+        <is>
+          <t>Başka Bir Ülkede</t>
+        </is>
+      </c>
+      <c r="C1197" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:3">
+      <c r="A1198" s="1" t="inlineStr">
+        <is>
+          <t>9789753427784</t>
+        </is>
+      </c>
+      <c r="B1198" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Emeği, Kol Emeği</t>
+        </is>
+      </c>
+      <c r="C1198" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:3">
+      <c r="A1199" s="1" t="inlineStr">
+        <is>
+          <t>9789753423472</t>
+        </is>
+      </c>
+      <c r="B1199" s="1" t="inlineStr">
+        <is>
+          <t>Yüzüklerin Efendisi Tek Cilt Özel Basım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1199" s="1">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:3">
+      <c r="A1200" s="1" t="inlineStr">
+        <is>
+          <t>9789753425988</t>
+        </is>
+      </c>
+      <c r="B1200" s="1" t="inlineStr">
+        <is>
+          <t>Yüzüklerin Efendisi Birinci Kısım Yüzük Kardeşliği</t>
+        </is>
+      </c>
+      <c r="C1200" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:3">
+      <c r="A1201" s="1" t="inlineStr">
+        <is>
+          <t>9789753422024</t>
+        </is>
+      </c>
+      <c r="B1201" s="1" t="inlineStr">
+        <is>
+          <t>Yüzüklerin Efendisi Üçüncü Kısım Kralın Dönüşü</t>
+        </is>
+      </c>
+      <c r="C1201" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:3">
+      <c r="A1202" s="1" t="inlineStr">
+        <is>
+          <t>9789753427470</t>
+        </is>
+      </c>
+      <c r="B1202" s="1" t="inlineStr">
+        <is>
+          <t>Yüz Gün</t>
+        </is>
+      </c>
+      <c r="C1202" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:3">
+      <c r="A1203" s="1" t="inlineStr">
+        <is>
+          <t>9789753420099</t>
+        </is>
+      </c>
+      <c r="B1203" s="1" t="inlineStr">
+        <is>
+          <t>Yürüme</t>
+        </is>
+      </c>
+      <c r="C1203" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:3">
+      <c r="A1204" s="1" t="inlineStr">
+        <is>
+          <t>9789753428385</t>
+        </is>
+      </c>
+      <c r="B1204" s="1" t="inlineStr">
+        <is>
+          <t>Yükselen Duvarlar, Zayıflayan Egemenlik</t>
+        </is>
+      </c>
+      <c r="C1204" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:3">
+      <c r="A1205" s="1" t="inlineStr">
+        <is>
+          <t>9789753423618</t>
+        </is>
+      </c>
+      <c r="B1205" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Topuklar</t>
+        </is>
+      </c>
+      <c r="C1205" s="1">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:3">
+      <c r="A1206" s="1" t="inlineStr">
+        <is>
+          <t>9789753428255</t>
+        </is>
+      </c>
+      <c r="B1206" s="1" t="inlineStr">
+        <is>
+          <t>Yukarıda Ses Yok</t>
+        </is>
+      </c>
+      <c r="C1206" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:3">
+      <c r="A1207" s="1" t="inlineStr">
+        <is>
+          <t>9789753425827</t>
+        </is>
+      </c>
+      <c r="B1207" s="1" t="inlineStr">
+        <is>
+          <t>Yoruma Dair Freud ve Felsefe</t>
+        </is>
+      </c>
+      <c r="C1207" s="1">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:3">
+      <c r="A1208" s="1" t="inlineStr">
+        <is>
+          <t>9789753425612</t>
+        </is>
+      </c>
+      <c r="B1208" s="1" t="inlineStr">
+        <is>
+          <t>Y’ol</t>
+        </is>
+      </c>
+      <c r="C1208" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:3">
+      <c r="A1209" s="1" t="inlineStr">
+        <is>
+          <t>9789753420426</t>
+        </is>
+      </c>
+      <c r="B1209" s="1" t="inlineStr">
+        <is>
+          <t>Yeryüzünde Bir Sürgün</t>
+        </is>
+      </c>
+      <c r="C1209" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:3">
+      <c r="A1210" s="1" t="inlineStr">
+        <is>
+          <t>9789753423274</t>
+        </is>
+      </c>
+      <c r="B1210" s="1" t="inlineStr">
+        <is>
+          <t>Yerdeniz Öyküleri</t>
+        </is>
+      </c>
+      <c r="C1210" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:3">
+      <c r="A1211" s="1" t="inlineStr">
+        <is>
+          <t>9789753420570</t>
+        </is>
+      </c>
+      <c r="B1211" s="1" t="inlineStr">
+        <is>
+          <t>Yerdeniz Büyücüsü</t>
+        </is>
+      </c>
+      <c r="C1211" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:3">
+      <c r="A1212" s="1" t="inlineStr">
+        <is>
+          <t>9789753428958</t>
+        </is>
+      </c>
+      <c r="B1212" s="1" t="inlineStr">
+        <is>
+          <t>Yerdeniz</t>
+        </is>
+      </c>
+      <c r="C1212" s="1">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:3">
+      <c r="A1213" s="1" t="inlineStr">
+        <is>
+          <t>9789753420761</t>
+        </is>
+      </c>
+      <c r="B1213" s="1" t="inlineStr">
+        <is>
+          <t>Yer Değiştiren Gölge</t>
+        </is>
+      </c>
+      <c r="C1213" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:3">
+      <c r="A1214" s="1" t="inlineStr">
+        <is>
+          <t>9789753422567</t>
+        </is>
+      </c>
+      <c r="B1214" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Orta Asya ya da Ulusların İmal Edilişi</t>
+        </is>
+      </c>
+      <c r="C1214" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:3">
+      <c r="A1215" s="1" t="inlineStr">
+        <is>
+          <t>9789753426275</t>
+        </is>
+      </c>
+      <c r="B1215" s="1" t="inlineStr">
+        <is>
+          <t>Yedi Kapılı Kırk Oda</t>
+        </is>
+      </c>
+      <c r="C1215" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:3">
+      <c r="A1216" s="1" t="inlineStr">
+        <is>
+          <t>9789753422192</t>
+        </is>
+      </c>
+      <c r="B1216" s="1" t="inlineStr">
+        <is>
+          <t>Yazı ve Yorum</t>
+        </is>
+      </c>
+      <c r="C1216" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:3">
+      <c r="A1217" s="1" t="inlineStr">
+        <is>
+          <t>9789753420020</t>
+        </is>
+      </c>
+      <c r="B1217" s="1" t="inlineStr">
+        <is>
+          <t>Yaz Sinemaları</t>
+        </is>
+      </c>
+      <c r="C1217" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:3">
+      <c r="A1218" s="1" t="inlineStr">
+        <is>
+          <t>9789753425674</t>
+        </is>
+      </c>
+      <c r="B1218" s="1" t="inlineStr">
+        <is>
+          <t>Yastıkname</t>
+        </is>
+      </c>
+      <c r="C1218" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:3">
+      <c r="A1219" s="1" t="inlineStr">
+        <is>
+          <t>9789753420860</t>
+        </is>
+      </c>
+      <c r="B1219" s="1" t="inlineStr">
+        <is>
+          <t>Yasa Koyucular ile Yorumcular</t>
+        </is>
+      </c>
+      <c r="C1219" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:3">
+      <c r="A1220" s="1" t="inlineStr">
+        <is>
+          <t>9789753423564</t>
+        </is>
+      </c>
+      <c r="B1220" s="1" t="inlineStr">
+        <is>
+          <t>Yaralı Bilinç</t>
+        </is>
+      </c>
+      <c r="C1220" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:3">
+      <c r="A1221" s="1" t="inlineStr">
+        <is>
+          <t>9789753428552</t>
+        </is>
+      </c>
+      <c r="B1221" s="1" t="inlineStr">
+        <is>
+          <t>Yanılıyorsunuz Einstein!</t>
+        </is>
+      </c>
+      <c r="C1221" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:3">
+      <c r="A1222" s="1" t="inlineStr">
+        <is>
+          <t>9789753424691</t>
+        </is>
+      </c>
+      <c r="B1222" s="1" t="inlineStr">
+        <is>
+          <t>Yamuk Bakmak</t>
+        </is>
+      </c>
+      <c r="C1222" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:3">
+      <c r="A1223" s="1" t="inlineStr">
+        <is>
+          <t>9789753421522</t>
+        </is>
+      </c>
+      <c r="B1223" s="1" t="inlineStr">
+        <is>
+          <t>Yakın</t>
+        </is>
+      </c>
+      <c r="C1223" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:3">
+      <c r="A1224" s="1" t="inlineStr">
+        <is>
+          <t>9789753427821</t>
+        </is>
+      </c>
+      <c r="B1224" s="1" t="inlineStr">
+        <is>
+          <t>Yabanın Tuzlu Ekmeği</t>
+        </is>
+      </c>
+      <c r="C1224" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:3">
+      <c r="A1225" s="1" t="inlineStr">
+        <is>
+          <t>9789753428811</t>
+        </is>
+      </c>
+      <c r="B1225" s="1" t="inlineStr">
+        <is>
+          <t>Yabancılar, Tanrılar ve Canavarlar</t>
+        </is>
+      </c>
+      <c r="C1225" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:3">
+      <c r="A1226" s="1" t="inlineStr">
+        <is>
+          <t>9789753425919</t>
+        </is>
+      </c>
+      <c r="B1226" s="1" t="inlineStr">
+        <is>
+          <t>Wang Hatunun Ölümü</t>
+        </is>
+      </c>
+      <c r="C1226" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:3">
+      <c r="A1227" s="1" t="inlineStr">
+        <is>
+          <t>9789753426060</t>
+        </is>
+      </c>
+      <c r="B1227" s="1" t="inlineStr">
+        <is>
+          <t>Vesikalı Şehir</t>
+        </is>
+      </c>
+      <c r="C1227" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:3">
+      <c r="A1228" s="1" t="inlineStr">
+        <is>
+          <t>9789753426312</t>
+        </is>
+      </c>
+      <c r="B1228" s="1" t="inlineStr">
+        <is>
+          <t>Ve Yüzlerimiz, Kalbim, Fotoğraflar Kadar Kısa Ömürlü</t>
+        </is>
+      </c>
+      <c r="C1228" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:3">
+      <c r="A1229" s="1" t="inlineStr">
+        <is>
+          <t>9789753427159</t>
+        </is>
+      </c>
+      <c r="B1229" s="1" t="inlineStr">
+        <is>
+          <t>Ütopya Denen Arzu</t>
+        </is>
+      </c>
+      <c r="C1229" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:3">
+      <c r="A1230" s="1" t="inlineStr">
+        <is>
+          <t>9789753425186</t>
+        </is>
+      </c>
+      <c r="B1230" s="1" t="inlineStr">
+        <is>
+          <t>Türklüğü Ölçmek</t>
+        </is>
+      </c>
+      <c r="C1230" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:3">
+      <c r="A1231" s="1" t="inlineStr">
+        <is>
+          <t>9789753422925</t>
+        </is>
+      </c>
+      <c r="B1231" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Sorunları Kılavuzu</t>
+        </is>
+      </c>
+      <c r="C1231" s="1">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:3">
+      <c r="A1232" s="1" t="inlineStr">
+        <is>
+          <t>9789753420310</t>
+        </is>
+      </c>
+      <c r="B1232" s="1" t="inlineStr">
+        <is>
+          <t>Tümceler</t>
+        </is>
+      </c>
+      <c r="C1232" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:3">
+      <c r="A1233" s="1" t="inlineStr">
+        <is>
+          <t>9789753426480</t>
+        </is>
+      </c>
+      <c r="B1233" s="1" t="inlineStr">
+        <is>
+          <t>Tutkular ve Çıkarlar</t>
+        </is>
+      </c>
+      <c r="C1233" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:3">
+      <c r="A1234" s="1" t="inlineStr">
+        <is>
+          <t>9789753429016</t>
+        </is>
+      </c>
+      <c r="B1234" s="1" t="inlineStr">
+        <is>
+          <t>Tuğla</t>
+        </is>
+      </c>
+      <c r="C1234" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:3">
+      <c r="A1235" s="1" t="inlineStr">
+        <is>
+          <t>9789753420907</t>
+        </is>
+      </c>
+      <c r="B1235" s="1" t="inlineStr">
+        <is>
+          <t>Troya’da Ölüm Vardı</t>
+        </is>
+      </c>
+      <c r="C1235" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:3">
+      <c r="A1236" s="1" t="inlineStr">
+        <is>
+          <t>9789753424554</t>
+        </is>
+      </c>
+      <c r="B1236" s="1" t="inlineStr">
+        <is>
+          <t>Tren</t>
+        </is>
+      </c>
+      <c r="C1236" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:3">
+      <c r="A1237" s="1" t="inlineStr">
+        <is>
+          <t>9789753426749</t>
+        </is>
+      </c>
+      <c r="B1237" s="1" t="inlineStr">
+        <is>
+          <t>Transkritik</t>
+        </is>
+      </c>
+      <c r="C1237" s="1">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:3">
+      <c r="A1238" s="1" t="inlineStr">
+        <is>
+          <t>9789753425599</t>
+        </is>
+      </c>
+      <c r="B1238" s="1" t="inlineStr">
+        <is>
+          <t>Tractatus Logico-Philosophicus</t>
+        </is>
+      </c>
+      <c r="C1238" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:3">
+      <c r="A1239" s="1" t="inlineStr">
+        <is>
+          <t>9789753427289</t>
+        </is>
+      </c>
+      <c r="B1239" s="1" t="inlineStr">
+        <is>
+          <t>Torunlar</t>
+        </is>
+      </c>
+      <c r="C1239" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:3">
+      <c r="A1240" s="1" t="inlineStr">
+        <is>
+          <t>9789753425834</t>
+        </is>
+      </c>
+      <c r="B1240" s="1" t="inlineStr">
+        <is>
+          <t>Toplumsal Cinsiyet ve Bilim Üzerine Düşünceler</t>
+        </is>
+      </c>
+      <c r="C1240" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:3">
+      <c r="A1241" s="1" t="inlineStr">
+        <is>
+          <t>9789753427517</t>
+        </is>
+      </c>
+      <c r="B1241" s="1" t="inlineStr">
+        <is>
+          <t>Tırnak İçinde Ölüm</t>
+        </is>
+      </c>
+      <c r="C1241" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:3">
+      <c r="A1242" s="1" t="inlineStr">
+        <is>
+          <t>9789753423052</t>
+        </is>
+      </c>
+      <c r="B1242" s="1" t="inlineStr">
+        <is>
+          <t>Tersten Perspektif</t>
+        </is>
+      </c>
+      <c r="C1242" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:3">
+      <c r="A1243" s="1" t="inlineStr">
+        <is>
+          <t>9789753422826</t>
+        </is>
+      </c>
+      <c r="B1243" s="1" t="inlineStr">
+        <is>
+          <t>Meskalin 60 Draje</t>
+        </is>
+      </c>
+      <c r="C1243" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:3">
+      <c r="A1244" s="1" t="inlineStr">
+        <is>
+          <t>9789753426138</t>
+        </is>
+      </c>
+      <c r="B1244" s="1" t="inlineStr">
+        <is>
+          <t>Mesire Yerleri Paramparça Bir Roman</t>
+        </is>
+      </c>
+      <c r="C1244" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:3">
+      <c r="A1245" s="1" t="inlineStr">
+        <is>
+          <t>9789753428675</t>
+        </is>
+      </c>
+      <c r="B1245" s="1" t="inlineStr">
+        <is>
+          <t>Mesela Saat Onda</t>
+        </is>
+      </c>
+      <c r="C1245" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:3">
+      <c r="A1246" s="1" t="inlineStr">
+        <is>
+          <t>9789753422949</t>
+        </is>
+      </c>
+      <c r="B1246" s="1" t="inlineStr">
+        <is>
+          <t>Melez Desenler</t>
+        </is>
+      </c>
+      <c r="C1246" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:3">
+      <c r="A1247" s="1" t="inlineStr">
+        <is>
+          <t>9789753423700</t>
+        </is>
+      </c>
+      <c r="B1247" s="1" t="inlineStr">
+        <is>
+          <t>Melek Tavus’un Halkı Ezidiler</t>
+        </is>
+      </c>
+      <c r="C1247" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:3">
+      <c r="A1248" s="1" t="inlineStr">
+        <is>
+          <t>9789753422291</t>
+        </is>
+      </c>
+      <c r="B1248" s="1" t="inlineStr">
+        <is>
+          <t>Mehmedin Kitabı</t>
+        </is>
+      </c>
+      <c r="C1248" s="1">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:3">
+      <c r="A1249" s="1" t="inlineStr">
+        <is>
+          <t>9789753426831</t>
+        </is>
+      </c>
+      <c r="B1249" s="1" t="inlineStr">
+        <is>
+          <t>Medyada İslam</t>
+        </is>
+      </c>
+      <c r="C1249" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:3">
+      <c r="A1250" s="1" t="inlineStr">
+        <is>
+          <t>9789753427418</t>
+        </is>
+      </c>
+      <c r="B1250" s="1" t="inlineStr">
+        <is>
+          <t>Mazi Kabrinin Hortlakları</t>
+        </is>
+      </c>
+      <c r="C1250" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:3">
+      <c r="A1251" s="1" t="inlineStr">
+        <is>
+          <t>9789753425384</t>
+        </is>
+      </c>
+      <c r="B1251" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Çocuk</t>
+        </is>
+      </c>
+      <c r="C1251" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:3">
+      <c r="A1252" s="1" t="inlineStr">
+        <is>
+          <t>9789753428323</t>
+        </is>
+      </c>
+      <c r="B1252" s="1" t="inlineStr">
+        <is>
+          <t>Marx’ın Kapital’i İçin Kılavuz</t>
+        </is>
+      </c>
+      <c r="C1252" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:3">
+      <c r="A1253" s="1" t="inlineStr">
+        <is>
+          <t>9789753428712</t>
+        </is>
+      </c>
+      <c r="B1253" s="1" t="inlineStr">
+        <is>
+          <t>Martin Heidegger’in Böceği</t>
+        </is>
+      </c>
+      <c r="C1253" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:3">
+      <c r="A1254" s="1" t="inlineStr">
+        <is>
+          <t>9789753425605</t>
+        </is>
+      </c>
+      <c r="B1254" s="1" t="inlineStr">
+        <is>
+          <t>Marifetler</t>
+        </is>
+      </c>
+      <c r="C1254" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:3">
+      <c r="A1255" s="1" t="inlineStr">
+        <is>
+          <t>9789753425575</t>
+        </is>
+      </c>
+      <c r="B1255" s="1" t="inlineStr">
+        <is>
+          <t>Malafrena</t>
+        </is>
+      </c>
+      <c r="C1255" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:3">
+      <c r="A1256" s="1" t="inlineStr">
+        <is>
+          <t>9789753427852</t>
+        </is>
+      </c>
+      <c r="B1256" s="1" t="inlineStr">
+        <is>
+          <t>Mahremiyet ve Kamusallık</t>
+        </is>
+      </c>
+      <c r="C1256" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:3">
+      <c r="A1257" s="1" t="inlineStr">
+        <is>
+          <t>9789753420136</t>
+        </is>
+      </c>
+      <c r="B1257" s="1" t="inlineStr">
+        <is>
+          <t>Mezopotamya Üçlemesi 1: Mahmud ile Yezida</t>
+        </is>
+      </c>
+      <c r="C1257" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:3">
+      <c r="A1258" s="1" t="inlineStr">
+        <is>
+          <t>9789753426602</t>
+        </is>
+      </c>
+      <c r="B1258" s="1" t="inlineStr">
+        <is>
+          <t>Mağdurun Dili</t>
+        </is>
+      </c>
+      <c r="C1258" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:3">
+      <c r="A1259" s="1" t="inlineStr">
+        <is>
+          <t>9789753427999</t>
+        </is>
+      </c>
+      <c r="B1259" s="1" t="inlineStr">
+        <is>
+          <t>Madde ve Mana</t>
+        </is>
+      </c>
+      <c r="C1259" s="1">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:3">
+      <c r="A1260" s="1" t="inlineStr">
+        <is>
+          <t>9789753425698</t>
+        </is>
+      </c>
+      <c r="B1260" s="1" t="inlineStr">
+        <is>
+          <t>Lubunya Transseksüel Kimlik ve Beden</t>
+        </is>
+      </c>
+      <c r="C1260" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:3">
+      <c r="A1261" s="1" t="inlineStr">
+        <is>
+          <t>9789753427487</t>
+        </is>
+      </c>
+      <c r="B1261" s="1" t="inlineStr">
+        <is>
+          <t>Liberalizmin Kıyılarında Siyaset</t>
+        </is>
+      </c>
+      <c r="C1261" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:3">
+      <c r="A1262" s="1" t="inlineStr">
+        <is>
+          <t>9789753421997</t>
+        </is>
+      </c>
+      <c r="B1262" s="1" t="inlineStr">
+        <is>
+          <t>Liberalizmden Sonra</t>
+        </is>
+      </c>
+      <c r="C1262" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:3">
+      <c r="A1263" s="1" t="inlineStr">
+        <is>
+          <t>9789753421317</t>
+        </is>
+      </c>
+      <c r="B1263" s="1" t="inlineStr">
+        <is>
+          <t>Li Rojhilate Dile Min - Kalbimin Doğusunda</t>
+        </is>
+      </c>
+      <c r="C1263" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:3">
+      <c r="A1264" s="1" t="inlineStr">
+        <is>
+          <t>9789753422505</t>
+        </is>
+      </c>
+      <c r="B1264" s="1" t="inlineStr">
+        <is>
+          <t>Lağımlaranası ya da Beyoğlu</t>
+        </is>
+      </c>
+      <c r="C1264" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:3">
+      <c r="A1265" s="1" t="inlineStr">
+        <is>
+          <t>9789753424332</t>
+        </is>
+      </c>
+      <c r="B1265" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşen İslam</t>
+        </is>
+      </c>
+      <c r="C1265" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:3">
+      <c r="A1266" s="1" t="inlineStr">
+        <is>
+          <t>9789753424097</t>
+        </is>
+      </c>
+      <c r="B1266" s="1" t="inlineStr">
+        <is>
+          <t>Kültür ve Ruh Sağlığı</t>
+        </is>
+      </c>
+      <c r="C1266" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:3">
+      <c r="A1267" s="1" t="inlineStr">
+        <is>
+          <t>9789753424424</t>
+        </is>
+      </c>
+      <c r="B1267" s="1" t="inlineStr">
+        <is>
+          <t>Kültür Fragmanları</t>
+        </is>
+      </c>
+      <c r="C1267" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:3">
+      <c r="A1268" s="1" t="inlineStr">
+        <is>
+          <t>9789753424561</t>
+        </is>
+      </c>
+      <c r="B1268" s="1" t="inlineStr">
+        <is>
+          <t>Kuş Diline Öykünen</t>
+        </is>
+      </c>
+      <c r="C1268" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:3">
+      <c r="A1269" s="1" t="inlineStr">
+        <is>
+          <t>9789753426541</t>
+        </is>
+      </c>
+      <c r="B1269" s="1" t="inlineStr">
+        <is>
+          <t>Kuru Su</t>
+        </is>
+      </c>
+      <c r="C1269" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:3">
+      <c r="A1270" s="1" t="inlineStr">
+        <is>
+          <t>9789753428453</t>
+        </is>
+      </c>
+      <c r="B1270" s="1" t="inlineStr">
+        <is>
+          <t>Kurmacanın Retoriği</t>
+        </is>
+      </c>
+      <c r="C1270" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:3">
+      <c r="A1271" s="1" t="inlineStr">
+        <is>
+          <t>9789753420006</t>
+        </is>
+      </c>
+      <c r="B1271" s="1" t="inlineStr">
+        <is>
+          <t>Kum Saati</t>
+        </is>
+      </c>
+      <c r="C1271" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:3">
+      <c r="A1272" s="1" t="inlineStr">
+        <is>
+          <t>9789753426145</t>
+        </is>
+      </c>
+      <c r="B1272" s="1" t="inlineStr">
+        <is>
+          <t>Kullanılmış Biletler</t>
+        </is>
+      </c>
+      <c r="C1272" s="1">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:3">
+      <c r="A1273" s="1" t="inlineStr">
+        <is>
+          <t>9789753423106</t>
+        </is>
+      </c>
+      <c r="B1273" s="1" t="inlineStr">
+        <is>
+          <t>Kral</t>
+        </is>
+      </c>
+      <c r="C1273" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:3">
+      <c r="A1274" s="1" t="inlineStr">
+        <is>
+          <t>9789753427326</t>
+        </is>
+      </c>
+      <c r="B1274" s="1" t="inlineStr">
+        <is>
+          <t>Kötülüğün Sıradanlığı</t>
+        </is>
+      </c>
+      <c r="C1274" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:3">
+      <c r="A1275" s="1" t="inlineStr">
+        <is>
+          <t>9789753423427</t>
+        </is>
+      </c>
+      <c r="B1275" s="1" t="inlineStr">
+        <is>
+          <t>Kötü Çocuk Türk</t>
+        </is>
+      </c>
+      <c r="C1275" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:3">
+      <c r="A1276" s="1" t="inlineStr">
+        <is>
+          <t>9789753420181</t>
+        </is>
+      </c>
+      <c r="B1276" s="1" t="inlineStr">
+        <is>
+          <t>Korkunun Bütün Sesleri</t>
+        </is>
+      </c>
+      <c r="C1276" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:3">
+      <c r="A1277" s="1" t="inlineStr">
+        <is>
+          <t>9789753428668</t>
+        </is>
+      </c>
+      <c r="B1277" s="1" t="inlineStr">
+        <is>
+          <t>Kopuk Zincir</t>
+        </is>
+      </c>
+      <c r="C1277" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:3">
+      <c r="A1278" s="1" t="inlineStr">
+        <is>
+          <t>9789753428842</t>
+        </is>
+      </c>
+      <c r="B1278" s="1" t="inlineStr">
+        <is>
+          <t>Komünizm Fikri</t>
+        </is>
+      </c>
+      <c r="C1278" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:3">
+      <c r="A1279" s="1" t="inlineStr">
+        <is>
+          <t>9789753428194</t>
+        </is>
+      </c>
+      <c r="B1279" s="1" t="inlineStr">
+        <is>
+          <t>Komedi: Sonsuzun Fiziği</t>
+        </is>
+      </c>
+      <c r="C1279" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:3">
+      <c r="A1280" s="1" t="inlineStr">
+        <is>
+          <t>9789753428361</t>
+        </is>
+      </c>
+      <c r="B1280" s="1" t="inlineStr">
+        <is>
+          <t>Kitle Süsü</t>
+        </is>
+      </c>
+      <c r="C1280" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:3">
+      <c r="A1281" s="1" t="inlineStr">
+        <is>
+          <t>9789753425773</t>
+        </is>
+      </c>
+      <c r="B1281" s="1" t="inlineStr">
+        <is>
+          <t>Kitapla Hayal Etmek</t>
+        </is>
+      </c>
+      <c r="C1281" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:3">
+      <c r="A1282" s="1" t="inlineStr">
+        <is>
+          <t>9789753424004</t>
+        </is>
+      </c>
+      <c r="B1282" s="1" t="inlineStr">
+        <is>
+          <t>Kimlikler Siyaseti</t>
+        </is>
+      </c>
+      <c r="C1282" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:3">
+      <c r="A1283" s="1" t="inlineStr">
+        <is>
+          <t>9789753422499</t>
+        </is>
+      </c>
+      <c r="B1283" s="1" t="inlineStr">
+        <is>
+          <t>Kimlik Yanılsaması</t>
+        </is>
+      </c>
+      <c r="C1283" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:3">
+      <c r="A1284" s="1" t="inlineStr">
+        <is>
+          <t>9789753428484</t>
+        </is>
+      </c>
+      <c r="B1284" s="1" t="inlineStr">
+        <is>
+          <t>Kimin Avrupası?</t>
+        </is>
+      </c>
+      <c r="C1284" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:3">
+      <c r="A1285" s="1" t="inlineStr">
+        <is>
+          <t>9789753421737</t>
+        </is>
+      </c>
+      <c r="B1285" s="1" t="inlineStr">
+        <is>
+          <t>Kimbilir?</t>
+        </is>
+      </c>
+      <c r="C1285" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:3">
+      <c r="A1286" s="1" t="inlineStr">
+        <is>
+          <t>9789753422833</t>
+        </is>
+      </c>
+      <c r="B1286" s="1" t="inlineStr">
+        <is>
+          <t>Kızıl Ordu Fraksiyonu</t>
+        </is>
+      </c>
+      <c r="C1286" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:3">
+      <c r="A1287" s="1" t="inlineStr">
+        <is>
+          <t>9789753423021</t>
+        </is>
+      </c>
+      <c r="B1287" s="1" t="inlineStr">
+        <is>
+          <t>Kızarmış Palamutun Kokusu</t>
+        </is>
+      </c>
+      <c r="C1287" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:3">
+      <c r="A1288" s="1" t="inlineStr">
+        <is>
+          <t>9789753427135</t>
+        </is>
+      </c>
+      <c r="B1288" s="1" t="inlineStr">
+        <is>
+          <t>Kıymetini Bil Herşeyin</t>
+        </is>
+      </c>
+      <c r="C1288" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:3">
+      <c r="A1289" s="1" t="inlineStr">
+        <is>
+          <t>9789753427241</t>
+        </is>
+      </c>
+      <c r="B1289" s="1" t="inlineStr">
+        <is>
+          <t>Kış Uykusu</t>
+        </is>
+      </c>
+      <c r="C1289" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:3">
+      <c r="A1290" s="1" t="inlineStr">
+        <is>
+          <t>9789753422901</t>
+        </is>
+      </c>
+      <c r="B1290" s="1" t="inlineStr">
+        <is>
+          <t>Kış Ruhu</t>
+        </is>
+      </c>
+      <c r="C1290" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:3">
+      <c r="A1291" s="1" t="inlineStr">
+        <is>
+          <t>9789753420327</t>
+        </is>
+      </c>
+      <c r="B1291" s="1" t="inlineStr">
+        <is>
+          <t>Kısmet Büfesi</t>
+        </is>
+      </c>
+      <c r="C1291" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:3">
+      <c r="A1292" s="1" t="inlineStr">
+        <is>
+          <t>9789753428569</t>
+        </is>
+      </c>
+      <c r="B1292" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızının Otobiyografisi</t>
+        </is>
+      </c>
+      <c r="C1292" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:3">
+      <c r="A1293" s="1" t="inlineStr">
+        <is>
+          <t>9789753422352</t>
+        </is>
+      </c>
+      <c r="B1293" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Kitap</t>
+        </is>
+      </c>
+      <c r="C1293" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:3">
+      <c r="A1294" s="1" t="inlineStr">
+        <is>
+          <t>9789753420358</t>
+        </is>
+      </c>
+      <c r="B1294" s="1" t="inlineStr">
+        <is>
+          <t>Kırk Oda</t>
+        </is>
+      </c>
+      <c r="C1294" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:3">
+      <c r="A1295" s="1" t="inlineStr">
+        <is>
+          <t>9789753423717</t>
+        </is>
+      </c>
+      <c r="B1295" s="1" t="inlineStr">
+        <is>
+          <t>Kırılgan Temas</t>
+        </is>
+      </c>
+      <c r="C1295" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:3">
+      <c r="A1296" s="1" t="inlineStr">
+        <is>
+          <t>9789753425322</t>
+        </is>
+      </c>
+      <c r="B1296" s="1" t="inlineStr">
+        <is>
+          <t>Kırılgan Hayat</t>
+        </is>
+      </c>
+      <c r="C1296" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1297" spans="1:3">
+      <c r="A1297" s="1" t="inlineStr">
+        <is>
+          <t>9789753420051</t>
+        </is>
+      </c>
+      <c r="B1297" s="1" t="inlineStr">
+        <is>
+          <t>Kılavuz</t>
+        </is>
+      </c>
+      <c r="C1297" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:3">
+      <c r="A1298" s="1" t="inlineStr">
+        <is>
+          <t>9789753427388</t>
+        </is>
+      </c>
+      <c r="B1298" s="1" t="inlineStr">
+        <is>
+          <t>Kesinlik Üstüne + Kültür ve Değer</t>
+        </is>
+      </c>
+      <c r="C1298" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:3">
+      <c r="A1299" s="1" t="inlineStr">
+        <is>
+          <t>9789753425100</t>
+        </is>
+      </c>
+      <c r="B1299" s="1" t="inlineStr">
+        <is>
+          <t>Kesik Esin/ tiler</t>
+        </is>
+      </c>
+      <c r="C1299" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:3">
+      <c r="A1300" s="1" t="inlineStr">
+        <is>
+          <t>9789753424783</t>
+        </is>
+      </c>
+      <c r="B1300" s="1" t="inlineStr">
+        <is>
+          <t>Kendilik ve Nesne Dünyası</t>
+        </is>
+      </c>
+      <c r="C1300" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:3">
+      <c r="A1301" s="1" t="inlineStr">
+        <is>
+          <t>9789753422055</t>
+        </is>
+      </c>
+      <c r="B1301" s="1" t="inlineStr">
+        <is>
+          <t>Kendiliğin Yeniden Yapılanması</t>
+        </is>
+      </c>
+      <c r="C1301" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:3">
+      <c r="A1302" s="1" t="inlineStr">
+        <is>
+          <t>9789753422048</t>
+        </is>
+      </c>
+      <c r="B1302" s="1" t="inlineStr">
+        <is>
+          <t>Kendiliğin Çözümlenmesi</t>
+        </is>
+      </c>
+      <c r="C1302" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:3">
+      <c r="A1303" s="1" t="inlineStr">
+        <is>
+          <t>9789753424202</t>
+        </is>
+      </c>
+      <c r="B1303" s="1" t="inlineStr">
+        <is>
+          <t>Kenarda</t>
+        </is>
+      </c>
+      <c r="C1303" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:3">
+      <c r="A1304" s="1" t="inlineStr">
+        <is>
+          <t>9789753424660</t>
+        </is>
+      </c>
+      <c r="B1304" s="1" t="inlineStr">
+        <is>
+          <t>Kell Kahinesi</t>
+        </is>
+      </c>
+      <c r="C1304" s="1">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:3">
+      <c r="A1305" s="1" t="inlineStr">
+        <is>
+          <t>9789753426855</t>
+        </is>
+      </c>
+      <c r="B1305" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek Düşleri</t>
+        </is>
+      </c>
+      <c r="C1305" s="1">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:3">
+      <c r="A1306" s="1" t="inlineStr">
+        <is>
+          <t>9789753424943</t>
+        </is>
+      </c>
+      <c r="B1306" s="1" t="inlineStr">
+        <is>
+          <t>Kedilere Dair</t>
+        </is>
+      </c>
+      <c r="C1306" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:3">
+      <c r="A1307" s="1" t="inlineStr">
+        <is>
+          <t>9789753427401</t>
+        </is>
+      </c>
+      <c r="B1307" s="1" t="inlineStr">
+        <is>
+          <t>Katmandu’da Ev Hali</t>
+        </is>
+      </c>
+      <c r="C1307" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:3">
+      <c r="A1308" s="1" t="inlineStr">
+        <is>
+          <t>9789753428972</t>
+        </is>
+      </c>
+      <c r="B1308" s="1" t="inlineStr">
+        <is>
+          <t>Katılım Kabusu</t>
+        </is>
+      </c>
+      <c r="C1308" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1309" spans="1:3">
+      <c r="A1309" s="1" t="inlineStr">
+        <is>
+          <t>9799753424980</t>
+        </is>
+      </c>
+      <c r="B1309" s="1" t="inlineStr">
+        <is>
+          <t>Kartallar ve Melekler</t>
+        </is>
+      </c>
+      <c r="C1309" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:3">
+      <c r="A1310" s="1" t="inlineStr">
+        <is>
+          <t>9789753423687</t>
+        </is>
+      </c>
+      <c r="B1310" s="1" t="inlineStr">
+        <is>
+          <t>Ayet ve Slogan</t>
+        </is>
+      </c>
+      <c r="C1310" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:3">
+      <c r="A1311" s="1" t="inlineStr">
+        <is>
+          <t>9789753428873</t>
+        </is>
+      </c>
+      <c r="B1311" s="1" t="inlineStr">
+        <is>
+          <t>Aya Tırmanmak ve Diğer Öyküler</t>
+        </is>
+      </c>
+      <c r="C1311" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:3">
+      <c r="A1312" s="1" t="inlineStr">
+        <is>
+          <t>9789753420716</t>
+        </is>
+      </c>
+      <c r="B1312" s="1" t="inlineStr">
+        <is>
+          <t>Atuan Mezarları</t>
+        </is>
+      </c>
+      <c r="C1312" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:3">
+      <c r="A1313" s="1" t="inlineStr">
+        <is>
+          <t>9789753426565</t>
+        </is>
+      </c>
+      <c r="B1313" s="1" t="inlineStr">
+        <is>
+          <t>At Çalmaya Gidiyoruz</t>
+        </is>
+      </c>
+      <c r="C1313" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1314" spans="1:3">
+      <c r="A1314" s="1" t="inlineStr">
+        <is>
+          <t>9789753428590</t>
+        </is>
+      </c>
+      <c r="B1314" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Cep Defteri</t>
+        </is>
+      </c>
+      <c r="C1314" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:3">
+      <c r="A1315" s="1" t="inlineStr">
+        <is>
+          <t>9789753427883</t>
+        </is>
+      </c>
+      <c r="B1315" s="1" t="inlineStr">
+        <is>
+          <t>Asker Kaçağı</t>
+        </is>
+      </c>
+      <c r="C1315" s="1">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:3">
+      <c r="A1316" s="1" t="inlineStr">
+        <is>
+          <t>9789753429085</t>
+        </is>
+      </c>
+      <c r="B1316" s="1" t="inlineStr">
+        <is>
+          <t>Asi Şehirler</t>
+        </is>
+      </c>
+      <c r="C1316" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:3">
+      <c r="A1317" s="1" t="inlineStr">
+        <is>
+          <t>9789753426848</t>
+        </is>
+      </c>
+      <c r="B1317" s="1" t="inlineStr">
+        <is>
+          <t>Armağan</t>
+        </is>
+      </c>
+      <c r="C1317" s="1">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:3">
+      <c r="A1318" s="1" t="inlineStr">
+        <is>
+          <t>9789753428705</t>
+        </is>
+      </c>
+      <c r="B1318" s="1" t="inlineStr">
+        <is>
+          <t>Arap Kıyameti</t>
+        </is>
+      </c>
+      <c r="C1318" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:3">
+      <c r="A1319" s="1" t="inlineStr">
+        <is>
+          <t>9789753424370</t>
+        </is>
+      </c>
+      <c r="B1319" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan Savaşı Vietnam 1960 - 1975</t>
+        </is>
+      </c>
+      <c r="C1319" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:3">
+      <c r="A1320" s="1" t="inlineStr">
+        <is>
+          <t>9789753424400</t>
+        </is>
+      </c>
+      <c r="B1320" s="1" t="inlineStr">
+        <is>
+          <t>Amerikan Gücünün Gerileyişi</t>
+        </is>
+      </c>
+      <c r="C1320" s="1">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:3">
+      <c r="A1321" s="1" t="inlineStr">
+        <is>
+          <t>9789753421225</t>
+        </is>
+      </c>
+      <c r="B1321" s="1" t="inlineStr">
+        <is>
+          <t>Altı Ay Bir Güz</t>
+        </is>
+      </c>
+      <c r="C1321" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:3">
+      <c r="A1322" s="1" t="inlineStr">
+        <is>
+          <t>9789753425452</t>
+        </is>
+      </c>
+      <c r="B1322" s="1" t="inlineStr">
+        <is>
+          <t>Algılanan Dünya</t>
+        </is>
+      </c>
+      <c r="C1322" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:3">
+      <c r="A1323" s="1" t="inlineStr">
+        <is>
+          <t>9789753427746</t>
+        </is>
+      </c>
+      <c r="B1323" s="1" t="inlineStr">
+        <is>
+          <t>Alfa ve Omega</t>
+        </is>
+      </c>
+      <c r="C1323" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:3">
+      <c r="A1324" s="1" t="inlineStr">
+        <is>
+          <t>9789753422390</t>
+        </is>
+      </c>
+      <c r="B1324" s="1" t="inlineStr">
+        <is>
+          <t>Alexis ya da Beyhude Mücadelenin Kitabı</t>
+        </is>
+      </c>
+      <c r="C1324" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:3">
+      <c r="A1325" s="1" t="inlineStr">
+        <is>
+          <t>9789753428422</t>
+        </is>
+      </c>
+      <c r="B1325" s="1" t="inlineStr">
+        <is>
+          <t>Albert Einstein’ın Işığı</t>
+        </is>
+      </c>
+      <c r="C1325" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:3">
+      <c r="A1326" s="1" t="inlineStr">
+        <is>
+          <t>9789753421898</t>
+        </is>
+      </c>
+      <c r="B1326" s="1" t="inlineStr">
+        <is>
+          <t>Akıl Tutulması</t>
+        </is>
+      </c>
+      <c r="C1326" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:3">
+      <c r="A1327" s="1" t="inlineStr">
+        <is>
+          <t>9789753426251</t>
+        </is>
+      </c>
+      <c r="B1327" s="1" t="inlineStr">
+        <is>
+          <t>Akdeniz Tarih, Mekan, İnsanlar ve Miras</t>
+        </is>
+      </c>
+      <c r="C1327" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:3">
+      <c r="A1328" s="1" t="inlineStr">
+        <is>
+          <t>9789753428750</t>
+        </is>
+      </c>
+      <c r="B1328" s="1" t="inlineStr">
+        <is>
+          <t>Ah’lar Ağacı</t>
+        </is>
+      </c>
+      <c r="C1328" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:3">
+      <c r="A1329" s="1" t="inlineStr">
+        <is>
+          <t>9789753428743</t>
+        </is>
+      </c>
+      <c r="B1329" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak Felsefesinin Sorunları</t>
+        </is>
+      </c>
+      <c r="C1329" s="1">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:3">
+      <c r="A1330" s="1" t="inlineStr">
+        <is>
+          <t>9789753428217</t>
+        </is>
+      </c>
+      <c r="B1330" s="1" t="inlineStr">
+        <is>
+          <t>Ahir Zamanlarda Yaşarken</t>
+        </is>
+      </c>
+      <c r="C1330" s="1">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:3">
+      <c r="A1331" s="1" t="inlineStr">
+        <is>
+          <t>9789753429184</t>
+        </is>
+      </c>
+      <c r="B1331" s="1" t="inlineStr">
+        <is>
+          <t>Ah!</t>
+        </is>
+      </c>
+      <c r="C1331" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1332" spans="1:3">
+      <c r="A1332" s="1" t="inlineStr">
+        <is>
+          <t>9789753425865</t>
+        </is>
+      </c>
+      <c r="B1332" s="1" t="inlineStr">
+        <is>
+          <t>Ağlayan Dağ Susan Nehir</t>
+        </is>
+      </c>
+      <c r="C1332" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:3">
+      <c r="A1333" s="1" t="inlineStr">
+        <is>
+          <t>9789753426909</t>
+        </is>
+      </c>
+      <c r="B1333" s="1" t="inlineStr">
+        <is>
+          <t>A’dan X’e</t>
+        </is>
+      </c>
+      <c r="C1333" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:3">
+      <c r="A1334" s="1" t="inlineStr">
+        <is>
+          <t>9789753420594</t>
+        </is>
+      </c>
+      <c r="B1334" s="1" t="inlineStr">
+        <is>
+          <t>Açık Düşman</t>
+        </is>
+      </c>
+      <c r="C1334" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:3">
+      <c r="A1335" s="1" t="inlineStr">
+        <is>
+          <t>9789753427654</t>
+        </is>
+      </c>
+      <c r="B1335" s="1" t="inlineStr">
+        <is>
+          <t>227 Sayfa</t>
+        </is>
+      </c>
+      <c r="C1335" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:3">
+      <c r="A1336" s="1" t="inlineStr">
+        <is>
+          <t>9789753425070</t>
+        </is>
+      </c>
+      <c r="B1336" s="1" t="inlineStr">
+        <is>
+          <t>1002. Gece Masalları</t>
+        </is>
+      </c>
+      <c r="C1336" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:3">
+      <c r="A1337" s="1" t="inlineStr">
+        <is>
+          <t>9789753427685</t>
+        </is>
+      </c>
+      <c r="B1337" s="1" t="inlineStr">
+        <is>
+          <t>Bahçedeki Gidonları Kromajlı Pırpır da Neyin Nesi?</t>
+        </is>
+      </c>
+      <c r="C1337" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:3">
+      <c r="A1338" s="1" t="inlineStr">
+        <is>
+          <t>9789753423229</t>
+        </is>
+      </c>
+      <c r="B1338" s="1" t="inlineStr">
+        <is>
+          <t>Bağışlanmanın Dört Yolu</t>
+        </is>
+      </c>
+      <c r="C1338" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:3">
+      <c r="A1339" s="1" t="inlineStr">
+        <is>
+          <t>9789753425490</t>
+        </is>
+      </c>
+      <c r="B1339" s="1" t="inlineStr">
+        <is>
+          <t>Bağımsızlık Kutlaması</t>
+        </is>
+      </c>
+      <c r="C1339" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:3">
+      <c r="A1340" s="1" t="inlineStr">
+        <is>
           <t>9789753425148</t>
         </is>
       </c>
-      <c r="B1104" s="1" t="inlineStr">
+      <c r="B1340" s="1" t="inlineStr">
         <is>
           <t>Ba</t>
         </is>
       </c>
-      <c r="C1104" s="1">
+      <c r="C1340" s="1">
         <v>165</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>