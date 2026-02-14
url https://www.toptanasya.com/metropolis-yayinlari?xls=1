--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -85,340 +85,355 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057102157</t>
+          <t>9786057102164</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Can Sıkıntısının Psikolojisi - Canımız Neden Sıkılır Faydaları Nelerdir?</t>
+          <t>Ulus Unutmaktır</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786056669361</t>
+          <t>9786057102157</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bu Ülkeden Gitmek</t>
+          <t>Can Sıkıntısının Psikolojisi - Canımız Neden Sıkılır Faydaları Nelerdir?</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056669354</t>
+          <t>9786056669361</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Finlandiya Modeli</t>
+          <t>Bu Ülkeden Gitmek</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786056669323</t>
+          <t>9786056669354</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Pürdikkat</t>
+          <t>Eğitimde Finlandiya Modeli</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786056669316</t>
+          <t>9786056669323</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Prokrastineyşın</t>
+          <t>Pürdikkat</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786056669392</t>
+          <t>9786056669316</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kore Nasıl Kore Oldu?</t>
+          <t>Prokrastineyşın</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786056669378</t>
+          <t>9786056669392</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Dijital Minimalizm</t>
+          <t>Kore Nasıl Kore Oldu?</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057102140</t>
+          <t>9786056669378</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Zaman Dilimleri Ajandası (Ciltli)</t>
+          <t>Dijital Minimalizm</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057102133</t>
+          <t>9786057102140</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sadeleşerek Özgürleş</t>
+          <t>Zaman Dilimleri Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056669330</t>
+          <t>9786057102133</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Yazma Uğraşı</t>
+          <t>Sadeleşerek Özgürleş</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057102119</t>
+          <t>9786056669330</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kendine Ait Bir Yuva</t>
+          <t>Yazma Uğraşı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786050678185</t>
+          <t>9786057102119</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çin Nasıl Çin Oldu?</t>
+          <t>Kendine Ait Bir Yuva</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786050678178</t>
+          <t>9786050678185</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Mafya Nedir?</t>
+          <t>Çin Nasıl Çin Oldu?</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786050678161</t>
+          <t>9786050678178</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Nöbetçi Filozof</t>
+          <t>Mafya Nedir?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786050678109</t>
+          <t>9786050678161</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Nedir?</t>
+          <t>Nöbetçi Filozof</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050678116</t>
+          <t>9786050678109</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Felsefesine Giriş</t>
+          <t>Siyaset Nedir?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050678147</t>
+          <t>9786050678116</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Japonya Nasıl Japonya Oldu?</t>
+          <t>Siyaset Felsefesine Giriş</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786056669385</t>
+          <t>9786050678147</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Eşyanın Dilinden Anlamak</t>
+          <t>Japonya Nasıl Japonya Oldu?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056669347</t>
+          <t>9786056669385</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Badiou, Balibar, Ranciere</t>
+          <t>Eşyanın Dilinden Anlamak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
+          <t>9786056669347</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Badiou, Balibar, Ranciere</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
           <t>9786056669309</t>
         </is>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>İnsan Neden Vegan Olur?</t>
         </is>
       </c>
-      <c r="C21" s="1">
-        <v>180</v>
+      <c r="C22" s="1">
+        <v>220</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>