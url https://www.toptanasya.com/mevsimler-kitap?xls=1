--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,4405 +85,4555 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259654041</t>
+          <t>9786259654089</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Maceranın Keşfi</t>
+          <t>Meraklı Zeytin Medine’de</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259654058</t>
+          <t>9786259654096</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe’de Neler Oluyor</t>
+          <t>Benim Annem Nerede</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>120</v>
+        <v>210</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259717289</t>
+          <t>9786259283616</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Filistin’de Bir Gün</t>
+          <t>Filistin’in Renkleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259654003</t>
+          <t>9786257328012</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çınar Köyde Film Çekiyor</t>
+          <t>Levami-Ul Ukül Ramüz-ül Ehadis Şerhi 1.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>140</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259717296</t>
+          <t>9786259654010</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yiğido Dede’den Masallar</t>
+          <t>Benim Annem En İyisi - Benim Ailem Serisi 2</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259641416</t>
+          <t>9786259654027</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sultan’ül Arifin İhsan Tamgüney (Sultan Baba) Hayatı ve Tasavvuf Anlayışı</t>
+          <t>Kocaman Babam - Benim Ailem Serisi 3</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259641409</t>
+          <t>9786259717272</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Gemileri Yaktık</t>
+          <t>Tonton Dedem - Benim Ailem Serisi 4</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786057294289</t>
+          <t>9786259654072</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Köy Odası</t>
+          <t>Nenemin Heybesi - Benim Ailem Serisi 5</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>90</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259505596</t>
+          <t>9786259654034</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Necat Çavuş’un Şiiri</t>
+          <t>Yaprak Biriktirdim Oldu - Ninem Korkut'tan Masallar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258095623</t>
+          <t>9786259654065</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Levamiu'l - Ukul Ramuzu'l - Ehadis Şerhi 4. Cilt (Ciltli)</t>
+          <t>Gizemli Haritanın İzinde</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>1800</v>
+        <v>120</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786258095630</t>
+          <t>9786259654041</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Levamiu'l - Ukul - Ramuzu'l - Ehadis Şerhi 5. Cilt (Ciltli)</t>
+          <t>Maceranın Keşfi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259717258</t>
+          <t>9786259654058</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kedim Askere Giderse</t>
+          <t>Göbeklitepe’de Neler Oluyor</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259505572</t>
+          <t>9786259717289</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sade’ce</t>
+          <t>Filistin’de Bir Gün</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259717241</t>
+          <t>9786259654003</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Muhafızları</t>
+          <t>Çınar Köyde Film Çekiyor</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259505589</t>
+          <t>9786259717296</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sana Geleceğim</t>
+          <t>Yiğido Dede’den Masallar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259799995</t>
+          <t>9786259641416</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri-1 Hazreti Adem</t>
+          <t>Sultan’ül Arifin İhsan Tamgüney (Sultan Baba) Hayatı ve Tasavvuf Anlayışı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>60</v>
+        <v>260</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259569307</t>
+          <t>9786259641409</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri-2 Hazreti Nuh</t>
+          <t>Gemileri Yaktık</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>60</v>
+        <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259569338</t>
+          <t>9786057294289</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri-4 Hazreti Yunus</t>
+          <t>Köy Odası</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>60</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259569314</t>
+          <t>9786259505596</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri-3 Hazreti İbrahim</t>
+          <t>Necat Çavuş’un Şiiri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259569345</t>
+          <t>9786258095623</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri-5 Hazreti Eyyüb</t>
+          <t>Levamiu'l - Ukul Ramuzu'l - Ehadis Şerhi 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>60</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259569352</t>
+          <t>9786258095630</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri-6 Hazreti Davud</t>
+          <t>Levamiu'l - Ukul - Ramuzu'l - Ehadis Şerhi 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>60</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259569321</t>
+          <t>9786259717258</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri-7 Hazreti Süleyman</t>
+          <t>Kedim Askere Giderse</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>60</v>
+        <v>230</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259569369</t>
+          <t>9786259505572</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri-8 Hazreti Muhammed(SAV)</t>
+          <t>Sade’ce</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259569376</t>
+          <t>9786259717241</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri Etkinlik Kitabı</t>
+          <t>Sünnet Muhafızları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259569383</t>
+          <t>9786259505589</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri Serisi 9 Kitap</t>
+          <t>Sana Geleceğim</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259505565</t>
+          <t>9786259799995</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gürcü Edebiyatından 11 Seçme Öykü</t>
+          <t>Meryem İle Peygamber Öyküleri-1 Hazreti Adem</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>650</v>
+        <v>60</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259799988</t>
+          <t>9786259569307</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Çocuğum</t>
+          <t>Meryem İle Peygamber Öyküleri-2 Hazreti Nuh</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>90</v>
+        <v>60</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259799971</t>
+          <t>9786259569338</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Renkler</t>
+          <t>Meryem İle Peygamber Öyküleri-4 Hazreti Yunus</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258095548</t>
+          <t>9786259569314</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çok</t>
+          <t>Meryem İle Peygamber Öyküleri-3 Hazreti İbrahim</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>4440000000884</t>
+          <t>9786259569345</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar Serisi - 6 Kitap Takım</t>
+          <t>Meryem İle Peygamber Öyküleri-5 Hazreti Eyyüb</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>72</v>
+        <v>60</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259799957</t>
+          <t>9786259569352</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Çantasında Büyüyen Dostluk</t>
+          <t>Meryem İle Peygamber Öyküleri-6 Hazreti Davud</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057294258</t>
+          <t>9786259569321</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu’nun Kayıp Yüzükleri</t>
+          <t>Meryem İle Peygamber Öyküleri-7 Hazreti Süleyman</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259505527</t>
+          <t>9786259569369</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Svjetlana</t>
+          <t>Meryem İle Peygamber Öyküleri-8 Hazreti Muhammed(SAV)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>320</v>
+        <v>60</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259505541</t>
+          <t>9786259569376</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Orman Dostlarından Hikayeler</t>
+          <t>Meryem İle Peygamber Öyküleri Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259505534</t>
+          <t>9786259569383</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yetiştirmede Aile Dinamikleri</t>
+          <t>Meryem İle Peygamber Öyküleri Serisi 9 Kitap</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>550</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059275361</t>
+          <t>9786259505565</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Vakti Saati</t>
+          <t>Gürcü Edebiyatından 11 Seçme Öykü</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257328111</t>
+          <t>9786259799988</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Pırpırella</t>
+          <t>Ben Bir Çocuğum - Benim Ailem Serisi 1</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>130</v>
+        <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259799926</t>
+          <t>9786259799971</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kaçanı Kovala Sincap Çeşi</t>
+          <t>Görünmeyen Renkler</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259799933</t>
+          <t>9786258095548</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gül Çiçek Öğretmenim</t>
+          <t>Çok</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259799919</t>
+          <t>4440000000884</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çekirge ve Dönme Dolap</t>
+          <t>Gökteki Yıldızlar Serisi - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>60</v>
+        <v>72</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259799902</t>
+          <t>9786259799957</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Dürüstlük Cebimden Başlar</t>
+          <t>Beslenme Çantasında Büyüyen Dostluk</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259505503</t>
+          <t>9786057294258</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Topkapı Sarayı’nda Neler Oluyor</t>
+          <t>Selçuklu’nun Kayıp Yüzükleri</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259799940</t>
+          <t>9786259505527</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter Necib</t>
+          <t>Svjetlana</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259505510</t>
+          <t>9786259505541</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ufo Acemi Süper Kahramanlar Mahalleyi Kurtarıyor</t>
+          <t>Orman Dostlarından Hikayeler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258095678</t>
+          <t>9786259505534</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Zülü Zülü Geceler Ülkesinde - Züleyha’nın Saklı Hikayeleri</t>
+          <t>Çocuk Yetiştirmede Aile Dinamikleri</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258095814</t>
+          <t>9786059275361</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dinle Yavrum</t>
+          <t>Vakti Saati</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257328227</t>
+          <t>9786257328111</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Cemil Hoca Hatıralar, Şahitlikler</t>
+          <t>Pırpırella</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>420</v>
+        <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257328081</t>
+          <t>9786259799926</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kitabı</t>
+          <t>Kaçanı Kovala Sincap Çeşi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257328210</t>
+          <t>9786259799933</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Benim Camim Çok Eğlenceli</t>
+          <t>Gül Çiçek Öğretmenim</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257328203</t>
+          <t>9786259799919</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hazine Avı</t>
+          <t>Çekirge ve Dönme Dolap</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257328197</t>
+          <t>9786259799902</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yolumuzu Aydınlatan 101 Hadis-i Şerif</t>
+          <t>Dürüstlük Cebimden Başlar</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257328180</t>
+          <t>9786259505503</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ninem Korkut’tan Masallar - Ağaçkakan Kuka</t>
+          <t>Topkapı Sarayı’nda Neler Oluyor</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258095999</t>
+          <t>9786259799940</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağından Masallar-3 Çerçinin Oğlu</t>
+          <t>Jüpiter Necib</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258095982</t>
+          <t>9786259505510</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağından Masallar-4 Lokman ile Derviş</t>
+          <t>Ufo Acemi Süper Kahramanlar Mahalleyi Kurtarıyor</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257328173</t>
+          <t>9786258095678</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ninem Korkut’tan Hikayeler - Küçük Karıncalar</t>
+          <t>Zülü Zülü Geceler Ülkesinde - Züleyha’nın Saklı Hikayeleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257328166</t>
+          <t>9786258095814</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ninem Korkut’tan Hikayeler - Kurban Bayramı</t>
+          <t>Dinle Yavrum</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258095920</t>
+          <t>9786257328227</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Moşkuruk</t>
+          <t>Cemil Hoca Hatıralar, Şahitlikler</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>160</v>
+        <v>420</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258095869</t>
+          <t>9786257328081</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Penguen Pino</t>
+          <t>Hayat Kitabı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258095968</t>
+          <t>9786257328210</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağından Masallar 1 - Ramazan Gelecek</t>
+          <t>Benim Camim Çok Eğlenceli</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258095975</t>
+          <t>9786257328203</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağından Masallar 2 - Komşumuz Hızır Amca</t>
+          <t>Hazine Avı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258095951</t>
+          <t>9786257328197</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Furkan Allah’a İman Ediyor</t>
+          <t>Yolumuzu Aydınlatan 101 Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258095944</t>
+          <t>9786257328180</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tamer</t>
+          <t>Ninem Korkut’tan Masallar - Ağaçkakan Kuka</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>240</v>
+        <v>60</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258095791</t>
+          <t>9786258095999</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sincap Badem Nasıl Başardı?</t>
+          <t>Kaf Dağından Masallar-3 Çerçinin Oğlu</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>70</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258095937</t>
+          <t>9786258095982</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Zeytin Kudüs’te</t>
+          <t>Kaf Dağından Masallar-4 Lokman ile Derviş</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258095913</t>
+          <t>9786257328173</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mescid-i Aksa’nın Çocuk Muhafızları</t>
+          <t>Ninem Korkut’tan Hikayeler - Küçük Karıncalar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>80</v>
+        <v>60</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258095838</t>
+          <t>9786257328166</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım - Muhammed Emin Er</t>
+          <t>Ninem Korkut’tan Hikayeler - Kurban Bayramı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>600</v>
+        <v>60</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258095906</t>
+          <t>9786258095920</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bütün Güzel Şeyler Bismillah İle Başlar</t>
+          <t>Moşkuruk</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059275859</t>
+          <t>9786258095869</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Okuma Kitabı - Yeni Dünya</t>
+          <t>Yaramaz Penguen Pino</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258095852</t>
+          <t>9786258095968</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel</t>
+          <t>Kaf Dağından Masallar 1 - Ramazan Gelecek</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258095807</t>
+          <t>9786258095975</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Hikayeleri - 10</t>
+          <t>Kaf Dağından Masallar 2 - Komşumuz Hızır Amca</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258095821</t>
+          <t>9786258095951</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bana Kalsa Kelimeler</t>
+          <t>Furkan Allah’a İman Ediyor</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>130</v>
+        <v>110</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258095760</t>
+          <t>9786258095944</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Mekanlar Bulmaca (5 Kitap)</t>
+          <t>Tamer</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257328746</t>
+          <t>9786258095791</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Suriye İç Savaşı ve Türkiye</t>
+          <t>Sincap Badem Nasıl Başardı?</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059275910</t>
+          <t>9786258095937</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Anadili Rusça Olanlara Türkçe Öğretimi</t>
+          <t>Meraklı Zeytin Kudüs’te</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059275897</t>
+          <t>9786258095913</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya - Yabancılar İçin Türkçe</t>
+          <t>Mescid-i Aksa’nın Çocuk Muhafızları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>350</v>
+        <v>80</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258095784</t>
+          <t>9786258095838</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Cıvıl Cıvıl Dualar</t>
+          <t>Hatıralarım - Muhammed Emin Er</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258095777</t>
+          <t>9786258095906</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sultan Ahmet Camii - Kutsal Mekanlar - 5</t>
+          <t>Bütün Güzel Şeyler Bismillah İle Başlar</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258095739</t>
+          <t>9786059275859</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Mekanlar 1 - Mescid-i Aksa</t>
+          <t>Yabancılar İçin Türkçe Okuma Kitabı - Yeni Dünya</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258095722</t>
+          <t>9786258095852</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Mekanlar 2 - Mescid-i Nebevi</t>
+          <t>Aşık Veysel</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258095746</t>
+          <t>9786258095807</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Mekanlar 3 - Kabe-i Muazzama</t>
+          <t>Esma-i Hüsna Hikayeleri - 10</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258095753</t>
+          <t>9786258095821</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Mekanlar 4 - Ayasofya</t>
+          <t>Bana Kalsa Kelimeler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>60</v>
+        <v>130</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258095661</t>
+          <t>9786258095760</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hayalden Kanatlar</t>
+          <t>Kutsal Mekanlar Bulmaca (5 Kitap)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258095654</t>
+          <t>9786257328746</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Seni Mutlu Eden Şey</t>
+          <t>Suriye İç Savaşı ve Türkiye</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258095685</t>
+          <t>9786059275910</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Selim Ve Zehra Peygamberimizi Tanıyor - 1 (10 Kitap)</t>
+          <t>Anadili Rusça Olanlara Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258095692</t>
+          <t>9786059275897</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Sırr - ı Kader</t>
+          <t>Yeni Dünya - Yabancılar İçin Türkçe</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257328777</t>
+          <t>9786258095784</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İrfan Pınarından Öyküler-4</t>
+          <t>Cıvıl Cıvıl Dualar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257328715</t>
+          <t>9786258095777</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İyiliksever Ayı Alver</t>
+          <t>Sultan Ahmet Camii - Kutsal Mekanlar - 5</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257328708</t>
+          <t>9786258095739</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Huysuz Tavşan Taki</t>
+          <t>Kutsal Mekanlar 1 - Mescid-i Aksa</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>100</v>
+        <v>60</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057934949</t>
+          <t>9786258095722</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Fare</t>
+          <t>Kutsal Mekanlar 2 - Mescid-i Nebevi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258095593</t>
+          <t>9786258095746</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Minik Neşeli Zeka Oyunları Etkinlik Kitabı 5-6 Yaş</t>
+          <t>Kutsal Mekanlar 3 - Kabe-i Muazzama</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258095340</t>
+          <t>9786258095753</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Minik Eğlenceli Zeka Oyunları Etkinlik Kitabı 3-4 Yaş</t>
+          <t>Kutsal Mekanlar 4 - Ayasofya</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258095616</t>
+          <t>9786258095661</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Siyasetname İçin Notlar</t>
+          <t>Hayalden Kanatlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258095609</t>
+          <t>9786258095654</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Güzel Ahlak (5 Kitap)</t>
+          <t>Seni Mutlu Eden Şey</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258095272</t>
+          <t>9786258095685</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Haydi Uç</t>
+          <t>Selim Ve Zehra Peygamberimizi Tanıyor - 1 (10 Kitap)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>90</v>
+        <v>750</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258095296</t>
+          <t>9786258095692</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Barış Çiçeği</t>
+          <t>Sırr - ı Kader</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257328760</t>
+          <t>9786257328777</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Aramak</t>
+          <t>İrfan Pınarından Öyküler-4</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258095586</t>
+          <t>9786257328715</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dağcı - Esma-i Hüsna Hikayeleri 9</t>
+          <t>İyiliksever Ayı Alver</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257328753</t>
+          <t>9786257328708</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ejder - Kar Kristali</t>
+          <t>Huysuz Tavşan Taki</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258095289</t>
+          <t>9786057934949</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Adasına</t>
+          <t>Gezgin Fare</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257328807</t>
+          <t>9786258095593</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Nur’dan Damlalar</t>
+          <t>Akıllı Minik Neşeli Zeka Oyunları Etkinlik Kitabı 5-6 Yaş</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059275972</t>
+          <t>9786258095340</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Kitle İletişim ve Basın Türkçesi</t>
+          <t>Akıllı Minik Eğlenceli Zeka Oyunları Etkinlik Kitabı 3-4 Yaş</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258095562</t>
+          <t>9786258095616</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Seyda Muhammed Emin Er ve Tasavvufi Düşüncesi</t>
+          <t>Yeni Bir Siyasetname İçin Notlar</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258095302</t>
+          <t>9786258095609</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadın</t>
+          <t>Hadislerle Güzel Ahlak (5 Kitap)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257328814</t>
+          <t>9786258095272</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Efendisi Hz.Muhammed(sav)</t>
+          <t>Haydi Uç</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258095326</t>
+          <t>9786258095296</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Seviyorum Serisi (5 Kitap)</t>
+          <t>Barış Çiçeği</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>280</v>
+        <v>60</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258095319</t>
+          <t>9786257328760</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Umut Yolculuğu</t>
+          <t>Aramak</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257328784</t>
+          <t>9786258095586</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Vay! Demek ki Avrupalı Değilmişim - İlk ve Öncü Arap Romanı</t>
+          <t>Dağcı - Esma-i Hüsna Hikayeleri 9</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257328791</t>
+          <t>9786257328753</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Son Sevgili</t>
+          <t>Ejder - Kar Kristali</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257328395</t>
+          <t>9786258095289</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Bu Korkunç Canavar da Kim?</t>
+          <t>Kuşların Adasına</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257328418</t>
+          <t>9786257328807</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Nar Olmak İsteyen Patates</t>
+          <t>Nur’dan Damlalar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257328401</t>
+          <t>9786059275972</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kırlangıç ve Huysuz Ağaç</t>
+          <t>Yabancılar İçin Kitle İletişim ve Basın Türkçesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>80</v>
+        <v>500</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257328722</t>
+          <t>9786258095562</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Alparslan</t>
+          <t>Seyda Muhammed Emin Er ve Tasavvufi Düşüncesi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257328692</t>
+          <t>9786258095302</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Ordusu</t>
+          <t>Müslüman Kadın</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257328739</t>
+          <t>9786257328814</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Şia’da Hadis Usulü</t>
+          <t>Kainatın Efendisi Hz.Muhammed(sav)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257328388</t>
+          <t>9786258095326</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Gazzali - İrfan Pınarından Öyküler 2</t>
+          <t>Allah’ı Seviyorum Serisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257328685</t>
+          <t>9786258095319</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Levamiu'l Ukül Ramuzu’l- Ehadis Şerhi 3.Cilt (Ciltli)</t>
+          <t>Umut Yolculuğu</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>1800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257328678</t>
+          <t>9786257328784</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Levamiu'l Ukül Ramuzu’l-Ehadis Şerhi 2.Cilt (Ciltli)</t>
+          <t>Vay! Demek ki Avrupalı Değilmişim - İlk ve Öncü Arap Romanı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>1800</v>
+        <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257328593</t>
+          <t>9786257328791</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Tarihe İz Bırakan Meşhur Yüzler</t>
+          <t>Son Sevgili</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257328586</t>
+          <t>9786257328395</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazar Bir Eser</t>
+          <t>Bu Korkunç Canavar da Kim?</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257328425</t>
+          <t>9786257328418</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Saygısız Kuş Çilçil - Değerler Eğitimi</t>
+          <t>Nar Olmak İsteyen Patates</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257328432</t>
+          <t>9786257328401</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Karınca Dalila - Değerler Eğitimi</t>
+          <t>Gezgin Kırlangıç ve Huysuz Ağaç</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257328234</t>
+          <t>9786257328722</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kendini Güçlü Sanan Aslan Üşengeç - Değerler Eğitimi</t>
+          <t>Alparslan</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257328258</t>
+          <t>9786257328692</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Kanguru Tıpır - Değerler Eğitimi</t>
+          <t>Çocuklar Ordusu</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257328104</t>
+          <t>9786257328739</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Tavuk Paçalı - Değerler Eğitimi</t>
+          <t>Şia’da Hadis Usulü</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257328043</t>
+          <t>9786257328388</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Oyanca Buyanca</t>
+          <t>Gazzali - İrfan Pınarından Öyküler 2</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257328272</t>
+          <t>9786257328685</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Öykü Mevsimi - 2 (7 Kitap)</t>
+          <t>Levamiu'l Ukül Ramuzu’l- Ehadis Şerhi 3.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>500</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257328067</t>
+          <t>9786257328678</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kedi, Fare ve Diğerleri</t>
+          <t>Levamiu'l Ukül Ramuzu’l-Ehadis Şerhi 2.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>100</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257328050</t>
+          <t>9786257328593</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Beyazdı Beyaz Yalnızdı</t>
+          <t>Tarihe İz Bırakan Meşhur Yüzler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057934994</t>
+          <t>9786257328586</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yukarı Liman Balıkları</t>
+          <t>Bir Yazar Bir Eser</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257328005</t>
+          <t>9786257328425</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kibar Kurbağa</t>
+          <t>Saygısız Kuş Çilçil - Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257328265</t>
+          <t>9786257328432</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Öykü Mevsimi - 1 (7 Kitap)</t>
+          <t>Yalancı Karınca Dalila - Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257328135</t>
+          <t>9786257328234</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ailesi - Çocuklar İçin Güneş Sistemi Eğitim Serisi (12 Kitap Takım)</t>
+          <t>Kendini Güçlü Sanan Aslan Üşengeç - Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257328159</t>
+          <t>9786257328258</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Çehresi Ufkum</t>
+          <t>Sabırsız Kanguru Tıpır - Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257328142</t>
+          <t>9786257328104</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Yakındır</t>
+          <t>Kibirli Tavuk Paçalı - Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257328128</t>
+          <t>9786257328043</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Cam Kırıkları Elmas Tanecikleri</t>
+          <t>Oyanca Buyanca</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257328098</t>
+          <t>9786257328272</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Zenginler Covid-19 Olur Fakirler Korona</t>
+          <t>Öykü Mevsimi - 2 (7 Kitap)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257328036</t>
+          <t>9786257328067</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Arayan Tilki Alacalı - Değerler Eğitimi</t>
+          <t>Kedi, Fare ve Diğerleri</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057934956</t>
+          <t>9786257328050</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Alaycı Karga Gagiş - Değerler Eğitimi</t>
+          <t>Beyazdı Beyaz Yalnızdı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057934932</t>
+          <t>9786057934994</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tek Kanatlı Kelebek Pırpır - Değerler Eğitimi</t>
+          <t>Yukarı Liman Balıkları</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257328074</t>
+          <t>9786257328005</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Günlük Ateşler</t>
+          <t>Kibar Kurbağa</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057934987</t>
+          <t>9786257328265</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklu Ülkesi</t>
+          <t>Öykü Mevsimi - 1 (7 Kitap)</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057934925</t>
+          <t>9786257328135</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle İslam İlmihali (Ciltli)</t>
+          <t>Güneş Ailesi - Çocuklar İçin Güneş Sistemi Eğitim Serisi (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257328029</t>
+          <t>9786257328159</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Hikayeler - Korona Öyküleri</t>
+          <t>Çehresi Ufkum</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057934970</t>
+          <t>9786257328142</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Denizler Hakimi Barbaros Hayreddin Paşa</t>
+          <t>Gelecek Yakındır</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057934963</t>
+          <t>9786257328128</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Asım’ın Nesli</t>
+          <t>Cam Kırıkları Elmas Tanecikleri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057934895</t>
+          <t>9786257328098</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Esmaü’n Nebi Peygamber Efendimizin(Sav) İsim ve Sıfatları</t>
+          <t>Zenginler Covid-19 Olur Fakirler Korona</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057934901</t>
+          <t>9786257328036</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in (S.A.V) Diplomatik İlişkileri ve Mektupları</t>
+          <t>Mutluluğu Arayan Tilki Alacalı - Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057934918</t>
+          <t>9786057934956</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yelken Kanat - Esma-i Hüsna Hikayeleri 6</t>
+          <t>Alaycı Karga Gagiş - Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>140</v>
+        <v>80</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057934888</t>
+          <t>9786057934932</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Nazımda ve Nesirde Şair: Necat Çavuş</t>
+          <t>Tek Kanatlı Kelebek Pırpır - Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>360</v>
+        <v>140</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057934857</t>
+          <t>9786257328074</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Canım Peygamberim - Küçük Ömer'in Maceraları 1</t>
+          <t>Günlük Ateşler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057934840</t>
+          <t>9786057934987</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Mekke'ye Gidiyoruz - Küçük Ömer'in Maceraları 2</t>
+          <t>Büyük Selçuklu Ülkesi</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057934833</t>
+          <t>9786057934925</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Şehri Medine - Küçük Ömer'in Maceraları 3</t>
+          <t>Bütün Yönleriyle İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>140</v>
+        <v>800</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057934864</t>
+          <t>9786257328029</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Ziyareti - Küçük Ömer'in Maceraları 4</t>
+          <t>Maskeli Hikayeler - Korona Öyküleri</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057934871</t>
+          <t>9786057934970</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kehf</t>
+          <t>Denizler Hakimi Barbaros Hayreddin Paşa</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057934802</t>
+          <t>9786057934963</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Simya</t>
+          <t>Asım’ın Nesli</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057934796</t>
+          <t>9786057934895</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Seyyahın Üç Serüveni</t>
+          <t>Esmaü’n Nebi Peygamber Efendimizin(Sav) İsim ve Sıfatları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057934826</t>
+          <t>9786057934901</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Köle İle Prenses</t>
+          <t>Hz. Muhammed'in (S.A.V) Diplomatik İlişkileri ve Mektupları</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>160</v>
+        <v>700</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057934819</t>
+          <t>9786057934918</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Haris</t>
+          <t>Yelken Kanat - Esma-i Hüsna Hikayeleri 6</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057934789</t>
+          <t>9786057934888</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Barsisa</t>
+          <t>Nazımda ve Nesirde Şair: Necat Çavuş</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057934710</t>
+          <t>9786057934857</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Üşütmeyesin Kuti Kuti - Kırkayak Kuti Kuti'nin Maceraları 2</t>
+          <t>Canım Peygamberim - Küçük Ömer'in Maceraları 1</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057934758</t>
+          <t>9786057934840</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Dallar Rüzgarda Kökler Toprakta</t>
+          <t>Mekke'ye Gidiyoruz - Küçük Ömer'in Maceraları 2</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057934741</t>
+          <t>9786057934833</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Penceredeki Gölgeler</t>
+          <t>Peygamber Şehri Medine - Küçük Ömer'in Maceraları 3</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057934703</t>
+          <t>9786057934864</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yemek Soğudu Kuti Kuti - Kırkayak Kuti Kuti'nin Maceraları 1</t>
+          <t>Kudüs Ziyareti - Küçük Ömer'in Maceraları 4</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057934727</t>
+          <t>9786057934871</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Salla Dünyayı Kuti Kuti - Kırkayak Kuti Kuti'nin Maceraları 3</t>
+          <t>Ashab-ı Kehf</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057934673</t>
+          <t>9786057934802</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Hikmet</t>
+          <t>Simya</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057934734</t>
+          <t>9786057934796</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Güzel He - Esma-i Hüsna Hikayeleri 5</t>
+          <t>Seyyahın Üç Serüveni</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057934680</t>
+          <t>9786057934826</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cihan Padişahı Kanuni Sultan Süleyman</t>
+          <t>Köle İle Prenses</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057934604</t>
+          <t>9786057934819</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Kaçış</t>
+          <t>Haris</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057934666</t>
+          <t>9786057934789</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bitti Bitecek Derken</t>
+          <t>Barsisa</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057934635</t>
+          <t>9786057934710</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Günlüğüm İkbalsiz Murad (1 Ocak - 18 Mart 1915)</t>
+          <t>Üşütmeyesin Kuti Kuti - Kırkayak Kuti Kuti'nin Maceraları 2</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057934659</t>
+          <t>9786057934758</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Maymun Çocuk Sisi</t>
+          <t>Dallar Rüzgarda Kökler Toprakta</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057934642</t>
+          <t>9786057934741</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Deniz Görmemiş Çocuklar</t>
+          <t>Penceredeki Gölgeler</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057934611</t>
+          <t>9786057934703</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Küçük Padişah - Esma-i Hüsna Hikayeleri - 4</t>
+          <t>Yemek Soğudu Kuti Kuti - Kırkayak Kuti Kuti'nin Maceraları 1</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057934628</t>
+          <t>9786057934727</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Dönüş - Malcolm x ve Ben</t>
+          <t>Salla Dünyayı Kuti Kuti - Kırkayak Kuti Kuti'nin Maceraları 3</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>320</v>
+        <v>100</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057934567</t>
+          <t>9786057934673</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Evi</t>
+          <t>Aşk-ı Hikmet</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057934550</t>
+          <t>9786057934734</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Hüsmen Ağa ile Deli Kervancı</t>
+          <t>Güzel He - Esma-i Hüsna Hikayeleri 5</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057934574</t>
+          <t>9786057934680</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Saf İle Uyanık</t>
+          <t>Büyük Cihan Padişahı Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057934598</t>
+          <t>9786057934604</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kuyu</t>
+          <t>Geleceğe Kaçış</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057934581</t>
+          <t>9786057934666</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Aceleci Şehzade</t>
+          <t>Bitti Bitecek Derken</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057934536</t>
+          <t>9786057934635</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Töresi Başbuğ</t>
+          <t>Çanakkale Günlüğüm İkbalsiz Murad (1 Ocak - 18 Mart 1915)</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057934543</t>
+          <t>9786057934659</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Etrafımız Sarıldı - Esma-i Hüsna Hikayeleri 3</t>
+          <t>Maymun Çocuk Sisi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057934482</t>
+          <t>9786057934642</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>O'nun İzinde</t>
+          <t>Deniz Görmemiş Çocuklar</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>600</v>
+        <v>180</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057934512</t>
+          <t>9786057934611</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Hekimbaşı</t>
+          <t>Küçük Padişah - Esma-i Hüsna Hikayeleri - 4</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057934505</t>
+          <t>9786057934628</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Gazneli Sultan Mahmut</t>
+          <t>Ölümden Dönüş - Malcolm x ve Ben</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057934154</t>
+          <t>9786057934567</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Aşkı</t>
+          <t>Mutluluk Evi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057934253</t>
+          <t>9786057934550</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Çocuk - Esma-i Hüsna Hikayeleri 2</t>
+          <t>Hüsmen Ağa ile Deli Kervancı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057934130</t>
+          <t>9786057934574</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ülkesini Savunan Kahraman Karayılan</t>
+          <t>Saf İle Uyanık</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057934475</t>
+          <t>9786057934598</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine Tezler</t>
+          <t>Konuşan Kuyu</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057934147</t>
+          <t>9786057934581</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Antep’in Kurtuluş Destanı Şahinbey</t>
+          <t>Aceleci Şehzade</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057934437</t>
+          <t>9786057934536</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsmail (a.s) ve Zemzem Kuyusu - Peygamberlerimizi Tanıyalım Sevelim Serisi 4</t>
+          <t>Türk'ün Töresi Başbuğ</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>60</v>
+        <v>320</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057934390</t>
+          <t>9786057934543</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Hz. Adem (a.s) ve Kötü Şeytan - Peygamberlerimizi Tanıyalım Sevelim Serisi 1</t>
+          <t>Etrafımız Sarıldı - Esma-i Hüsna Hikayeleri 3</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057934406</t>
+          <t>9786057934482</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim (a.s) ve Minik Kuş - Peygamberlerimizi Tanıyalım Sevelim Serisi 3</t>
+          <t>O'nun İzinde</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>60</v>
+        <v>600</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057934468</t>
+          <t>9786057934512</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v) ve Üzgün Deve - Peygamberlerimizi Tanıyalım Sevelim Serisi 8</t>
+          <t>Keloğlan İle Hekimbaşı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057934420</t>
+          <t>9786057934505</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman (a.s) ve Karıncalar - Peygamberlerimizi Tanıyalım Sevelim Serisi 6</t>
+          <t>Gazneli Sultan Mahmut</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057934444</t>
+          <t>9786057934154</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf (a.s) ve Kanlı Gömlek - Peygamberlerimizi Tanıyalım Sevelim Serisi 5</t>
+          <t>Kafkas Aşkı</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>60</v>
+        <v>180</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057934413</t>
+          <t>9786057934253</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Hz. Nuh (a.s) ve Gemisi - Peygamberlerimizi Tanıyalım Sevelim Serisi 2</t>
+          <t>Dünyayı Kurtaran Çocuk - Esma-i Hüsna Hikayeleri 2</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057934338</t>
+          <t>9786057934130</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Latifeler Hikmetler</t>
+          <t>Ülkesini Savunan Kahraman Karayılan</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057934345</t>
+          <t>9786057934475</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Mutluluk</t>
+          <t>Eğitim Üzerine Tezler</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057934376</t>
+          <t>9786057934147</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Koridorun Ortasında</t>
+          <t>Antep’in Kurtuluş Destanı Şahinbey</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057934352</t>
+          <t>9786057934437</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Evim Nerede?</t>
+          <t>Hz. İsmail (a.s) ve Zemzem Kuyusu - Peygamberlerimizi Tanıyalım Sevelim Serisi 4</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057934369</t>
+          <t>9786057934390</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Soğanın Efsanesi</t>
+          <t>Hz. Adem (a.s) ve Kötü Şeytan - Peygamberlerimizi Tanıyalım Sevelim Serisi 1</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057934383</t>
+          <t>9786057934406</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Bay Pembe</t>
+          <t>Hz. İbrahim (a.s) ve Minik Kuş - Peygamberlerimizi Tanıyalım Sevelim Serisi 3</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057934321</t>
+          <t>9786057934468</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Allah'ın Sevdiği Gençlik</t>
+          <t>Hz. Muhammed (s.a.v) ve Üzgün Deve - Peygamberlerimizi Tanıyalım Sevelim Serisi 8</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057934314</t>
+          <t>9786057934420</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Yolcusuna Öyküler</t>
+          <t>Hz. Süleyman (a.s) ve Karıncalar - Peygamberlerimizi Tanıyalım Sevelim Serisi 6</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057934307</t>
+          <t>9786057934444</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Tekli Koltuk</t>
+          <t>Hz. Yusuf (a.s) ve Kanlı Gömlek - Peygamberlerimizi Tanıyalım Sevelim Serisi 5</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057934291</t>
+          <t>9786057934413</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Hilafet Tahtının Sultanı Yavuz Sultan Selim - Öykü Tadında Tarih 3</t>
+          <t>Hz. Nuh (a.s) ve Gemisi - Peygamberlerimizi Tanıyalım Sevelim Serisi 2</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>240</v>
+        <v>60</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057934284</t>
+          <t>9786057934338</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Çöldeki Büyücü</t>
+          <t>Geçmişten Günümüze Latifeler Hikmetler</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057934222</t>
+          <t>9786057934345</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Seyahatnamesi</t>
+          <t>En Büyük Mutluluk</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057934277</t>
+          <t>9786057934376</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdülhamid Han</t>
+          <t>Karanlık Koridorun Ortasında</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057934246</t>
+          <t>9786057934352</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi Seyahatnamesi</t>
+          <t>Evim Nerede?</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057934239</t>
+          <t>9786057934369</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Sahabi'nin Muhalefeti</t>
+          <t>Soğanın Efsanesi</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057934215</t>
+          <t>9786057934383</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>İrfan Sohbetleri</t>
+          <t>Bay Pembe</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057934208</t>
+          <t>9786057934321</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yazma Sanatı ve Yazma Teknikleri</t>
+          <t>Kur'an'da Allah'ın Sevdiği Gençlik</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057934192</t>
+          <t>9786057934314</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar Arasında</t>
+          <t>Hikmet Yolcusuna Öyküler</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057934116</t>
+          <t>9786057934307</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Fethin Güzel Sultanı Fatih Sultan Mehmed - Öykü Tadında Tarih 2</t>
+          <t>Tekli Koltuk</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057934161</t>
+          <t>9786057934291</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sabır Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 3</t>
+          <t>Hilafet Tahtının Sultanı Yavuz Sultan Selim - Öykü Tadında Tarih 3</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057934178</t>
+          <t>9786057934284</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 4</t>
+          <t>Çöldeki Büyücü</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>140</v>
+        <v>210</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057934185</t>
+          <t>9786057934222</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 5</t>
+          <t>Yeni Dünya Seyahatnamesi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057934123</t>
+          <t>9786057934277</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 2</t>
+          <t>Sultan 2. Abdülhamid Han</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057934093</t>
+          <t>9786057934246</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Huzuru</t>
+          <t>Bediüzzaman Said Nursi Seyahatnamesi</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057934109</t>
+          <t>9786057934239</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Rabbimizin Emir Buyurduğu Düşünmeye ve Akletmeye Davet</t>
+          <t>Sahabi'nin Muhalefeti</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>160</v>
+        <v>320</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057934062</t>
+          <t>9786057934215</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Osmanlı Padişahları - 2</t>
+          <t>İrfan Sohbetleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057934055</t>
+          <t>9786057934208</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Osmanlı Padişahları - 1</t>
+          <t>Yazma Sanatı ve Yazma Teknikleri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059275606</t>
+          <t>9786057934192</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Arzular Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 1</t>
+          <t>Fragmanlar Arasında</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057934079</t>
+          <t>9786057934116</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Osmanlı Padişahları - 3</t>
+          <t>Fethin Güzel Sultanı Fatih Sultan Mehmed - Öykü Tadında Tarih 2</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057934048</t>
+          <t>9786057934161</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Mülteciler</t>
+          <t>Sabır Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 3</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057934031</t>
+          <t>9786057934178</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Gaziler Çağının Padişahı Osman Bey</t>
+          <t>Düşünce Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 4</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057934024</t>
+          <t>9786057934185</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Beni Göremezsin</t>
+          <t>Bilgelik Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 5</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057934017</t>
+          <t>9786057934123</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Çocuklar</t>
+          <t>Sevgi Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 2</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057934000</t>
+          <t>9786057934093</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çocuklar</t>
+          <t>Ruhun Huzuru</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059275989</t>
+          <t>9786057934109</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Şia’nın Rasyonel Tenkidi</t>
+          <t>Rabbimizin Emir Buyurduğu Düşünmeye ve Akletmeye Davet</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059275125</t>
+          <t>9786057934062</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Ruhu</t>
+          <t>Öykülerle Osmanlı Padişahları - 2</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059275996</t>
+          <t>9786057934055</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Koy</t>
+          <t>Öykülerle Osmanlı Padişahları - 1</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059275880</t>
+          <t>9786059275606</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Hayat Laftan Anlamaz</t>
+          <t>Arzular Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 1</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059275934</t>
+          <t>9786057934079</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Tilki ile Davul - Masalcı Dede</t>
+          <t>Öykülerle Osmanlı Padişahları - 3</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059275927</t>
+          <t>9786057934048</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Güldürü Kitabı - Masalcı Dede</t>
+          <t>Mülteciler</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059275965</t>
+          <t>9786057934031</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Her Yerde Müslümanca</t>
+          <t>Gaziler Çağının Padişahı Osman Bey</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059275873</t>
+          <t>9786057934024</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Cam Duvarlar</t>
+          <t>Beni Göremezsin</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059275958</t>
+          <t>9786057934017</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Buzları Eritelim mi?</t>
+          <t>Kimsesiz Çocuklar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059275637</t>
+          <t>9786057934000</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Fıkhı Batın</t>
+          <t>Kayıp Çocuklar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059275866</t>
+          <t>9786059275989</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Destanları</t>
+          <t>Şia’nın Rasyonel Tenkidi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059275767</t>
+          <t>9786059275125</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Efendiler Bağı</t>
+          <t>Rüzgarın Ruhu</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059275842</t>
+          <t>9786059275996</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Risalesi</t>
+          <t>Büyülü Koy</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059275743</t>
+          <t>9786059275880</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Taksi</t>
+          <t>Hayat Laftan Anlamaz</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059275736</t>
+          <t>9786059275934</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İletişim Notları</t>
+          <t>Tilki ile Davul - Masalcı Dede</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059275750</t>
+          <t>9786059275927</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Zekat Politikası</t>
+          <t>Güldürü Kitabı - Masalcı Dede</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059275644</t>
+          <t>9786059275965</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ölülerin Sohbeti</t>
+          <t>Her Yerde Müslümanca</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059275699</t>
+          <t>9786059275873</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Ejder - Doğu Fenerleri</t>
+          <t>Cam Duvarlar</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059275613</t>
+          <t>9786059275958</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Alevler ve Küller</t>
+          <t>Buzları Eritelim mi?</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059275651</t>
+          <t>9786059275637</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Söz Verince</t>
+          <t>Fıkhı Batın</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059275620</t>
+          <t>9786059275866</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İmamet Teorisinin Hadis Referansları</t>
+          <t>Dede Korkut Destanları</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059275590</t>
+          <t>9786059275767</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İleri Yaşlarda Depresyon</t>
+          <t>Efendiler Bağı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059275576</t>
+          <t>9786059275842</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Sofra</t>
+          <t>Tasavvuf Risalesi</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059275583</t>
+          <t>9786059275743</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Dört Mezhebe Göre Namaz Risalesi</t>
+          <t>Taksi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059275521</t>
+          <t>9786059275736</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Amerika</t>
+          <t>İletişim Notları</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059275118</t>
+          <t>9786059275750</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Akide, Kelam ve Fıkıh Meselelerine Fetvalar</t>
+          <t>Zekat Politikası</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059275514</t>
+          <t>9786059275644</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Şia'da İç Çatışma</t>
+          <t>Ölülerin Sohbeti</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059275453</t>
+          <t>9786059275699</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v.) - Çoçuklar İçin Peygamber Öyküleri 5</t>
+          <t>Ejder - Doğu Fenerleri</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059275477</t>
+          <t>9786059275613</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Hz. Davud'dan Hz. İsaya</t>
+          <t>Alevler ve Küller</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059275439</t>
+          <t>9786059275651</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Hz. Eyyüb'den Hz. Musa'ya</t>
+          <t>Söz Verince</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059275446</t>
+          <t>9786059275620</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Hz. Salih'ten Hz. Yusuf'a</t>
+          <t>İmamet Teorisinin Hadis Referansları</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059275460</t>
+          <t>9786059275590</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Hz. Adem'den Hz. Hud'a</t>
+          <t>İleri Yaşlarda Depresyon</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059275408</t>
+          <t>9786059275576</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Sen Bizi Bir De Alışverişte Gör</t>
+          <t>Sofra</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059275392</t>
+          <t>9786059275583</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Risalesi</t>
+          <t>Dört Mezhebe Göre Namaz Risalesi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786058449527</t>
+          <t>9786059275521</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehir Çekilirken</t>
+          <t>Amerika</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059275378</t>
+          <t>9786059275118</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Peygamber (s.a.v) Efendimizin Hanımları - Gökteki Yıldızlar Serisi:6 / Mü'minlerin Anneleri</t>
+          <t>Akide, Kelam ve Fıkıh Meselelerine Fetvalar</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>160</v>
+        <v>600</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059275385</t>
+          <t>9786059275514</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Şehit Sahabeler</t>
+          <t>Şia'da İç Çatışma</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059275354</t>
+          <t>9786059275453</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İki Kapılı Bir Han'da</t>
+          <t>Hz. Muhammed (s.a.v.) - Çoçuklar İçin Peygamber Öyküleri 5</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059275316</t>
+          <t>9786059275477</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Seyda Muhammed Emin Er ile Söyleşiler</t>
+          <t>Hz. Davud'dan Hz. İsaya</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059275330</t>
+          <t>9786059275439</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Selahattin Eyyubi</t>
+          <t>Hz. Eyyüb'den Hz. Musa'ya</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059275293</t>
+          <t>9786059275446</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Hz. Salih'ten Hz. Yusuf'a</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059275347</t>
+          <t>9786059275460</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Reddiye</t>
+          <t>Hz. Adem'den Hz. Hud'a</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059275286</t>
+          <t>9786059275408</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer</t>
+          <t>Sen Bizi Bir De Alışverişte Gör</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059275279</t>
+          <t>9786059275392</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir</t>
+          <t>Ahlak Risalesi</t>
         </is>
       </c>
       <c r="C275" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059275309</t>
+          <t>9786058449527</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>Bir Şehir Çekilirken</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059275323</t>
+          <t>9786059275378</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>El-Giyasi İslamda Başkanlık Sistemi</t>
+          <t>Peygamber (s.a.v) Efendimizin Hanımları - Gökteki Yıldızlar Serisi:6 / Mü'minlerin Anneleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059275248</t>
+          <t>9786059275385</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Şehit Sahabeler</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059275231</t>
+          <t>9786059275354</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslam</t>
+          <t>İki Kapılı Bir Han'da</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>650</v>
+        <v>120</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059275187</t>
+          <t>9786059275316</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Arası Ümitler</t>
+          <t>Seyda Muhammed Emin Er ile Söyleşiler</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059275194</t>
+          <t>9786059275330</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>Selahattin Eyyubi</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>350</v>
+        <v>120</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059275149</t>
+          <t>9786059275293</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>F4rk1nd4 Olm4d1ğ1n1z1n F4rk1nd4 M1s1n12?</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059275200</t>
+          <t>9786059275347</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Sarı Panjurlu Ev</t>
+          <t>Reddiye</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059275217</t>
+          <t>9786059275286</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Kıyısında</t>
+          <t>Hz. Ömer</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059275064</t>
+          <t>9786059275279</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Akaid Risalesi</t>
+          <t>Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059275170</t>
+          <t>9786059275309</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Destanı</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059275033</t>
+          <t>9786059275323</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Son İbni Sirac'ın Maceraları</t>
+          <t>El-Giyasi İslamda Başkanlık Sistemi</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786058449565</t>
+          <t>9786059275248</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kurtlanan Kar</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786058449572</t>
+          <t>9786059275231</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Mana Aynasında Benlik</t>
+          <t>Siyasal İslam</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059275095</t>
+          <t>9786059275187</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Mavera</t>
+          <t>Ekmek Arası Ümitler</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>3990000054975</t>
+          <t>9786059275194</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Ben Aşkla Konuştum</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
+          <t>9786059275149</t>
+        </is>
+      </c>
+      <c r="B292" s="1" t="inlineStr">
+        <is>
+          <t>F4rk1nd4 Olm4d1ğ1n1z1n F4rk1nd4 M1s1n12?</t>
+        </is>
+      </c>
+      <c r="C292" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" s="1" t="inlineStr">
+        <is>
+          <t>9786059275200</t>
+        </is>
+      </c>
+      <c r="B293" s="1" t="inlineStr">
+        <is>
+          <t>Sarı Panjurlu Ev</t>
+        </is>
+      </c>
+      <c r="C293" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" s="1" t="inlineStr">
+        <is>
+          <t>9786059275217</t>
+        </is>
+      </c>
+      <c r="B294" s="1" t="inlineStr">
+        <is>
+          <t>Ölümün Kıyısında</t>
+        </is>
+      </c>
+      <c r="C294" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" s="1" t="inlineStr">
+        <is>
+          <t>9786059275064</t>
+        </is>
+      </c>
+      <c r="B295" s="1" t="inlineStr">
+        <is>
+          <t>Akaid Risalesi</t>
+        </is>
+      </c>
+      <c r="C295" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" s="1" t="inlineStr">
+        <is>
+          <t>9786059275170</t>
+        </is>
+      </c>
+      <c r="B296" s="1" t="inlineStr">
+        <is>
+          <t>15 Temmuz Destanı</t>
+        </is>
+      </c>
+      <c r="C296" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" s="1" t="inlineStr">
+        <is>
+          <t>9786059275033</t>
+        </is>
+      </c>
+      <c r="B297" s="1" t="inlineStr">
+        <is>
+          <t>Son İbni Sirac'ın Maceraları</t>
+        </is>
+      </c>
+      <c r="C297" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" s="1" t="inlineStr">
+        <is>
+          <t>9786058449565</t>
+        </is>
+      </c>
+      <c r="B298" s="1" t="inlineStr">
+        <is>
+          <t>Kurtlanan Kar</t>
+        </is>
+      </c>
+      <c r="C298" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" s="1" t="inlineStr">
+        <is>
+          <t>9786058449572</t>
+        </is>
+      </c>
+      <c r="B299" s="1" t="inlineStr">
+        <is>
+          <t>Mana Aynasında Benlik</t>
+        </is>
+      </c>
+      <c r="C299" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" s="1" t="inlineStr">
+        <is>
+          <t>9786059275095</t>
+        </is>
+      </c>
+      <c r="B300" s="1" t="inlineStr">
+        <is>
+          <t>Mavera</t>
+        </is>
+      </c>
+      <c r="C300" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" s="1" t="inlineStr">
+        <is>
+          <t>3990000054975</t>
+        </is>
+      </c>
+      <c r="B301" s="1" t="inlineStr">
+        <is>
+          <t>Ben Aşkla Konuştum</t>
+        </is>
+      </c>
+      <c r="C301" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" s="1" t="inlineStr">
+        <is>
           <t>9786059275088</t>
         </is>
       </c>
-      <c r="B292" s="1" t="inlineStr">
+      <c r="B302" s="1" t="inlineStr">
         <is>
           <t>Allah'ı Hatırlatan Öyküler</t>
         </is>
       </c>
-      <c r="C292" s="1">
+      <c r="C302" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>