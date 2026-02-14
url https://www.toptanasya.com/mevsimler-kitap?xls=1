--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,4555 +85,4660 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259654089</t>
+          <t>9786259283647</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Zeytin Medine’de</t>
+          <t>Ufo Acemi Süper Kahramanlar - Görevimiz Ramazan</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259654096</t>
+          <t>9786259272542</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Benim Annem Nerede</t>
+          <t>Jumbo</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259283616</t>
+          <t>9786259272573</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Filistin’in Renkleri</t>
+          <t>Mahmud Derviş “Vasiyetim: İmkansızdır”</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257328012</t>
+          <t>9786259799964</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Levami-Ul Ukül Ramüz-ül Ehadis Şerhi 1.Cilt (Ciltli)</t>
+          <t>Besmele İle Başladım</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>1800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259654010</t>
+          <t>9786057934499</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Benim Annem En İyisi - Benim Ailem Serisi 2</t>
+          <t>Peygamberlerimizi Tanıyalım Sevelim Serisi 8 Kitap Takım</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>90</v>
+        <v>550</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259654027</t>
+          <t>9786059275156</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kocaman Babam - Benim Ailem Serisi 3</t>
+          <t>Yitik İnsan</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259717272</t>
+          <t>9786057934451</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tonton Dedem - Benim Ailem Serisi 4</t>
+          <t>Hz. Yunus (a.s) ve Onu Yutan Balık - Peygamberlerimizi Tanıyalım Sevelim Serisi 7</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259654072</t>
+          <t>9786259654089</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Nenemin Heybesi - Benim Ailem Serisi 5</t>
+          <t>Meraklı Zeytin Medine’de</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259654034</t>
+          <t>9786259654096</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yaprak Biriktirdim Oldu - Ninem Korkut'tan Masallar</t>
+          <t>Benim Annem Nerede</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>90</v>
+        <v>210</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259654065</t>
+          <t>9786259283616</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Haritanın İzinde</t>
+          <t>Filistin’in Renkleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259654041</t>
+          <t>9786257328012</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Maceranın Keşfi</t>
+          <t>Levami-Ul Ukül Ramüz-ül Ehadis Şerhi 1.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>140</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259654058</t>
+          <t>9786259654010</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe’de Neler Oluyor</t>
+          <t>Benim Annem En İyisi - Benim Ailem Serisi 2</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259717289</t>
+          <t>9786259654027</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Filistin’de Bir Gün</t>
+          <t>Kocaman Babam - Benim Ailem Serisi 3</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259654003</t>
+          <t>9786259717272</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Çınar Köyde Film Çekiyor</t>
+          <t>Tonton Dedem - Benim Ailem Serisi 4</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259717296</t>
+          <t>9786259654072</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yiğido Dede’den Masallar</t>
+          <t>Nenemin Heybesi - Benim Ailem Serisi 5</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259641416</t>
+          <t>9786259654034</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Sultan’ül Arifin İhsan Tamgüney (Sultan Baba) Hayatı ve Tasavvuf Anlayışı</t>
+          <t>Yaprak Biriktirdim Oldu - Ninem Korkut'tan Masallar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259641409</t>
+          <t>9786259654065</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gemileri Yaktık</t>
+          <t>Gizemli Haritanın İzinde</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057294289</t>
+          <t>9786259654041</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Köy Odası</t>
+          <t>Maceranın Keşfi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259505596</t>
+          <t>9786259654058</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Necat Çavuş’un Şiiri</t>
+          <t>Göbeklitepe’de Neler Oluyor</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258095623</t>
+          <t>9786259717289</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Levamiu'l - Ukul Ramuzu'l - Ehadis Şerhi 4. Cilt (Ciltli)</t>
+          <t>Filistin’de Bir Gün</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258095630</t>
+          <t>9786259654003</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Levamiu'l - Ukul - Ramuzu'l - Ehadis Şerhi 5. Cilt (Ciltli)</t>
+          <t>Çınar Köyde Film Çekiyor</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>1800</v>
+        <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259717258</t>
+          <t>9786259717296</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kedim Askere Giderse</t>
+          <t>Yiğido Dede’den Masallar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>230</v>
+        <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259505572</t>
+          <t>9786259641416</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Sade’ce</t>
+          <t>Sultan’ül Arifin İhsan Tamgüney (Sultan Baba) Hayatı ve Tasavvuf Anlayışı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259717241</t>
+          <t>9786259641409</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Muhafızları</t>
+          <t>Gemileri Yaktık</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259505589</t>
+          <t>9786057294289</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sana Geleceğim</t>
+          <t>Köy Odası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259799995</t>
+          <t>9786259505596</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri-1 Hazreti Adem</t>
+          <t>Necat Çavuş’un Şiiri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>60</v>
+        <v>450</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259569307</t>
+          <t>9786258095623</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri-2 Hazreti Nuh</t>
+          <t>Levamiu'l - Ukul Ramuzu'l - Ehadis Şerhi 4. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>60</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259569338</t>
+          <t>9786258095630</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri-4 Hazreti Yunus</t>
+          <t>Levamiu'l - Ukul - Ramuzu'l - Ehadis Şerhi 5. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>60</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259569314</t>
+          <t>9786259717258</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri-3 Hazreti İbrahim</t>
+          <t>Kedim Askere Giderse</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259569345</t>
+          <t>9786259505572</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri-5 Hazreti Eyyüb</t>
+          <t>Sade’ce</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259569352</t>
+          <t>9786259717241</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri-6 Hazreti Davud</t>
+          <t>Sünnet Muhafızları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>60</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259569321</t>
+          <t>9786259505589</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri-7 Hazreti Süleyman</t>
+          <t>Sana Geleceğim</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259569369</t>
+          <t>9786259799995</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri-8 Hazreti Muhammed(SAV)</t>
+          <t>Meryem İle Peygamber Öyküleri-1 Hazreti Adem</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259569376</t>
+          <t>9786259569307</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri Etkinlik Kitabı</t>
+          <t>Meryem İle Peygamber Öyküleri-2 Hazreti Nuh</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259569383</t>
+          <t>9786259569338</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Meryem İle Peygamber Öyküleri Serisi 9 Kitap</t>
+          <t>Meryem İle Peygamber Öyküleri-4 Hazreti Yunus</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>550</v>
+        <v>90</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259505565</t>
+          <t>9786259569314</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gürcü Edebiyatından 11 Seçme Öykü</t>
+          <t>Meryem İle Peygamber Öyküleri-3 Hazreti İbrahim</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>650</v>
+        <v>90</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259799988</t>
+          <t>9786259569345</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Çocuğum - Benim Ailem Serisi 1</t>
+          <t>Meryem İle Peygamber Öyküleri-5 Hazreti Eyyüb</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259799971</t>
+          <t>9786259569352</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Görünmeyen Renkler</t>
+          <t>Meryem İle Peygamber Öyküleri-6 Hazreti Davud</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258095548</t>
+          <t>9786259569321</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çok</t>
+          <t>Meryem İle Peygamber Öyküleri-7 Hazreti Süleyman</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>4440000000884</t>
+          <t>9786259569369</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Gökteki Yıldızlar Serisi - 6 Kitap Takım</t>
+          <t>Meryem İle Peygamber Öyküleri-8 Hazreti Muhammed(SAV)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>72</v>
+        <v>90</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259799957</t>
+          <t>9786259569376</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Beslenme Çantasında Büyüyen Dostluk</t>
+          <t>Meryem İle Peygamber Öyküleri Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>70</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057294258</t>
+          <t>9786259569383</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Selçuklu’nun Kayıp Yüzükleri</t>
+          <t>Meryem İle Peygamber Öyküleri Serisi 9 Kitap</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786259505527</t>
+          <t>9786259505565</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Svjetlana</t>
+          <t>Gürcü Edebiyatından 11 Seçme Öykü</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>320</v>
+        <v>650</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259505541</t>
+          <t>9786259799988</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Orman Dostlarından Hikayeler</t>
+          <t>Ben Bir Çocuğum - Benim Ailem Serisi 1</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259505534</t>
+          <t>9786259799971</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Yetiştirmede Aile Dinamikleri</t>
+          <t>Görünmeyen Renkler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059275361</t>
+          <t>9786258095548</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Vakti Saati</t>
+          <t>Çok</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257328111</t>
+          <t>4440000000884</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Pırpırella</t>
+          <t>Gökteki Yıldızlar Serisi - 6 Kitap Takım</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>130</v>
+        <v>72</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259799926</t>
+          <t>9786259799957</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kaçanı Kovala Sincap Çeşi</t>
+          <t>Beslenme Çantasında Büyüyen Dostluk</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259799933</t>
+          <t>9786057294258</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Gül Çiçek Öğretmenim</t>
+          <t>Selçuklu’nun Kayıp Yüzükleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259799919</t>
+          <t>9786259505527</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Çekirge ve Dönme Dolap</t>
+          <t>Svjetlana</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259799902</t>
+          <t>9786259505541</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Dürüstlük Cebimden Başlar</t>
+          <t>Orman Dostlarından Hikayeler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>60</v>
+        <v>190</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259505503</t>
+          <t>9786259505534</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Topkapı Sarayı’nda Neler Oluyor</t>
+          <t>Çocuk Yetiştirmede Aile Dinamikleri</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259799940</t>
+          <t>9786059275361</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Jüpiter Necib</t>
+          <t>Vakti Saati</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259505510</t>
+          <t>9786257328111</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ufo Acemi Süper Kahramanlar Mahalleyi Kurtarıyor</t>
+          <t>Pırpırella</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258095678</t>
+          <t>9786259799926</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Zülü Zülü Geceler Ülkesinde - Züleyha’nın Saklı Hikayeleri</t>
+          <t>Kaçanı Kovala Sincap Çeşi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258095814</t>
+          <t>9786259799933</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dinle Yavrum</t>
+          <t>Gül Çiçek Öğretmenim</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257328227</t>
+          <t>9786259799919</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Cemil Hoca Hatıralar, Şahitlikler</t>
+          <t>Çekirge ve Dönme Dolap</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>420</v>
+        <v>90</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257328081</t>
+          <t>9786259799902</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kitabı</t>
+          <t>Dürüstlük Cebimden Başlar</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>600</v>
+        <v>90</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257328210</t>
+          <t>9786259505503</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Benim Camim Çok Eğlenceli</t>
+          <t>Topkapı Sarayı’nda Neler Oluyor</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257328203</t>
+          <t>9786259799940</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hazine Avı</t>
+          <t>Jüpiter Necib</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257328197</t>
+          <t>9786259505510</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yolumuzu Aydınlatan 101 Hadis-i Şerif</t>
+          <t>Ufo Acemi Süper Kahramanlar Mahalleyi Kurtarıyor</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257328180</t>
+          <t>9786258095678</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ninem Korkut’tan Masallar - Ağaçkakan Kuka</t>
+          <t>Zülü Zülü Geceler Ülkesinde - Züleyha’nın Saklı Hikayeleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258095999</t>
+          <t>9786258095814</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağından Masallar-3 Çerçinin Oğlu</t>
+          <t>Dinle Yavrum</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>70</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258095982</t>
+          <t>9786257328227</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağından Masallar-4 Lokman ile Derviş</t>
+          <t>Cemil Hoca Hatıralar, Şahitlikler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>70</v>
+        <v>500</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257328173</t>
+          <t>9786257328081</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Ninem Korkut’tan Hikayeler - Küçük Karıncalar</t>
+          <t>Hayat Kitabı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>60</v>
+        <v>650</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257328166</t>
+          <t>9786257328210</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ninem Korkut’tan Hikayeler - Kurban Bayramı</t>
+          <t>Benim Camim Çok Eğlenceli</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>60</v>
+        <v>70</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258095920</t>
+          <t>9786257328203</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Moşkuruk</t>
+          <t>Hazine Avı</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258095869</t>
+          <t>9786257328197</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Penguen Pino</t>
+          <t>Yolumuzu Aydınlatan 101 Hadis-i Şerif</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258095968</t>
+          <t>9786257328180</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağından Masallar 1 - Ramazan Gelecek</t>
+          <t>Ninem Korkut’tan Masallar - Ağaçkakan Kuka</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258095975</t>
+          <t>9786258095999</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kaf Dağından Masallar 2 - Komşumuz Hızır Amca</t>
+          <t>Kaf Dağından Masallar-3 Çerçinin Oğlu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258095951</t>
+          <t>9786258095982</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Furkan Allah’a İman Ediyor</t>
+          <t>Kaf Dağından Masallar-4 Lokman ile Derviş</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>110</v>
+        <v>90</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258095944</t>
+          <t>9786257328173</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tamer</t>
+          <t>Ninem Korkut’tan Hikayeler - Küçük Karıncalar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258095791</t>
+          <t>9786257328166</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sincap Badem Nasıl Başardı?</t>
+          <t>Ninem Korkut’tan Hikayeler - Kurban Bayramı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258095937</t>
+          <t>9786258095920</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Zeytin Kudüs’te</t>
+          <t>Moşkuruk</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258095913</t>
+          <t>9786258095869</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Mescid-i Aksa’nın Çocuk Muhafızları</t>
+          <t>Yaramaz Penguen Pino</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258095838</t>
+          <t>9786258095968</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım - Muhammed Emin Er</t>
+          <t>Kaf Dağından Masallar 1 - Ramazan Gelecek</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>600</v>
+        <v>90</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258095906</t>
+          <t>9786258095975</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bütün Güzel Şeyler Bismillah İle Başlar</t>
+          <t>Kaf Dağından Masallar 2 - Komşumuz Hızır Amca</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059275859</t>
+          <t>9786258095951</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Türkçe Okuma Kitabı - Yeni Dünya</t>
+          <t>Furkan Allah’a İman Ediyor</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258095852</t>
+          <t>9786258095944</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Aşık Veysel</t>
+          <t>Tamer</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258095807</t>
+          <t>9786258095791</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna Hikayeleri - 10</t>
+          <t>Sincap Badem Nasıl Başardı?</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258095821</t>
+          <t>9786258095937</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bana Kalsa Kelimeler</t>
+          <t>Meraklı Zeytin Kudüs’te</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258095760</t>
+          <t>9786258095913</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Mekanlar Bulmaca (5 Kitap)</t>
+          <t>Mescid-i Aksa’nın Çocuk Muhafızları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257328746</t>
+          <t>9786258095838</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Suriye İç Savaşı ve Türkiye</t>
+          <t>Hatıralarım - Muhammed Emin Er</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059275910</t>
+          <t>9786258095906</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Anadili Rusça Olanlara Türkçe Öğretimi</t>
+          <t>Bütün Güzel Şeyler Bismillah İle Başlar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>450</v>
+        <v>90</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059275897</t>
+          <t>9786059275859</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya - Yabancılar İçin Türkçe</t>
+          <t>Yabancılar İçin Türkçe Okuma Kitabı - Yeni Dünya</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258095784</t>
+          <t>9786258095852</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Cıvıl Cıvıl Dualar</t>
+          <t>Aşık Veysel</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258095777</t>
+          <t>9786258095807</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sultan Ahmet Camii - Kutsal Mekanlar - 5</t>
+          <t>Esma-i Hüsna Hikayeleri - 10</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>60</v>
+        <v>170</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258095739</t>
+          <t>9786258095821</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Mekanlar 1 - Mescid-i Aksa</t>
+          <t>Bana Kalsa Kelimeler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258095722</t>
+          <t>9786258095760</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Mekanlar 2 - Mescid-i Nebevi</t>
+          <t>Kutsal Mekanlar Bulmaca (5 Kitap)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>60</v>
+        <v>350</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258095746</t>
+          <t>9786257328746</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Mekanlar 3 - Kabe-i Muazzama</t>
+          <t>Suriye İç Savaşı ve Türkiye</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>60</v>
+        <v>550</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258095753</t>
+          <t>9786059275910</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Mekanlar 4 - Ayasofya</t>
+          <t>Anadili Rusça Olanlara Türkçe Öğretimi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>60</v>
+        <v>550</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258095661</t>
+          <t>9786059275897</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Hayalden Kanatlar</t>
+          <t>Yeni Dünya - Yabancılar İçin Türkçe</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258095654</t>
+          <t>9786258095784</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Seni Mutlu Eden Şey</t>
+          <t>Cıvıl Cıvıl Dualar</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258095685</t>
+          <t>9786258095777</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Selim Ve Zehra Peygamberimizi Tanıyor - 1 (10 Kitap)</t>
+          <t>Sultan Ahmet Camii - Kutsal Mekanlar - 5</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>750</v>
+        <v>90</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258095692</t>
+          <t>9786258095739</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sırr - ı Kader</t>
+          <t>Kutsal Mekanlar 1 - Mescid-i Aksa</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257328777</t>
+          <t>9786258095722</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İrfan Pınarından Öyküler-4</t>
+          <t>Kutsal Mekanlar 2 - Mescid-i Nebevi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257328715</t>
+          <t>9786258095746</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İyiliksever Ayı Alver</t>
+          <t>Kutsal Mekanlar 3 - Kabe-i Muazzama</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257328708</t>
+          <t>9786258095753</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Huysuz Tavşan Taki</t>
+          <t>Kutsal Mekanlar 4 - Ayasofya</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057934949</t>
+          <t>9786258095661</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Fare</t>
+          <t>Hayalden Kanatlar</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258095593</t>
+          <t>9786258095654</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Minik Neşeli Zeka Oyunları Etkinlik Kitabı 5-6 Yaş</t>
+          <t>Seni Mutlu Eden Şey</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258095340</t>
+          <t>9786258095685</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Minik Eğlenceli Zeka Oyunları Etkinlik Kitabı 3-4 Yaş</t>
+          <t>Selim Ve Zehra Peygamberimizi Tanıyor - 1 (10 Kitap)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258095616</t>
+          <t>9786258095692</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bir Siyasetname İçin Notlar</t>
+          <t>Sırr - ı Kader</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258095609</t>
+          <t>9786257328777</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hadislerle Güzel Ahlak (5 Kitap)</t>
+          <t>İrfan Pınarından Öyküler-4</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258095272</t>
+          <t>9786257328715</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Haydi Uç</t>
+          <t>İyiliksever Ayı Alver</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258095296</t>
+          <t>9786257328708</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Barış Çiçeği</t>
+          <t>Huysuz Tavşan Taki</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257328760</t>
+          <t>9786057934949</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Aramak</t>
+          <t>Gezgin Fare</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258095586</t>
+          <t>9786258095593</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dağcı - Esma-i Hüsna Hikayeleri 9</t>
+          <t>Akıllı Minik Neşeli Zeka Oyunları Etkinlik Kitabı 5-6 Yaş</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257328753</t>
+          <t>9786258095340</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Ejder - Kar Kristali</t>
+          <t>Akıllı Minik Eğlenceli Zeka Oyunları Etkinlik Kitabı 3-4 Yaş</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258095289</t>
+          <t>9786258095616</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Adasına</t>
+          <t>Yeni Bir Siyasetname İçin Notlar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257328807</t>
+          <t>9786258095609</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Nur’dan Damlalar</t>
+          <t>Hadislerle Güzel Ahlak (5 Kitap)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059275972</t>
+          <t>9786258095272</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yabancılar İçin Kitle İletişim ve Basın Türkçesi</t>
+          <t>Haydi Uç</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258095562</t>
+          <t>9786258095296</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Seyda Muhammed Emin Er ve Tasavvufi Düşüncesi</t>
+          <t>Barış Çiçeği</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258095302</t>
+          <t>9786257328760</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kadın</t>
+          <t>Aramak</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257328814</t>
+          <t>9786258095586</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Efendisi Hz.Muhammed(sav)</t>
+          <t>Dağcı - Esma-i Hüsna Hikayeleri 9</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258095326</t>
+          <t>9786257328753</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Seviyorum Serisi (5 Kitap)</t>
+          <t>Ejder - Kar Kristali</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258095319</t>
+          <t>9786258095289</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Umut Yolculuğu</t>
+          <t>Kuşların Adasına</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257328784</t>
+          <t>9786257328807</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Vay! Demek ki Avrupalı Değilmişim - İlk ve Öncü Arap Romanı</t>
+          <t>Nur’dan Damlalar</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257328791</t>
+          <t>9786059275972</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Son Sevgili</t>
+          <t>Yabancılar İçin Kitle İletişim ve Basın Türkçesi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257328395</t>
+          <t>9786258095562</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bu Korkunç Canavar da Kim?</t>
+          <t>Seyda Muhammed Emin Er ve Tasavvufi Düşüncesi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>80</v>
+        <v>280</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257328418</t>
+          <t>9786258095302</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Nar Olmak İsteyen Patates</t>
+          <t>Müslüman Kadın</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257328401</t>
+          <t>9786257328814</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kırlangıç ve Huysuz Ağaç</t>
+          <t>Kainatın Efendisi Hz.Muhammed(sav)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257328722</t>
+          <t>9786258095326</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Alparslan</t>
+          <t>Allah’ı Seviyorum Serisi (5 Kitap)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257328692</t>
+          <t>9786258095319</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Ordusu</t>
+          <t>Umut Yolculuğu</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257328739</t>
+          <t>9786257328784</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Şia’da Hadis Usulü</t>
+          <t>Vay! Demek ki Avrupalı Değilmişim - İlk ve Öncü Arap Romanı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257328388</t>
+          <t>9786257328791</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Gazzali - İrfan Pınarından Öyküler 2</t>
+          <t>Son Sevgili</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257328685</t>
+          <t>9786257328395</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Levamiu'l Ukül Ramuzu’l- Ehadis Şerhi 3.Cilt (Ciltli)</t>
+          <t>Bu Korkunç Canavar da Kim?</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>1800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257328678</t>
+          <t>9786257328418</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Levamiu'l Ukül Ramuzu’l-Ehadis Şerhi 2.Cilt (Ciltli)</t>
+          <t>Nar Olmak İsteyen Patates</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>1800</v>
+        <v>150</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257328593</t>
+          <t>9786257328401</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Tarihe İz Bırakan Meşhur Yüzler</t>
+          <t>Gezgin Kırlangıç ve Huysuz Ağaç</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257328586</t>
+          <t>9786257328722</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Bir Yazar Bir Eser</t>
+          <t>Alparslan</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257328425</t>
+          <t>9786257328692</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Saygısız Kuş Çilçil - Değerler Eğitimi</t>
+          <t>Çocuklar Ordusu</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257328432</t>
+          <t>9786257328739</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Karınca Dalila - Değerler Eğitimi</t>
+          <t>Şia’da Hadis Usulü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257328234</t>
+          <t>9786257328388</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Kendini Güçlü Sanan Aslan Üşengeç - Değerler Eğitimi</t>
+          <t>Gazzali - İrfan Pınarından Öyküler 2</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257328258</t>
+          <t>9786257328685</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sabırsız Kanguru Tıpır - Değerler Eğitimi</t>
+          <t>Levamiu'l Ukül Ramuzu’l- Ehadis Şerhi 3.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>100</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257328104</t>
+          <t>9786257328678</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kibirli Tavuk Paçalı - Değerler Eğitimi</t>
+          <t>Levamiu'l Ukül Ramuzu’l-Ehadis Şerhi 2.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>100</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257328043</t>
+          <t>9786257328593</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Oyanca Buyanca</t>
+          <t>Tarihe İz Bırakan Meşhur Yüzler</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>100</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257328272</t>
+          <t>9786257328586</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Öykü Mevsimi - 2 (7 Kitap)</t>
+          <t>Bir Yazar Bir Eser</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257328067</t>
+          <t>9786257328425</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kedi, Fare ve Diğerleri</t>
+          <t>Saygısız Kuş Çilçil - Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257328050</t>
+          <t>9786257328432</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Beyazdı Beyaz Yalnızdı</t>
+          <t>Yalancı Karınca Dalila - Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057934994</t>
+          <t>9786257328234</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yukarı Liman Balıkları</t>
+          <t>Kendini Güçlü Sanan Aslan Üşengeç - Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257328005</t>
+          <t>9786257328258</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kibar Kurbağa</t>
+          <t>Sabırsız Kanguru Tıpır - Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257328265</t>
+          <t>9786257328104</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Öykü Mevsimi - 1 (7 Kitap)</t>
+          <t>Kibirli Tavuk Paçalı - Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257328135</t>
+          <t>9786257328043</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Güneş Ailesi - Çocuklar İçin Güneş Sistemi Eğitim Serisi (12 Kitap Takım)</t>
+          <t>Oyanca Buyanca</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257328159</t>
+          <t>9786257328272</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Çehresi Ufkum</t>
+          <t>Öykü Mevsimi - 2 (7 Kitap)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257328142</t>
+          <t>9786257328067</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Yakındır</t>
+          <t>Kedi, Fare ve Diğerleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257328128</t>
+          <t>9786257328050</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Cam Kırıkları Elmas Tanecikleri</t>
+          <t>Beyazdı Beyaz Yalnızdı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257328098</t>
+          <t>9786057934994</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Zenginler Covid-19 Olur Fakirler Korona</t>
+          <t>Yukarı Liman Balıkları</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257328036</t>
+          <t>9786257328005</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğu Arayan Tilki Alacalı - Değerler Eğitimi</t>
+          <t>Kibar Kurbağa</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057934956</t>
+          <t>9786257328265</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Alaycı Karga Gagiş - Değerler Eğitimi</t>
+          <t>Öykü Mevsimi - 1 (7 Kitap)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>80</v>
+        <v>600</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057934932</t>
+          <t>9786257328135</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Tek Kanatlı Kelebek Pırpır - Değerler Eğitimi</t>
+          <t>Güneş Ailesi - Çocuklar İçin Güneş Sistemi Eğitim Serisi (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257328074</t>
+          <t>9786257328159</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Günlük Ateşler</t>
+          <t>Çehresi Ufkum</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057934987</t>
+          <t>9786257328142</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklu Ülkesi</t>
+          <t>Gelecek Yakındır</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057934925</t>
+          <t>9786257328128</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle İslam İlmihali (Ciltli)</t>
+          <t>Cam Kırıkları Elmas Tanecikleri</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>800</v>
+        <v>400</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257328029</t>
+          <t>9786257328098</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Hikayeler - Korona Öyküleri</t>
+          <t>Zenginler Covid-19 Olur Fakirler Korona</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057934970</t>
+          <t>9786257328036</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Denizler Hakimi Barbaros Hayreddin Paşa</t>
+          <t>Mutluluğu Arayan Tilki Alacalı - Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057934963</t>
+          <t>9786057934956</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Asım’ın Nesli</t>
+          <t>Alaycı Karga Gagiş - Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057934895</t>
+          <t>9786057934932</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Esmaü’n Nebi Peygamber Efendimizin(Sav) İsim ve Sıfatları</t>
+          <t>Tek Kanatlı Kelebek Pırpır - Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057934901</t>
+          <t>9786257328074</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in (S.A.V) Diplomatik İlişkileri ve Mektupları</t>
+          <t>Günlük Ateşler</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057934918</t>
+          <t>9786057934987</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yelken Kanat - Esma-i Hüsna Hikayeleri 6</t>
+          <t>Büyük Selçuklu Ülkesi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057934888</t>
+          <t>9786057934925</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Nazımda ve Nesirde Şair: Necat Çavuş</t>
+          <t>Bütün Yönleriyle İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>360</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057934857</t>
+          <t>9786257328029</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Canım Peygamberim - Küçük Ömer'in Maceraları 1</t>
+          <t>Maskeli Hikayeler - Korona Öyküleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057934840</t>
+          <t>9786057934970</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Mekke'ye Gidiyoruz - Küçük Ömer'in Maceraları 2</t>
+          <t>Denizler Hakimi Barbaros Hayreddin Paşa</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057934833</t>
+          <t>9786057934963</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Şehri Medine - Küçük Ömer'in Maceraları 3</t>
+          <t>Asım’ın Nesli</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057934864</t>
+          <t>9786057934895</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Ziyareti - Küçük Ömer'in Maceraları 4</t>
+          <t>Esmaü’n Nebi Peygamber Efendimizin(Sav) İsim ve Sıfatları</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057934871</t>
+          <t>9786057934901</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Kehf</t>
+          <t>Hz. Muhammed'in (S.A.V) Diplomatik İlişkileri ve Mektupları</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>340</v>
+        <v>700</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057934802</t>
+          <t>9786057934918</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Simya</t>
+          <t>Yelken Kanat - Esma-i Hüsna Hikayeleri 6</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057934796</t>
+          <t>9786057934888</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Seyyahın Üç Serüveni</t>
+          <t>Nazımda ve Nesirde Şair: Necat Çavuş</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057934826</t>
+          <t>9786057934857</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Köle İle Prenses</t>
+          <t>Canım Peygamberim - Küçük Ömer'in Maceraları 1</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057934819</t>
+          <t>9786057934840</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Haris</t>
+          <t>Mekke'ye Gidiyoruz - Küçük Ömer'in Maceraları 2</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057934789</t>
+          <t>9786057934833</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Barsisa</t>
+          <t>Peygamber Şehri Medine - Küçük Ömer'in Maceraları 3</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057934710</t>
+          <t>9786057934864</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Üşütmeyesin Kuti Kuti - Kırkayak Kuti Kuti'nin Maceraları 2</t>
+          <t>Kudüs Ziyareti - Küçük Ömer'in Maceraları 4</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057934758</t>
+          <t>9786057934871</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Dallar Rüzgarda Kökler Toprakta</t>
+          <t>Ashab-ı Kehf</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>100</v>
+        <v>400</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057934741</t>
+          <t>9786057934802</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Penceredeki Gölgeler</t>
+          <t>Simya</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057934703</t>
+          <t>9786057934796</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yemek Soğudu Kuti Kuti - Kırkayak Kuti Kuti'nin Maceraları 1</t>
+          <t>Seyyahın Üç Serüveni</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057934727</t>
+          <t>9786057934826</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Salla Dünyayı Kuti Kuti - Kırkayak Kuti Kuti'nin Maceraları 3</t>
+          <t>Köle İle Prenses</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057934673</t>
+          <t>9786057934819</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Hikmet</t>
+          <t>Haris</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057934734</t>
+          <t>9786057934789</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Güzel He - Esma-i Hüsna Hikayeleri 5</t>
+          <t>Barsisa</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057934680</t>
+          <t>9786057934710</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cihan Padişahı Kanuni Sultan Süleyman</t>
+          <t>Üşütmeyesin Kuti Kuti - Kırkayak Kuti Kuti'nin Maceraları 2</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057934604</t>
+          <t>9786057934758</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Kaçış</t>
+          <t>Dallar Rüzgarda Kökler Toprakta</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057934666</t>
+          <t>9786057934741</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bitti Bitecek Derken</t>
+          <t>Penceredeki Gölgeler</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057934635</t>
+          <t>9786057934703</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Günlüğüm İkbalsiz Murad (1 Ocak - 18 Mart 1915)</t>
+          <t>Yemek Soğudu Kuti Kuti - Kırkayak Kuti Kuti'nin Maceraları 1</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057934659</t>
+          <t>9786057934727</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Maymun Çocuk Sisi</t>
+          <t>Salla Dünyayı Kuti Kuti - Kırkayak Kuti Kuti'nin Maceraları 3</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057934642</t>
+          <t>9786057934673</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Deniz Görmemiş Çocuklar</t>
+          <t>Aşk-ı Hikmet</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057934611</t>
+          <t>9786057934734</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Küçük Padişah - Esma-i Hüsna Hikayeleri - 4</t>
+          <t>Güzel He - Esma-i Hüsna Hikayeleri 5</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057934628</t>
+          <t>9786057934680</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ölümden Dönüş - Malcolm x ve Ben</t>
+          <t>Büyük Cihan Padişahı Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057934567</t>
+          <t>9786057934604</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Evi</t>
+          <t>Geleceğe Kaçış</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057934550</t>
+          <t>9786057934666</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Hüsmen Ağa ile Deli Kervancı</t>
+          <t>Bitti Bitecek Derken</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786057934574</t>
+          <t>9786057934635</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Saf İle Uyanık</t>
+          <t>Çanakkale Günlüğüm İkbalsiz Murad (1 Ocak - 18 Mart 1915)</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057934598</t>
+          <t>9786057934659</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kuyu</t>
+          <t>Maymun Çocuk Sisi</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057934581</t>
+          <t>9786057934642</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Aceleci Şehzade</t>
+          <t>Deniz Görmemiş Çocuklar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057934536</t>
+          <t>9786057934611</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Töresi Başbuğ</t>
+          <t>Küçük Padişah - Esma-i Hüsna Hikayeleri - 4</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786057934543</t>
+          <t>9786057934628</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Etrafımız Sarıldı - Esma-i Hüsna Hikayeleri 3</t>
+          <t>Ölümden Dönüş - Malcolm x ve Ben</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786057934482</t>
+          <t>9786057934567</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>O'nun İzinde</t>
+          <t>Mutluluk Evi</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>600</v>
+        <v>170</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786057934512</t>
+          <t>9786057934550</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan İle Hekimbaşı</t>
+          <t>Hüsmen Ağa ile Deli Kervancı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786057934505</t>
+          <t>9786057934574</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Gazneli Sultan Mahmut</t>
+          <t>Saf İle Uyanık</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057934154</t>
+          <t>9786057934598</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kafkas Aşkı</t>
+          <t>Konuşan Kuyu</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057934253</t>
+          <t>9786057934581</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Çocuk - Esma-i Hüsna Hikayeleri 2</t>
+          <t>Aceleci Şehzade</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786057934130</t>
+          <t>9786057934536</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ülkesini Savunan Kahraman Karayılan</t>
+          <t>Türk'ün Töresi Başbuğ</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786057934475</t>
+          <t>9786057934543</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üzerine Tezler</t>
+          <t>Etrafımız Sarıldı - Esma-i Hüsna Hikayeleri 3</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786057934147</t>
+          <t>9786057934482</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Antep’in Kurtuluş Destanı Şahinbey</t>
+          <t>O'nun İzinde</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>450</v>
+        <v>700</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786057934437</t>
+          <t>9786057934512</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsmail (a.s) ve Zemzem Kuyusu - Peygamberlerimizi Tanıyalım Sevelim Serisi 4</t>
+          <t>Keloğlan İle Hekimbaşı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057934390</t>
+          <t>9786057934505</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Hz. Adem (a.s) ve Kötü Şeytan - Peygamberlerimizi Tanıyalım Sevelim Serisi 1</t>
+          <t>Gazneli Sultan Mahmut</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057934406</t>
+          <t>9786057934154</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim (a.s) ve Minik Kuş - Peygamberlerimizi Tanıyalım Sevelim Serisi 3</t>
+          <t>Kafkas Aşkı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>60</v>
+        <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057934468</t>
+          <t>9786057934253</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v) ve Üzgün Deve - Peygamberlerimizi Tanıyalım Sevelim Serisi 8</t>
+          <t>Dünyayı Kurtaran Çocuk - Esma-i Hüsna Hikayeleri 2</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>60</v>
+        <v>170</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057934420</t>
+          <t>9786057934130</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Hz. Süleyman (a.s) ve Karıncalar - Peygamberlerimizi Tanıyalım Sevelim Serisi 6</t>
+          <t>Ülkesini Savunan Kahraman Karayılan</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057934444</t>
+          <t>9786057934475</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf (a.s) ve Kanlı Gömlek - Peygamberlerimizi Tanıyalım Sevelim Serisi 5</t>
+          <t>Eğitim Üzerine Tezler</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>60</v>
+        <v>320</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057934413</t>
+          <t>9786057934147</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Hz. Nuh (a.s) ve Gemisi - Peygamberlerimizi Tanıyalım Sevelim Serisi 2</t>
+          <t>Antep’in Kurtuluş Destanı Şahinbey</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057934338</t>
+          <t>9786057934437</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Latifeler Hikmetler</t>
+          <t>Hz. İsmail (a.s) ve Zemzem Kuyusu - Peygamberlerimizi Tanıyalım Sevelim Serisi 4</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>320</v>
+        <v>90</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057934345</t>
+          <t>9786057934390</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>En Büyük Mutluluk</t>
+          <t>Hz. Adem (a.s) ve Kötü Şeytan - Peygamberlerimizi Tanıyalım Sevelim Serisi 1</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057934376</t>
+          <t>9786057934406</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Koridorun Ortasında</t>
+          <t>Hz. İbrahim (a.s) ve Minik Kuş - Peygamberlerimizi Tanıyalım Sevelim Serisi 3</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057934352</t>
+          <t>9786057934468</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Evim Nerede?</t>
+          <t>Hz. Muhammed (s.a.v) ve Üzgün Deve - Peygamberlerimizi Tanıyalım Sevelim Serisi 8</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057934369</t>
+          <t>9786057934420</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Soğanın Efsanesi</t>
+          <t>Hz. Süleyman (a.s) ve Karıncalar - Peygamberlerimizi Tanıyalım Sevelim Serisi 6</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057934383</t>
+          <t>9786057934444</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bay Pembe</t>
+          <t>Hz. Yusuf (a.s) ve Kanlı Gömlek - Peygamberlerimizi Tanıyalım Sevelim Serisi 5</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057934321</t>
+          <t>9786057934413</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'da Allah'ın Sevdiği Gençlik</t>
+          <t>Hz. Nuh (a.s) ve Gemisi - Peygamberlerimizi Tanıyalım Sevelim Serisi 2</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057934314</t>
+          <t>9786057934338</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Yolcusuna Öyküler</t>
+          <t>Geçmişten Günümüze Latifeler Hikmetler</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057934307</t>
+          <t>9786057934345</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Tekli Koltuk</t>
+          <t>En Büyük Mutluluk</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057934291</t>
+          <t>9786057934376</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Hilafet Tahtının Sultanı Yavuz Sultan Selim - Öykü Tadında Tarih 3</t>
+          <t>Karanlık Koridorun Ortasında</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057934284</t>
+          <t>9786057934352</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Çöldeki Büyücü</t>
+          <t>Evim Nerede?</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057934222</t>
+          <t>9786057934369</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Seyahatnamesi</t>
+          <t>Soğanın Efsanesi</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057934277</t>
+          <t>9786057934383</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdülhamid Han</t>
+          <t>Bay Pembe</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057934246</t>
+          <t>9786057934321</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi Seyahatnamesi</t>
+          <t>Kur'an'da Allah'ın Sevdiği Gençlik</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057934239</t>
+          <t>9786057934314</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Sahabi'nin Muhalefeti</t>
+          <t>Hikmet Yolcusuna Öyküler</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057934215</t>
+          <t>9786057934307</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>İrfan Sohbetleri</t>
+          <t>Tekli Koltuk</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057934208</t>
+          <t>9786057934291</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Yazma Sanatı ve Yazma Teknikleri</t>
+          <t>Hilafet Tahtının Sultanı Yavuz Sultan Selim - Öykü Tadında Tarih 3</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057934192</t>
+          <t>9786057934284</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Fragmanlar Arasında</t>
+          <t>Çöldeki Büyücü</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057934116</t>
+          <t>9786057934222</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Fethin Güzel Sultanı Fatih Sultan Mehmed - Öykü Tadında Tarih 2</t>
+          <t>Yeni Dünya Seyahatnamesi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057934161</t>
+          <t>9786057934277</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sabır Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 3</t>
+          <t>Sultan 2. Abdülhamid Han</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057934178</t>
+          <t>9786057934246</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 4</t>
+          <t>Bediüzzaman Said Nursi Seyahatnamesi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057934185</t>
+          <t>9786057934239</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 5</t>
+          <t>Sahabi'nin Muhalefeti</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057934123</t>
+          <t>9786057934215</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 2</t>
+          <t>İrfan Sohbetleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057934093</t>
+          <t>9786057934208</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Huzuru</t>
+          <t>Yazma Sanatı ve Yazma Teknikleri</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057934109</t>
+          <t>9786057934192</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Rabbimizin Emir Buyurduğu Düşünmeye ve Akletmeye Davet</t>
+          <t>Fragmanlar Arasında</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057934062</t>
+          <t>9786057934116</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Osmanlı Padişahları - 2</t>
+          <t>Fethin Güzel Sultanı Fatih Sultan Mehmed - Öykü Tadında Tarih 2</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057934055</t>
+          <t>9786057934161</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Osmanlı Padişahları - 1</t>
+          <t>Sabır Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 3</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059275606</t>
+          <t>9786057934178</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Arzular Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 1</t>
+          <t>Düşünce Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 4</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057934079</t>
+          <t>9786057934185</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Osmanlı Padişahları - 3</t>
+          <t>Bilgelik Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 5</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057934048</t>
+          <t>9786057934123</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Mülteciler</t>
+          <t>Sevgi Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 2</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057934031</t>
+          <t>9786057934093</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Gaziler Çağının Padişahı Osman Bey</t>
+          <t>Ruhun Huzuru</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057934024</t>
+          <t>9786057934109</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Beni Göremezsin</t>
+          <t>Rabbimizin Emir Buyurduğu Düşünmeye ve Akletmeye Davet</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057934017</t>
+          <t>9786057934062</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Çocuklar</t>
+          <t>Öykülerle Osmanlı Padişahları - 2</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057934000</t>
+          <t>9786057934055</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Çocuklar</t>
+          <t>Öykülerle Osmanlı Padişahları - 1</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059275989</t>
+          <t>9786059275606</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Şia’nın Rasyonel Tenkidi</t>
+          <t>Arzular Ülkesi - Anka Kuşu ile Alperen'in Macera Yolculuğu 1</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059275125</t>
+          <t>9786057934079</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Rüzgarın Ruhu</t>
+          <t>Öykülerle Osmanlı Padişahları - 3</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059275996</t>
+          <t>9786057934048</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Koy</t>
+          <t>Mülteciler</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059275880</t>
+          <t>9786057934031</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Hayat Laftan Anlamaz</t>
+          <t>Gaziler Çağının Padişahı Osman Bey</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059275934</t>
+          <t>9786057934024</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Tilki ile Davul - Masalcı Dede</t>
+          <t>Beni Göremezsin</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059275927</t>
+          <t>9786057934017</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Güldürü Kitabı - Masalcı Dede</t>
+          <t>Kimsesiz Çocuklar</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059275965</t>
+          <t>9786057934000</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Her Yerde Müslümanca</t>
+          <t>Kayıp Çocuklar</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059275873</t>
+          <t>9786059275989</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Cam Duvarlar</t>
+          <t>Şia’nın Rasyonel Tenkidi</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059275958</t>
+          <t>9786059275125</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Buzları Eritelim mi?</t>
+          <t>Rüzgarın Ruhu</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059275637</t>
+          <t>9786059275996</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Fıkhı Batın</t>
+          <t>Büyülü Koy</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059275866</t>
+          <t>9786059275880</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Destanları</t>
+          <t>Hayat Laftan Anlamaz</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059275767</t>
+          <t>9786059275934</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Efendiler Bağı</t>
+          <t>Tilki ile Davul - Masalcı Dede</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059275842</t>
+          <t>9786059275927</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Risalesi</t>
+          <t>Güldürü Kitabı - Masalcı Dede</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059275743</t>
+          <t>9786059275965</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Taksi</t>
+          <t>Her Yerde Müslümanca</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059275736</t>
+          <t>9786059275873</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İletişim Notları</t>
+          <t>Cam Duvarlar</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059275750</t>
+          <t>9786059275958</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Zekat Politikası</t>
+          <t>Buzları Eritelim mi?</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059275644</t>
+          <t>9786059275637</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Ölülerin Sohbeti</t>
+          <t>Fıkhı Batın</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059275699</t>
+          <t>9786059275866</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Ejder - Doğu Fenerleri</t>
+          <t>Dede Korkut Destanları</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059275613</t>
+          <t>9786059275767</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Alevler ve Küller</t>
+          <t>Efendiler Bağı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059275651</t>
+          <t>9786059275842</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Söz Verince</t>
+          <t>Tasavvuf Risalesi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059275620</t>
+          <t>9786059275743</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İmamet Teorisinin Hadis Referansları</t>
+          <t>Taksi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059275590</t>
+          <t>9786059275736</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>İleri Yaşlarda Depresyon</t>
+          <t>İletişim Notları</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059275576</t>
+          <t>9786059275750</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Sofra</t>
+          <t>Zekat Politikası</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059275583</t>
+          <t>9786059275644</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Dört Mezhebe Göre Namaz Risalesi</t>
+          <t>Ölülerin Sohbeti</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059275521</t>
+          <t>9786059275699</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Amerika</t>
+          <t>Ejder - Doğu Fenerleri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059275118</t>
+          <t>9786059275613</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Akide, Kelam ve Fıkıh Meselelerine Fetvalar</t>
+          <t>Alevler ve Küller</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059275514</t>
+          <t>9786059275651</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Şia'da İç Çatışma</t>
+          <t>Söz Verince</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059275453</t>
+          <t>9786059275620</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed (s.a.v.) - Çoçuklar İçin Peygamber Öyküleri 5</t>
+          <t>İmamet Teorisinin Hadis Referansları</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059275477</t>
+          <t>9786059275590</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Hz. Davud'dan Hz. İsaya</t>
+          <t>İleri Yaşlarda Depresyon</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059275439</t>
+          <t>9786059275576</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Hz. Eyyüb'den Hz. Musa'ya</t>
+          <t>Sofra</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059275446</t>
+          <t>9786059275583</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Hz. Salih'ten Hz. Yusuf'a</t>
+          <t>Dört Mezhebe Göre Namaz Risalesi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059275460</t>
+          <t>9786059275521</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Hz. Adem'den Hz. Hud'a</t>
+          <t>Amerika</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059275408</t>
+          <t>9786059275118</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sen Bizi Bir De Alışverişte Gör</t>
+          <t>Akide, Kelam ve Fıkıh Meselelerine Fetvalar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>160</v>
+        <v>750</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059275392</t>
+          <t>9786059275514</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Ahlak Risalesi</t>
+          <t>Şia'da İç Çatışma</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786058449527</t>
+          <t>9786059275453</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehir Çekilirken</t>
+          <t>Hz. Muhammed (s.a.v.) - Çoçuklar İçin Peygamber Öyküleri 5</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059275378</t>
+          <t>9786059275477</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Peygamber (s.a.v) Efendimizin Hanımları - Gökteki Yıldızlar Serisi:6 / Mü'minlerin Anneleri</t>
+          <t>Hz. Davud'dan Hz. İsaya</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059275385</t>
+          <t>9786059275439</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Şehit Sahabeler</t>
+          <t>Hz. Eyyüb'den Hz. Musa'ya</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059275354</t>
+          <t>9786059275446</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>İki Kapılı Bir Han'da</t>
+          <t>Hz. Salih'ten Hz. Yusuf'a</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059275316</t>
+          <t>9786059275460</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Seyda Muhammed Emin Er ile Söyleşiler</t>
+          <t>Hz. Adem'den Hz. Hud'a</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059275330</t>
+          <t>9786059275408</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Selahattin Eyyubi</t>
+          <t>Sen Bizi Bir De Alışverişte Gör</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059275293</t>
+          <t>9786059275392</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Ahlak Risalesi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059275347</t>
+          <t>9786058449527</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Reddiye</t>
+          <t>Bir Şehir Çekilirken</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059275286</t>
+          <t>9786059275378</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer</t>
+          <t>Peygamber (s.a.v) Efendimizin Hanımları - Gökteki Yıldızlar Serisi:6 / Mü'minlerin Anneleri</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059275279</t>
+          <t>9786059275385</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir</t>
+          <t>Şehit Sahabeler</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059275309</t>
+          <t>9786059275354</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>İki Kapılı Bir Han'da</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059275323</t>
+          <t>9786059275316</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>El-Giyasi İslamda Başkanlık Sistemi</t>
+          <t>Seyda Muhammed Emin Er ile Söyleşiler</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059275248</t>
+          <t>9786059275330</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Selahattin Eyyubi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059275231</t>
+          <t>9786059275293</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İslam</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>650</v>
+        <v>190</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059275187</t>
+          <t>9786059275347</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ekmek Arası Ümitler</t>
+          <t>Reddiye</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059275194</t>
+          <t>9786059275286</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Sadakat</t>
+          <t>Hz. Ömer</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059275149</t>
+          <t>9786059275279</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>F4rk1nd4 Olm4d1ğ1n1z1n F4rk1nd4 M1s1n12?</t>
+          <t>Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059275200</t>
+          <t>9786059275309</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sarı Panjurlu Ev</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059275217</t>
+          <t>9786059275323</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Ölümün Kıyısında</t>
+          <t>El-Giyasi İslamda Başkanlık Sistemi</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059275064</t>
+          <t>9786059275248</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Akaid Risalesi</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059275170</t>
+          <t>9786059275231</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Destanı</t>
+          <t>Siyasal İslam</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059275033</t>
+          <t>9786059275187</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Son İbni Sirac'ın Maceraları</t>
+          <t>Ekmek Arası Ümitler</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786058449565</t>
+          <t>9786059275194</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kurtlanan Kar</t>
+          <t>Sadakat</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786058449572</t>
+          <t>9786059275149</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Mana Aynasında Benlik</t>
+          <t>F4rk1nd4 Olm4d1ğ1n1z1n F4rk1nd4 M1s1n12?</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059275095</t>
+          <t>9786059275200</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Mavera</t>
+          <t>Sarı Panjurlu Ev</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>3990000054975</t>
+          <t>9786059275217</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ben Aşkla Konuştum</t>
+          <t>Ölümün Kıyısında</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
+          <t>9786059275064</t>
+        </is>
+      </c>
+      <c r="B302" s="1" t="inlineStr">
+        <is>
+          <t>Akaid Risalesi</t>
+        </is>
+      </c>
+      <c r="C302" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" s="1" t="inlineStr">
+        <is>
+          <t>9786059275170</t>
+        </is>
+      </c>
+      <c r="B303" s="1" t="inlineStr">
+        <is>
+          <t>15 Temmuz Destanı</t>
+        </is>
+      </c>
+      <c r="C303" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" s="1" t="inlineStr">
+        <is>
+          <t>9786059275033</t>
+        </is>
+      </c>
+      <c r="B304" s="1" t="inlineStr">
+        <is>
+          <t>Son İbni Sirac'ın Maceraları</t>
+        </is>
+      </c>
+      <c r="C304" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="305" spans="1:3">
+      <c r="A305" s="1" t="inlineStr">
+        <is>
+          <t>9786058449565</t>
+        </is>
+      </c>
+      <c r="B305" s="1" t="inlineStr">
+        <is>
+          <t>Kurtlanan Kar</t>
+        </is>
+      </c>
+      <c r="C305" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="306" spans="1:3">
+      <c r="A306" s="1" t="inlineStr">
+        <is>
+          <t>9786058449572</t>
+        </is>
+      </c>
+      <c r="B306" s="1" t="inlineStr">
+        <is>
+          <t>Mana Aynasında Benlik</t>
+        </is>
+      </c>
+      <c r="C306" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="307" spans="1:3">
+      <c r="A307" s="1" t="inlineStr">
+        <is>
+          <t>9786059275095</t>
+        </is>
+      </c>
+      <c r="B307" s="1" t="inlineStr">
+        <is>
+          <t>Mavera</t>
+        </is>
+      </c>
+      <c r="C307" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="308" spans="1:3">
+      <c r="A308" s="1" t="inlineStr">
+        <is>
+          <t>3990000054975</t>
+        </is>
+      </c>
+      <c r="B308" s="1" t="inlineStr">
+        <is>
+          <t>Ben Aşkla Konuştum</t>
+        </is>
+      </c>
+      <c r="C308" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="309" spans="1:3">
+      <c r="A309" s="1" t="inlineStr">
+        <is>
           <t>9786059275088</t>
         </is>
       </c>
-      <c r="B302" s="1" t="inlineStr">
+      <c r="B309" s="1" t="inlineStr">
         <is>
           <t>Allah'ı Hatırlatan Öyküler</t>
         </is>
       </c>
-      <c r="C302" s="1">
-        <v>160</v>
+      <c r="C309" s="1">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>