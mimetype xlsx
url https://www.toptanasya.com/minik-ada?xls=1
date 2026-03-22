--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -85,970 +85,985 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258481723</t>
+          <t>9786054890194</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Şehir Gezisinde - Pıtır Ayıcığın Maceraları</t>
+          <t>Sağ Beyin - Sol Beyin Etkinlikleri (4 Yaş)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>75</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258481693</t>
+          <t>9786258481723</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Postanede - Pıtır Ayıcığın Maceraları</t>
+          <t>Şehir Gezisinde - Pıtır Ayıcığın Maceraları</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258481700</t>
+          <t>9786258481693</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Tren İstasyonunda - Pıtır Ayıcığın Maceraları</t>
+          <t>Postanede - Pıtır Ayıcığın Maceraları</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258481730</t>
+          <t>9786258481700</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İtfaiye İstasyonunda - Pıtır Ayıcığın Maceraları</t>
+          <t>Tren İstasyonunda - Pıtır Ayıcığın Maceraları</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258481655</t>
+          <t>9786258481730</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Evde - Pıtır Ayıcığın Maceraları</t>
+          <t>İtfaiye İstasyonunda - Pıtır Ayıcığın Maceraları</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258481679</t>
+          <t>9786258481655</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Havaalanında - Pıtır Ayıcığın Maceraları</t>
+          <t>Evde - Pıtır Ayıcığın Maceraları</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258481747</t>
+          <t>9786258481679</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Oyun Parkında - Pıtır Ayıcığın Maceraları</t>
+          <t>Havaalanında - Pıtır Ayıcığın Maceraları</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786258481716</t>
+          <t>9786258481747</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Deniz Tatilinde - Pıtır Ayıcığın Maceraları</t>
+          <t>Oyun Parkında - Pıtır Ayıcığın Maceraları</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786258481662</t>
+          <t>9786258481716</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hastanede - Pıtır Ayıcığın Maceraları</t>
+          <t>Deniz Tatilinde - Pıtır Ayıcığın Maceraları</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786258481686</t>
+          <t>9786258481662</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kutlama Yemeğinde - Pıtır Ayıcığın Maceraları</t>
+          <t>Hastanede - Pıtır Ayıcığın Maceraları</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786054890521</t>
+          <t>9786258481686</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Görsel Algı Ve Düşünme Becerilerim (6 Yaş)</t>
+          <t>Kutlama Yemeğinde - Pıtır Ayıcığın Maceraları</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054890514</t>
+          <t>9786054890521</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Görsel Algı Ve Düşünme Becerilerim 4+ Yaş</t>
+          <t>Dikkat Görsel Algı Ve Düşünme Becerilerim (6 Yaş)</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054890422</t>
+          <t>9786054890514</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Algı Hafıza Etkinliklerim</t>
+          <t>Dikkat Görsel Algı Ve Düşünme Becerilerim 4+ Yaş</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>47</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054890019</t>
+          <t>9786054890422</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda - Hayaletli Ev</t>
+          <t>Dikkat Algı Hafıza Etkinliklerim</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>15.74</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054890002</t>
+          <t>9786054890019</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda - Göçmen Kuş Operasyonu</t>
+          <t>Acar Dedektif Eda - Hayaletli Ev</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>13.88</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786058628441</t>
+          <t>9786054890002</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda - Efes Gezisi</t>
+          <t>Acar Dedektif Eda - Göçmen Kuş Operasyonu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>15.74</v>
+        <v>13.88</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786058628465</t>
+          <t>9786058628441</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda - Pembe Şekerin Sırrı</t>
+          <t>Acar Dedektif Eda - Efes Gezisi</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>15.74</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054890590</t>
+          <t>9786058628465</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Renk ve Şekil Etkinliklerim (36-48 Ay)</t>
+          <t>Acar Dedektif Eda - Pembe Şekerin Sırrı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054890583</t>
+          <t>9786054890590</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Matematik Etkinliklerim (36-48 Ay)</t>
+          <t>Renk ve Şekil Etkinliklerim (36-48 Ay)</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054890576</t>
+          <t>9786054890583</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kavram Etkinliklerim (36-48 Ay)</t>
+          <t>Matematik Etkinliklerim (36-48 Ay)</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054890569</t>
+          <t>9786054890576</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Çalışmalarım (36-48 Ay)</t>
+          <t>Kavram Etkinliklerim (36-48 Ay)</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054890170</t>
+          <t>9786054890569</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sağ Beyin - Sol Beyin Etkinlikleri (5 Yaş)</t>
+          <t>Çizgi Çalışmalarım (36-48 Ay)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054890248</t>
+          <t>9786054890170</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan: Şaşkınlar Ülkesinde (Ciltli)</t>
+          <t>Sağ Beyin - Sol Beyin Etkinlikleri (5 Yaş)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>25</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786058628427</t>
+          <t>9786054890248</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca ve Cimri Komşunun Hikayesi (Ciltli)</t>
+          <t>Keloğlan: Şaşkınlar Ülkesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>20.37</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786058628403</t>
+          <t>9786058628427</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Suskunlar Ülkesinde (Ciltli)</t>
+          <t>Nasrettin Hoca ve Cimri Komşunun Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786058628410</t>
+          <t>9786058628403</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Boğaz'ın Kedisi Titiz (Ciltli)</t>
+          <t>Keloğlan Suskunlar Ülkesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>28</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786058628472</t>
+          <t>9786058628410</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda 2: Çiçekli Kırmızı Kutu</t>
+          <t>Boğaz'ın Kedisi Titiz (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>8.33</v>
+        <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054890033</t>
+          <t>9786058628472</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Arşi ve Zaman Saati 2: Kızıl Tüy</t>
+          <t>Acar Dedektif Eda 2: Çiçekli Kırmızı Kutu</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>12.96</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054890484</t>
+          <t>9786054890033</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Çalışmalarım - 6 Yaş</t>
+          <t>Arşi ve Zaman Saati 2: Kızıl Tüy</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>350</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054890460</t>
+          <t>9786054890484</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Matematik Etkinliklerim - 6 Yaş</t>
+          <t>Çizgi Çalışmalarım - 6 Yaş</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>3990000097652</t>
+          <t>9786054890460</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Çalışmalarım - 5 Yaş</t>
+          <t>Matematik Etkinliklerim - 6 Yaş</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>47</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786058628496</t>
+          <t>3990000097652</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Aramızda :5 Dershanede Olay</t>
+          <t>Çizgi Çalışmalarım - 5 Yaş</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>13.89</v>
+        <v>47</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786058628489</t>
+          <t>9786058628496</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Aramızda :4 Dayımın Yeni İşi</t>
+          <t>Acar Dedektif Eda Aramızda :5 Dershanede Olay</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054890026</t>
+          <t>9786058628489</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda Arammızda :3 Telefon Hırsızları</t>
+          <t>Acar Dedektif Eda Aramızda :4 Dayımın Yeni İşi</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>16</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058628458</t>
+          <t>9786054890026</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda - 5 Kantin Soygunu</t>
+          <t>Acar Dedektif Eda Arammızda :3 Telefon Hırsızları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>15.74</v>
+        <v>16</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054890187</t>
+          <t>9786058628458</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sağ Beyin - Sol Beyin Etkinlikleri (3 Yaş)</t>
+          <t>Acar Dedektif Eda - 5 Kantin Soygunu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>90</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054890163</t>
+          <t>9786054890187</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sağ Beyin - Sol Beyin Etkinlikleri (6 Yaş)</t>
+          <t>Sağ Beyin - Sol Beyin Etkinlikleri (3 Yaş)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054890125</t>
+          <t>9786054890163</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>IQ Dikkat ve Düşünme Etkinlikleri 7 Yaş -  (3 Kitap + 3 CD)</t>
+          <t>Sağ Beyin - Sol Beyin Etkinlikleri (6 Yaş)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054890354</t>
+          <t>9786054890125</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Ormanı 1</t>
+          <t>IQ Dikkat ve Düşünme Etkinlikleri 7 Yaş -  (3 Kitap + 3 CD)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>48.15</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054890361</t>
+          <t>9786054890354</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Etkinlik Ormanı 2</t>
+          <t>Etkinlik Ormanı 1</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>52.78</v>
+        <v>48.15</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054890309</t>
+          <t>9786054890361</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gece Kitabı</t>
+          <t>Etkinlik Ormanı 2</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>55</v>
+        <v>52.78</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054890156</t>
+          <t>9786054890309</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Şekillerle Zeka Geliştiren Sanat Etkinlikleri</t>
+          <t>Gece Kitabı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>15.74</v>
+        <v>55</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054890293</t>
+          <t>9786054890156</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Tekerlekler</t>
+          <t>Şekillerle Zeka Geliştiren Sanat Etkinlikleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>45</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054890132</t>
+          <t>9786054890293</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okul Seti</t>
+          <t>Eğlenceli Tekerlekler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>175.93</v>
+        <v>45</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054890323</t>
+          <t>9786054890132</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Okul Seti (12 Kitap Set ve Dijital İçerik)</t>
+          <t>Eğlenceli Okul Seti</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>157.41</v>
+        <v>175.93</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054890149</t>
+          <t>9786054890323</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hayal Gücü ve Zeka Geliştiren Sanat Etkinlikleri</t>
+          <t>Neşeli Okul Seti (12 Kitap Set ve Dijital İçerik)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>18.52</v>
+        <v>157.41</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789755017846</t>
+          <t>9786054890149</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabım – Canlılar</t>
+          <t>Hayal Gücü ve Zeka Geliştiren Sanat Etkinlikleri</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>40</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789755017952</t>
+          <t>9789755017846</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabım - Taşıtlar ve Meslekler</t>
+          <t>Boyama Kitabım – Canlılar</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789755017891</t>
+          <t>9789755017952</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Boyama Kitabım – Oyuncaklar ve Eşyalar</t>
+          <t>Boyama Kitabım - Taşıtlar ve Meslekler</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054890064</t>
+          <t>9789755017891</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>IQ Dikkat ve Düşünme Etkinlikleri 6 Yaş - (3 Kitap + 3 CD)</t>
+          <t>Boyama Kitabım – Oyuncaklar ve Eşyalar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>180</v>
+        <v>40</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786058628434</t>
+          <t>9786054890064</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Acar Dedektif Eda 1:Banka Soygunu</t>
+          <t>IQ Dikkat ve Düşünme Etkinlikleri 6 Yaş - (3 Kitap + 3 CD)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>8.33</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>3990000023366</t>
+          <t>9786058628434</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Görsel Algı ve Düşünme Becerilerim 5 Yaş</t>
+          <t>Acar Dedektif Eda 1:Banka Soygunu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>47</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054890040</t>
+          <t>3990000023366</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Arşi ve Zaman Saati 3: Padişahın Çalınan Tacı</t>
+          <t>Dikkat Görsel Algı ve Düşünme Becerilerim 5 Yaş</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>12.96</v>
+        <v>47</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054890057</t>
+          <t>9786054890040</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Arşi ve Zaman Saati 1: Tutankamon'un Kolyesi</t>
+          <t>Arşi ve Zaman Saati 3: Padişahın Çalınan Tacı</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>12.96</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054890453</t>
+          <t>9786054890057</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Matematik Etkinliklerim - 5 Yaş</t>
+          <t>Arşi ve Zaman Saati 1: Tutankamon'un Kolyesi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>420</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054890446</t>
+          <t>9786054890453</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Fen Doğa Ve Bilim Etkinliklerim 6+ Yaş</t>
+          <t>Matematik Etkinliklerim - 5 Yaş</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>390</v>
+        <v>420</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054890439</t>
+          <t>9786054890446</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Fen Doğa ve Bilim Etkinliklerim 4+ Yaş</t>
+          <t>Fen Doğa Ve Bilim Etkinliklerim 6+ Yaş</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054890392</t>
+          <t>9786054890439</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Dik Çizgi Etkinlikleri</t>
+          <t>Fen Doğa ve Bilim Etkinliklerim 4+ Yaş</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>37</v>
+        <v>390</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054890477</t>
+          <t>9786054890392</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Çalışmalarım 5+ Yaş</t>
+          <t>Dik Çizgi Etkinlikleri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>350</v>
+        <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054890538</t>
+          <t>9786054890477</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Matematik Becerilerim 5 Yaş</t>
+          <t>Çizgi Çalışmalarım 5+ Yaş</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054890217</t>
+          <t>9786054890538</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>El Becerisi ve Sanat Etkinlikleri</t>
+          <t>Matematik Becerilerim 5 Yaş</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>37.04</v>
+        <v>420</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
+          <t>9786054890217</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>El Becerisi ve Sanat Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>37.04</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
           <t>9786054890545</t>
         </is>
       </c>
-      <c r="B63" s="1" t="inlineStr">
+      <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Matematik Becerilerim 6 Yaş</t>
         </is>
       </c>
-      <c r="C63" s="1">
+      <c r="C64" s="1">
         <v>420</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>