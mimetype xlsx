--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -85,1030 +85,1090 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256461482</t>
+          <t>9786256461543</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Yerleşmek Kökleşmek</t>
+          <t>Erkek ve Kadın – Değişen Bir Dünyada Cinsiyetler Üzerine</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>650</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256461475</t>
+          <t>9786256461536</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bizim Hikayemiz</t>
+          <t>Bolivya Günlüğü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>420</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256461468</t>
+          <t>9786256461499</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Walter Benjamin’in Pasajlar’ında Gezintiler</t>
+          <t>İletişim Tarihi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256461451</t>
+          <t>9786256461529</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Algının Fenomenolojisi</t>
+          <t>Evrenin Hammaddesi – Dünyamızı Değiştiren On İki Deney</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>540</v>
+        <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256461444</t>
+          <t>9786256461482</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Bir Gökyüzü Altında – Dünyayı Geç Olmadan Kurtarabilir miyiz?</t>
+          <t>Yerleşmek Kökleşmek</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256461437</t>
+          <t>9786256461475</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Motosiklet Günlükleri – Bir Latin Amerika Seyahati Üzerine Notlar</t>
+          <t>Bizim Hikayemiz</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256461420</t>
+          <t>9786256461468</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuş - Gezegeni Mideye İndirmeden Tüm Dünyayı Besleyebiliriz</t>
+          <t>Walter Benjamin’in Pasajlar’ında Gezintiler</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>475</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256461413</t>
+          <t>9786256461451</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Hayat Basittir</t>
+          <t>Algının Fenomenolojisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>500</v>
+        <v>540</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256461406</t>
+          <t>9786256461444</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Psikomitoloji-İnsanı Öykülerinde Aramak 4</t>
+          <t>Beyaz Bir Gökyüzü Altında – Dünyayı Geç Olmadan Kurtarabilir miyiz?</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256461390</t>
+          <t>9786256461437</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Neden Psikanaliz?</t>
+          <t>Motosiklet Günlükleri – Bir Latin Amerika Seyahati Üzerine Notlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256461383</t>
+          <t>9786256461420</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Risk Toplumu: Başka Bir Modernliğe Doğru</t>
+          <t>Yeniden Doğuş - Gezegeni Mideye İndirmeden Tüm Dünyayı Besleyebiliriz</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>420</v>
+        <v>475</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256461376</t>
+          <t>9786256461413</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Aşk 2.0 – Modern Çağda Romantik Eylemlilik Formülü</t>
+          <t>Hayat Basittir</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256461352</t>
+          <t>9786256461406</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Fransa ve Almanya’dan Önce:  Merovenj Dünyasının Yaratılışı ve Dönüşümü</t>
+          <t>Psikomitoloji-İnsanı Öykülerinde Aramak 4</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256461345</t>
+          <t>9786256461390</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Anna Freud’u Okumak</t>
+          <t>Neden Psikanaliz?</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256461338</t>
+          <t>9786256461383</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yukarı Mezopotamya’da Devletin Kökeni</t>
+          <t>Risk Toplumu: Başka Bir Modernliğe Doğru</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>420</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256461321</t>
+          <t>9786256461376</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilim</t>
+          <t>Aşk 2.0 – Modern Çağda Romantik Eylemlilik Formülü</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256461314</t>
+          <t>9786256461352</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Yol Aşkı – Yürümenin Tarihi</t>
+          <t>Fransa ve Almanya’dan Önce:  Merovenj Dünyasının Yaratılışı ve Dönüşümü</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>525</v>
+        <v>380</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256461284</t>
+          <t>9786256461345</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Psikomitoloji Öyküleri 3 İnsanı Öykülerinde Aramak</t>
+          <t>Anna Freud’u Okumak</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256461277</t>
+          <t>9786256461338</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Zaman ve Mekân</t>
+          <t>Yukarı Mezopotamya’da Devletin Kökeni</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256461192</t>
+          <t>9786256461321</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hekimin Filozof Hâli-2</t>
+          <t>Çeviribilim</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256461260</t>
+          <t>9786256461314</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Zalim İyimserlik</t>
+          <t>Yol Aşkı – Yürümenin Tarihi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>420</v>
+        <v>525</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256461253</t>
+          <t>9786256461284</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Travma ve Kayıp: John Bowlby Arşivi’nden Anahtar Metinler</t>
+          <t>Psikomitoloji Öyküleri 3 İnsanı Öykülerinde Aramak</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256461246</t>
+          <t>9786256461277</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Psikanaliz Tarihi</t>
+          <t>Zaman ve Mekân</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256461239</t>
+          <t>9786256461192</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yakındaki Uzak</t>
+          <t>Hekimin Filozof Hâli-2</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256461222</t>
+          <t>9786256461260</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal ve Kültürel Kuramcı Olarak Freud: İnsan Doğası ve Uygarlaşma Süreci Üzerine</t>
+          <t>Zalim İyimserlik</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>430</v>
+        <v>420</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256461215</t>
+          <t>9786256461253</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Ontolojisi: Spinoza’yla Bir Yürüyüş</t>
+          <t>Travma ve Kayıp: John Bowlby Arşivi’nden Anahtar Metinler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256461208</t>
+          <t>9786256461246</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hekimin Filozof Hali</t>
+          <t>Türkiye Psikanaliz Tarihi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256461161</t>
+          <t>9786256461239</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Orwell'in Gülleri</t>
+          <t>Yakındaki Uzak</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256461185</t>
+          <t>9786256461222</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Büyük Uçurum Oteli - Frankfurt Okulu'ndan Yaşam Öyküleri</t>
+          <t>Toplumsal ve Kültürel Kuramcı Olarak Freud: İnsan Doğası ve Uygarlaşma Süreci Üzerine</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>450</v>
+        <v>430</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256461130</t>
+          <t>9786256461215</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Psikomitoloji - İnsanı Öykülerinde Aramak 2</t>
+          <t>Aşkın Ontolojisi: Spinoza’yla Bir Yürüyüş</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256461178</t>
+          <t>9786256461208</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sanatçı İmgesinin Oluşumu</t>
+          <t>Hekimin Filozof Hali</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256461147</t>
+          <t>9786256461161</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>İtaat Etme: Kadınlık Üzerine Bir İnceleme</t>
+          <t>Orwell'in Gülleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256461123</t>
+          <t>9786256461185</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Psikomitoloji - İnsanı Öykülerinde Aramak 1</t>
+          <t>Büyük Uçurum Oteli - Frankfurt Okulu'ndan Yaşam Öyküleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256461116</t>
+          <t>9786256461130</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Bana Bilgiçlik Taslayan Adamlar</t>
+          <t>Psikomitoloji - İnsanı Öykülerinde Aramak 2</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256461109</t>
+          <t>9786256461178</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Oyunbozan Feministin El Kitabı</t>
+          <t>Sanatçı İmgesinin Oluşumu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256461093</t>
+          <t>9786256461147</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İlk Yunan Filozoflarında Tanrı Düşüncesi</t>
+          <t>İtaat Etme: Kadınlık Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256461086</t>
+          <t>9786256461123</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Demokrasi Modelleri</t>
+          <t>Psikomitoloji - İnsanı Öykülerinde Aramak 1</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256461079</t>
+          <t>9786256461116</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Faşizmi Nasıl Durdururuz</t>
+          <t>Bana Bilgiçlik Taslayan Adamlar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256461062</t>
+          <t>9786256461109</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Klinik Görüşme</t>
+          <t>Oyunbozan Feministin El Kitabı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256461055</t>
+          <t>9786256461093</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Tekinsiz Evren ve Yalnızlık</t>
+          <t>İlk Yunan Filozoflarında Tanrı Düşüncesi</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256461031</t>
+          <t>9786256461086</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Genetik Piyango: Sosyal Eşitlikte DNA’nın Önemi</t>
+          <t>Demokrasi Modelleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256461048</t>
+          <t>9786256461079</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Fikirler: Antikçağdan Sahte Habere Batı'da Sansürün Kısa Tarihi</t>
+          <t>Faşizmi Nasıl Durdururuz</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256461024</t>
+          <t>9786256461062</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Yeni Bilimsel Tin</t>
+          <t>Klinik Görüşme</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>225</v>
+        <v>800</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256461000</t>
+          <t>9786256461055</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ayak İzleri - Geleceğin Fosillerinin Peşinde</t>
+          <t>Tekinsiz Evren ve Yalnızlık</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256461017</t>
+          <t>9786256461031</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mit ve Anlam</t>
+          <t>Genetik Piyango: Sosyal Eşitlikte DNA’nın Önemi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>340</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057175298</t>
+          <t>9786256461048</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Rus Düşünürleri</t>
+          <t>Tehlikeli Fikirler: Antikçağdan Sahte Habere Batı'da Sansürün Kısa Tarihi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057175281</t>
+          <t>9786256461024</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Mumun Alevi</t>
+          <t>Yeni Bilimsel Tin</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057175274</t>
+          <t>9786256461000</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Mekanın Poetikası</t>
+          <t>Ayak İzleri - Geleceğin Fosillerinin Peşinde</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057175267</t>
+          <t>9786256461017</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bu Kimin Hikayesi? Eski Çatışmalar, Yeni Tartışmalar</t>
+          <t>Mit ve Anlam</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057175250</t>
+          <t>9786057175298</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Eskici Dükkanı - Anılarımız Nasıl Doğar ve Biz Anılarımızdan Nasıl Doğarız</t>
+          <t>Rus Düşünürleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057175243</t>
+          <t>9786057175281</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Alttakiler: Bilim, Kadınları Nasıl Yanlış Anladı?</t>
+          <t>Mumun Alevi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057175236</t>
+          <t>9786057175274</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Benim Bedenim: Efsanevi Feminist Yeraltı Kürtaj Servisi Jane’in Hikayesi</t>
+          <t>Mekanın Poetikası</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>430</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057175229</t>
+          <t>9786057175267</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Klinikten Kültüre Lacancı Psikanaliz</t>
+          <t>Bu Kimin Hikayesi? Eski Çatışmalar, Yeni Tartışmalar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057175212</t>
+          <t>9786057175250</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Metaforlar: Hayat, Anlam ve Dil</t>
+          <t>Eskici Dükkanı - Anılarımız Nasıl Doğar ve Biz Anılarımızdan Nasıl Doğarız</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057175205</t>
+          <t>9786057175243</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Çevirisinin ve Çevirmeninin İzinde</t>
+          <t>Alttakiler: Bilim, Kadınları Nasıl Yanlış Anladı?</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057106193</t>
+          <t>9786057175236</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Doğası: Biyoloji Yasaları ve İnsan Türünün Kaderi</t>
+          <t>Benim Bedenim: Efsanevi Feminist Yeraltı Kürtaj Servisi Jane’in Hikayesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057106179</t>
+          <t>9786057175229</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kaybolma Kılavuzu</t>
+          <t>Klinikten Kültüre Lacancı Psikanaliz</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057106186</t>
+          <t>9786057175212</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Çevirmenin Yazar ve Kahraman Olarak Portresi</t>
+          <t>Metaforlar: Hayat, Anlam ve Dil</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>440</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057106162</t>
+          <t>9786057175205</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gösterişçilik</t>
+          <t>Edebiyat Çevirisinin ve Çevirmeninin İzinde</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057106155</t>
+          <t>9786057106193</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yazmak Yasak - Bastırılan Kadın Yazını</t>
+          <t>Geleceğin Doğası: Biyoloji Yasaları ve İnsan Türünün Kaderi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057106148</t>
+          <t>9786057106179</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Irk Biliminin Geri Dönüşü</t>
+          <t>Kaybolma Kılavuzu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>375</v>
+        <v>280</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057106131</t>
+          <t>9786057106186</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Muhtemel İmkânsızlıklar - Başlangıçlar ve Bitişler Üzerine Düşünceler</t>
+          <t>Çevirmenin Yazar ve Kahraman Olarak Portresi</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057106117</t>
+          <t>9786057106162</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yokluğumdan Aklımda Kalanlar</t>
+          <t>Gösterişçilik</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057106100</t>
+          <t>9786057106155</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yoldaş</t>
+          <t>Yazmak Yasak - Bastırılan Kadın Yazını</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057106124</t>
+          <t>9786057106148</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Fazla Mesai</t>
+          <t>Irk Biliminin Geri Dönüşü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>190</v>
+        <v>375</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
+          <t>9786057106131</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Muhtemel İmkânsızlıklar - Başlangıçlar ve Bitişler Üzerine Düşünceler</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786057106117</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Yokluğumdan Aklımda Kalanlar</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786057106100</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Yoldaş</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786057106124</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Fazla Mesai</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
           <t>9786256461505</t>
         </is>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Leziz – Lezzetin Evrimi Bizi Nasıl İnsan Yaptı?</t>
         </is>
       </c>
-      <c r="C67" s="1">
+      <c r="C71" s="1">
         <v>450</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>