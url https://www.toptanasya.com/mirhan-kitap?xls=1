--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -85,2395 +85,2455 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256946576</t>
+          <t>9786259360515</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Harem</t>
+          <t>İnsanlığımı Yitirirken</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259360577</t>
+          <t>9786259360584</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Ejderha</t>
+          <t>Kedi Resimleri Çizen Çocuk &amp; Korkudan Korkmayan Çocuklar İçin Fantastik Hikayeler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259656748</t>
+          <t>9786259360591</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Para Kazanma Sanatı &amp; Zengin Olmanın Altın Kuralları</t>
+          <t>Erdemle Kırbaçlanan Kadın</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259656793</t>
+          <t>9786259360560</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Akşam Güneşi</t>
+          <t>Henüz On Yedi Yaşında</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259656779</t>
+          <t>9786256946576</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Pervin Abla</t>
+          <t>Harem</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259759289</t>
+          <t>9786259360577</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Akşamüstü Eşiği</t>
+          <t>Zoraki Ejderha</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259759265</t>
+          <t>9786259656748</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kaptan İno ve Gizemli Orman</t>
+          <t>Para Kazanma Sanatı &amp; Zengin Olmanın Altın Kuralları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>125</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259656786</t>
+          <t>9786259656793</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Zamanda Saklambaç</t>
+          <t>Akşam Güneşi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259656762</t>
+          <t>9786259656779</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Savaş ve Barış</t>
+          <t>Pervin Abla</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259656755</t>
+          <t>9786259759289</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Enok’un Sırlar Kitabı</t>
+          <t>Akşamüstü Eşiği</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255974334</t>
+          <t>9786259759265</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler</t>
+          <t>Kaptan İno ve Gizemli Orman</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259656717</t>
+          <t>9786259656786</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çulluk</t>
+          <t>Zamanda Saklambaç</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259759272</t>
+          <t>9786259656762</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tiktaklı Maceralar - Bay Tiktak İle Zaman Yolculuğu</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259689944</t>
+          <t>9786259656755</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza 2.Cilt</t>
+          <t>Enok’un Sırlar Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259689937</t>
+          <t>9786255974334</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Suç ve Ceza 1.Cilt</t>
+          <t>Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259656731</t>
+          <t>9786259656717</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Eylül</t>
+          <t>Çulluk</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259656700</t>
+          <t>9786259759272</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kitap’ın Yorumu</t>
+          <t>Tiktaklı Maceralar - Bay Tiktak İle Zaman Yolculuğu</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255974181</t>
+          <t>9786259689944</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Monte Kristo Kontu</t>
+          <t>Suç ve Ceza 2.Cilt</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259689913</t>
+          <t>9786259689937</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Suç ve Ceza 1.Cilt</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259689951</t>
+          <t>9786259656731</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Genç Werther’ın Acıları</t>
+          <t>Eylül</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259689982</t>
+          <t>9786259656700</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Kutsal Kitap’ın Yorumu</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>375</v>
+        <v>290</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259689975</t>
+          <t>9786255974181</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yeraltından Notlar</t>
+          <t>Monte Kristo Kontu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259689968</t>
+          <t>9786259689913</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir İdam Mahkumunun Son Günü</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259689920</t>
+          <t>9786259689951</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Devlet (Tam Metin)</t>
+          <t>Genç Werther’ın Acıları</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259759234</t>
+          <t>9786259689982</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Yaralı Leylek</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259759227</t>
+          <t>9786259689975</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İyi Geceler</t>
+          <t>Yeraltından Notlar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259759258</t>
+          <t>9786259689968</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kaptan İno 2 - Kayalıkların Gizemi</t>
+          <t>Bir İdam Mahkumunun Son Günü</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255974341</t>
+          <t>9786259689920</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf &amp; İçimizdeki Şeytan &amp; Kürk Mantolu Madonna</t>
+          <t>Devlet (Tam Metin)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259759203</t>
+          <t>9786259759234</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yürekteki Harita</t>
+          <t>Yaralı Leylek</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259759210</t>
+          <t>9786259759227</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çemberin İçinde</t>
+          <t>İyi Geceler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786255974198</t>
+          <t>9786259759258</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Gece Uçuşu</t>
+          <t>Kaptan İno 2 - Kayalıkların Gizemi</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786255974105</t>
+          <t>9786255974341</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Kuyucaklı Yusuf &amp; İçimizdeki Şeytan &amp; Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>160</v>
+        <v>550</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255974235</t>
+          <t>9786259759203</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Baharın Ettikleri Tüm Öyküleri</t>
+          <t>Yürekteki Harita</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256739963</t>
+          <t>9786259759210</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Grımm Kardeşlerden Masallar</t>
+          <t>Çemberin İçinde</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>650</v>
+        <v>190</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256974174</t>
+          <t>9786255974198</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Sarsan İhtilaller</t>
+          <t>Gece Uçuşu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>495</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259457499</t>
+          <t>9786255974105</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Kaptan İno - Dünya’ya İlk Yolculuk</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256048454</t>
+          <t>9786255974235</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Orhan Veli – Bütün Şiirler</t>
+          <t>Baharın Ettikleri Tüm Öyküleri</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259457482</t>
+          <t>9786256739963</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Teselli Mektubu</t>
+          <t>Grımm Kardeşlerden Masallar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>260</v>
+        <v>650</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256048447</t>
+          <t>9786256974174</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Mu’nun Kutsal Sembolleri</t>
+          <t>Dünyayı Sarsan İhtilaller</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259457451</t>
+          <t>9786259457499</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Tekno Bilgiç</t>
+          <t>Kaptan İno - Dünya’ya İlk Yolculuk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259457437</t>
+          <t>9786256048454</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Cam Kırılır da Kalp Kırılmaz mı ?</t>
+          <t>Orhan Veli – Bütün Şiirler</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259457444</t>
+          <t>9786259457482</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mısraların Fısıltısı</t>
+          <t>Hikayelerle Teselli Mektubu</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>195</v>
+        <v>260</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256048485</t>
+          <t>9786256048447</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Kayıp Kıta Mu’nun Kutsal Sembolleri</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256048461</t>
+          <t>9786259457451</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Tekno Bilgiç</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054757527</t>
+          <t>9786259457437</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kalbi</t>
+          <t>Cam Kırılır da Kalp Kırılmaz mı ?</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256048232</t>
+          <t>9786259457444</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bize Göre</t>
+          <t>Mısraların Fısıltısı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256048164</t>
+          <t>9786256048485</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Taşınma Sürecindeki Çocuklar İçin Yaratıcı Başetme Becerileri Çalışma Kitabı</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256048195</t>
+          <t>9786256048461</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Cadı</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256048119</t>
+          <t>9786054757527</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Felatun Bey İle Rakım Efendi</t>
+          <t>Çocuk Kalbi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256048171</t>
+          <t>9786256048232</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi 2 Zihinsel Çalışma ve İrade Terbiyesi</t>
+          <t>Bize Göre</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256048102</t>
+          <t>9786256048164</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Lavinya Uzay Okulu</t>
+          <t>Taşınma Sürecindeki Çocuklar İçin Yaratıcı Başetme Becerileri Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256048096</t>
+          <t>9786256048195</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Güneş’in Büyülü Maceraları</t>
+          <t>Cadı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259845005</t>
+          <t>9786256048119</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Geriye Ne Kaldı - Bu Hikayenin Bütün Gerçekliği Sahtedir</t>
+          <t>Felatun Bey İle Rakım Efendi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259845012</t>
+          <t>9786256048171</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Savurdum Eskiyi</t>
+          <t>İrade Terbiyesi 2 Zihinsel Çalışma ve İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256739857</t>
+          <t>9786256048102</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Bezler Çöpe Masal Tuvalete Gidiyor</t>
+          <t>Lavinya Uzay Okulu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256048201</t>
+          <t>9786256048096</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>De Profundis</t>
+          <t>Güneş’in Büyülü Maceraları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786259973661</t>
+          <t>9786259845005</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Allah Sevgisi ve Korkusu</t>
+          <t>Geriye Ne Kaldı - Bu Hikayenin Bütün Gerçekliği Sahtedir</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259973654</t>
+          <t>9786259845012</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bahriyelinin Aşkı</t>
+          <t>Rüzgara Savurdum Eskiyi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256739338</t>
+          <t>9786256739857</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Bezler Çöpe Masal Tuvalete Gidiyor</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256480339</t>
+          <t>9786256048201</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>De Profundis</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256480346</t>
+          <t>9786259973661</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens</t>
+          <t>Allah Sevgisi ve Korkusu</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256480827</t>
+          <t>9786259973654</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yatak Odasında Felsefe</t>
+          <t>Bahriyelinin Aşkı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256480483</t>
+          <t>9786256739338</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Seçme Öyküler - 2</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259973845</t>
+          <t>9786256480339</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Birleştir Sayıları Acaba Hangi Resim Saklı ? 5-7 Yaş</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259973630</t>
+          <t>9786256480346</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı - Kaos</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259973609</t>
+          <t>9786256480827</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şifre Hayvanların Bedeni Çözebilirsin Dene Haydi ! 5-6 Yaş</t>
+          <t>Yatak Odasında Felsefe</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259973852</t>
+          <t>9786256480483</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Resimleri Tamamla İşini Yarım Bırakma 5-7 Yaş</t>
+          <t>Ömer Seyfettin’den Seçme Öyküler - 2</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259973876</t>
+          <t>9786259973845</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İnan Değil Zor Sende Çiz Bir Dinazor 5-8 Yaş</t>
+          <t>Birleştir Sayıları Acaba Hangi Resim Saklı ? 5-7 Yaş</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259973623</t>
+          <t>9786259973630</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Gizemi Çözersem Tebrik Et Beni 3-6 Yaş</t>
+          <t>Kod Adı - Kaos</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259973616</t>
+          <t>9786259973609</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kopyala Şekilleri Güçlendir Dikkatini 5-7 Yaş</t>
+          <t>Şifre Hayvanların Bedeni Çözebilirsin Dene Haydi ! 5-6 Yaş</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259973869</t>
+          <t>9786259973852</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Resimleri Tamamla İşini Yarım Bırakma 3-5 Yaş</t>
+          <t>Resimleri Tamamla İşini Yarım Bırakma 5-7 Yaş</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786259973890</t>
+          <t>9786259973876</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kalemim Sihirli Çözerim Her Labirenti 5-7 Yaş</t>
+          <t>İnan Değil Zor Sende Çiz Bir Dinazor 5-8 Yaş</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786259973647</t>
+          <t>9786259973623</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çiziyorum Saatleri Öğreniyorum 5-7 Yaş</t>
+          <t>Sayıların Gizemi Çözersem Tebrik Et Beni 3-6 Yaş</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259973883</t>
+          <t>9786259973616</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Çiziyorum Şekilleri Öğreniyorum 5-7 Yaş</t>
+          <t>Kopyala Şekilleri Güçlendir Dikkatini 5-7 Yaş</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786259973807</t>
+          <t>9786259973869</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Çiz Çıkacak Şekil Bir Giz 4-6 Yaş</t>
+          <t>Resimleri Tamamla İşini Yarım Bırakma 3-5 Yaş</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786259973821</t>
+          <t>9786259973890</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Birleştir Sayıları Acaba Hangi Resim Saklı ? 3-5 Yaş</t>
+          <t>Kalemim Sihirli Çözerim Her Labirenti 5-7 Yaş</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786259373814</t>
+          <t>9786259973647</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Çiz Çıkacak Şekil Bir Giz 5-7 Yaş</t>
+          <t>Çiziyorum Saatleri Öğreniyorum 5-7 Yaş</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786259973838</t>
+          <t>9786259973883</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Çiziyorum Saatleri Öğreniyorum 3-5 yaş</t>
+          <t>Çiziyorum Şekilleri Öğreniyorum 5-7 Yaş</t>
         </is>
       </c>
       <c r="C79" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256480216</t>
+          <t>9786259973807</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>Adım Adım Çiz Çıkacak Şekil Bir Giz 4-6 Yaş</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256480209</t>
+          <t>9786259973821</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Babalar ve Oğullar</t>
+          <t>Birleştir Sayıları Acaba Hangi Resim Saklı ? 3-5 Yaş</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256946606</t>
+          <t>9786259373814</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Minik Dehalar İçin Beyin Egzersizleri 5+ yaş</t>
+          <t>Adım Adım Çiz Çıkacak Şekil Bir Giz 5-7 Yaş</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256480056</t>
+          <t>9786259973838</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Nils Holgersson'un Serüvenleri</t>
+          <t>Çiziyorum Saatleri Öğreniyorum 3-5 yaş</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256946514</t>
+          <t>9786256480216</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Mu’nun Çocukları</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786057172433</t>
+          <t>9786256480209</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Yitik</t>
+          <t>Babalar ve Oğullar</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256946484</t>
+          <t>9786256946606</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kötülük Çiçekleri</t>
+          <t>Minik Dehalar İçin Beyin Egzersizleri 5+ yaş</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256946507</t>
+          <t>9786256480056</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Nils Holgersson'un Serüvenleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>385</v>
+        <v>380</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256946415</t>
+          <t>9786256946514</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mendil Altında, Hayat Ne Tatlı ve Diğer Hikayeler</t>
+          <t>Kayıp Kıta Mu’nun Çocukları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256946385</t>
+          <t>9786057172433</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Yitik</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256946392</t>
+          <t>9786256946484</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bir Haydut Kuş, Bir Kucak Çiçek ve Diğer Hikayeler</t>
+          <t>Kötülük Çiçekleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256946408</t>
+          <t>9786256946507</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Seçme Öyküler - 1</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160</v>
+        <v>385</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256946040</t>
+          <t>9786256946415</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kodlama İle Dinimizi Öğreniyorum 6+ Yaş</t>
+          <t>Mendil Altında, Hayat Ne Tatlı ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256946163</t>
+          <t>9786256946385</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Ayaşlı İle Kiracıları</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257245395</t>
+          <t>9786256946392</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yeni Yıl Armağanı</t>
+          <t>Bir Haydut Kuş, Bir Kucak Çiçek ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258297645</t>
+          <t>9786256946408</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>En Tatlı Kahraman Lavinya</t>
+          <t>Ömer Seyfettin’den Seçme Öyküler - 1</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258297447</t>
+          <t>9786256946040</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Gurur ve Önyargı</t>
+          <t>Kodlama İle Dinimizi Öğreniyorum 6+ Yaş</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258297355</t>
+          <t>9786256946163</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>İlahi Komedya - Araf</t>
+          <t>Ayaşlı İle Kiracıları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258297331</t>
+          <t>9786257245395</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İlahi Komedya - Cennet</t>
+          <t>Yeni Yıl Armağanı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258297348</t>
+          <t>9786258297645</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>İlahi Komedya - Cehennem</t>
+          <t>En Tatlı Kahraman Lavinya</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258297836</t>
+          <t>9786258297447</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kodlama İle Dinimizi Öğreniyorum 5+ Yaş</t>
+          <t>Gurur ve Önyargı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258297768</t>
+          <t>9786258297355</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Minik Dehalar İçin Beyin Egzersizleri 4+ Yaş</t>
+          <t>İlahi Komedya - Araf</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258297676</t>
+          <t>9786258297331</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Nutuk</t>
+          <t>İlahi Komedya - Cennet</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>390</v>
+        <v>175</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258297683</t>
+          <t>9786258297348</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Açmış Genç Kızların Gölgesinde</t>
+          <t>İlahi Komedya - Cehennem</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>400</v>
+        <v>185</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257172426</t>
+          <t>9786258297836</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hera'ya Övgü</t>
+          <t>Kodlama İle Dinimizi Öğreniyorum 5+ Yaş</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>225</v>
+        <v>400</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057172419</t>
+          <t>9786258297768</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk</t>
+          <t>Minik Dehalar İçin Beyin Egzersizleri 4+ Yaş</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786054757114</t>
+          <t>9786258297676</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mitya'nın Aşkı</t>
+          <t>Nutuk</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057172402</t>
+          <t>9786258297683</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Kaşıntısı</t>
+          <t>Çiçek Açmış Genç Kızların Gölgesinde</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258420395</t>
+          <t>9786257172426</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes</t>
+          <t>Hera'ya Övgü</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258420432</t>
+          <t>9786057172419</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes</t>
+          <t>Yoksulluk</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258420456</t>
+          <t>9786054757114</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes - Sussex Vampiri</t>
+          <t>Mitya'nın Aşkı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258420463</t>
+          <t>9786057172402</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes - Üç Öğrencinin Macerası</t>
+          <t>Ruhun Kaşıntısı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258420449</t>
+          <t>9786258420395</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes - Kızıl Çember</t>
+          <t>Çocuklar İçin Sherlock Holmes</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258420401</t>
+          <t>9786258420432</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes - Karanlık Köşk</t>
+          <t>Çocuklar İçin Sherlock Holmes</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258420418</t>
+          <t>9786258420456</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes -Gümüş Şimşek</t>
+          <t>Çocuklar İçin Sherlock Holmes - Sussex Vampiri</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258420371</t>
+          <t>9786258420463</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes -Dörtlerin Esrarı</t>
+          <t>Çocuklar İçin Sherlock Holmes - Üç Öğrencinin Macerası</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258420388</t>
+          <t>9786258420449</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes - Gizemli Vadi</t>
+          <t>Çocuklar İçin Sherlock Holmes - Kızıl Çember</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258420364</t>
+          <t>9786258420401</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Sherlock Holmes - Bulmacadaki Gizem</t>
+          <t>Çocuklar İçin Sherlock Holmes - Karanlık Köşk</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258420258</t>
+          <t>9786258420418</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kavgam (Tam Metin)</t>
+          <t>Çocuklar İçin Sherlock Holmes -Gümüş Şimşek</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>500</v>
+        <v>165</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257527682</t>
+          <t>9786258420371</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Çocuklar İçin Sherlock Holmes -Dörtlerin Esrarı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>120</v>
+        <v>165</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257527651</t>
+          <t>9786258420388</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Çocuklar İçin Sherlock Holmes - Gizemli Vadi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257527521</t>
+          <t>9786258420364</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Kahkaha</t>
+          <t>Çocuklar İçin Sherlock Holmes - Bulmacadaki Gizem</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257527026</t>
+          <t>9786258420258</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk</t>
+          <t>Kavgam (Tam Metin)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257348614</t>
+          <t>9786257527682</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Uğultulu Tepeler (Tam Metin)</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>425</v>
+        <v>120</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257245715</t>
+          <t>9786257527651</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kıta Mu</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257348652</t>
+          <t>9786257527521</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Asılan Yedilerin Öyküsü</t>
+          <t>Kızıl Kahkaha</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257348591</t>
+          <t>9786257527026</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ve Türkçe Meali</t>
+          <t>Sırça Köşk</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>495</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257245340</t>
+          <t>9786257348614</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Doktor Ox’un Fantastik Deneyi - Dünya Çocuk Klasikleri</t>
+          <t>Uğultulu Tepeler (Tam Metin)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>160</v>
+        <v>425</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257348768</t>
+          <t>9786257245715</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ali ve Nino</t>
+          <t>Kayıp Kıta Mu</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257245876</t>
+          <t>9786257348652</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>1984</t>
+          <t>Asılan Yedilerin Öyküsü</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>265</v>
+        <v>195</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257245869</t>
+          <t>9786257348591</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Çiftliği</t>
+          <t>Kur’an-ı Kerim ve Türkçe Meali</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>175</v>
+        <v>495</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257245135</t>
+          <t>9786257245340</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Geceler</t>
+          <t>Doktor Ox’un Fantastik Deneyi - Dünya Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257245098</t>
+          <t>9786257348768</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne İle Yaşar ?</t>
+          <t>Ali ve Nino</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257527002</t>
+          <t>9786257245876</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Swann'ların Tarafı</t>
+          <t>1984</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>375</v>
+        <v>265</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257348904</t>
+          <t>9786257245869</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Türkçülüğün Esasları</t>
+          <t>Hayvan Çiftliği</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257348935</t>
+          <t>9786257245135</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Araba Sevdası</t>
+          <t>Beyaz Geceler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257083584</t>
+          <t>9786257245098</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İrade Terbiyesi</t>
+          <t>İnsan Ne İle Yaşar ?</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257245463</t>
+          <t>9786257527002</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Mukaddes Kitap'ın Yorumu</t>
+          <t>Swann'ların Tarafı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257245470</t>
+          <t>9786257348904</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Büyükannenin Öğrettikleri</t>
+          <t>Türkçülüğün Esasları</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257245401</t>
+          <t>9786257348935</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Yılan İle Güzel Zambak Masalı</t>
+          <t>Araba Sevdası</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>140</v>
+        <v>275</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257245104</t>
+          <t>9786257083584</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Doktor Dolittle’ın Serüveni - Dünya Çocuk Klasikleri</t>
+          <t>İrade Terbiyesi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>280</v>
+        <v>225</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257245203</t>
+          <t>9786257245463</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Mukaddes Kitap'ın Yorumu</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257245111</t>
+          <t>9786257245470</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Rubailer</t>
+          <t>Büyükannenin Öğrettikleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257348010</t>
+          <t>9786257245401</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sanin</t>
+          <t>Yeşil Yılan İle Güzel Zambak Masalı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>375</v>
+        <v>140</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257083287</t>
+          <t>9786257245104</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Romeo ve Juliet</t>
+          <t>Doktor Dolittle’ın Serüveni - Dünya Çocuk Klasikleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257083393</t>
+          <t>9786257245203</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Dört Gün</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057754769</t>
+          <t>9786257245111</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kaptan Grant'ın Çocukları</t>
+          <t>Rubailer</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257348183</t>
+          <t>9786257348010</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İnsan Denen Meçhul</t>
+          <t>Sanin</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057754950</t>
+          <t>9786257083287</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Romeo ve Juliet</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057754998</t>
+          <t>9786257083393</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya</t>
+          <t>Dört Gün</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057754912</t>
+          <t>9786057754769</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Kaptan Grant'ın Çocukları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>275</v>
+        <v>130</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057754776</t>
+          <t>9786257348183</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Mercan Adası</t>
+          <t>İnsan Denen Meçhul</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057754370</t>
+          <t>9786057754950</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Doktor Dolittle’nin Hikayesi</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257083300</t>
+          <t>9786057754998</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Değirmen</t>
+          <t>Yeni Dünya</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257083270</t>
+          <t>9786057754912</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257083379</t>
+          <t>9786057754776</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İnsan Nedir? - 1. Kısım</t>
+          <t>Mercan Adası</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257083409</t>
+          <t>9786057754370</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambaklar Ülkesinde</t>
+          <t>Doktor Dolittle’nin Hikayesi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057754882</t>
+          <t>9786257083300</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Ömerin Çocukluğu</t>
+          <t>Değirmen</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
+          <t>9786257083270</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Kürk Mantolu Madonna</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786257083379</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>İnsan Nedir? - 1. Kısım</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786257083409</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Zambaklar Ülkesinde</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786057754882</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Ömerin Çocukluğu</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
           <t>9786057754813</t>
         </is>
       </c>
-      <c r="B158" s="1" t="inlineStr">
+      <c r="B162" s="1" t="inlineStr">
         <is>
           <t>İdealist Öğretmen</t>
         </is>
       </c>
-      <c r="C158" s="1">
+      <c r="C162" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>