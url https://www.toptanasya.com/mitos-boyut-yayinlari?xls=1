--- v0 (2025-10-24)
+++ v1 (2026-02-04)
@@ -85,10960 +85,11140 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256794559</t>
+          <t>9789757468554</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bahçesi Benim... Evi Kim Alırsa Alsın</t>
+          <t>Ah! Tamara</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256794467</t>
+          <t>9789755080338</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 7 - Zenginlik Tanrısı - Plutos</t>
+          <t>Tosca</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256794474</t>
+          <t>9786256794405</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Emre Avşar Toplu Oyunları 1</t>
+          <t>Kimliksiz Kadın</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256794481</t>
+          <t>9786256794450</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Neda Nejdana Toplu Oyunları 1</t>
+          <t>Çehov Oyunları (Rus İmparatorluğu 20. Yüzyılın Eşiğinde)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256794504</t>
+          <t>9786256794498</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 9 - Bulutlar</t>
+          <t>Dramatik Tasarımın Temel Kavramları 3</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256794511</t>
+          <t>9786256794429</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Tino Caspanello Toplu Oyunları 2 - Açık Havada Ekim Ayı İdi</t>
+          <t>Elektrikli Sandalye İçin Elektrik Yok</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256794528</t>
+          <t>9786256794436</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 10 - Kadınlar Meclis’te</t>
+          <t>Turgay Korkmaz Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256794542</t>
+          <t>9786256794443</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Koray Horasan Toplu Oyunları 1 - Göm Beni Kimi Öldürdüm Estralanya</t>
+          <t>Zeynep Kaçar Toplu Oyunları 7</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789757785644</t>
+          <t>9786256794535</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Beyaz</t>
+          <t>Tek Kişilik Oyunlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>110</v>
+        <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9789757785651</t>
+          <t>9786256794566</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bana William Deyin</t>
+          <t>Gerhart Hauptmann Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>110</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059306225</t>
+          <t>9786256794573</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Tragedyaları</t>
+          <t>Bir İntiharın Anatomisi</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>480</v>
+        <v>370</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789757785446</t>
+          <t>9786256794597</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 8 - Aias / Elektra</t>
+          <t>Oyunculuk Üzerine</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>8690100334499</t>
+          <t>9786256794559</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Kavramları Sözlüğü</t>
+          <t>Bahçesi Benim... Evi Kim Alırsa Alsın</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789757468516</t>
+          <t>9786256794467</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Saçmalarla Gerçekler</t>
+          <t>Eski Yunan Komedyaları 7 - Zenginlik Tanrısı - Plutos</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789755080420</t>
+          <t>9786256794474</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sandalım Kıyıya Bağlı / Marion ile Memet Toplu Oyunları 4</t>
+          <t>Emre Avşar Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789757785118</t>
+          <t>9786256794481</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Aktörün Serüvenleri</t>
+          <t>Neda Nejdana Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>70</v>
+        <v>240</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055127787</t>
+          <t>9786256794504</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçi Oyunculuk</t>
+          <t>Eski Yunan Komedyaları 9 - Bulutlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055127947</t>
+          <t>9786256794511</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Dekor ve Sahne Tasarımı</t>
+          <t>Tino Caspanello Toplu Oyunları 2 - Açık Havada Ekim Ayı İdi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059306065</t>
+          <t>9786256794528</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Roberto Zucco</t>
+          <t>Eski Yunan Komedyaları 10 - Kadınlar Meclis’te</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>60</v>
+        <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786059306171</t>
+          <t>9786256794542</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Postdramatik Tiyatro ve İngiliz Tiyatrosu</t>
+          <t>Koray Horasan Toplu Oyunları 1 - Göm Beni Kimi Öldürdüm Estralanya</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057210616</t>
+          <t>9789757785644</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ebru Nihan Celkan Toplu Oyunları 5</t>
+          <t>Beyaz</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>110</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057904928</t>
+          <t>9789757785651</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Birgül Yeşiloğlu Güler Toplu Oyunları 1</t>
+          <t>Bana William Deyin</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057210555</t>
+          <t>9786059306225</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Feraye Şahin Toplu Oyunları 1</t>
+          <t>Antik Yunan Tragedyaları</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789758106332</t>
+          <t>9789757785446</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bertolt Brecht Bütün Oyunları Cilt: 11 Kafkas Tebeşir Dairesi / Sofokles’in Antigone’si (Ciltli)</t>
+          <t>Eski Yunan Tragedyaları 8 - Aias / Elektra</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>3990000026555</t>
+          <t>8690100334499</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları Cilt 8 (Ciltli)</t>
+          <t>Tiyatro Kavramları Sözlüğü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>500</v>
+        <v>370</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>3033030007571</t>
+          <t>9789757468516</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Scapin’in Dolapları / George Dandin</t>
+          <t>Saçmalarla Gerçekler</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789758648078</t>
+          <t>9789755080420</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sahnede Elli Sene</t>
+          <t>Sandalım Kıyıya Bağlı / Marion ile Memet Toplu Oyunları 4</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789757785828</t>
+          <t>9789757785118</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sahne Çalışması İçin 100 Monolog Türk Oyunları Cilt 5</t>
+          <t>Bir Aktörün Serüvenleri</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>240</v>
+        <v>70</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789757785897</t>
+          <t>9786055127787</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 3 - Kuşlar - Bulutlar</t>
+          <t>Gerçekçi Oyunculuk</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789758106691</t>
+          <t>9786055127947</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tiyatrosu Tarihi Cilt 1</t>
+          <t>Tiyatroda Dekor ve Sahne Tasarımı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789758023660</t>
+          <t>9786059306065</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Tiyatrosu</t>
+          <t>Roberto Zucco</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054465729</t>
+          <t>9786059306171</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Aktör Hazırlanıyor</t>
+          <t>Postdramatik Tiyatro ve İngiliz Tiyatrosu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055127442</t>
+          <t>9786057210616</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk El Kitabı</t>
+          <t>Ebru Nihan Celkan Toplu Oyunları 5</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>410</v>
+        <v>220</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789757785927</t>
+          <t>9786057904928</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Reji Sanatı</t>
+          <t>Birgül Yeşiloğlu Güler Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>410</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054465149</t>
+          <t>9786057210555</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Ormanlardan Hemen Önceki Gece</t>
+          <t>Feraye Şahin Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054465194</t>
+          <t>9789758106332</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yanlışlıklar - Ne Dediniz, Anlamadım</t>
+          <t>Bertolt Brecht Bütün Oyunları Cilt: 11 Kafkas Tebeşir Dairesi / Sofokles’in Antigone’si (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055127978</t>
+          <t>3990000026555</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Henrik İbsen Toplu Oyunları 3</t>
+          <t>Bütün Oyunları Cilt 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055127749</t>
+          <t>3033030007571</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sandalye Oyunları: Alt Oda / Sandalye / Hiçbir Şeyim Yok</t>
+          <t>Toplu Oyunları 1 Scapin’in Dolapları / George Dandin</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057904409</t>
+          <t>9789758648078</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sanat Teori Eleştiri</t>
+          <t>Sahnede Elli Sene</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256794030</t>
+          <t>9789757785828</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Dramatik Tasarımın Temel Kavramları 1</t>
+          <t>Sahne Çalışması İçin 100 Monolog Türk Oyunları Cilt 5</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256794139</t>
+          <t>9789757785897</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Becerikli Köle</t>
+          <t>Eski Yunan Komedyaları 3 - Kuşlar - Bulutlar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256794320</t>
+          <t>9789758106691</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Post-Truth Çağında Yeni Tiyatro</t>
+          <t>Dünya Tiyatrosu Tarihi Cilt 1</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256794306</t>
+          <t>9789758023660</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İmgesel Oyunculuk</t>
+          <t>Çocuk Tiyatrosu</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256794283</t>
+          <t>9786054465729</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Freshwater</t>
+          <t>Bir Aktör Hazırlanıyor</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256794290</t>
+          <t>9786055127442</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Korkuluk</t>
+          <t>Oyunculuk El Kitabı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256794337</t>
+          <t>9789757785927</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Amfibiler</t>
+          <t>Reji Sanatı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256794344</t>
+          <t>9786054465149</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Amphitryon</t>
+          <t>Ormanlardan Hemen Önceki Gece</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055127633</t>
+          <t>9786054465194</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Oyuncuya Oyunculuk Tekniği Üzerine</t>
+          <t>Yanlışlıklar - Ne Dediniz, Anlamadım</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>470</v>
+        <v>220</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256794276</t>
+          <t>9786055127978</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yönetmenlik Zanaatı – Tiyatro İçin El Kitabı</t>
+          <t>Henrik İbsen Toplu Oyunları 3</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>3033030007576</t>
+          <t>9786055127749</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Eşik</t>
+          <t>Sandalye Oyunları: Alt Oda / Sandalye / Hiçbir Şeyim Yok</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059306027</t>
+          <t>9786057904409</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sahne Kostümünde Temel Uygulamalar</t>
+          <t>Sanat Teori Eleştiri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256794191</t>
+          <t>9786256794030</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 7 - Kuşlar</t>
+          <t>Dramatik Tasarımın Temel Kavramları 1</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256794184</t>
+          <t>9786256794139</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Zanina Mircevska Toplu Oyunları 1</t>
+          <t>Becerikli Köle</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256794207</t>
+          <t>9786256794320</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ali Cüneyd Kılcıoğlu Toplu Oyunları 4</t>
+          <t>Post-Truth Çağında Yeni Tiyatro</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256794238</t>
+          <t>9786256794306</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Birgül Yeşiloğlu Güler Toplu Oyunları 2</t>
+          <t>İmgesel Oyunculuk</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256794269</t>
+          <t>9786256794283</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dramatik Tasarımın Temel Kavramları 2</t>
+          <t>Freshwater</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256794252</t>
+          <t>9786256794290</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sözcü - Çağdaş Kanada Oyunları 2</t>
+          <t>Kadın ve Korkuluk</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256794245</t>
+          <t>9786256794337</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Hep Hala Şafak - Çağdaş Kanada Oyunları 1</t>
+          <t>Amfibiler</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256794078</t>
+          <t>9786256794344</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Fuente Ovejuna</t>
+          <t>Amphitryon</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256794108</t>
+          <t>9786055127633</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Duyulan Tiyatro</t>
+          <t>Oyuncuya Oyunculuk Tekniği Üzerine</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256794115</t>
+          <t>9786256794276</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Tiyatral Anlatım</t>
+          <t>Yönetmenlik Zanaatı – Tiyatro İçin El Kitabı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256794177</t>
+          <t>3033030007576</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında Tiyatromuz Üstüne</t>
+          <t>Eşik</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256794214</t>
+          <t>9786059306027</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Gülmece</t>
+          <t>Sahne Kostümünde Temel Uygulamalar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256794221</t>
+          <t>9786256794191</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Tarihi</t>
+          <t>Eski Yunan Komedyaları 7 - Kuşlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789755080741</t>
+          <t>9786256794184</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Akıl Defteri</t>
+          <t>Zanina Mircevska Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9789755080086</t>
+          <t>9786256794207</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Vefik Paşa’nın Moliere Çevirileri</t>
+          <t>Ali Cüneyd Kılcıoğlu Toplu Oyunları 4</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789757785989</t>
+          <t>9786256794238</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>5. Oyun Yazma Yarışma 2010</t>
+          <t>Birgül Yeşiloğlu Güler Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9789758875337</t>
+          <t>9786256794269</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>4. Oyun Yazma Yarışması 2009</t>
+          <t>Dramatik Tasarımın Temel Kavramları 2</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789757785552</t>
+          <t>9786256794252</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>4. Henri</t>
+          <t>Sözcü - Çağdaş Kanada Oyunları 2</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9789757468301</t>
+          <t>9786256794245</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>3. Oyun Yazma Yarışması</t>
+          <t>Hep Hala Şafak - Çağdaş Kanada Oyunları 1</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9789758106387</t>
+          <t>9786256794078</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>2000’li Yıllara Doğru Tiyatro</t>
+          <t>Fuente Ovejuna</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9789758648436</t>
+          <t>9786256794108</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sahne Çalışması İçin 100 Monolog Cilt 4</t>
+          <t>Duyulan Tiyatro</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789758023165</t>
+          <t>9786256794115</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Halk Tiyatrosu ve Dario Fo</t>
+          <t>Günümüzde Tiyatral Anlatım</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789758106905</t>
+          <t>9786256794177</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Harikalar Avlusu</t>
+          <t>Cumhuriyetin 100. Yılında Tiyatromuz Üstüne</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>140</v>
+        <v>500</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055127992</t>
+          <t>9786256794214</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>İran Oyunları 2 - Bir Dakika Saygı Duruşu</t>
+          <t>Tiyatroda Gülmece</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>110</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256794054</t>
+          <t>9786256794221</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 25 - İfigenia Aulis'te</t>
+          <t>Tiyatro Tarihi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>170</v>
+        <v>480</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256794061</t>
+          <t>9789755080741</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Tiyatrosu Rehberliği</t>
+          <t>Akıl Defteri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256794047</t>
+          <t>9789755080086</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3</t>
+          <t>Ahmet Vefik Paşa’nın Moliere Çevirileri</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786259969213</t>
+          <t>9789757785989</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 24 - Herakles'in Çocukları</t>
+          <t>5. Oyun Yazma Yarışma 2010</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259969183</t>
+          <t>9789758875337</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2</t>
+          <t>4. Oyun Yazma Yarışması 2009</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256794009</t>
+          <t>9789757785552</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Reji Sanatı II. Genişletilmiş Baskı</t>
+          <t>4. Henri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786259969190</t>
+          <t>9789757468301</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Oyun Yazarlığına Giriş</t>
+          <t>3. Oyun Yazma Yarışması</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786259969169</t>
+          <t>9789758106387</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Türk Tiyatrosunda Seyirci Olgusu</t>
+          <t>2000’li Yıllara Doğru Tiyatro</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786259969138</t>
+          <t>9789758648436</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Fil Rüyası</t>
+          <t>Sahne Çalışması İçin 100 Monolog Cilt 4</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259969152</t>
+          <t>9789758023165</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Biz Ölüler Uyanınca</t>
+          <t>Halk Tiyatrosu ve Dario Fo</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259969145</t>
+          <t>9789758106905</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Siyah - Tutulma - Neon - Covid'li İşkembe Çorbası</t>
+          <t>Harikalar Avlusu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786057210586</t>
+          <t>9786055127992</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Yetmiş Üç</t>
+          <t>İran Oyunları 2 - Bir Dakika Saygı Duruşu</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786057210562</t>
+          <t>9786256794054</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Ergüven Toplu Oyunları - 1</t>
+          <t>Eski Yunan Tragedyaları 25 - İfigenia Aulis'te</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057210593</t>
+          <t>9786256794061</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1</t>
+          <t>İngiliz Tiyatrosu Rehberliği</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>480</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786057210609</t>
+          <t>9786256794047</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Stanislavski Sistemi ve Nuri Bilge Ceylan Sinemasında Oyuncu Yönetimi</t>
+          <t>Toplu Oyunları 3</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786057904492</t>
+          <t>9786259969213</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Online Yaratıcı Drama Eğitimi</t>
+          <t>Eski Yunan Tragedyaları 24 - Herakles'in Çocukları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057210524</t>
+          <t>9786259969183</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İdeal Bir Koca</t>
+          <t>Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057210548</t>
+          <t>9786256794009</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Küklops / Antik Yunan Satir Oyunu</t>
+          <t>Reji Sanatı II. Genişletilmiş Baskı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786057210500</t>
+          <t>9786259969190</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Biraz Daha Çikolata</t>
+          <t>Oyun Yazarlığına Giriş</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786057904980</t>
+          <t>9786259969169</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Düş Yakamdan</t>
+          <t>Yoksa Türk Tiyatrosunda Seyirci Olgusu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786057904997</t>
+          <t>9786259969138</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1</t>
+          <t>Fil Rüyası</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057210517</t>
+          <t>9786259969152</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1</t>
+          <t>Biz Ölüler Uyanınca</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057210531</t>
+          <t>9786259969145</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Bayan Windermerein Yelpazesi</t>
+          <t>Toplu Oyunları 1 - Siyah - Tutulma - Neon - Covid'li İşkembe Çorbası</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057904973</t>
+          <t>9786057210586</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Fatma Gülara Işık Tuğcu Toplu Oyunları 1</t>
+          <t>Yetmiş Üç</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057904966</t>
+          <t>9786057210562</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk Eğitiminde Maske</t>
+          <t>Mustafa Ergüven Toplu Oyunları - 1</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057904935</t>
+          <t>9786057210593</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Yeni Yönelişler - Avangart Tiyatro</t>
+          <t>Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057904959</t>
+          <t>9786057210609</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Meddah ve Cellat</t>
+          <t>Stanislavski Sistemi ve Nuri Bilge Ceylan Sinemasında Oyuncu Yönetimi</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057904942</t>
+          <t>9786057904492</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kane Bütün Oyunları</t>
+          <t>Online Yaratıcı Drama Eğitimi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057904751</t>
+          <t>9786057210524</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hevesle Beraberlik Arasında Bir Şey</t>
+          <t>İdeal Bir Koca</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789758106394</t>
+          <t>9786057210548</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bertolt Brecht - Bütün Oyunları Cilt: 4 (Ciltli)</t>
+          <t>Küklops / Antik Yunan Satir Oyunu</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057904898</t>
+          <t>9786057210500</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Jan Dark - Ermiş Joan</t>
+          <t>Biraz Daha Çikolata</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057904904</t>
+          <t>9786057904980</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Öztürk Toplu Oyunları - 1</t>
+          <t>Düş Yakamdan</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057904881</t>
+          <t>9786057904997</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Yönetmen</t>
+          <t>Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057904911</t>
+          <t>9786057210517</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Yönetmenin Pusulası</t>
+          <t>Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057904836</t>
+          <t>9786057210531</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık İntiharı</t>
+          <t>Bayan Windermerein Yelpazesi</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057904843</t>
+          <t>9786057904973</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Pygmalion - Bir Kadın Yaratmak</t>
+          <t>Fatma Gülara Işık Tuğcu Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057904850</t>
+          <t>9786057904966</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Önemsiz Bir Kadın</t>
+          <t>Oyunculuk Eğitiminde Maske</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057904874</t>
+          <t>9786057904935</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Nirvana</t>
+          <t>Tiyatroda Yeni Yönelişler - Avangart Tiyatro</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057904867</t>
+          <t>9786057904959</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Emre Yalçın Toplu Oyunları 1</t>
+          <t>Meddah ve Cellat</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057904591</t>
+          <t>9786057904942</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar - Bounds</t>
+          <t>Sarah Kane Bütün Oyunları</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055127664</t>
+          <t>9786057904751</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Düzenbaz - Mavi Çakır Gözlü</t>
+          <t>Hevesle Beraberlik Arasında Bir Şey</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057904546</t>
+          <t>9789758106394</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sahne Eseri Yazma Yarışması 2020</t>
+          <t>Bertolt Brecht - Bütün Oyunları Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057904584</t>
+          <t>9786057904898</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Tiyatrosu - 1960'ların Alternatif Oyunları</t>
+          <t>Jan Dark - Ermiş Joan</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>8690100785680</t>
+          <t>9786057904904</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Yükselişten Sonra</t>
+          <t>Abdullah Öztürk Toplu Oyunları - 1</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>2789010002782</t>
+          <t>9786057904881</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 / Yazlıkçılar - Vassa Jeleznova</t>
+          <t>Duygusal Yönetmen</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>2789785959939</t>
+          <t>9786057904911</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 - Bir Sorumlu Aranıyor Tüm Ülke Taranıyor / Güneşi Parlatanların Gölgesinde / Limonluk Arısı / Son Gün</t>
+          <t>Tiyatroda Yönetmenin Pusulası</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789758648702</t>
+          <t>9786057904836</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 Dipte (Ayaktakımı Arasında) Dostigayev ve Diğerleri</t>
+          <t>Yalnızlık İntiharı</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>3033030007566</t>
+          <t>9786057904843</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 Gözlüklünün Maceraları / Sansür Var / Anarfişt Avcıları</t>
+          <t>Pygmalion - Bir Kadın Yaratmak</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>3033030007552</t>
+          <t>9786057904850</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Şiir ya da Banka / Yoğurt ve Kan /  Vitamin mi Zehir mi? / Fare Tutmayan Kedi</t>
+          <t>Önemsiz Bir Kadın</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>3033030005940</t>
+          <t>9786057904874</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Seyir Defteri (Julia) Dobrinja’da Düğün (Bir Günün Trilogyası)</t>
+          <t>Nirvana</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786054465552</t>
+          <t>9786057904867</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Göçmen Oyunlar / Sürgün Misafirler - Londra’ya Kiraz Geldi - Dayak Delisi</t>
+          <t>Emre Yalçın Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>3033030018308</t>
+          <t>9786057904591</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Geceyi Geçirme / Şehir / Resmi Geçit</t>
+          <t>Sınırlar - Bounds</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>3033030020592</t>
+          <t>9786055127664</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Duvar / Yerin Altında</t>
+          <t>Düzenbaz - Mavi Çakır Gözlü</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>2880000118633</t>
+          <t>9786057904546</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Bal Sineği / Aya Bir Yolcu / Uçamayan Kuşlar Tutulur / Beşgen</t>
+          <t>Sahne Eseri Yazma Yarışması 2020</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>3033030007551</t>
+          <t>9786057904584</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Alo 900 /  Konfetiler</t>
+          <t>Amerikan Tiyatrosu - 1960'ların Alternatif Oyunları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789757468721</t>
+          <t>8690100785680</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Avrupa Komedyası / Güzel Zamanlar</t>
+          <t>Yükselişten Sonra</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9789755080390</t>
+          <t>2789010002782</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Yapısalcı Çözümleme</t>
+          <t>Toplu Oyunları 3 / Yazlıkçılar - Vassa Jeleznova</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>8690100707743</t>
+          <t>2789785959939</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Nedir</t>
+          <t>Toplu Oyunları 3 - Bir Sorumlu Aranıyor Tüm Ülke Taranıyor / Güneşi Parlatanların Gölgesinde / Limonluk Arısı / Son Gün</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>3033030007577</t>
+          <t>9789758648702</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Tiresias’ın Memeleri "Sürrealist Dram"</t>
+          <t>Toplu Oyunları 2 Dipte (Ayaktakımı Arasında) Dostigayev ve Diğerleri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>2789785985372</t>
+          <t>3033030007566</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk - Barış Gezegeni - Mavi Gezegeni Kim Kurtarsın?</t>
+          <t>Toplu Oyunları 2 Gözlüklünün Maceraları / Sansür Var / Anarfişt Avcıları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>3033030015789</t>
+          <t>3033030007552</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare Sözlüğü</t>
+          <t>Toplu Oyunları 1 Şiir ya da Banka / Yoğurt ve Kan /  Vitamin mi Zehir mi? / Fare Tutmayan Kedi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>3033030007616</t>
+          <t>3033030005940</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Seyir Defteri Oyun Eleştirileri</t>
+          <t>Toplu Oyunları 1 Seyir Defteri (Julia) Dobrinja’da Düğün (Bir Günün Trilogyası)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054465972</t>
+          <t>9786054465552</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sahneye Bakmak 3</t>
+          <t>Toplu Oyunları 1 / Göçmen Oyunlar / Sürgün Misafirler - Londra’ya Kiraz Geldi - Dayak Delisi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>2008120400050</t>
+          <t>3033030018308</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1- Gün Anneme Gebe -Aydınlık Ama Kaç Mumluk - İziniz Var -Coşku ve Sayıklama</t>
+          <t>Toplu Oyunları 1 Geceyi Geçirme / Şehir / Resmi Geçit</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>2789785846598</t>
+          <t>3033030020592</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Canı</t>
+          <t>Toplu Oyunları 1 Duvar / Yerin Altında</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>2880000043041</t>
+          <t>2880000118633</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Gelişim Sürecinde Türk Tiyatrosu</t>
+          <t>Toplu Oyunları 1 Bal Sineği / Aya Bir Yolcu / Uçamayan Kuşlar Tutulur / Beşgen</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>8690100334628</t>
+          <t>3033030007551</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Eleştirinin Eleştirisi</t>
+          <t>Toplu Oyunları 1 Alo 900 /  Konfetiler</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>2880000114017</t>
+          <t>9789757468721</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Doğaçlama Tiyatro Yöntemi</t>
+          <t>Toplu Oyunları 1 - Avrupa Komedyası / Güzel Zamanlar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>8690100125523</t>
+          <t>9789755080390</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Divane Ağaç</t>
+          <t>Tiyatroda Yapısalcı Çözümleme</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>2880000002499</t>
+          <t>8690100707743</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kıyısı - Sevgi Kutusu - Bilen Kazansın</t>
+          <t>Tiyatro Nedir</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054465514</t>
+          <t>3033030007577</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Dağ Gülü Beybin - Beybin, The Wild Rose</t>
+          <t>Tiresias’ın Memeleri "Sürrealist Dram"</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789758106998</t>
+          <t>2789785985372</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Tiyatro</t>
+          <t>Sırça Köşk - Barış Gezegeni - Mavi Gezegeni Kim Kurtarsın?</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786054465538</t>
+          <t>3033030015789</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Tiyatrosu mu Dediniz</t>
+          <t>Shakespeare Sözlüğü</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>3033030004479</t>
+          <t>3033030007616</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Tiyatrosu -Çizmeli Kedi - Pollyanna - Ali Baba ve Kırk Haramiler</t>
+          <t>Seyir Defteri Oyun Eleştirileri</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>8690100988715</t>
+          <t>9786054465972</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Erkek Parkı</t>
+          <t>Sahneye Bakmak 3</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>3033030007561</t>
+          <t>2008120400050</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ceza Kanunu</t>
+          <t>Toplu Oyunları 1- Gün Anneme Gebe -Aydınlık Ama Kaç Mumluk - İziniz Var -Coşku ve Sayıklama</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>3033030025030</t>
+          <t>2789785846598</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Göl</t>
+          <t>Gölgenin Canı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054465958</t>
+          <t>2880000043041</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Büyük ve Küçük</t>
+          <t>Gelişim Sürecinde Türk Tiyatrosu</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>2789009930584</t>
+          <t>8690100334628</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 3 Bozuk Düzen / Hüzzam</t>
+          <t>Eleştirinin Eleştirisi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>2880000027218</t>
+          <t>2880000114017</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 2 - Yarın Cumartesi -Baba ile Oğul</t>
+          <t>Doğaçlama Tiyatro Yöntemi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789758106401</t>
+          <t>8690100125523</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bertolt Brecht Bütün Oyunları Cilt 9 (Ciltli)</t>
+          <t>Divane Ağaç</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9789755080154</t>
+          <t>2880000002499</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları Cilt: 1 (Ciltli)</t>
+          <t>Deniz Kıyısı - Sevgi Kutusu - Bilen Kazansın</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9789755080161</t>
+          <t>9786054465514</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Buluşma Yeri</t>
+          <t>Dağ Gülü Beybin - Beybin, The Wild Rose</t>
         </is>
       </c>
       <c r="C159" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>3033030023050</t>
+          <t>9789758106998</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Brecht’le Havana’da</t>
+          <t>Çocuklar İçin Tiyatro</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>2007022200041</t>
+          <t>9786054465538</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutlama</t>
+          <t>Çocuk Tiyatrosu mu Dediniz</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789758648269</t>
+          <t>3033030004479</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri 2</t>
+          <t>Çocuk Tiyatrosu -Çizmeli Kedi - Pollyanna - Ali Baba ve Kırk Haramiler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>3033030007581</t>
+          <t>8690100988715</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Altı Tutkulu Kadın / Kurban / Kafes</t>
+          <t>Erkek Parkı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057904560</t>
+          <t>3033030007561</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Bayazıt</t>
+          <t>Ceza Kanunu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>8690101025266</t>
+          <t>3033030025030</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Barut Fıçısı</t>
+          <t>Büyülü Göl</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9789758080055</t>
+          <t>9786054465958</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Azizname’95</t>
+          <t>Büyük ve Küçük</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>8690100042226</t>
+          <t>2789009930584</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Aynada</t>
+          <t>Bütün Oyunları 3 Bozuk Düzen / Hüzzam</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>2880000035732</t>
+          <t>2880000027218</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Asya Kukla Tiyatrosu</t>
+          <t>Bütün Oyunları 2 - Yarın Cumartesi -Baba ile Oğul</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786054465675</t>
+          <t>9789758106401</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>Bertolt Brecht Bütün Oyunları Cilt 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>2880000012320</t>
+          <t>9789755080154</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina</t>
+          <t>Bütün Oyunları Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>2789785843702</t>
+          <t>9789755080161</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Soytarı</t>
+          <t>Buluşma Yeri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>2789009932328</t>
+          <t>3033030023050</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>1. Oyun Yazma Yarışması 2006</t>
+          <t>Brecht’le Havana’da</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>3033030025047</t>
+          <t>2007022200041</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Barış İçin Savaş  - Oturan Boğa</t>
+          <t>Bir Kutlama</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>2880000067917</t>
+          <t>9789758648269</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Antik Tragedyalar ve Çağdaş Yorumları</t>
+          <t>Bütün Şiirleri 2</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>410</v>
+        <v>600</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>2016000003345</t>
+          <t>3033030007581</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>2. Oyun Yazma Yarışması 2007 Gençlik Oyunları</t>
+          <t>Toplu Oyunları 1 Altı Tutkulu Kadın / Kurban / Kafes</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>8690100926571</t>
+          <t>9786057904560</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Poetika</t>
+          <t>Bayazıt</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>2880000002147</t>
+          <t>8690101025266</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Mozart Küçük Dahinin Sihirli Notaları Gençlik Oyunu</t>
+          <t>Barut Fıçısı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>2007122800561</t>
+          <t>9789758080055</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Lodos</t>
+          <t>Azizname’95</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>2789785960256</t>
+          <t>8690100042226</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kumsal</t>
+          <t>Aynada</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>3033030007583</t>
+          <t>2880000035732</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kızılırmak (Kızılırmak-Karakoyun)</t>
+          <t>Asya Kukla Tiyatrosu</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>2008120400029</t>
+          <t>9786054465675</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunları - Keloğlan</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789757468585</t>
+          <t>2880000012320</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kafka Oyunları Kafka’nın Kadınları / Baba ve Oğul / Kafka’nın Şeyi</t>
+          <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789757468158</t>
+          <t>2789785843702</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İnsandan Kaçan (Adamcıl)</t>
+          <t>Akıllı Soytarı</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>3033030007550</t>
+          <t>2789009932328</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İlklerin Efendisi Şinasi ve Şair Evlenmesi</t>
+          <t>1. Oyun Yazma Yarışması 2006</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>8690100965372</t>
+          <t>3033030025047</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Gösteri Sanatlarında Işıklama Tasarımı</t>
+          <t>Barış İçin Savaş  - Oturan Boğa</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>2007020200005</t>
+          <t>2880000067917</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hasan Ağa’nın Karısı</t>
+          <t>Antik Tragedyalar ve Çağdaş Yorumları</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9789755020253</t>
+          <t>2016000003345</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Grips Oyunları 2 - Ciciş, Miniş, Korna ve Arda- Islık Çalabiliyor musun Yazgülü</t>
+          <t>2. Oyun Yazma Yarışması 2007 Gençlik Oyunları</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>3033030007556</t>
+          <t>8690100926571</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 1 Aşk Bir Masaldır / Ölü Mevsimler</t>
+          <t>Poetika</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>2880000058403</t>
+          <t>2880000002147</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Yaz Gecesi Rüyası</t>
+          <t>Mozart Küçük Dahinin Sihirli Notaları Gençlik Oyunu</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>3033030007582</t>
+          <t>2007122800561</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın İzindeki Kadınlar</t>
+          <t>Lodos</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786054465590</t>
+          <t>2789785960256</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yarın Ola Hayr’ola</t>
+          <t>Kumsal</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9789758648658</t>
+          <t>3033030007583</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Vasıf Öngören’in Tiyatro Dünyası</t>
+          <t>Kızılırmak (Kızılırmak-Karakoyun)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789955080659</t>
+          <t>2008120400029</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları-1 Çıkmaz Sokak / Dosya / Kör Döğüşü</t>
+          <t>Çocuk Oyunları - Keloğlan</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059306454</t>
+          <t>9789757468585</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Anton Çehov Kısa Oyunları (10 Oyun)</t>
+          <t>Kafka Oyunları Kafka’nın Kadınları / Baba ve Oğul / Kafka’nın Şeyi</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059306133</t>
+          <t>9789757468158</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bu Bir Oyun Olsaydı</t>
+          <t>İnsandan Kaçan (Adamcıl)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055127732</t>
+          <t>3033030007550</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bu Bir Film Olsaydı</t>
+          <t>İlklerin Efendisi Şinasi ve Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786057904683</t>
+          <t>8690100965372</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Gelişim Sürecinde Alman Kukla Tiyatrosu</t>
+          <t>Gösteri Sanatlarında Işıklama Tasarımı</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>2880000022145</t>
+          <t>2007020200005</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu - Çıplak Kral - Gizli Dünya - Masal Dünya</t>
+          <t>Hasan Ağa’nın Karısı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>2789785896265</t>
+          <t>9789755020253</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Güngör Dilmen Bildiri Kitabı</t>
+          <t>Grips Oyunları 2 - Ciciş, Miniş, Korna ve Arda- Islık Çalabiliyor musun Yazgülü</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789758106264</t>
+          <t>3033030007556</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Köleler Adası - Tartışma</t>
+          <t>Bütün Oyunları 1 Aşk Bir Masaldır / Ölü Mevsimler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789757785217</t>
+          <t>2880000058403</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1- Meddah / İpteki / Kadınlar Matinesi</t>
+          <t>Yaz Gecesi Rüyası</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057904829</t>
+          <t>3033030007582</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yoshi Oida - Oyunculuk Yöntemi</t>
+          <t>Yaşamın İzindeki Kadınlar</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786057904812</t>
+          <t>9786054465590</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Hipokrat ya da İngiliz Hasta</t>
+          <t>Yarın Ola Hayr’ola</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786057904805</t>
+          <t>9789758648658</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Zehir - Tuzak</t>
+          <t>Vasıf Öngören’in Tiyatro Dünyası</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786057904799</t>
+          <t>9789955080659</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sahne Eseri Yazma Yarışması 2021</t>
+          <t>Toplu Oyunları-1 Çıkmaz Sokak / Dosya / Kör Döğüşü</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786057904782</t>
+          <t>9786059306454</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Kadın Oyunları 1</t>
+          <t>Anton Çehov Kısa Oyunları (10 Oyun)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786057904775</t>
+          <t>9786059306133</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu</t>
+          <t>Eğer Bu Bir Oyun Olsaydı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786057904768</t>
+          <t>9786055127732</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2</t>
+          <t>Eğer Bu Bir Film Olsaydı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057904737</t>
+          <t>9786057904683</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 6 - Eşekarıları</t>
+          <t>Tarihsel Gelişim Sürecinde Alman Kukla Tiyatrosu</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786057904744</t>
+          <t>2880000022145</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 23 - Aias</t>
+          <t>Çirkin Ördek Yavrusu - Çıplak Kral - Gizli Dünya - Masal Dünya</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786057904706</t>
+          <t>2789785896265</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Küskün Yüreklerin Türküsü</t>
+          <t>Güngör Dilmen Bildiri Kitabı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786057904713</t>
+          <t>9789758106264</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Seyirci</t>
+          <t>Toplu Oyunları 1 Köleler Adası - Tartışma</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786057904690</t>
+          <t>9789757785217</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Oyun - Gerçek Paradoksu ve Aktörlük</t>
+          <t>Toplu Oyunları 1- Meddah / İpteki / Kadınlar Matinesi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>410</v>
+        <v>370</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057904720</t>
+          <t>9786057904829</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Moskova Sanat Tiyatrosu’ndan Egzersizler</t>
+          <t>Yoshi Oida - Oyunculuk Yöntemi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057904676</t>
+          <t>9786057904812</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Göçmen Sonrası Tiyatro</t>
+          <t>Hipokrat ya da İngiliz Hasta</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057904645</t>
+          <t>9786057904805</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Teatrallik</t>
+          <t>Toplu Oyunları 1 - Zehir - Tuzak</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057904652</t>
+          <t>9786057904799</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>İzlanda'nın Başkenti Şirket - Toplu Oyunları 6</t>
+          <t>Sahne Eseri Yazma Yarışması 2021</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057904669</t>
+          <t>9786057904782</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 22 - Elektra</t>
+          <t>Kadın Oyunları 1</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057904607</t>
+          <t>9786057904775</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 4 - Prenses - Amalia</t>
+          <t>Köroğlu</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057604614</t>
+          <t>9786057904768</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Bahsetmek Yok</t>
+          <t>Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057904621</t>
+          <t>9786057904737</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 21 - Yakarıcılar</t>
+          <t>Eski Yunan Komedyaları 6 - Eşekarıları</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057904577</t>
+          <t>9786057904744</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Yazarlığı</t>
+          <t>Eski Yunan Tragedyaları 23 - Aias</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057904539</t>
+          <t>9786057904706</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk Öğretilmez</t>
+          <t>Küskün Yüreklerin Türküsü</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057904522</t>
+          <t>9786057904713</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İskoç Tiyatrosu</t>
+          <t>Seyirci</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057904515</t>
+          <t>9786057904690</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot'un Yeni Maceraları ( The New Adventures of Don Quixote )</t>
+          <t>Oyun - Gerçek Paradoksu ve Aktörlük</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057904508</t>
+          <t>9786057904720</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuğun Büyübozumu</t>
+          <t>Moskova Sanat Tiyatrosu’ndan Egzersizler</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057904485</t>
+          <t>9786057904676</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Postdramatik Tiyatro</t>
+          <t>Almanya'da Göçmen Sonrası Tiyatro</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057904478</t>
+          <t>9786057904645</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Bir Ülke Arıyorum - Medea'nın Başörtüsü</t>
+          <t>Ölümcül Teatrallik</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057904461</t>
+          <t>9786057904652</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Beş Mevsim Bir Halk Düşmanı</t>
+          <t>İzlanda'nın Başkenti Şirket - Toplu Oyunları 6</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057904454</t>
+          <t>9786057904669</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Balkan Ajanı</t>
+          <t>Eski Yunan Tragedyaları 22 - Elektra</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057904447</t>
+          <t>9786057904607</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Savaş Müzesi - The War Museum</t>
+          <t>Toplu Oyunları 4 - Prenses - Amalia</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057904430</t>
+          <t>9786057604614</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi</t>
+          <t>Karanlıktan Bahsetmek Yok</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786058190801</t>
+          <t>9786057904621</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Oyuncular Eğitmenler ve Yönetmenler İçin Rol Çalışma Yöntemi - Meisner Tekniği</t>
+          <t>Eski Yunan Tragedyaları 21 - Yakarıcılar</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057904386</t>
+          <t>9786057904577</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Top Girls (Zirvedeki Kızlar)</t>
+          <t>Tiyatro Yazarlığı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057904393</t>
+          <t>9786057904539</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Köprüde</t>
+          <t>Oyunculuk Öğretilmez</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057904379</t>
+          <t>9786057904522</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Dilin Dramatiği</t>
+          <t>Çağdaş İskoç Tiyatrosu</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057904362</t>
+          <t>9786057904515</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 / Beşinci Mevsim - Matematiğin Kraliçesi (Hypatia) - Melankoli</t>
+          <t>Don Kişot'un Yeni Maceraları ( The New Adventures of Don Quixote )</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057904355</t>
+          <t>9786057904508</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Devrimden Tablolar - Deniz</t>
+          <t>Oyunculuğun Büyübozumu</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057904348</t>
+          <t>9786057904485</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Absürd Tiyatro ve Ionesco Oyun Çevirileri</t>
+          <t>Postdramatik Tiyatro</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>210</v>
+        <v>370</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057904331</t>
+          <t>9786057904478</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 / Yaşamsal Algoritmalar - Anne Beni Gezi'ye Götür - Neşter</t>
+          <t>Toplu Oyunları 1 / Bir Ülke Arıyorum - Medea'nın Başörtüsü</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057904232</t>
+          <t>9786057904461</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Çağımızda Oyun Yazarlığı</t>
+          <t>Beş Mevsim Bir Halk Düşmanı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057904225</t>
+          <t>9786057904454</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatrosunun Postmodern Poetikası 1</t>
+          <t>Balkan Ajanı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057904188</t>
+          <t>9786057904447</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunları 1 / Gül Güzeli - Kaplumbağa Silva Nasrettin Hoca</t>
+          <t>Savaş Müzesi - The War Museum</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057904256</t>
+          <t>9786057904430</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Enkaz Adası - Mülteci - Zamanın Dehlizinde Bir Kurşun</t>
+          <t>Vişne Bahçesi</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057904270</t>
+          <t>9786058190801</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Tiyatrosu / Çocuk Oyunları 1</t>
+          <t>Oyuncular Eğitmenler ve Yönetmenler İçin Rol Çalışma Yöntemi - Meisner Tekniği</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057904324</t>
+          <t>9786057904386</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sahne Dövüşü Koreografisi ve Estetiği</t>
+          <t>Top Girls (Zirvedeki Kızlar)</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057904287</t>
+          <t>9786057904393</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 6 / Onların Hikayesi</t>
+          <t>Köprüde</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057904249</t>
+          <t>9786057904379</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatrosu’nda Kara Mizahtan Kara Komedyaya Yansımalar</t>
+          <t>Dilin Dramatiği</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>210</v>
+        <v>450</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057904317</t>
+          <t>9786057904362</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Mezbaha</t>
+          <t>Toplu Oyunları 3 / Beşinci Mevsim - Matematiğin Kraliçesi (Hypatia) - Melankoli</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057904263</t>
+          <t>9786057904355</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Sahne Eseri Yazma Yarışması 2019</t>
+          <t>Toplu Oyunları 1 / Devrimden Tablolar - Deniz</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057904300</t>
+          <t>9786057904348</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ters Takla</t>
+          <t>Absürd Tiyatro ve Ionesco Oyun Çevirileri</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057904294</t>
+          <t>9786057904331</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sanki Hiçbir Şey Olmamış Gibi</t>
+          <t>Toplu Oyunları 2 / Yaşamsal Algoritmalar - Anne Beni Gezi'ye Götür - Neşter</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057904195</t>
+          <t>9786057904232</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Bir Porsiyon Eşek</t>
+          <t>Çağımızda Oyun Yazarlığı</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057904201</t>
+          <t>9786057904225</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Koleksiyoncu - Adel Seni Seçti</t>
+          <t>Türk Tiyatrosunun Postmodern Poetikası 1</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057904218</t>
+          <t>9786057904188</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Nina</t>
+          <t>Çocuk Oyunları 1 / Gül Güzeli - Kaplumbağa Silva Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057904171</t>
+          <t>9786057904256</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Asansör - Oyun Odası - Tiramisu</t>
+          <t>Toplu Oyunları 1 / Enkaz Adası - Mülteci - Zamanın Dehlizinde Bir Kurşun</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057904164</t>
+          <t>9786057904270</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Oyunculukta Ses Üretme Sanatı</t>
+          <t>Çocuk Tiyatrosu / Çocuk Oyunları 1</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057904140</t>
+          <t>9786057904324</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Öteki Ankara Müzikali - Nakş-ı Zigetvar</t>
+          <t>Sahne Dövüşü Koreografisi ve Estetiği</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057904157</t>
+          <t>9786057904287</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 / Ateşçi - Bir Sandık Masalı</t>
+          <t>Toplu Oyunları 6 / Onların Hikayesi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057904119</t>
+          <t>9786057904249</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kosova Tiyatrosu</t>
+          <t>Türk Tiyatrosu’nda Kara Mizahtan Kara Komedyaya Yansımalar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057904133</t>
+          <t>9786057904317</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Performance and Theatricality</t>
+          <t>Mezbaha</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057904102</t>
+          <t>9786057904263</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Satır Başı</t>
+          <t>Sahne Eseri Yazma Yarışması 2019</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057904089</t>
+          <t>9786057904300</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları - 3 - Piçhane - Müzeyyen</t>
+          <t>Ters Takla</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057904096</t>
+          <t>9786057904294</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yollu - Barış Gelini</t>
+          <t>Sanki Hiçbir Şey Olmamış Gibi</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057904126</t>
+          <t>9786057904195</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Erdoğan Toplu Oyunları - 1</t>
+          <t>Bir Porsiyon Eşek</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057904003</t>
+          <t>9786057904201</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bernard Shaw’un Oyunları</t>
+          <t>Toplu Oyunları 1 / Koleksiyoncu - Adel Seni Seçti</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057904027</t>
+          <t>9786057904218</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tragedyalar</t>
+          <t>Nina</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057904034</t>
+          <t>9786057904171</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Topuklu Terlik Süt Yapar</t>
+          <t>Toplu Oyunları 1 / Asansör - Oyun Odası - Tiramisu</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057904041</t>
+          <t>9786057904164</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Zümrüdüanka 1. Versiyon - Zümrüdüanka 2. Versiyon - Kırmızı Ruj - Teneke Mahalle</t>
+          <t>Oyunculukta Ses Üretme Sanatı</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059306997</t>
+          <t>9786057904140</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Göçmen Düğünü - Kapı Zili - Gece Gelen Kadın</t>
+          <t>Toplu Oyunları 1 / Öteki Ankara Müzikali - Nakş-ı Zigetvar</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059306980</t>
+          <t>9786057904157</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Hiç Yoktan</t>
+          <t>Toplu Oyunları 2 / Ateşçi - Bir Sandık Masalı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059306966</t>
+          <t>9786057904119</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>İstasyon</t>
+          <t>Kosova Tiyatrosu</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059306935</t>
+          <t>9786057904133</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ocak'ta Bahar</t>
+          <t>Performance and Theatricality</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059306942</t>
+          <t>9786057904102</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 20 - İon</t>
+          <t>Satır Başı</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059306843</t>
+          <t>9786057904089</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Tiyatroda Anlatı</t>
+          <t>Toplu Oyunları - 3 - Piçhane - Müzeyyen</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059306867</t>
+          <t>9786057904096</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Bir Şili Şarkısı - Ben, Frida Kahlo - Vicdan</t>
+          <t>Yollu - Barış Gelini</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786059306928</t>
+          <t>9786057904126</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Dr. Faustus</t>
+          <t>Hüseyin Erdoğan Toplu Oyunları - 1</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786059306874</t>
+          <t>9786057904003</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Devrimleri Üzerine Drama Uygulamaları</t>
+          <t>Bernard Shaw’un Oyunları</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059306898</t>
+          <t>9786057904027</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kunio Şimizu Oyunları 1 / İmzacı - Kulis</t>
+          <t>Küçük Tragedyalar</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059306904</t>
+          <t>9786057904034</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 18 - Herakles</t>
+          <t>Topuklu Terlik Süt Yapar</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059306911</t>
+          <t>9786057904041</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 19 - Andromakhe</t>
+          <t>Toplu Oyunları 1 / Zümrüdüanka 1. Versiyon - Zümrüdüanka 2. Versiyon - Kırmızı Ruj - Teneke Mahalle</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059306881</t>
+          <t>9786059306997</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Sahne Eseri Yazma Yarışması 2018</t>
+          <t>Toplu Oyunları 1 / Göçmen Düğünü - Kapı Zili - Gece Gelen Kadın</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059306829</t>
+          <t>9786059306980</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bir Peri Masalı (Radyum Kızları)</t>
+          <t>Hiç Yoktan</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059306836</t>
+          <t>9786059306966</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 : Antidepresan - İsimsiz - Aristoteles</t>
+          <t>İstasyon</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059306850</t>
+          <t>9786059306935</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 17 - Alkestis</t>
+          <t>Ocak'ta Bahar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059306799</t>
+          <t>9786059306942</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Grimm Kardeşler</t>
+          <t>Eski Yunan Tragedyaları 20 - İon</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059306805</t>
+          <t>9786059306843</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Oğul Oğul</t>
+          <t>Çağdaş Tiyatroda Anlatı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059306812</t>
+          <t>9786059306867</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Mahallemin Şahane Baskısı</t>
+          <t>Toplu Oyunları 1 / Bir Şili Şarkısı - Ben, Frida Kahlo - Vicdan</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059306768</t>
+          <t>9786059306928</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kapılar</t>
+          <t>Dr. Faustus</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059306782</t>
+          <t>9786059306874</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Şehrazat'ın Oyunu - Das Spiel der Schahrazad (Almanca-Türkçe)</t>
+          <t>Cumhuriyet Devrimleri Üzerine Drama Uygulamaları</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059306775</t>
+          <t>9786059306898</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kurbanlar Tanrı İstiyor</t>
+          <t>Kunio Şimizu Oyunları 1 / İmzacı - Kulis</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059306751</t>
+          <t>9786059306904</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Kosova Oyunları  Seçkisi</t>
+          <t>Eski Yunan Tragedyaları 18 - Herakles</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059306744</t>
+          <t>9786059306911</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Avukat Pierre Pathelin Farsı</t>
+          <t>Eski Yunan Tragedyaları 19 - Andromakhe</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059306737</t>
+          <t>9786059306881</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları - 1</t>
+          <t>Sahne Eseri Yazma Yarışması 2018</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059306720</t>
+          <t>9786059306829</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Efendiden Bir Uşak</t>
+          <t>Bir Peri Masalı (Radyum Kızları)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059306690</t>
+          <t>9786059306836</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Tarık Şerbetçioğlu Çocuk Oyunları</t>
+          <t>Toplu Oyunları 2 : Antidepresan - İsimsiz - Aristoteles</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059306706</t>
+          <t>9786059306850</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>E5 Rezidans 49. Kat</t>
+          <t>Eski Yunan Tragedyaları 17 - Alkestis</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059306652</t>
+          <t>9786059306799</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 4</t>
+          <t>Grimm Kardeşler</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059306645</t>
+          <t>9786059306805</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1</t>
+          <t>Oğul Oğul</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059306614</t>
+          <t>9786059306812</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Hasırlı Han Meseli</t>
+          <t>Mahallemin Şahane Baskısı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059306669</t>
+          <t>9786059306768</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ayak-Bacak Fabrikası / Savaş Oyunu</t>
+          <t>Kapılar</t>
         </is>
       </c>
       <c r="C301" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059306638</t>
+          <t>9786059306782</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Mültecileeeer</t>
+          <t>Şehrazat'ın Oyunu - Das Spiel der Schahrazad (Almanca-Türkçe)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059306683</t>
+          <t>9786059306775</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kaderimin Oyunu Mu Bu</t>
+          <t>Kurbanlar Tanrı İstiyor</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059306676</t>
+          <t>9786059306751</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Hayaletler Sonatı</t>
+          <t>Çağdaş Kosova Oyunları  Seçkisi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059306577</t>
+          <t>9786059306744</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Sahne Eseri Yazma Yarışması 2017</t>
+          <t>Avukat Pierre Pathelin Farsı</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059306607</t>
+          <t>9786059306737</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Ah Karagöz Vah Karagöz</t>
+          <t>Toplu Oyunları - 1</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059306584</t>
+          <t>9786059306720</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yeni, Yeniden</t>
+          <t>Efendiden Bir Uşak</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059306591</t>
+          <t>9786059306690</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kasabamız</t>
+          <t>Tarık Şerbetçioğlu Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059306546</t>
+          <t>9786059306706</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Memleketimden Kadın Manzaraları</t>
+          <t>E5 Rezidans 49. Kat</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059306553</t>
+          <t>9786059306652</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Komedyaları</t>
+          <t>Toplu Oyunları 4</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059306560</t>
+          <t>9786059306645</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tozu</t>
+          <t>Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059306522</t>
+          <t>9786059306614</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 3 - Kral Oidipus</t>
+          <t>Hasırlı Han Meseli</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059306515</t>
+          <t>9786059306669</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Üç Kız Kardeş</t>
+          <t>Ayak-Bacak Fabrikası / Savaş Oyunu</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059306485</t>
+          <t>9786059306638</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah</t>
+          <t>Mültecileeeer</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059306508</t>
+          <t>9786059306683</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Tolga Özenç Özençel Toplu Oyunları - 2</t>
+          <t>Kaderimin Oyunu Mu Bu</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059306492</t>
+          <t>9786059306676</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>Hayaletler Sonatı</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059306478</t>
+          <t>9786059306577</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Ali Cüneyd Kılcıoğlu Toplu Oyunları 3</t>
+          <t>Sahne Eseri Yazma Yarışması 2017</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059306461</t>
+          <t>9786059306607</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Koleksiyon</t>
+          <t>Ah Karagöz Vah Karagöz</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059306430</t>
+          <t>9786059306584</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 5</t>
+          <t>Yeni, Yeniden</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059306447</t>
+          <t>9786059306591</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Genet'nin Ezilenleri ve Hainleri</t>
+          <t>Kasabamız</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059306409</t>
+          <t>9786059306546</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Ben Anadolu</t>
+          <t>Memleketimden Kadın Manzaraları</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059306393</t>
+          <t>9786059306553</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>İki Kişilik Karmaşa</t>
+          <t>Antik Yunan Komedyaları</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059306416</t>
+          <t>9786059306560</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Uğur Saatçi Toplu Oyunlar 1</t>
+          <t>Yıldız Tozu</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059306379</t>
+          <t>9786059306522</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul</t>
+          <t>Eski Yunan Tragedyaları 3 - Kral Oidipus</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059306355</t>
+          <t>9786059306515</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Tarihi (Ciltli)</t>
+          <t>Üç Kız Kardeş</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>3500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059306348</t>
+          <t>9786059306485</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Rasat Zamanı</t>
+          <t>Hasan Sabbah</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059306317</t>
+          <t>9786059306508</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Derinde Akan Irmak: Haşmet Zeybek'i Anlamak</t>
+          <t>Tolga Özenç Özençel Toplu Oyunları - 2</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059306324</t>
+          <t>9786059306492</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1: Ortak Dolap - Şurubiler Korosu</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059306300</t>
+          <t>9786059306478</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Ali Cüneyd Kılcıoğlu Toplu Oyunları 3</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059306218</t>
+          <t>9786059306461</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Fırtına</t>
+          <t>Koleksiyon</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059306270</t>
+          <t>9786059306430</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>N. Taner Büyükarman - Toplu Oyunları 2</t>
+          <t>Toplu Oyunlar 5</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059306287</t>
+          <t>9786059306447</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Ebru Nihan Celkan - Toplu Oyunları 3</t>
+          <t>Genet'nin Ezilenleri ve Hainleri</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059306263</t>
+          <t>9786059306409</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Nesrin Kazankaya - Toplu Oyunları 5</t>
+          <t>Ben Anadolu</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059306294</t>
+          <t>9786059306393</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Hangi Çocuk Tiyatrosu</t>
+          <t>İki Kişilik Karmaşa</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059306232</t>
+          <t>9786059306416</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Buğday Kurdu</t>
+          <t>Uğur Saatçi Toplu Oyunlar 1</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059306256</t>
+          <t>9786059306379</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kaşık</t>
+          <t>Deli Dumrul</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059306249</t>
+          <t>9786059306355</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Tiyatro Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>170</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059306188</t>
+          <t>9786059306348</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Zenneler / Kadın Rolüne Çıkan Erkek Oyuncu Geleneği</t>
+          <t>Rasat Zamanı</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059306195</t>
+          <t>9786059306317</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Marina Carr Toplu Oyunları 1 - Kediler Bataklığı’nda / Portia Coughlan / Mai</t>
+          <t>Derinde Akan Irmak: Haşmet Zeybek'i Anlamak</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059306201</t>
+          <t>9786059306324</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Alman Oyunları Seçkisi</t>
+          <t>Toplu Oyunları 1: Ortak Dolap - Şurubiler Korosu</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059306164</t>
+          <t>9786059306300</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Yönetmenlik</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059306157</t>
+          <t>9786059306218</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Parmak</t>
+          <t>Fırtına</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059306140</t>
+          <t>9786059306270</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Allegretto Arnavutluk</t>
+          <t>N. Taner Büyükarman - Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059306119</t>
+          <t>9786059306287</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2</t>
+          <t>Ebru Nihan Celkan - Toplu Oyunları 3</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786055127879</t>
+          <t>9786059306263</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Aşilin Topuğu</t>
+          <t>Nesrin Kazankaya - Toplu Oyunları 5</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786055127985</t>
+          <t>9786059306294</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Genç Alman Yazarları 7</t>
+          <t>Hangi Çocuk Tiyatrosu</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786055127954</t>
+          <t>9786059306232</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Funda Özşener Toplu Oyunları 1</t>
+          <t>Buğday Kurdu</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786055127961</t>
+          <t>9786059306256</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Funda Özşener Toplu Oyunları 2</t>
+          <t>Kaşık</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786055127930</t>
+          <t>9786059306249</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Yaman Tüzcet Toplu Oyunları 2</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786055127923</t>
+          <t>9786059306188</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuğun Yolculuğu</t>
+          <t>Zenneler / Kadın Rolüne Çıkan Erkek Oyuncu Geleneği</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>470</v>
+        <v>370</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786055127831</t>
+          <t>9786059306195</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Fosforlu'nun Hikayesi</t>
+          <t>Marina Carr Toplu Oyunları 1 - Kediler Bataklığı’nda / Portia Coughlan / Mai</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786055127862</t>
+          <t>9786059306201</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Ebru Nihan Celkan Toplu Oyunları 2</t>
+          <t>Çağdaş Alman Oyunları Seçkisi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786055127855</t>
+          <t>9786059306164</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Paşa Paşa Tiyatro yahut Ahmet Vefik Paşa</t>
+          <t>Yönetmenlik</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786055127909</t>
+          <t>9786059306157</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Ali Cüneyd Kılcıoğlu Toplu Oyunları 2</t>
+          <t>Parmak</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786055127916</t>
+          <t>9786059306140</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kısasa Kısas</t>
+          <t>Allegretto Arnavutluk</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786055127886</t>
+          <t>9786059306119</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Yaban Ördeği</t>
+          <t>Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786055127893</t>
+          <t>9786055127879</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Latin Komedyaları 6 - Esirler</t>
+          <t>Aşilin Topuğu</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786055127848</t>
+          <t>9786055127985</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 5 - Lisistrata</t>
+          <t>Genç Alman Yazarları 7</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059306003</t>
+          <t>9786055127954</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Yazarın Yeni Bulunan Oyunu Vicdan</t>
+          <t>Funda Özşener Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059306034</t>
+          <t>9786055127961</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>7. Oyun Yazma Yarışması 2015</t>
+          <t>Funda Özşener Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059306072</t>
+          <t>9786055127930</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Kanunu</t>
+          <t>Yaman Tüzcet Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786055127275</t>
+          <t>9786055127923</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Angelina İle Angelus</t>
+          <t>Oyunculuğun Yolculuğu</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786055127329</t>
+          <t>9786055127831</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Kurbanın Kalça Egzersizleri</t>
+          <t>Fosforlu'nun Hikayesi</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786055127312</t>
+          <t>9786055127862</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>İkizler</t>
+          <t>Ebru Nihan Celkan Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786055127824</t>
+          <t>9786055127855</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Paşa Paşa Tiyatro yahut Ahmet Vefik Paşa</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786055127770</t>
+          <t>9786055127909</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Don Juan ya da Geometri Aşkı</t>
+          <t>Ali Cüneyd Kılcıoğlu Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786055127817</t>
+          <t>9786055127916</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Ozan Ömer Akgül Toplu Oyunları 1</t>
+          <t>Kısasa Kısas</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786055127800</t>
+          <t>9786055127886</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Feminist Tiyatro</t>
+          <t>Yaban Ördeği</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>470</v>
+        <v>220</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9789755080727</t>
+          <t>9786055127893</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Gazel</t>
+          <t>Latin Komedyaları 6 - Esirler</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789757785071</t>
+          <t>9786055127848</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Dağ Denize Kavuştu / Sevgili Kulübemiz / Ayşegül / Mustafa Kemal’in Askerleri</t>
+          <t>Eski Yunan Komedyaları 5 - Lisistrata</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786055127688</t>
+          <t>9786059306003</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 16 - Hippotülos</t>
+          <t>Yazarın Yeni Bulunan Oyunu Vicdan</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786055127794</t>
+          <t>9786059306034</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Tolga Özenç Özençel Toplu Oyunları 1</t>
+          <t>7. Oyun Yazma Yarışması 2015</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786055127657</t>
+          <t>9786059306072</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Bıçak Kanunu</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786055127428</t>
+          <t>9786055127275</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 : Bildirim / Largo Desolato</t>
+          <t>Angelina İle Angelus</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055127725</t>
+          <t>9786055127329</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları - 1 : Nehir 1 - Nehir 2 - Mişir - Stajyer</t>
+          <t>Kurbanın Kalça Egzersizleri</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786055127015</t>
+          <t>9786055127312</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Dram Sanatında Sınırları Zorlamak</t>
+          <t>İkizler</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786054465361</t>
+          <t>9786055127824</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Dram Sanatında Ezgi ve Uyum</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786055127404</t>
+          <t>9786055127770</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>TiyatroTem Oyunları 3 : Gündüz Niyetine - Sezonun Son Kabusu</t>
+          <t>Don Juan ya da Geometri Aşkı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786054465927</t>
+          <t>9786055127817</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Oyunları 1 - 4 / Zoraki Talib-Ayyar Hamza- Kokona Yatıyor- Pinti Hamit- İşkilli Memo</t>
+          <t>Ozan Ömer Akgül Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>3990000003010</t>
+          <t>9786055127800</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Epik Tiyatro</t>
+          <t>Feminist Tiyatro</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789758106073</t>
+          <t>9789755080727</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Tiyatro ve Dramaturgi</t>
+          <t>Dağınık Gazel</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789757468509</t>
+          <t>9789757785071</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Ortaoyunları 2 Dünyada Mekan Yahut Hilekar</t>
+          <t>Dağ Denize Kavuştu / Sevgili Kulübemiz / Ayşegül / Mustafa Kemal’in Askerleri</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786054465644</t>
+          <t>9786055127688</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Bir Klasik - Bernard-Marie Koltes</t>
+          <t>Eski Yunan Tragedyaları 16 - Hippotülos</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9759787785136</t>
+          <t>9786055127794</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Alman Yazarları - Dullar</t>
+          <t>Tolga Özenç Özençel Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786054465248</t>
+          <t>9786055127657</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 - Bu Anlamlı Günde - Köprüden Önce Son Çıkış - Medine</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786054465798</t>
+          <t>9786055127428</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 - Ah Smyrna’m, Güzel İzmir’im - Kazaen (Beyoğlunda Çarpışmalar)</t>
+          <t>Toplu Oyunları 1 : Bildirim / Largo Desolato</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789758875399</t>
+          <t>9786055127725</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Evdeydim ve Yağmurun Gelmesini Bekliyordum</t>
+          <t>Toplu Oyunları - 1 : Nehir 1 - Nehir 2 - Mişir - Stajyer</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786054465019</t>
+          <t>9786055127015</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kavuklu Hamdi</t>
+          <t>Dram Sanatında Sınırları Zorlamak</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054465187</t>
+          <t>9786054465361</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Kassandra</t>
+          <t>Dram Sanatında Ezgi ve Uyum</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789757468172</t>
+          <t>9786055127404</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kasaplığın El Kitabı</t>
+          <t>TiyatroTem Oyunları 3 : Gündüz Niyetine - Sezonun Son Kabusu</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789755080178</t>
+          <t>9786054465927</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Eleni ve Gül</t>
+          <t>Eski Türk Oyunları 1 - 4 / Zoraki Talib-Ayyar Hamza- Kokona Yatıyor- Pinti Hamit- İşkilli Memo</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789758648962</t>
+          <t>3990000003010</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Düzmece Müzikal</t>
+          <t>Epik Tiyatro</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789755080505</t>
+          <t>9789758106073</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Hikaye-i Mahmud Bedreddin Analık Davası Midirfillik Oyunu (Ham Hum Şaralop)</t>
+          <t>Çağdaş Tiyatro ve Dramaturgi</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789757785477</t>
+          <t>9789757468509</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 9 - Zincire Vurulmuş Prometheus</t>
+          <t>Çağdaş Ortaoyunları 2 Dünyada Mekan Yahut Hilekar</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789757468196</t>
+          <t>9786054465644</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 7 - Filoktetes / Philoctetes</t>
+          <t>Çağdaş Bir Klasik - Bernard-Marie Koltes</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789755080499</t>
+          <t>9759787785136</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 6 - Elektra</t>
+          <t>Çağdaş Alman Yazarları - Dullar</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786055127237</t>
+          <t>9786054465248</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Dr. Faust'un Ölümü</t>
+          <t>Toplu Oyunları 3 - Bu Anlamlı Günde - Köprüden Önce Son Çıkış - Medine</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786055127565</t>
+          <t>9786054465798</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Aradığınız Topluma Ulaşılamıyor</t>
+          <t>Toplu Oyunları 3 - Ah Smyrna’m, Güzel İzmir’im - Kazaen (Beyoğlunda Çarpışmalar)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055127251</t>
+          <t>9789758875399</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Ne Güzel Bir Gün</t>
+          <t>Toplu Oyunları 1 - Evdeydim ve Yağmurun Gelmesini Bekliyordum</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789757468707</t>
+          <t>9786054465019</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 / Ayakkabıcının Karısı - Bay Cristobal'ın Kukla Oyunu - Kız Kurusu Gül Hanım</t>
+          <t>Kavuklu Hamdi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789758106189</t>
+          <t>9786054465187</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 1 - Persler / Antigone</t>
+          <t>Kassandra</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786054465262</t>
+          <t>9789757468172</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 4- Kurbağalar</t>
+          <t>Kasaplığın El Kitabı</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786054465071</t>
+          <t>9789755080178</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Köprüden Görünüş</t>
+          <t>Eleni ve Gül</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786055127541</t>
+          <t>9789758648962</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1</t>
+          <t>Düzmece Müzikal</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055127572</t>
+          <t>9789755080505</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Genel Kaynak Kitabı: Devlet Tiyatroları Tarihi (1936-1991)</t>
+          <t>Toplu Oyunları 1 Hikaye-i Mahmud Bedreddin Analık Davası Midirfillik Oyunu (Ham Hum Şaralop)</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789757468127</t>
+          <t>9789757785477</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro ve Çocuk</t>
+          <t>Eski Yunan Tragedyaları 9 - Zincire Vurulmuş Prometheus</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789758648474</t>
+          <t>9789757468196</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Oyunları Sözlüğü Cilt 3</t>
+          <t>Eski Yunan Tragedyaları 7 - Filoktetes / Philoctetes</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789757468936</t>
+          <t>9789755080499</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Oyunları Sözlüğü Cilt: 1</t>
+          <t>Eski Yunan Tragedyaları 6 - Elektra</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786055127718</t>
+          <t>9786055127237</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Radyo Oyunları - 2</t>
+          <t>Dr. Faust'un Ölümü</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055127701</t>
+          <t>9786055127565</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Diktatör - Hayat Bayram Olsa</t>
+          <t>Aradığınız Topluma Ulaşılamıyor</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055127220</t>
+          <t>9786055127251</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Oyunları 4-5 Çok Bilen Çok Yanılır - İlk Göz Ağrısı</t>
+          <t>Ne Güzel Bir Gün</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789758106134</t>
+          <t>9789757468707</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Boyacı Dolatı Komedisi - 2. Bölüm</t>
+          <t>Toplu Oyunları 2 / Ayakkabıcının Karısı - Bay Cristobal'ın Kukla Oyunu - Kız Kurusu Gül Hanım</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055127534</t>
+          <t>9789758106189</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kunduracı Doktor</t>
+          <t>Eski Yunan Tragedyaları 1 - Persler / Antigone</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055127336</t>
+          <t>9786054465262</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Otelci Kadın</t>
+          <t>Eski Yunan Komedyaları 4- Kurbağalar</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055127268</t>
+          <t>9786054465071</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Pırpırlı Yaşam</t>
+          <t>Köprüden Görünüş</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055127503</t>
+          <t>9786055127541</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Hayaletler (Genspenster)</t>
+          <t>Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055127527</t>
+          <t>9786055127572</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Vakti Geldi</t>
+          <t>Genel Kaynak Kitabı: Devlet Tiyatroları Tarihi (1936-1991)</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055127510</t>
+          <t>9789757468127</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Belçika Oyunları 4</t>
+          <t>Tiyatro ve Çocuk</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059306089</t>
+          <t>9789758648474</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Bir Sonsuzluk Deneyimi Olarak Yazmak</t>
+          <t>Tiyatro Oyunları Sözlüğü Cilt 3</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059306096</t>
+          <t>9789757468936</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatrosunun Oluşumunda Oyun Önsözleri 1859-1923</t>
+          <t>Tiyatro Oyunları Sözlüğü Cilt: 1</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059306041</t>
+          <t>9786055127718</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Sahne Işığı</t>
+          <t>Radyo Oyunları - 2</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055127398</t>
+          <t>9786055127701</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Oda Komşum Richard Wagner</t>
+          <t>Toplu Oyunları 1 - Diktatör - Hayat Bayram Olsa</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055127343</t>
+          <t>9786055127220</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Doğaçlama</t>
+          <t>Eski Türk Oyunları 4-5 Çok Bilen Çok Yanılır - İlk Göz Ağrısı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055127411</t>
+          <t>9789758106134</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 (Kurgulamalar) / Bir Ata Krallığım - Herkes Aynı Bahçede</t>
+          <t>Boyacı Dolatı Komedisi - 2. Bölüm</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055127213</t>
+          <t>9786055127534</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 15 - Helena</t>
+          <t>Kunduracı Doktor</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055127138</t>
+          <t>9786055127336</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Çömlek (Aulularia)</t>
+          <t>Otelci Kadın</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055127671</t>
+          <t>9786055127268</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>6. Oyun Yazma Yarışması 2014</t>
+          <t>Pırpırlı Yaşam</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786055127589</t>
+          <t>9786055127503</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Özdemir Abi'me Mektuplar</t>
+          <t>Hayaletler (Genspenster)</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786055127640</t>
+          <t>9786055127527</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Ölü Ordunun Generali</t>
+          <t>Vakti Geldi</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786055127626</t>
+          <t>9786055127510</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Modern Tiyatro</t>
+          <t>Belçika Oyunları 4</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786055127596</t>
+          <t>9786059306089</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Ödül</t>
+          <t>Bir Sonsuzluk Deneyimi Olarak Yazmak</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786055127602</t>
+          <t>9786059306096</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları - 1: Geriye Kalan - Yunus Benem - Mansur'un Küpesi</t>
+          <t>Türk Tiyatrosunun Oluşumunda Oyun Önsözleri 1859-1923</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786054465354</t>
+          <t>9786059306041</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Stanislavski Okulunda "Oyunculuk Eğitimi"</t>
+          <t>Sahne Işığı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055127435</t>
+          <t>9786055127398</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 4 İki Oyun Bir Ülke</t>
+          <t>Oda Komşum Richard Wagner</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055127756</t>
+          <t>9786055127343</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 4 - İd-Ego ve Süper Kahraman, Var Olmayan Ayşe'nin Muhteşem Maceraları</t>
+          <t>Çağdaş Doğaçlama</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055127763</t>
+          <t>9786055127411</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Yılbaşı Partisi</t>
+          <t>Toplu Oyunları 3 (Kurgulamalar) / Bir Ata Krallığım - Herkes Aynı Bahçede</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786055127381</t>
+          <t>9786055127213</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 Herşey Yolunda - Yağmurlar Yüzünden - Aşk Bir Şey Değildir</t>
+          <t>Eski Yunan Tragedyaları 15 - Helena</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055127367</t>
+          <t>9786055127138</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Zehra İpşiroğlu Toplu Oyunları - Lena, Leyla ve Diğerleri / Pinokyo Kral Übü'nün Ülkesinde</t>
+          <t>Çömlek (Aulularia)</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055127497</t>
+          <t>9786055127671</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Liza Uyuyor - Kosova Tiyatrosu'ndan Bir Kuş Uçtu</t>
+          <t>6. Oyun Yazma Yarışması 2014</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786055127473</t>
+          <t>9786055127589</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>İşçi Babası Ömer Ağa ile Küçükhanımın Şöförü Recep</t>
+          <t>Özdemir Abi'me Mektuplar</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055127480</t>
+          <t>9786055127640</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Parti Zamanı</t>
+          <t>Ölü Ordunun Generali</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786055127466</t>
+          <t>9786055127626</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Belçika Oyunları 3 Babamın Gölgesinde Sivas - 2 Temmuz 1993</t>
+          <t>Modern Tiyatro</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786055127459</t>
+          <t>9786055127596</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>İlerleme</t>
+          <t>Ödül</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786054465255</t>
+          <t>9786055127602</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2: Nora, Bir Bebek Evi - Hedda Gabler</t>
+          <t>Toplu Oyunları - 1: Geriye Kalan - Yunus Benem - Mansur'un Küpesi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786054465842</t>
+          <t>9786054465354</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2: Gönlümdeki Osman Hamdi Bey - Pembe Konağın Gelinleri</t>
+          <t>Stanislavski Okulunda "Oyunculuk Eğitimi"</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786055127046</t>
+          <t>9786055127435</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Kabakçı Mustafa Vakası - Evham - Huysuzlar Kulübü</t>
+          <t>Toplu Oyunları 4 İki Oyun Bir Ülke</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9789757785767</t>
+          <t>9786055127756</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - İşçiler Cennete Gider - Kuş Kafesi</t>
+          <t>Toplu Oyunları 4 - İd-Ego ve Süper Kahraman, Var Olmayan Ayşe'nin Muhteşem Maceraları</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786055127060</t>
+          <t>9786055127763</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - İstanbul Hatırası / İstanbul ve Aşk</t>
+          <t>Yılbaşı Partisi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9789757785996</t>
+          <t>9786055127381</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 - Homburg Prensi / Küçük Katherine</t>
+          <t>Toplu Oyunları 2 Herşey Yolunda - Yağmurlar Yüzünden - Aşk Bir Şey Değildir</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9789757785866</t>
+          <t>9786055127367</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 / Lozan - Pir Sultan Abdal</t>
+          <t>Zehra İpşiroğlu Toplu Oyunları - Lena, Leyla ve Diğerleri / Pinokyo Kral Übü'nün Ülkesinde</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786054465316</t>
+          <t>9786055127497</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 / Kökler - Mutfak - Annie Wobbler</t>
+          <t>Toplu Oyunları 1 Liza Uyuyor - Kosova Tiyatrosu'ndan Bir Kuş Uçtu</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9789757785019</t>
+          <t>9786055127473</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2</t>
+          <t>İşçi Babası Ömer Ağa ile Küçükhanımın Şöförü Recep</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9789755080130</t>
+          <t>9786055127480</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Bugün Benim Doğum Günüm / Numan Nokta Net / Adı Maksut</t>
+          <t>Parti Zamanı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786054465934</t>
+          <t>9786055127466</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Yosunlar - Uçurum - Gece Oyunu</t>
+          <t>Belçika Oyunları 3 Babamın Gölgesinde Sivas - 2 Temmuz 1993</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786054465774</t>
+          <t>9786055127459</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy ve Anna - Üç Yılbaşı</t>
+          <t>İlerleme</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789758023370</t>
+          <t>9786054465255</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuz Tiyatroda Gerçekçilik</t>
+          <t>Toplu Oyunları 2: Nora, Bir Bebek Evi - Hedda Gabler</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789758648740</t>
+          <t>9786054465842</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Demokles’in Kılıcı</t>
+          <t>Toplu Oyunları 2: Gönlümdeki Osman Hamdi Bey - Pembe Konağın Gelinleri</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9789758648498</t>
+          <t>9786055127046</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Değişim</t>
+          <t>Toplu Oyunları 1 - Kabakçı Mustafa Vakası - Evham - Huysuzlar Kulübü</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789755080307</t>
+          <t>9789757785767</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Değişen Tiyatro</t>
+          <t>Toplu Oyunları 1 - İşçiler Cennete Gider - Kuş Kafesi</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9789758106349</t>
+          <t>9786055127060</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Soytarılar Okulu Soytarılar Gezide</t>
+          <t>Toplu Oyunları 1 - İstanbul Hatırası / İstanbul ve Aşk</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786054465668</t>
+          <t>9789757785996</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Sokrates Bulutlar’da</t>
+          <t>Toplu Oyunları 2 - Homburg Prensi / Küçük Katherine</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789758106745</t>
+          <t>9789757785866</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1:  Ah Şu Büyükler - Aşk Grevi</t>
+          <t>Toplu Oyunları 2 / Lozan - Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786055127114</t>
+          <t>9786054465316</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Yasaklarını Sat Bana / Yıldızların Gölgesinde Ağlamak / Kürek</t>
+          <t>Toplu Oyunları 2 / Kökler - Mutfak - Annie Wobbler</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789757785460</t>
+          <t>9789757785019</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Şerefiye - Zemberek - Çark</t>
+          <t>Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789757785064</t>
+          <t>9789755080130</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Troya’yı Özlüyorum - 8 Kısa Oyun</t>
+          <t>Toplu Oyunları 1 - Bugün Benim Doğum Günüm / Numan Nokta Net / Adı Maksut</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9789757785972</t>
+          <t>9786054465934</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar ve Türkler</t>
+          <t>Toplu Oyunları 1 Yosunlar - Uçurum - Gece Oyunu</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>3990000026499</t>
+          <t>9786054465774</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Mustafam Kemalim</t>
+          <t>Tolstoy ve Anna - Üç Yılbaşı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789757468134</t>
+          <t>9789758023370</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Sahne Tozu Tiyatro Yazıları</t>
+          <t>Uyumsuz Tiyatroda Gerçekçilik</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789758106950</t>
+          <t>9789758648740</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Sahne Çalışması İçin 100 Monolog Türk Oyunları Cilt 2</t>
+          <t>Demokles’in Kılıcı</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055127374</t>
+          <t>9789758648498</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>İzlanda Oyunları 1</t>
+          <t>Değişim</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789757785293</t>
+          <t>9789755080307</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>İzlanda Oyunları 2 - Mutfak Söyleşileri</t>
+          <t>Değişen Tiyatro</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789758648924</t>
+          <t>9789758106349</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>İyi Şanslar</t>
+          <t>Soytarılar Okulu Soytarılar Gezide</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>50</v>
+        <v>200</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786055127282</t>
+          <t>9786054465668</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Avcısının Andaçı</t>
+          <t>Sokrates Bulutlar’da</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786055127244</t>
+          <t>9789758106745</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Güçler Üstadı</t>
+          <t>Toplu Oyunları 1:  Ah Şu Büyükler - Aşk Grevi</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786055127299</t>
+          <t>9786055127114</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Kimsenin Ölmediği Günün Ertesiydi - Nerde Kalmıştık</t>
+          <t>Toplu Oyunları 1 / Yasaklarını Sat Bana / Yıldızların Gölgesinde Ağlamak / Kürek</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789757785859</t>
+          <t>9789757785460</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları-1 Eski Fotoğraflar / Gül Satardı Melek / Hanım / Katip Çıkmazı / Maviydi Bisikletim</t>
+          <t>Toplu Oyunları 1 / Şerefiye - Zemberek - Çark</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789757785743</t>
+          <t>9789757785064</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 7 - Gölge Tiyatrosu</t>
+          <t>Troya’yı Özlüyorum - 8 Kısa Oyun</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786055127145</t>
+          <t>9789757785972</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Kan Davası, Uyanış, İşadamı</t>
+          <t>Balkanlar ve Türkler</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786055127152</t>
+          <t>3990000026499</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 - Düğün / Utanmaz Adam</t>
+          <t>Mustafam Kemalim</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789757468769</t>
+          <t>9789757468134</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 - Kadın Oyunları / Sahici İnsanlar - Plastik Ölümler - Böyle Bir Aşk Masalı</t>
+          <t>Sahne Tozu Tiyatro Yazıları</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786055127176</t>
+          <t>9789758106950</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Koltuk Tozu</t>
+          <t>Sahne Çalışması İçin 100 Monolog Türk Oyunları Cilt 2</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786055127183</t>
+          <t>9786055127374</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Devletin Tiyatrosu Olmaz! (Mı?)</t>
+          <t>İzlanda Oyunları 1</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786055127121</t>
+          <t>9789757785293</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Git Gel Dolap</t>
+          <t>İzlanda Oyunları 2 - Mutfak Söyleşileri</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786055127206</t>
+          <t>9789758648924</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Uyanan Güzel</t>
+          <t>İyi Şanslar</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>170</v>
+        <v>50</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786055127169</t>
+          <t>9786055127282</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dereceden İşsizlik Yanığı</t>
+          <t>Bir Kadın Avcısının Andaçı</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9789755080031</t>
+          <t>9786055127244</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Parça Tesirli Pazarlar - Sevgili Pazartesilerim</t>
+          <t>Karanlık Güçler Üstadı</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786055127190</t>
+          <t>9786055127299</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Latin Komedyaları 4 -Urgan (Rudenis)</t>
+          <t>Toplu Oyunları 1 Kimsenin Ölmediği Günün Ertesiydi - Nerde Kalmıştık</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789757785668</t>
+          <t>9789757785859</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Zincire Vurulmuş Übü</t>
+          <t>Toplu Oyunları-1 Eski Fotoğraflar / Gül Satardı Melek / Hanım / Katip Çıkmazı / Maviydi Bisikletim</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789755080512</t>
+          <t>9789757785743</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Rengi</t>
+          <t>Toplu Oyunları 7 - Gölge Tiyatrosu</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789757785910</t>
+          <t>9786055127145</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Yüzde 100 Tiyatro</t>
+          <t>Toplu Oyunları 1 - Kan Davası, Uyanış, İşadamı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789755080314</t>
+          <t>9786055127152</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Yönetmen Tiyatronun Biçimi Yoktur</t>
+          <t>Toplu Oyunları 2 - Düğün / Utanmaz Adam</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789758023349</t>
+          <t>9789757468769</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Yönetmen Peter Stein</t>
+          <t>Toplu Oyunları 2 - Kadın Oyunları / Sahici İnsanlar - Plastik Ölümler - Böyle Bir Aşk Masalı</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786054465996</t>
+          <t>9786055127176</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinlere Oyunculuk Eğitimi</t>
+          <t>Koltuk Tozu</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789755080710</t>
+          <t>9786055127183</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Gece</t>
+          <t>Devletin Tiyatrosu Olmaz! (Mı?)</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786054465095</t>
+          <t>9786055127121</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kocalı Hürmüz</t>
+          <t>Git Gel Dolap</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786054465835</t>
+          <t>9786055127206</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Yazı Uçtu Sahneye Kondu</t>
+          <t>Uyanan Güzel</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786054465736</t>
+          <t>9786055127169</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Yaşamı, Sanat Anlayışı ve Yapıtlarıyla Sermet Çağan</t>
+          <t>İkinci Dereceden İşsizlik Yanığı</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789758648887</t>
+          <t>9789755080031</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Yarım Bardak Su</t>
+          <t>Toplu Oyunları 1 / Parça Tesirli Pazarlar - Sevgili Pazartesilerim</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789755080673</t>
+          <t>9786055127190</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Yapraklar</t>
+          <t>Latin Komedyaları 4 -Urgan (Rudenis)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789758875405</t>
+          <t>9789757785668</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Woyzeck</t>
+          <t>Zincire Vurulmuş Übü</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789757785613</t>
+          <t>9789755080512</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Viewpoints Kitabı</t>
+          <t>Zamanın Rengi</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786054465101</t>
+          <t>9789757785910</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Vichy’deki Olay</t>
+          <t>Yüzde 100 Tiyatro</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>170</v>
+        <v>370</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789757785095</t>
+          <t>9789755080314</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Uyarlama Oyunlar - Derviş ve Ölüm / Kale</t>
+          <t>Yönetmen Tiyatronun Biçimi Yoktur</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789755080680</t>
+          <t>9789758023349</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Uyarlama Oyunlar</t>
+          <t>Yönetmen Peter Stein</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789758875429</t>
+          <t>9786054465996</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Türk Hükümdarı Selim</t>
+          <t>Yetişkinlere Oyunculuk Eğitimi</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789757468202</t>
+          <t>9789755080710</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Tülin Tankut Toplu Oyunları 1</t>
+          <t>Yeşil Gece</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9789757785774</t>
+          <t>9786054465095</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Tüccarlar</t>
+          <t>Yedi Kocalı Hürmüz</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786054465873</t>
+          <t>9786054465835</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Troilos ile Kressida</t>
+          <t>Yazı Uçtu Sahneye Kondu</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786054465118</t>
+          <t>9786054465736</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Tragedya ve Siyaset</t>
+          <t>Yaşamı, Sanat Anlayışı ve Yapıtlarıyla Sermet Çağan</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789758648108</t>
+          <t>9789758648887</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Torun İstiyorum Genç Alman Yazarları 1</t>
+          <t>Yarım Bardak Su</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789758106844</t>
+          <t>9789755080673</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 5 Kuzguncuk Türküsü Şan, Şeref, Ün = Amfitrüon Troya İçinde Vurdular Beni</t>
+          <t>Yapraklar</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789757785101</t>
+          <t>9789758875405</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 4 - Che Guevara / Tiyatrocular / Ah Bir Yoksul Olsam</t>
+          <t>Woyzeck</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789758023356</t>
+          <t>9789757785613</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 Şapka - Ziyaretçi -Matruşka -Öğretmen</t>
+          <t>Viewpoints Kitabı</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789758106462</t>
+          <t>9786054465101</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 Kadın Üçlemesi Besleme Önce Sevgi Dünyanın Yaşlı Çocukları</t>
+          <t>Vichy’deki Olay</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789758875412</t>
+          <t>9789757785095</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 - Don Cristobita ile Dona Rosita’nın Acıklı Güldürüsü - Mariana Pineda</t>
+          <t>Uyarlama Oyunlar - Derviş ve Ölüm / Kale</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786055127107</t>
+          <t>9789755080680</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 - Bu Zamlar Bana Karşı / Bir Yiğit Masal Kuranda (Dev Masalı) / Sonsuz Operet</t>
+          <t>Uyarlama Oyunlar</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786054465965</t>
+          <t>9789758875429</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 - Ali Ayşeyi Seviyo, Beni Dünya Kadar Sev</t>
+          <t>Türk Hükümdarı Selim</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786055127039</t>
+          <t>9789757468202</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2: Yanar Elleri - Cehennem Yargıçları - Devlet Kuşu</t>
+          <t>Tülin Tankut Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789757785958</t>
+          <t>9789757785774</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2</t>
+          <t>Tüccarlar</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9789758648344</t>
+          <t>9786054465873</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 Muammer Muammer / Dağların Türküsü / İyi Yurttaş / Çukur</t>
+          <t>Troilos ile Kressida</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9789758648856</t>
+          <t>9786054465118</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 İki Kalas Bir Heves - Ramazan’la Cülide</t>
+          <t>Tragedya ve Siyaset</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789757785514</t>
+          <t>9789758648108</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 - Yaz Kızım - Kız Doğulmaz</t>
+          <t>Torun İstiyorum Genç Alman Yazarları 1</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789757785088</t>
+          <t>9789758106844</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2</t>
+          <t>Toplu Oyunları 5 Kuzguncuk Türküsü Şan, Şeref, Ün = Amfitrüon Troya İçinde Vurdular Beni</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786054465446</t>
+          <t>9789757785101</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2</t>
+          <t>Toplu Oyunları 4 - Che Guevara / Tiyatrocular / Ah Bir Yoksul Olsam</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786054465415</t>
+          <t>9789758023356</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1: Uzaktakiler - İnsansızlar - Soruşturma -Tut ki Öleceksin - Çiçek Sepetli Kız</t>
+          <t>Toplu Oyunları 3 Şapka - Ziyaretçi -Matruşka -Öğretmen</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789757785941</t>
+          <t>9789758106462</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Sultan ile Kızları - Tuhaf Bir Ölüm</t>
+          <t>Toplu Oyunları 3 Kadın Üçlemesi Besleme Önce Sevgi Dünyanın Yaşlı Çocukları</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786054465156</t>
+          <t>9789758875412</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1: Catilina - Bir Halk Düşmanı</t>
+          <t>Toplu Oyunları 3 - Don Cristobita ile Dona Rosita’nın Acıklı Güldürüsü - Mariana Pineda</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9789755080383</t>
+          <t>9786055127107</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Sanatçının Ölümü / Araf’ta Kalanlar / Karagöz’ün Muamması</t>
+          <t>Toplu Oyunları 3 - Bu Zamlar Bana Karşı / Bir Yiğit Masal Kuranda (Dev Masalı) / Sonsuz Operet</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9789758648504</t>
+          <t>9786054465965</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Ölümsüz Kullar - Senyora - Alabora</t>
+          <t>Toplu Oyunları 3 - Ali Ayşeyi Seviyo, Beni Dünya Kadar Sev</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9759788648782</t>
+          <t>9786055127039</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Müfettiş - Kumarbazlar - Evlenme</t>
+          <t>Toplu Oyunları 2: Yanar Elleri - Cehennem Yargıçları - Devlet Kuşu</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789757468387</t>
+          <t>9789757785958</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Midas’ın Kulakları / Midas’ın Altınları / Midas’ın Kördüğümü</t>
+          <t>Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>330</v>
+        <v>220</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786057904423</t>
+          <t>9789758648344</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Kanlı Düğün / Yerma / Bernarda Alba’nın Evi</t>
+          <t>Toplu Oyunları 2 Muammer Muammer / Dağların Türküsü / İyi Yurttaş / Çukur</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789758106547</t>
+          <t>9789758648856</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 İtaat Deneyi / Eylül Penceresinden İki Kozyatağı Manzarası / Elli Metre Yüksekten İçi Su Dolu Konserve Kutusuna Balıklama Atlamak / Gece Boyunca</t>
+          <t>Toplu Oyunları 2 İki Kalas Bir Heves - Ramazan’la Cülide</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789758648429</t>
+          <t>9789757785514</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Fay Hattı - Newton Bilgisayardan Ne Anlar</t>
+          <t>Toplu Oyunları 2 - Yaz Kızım - Kız Doğulmaz</t>
         </is>
       </c>
       <c r="C534" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789757468530</t>
+          <t>9789757785088</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Dün Bugün Yarın Biletler İki Kişilik</t>
+          <t>Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789758648764</t>
+          <t>9786054465446</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Dermeyan Masalı / Eşya ile Münasebeti Tayin Problemi / Büyü - Düğüm / Mutsuz Anneler Kulübü</t>
+          <t>Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789757468066</t>
+          <t>9786054465415</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Denizatı / İdris Baba</t>
+          <t>Toplu Oyunları 1: Uzaktakiler - İnsansızlar - Soruşturma -Tut ki Öleceksin - Çiçek Sepetli Kız</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789758106561</t>
+          <t>9789757785941</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Batı Rıhtımı / Zenciyle İtlerin Dalaşı</t>
+          <t>Toplu Oyunları 1 Sultan ile Kızları - Tuhaf Bir Ölüm</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9789758106769</t>
+          <t>9786054465156</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Batakhane Güzeli / Uygunsuzlar / Evin Kadınları</t>
+          <t>Toplu Oyunları 1: Catilina - Bir Halk Düşmanı</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789755080116</t>
+          <t>9789755080383</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Altın Post - Neron ile Agripina</t>
+          <t>Toplu Oyunları 1 Sanatçının Ölümü / Araf’ta Kalanlar / Karagöz’ün Muamması</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789757785033</t>
+          <t>9789758648504</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Parfüm - www.com -Yalanın Ardındaki</t>
+          <t>Toplu Oyunları 1 Ölümsüz Kullar - Senyora - Alabora</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789757468189</t>
+          <t>9759788648782</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Çukur - Cehenneme Git</t>
+          <t>Toplu Oyunları 1 Müfettiş - Kumarbazlar - Evlenme</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789757468943</t>
+          <t>9789757468387</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 (Bekleme Salonu - O.B.E.B. Ortak Bölenlerin En Büyüğü)</t>
+          <t>Toplu Oyunları 1 Midas’ın Kulakları / Midas’ın Altınları / Midas’ın Kördüğümü</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786054465163</t>
+          <t>9786057904423</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Zaman Aşımı 1: Diller de Günahkar / Zaman Aşımı 2: Son Celse / Tarlabaşı Bulvarı: Meydan’a Çıkmak</t>
+          <t>Toplu Oyunları 1 Kanlı Düğün / Yerma / Bernarda Alba’nın Evi</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789757785231</t>
+          <t>9789758106547</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Yüzleşme Oyunu / Erteleme Oyunu / Kaçma Oyunu</t>
+          <t>Toplu Oyunları 1 İtaat Deneyi / Eylül Penceresinden İki Kozyatağı Manzarası / Elli Metre Yüksekten İçi Su Dolu Konserve Kutusuna Balıklama Atlamak / Gece Boyunca</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789757785798</t>
+          <t>9789758648429</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Largo Romanamour / Gül’ün Öpüşü</t>
+          <t>Toplu Oyunları 1 Fay Hattı - Newton Bilgisayardan Ne Anlar</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789757785750</t>
+          <t>9789757468530</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Hoşgeldin Amerika - Külrengi Sabahlar - Bir Oyun Gibi</t>
+          <t>Toplu Oyunları 1 Dün Bugün Yarın Biletler İki Kişilik</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789757785736</t>
+          <t>9789758648764</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Direniş Üçlemesi</t>
+          <t>Toplu Oyunları 1 Dermeyan Masalı / Eşya ile Münasebeti Tayin Problemi / Büyü - Düğüm / Mutsuz Anneler Kulübü</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789758648368</t>
+          <t>9789757468066</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 6 Devlet ve İnsan - İttihat ve Terakki - Hakimiyet-i Milliye Aşevi</t>
+          <t>Toplu Oyunları 1 Denizatı / İdris Baba</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786054465903</t>
+          <t>9789758106561</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 3 / Dinmeyen Alkışlar (Cahide) - Farklı Bir Kadın</t>
+          <t>Toplu Oyunları 1 Batı Rıhtımı / Zenciyle İtlerin Dalaşı</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786054465897</t>
+          <t>9789758106769</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 3 -/ Bina - Ayrılık - Hastane</t>
+          <t>Toplu Oyunları 1 Batakhane Güzeli / Uygunsuzlar / Evin Kadınları</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789757785682</t>
+          <t>9789755080116</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 2 / Mutemet Ali Rıza Bey’in Yaşanmış Hayt Hikâyesi - Sayın Muhbir Vatandaşlar - Memurlar - Lades ya da Aile Ocağı - Kargalar</t>
+          <t>Toplu Oyunları 1 Altın Post - Neron ile Agripina</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786054465866</t>
+          <t>9789757785033</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1</t>
+          <t>Toplu Oyunları 1 Parfüm - www.com -Yalanın Ardındaki</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786054465880</t>
+          <t>9789757468189</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1 / Pencere - Transit Geçiş / Windows - Transit Passing</t>
+          <t>Toplu Oyunları 1 / Çukur - Cehenneme Git</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789757785729</t>
+          <t>9789757468943</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Tiyatrotem Oyunları 2 : Hakiki Gala</t>
+          <t>Toplu Oyunları 1 (Bekleme Salonu - O.B.E.B. Ortak Bölenlerin En Büyüğü)</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>3990000003263</t>
+          <t>9786054465163</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Tiyatrodan Gösteri Sanatlarına</t>
+          <t>Toplu Oyunları 1 - Zaman Aşımı 1: Diller de Günahkar / Zaman Aşımı 2: Son Celse / Tarlabaşı Bulvarı: Meydan’a Çıkmak</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789755080406</t>
+          <t>9789757785231</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Kültürler Arası Etkileşim</t>
+          <t>Toplu Oyunları 1 - Yüzleşme Oyunu / Erteleme Oyunu / Kaçma Oyunu</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789758106806</t>
+          <t>9789757785798</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Devrim</t>
+          <t>Toplu Oyunları 1 - Largo Romanamour / Gül’ün Öpüşü</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9799758106706</t>
+          <t>9789757785750</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Yazıları</t>
+          <t>Toplu Oyunları 1 - Hoşgeldin Amerika - Külrengi Sabahlar - Bir Oyun Gibi</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789757785002</t>
+          <t>9789757785736</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Theodora</t>
+          <t>Toplu Oyunları 1 - Direniş Üçlemesi</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789757468295</t>
+          <t>9789758648368</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Testosteron</t>
+          <t>Toplu Oyunlar 6 Devlet ve İnsan - İttihat ve Terakki - Hakimiyet-i Milliye Aşevi</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786054465057</t>
+          <t>9786054465903</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Cumhuriyeti</t>
+          <t>Toplu Oyunlar 3 / Dinmeyen Alkışlar (Cahide) - Farklı Bir Kadın</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786059306621</t>
+          <t>9786054465897</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Şehir</t>
+          <t>Toplu Oyunlar 3 -/ Bina - Ayrılık - Hastane</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>3990000001762</t>
+          <t>9789757785682</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 13 - Tebai’ye Karşı Yediler</t>
+          <t>Toplu Oyunlar 2 / Mutemet Ali Rıza Bey’in Yaşanmış Hayt Hikâyesi - Sayın Muhbir Vatandaşlar - Memurlar - Lades ya da Aile Ocağı - Kargalar</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786059306386</t>
+          <t>9786054465866</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Tartüf</t>
+          <t>Toplu Oyunlar 1</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786054465200</t>
+          <t>9786054465880</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Şu Bizim Evliya Çelebi</t>
+          <t>Toplu Oyunlar 1 / Pencere - Transit Geçiş / Windows - Transit Passing</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789757785804</t>
+          <t>9789757785729</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Metafiziği ve Dramaturjik Görüntüsü</t>
+          <t>Tiyatrotem Oyunları 2 : Hakiki Gala</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9789758648863</t>
+          <t>3990000003263</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Şiddet ile Oynamak</t>
+          <t>Tiyatrodan Gösteri Sanatlarına</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786054465682</t>
+          <t>9789755080406</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Şehir Büyüyor</t>
+          <t>Tiyatroda Kültürler Arası Etkileşim</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>3990000002999</t>
+          <t>9789758106806</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Şarkılarımız Ölmesin</t>
+          <t>Tiyatroda Devrim</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>45</v>
+        <v>220</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789757785545</t>
+          <t>9799758106706</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Şahmeran - Savaş Çiçekleri</t>
+          <t>Tiyatro Yazıları</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>3990000003008</t>
+          <t>9789757785002</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Suya Yazı Yazanlar</t>
+          <t>Theodora</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>410</v>
+        <v>200</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789757785354</t>
+          <t>9789757468295</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Suratına Tiyatro</t>
+          <t>Testosteron</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786054465422</t>
+          <t>9786054465057</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Stanislavski Sistemi ve Metot Oyunculuğu</t>
+          <t>Televizyon Cumhuriyeti</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9789755080185</t>
+          <t>9786059306621</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kitap - Şimdi Söyle!</t>
+          <t>Tek Kişilik Şehir</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9789757785262</t>
+          <t>3990000001762</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bunadı</t>
+          <t>Eski Yunan Tragedyaları 13 - Tebai’ye Karşı Yediler</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786054465408</t>
+          <t>9786059306386</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Seyir Defteri 2</t>
+          <t>Tartüf</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786054465767</t>
+          <t>9786054465200</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Serçe</t>
+          <t>Şu Bizim Evliya Çelebi</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786054465385</t>
+          <t>9789757785804</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Satıcının Ölümü</t>
+          <t>Şiddetin Metafiziği ve Dramaturjik Görüntüsü</t>
         </is>
       </c>
       <c r="C579" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786054465477</t>
+          <t>9789758648863</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Sarı Ay</t>
+          <t>Şiddet ile Oynamak</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786054465217</t>
+          <t>9786054465682</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Sahneye Bakmak - 2</t>
+          <t>Şehir Büyüyor</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9789758106721</t>
+          <t>3990000002999</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Sahneden İzdüşümler 1975 - 2000</t>
+          <t>Şarkılarımız Ölmesin</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>240</v>
+        <v>45</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789758106936</t>
+          <t>9789757785545</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Sahne Çalışması İçin 100 Monolog Cilt 1</t>
+          <t>Şahmeran - Savaş Çiçekleri</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789757785248</t>
+          <t>3990000003008</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali’yi Kim Öldürdü</t>
+          <t>Suya Yazı Yazanlar</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786054465941</t>
+          <t>9789757785354</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Rosmerler</t>
+          <t>Suratına Tiyatro</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786054465781</t>
+          <t>9786054465422</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Radyo Oyunları</t>
+          <t>Stanislavski Sistemi ve Metot Oyunculuğu</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786054465279</t>
+          <t>9789755080185</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Radyo Oyunları</t>
+          <t>Sihirli Kitap - Şimdi Söyle!</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786054465378</t>
+          <t>9789757785262</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Makyaj</t>
+          <t>Sınıf Bunadı</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789758648948</t>
+          <t>9786054465408</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel</t>
+          <t>Seyir Defteri 2</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>90</v>
+        <v>300</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789757785279</t>
+          <t>9786054465767</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Profesör Nebulus ya da Bilimin Tehlikesi</t>
+          <t>Serçe</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786054465989</t>
+          <t>9786054465385</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Plastik Aşklar</t>
+          <t>Satıcının Ölümü</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9789757468110</t>
+          <t>9786054465477</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Pelikanlar</t>
+          <t>Sarı Ay</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786054465545</t>
+          <t>9786054465217</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Pandaların Hikayesi</t>
+          <t>Sahneye Bakmak - 2</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789758648665</t>
+          <t>9789758106721</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Palavracı Asker Latin Komedyaları 1</t>
+          <t>Sahneden İzdüşümler 1975 - 2000</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789758106455</t>
+          <t>9789758106936</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Oyun Yazmak</t>
+          <t>Sahne Çalışması İçin 100 Monolog Cilt 1</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789758106646</t>
+          <t>9789757785248</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Oyun Yazarlığı</t>
+          <t>Sabahattin Ali’yi Kim Öldürdü</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786055127619</t>
+          <t>9786054465941</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Oyun Sonu</t>
+          <t>Rosmerler</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789758648221</t>
+          <t>9786054465781</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dram Kumpanyası</t>
+          <t>Radyo Oyunları</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789758875368</t>
+          <t>9786054465279</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Ortakçılar</t>
+          <t>Radyo Oyunları</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786054465651</t>
+          <t>9786054465378</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Orman Bekçileri - Yarını Akıl Yapar - Gökten Kaydı Üç Yıldız - Gül Emri</t>
+          <t>Profesyonel Makyaj</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789757468226</t>
+          <t>9789758648948</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Ophelia</t>
+          <t>Profesyonel</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786055127022</t>
+          <t>9789757785279</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Onikinci Gece</t>
+          <t>Profesör Nebulus ya da Bilimin Tehlikesi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789755080550</t>
+          <t>9786054465989</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Odalar</t>
+          <t>Plastik Aşklar</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789758106509</t>
+          <t>9789757468110</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Neyzen</t>
+          <t>Pelikanlar</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>170</v>
+        <v>90</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789758106714</t>
+          <t>9786054465545</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Oynanmalı</t>
+          <t>Pandaların Hikayesi</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786054465484</t>
+          <t>9789758648665</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Miyhavlar</t>
+          <t>Palavracı Asker Latin Komedyaları 1</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789757468356</t>
+          <t>9789758106455</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Merkeze Dönmek</t>
+          <t>Oyun Yazmak</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789755080536</t>
+          <t>9789758106646</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Maskeliler</t>
+          <t>Oyun Yazarlığı</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789757785637</t>
+          <t>9786055127619</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Masanın Altında</t>
+          <t>Oyun Sonu</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786054465460</t>
+          <t>9789758648221</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Masallardan Oyunlar</t>
+          <t>Osmanlı Dram Kumpanyası</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786055127091</t>
+          <t>9789758875368</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Madox ile Üç Gece</t>
+          <t>Ortakçılar</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9789757785576</t>
+          <t>9786054465651</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Leonce ile Lena</t>
+          <t>Orman Bekçileri - Yarını Akıl Yapar - Gökten Kaydı Üç Yıldız - Gül Emri</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786054465910</t>
+          <t>9789757468226</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Lear</t>
+          <t>Ophelia</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9789757785170</t>
+          <t>9786055127022</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Latin Tragedyaları 1 - Medeia</t>
+          <t>Onikinci Gece</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789758875382</t>
+          <t>9789755080550</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Latin Komedyaları 3 Bütün Oyunları 2</t>
+          <t>Odalar</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789757785309</t>
+          <t>9789758106509</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Latin Komedyaları 2 - Bütün Oyunları 1</t>
+          <t>Neyzen</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789755080239</t>
+          <t>9789758106714</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Döngü</t>
+          <t>Nasıl Oynanmalı</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789757785781</t>
+          <t>9786054465484</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Kutlama</t>
+          <t>Miyhavlar</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789758648726</t>
+          <t>9789757468356</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Kral Übü</t>
+          <t>Merkeze Dönmek</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786054465699</t>
+          <t>9789755080536</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear</t>
+          <t>Maskeliler</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789758648290</t>
+          <t>9789757785637</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Kral John</t>
+          <t>Masanın Altında</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9789758648801</t>
+          <t>9786054465460</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Kral 3. Richard</t>
+          <t>Masallardan Oyunlar</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786054465569</t>
+          <t>9786055127091</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Köprü</t>
+          <t>Madox ile Üç Gece</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789757785934</t>
+          <t>9789757785576</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Hikayeleri</t>
+          <t>Leonce ile Lena</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789757785538</t>
+          <t>9786054465910</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan / Dünyayı Tanıyorum / Hayvanlar Toplantısı</t>
+          <t>Lear</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789758648375</t>
+          <t>9789757785170</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Kedinin Büyüttüğü Çocuk - Ayı Adası</t>
+          <t>Latin Tragedyaları 1 - Medeia</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789758648870</t>
+          <t>9789758875382</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Efsanesi</t>
+          <t>Latin Komedyaları 3 Bütün Oyunları 2</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>170</v>
+        <v>385</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789755080062</t>
+          <t>9789757785309</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>Latin Komedyaları 2 - Bütün Oyunları 1</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789755080222</t>
+          <t>9789755080239</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Kantocu</t>
+          <t>Kutsal Döngü</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786054465064</t>
+          <t>9789757785781</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Nigar</t>
+          <t>Kutlama</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789757785712</t>
+          <t>9789758648726</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kaldırım Serçesi</t>
+          <t>Kral Übü</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789757785194</t>
+          <t>9786054465699</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Kahvehane</t>
+          <t>Kral Lear</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789755080703</t>
+          <t>9789758648290</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Kadınca</t>
+          <t>Kral John</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789757785835</t>
+          <t>9789758648801</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sığınağı</t>
+          <t>Kral 3. Richard</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9789755080246</t>
+          <t>9786054465569</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hikayeleri</t>
+          <t>Köprü</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786054465859</t>
+          <t>9789757785934</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Julius Caesar</t>
+          <t>Kıbrıs Hikayeleri</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789757468288</t>
+          <t>9789757785538</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Ay , Carmela - Leningrad Kuşatması</t>
+          <t>Keloğlan / Dünyayı Tanıyorum / Hayvanlar Toplantısı</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789758648986</t>
+          <t>9789758648375</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>İşgaller</t>
+          <t>Kedinin Büyüttüğü Çocuk - Ayı Adası</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786054465811</t>
+          <t>9789758648870</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>İrlanda Oyunları 2</t>
+          <t>Karagöz Efsanesi</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786054465606</t>
+          <t>9789755080062</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>İran Oyunları 1: Kuraklık ve Yalan - Ay Suda</t>
+          <t>Karacaoğlan</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>3990007468080</t>
+          <t>9789755080222</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Kuranlar</t>
+          <t>Kantocu</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789758648849</t>
+          <t>9786054465064</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>İmaj Katili</t>
+          <t>Kanlı Nigar</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786057904638</t>
+          <t>9789757785712</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>İki Efendinin Uşağı</t>
+          <t>Kaldırım Serçesi</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786054465347</t>
+          <t>9789757785194</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Hırvat Oyunları</t>
+          <t>Kahvehane</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789757785439</t>
+          <t>9789755080703</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Hernani</t>
+          <t>Kadınca</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789757785903</t>
+          <t>9789757785835</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Oğlumdu</t>
+          <t>Kadın Sığınağı</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789757785965</t>
+          <t>9789755080246</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Heinrich von Kleist Toplu Oyunları 1 - Kırık Testi</t>
+          <t>Kadın Hikayeleri</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9789757785316</t>
+          <t>9786054465859</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Heccav yahut Şair Eşref’in Esrarengiz Macerası</t>
+          <t>Julius Caesar</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789755080260</t>
+          <t>9789757468288</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Hayat Ağacında Tavus Kuşları</t>
+          <t>Toplu Oyunları 1 / Ay , Carmela - Leningrad Kuşatması</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>480</v>
+        <v>300</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789755080321</t>
+          <t>9789758648986</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Çocukları / Barbarlar Toplu Oyunları 4</t>
+          <t>İşgaller</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>3990000026179</t>
+          <t>9786054465811</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Gülmenin Oyunsu Özgürlüğü</t>
+          <t>İrlanda Oyunları 2</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789758103416</t>
+          <t>9786054465606</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Grips Tiyatrosu Oyunları 1 Ketçaplı Spagetti Gök, Toprak, Hava, Deniz Bella, Patron ve Bulli</t>
+          <t>İran Oyunları 1: Kuraklık ve Yalan - Ay Suda</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9789757785705</t>
+          <t>3990007468080</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Gizler Çarşısı</t>
+          <t>İmparatorluk Kuranlar</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789755080468</t>
+          <t>9789758648849</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 Giordano Bruno /  Memleketim Memleketim</t>
+          <t>İmaj Katili</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789758648894</t>
+          <t>9786057904638</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Oyunları Çürük Elma - Tavtati Kütüpati</t>
+          <t>İki Efendinin Uşağı</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789755080123</t>
+          <t>9786054465347</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Gelen Kadın</t>
+          <t>Hırvat Oyunları</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789757785521</t>
+          <t>9789757785439</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Gece Kulübü</t>
+          <t>Hernani</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789757785484</t>
+          <t>9789757785903</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Galileo’nun Günahları?</t>
+          <t>Hepsi Oğlumdu</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786054465743</t>
+          <t>9789757785965</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Forum Tiyatro ve Uygulamaları</t>
+          <t>Heinrich von Kleist Toplu Oyunları 1 - Kırık Testi</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789755080284</t>
+          <t>9789757785316</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Fil</t>
+          <t>Heccav yahut Şair Eşref’in Esrarengiz Macerası</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>3990000001483</t>
+          <t>9789755080260</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Hayat Ağacında Tavus Kuşları</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789755080482</t>
+          <t>9789755080321</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte Ufak Tefek Cinayetler</t>
+          <t>Güneşin Çocukları / Barbarlar Toplu Oyunları 4</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789755080376</t>
+          <t>3990000026179</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 5 - Troyalı Kadınlar</t>
+          <t>Gülmenin Oyunsu Özgürlüğü</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789757785880</t>
+          <t>9789758103416</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 4 - Medea</t>
+          <t>Grips Tiyatrosu Oyunları 1 Ketçaplı Spagetti Gök, Toprak, Hava, Deniz Bella, Patron ve Bulli</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789758106974</t>
+          <t>9789757785705</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 2 - Bakkhalar</t>
+          <t>Gizler Çarşısı</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786055127053</t>
+          <t>9789755080468</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 14 - Hekabe</t>
+          <t>Toplu Oyunları 3 Giordano Bruno /  Memleketim Memleketim</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786054465392</t>
+          <t>9789758648894</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 12 - Antigone</t>
+          <t>Gençlik Oyunları Çürük Elma - Tavtati Kütüpati</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789757785811</t>
+          <t>9789755080123</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 11 - Oresteia</t>
+          <t>Geçmişten Gelen Kadın</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786057904553</t>
+          <t>9789757785521</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 10 - Oidipus Kolonos’ta / Trakhisli Kadınlar</t>
+          <t>Gece Kulübü</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789757785200</t>
+          <t>9789757785484</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 2 - Barış</t>
+          <t>Galileo’nun Günahları?</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789758106943</t>
+          <t>9786054465743</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 1 - Huysuz Adam (Dyskolos)</t>
+          <t>Forum Tiyatro ve Uygulamaları</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786054465439</t>
+          <t>9789755080284</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Oyunları 8</t>
+          <t>Fil</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9789755080215</t>
+          <t>3990000001483</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Oyunları 7 Meraki</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789757468417</t>
+          <t>9789755080482</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Oyunları 6</t>
+          <t>Evlilikte Ufak Tefek Cinayetler</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789755080147</t>
+          <t>9789755080376</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Düğün ya da Davul</t>
+          <t>Eski Yunan Tragedyaları 5 - Troyalı Kadınlar</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786054465286</t>
+          <t>9789757785880</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Don Juan</t>
+          <t>Eski Yunan Tragedyaları 4 - Medea</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789757785323</t>
+          <t>9789758106974</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Derleme Tiyatro Sözlüğü</t>
+          <t>Eski Yunan Tragedyaları 2 - Bakkhalar</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789758648818</t>
+          <t>9786055127053</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Deniz Diye Bir Delikanlı</t>
+          <t>Eski Yunan Tragedyaları 14 - Hekabe</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786054465231</t>
+          <t>9786054465392</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Dar Ayakkabıyla Yaşamak</t>
+          <t>Eski Yunan Tragedyaları 12 - Antigone</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786054465132</t>
+          <t>9789757785811</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Danton’un Ölümü</t>
+          <t>Eski Yunan Tragedyaları 11 - Oresteia</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786054465088</t>
+          <t>9786057904553</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Çöpçü Auguste G.nin Düşe Çalan Yaşamı</t>
+          <t>Eski Yunan Tragedyaları 10 - Oidipus Kolonos’ta / Trakhisli Kadınlar</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>3990000004700</t>
+          <t>9789757785200</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunları Deniz Kızı / Saatin Yolculuğu</t>
+          <t>Eski Yunan Komedyaları 2 - Barış</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789758648771</t>
+          <t>9789758106943</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunları 4 Mıknatıs Çocuk - Konuşan Taş - Çocuk Ülkesi</t>
+          <t>Eski Yunan Komedyaları 1 - Huysuz Adam (Dyskolos)</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786055127077</t>
+          <t>9786054465439</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Prenses</t>
+          <t>Eski Türk Oyunları 8</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789758648160</t>
+          <t>9789755080215</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Çığ</t>
+          <t>Eski Türk Oyunları 7 Meraki</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789758106530</t>
+          <t>9789757468417</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Çağdaşımız Shakespeare</t>
+          <t>Eski Türk Oyunları 6</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789758106318</t>
+          <t>9789755080147</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Tiyatrosundan On Yazar</t>
+          <t>Düğün ya da Davul</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789758648092</t>
+          <t>9786054465286</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Tiyatromuzda Geleneksellik</t>
+          <t>Don Juan</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789755080017</t>
+          <t>9789757785323</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Che Guevara</t>
+          <t>Derleme Tiyatro Sözlüğü</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786054465453</t>
+          <t>9789758648818</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Canlı Maymun Lokantası</t>
+          <t>Deniz Diye Bir Delikanlı</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789757785842</t>
+          <t>9786054465231</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Cadı Kazanı</t>
+          <t>Dar Ayakkabıyla Yaşamak</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786054465309</t>
+          <t>9786054465132</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yarışma - Küçük Müfettişler</t>
+          <t>Danton’un Ölümü</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789755080437</t>
+          <t>9786054465088</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları-1 Nafile Dünya / Bir Ölümün Toplumsal Anatomisi / Rumuz Goncagül / Tanilli Dosyası (Geçit)</t>
+          <t>Çöpçü Auguste G.nin Düşe Çalan Yaşamı</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9789758106622</t>
+          <t>3990000004700</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları Cilt: 6 Küçük Burjuvanın Yedi Ölümcül Günahı / Horasyalılar Kuriasyalılar / Carrar Ananın Silahları / 3. Reich’ın Korku ve Sefaleti (Ciltli)</t>
+          <t>Çocuk Oyunları Deniz Kızı / Saatin Yolculuğu</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789758106363</t>
+          <t>9789758648771</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları Cilt: 3 Üç Kuruşluk Opera Mahagonny Mahagonny Kentinin Yükselişi ve Düşüşü Lindberghlerin Uçuşu Anlaşma Üzerine Baden Öğreti Oyunu Evet Diyen Evet Diyen. Hayır Diyen Önlem (1930) Önlem (1931) (Ciltli)</t>
+          <t>Çocuk Oyunları 4 Mıknatıs Çocuk - Konuşan Taş - Çocuk Ülkesi</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>3990000050067</t>
+          <t>9786055127077</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları Cilt 2: Bertolt Brecht (Ciltli)</t>
+          <t>Çiçek Prenses</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786059306539</t>
+          <t>9789758648160</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları: Almanya Defteri (Göç) / Asiye Nasıl Kurtulur? / Oyun Nasıl Oynanmalı? / Zengin Mutfağı</t>
+          <t>Çığ</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789757785453</t>
+          <t>9789758106530</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 1 Köşebaşı-Satılık Ev-Bir Pazar Günü</t>
+          <t>Çağdaşımız Shakespeare</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789758106240</t>
+          <t>9789758106318</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları  Cilt: 7 Galilei’nin Yaşamı (1938/39) / Galileo (Amerika Metni) / Galilei’nin Yaşamı (1955/56) / Dansen / Demirin Fiyatı Nedir? (Ciltli)</t>
+          <t>Çağdaş Türk Tiyatrosundan On Yazar</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>500</v>
+        <v>270</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789758106233</t>
+          <t>9789758648092</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları Cilt 10 (Ciltli)</t>
+          <t>Çağdaş Tiyatromuzda Geleneksellik</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>500</v>
+        <v>370</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786054465040</t>
+          <t>9789755080017</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Burcu ile Nurettin</t>
+          <t>Che Guevara</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9789758106370</t>
+          <t>9786054465453</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Brecht’i Anımsamak</t>
+          <t>Canlı Maymun Lokantası</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789758106783</t>
+          <t>9789757785842</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Brecht Dosyası</t>
+          <t>Cadı Kazanı</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786054465507</t>
+          <t>9786054465309</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Boş Şehir</t>
+          <t>Büyük Yarışma - Küçük Müfettişler</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789757468097</t>
+          <t>9789755080437</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Boğaç Han - Epik Çocuk Oyunu</t>
+          <t>Bütün Oyunları-1 Nafile Dünya / Bir Ölümün Toplumsal Anatomisi / Rumuz Goncagül / Tanilli Dosyası (Geçit)</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789755080024</t>
+          <t>9789758106622</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Birtakım Azizlikler</t>
+          <t>Bütün Oyunları Cilt: 6 Küçük Burjuvanın Yedi Ölümcül Günahı / Horasyalılar Kuriasyalılar / Carrar Ananın Silahları / 3. Reich’ın Korku ve Sefaleti (Ciltli)</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789755080734</t>
+          <t>9789758106363</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Bir Picasso, Lütfen</t>
+          <t>Bütün Oyunları Cilt: 3 Üç Kuruşluk Opera Mahagonny Mahagonny Kentinin Yükselişi ve Düşüşü Lindberghlerin Uçuşu Anlaşma Üzerine Baden Öğreti Oyunu Evet Diyen Evet Diyen. Hayır Diyen Önlem (1930) Önlem (1931) (Ciltli)</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789755080352</t>
+          <t>3990000050067</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Bir Gençlik Şarkısı</t>
+          <t>Bütün Oyunları Cilt 2: Bertolt Brecht (Ciltli)</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789755080628</t>
+          <t>9786059306539</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Bütün Oyunları: Almanya Defteri (Göç) / Asiye Nasıl Kurtulur? / Oyun Nasıl Oynanmalı? / Zengin Mutfağı</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789755080697</t>
+          <t>9789757785453</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Bir Böğürtlen Masalı - Tosbi</t>
+          <t>Bütün Oyunları 1 Köşebaşı-Satılık Ev-Bir Pazar Günü</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786054465491</t>
+          <t>9789758106240</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yalanlar</t>
+          <t>Bütün Oyunları  Cilt: 7 Galilei’nin Yaşamı (1938/39) / Galileo (Amerika Metni) / Galilei’nin Yaşamı (1955/56) / Dansen / Demirin Fiyatı Nedir? (Ciltli)</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789757785187</t>
+          <t>9789758106233</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Bertolt Brecht - Bütün Oyunları Cilt: 5 (Ciltli)</t>
+          <t>Bütün Oyunları Cilt 10 (Ciltli)</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789757785040</t>
+          <t>9786054465040</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Belçika Oyunları 2</t>
+          <t>Burcu ile Nurettin</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786054465170</t>
+          <t>9789758106370</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Brecht’i Anımsamak</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789757785286</t>
+          <t>9789758106783</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Becerikli Dul</t>
+          <t>Brecht Dosyası</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789755080758</t>
+          <t>9786054465507</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Bay Kolpert</t>
+          <t>Boş Şehir</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789757785507</t>
+          <t>9789757468097</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Baskınlar ve Düşler ya da Her Hayat Bir Kıştır</t>
+          <t>Boğaç Han - Epik Çocuk Oyunu</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789757785026</t>
+          <t>9789755080024</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Barış Ormanında Yarış</t>
+          <t>Birtakım Azizlikler</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789757468264</t>
+          <t>9789755080734</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Barbara’nın Doğumu</t>
+          <t>Bir Picasso, Lütfen</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786054465613</t>
+          <t>9789755080352</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Baba</t>
+          <t>Bir Gençlik Şarkısı</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786054465583</t>
+          <t>9789755080628</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Aylaklar</t>
+          <t>Bir Delinin Hatıra Defteri</t>
         </is>
       </c>
       <c r="C721" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789755080635</t>
+          <t>9789755080697</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kendisi Aşk</t>
+          <t>Bir Böğürtlen Masalı - Tosbi</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789758648238</t>
+          <t>9786054465491</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Çabası Boşuna</t>
+          <t>Beyaz Yalanlar</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786054465828</t>
+          <t>9789757785187</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Aşk Zamanı Savaş</t>
+          <t>Bertolt Brecht - Bütün Oyunları Cilt: 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>3990000003141</t>
+          <t>9789757785040</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Aradığımız Tiyatro</t>
+          <t>Belçika Oyunları 2</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786054465712</t>
+          <t>9786054465170</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Antonius ve Kleopatra</t>
+          <t>Bedel</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786054465224</t>
+          <t>9789757785286</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Annem Denizi İlk Kez Ellisinde Gördü</t>
+          <t>Becerikli Dul</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789757468004</t>
+          <t>9789755080758</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Aladağlı Mıho</t>
+          <t>Bay Kolpert</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
+          <t>9789757785507</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Baskınlar ve Düşler ya da Her Hayat Bir Kıştır</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9789757785026</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Barış Ormanında Yarış</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9789757468264</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Barbara’nın Doğumu</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786054465613</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Baba</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786054465583</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Aylaklar</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9789755080635</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Kendisi Aşk</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9789758648238</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Çabası Boşuna</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9786054465828</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Zamanı Savaş</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>3990000003141</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Aradığımız Tiyatro</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786054465712</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Antonius ve Kleopatra</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786054465224</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Annem Denizi İlk Kez Ellisinde Gördü</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9789757468004</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Aladağlı Mıho</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
           <t>9789755080079</t>
         </is>
       </c>
-      <c r="B729" s="1" t="inlineStr">
+      <c r="B741" s="1" t="inlineStr">
         <is>
           <t>Aktörlük Sanatı</t>
         </is>
       </c>
-      <c r="C729" s="1">
-        <v>420</v>
+      <c r="C741" s="1">
+        <v>500</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>