--- v1 (2026-02-04)
+++ v2 (2026-03-22)
@@ -85,11140 +85,14830 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789757468554</t>
+          <t>9786256794627</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ah! Tamara</t>
+          <t>Çağdaşımız Brecht</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789755080338</t>
+          <t>9786256794641</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tosca</t>
+          <t>Aslı Öngören Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256794405</t>
+          <t>9786256794634</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kimliksiz Kadın</t>
+          <t>Sevgili Kızım</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256794450</t>
+          <t>9786256794610</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çehov Oyunları (Rus İmparatorluğu 20. Yüzyılın Eşiğinde)</t>
+          <t>Fahrünissa</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256794498</t>
+          <t>9786256794603</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dramatik Tasarımın Temel Kavramları 3</t>
+          <t>Leyleği Doğurmak</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256794429</t>
+          <t>9786256794580</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Elektrikli Sandalye İçin Elektrik Yok</t>
+          <t>Deli Filozof</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256794436</t>
+          <t>9786059306973</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Turgay Korkmaz Toplu Oyunları 1</t>
+          <t>Funda Özşener Çocuk Oyunları - 1</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>280</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256794443</t>
+          <t>9786057904072</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Zeynep Kaçar Toplu Oyunları 7</t>
+          <t>Bir Flamingonun Rekli ve Çiçekli Hayatı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>200</v>
+        <v>18</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256794535</t>
+          <t>9786057904065</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Oyunlar</t>
+          <t>Ekin'in Macerası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>280</v>
+        <v>18</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256794566</t>
+          <t>9786057904058</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gerhart Hauptmann Toplu Oyunları 1</t>
+          <t>Yaralı Kadınlar Mutfağı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>350</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256794573</t>
+          <t>9789758645558</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Bir İntiharın Anatomisi</t>
+          <t>Yol İçerden Geçer</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>370</v>
+        <v>20</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256794597</t>
+          <t>3990000002568</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk Üzerine</t>
+          <t>Yoksun</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>440</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256794559</t>
+          <t>9789756648023</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bahçesi Benim... Evi Kim Alırsa Alsın</t>
+          <t>Toplu Oyunları 3 Gayri Resmi Hurrem / Sahibinden Kiralık / Yakındoğu’da Emanet</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>240</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256794467</t>
+          <t>9789758648153</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 7 - Zenginlik Tanrısı - Plutos</t>
+          <t>Toplu Oyunları 3 Ful Yaprakları - Düğün Şarkısı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256794474</t>
+          <t>9789757785583</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Emre Avşar Toplu Oyunları 1</t>
+          <t>Toplu Oyunları 3 - Simavnalı Şeyh Bedreddin / Atçalı Kel Mehmet / Tanrılar ve İnsanlar (Gılgameş)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256794481</t>
+          <t>9786054465125</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Neda Nejdana Toplu Oyunları 1</t>
+          <t>Toplu Oyunları 2 / Can Tarlası - Kadın Darbesi - 4. Murat Maskarası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>80</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256794504</t>
+          <t>3990000032457</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 9 - Bulutlar</t>
+          <t>Toplu Oyunları 2 Sarıpınar 1914 / Fehim Paşa Konağı / Resimli Osmanlı Tarihi / Bir Şehnaz Oyun</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256794511</t>
+          <t>9789758648016</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Tino Caspanello Toplu Oyunları 2 - Açık Havada Ekim Ayı İdi</t>
+          <t>Toplu Oyunları 2 Mutlu Beraberlik / Bir Kuşluk Vakti</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>240</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256794528</t>
+          <t>9789758648252</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 10 - Kadınlar Meclis’te</t>
+          <t>Toplu Oyunları 2 Miletos Güzeli - Memurin Faslı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>240</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256794542</t>
+          <t>9789758106158</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Koray Horasan Toplu Oyunları 1 - Göm Beni Kimi Öldürdüm Estralanya</t>
+          <t>Toplu Oyunları 2: Kel Şarkıcı - Ders</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>30</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9789757785644</t>
+          <t>8690100334970</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Beyaz</t>
+          <t>Toplu Oyunları 2 Karadul Efsanesi / Hücre İnsan / Prometheia / Karakedi Geçti / Tren Gidiyor</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>110</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9789757785651</t>
+          <t>9799758023058</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Bana William Deyin</t>
+          <t>Toplu Oyunları 2 - Kurban - Bağdat Hatun - Aşkımız Aksaray'ın En Büyük Yangını</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>110</v>
+        <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059306225</t>
+          <t>9789758106424</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Tragedyaları</t>
+          <t>Toplu Oyunları 2 İstanbul Beyaz Rakı Rengarenk Kırmızı Yorgunları Gözü Kara Alaturka</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>600</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9789757785446</t>
+          <t>9789755080048</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 8 - Aias / Elektra</t>
+          <t>Toplu Oyunları 2 Hürrem Sultan / Ya Devlet Başa Ya Kuzgun Leşe / Korku</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>170</v>
+        <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>8690100334499</t>
+          <t>9789758105700</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Kavramları Sözlüğü</t>
+          <t>Toplu Oyunları 2 Geriye Bakma Bağlanma</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>370</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9789757468516</t>
+          <t>9789758102297</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Saçmalarla Gerçekler</t>
+          <t>Toplu Oyunları 2 Gecenin Kulları / Memuroğlu Memur</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9789755080420</t>
+          <t>3990000003145</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Sandalım Kıyıya Bağlı / Marion ile Memet Toplu Oyunları 4</t>
+          <t>Toplu Oyunları 2 Erkekler Tuvaleti / Sokağa Çıkma Yasağı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789757785118</t>
+          <t>9789758648627</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Bir Aktörün Serüvenleri</t>
+          <t>Toplu Oyunları 2 Bekarlar Apartmanı - Başarı - Ormanda</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>70</v>
+        <v>80</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055127787</t>
+          <t>9789758106868</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Gerçekçi Oyunculuk</t>
+          <t>Toplu Oyunları 2 Başaklar - Mahkumlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>130</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786055127947</t>
+          <t>9789758106448</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Dekor ve Sahne Tasarımı</t>
+          <t>Toplu Oyunları 3</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059306065</t>
+          <t>9789758106608</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Roberto Zucco</t>
+          <t>Toplu Oyunları 2  Ateşle Gelin - Mem ile Zin</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>60</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059306171</t>
+          <t>9789757785569</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Postdramatik Tiyatro ve İngiliz Tiyatrosu</t>
+          <t>Yiğit Sertdemir Toplu Oyunlar 2</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>370</v>
+        <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057210616</t>
+          <t>3990000003004</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ebru Nihan Celkan Toplu Oyunları 5</t>
+          <t>Toplu Oyunları 2 - Kral Karun / Troya Geçilmez / Bir Kalem, Bir Kılıç, Bir de Kalp / Ksantos Trajedisi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>27</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057904928</t>
+          <t>9789758106967</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Birgül Yeşiloğlu Güler Toplu Oyunları 1</t>
+          <t>Toplu Oyunları 1 Yağmurum Olsana / Yanlış Adamlar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057210555</t>
+          <t>3990000011877</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Feraye Şahin Toplu Oyunları 1</t>
+          <t>Toplu Oyunları 1 Viyana Ormanlarından Masallar / İtalyan Gecesi / Don Juan Savaştan Geliyor / Figaro Boşanıyor</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9789758106332</t>
+          <t>9789755080451</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bertolt Brecht Bütün Oyunları Cilt: 11 Kafkas Tebeşir Dairesi / Sofokles’in Antigone’si (Ciltli)</t>
+          <t>Toplu Oyunları 1 Uzaklar, Bir Garip Oyun, Sevdalı Fidanlar, Karanlıkta İlk Işık (Kubilay)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>500</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>3990000026555</t>
+          <t>9789758023098</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları Cilt 8 (Ciltli)</t>
+          <t>Toplu Oyunları 1 Troya Savaşı Olmayacak / Kaptan Cook’un Gezisine Ek</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>500</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>3033030007571</t>
+          <t>8690100649074</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Scapin’in Dolapları / George Dandin</t>
+          <t>Toplu Oyunları 1 Oleanna / Glengarry Gleenn Ross / Tiyatroda Bir Yaşam / Şal</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789758648078</t>
+          <t>9789757468223</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sahnede Elli Sene</t>
+          <t>Toplu Oyunları 1 Nihavent Longa / Vali-i Vilayet Hademe-i Devlet / Yeniden Yaratma</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>370</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789757785828</t>
+          <t>9789758648382</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sahne Çalışması İçin 100 Monolog Türk Oyunları Cilt 5</t>
+          <t>Toplu Oyunları 1 Küçük Burjuvalar - Yegor Bulıçov ve Diğerleri</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>300</v>
+        <v>90</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789757785897</t>
+          <t>9789758648931</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 3 - Kuşlar - Bulutlar</t>
+          <t>Toplu Oyunları 1 Kevser’di - Ev-ses - Hayal Ustası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>220</v>
+        <v>34</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789758106691</t>
+          <t>9789758648979</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tiyatrosu Tarihi Cilt 1</t>
+          <t>Toplu Oyunları 1 Kanatlı Doğanlar - Su İzler - Medeia</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789758023660</t>
+          <t>3990000003078</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Tiyatrosu</t>
+          <t>Toplu Oyunları 1 Kahvehane - Korku Kemirir Ruhu - Kerhaneci</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>280</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054465729</t>
+          <t>3033030007580</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bir Aktör Hazırlanıyor</t>
+          <t>Toplu Oyunları 1 Kadın Oyunları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>370</v>
+        <v>38</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055127442</t>
+          <t>9789758023110</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk El Kitabı</t>
+          <t>Toplu Oyunları 1 Hamlet Efendi / İstanbul Müzikali</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>500</v>
+        <v>50</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789757785927</t>
+          <t>9789758106196</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Reji Sanatı</t>
+          <t>Toplu Oyunları 1 Çöplük / Şehrazat’ın Oyunu / Kuyu / Terzi Makası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>500</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054465149</t>
+          <t>9789758648757</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Ormanlardan Hemen Önceki Gece</t>
+          <t>Toplu Oyunları 1 Boylam - İnkar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054465194</t>
+          <t>9789758106042</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yanlışlıklar - Ne Dediniz, Anlamadım</t>
+          <t>Toplu Oyunları 1 Ay Tedirginliği / Dünyanın Ortasında Bir Yer</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055127978</t>
+          <t>9789758106103</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Henrik İbsen Toplu Oyunları 3</t>
+          <t>Toplu Oyunları 1 Amedee ya da Nasıl Kurtulmalı / Ölüm Oyunları / Macbett</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>45</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055127749</t>
+          <t>9789758106080</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Sandalye Oyunları: Alt Oda / Sandalye / Hiçbir Şeyim Yok</t>
+          <t>Toplu Oyunları 1 Alas Hatun / Yardirektörün Eşi / Mektuplar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>370</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057904409</t>
+          <t>9789755080369</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sanat Teori Eleştiri</t>
+          <t>Toplu Oyunları 1 Ah Şu Gençler, Töre, Ocak</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256794030</t>
+          <t>9789758106653</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dramatik Tasarımın Temel Kavramları 1</t>
+          <t>Toplu Oyunları 1 Adalet Adaleti Arıyor / Yontu</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256794139</t>
+          <t>2880000037750</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Becerikli Köle</t>
+          <t>Toplu Oyunları 1  Hulusi Bey’in Kızları   Bütün Menekşeler Annem Kokar Murat Oteli</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256794320</t>
+          <t>9789757785163</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Post-Truth Çağında Yeni Tiyatro</t>
+          <t>Toplu Oyunları - 1 / Altı Kişi Yazarını Arıyor - Liola - Ağzı Çiçekli Adam - Meslek Belgesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>450</v>
+        <v>45</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256794306</t>
+          <t>9789757785255</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>İmgesel Oyunculuk</t>
+          <t>Tiyatrotem Oyunları</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>500</v>
+        <v>34</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256794283</t>
+          <t>9789758106110</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Freshwater</t>
+          <t>Tiyatro-Devrim ve Meyerhold</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256794290</t>
+          <t>3990000050068</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Korkuluk</t>
+          <t>Tiyatro Oyunları Sözlüğü Cilt 2: Türk Tiyatrosu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>80</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256794337</t>
+          <t>9789757468714</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Amfibiler</t>
+          <t>Tiyatro İçin Küçük Organon</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256794344</t>
+          <t>3990000004760</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Amphitryon</t>
+          <t>Tiyatro Adamları Sözlüğü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055127633</t>
+          <t>9789758023128</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Oyuncuya Oyunculuk Tekniği Üzerine</t>
+          <t>Titus Andronicus</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>600</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256794276</t>
+          <t>3990000010931</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yönetmenlik Zanaatı – Tiyatro İçin El Kitabı</t>
+          <t>Tensing</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>500</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>3033030007576</t>
+          <t>9789757468424</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Eşik</t>
+          <t>Tacir Oyunları 1</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059306027</t>
+          <t>9789758106417</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sahne Kostümünde Temel Uygulamalar</t>
+          <t>Toplu Oyunları 1 Küçük Sevinçler Bulmalıyım / Avluda</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>270</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256794191</t>
+          <t>2880000076544</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 7 - Kuşlar</t>
+          <t>Surname İdamname</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256794184</t>
+          <t>9789755080611</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Zanina Mircevska Toplu Oyunları 1</t>
+          <t>Söylev</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256794207</t>
+          <t>9789755080413</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ali Cüneyd Kılcıoğlu Toplu Oyunları 4</t>
+          <t>Size Öyle Geliyorsa Öyledir</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>370</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256794238</t>
+          <t>9789758648313</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Birgül Yeşiloğlu Güler Toplu Oyunları 2</t>
+          <t>Siyah Çoraplılar</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256794269</t>
+          <t>9789758106790</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dramatik Tasarımın Temel Kavramları 2</t>
+          <t>Sırça Hayvan Koleksiyonu &amp; The Glass Menagerie</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>270</v>
+        <v>25</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256794252</t>
+          <t>9789758648917</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sözcü - Çağdaş Kanada Oyunları 2</t>
+          <t>Sevgili Hayat</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>18</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256794245</t>
+          <t>2789009925849</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Hep Hala Şafak - Çağdaş Kanada Oyunları 1</t>
+          <t>Sahneye Bakmak 1</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256794078</t>
+          <t>3990000002570</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Fuente Ovejuna</t>
+          <t>Sahne Çalışması İçin 100 Diyalog 2: Yabancı Oyunlar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256794108</t>
+          <t>9789758648467</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Duyulan Tiyatro</t>
+          <t>Saçmanın Tiyatrosu Ionesco - Kel Şarkıcı - Ders</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>370</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256794115</t>
+          <t>9786054465620</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Tiyatral Anlatım</t>
+          <t>Sanat Problemleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256794177</t>
+          <t>9789758106257</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100. Yılında Tiyatromuz Üstüne</t>
+          <t>Salak Oğlum</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>500</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256794214</t>
+          <t>9789758648405</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Gülmece</t>
+          <t>Sahne Çalışması İçin 100 Monolog Cilt 3</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256794221</t>
+          <t>9789758106288</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Tarihi</t>
+          <t>Gırgıriye</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>480</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789755080741</t>
+          <t>9789757023332</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Akıl Defteri</t>
+          <t>Gılgamış</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789755080086</t>
+          <t>9789757785125</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Ahmet Vefik Paşa’nın Moliere Çevirileri</t>
+          <t>Generallerin Beş Çayı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>25</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789757785989</t>
+          <t>9799758023072</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>5. Oyun Yazma Yarışma 2010</t>
+          <t>Gecenin Maskesi Shakespeare Oyunları Üzerine İnceleme</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>370</v>
+        <v>18</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789758875337</t>
+          <t>9789758648306</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>4. Oyun Yazma Yarışması 2009</t>
+          <t>Eski Türk Oyunları 5 İlk Göz Ağrısı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>370</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9789757785552</t>
+          <t>9789758648085</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>4. Henri</t>
+          <t>Eski Türk Oyunları 4 - Çok Bilen Çok Yanılır</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9789757468301</t>
+          <t>9789758648061</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>3. Oyun Yazma Yarışması</t>
+          <t>Eski Türk Oyunları 3 Pinti Hamit / İşkilli Memo</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789758106387</t>
+          <t>9789758106981</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>2000’li Yıllara Doğru Tiyatro</t>
+          <t>Eski Türk Oyunları 2 Ayyar Hamza / Kokona Yatıyor</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>270</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789758648436</t>
+          <t>9789758106929</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sahne Çalışması İçin 100 Monolog Cilt 4</t>
+          <t>Eski Türk Oyunları 1 Zoraki Tabip</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789758023165</t>
+          <t>9789758648177</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Halk Tiyatrosu ve Dario Fo</t>
+          <t>Elveda Dünya Merhaba Kainat Memet Baydur’un Ardından</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789758106905</t>
+          <t>9789757468240</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Harikalar Avlusu</t>
+          <t>Dünya Tiyatrosu Tarihi 2</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055127992</t>
+          <t>9789758023028</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İran Oyunları 2 - Bir Dakika Saygı Duruşu</t>
+          <t>Dünya Bir Sahnedir</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>110</v>
+        <v>22</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256794054</t>
+          <t>9789758648009</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 25 - İfigenia Aulis'te</t>
+          <t>Dramaturgi Oyun Sanatbilim</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256794061</t>
+          <t>9786054465804</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İngiliz Tiyatrosu Rehberliği</t>
+          <t>Drama ve Okul Tiyatrosu</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>480</v>
+        <v>27</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256794047</t>
+          <t>9789758648450</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3</t>
+          <t>Dram Sanatı : İnsanı Geçitlerde Sınayan Sanat</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259969213</t>
+          <t>9786055127008</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 24 - Herakles'in Çocukları</t>
+          <t>Doğaçlama İçin Elkitabı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>200</v>
+        <v>24</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786259969183</t>
+          <t>9786055127084</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2</t>
+          <t>Diksiyon</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256794009</t>
+          <t>9789758648351</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Reji Sanatı II. Genişletilmiş Baskı</t>
+          <t>Definename</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>450</v>
+        <v>20</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259969190</t>
+          <t>9789758648719</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Oyun Yazarlığına Giriş</t>
+          <t>Çağdaş Alman Kadın Yazarları 2</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>220</v>
+        <v>55</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259969169</t>
+          <t>9789758648696</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Türk Tiyatrosunda Seyirci Olgusu</t>
+          <t>Çağdaş Alman Kadın Yazarları 1 Ekmek Parası Köpek, Kadın, Erkek</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>450</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259969138</t>
+          <t>9789758106523</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Fil Rüyası</t>
+          <t>Cumhuriyetin 75. Yılında Türk Tiyatrosu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>200</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786259969152</t>
+          <t>9789758106684</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Biz Ölüler Uyanınca</t>
+          <t>Commedia dell’Arte Oyuncular İçin Elkitabı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786259969145</t>
+          <t>9789758106813</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Siyah - Tutulma - Neon - Covid'li İşkembe Çorbası</t>
+          <t>Caner Bilginer Çağdaş Ortaoyunları 1 Hayırlı Evlat / İnternetçi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>220</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057210586</t>
+          <t>9789758648689</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yetmiş Üç</t>
+          <t>Can Ateşinde Kanatlar (Mevlana)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786057210562</t>
+          <t>9789757468088</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Ergüven Toplu Oyunları - 1</t>
+          <t>Bosna Şarkısı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>35</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786057210593</t>
+          <t>3990000014288</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1</t>
+          <t>Bütün Oyunları Tozlu Çizmeler Evler Evler 403.Kilometre</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>220</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786057210609</t>
+          <t>3990000015891</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Stanislavski Sistemi ve Nuri Bilge Ceylan Sinemasında Oyuncu Yönetimi</t>
+          <t>Ay Mandalina (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>450</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057904492</t>
+          <t>9789755080529</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Online Yaratıcı Drama Eğitimi</t>
+          <t>Bir Avuç Alkış (Anılar)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>220</v>
+        <v>32.41</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786057210524</t>
+          <t>3990000005051</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İdeal Bir Koca</t>
+          <t>Bina</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>270</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057210548</t>
+          <t>3990000003005</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Küklops / Antik Yunan Satir Oyunu</t>
+          <t>Benim Meskenim Dağlardır</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057210500</t>
+          <t>9789757468653</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Biraz Daha Çikolata</t>
+          <t>Bay Keuner’in Öyküleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057904980</t>
+          <t>9789758023011</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Düş Yakamdan</t>
+          <t>Bale Sözlüğü</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>200</v>
+        <v>28</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786057904997</t>
+          <t>9789758106271</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1</t>
+          <t>Babam</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>270</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786057210517</t>
+          <t>9789758106219</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1</t>
+          <t>Ayrılık</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786057210531</t>
+          <t>9789758023677</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bayan Windermerein Yelpazesi</t>
+          <t>Ay ile Yarış Amerikan Oyunları Racing With The Moon American Plays</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057904973</t>
+          <t>9789757468578</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Fatma Gülara Işık Tuğcu Toplu Oyunları 1</t>
+          <t>Ay Işığı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057904966</t>
+          <t>9789758648191</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk Eğitiminde Maske</t>
+          <t>Ateş Yüzlü Genç Alman Yazarları 4</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>270</v>
+        <v>20</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057904935</t>
+          <t>9786054465033</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Yeni Yönelişler - Avangart Tiyatro</t>
+          <t>Aşkın Dili</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>370</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057904959</t>
+          <t>9789758648597</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Meddah ve Cellat</t>
+          <t>Artiz Mektebi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057904942</t>
+          <t>9789758106325</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sarah Kane Bütün Oyunları</t>
+          <t>Akrep</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>500</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057904751</t>
+          <t>9789755080643</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hevesle Beraberlik Arasında Bir Şey</t>
+          <t>Akıl Yoktur Ne Yaştadır, Ne Başta</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>280</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9789758106394</t>
+          <t>9759787785143</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bertolt Brecht - Bütün Oyunları Cilt: 4 (Ciltli)</t>
+          <t>Adamotu</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>600</v>
+        <v>110</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057904898</t>
+          <t>9789758648825</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Jan Dark - Ermiş Joan</t>
+          <t>Sahne Çalışması İçin 100 Diyalog - Türk Oyunları 1</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057904904</t>
+          <t>9789758648399</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Öztürk Toplu Oyunları - 1</t>
+          <t>Belçika Oyunları 1 Oda ve Adam - Kuzey Işığı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057904881</t>
+          <t>9786055127558</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Yönetmen</t>
+          <t>Aldatma</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>270</v>
+        <v>18</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057904911</t>
+          <t>9789757468868</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Yönetmenin Pusulası</t>
+          <t>20. Yüzyılda Tiyatro</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>270</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057904836</t>
+          <t>9786055127695</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık İntiharı</t>
+          <t>Sinema ve Tiyatro Oyunculuğu</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>27</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057904843</t>
+          <t>9799758023041</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Pygmalion - Bir Kadın Yaratmak</t>
+          <t>Reji Defteri Çehov’un "Üç Kızkardeş" Oyunu</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057904850</t>
+          <t>9789758023004</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Önemsiz Bir Kadın</t>
+          <t>Radyo Oyunları Bir Düş Alışverişi / Ağustos Böcekleri / Manhattan’ın İyi Tanrısı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057904874</t>
+          <t>3990000002576</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Nirvana</t>
+          <t>Prömiyer</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057904867</t>
+          <t>9789758106820</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Emre Yalçın Toplu Oyunları 1</t>
+          <t>Pandomimin Anatomisi (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057904591</t>
+          <t>9786054465705</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sınırlar - Bounds</t>
+          <t>Ölüm ve Kız</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055127664</t>
+          <t>9789758106899</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Düzenbaz - Mavi Çakır Gözlü</t>
+          <t>Ölüm Uykudaydı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057904546</t>
+          <t>9789758106882</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sahne Eseri Yazma Yarışması 2020</t>
+          <t>Ödüllü Oyunlar 2</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>370</v>
+        <v>95</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057904584</t>
+          <t>9789758106592</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Tiyatrosu - 1960'ların Alternatif Oyunları</t>
+          <t>Ödüllü Oyunlar 1 Ölü Törenler / Ormanda / Düşmanla Sevişenler / 3 Ekim’de Nostalji / Sapan</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>8690100785680</t>
+          <t>9789755080666</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Yükselişten Sonra</t>
+          <t>Oyunculuk Sınavlarına Hazırlık Kılavuzu</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>18</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>2789010002782</t>
+          <t>9789758648733</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 / Yazlıkçılar - Vassa Jeleznova</t>
+          <t>Oyunculuk Sanatında Doğaçlama</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>2789785959939</t>
+          <t>3033030007614</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 - Bir Sorumlu Aranıyor Tüm Ülke Taranıyor / Güneşi Parlatanların Gölgesinde / Limonluk Arısı / Son Gün</t>
+          <t>Oyunculuğun Felsefesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789758648702</t>
+          <t>9789757468547</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 Dipte (Ayaktakımı Arasında) Dostigayev ve Diğerleri</t>
+          <t>Otopark Cinayetleri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>3033030007566</t>
+          <t>9786054465026</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 Gözlüklünün Maceraları / Sansür Var / Anarfişt Avcıları</t>
+          <t>Othello’nun Delisi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>18</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>3033030007552</t>
+          <t>9786054465293</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Şiir ya da Banka / Yoğurt ve Kan /  Vitamin mi Zehir mi? / Fare Tutmayan Kedi</t>
+          <t>Othello</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>180</v>
+        <v>18</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>3033030005940</t>
+          <t>9789758106837</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Seyir Defteri (Julia) Dobrinja’da Düğün (Bir Günün Trilogyası)</t>
+          <t>Ot, Krem ve Esmer Şeker - Crack, Cream and Brown Sugar</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786054465552</t>
+          <t>3990000003257</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Göçmen Oyunlar / Sürgün Misafirler - Londra’ya Kiraz Geldi - Dayak Delisi</t>
+          <t>O’nun Saltanatı</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>3033030018308</t>
+          <t>9789757785491</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Geceyi Geçirme / Şehir / Resmi Geçit</t>
+          <t>Onları Eve Getir</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>280</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>3033030020592</t>
+          <t>2789785824087</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Duvar / Yerin Altında</t>
+          <t>Odisea Evine Dön</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>2880000118633</t>
+          <t>9789758648832</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Bal Sineği / Aya Bir Yolcu / Uçamayan Kuşlar Tutulur / Beşgen</t>
+          <t>Nihayet Bitti</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>3033030007551</t>
+          <t>9789757785699</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Alo 900 /  Konfetiler</t>
+          <t>Nereye Payidar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789757468721</t>
+          <t>9789758648900</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Avrupa Komedyası / Güzel Zamanlar</t>
+          <t>Misafir</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789755080390</t>
+          <t>9789758106011</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Yapısalcı Çözümleme</t>
+          <t>Mektuplar</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>8690100707743</t>
+          <t>9789755080208</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Nedir</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>3033030007577</t>
+          <t>9789757785620</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tiresias’ın Memeleri "Sürrealist Dram"</t>
+          <t>Lydia</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>2789785985372</t>
+          <t>9789757785156</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sırça Köşk - Barış Gezegeni - Mavi Gezegeni Kim Kurtarsın?</t>
+          <t>Le Cid</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>3033030015789</t>
+          <t>9789758106776</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare Sözlüğü</t>
+          <t>Küçük Tilkiler &amp; The Little Foxes</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>3033030007616</t>
+          <t>9789758023101</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Seyir Defteri Oyun Eleştirileri</t>
+          <t>Kutu Kutu</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054465972</t>
+          <t>3990000003138</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sahneye Bakmak 3</t>
+          <t>Kutsal Ateş</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>2008120400050</t>
+          <t>2008052300015</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1- Gün Anneme Gebe -Aydınlık Ama Kaç Mumluk - İziniz Var -Coşku ve Sayıklama</t>
+          <t>Köy Seyirlik Oyunları</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>2789785846598</t>
+          <t>9789758102303</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Canı</t>
+          <t>Konstantiniye’nin Güneşi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>2880000043041</t>
+          <t>9789757785873</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gelişim Sürecinde Türk Tiyatrosu</t>
+          <t>Kitsch Üzerine</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>8690100334628</t>
+          <t>3990000004512</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Eleştirinin Eleştirisi</t>
+          <t>Kısa Oyunları 9 Oyun Ayı /  Düğün / Ev lenme Teklifi / Kuğunun Şarkısı / Anayolda / Tatyana Repina / Tütünün Zararları / Yıldönümü / Yazlıkçının Yaşamı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>2880000114017</t>
+          <t>3990000005116</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Doğaçlama Tiyatro Yöntemi</t>
+          <t>Kırmızı Karaağaç</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>400</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>8690100125523</t>
+          <t>9789758648610</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Divane Ağaç</t>
+          <t>Kazan Dairesi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>2880000002499</t>
+          <t>9789757468257</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Deniz Kıyısı - Sevgi Kutusu - Bilen Kazansın</t>
+          <t>Kayalıklar Meryemi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054465514</t>
+          <t>9789757468835</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Dağ Gülü Beybin - Beybin, The Wild Rose</t>
+          <t>Kanada Oyunları Pırpırlı Yaşam / Karanlık Güçler Üstadı (Zazstrozzi)</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>170</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9789758106998</t>
+          <t>9789758648184</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Tiyatro</t>
+          <t>Kadınlar. Savaş. Komedi Genç Alman Yazarları 3</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>370</v>
+        <v>20</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054465538</t>
+          <t>9789758106066</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Tiyatrosu mu Dediniz</t>
+          <t>Joko’nun Doğum Günü</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>3033030004479</t>
+          <t>9789757468103</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Tiyatrosu -Çizmeli Kedi - Pollyanna - Ali Baba ve Kırk Haramiler</t>
+          <t>İtiraz Oyunları</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>8690100988715</t>
+          <t>9789758648443</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Erkek Parkı</t>
+          <t>İrlanda Oyunları 1</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>3033030007561</t>
+          <t>9789758875375</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ceza Kanunu</t>
+          <t>İntiharın Genel Provası</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>3033030025030</t>
+          <t>9799758023034</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Göl</t>
+          <t>İnsanca Bir Tiyatro</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054465958</t>
+          <t>9789757468523</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Büyük ve Küçük</t>
+          <t>İsviçre Hastanesi Yarışma Oyunları 1</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>220</v>
+        <v>34</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>2789009930584</t>
+          <t>2007020700031</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 3 Bozuk Düzen / Hüzzam</t>
+          <t>İki Çarpı İki</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>300</v>
+        <v>25</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>2880000027218</t>
+          <t>9789755080093</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 2 - Yarın Cumartesi -Baba ile Oğul</t>
+          <t>Hisseli Harikalar Kumpanyası</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>300</v>
+        <v>27</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789758106401</t>
+          <t>9789758648641</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bertolt Brecht Bütün Oyunları Cilt 9 (Ciltli)</t>
+          <t>Hırçın Kız</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>600</v>
+        <v>20</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9789755080154</t>
+          <t>9789758648047</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları Cilt: 1 (Ciltli)</t>
+          <t>Hıçkırmakla Haykırmak Arası Sabahattin Kudret Aksal Oyunlarını Bir Okuma Denemesi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>600</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789755080161</t>
+          <t>9789758105809</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Buluşma Yeri</t>
+          <t>Hastane</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>3033030023050</t>
+          <t>9789758106851</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Brecht’le Havana’da</t>
+          <t>Halide</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>270</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>2007022200041</t>
+          <t>9789758023172</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutlama</t>
+          <t>Gürültülü Patırtılı Bir Hikaye</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9789758648269</t>
+          <t>9786054465637</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri 2</t>
+          <t>Hamlet</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>600</v>
+        <v>18</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>3033030007581</t>
+          <t>9789758106097</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Altı Tutkulu Kadın / Kurban / Kafes</t>
+          <t>Kerbela</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>300</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057904560</t>
+          <t>9786055127305</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bayazıt</t>
+          <t>Hamlet</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>200</v>
+        <v>18</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>8690101025266</t>
+          <t>3990000013885</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Barut Fıçısı</t>
+          <t>Mahpusluk Zor Zanaat</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>140</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789758080055</t>
+          <t>9789757468455</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Azizname’95</t>
+          <t>Savaş ve Barış</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>200</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>8690100042226</t>
+          <t>9786055127350</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Aynada</t>
+          <t>Ortaçağ Tiyatrosu</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>270</v>
+        <v>80</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>2880000035732</t>
+          <t>9789758106226</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Asya Kukla Tiyatrosu</t>
+          <t>Ya Tutarsa</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>370</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786054465675</t>
+          <t>9789758648245</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Araf</t>
+          <t>V. Henry</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>2880000012320</t>
+          <t>9789758106172</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Anna Karenina</t>
+          <t>Ünlü Oyunculardan Oyunculuk Sanatı Cilt: 1</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>2789785843702</t>
+          <t>9789758023158</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Soytarı</t>
+          <t>Üç Silahşörler</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>2789009932328</t>
+          <t>9789758648115</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>1. Oyun Yazma Yarışması 2006</t>
+          <t>Uzun Zaman Önce Mayısta Genç Alman Yazarları 2</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>370</v>
+        <v>18</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>3033030025047</t>
+          <t>9789758106493</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Barış İçin Savaş  - Oturan Boğa</t>
+          <t>Urfaust</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>2880000067917</t>
+          <t>3990000005346</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Antik Tragedyalar ve Çağdaş Yorumları</t>
+          <t>Ulusal Tiyatro ve Ulus Devlet</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>500</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>2016000003345</t>
+          <t>9789757785057</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>2. Oyun Yazma Yarışması 2007 Gençlik Oyunları</t>
+          <t>Türk Sahnelerinden İzlenimler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>370</v>
+        <v>27</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>8690100926571</t>
+          <t>9789757785347</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Poetika</t>
+          <t>Toplumcu Tiyatroya Adanmış Bir Yaşam S. Günay Akarsu</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>300</v>
+        <v>50</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>2880000002147</t>
+          <t>9789757468940</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Mozart Küçük Dahinin Sihirli Notaları Gençlik Oyunu</t>
+          <t>Toplu Oyunları-2 Kadın Dörtlemesi / Sacide / Yollar Tükendi / Ademin Kaburga Kemiği / Gün Dönerken</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>2007122800561</t>
+          <t>9789757468851</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Lodos</t>
+          <t>Toplu Oyunları-2 Helikopter / Yıldırım Kemal / Kadıncıklar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>2789785960256</t>
+          <t>9789757468398</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kumsal</t>
+          <t>Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>3033030007583</t>
+          <t>9789754468673</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kızılırmak (Kızılırmak-Karakoyun)</t>
+          <t>Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>2008120400029</t>
+          <t>9789758106127</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunları - Keloğlan</t>
+          <t>Toplu Oyunları 1 Günaydınlara Uyanmak / Çok Geç Olmadan / Muhtaro</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789757468585</t>
+          <t>9789758106165</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Kafka Oyunları Kafka’nın Kadınları / Baba ve Oğul / Kafka’nın Şeyi</t>
+          <t>Toplu Oyunları 1 Gerçek Kurbanın Acısı / Duyarlılık Üzerine Vivaçe</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9789757468158</t>
+          <t>9789757468800</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>İnsandan Kaçan (Adamcıl)</t>
+          <t>Toplu Oyunları-1 Çemberler / Tahterevalli / Dilekçe / Mor Defter</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>3033030007550</t>
+          <t>9789758106752</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>İlklerin Efendisi Şinasi ve Şair Evlenmesi</t>
+          <t>Toplu Oyunları 5 Maskeli Süvari / Menekşe Korsanları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>8690100965372</t>
+          <t>9789758106639</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Gösteri Sanatlarında Işıklama Tasarımı</t>
+          <t>Toplu Oyunları 5 Duvarların Ötesinde / Kanaviçe / Paramparça</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>300</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>2007020200005</t>
+          <t>9789757785606</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Hasan Ağa’nın Karısı</t>
+          <t>Toplu Oyunları 5 - Bir Diploma Töreni / Karagöz Trafikte</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>25</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789755020253</t>
+          <t>9786022525252</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Grips Oyunları 2 - Ciciş, Miniş, Korna ve Arda- Islık Çalabiliyor musun Yazgülü</t>
+          <t>Toplu Oyunları 4 Üstat Harpagon’a Saygı ve Destek Gecesi - Mitosmorfoz</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>3033030007556</t>
+          <t>9789758106738</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 1 Aşk Bir Masaldır / Ölü Mevsimler</t>
+          <t>Toplu Oyunları 4 Gergedanlar / Bavullu Adam / Şu Kahpe Dünya</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>2880000058403</t>
+          <t>9789757785675</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Yaz Gecesi Rüyası</t>
+          <t>Toplu Oyunları 4 / Fadik Kız - Kocaoğlan - Ölümü Yaşamak</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>3033030007582</t>
+          <t>9789758106202</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın İzindeki Kadınlar</t>
+          <t>Toplu Oyunları 4 Elma Hırsızları, Yalancının Resmi, Genel Anlamda Öpüşme, Çin Kelebeği</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>200</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786054465590</t>
+          <t>9789758106431</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yarın Ola Hayr’ola</t>
+          <t>Toplu Oyunları 4</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9789758648658</t>
+          <t>9789758648207</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Vasıf Öngören’in Tiyatro Dünyası</t>
+          <t>Toplu Oyunları 4 Buluşma / Tata’nın Çocukları / Dönüş Yolunda Bir Çocuk / Şaka / Eşikte / Sil Baştan / Sıfıra Bir Var / Binbir Çiçek Kolonya Fabrikası</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>30</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789955080659</t>
+          <t>3990000003259</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları-1 Çıkmaz Sokak / Dosya / Kör Döğüşü</t>
+          <t>Toplu Oyunları 3 Suyun Rengi - Beceriksizler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059306454</t>
+          <t>9789758106554</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Anton Çehov Kısa Oyunları (10 Oyun)</t>
+          <t>Toplu Oyunları 3 Kral Ölüyor, Gönüllü Katil, Ölüler Ülkesine Yolculuk</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>320</v>
+        <v>110</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059306133</t>
+          <t>8690100762698</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bu Bir Oyun Olsaydı</t>
+          <t>Toplu Oyunları 5 Alma Doğaçlaması / Yeni Kiracı / Görev Kurbanları</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055127732</t>
+          <t>9789758106028</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Eğer Bu Bir Film Olsaydı</t>
+          <t>Toplu Oyunları 3</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786057904683</t>
+          <t>9786059306959</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Gelişim Sürecinde Alman Kukla Tiyatrosu</t>
+          <t>Toplu Oyunları 1 / Kadınlar Filler ve Saireler - Erkekler Futbol ve Dahası - Cinayet Kadınları</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>300</v>
+        <v>27</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>2880000022145</t>
+          <t>9786059306713</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Çirkin Ördek Yavrusu - Çıplak Kral - Gizli Dünya - Masal Dünya</t>
+          <t>Oyunculuk Eğitiminde Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>220</v>
+        <v>27</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>2789785896265</t>
+          <t>3990000047824</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Güngör Dilmen Bildiri Kitabı</t>
+          <t>Teb Oyun Dergisi Sayı: 38 Yaz 2018</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>270</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9789758106264</t>
+          <t>9786059306423</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Köleler Adası - Tartışma</t>
+          <t>Sanatta Dirijizm</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789757785217</t>
+          <t>3990000030312</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1- Meddah / İpteki / Kadınlar Matinesi</t>
+          <t>Teb Oyun Dergisi Sayı: 11 Güz 2011</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>370</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786057904829</t>
+          <t>9786059306102</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yoshi Oida - Oyunculuk Yöntemi</t>
+          <t>Oyun Analizi</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>270</v>
+        <v>55</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786057904812</t>
+          <t>9786059306010</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Hipokrat ya da İngiliz Hasta</t>
+          <t>Nazım’ın Evinde Vera’nın Sofrasında Nazım Hikmet</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786057904805</t>
+          <t>9786059306362</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Zehir - Tuzak</t>
+          <t>Ortaokul Dönemi Oyun Metinleri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786057904799</t>
+          <t>9786059306126</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sahne Eseri Yazma Yarışması 2021</t>
+          <t>Beden Ses İmgelem</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>370</v>
+        <v>350</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786057904782</t>
+          <t>9786059306331</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kadın Oyunları 1</t>
+          <t>1980 Sonrası Türk Tiyatro Edebiyatı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>300</v>
+        <v>70</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786057904775</t>
+          <t>9786059306058</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Köroğlu</t>
+          <t>Ortaokul Döneminde Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057904768</t>
+          <t>3990000003012</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2</t>
+          <t>Çizme ve Çorapları</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>220</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786057904737</t>
+          <t>3990000011603</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 6 - Eşekarıları</t>
+          <t>Çın Sabahta</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786057904744</t>
+          <t>9789758023066</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 23 - Aias</t>
+          <t>Çehov ve Moskova Sanat Tiyatrosu</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786057904706</t>
+          <t>3990000015028</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Küskün Yüreklerin Türküsü</t>
+          <t>Gün Dönerken</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786057904713</t>
+          <t>9789758106141</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Seyirci</t>
+          <t>Külhanbeyi Operası</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786057904690</t>
+          <t>9789758106059</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Oyun - Gerçek Paradoksu ve Aktörlük</t>
+          <t>Külahlı Bey Külahsız Bey</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>500</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057904720</t>
+          <t>9799758023140</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Moskova Sanat Tiyatrosu’ndan Egzersizler</t>
+          <t>Tiyatroda Düşünsellik</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>270</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786057904676</t>
+          <t>3990000012999</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Almanya'da Göçmen Sonrası Tiyatro</t>
+          <t>Tiyatrocu</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>270</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786057904645</t>
+          <t>9789758648481</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ölümcül Teatrallik</t>
+          <t>Toplu Oyunları 1 İnadına Yaşamak İnadına İnsan</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786057904652</t>
+          <t>9789758023189</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>İzlanda'nın Başkenti Şirket - Toplu Oyunları 6</t>
+          <t>Toplu Oyunları 1 İkinci Nöbetçinin Sıkıntıları / Sevdalı Bulut / Antonius, Kleopatra Arada Bir Caesar</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786057904669</t>
+          <t>9789758106912</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 22 - Elektra</t>
+          <t>Toplu Oyunları 1 Kıyamet Sularında - Kızıl Ötesi Aydınlık</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057904607</t>
+          <t>9789758023363</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 4 - Prenses - Amalia</t>
+          <t>Toplu Oyunları 1: Kısasa Kısas - Onikinci Gece - Venedik Taciri</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>220</v>
+        <v>90</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057604614</t>
+          <t>9789758648955</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Bahsetmek Yok</t>
+          <t>Toplu Oyunları 1 Matmazel Julie - Alacaklılar</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057904621</t>
+          <t>9789758106004</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 21 - Yakarıcılar</t>
+          <t>Toplu Oyunları 1 Lulu / İlkbahar Uyanışı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057904577</t>
+          <t>9789758106615</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Yazarlığı</t>
+          <t>Toplu Oyunları 4 - Pembe Evin Kaderi / Güneşte On Kişi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>300</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057904539</t>
+          <t>9789757468844</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuk Öğretilmez</t>
+          <t>Toplu Oyunları Bir Casusa Ağıt / Weisman ile Kızılyüz</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057904522</t>
+          <t>3990000010930</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İskoç Tiyatrosu</t>
+          <t>Toplu Oyunları 3 Yeşil Papağan Limited / Sevgi Ayakları / Kamyon</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>300</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057904515</t>
+          <t>3990000468127</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot'un Yeni Maceraları ( The New Adventures of Don Quixote )</t>
+          <t>Kötülük Tekilcilik Postmodernizm</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>200</v>
+        <v>5</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057904508</t>
+          <t>9789755080562</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuğun Büyübozumu</t>
+          <t>Toplu Oyunları 1 / Lozan / İyi Bir Yurttaş Aranıyor</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>270</v>
+        <v>12</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057904485</t>
+          <t>9789759570545</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Postdramatik Tiyatro</t>
+          <t>Tiyatro Oyun Eleştirileri ve Sanatın Diğer Dallarına Dokunuşlarım (2000-2020)</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>370</v>
+        <v>35</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057904478</t>
+          <t>9789757785224</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Bir Ülke Arıyorum - Medea'nın Başörtüsü</t>
+          <t>Tiyatro İle İlgili Her Şey - Yaz 2011 - Sayı 10</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>200</v>
+        <v>6.44</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057904461</t>
+          <t>9789757468622</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Beş Mevsim Bir Halk Düşmanı</t>
+          <t>Ağlamakla Gülmek Arasında</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>200</v>
+        <v>18</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057904454</t>
+          <t>9789758648412</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Balkan Ajanı</t>
+          <t>Sabahattin Ali</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>200</v>
+        <v>10</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057904447</t>
+          <t>3990000010934</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Savaş Müzesi - The War Museum</t>
+          <t>Tiyatro Tarihi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>220</v>
+        <v>25</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057904430</t>
+          <t>3033030016564</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Vişne Bahçesi</t>
+          <t>20. Yüzyıl Tiyatrosunda Estetik Düşünce</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>200</v>
+        <v>30</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786058190801</t>
+          <t>2789757468056</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Oyuncular Eğitmenler ve Yönetmenler İçin Rol Çalışma Yöntemi - Meisner Tekniği</t>
+          <t>Samuel Beckett - Bütün Oyunları 1 - Godot'yu Beklerken / Tüm Düşenler / Oyun Sonu</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>250</v>
+        <v>20</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057904386</t>
+          <t>9786057904010</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Top Girls (Zirvedeki Kızlar)</t>
+          <t>Çocuk Oyunları 1</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>220</v>
+        <v>30</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057904393</t>
+          <t>8690100580636</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Köprüde</t>
+          <t>100 Diyalog - Yabancı Oyunlar 2</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>200</v>
+        <v>45</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057904379</t>
+          <t>9789757468554</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Dilin Dramatiği</t>
+          <t>Ah! Tamara</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057904362</t>
+          <t>9789755080338</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 / Beşinci Mevsim - Matematiğin Kraliçesi (Hypatia) - Melankoli</t>
+          <t>Tosca</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786057904355</t>
+          <t>9786256794405</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Devrimden Tablolar - Deniz</t>
+          <t>Kimliksiz Kadın</t>
         </is>
       </c>
       <c r="C250" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057904348</t>
+          <t>9786256794450</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Absürd Tiyatro ve Ionesco Oyun Çevirileri</t>
+          <t>Çehov Oyunları (Rus İmparatorluğu 20. Yüzyılın Eşiğinde)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786057904331</t>
+          <t>9786256794498</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 / Yaşamsal Algoritmalar - Anne Beni Gezi'ye Götür - Neşter</t>
+          <t>Dramatik Tasarımın Temel Kavramları 3</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786057904232</t>
+          <t>9786256794429</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Çağımızda Oyun Yazarlığı</t>
+          <t>Elektrikli Sandalye İçin Elektrik Yok</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057904225</t>
+          <t>9786256794436</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatrosunun Postmodern Poetikası 1</t>
+          <t>Turgay Korkmaz Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786057904188</t>
+          <t>9786256794443</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunları 1 / Gül Güzeli - Kaplumbağa Silva Nasrettin Hoca</t>
+          <t>Zeynep Kaçar Toplu Oyunları 7</t>
         </is>
       </c>
       <c r="C255" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786057904256</t>
+          <t>9786256794535</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Enkaz Adası - Mülteci - Zamanın Dehlizinde Bir Kurşun</t>
+          <t>Tek Kişilik Oyunlar</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057904270</t>
+          <t>9786256794566</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Tiyatrosu / Çocuk Oyunları 1</t>
+          <t>Gerhart Hauptmann Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786057904324</t>
+          <t>9786256794573</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sahne Dövüşü Koreografisi ve Estetiği</t>
+          <t>Bir İntiharın Anatomisi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786057904287</t>
+          <t>9786256794597</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 6 / Onların Hikayesi</t>
+          <t>Oyunculuk Üzerine</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786057904249</t>
+          <t>9786256794559</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatrosu’nda Kara Mizahtan Kara Komedyaya Yansımalar</t>
+          <t>Bahçesi Benim... Evi Kim Alırsa Alsın</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786057904317</t>
+          <t>9786256794467</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Mezbaha</t>
+          <t>Eski Yunan Komedyaları 7 - Zenginlik Tanrısı - Plutos</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786057904263</t>
+          <t>9786256794474</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sahne Eseri Yazma Yarışması 2019</t>
+          <t>Emre Avşar Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786057904300</t>
+          <t>9786256794481</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ters Takla</t>
+          <t>Neda Nejdana Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786057904294</t>
+          <t>9786256794504</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Sanki Hiçbir Şey Olmamış Gibi</t>
+          <t>Eski Yunan Komedyaları 9 - Bulutlar</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786057904195</t>
+          <t>9786256794511</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Bir Porsiyon Eşek</t>
+          <t>Tino Caspanello Toplu Oyunları 2 - Açık Havada Ekim Ayı İdi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786057904201</t>
+          <t>9786256794528</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Koleksiyoncu - Adel Seni Seçti</t>
+          <t>Eski Yunan Komedyaları 10 - Kadınlar Meclis’te</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786057904218</t>
+          <t>9786256794542</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Nina</t>
+          <t>Koray Horasan Toplu Oyunları 1 - Göm Beni Kimi Öldürdüm Estralanya</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786057904171</t>
+          <t>9789757785644</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Asansör - Oyun Odası - Tiramisu</t>
+          <t>Beyaz</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>220</v>
+        <v>110</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786057904164</t>
+          <t>9789757785651</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Oyunculukta Ses Üretme Sanatı</t>
+          <t>Bana William Deyin</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>500</v>
+        <v>110</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786057904140</t>
+          <t>9786059306225</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Öteki Ankara Müzikali - Nakş-ı Zigetvar</t>
+          <t>Antik Yunan Tragedyaları</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786057904157</t>
+          <t>9789757785446</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 / Ateşçi - Bir Sandık Masalı</t>
+          <t>Eski Yunan Tragedyaları 8 - Aias / Elektra</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786057904119</t>
+          <t>8690100334499</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Kosova Tiyatrosu</t>
+          <t>Tiyatro Kavramları Sözlüğü</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>270</v>
+        <v>370</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786057904133</t>
+          <t>9789757468516</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Performance and Theatricality</t>
+          <t>Saçmalarla Gerçekler</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786057904102</t>
+          <t>9789755080420</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Satır Başı</t>
+          <t>Sandalım Kıyıya Bağlı / Marion ile Memet Toplu Oyunları 4</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786057904089</t>
+          <t>9789757785118</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları - 3 - Piçhane - Müzeyyen</t>
+          <t>Bir Aktörün Serüvenleri</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786057904096</t>
+          <t>9786055127787</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yollu - Barış Gelini</t>
+          <t>Gerçekçi Oyunculuk</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786057904126</t>
+          <t>9786055127947</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Hüseyin Erdoğan Toplu Oyunları - 1</t>
+          <t>Tiyatroda Dekor ve Sahne Tasarımı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786057904003</t>
+          <t>9786059306065</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bernard Shaw’un Oyunları</t>
+          <t>Roberto Zucco</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786057904027</t>
+          <t>9786059306171</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tragedyalar</t>
+          <t>Postdramatik Tiyatro ve İngiliz Tiyatrosu</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786057904034</t>
+          <t>9786057210616</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Topuklu Terlik Süt Yapar</t>
+          <t>Ebru Nihan Celkan Toplu Oyunları 5</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786057904041</t>
+          <t>9786057904928</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Zümrüdüanka 1. Versiyon - Zümrüdüanka 2. Versiyon - Kırmızı Ruj - Teneke Mahalle</t>
+          <t>Birgül Yeşiloğlu Güler Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059306997</t>
+          <t>9786057210555</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Göçmen Düğünü - Kapı Zili - Gece Gelen Kadın</t>
+          <t>Feraye Şahin Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059306980</t>
+          <t>9789758106332</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Hiç Yoktan</t>
+          <t>Bertolt Brecht Bütün Oyunları Cilt: 11 Kafkas Tebeşir Dairesi / Sofokles’in Antigone’si (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059306966</t>
+          <t>3990000026555</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İstasyon</t>
+          <t>Bütün Oyunları Cilt 8 (Ciltli)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059306935</t>
+          <t>3033030007571</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Ocak'ta Bahar</t>
+          <t>Toplu Oyunları 1 Scapin’in Dolapları / George Dandin</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059306942</t>
+          <t>9789758648078</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 20 - İon</t>
+          <t>Sahnede Elli Sene</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059306843</t>
+          <t>9789757785828</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Tiyatroda Anlatı</t>
+          <t>Sahne Çalışması İçin 100 Monolog Türk Oyunları Cilt 5</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059306867</t>
+          <t>9789757785897</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Bir Şili Şarkısı - Ben, Frida Kahlo - Vicdan</t>
+          <t>Eski Yunan Komedyaları 3 - Kuşlar - Bulutlar</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059306928</t>
+          <t>9789758106691</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Dr. Faustus</t>
+          <t>Dünya Tiyatrosu Tarihi Cilt 1</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059306874</t>
+          <t>9789758023660</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Devrimleri Üzerine Drama Uygulamaları</t>
+          <t>Çocuk Tiyatrosu</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059306898</t>
+          <t>9786054465729</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kunio Şimizu Oyunları 1 / İmzacı - Kulis</t>
+          <t>Bir Aktör Hazırlanıyor</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786059306904</t>
+          <t>9786055127442</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 18 - Herakles</t>
+          <t>Oyunculuk El Kitabı</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059306911</t>
+          <t>9789757785927</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 19 - Andromakhe</t>
+          <t>Reji Sanatı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059306881</t>
+          <t>9786054465149</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Sahne Eseri Yazma Yarışması 2018</t>
+          <t>Ormanlardan Hemen Önceki Gece</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>370</v>
+        <v>140</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059306829</t>
+          <t>9786054465194</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Bir Peri Masalı (Radyum Kızları)</t>
+          <t>Yanlışlıklar - Ne Dediniz, Anlamadım</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059306836</t>
+          <t>9786055127978</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 : Antidepresan - İsimsiz - Aristoteles</t>
+          <t>Henrik İbsen Toplu Oyunları 3</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059306850</t>
+          <t>9786055127749</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 17 - Alkestis</t>
+          <t>Sandalye Oyunları: Alt Oda / Sandalye / Hiçbir Şeyim Yok</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059306799</t>
+          <t>9786057904409</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Grimm Kardeşler</t>
+          <t>Sanat Teori Eleştiri</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059306805</t>
+          <t>9786256794030</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Oğul Oğul</t>
+          <t>Dramatik Tasarımın Temel Kavramları 1</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059306812</t>
+          <t>9786256794139</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Mahallemin Şahane Baskısı</t>
+          <t>Becerikli Köle</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059306768</t>
+          <t>9786256794320</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kapılar</t>
+          <t>Post-Truth Çağında Yeni Tiyatro</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059306782</t>
+          <t>9786256794306</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Şehrazat'ın Oyunu - Das Spiel der Schahrazad (Almanca-Türkçe)</t>
+          <t>İmgesel Oyunculuk</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059306775</t>
+          <t>9786256794283</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Kurbanlar Tanrı İstiyor</t>
+          <t>Freshwater</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059306751</t>
+          <t>9786256794290</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Kosova Oyunları  Seçkisi</t>
+          <t>Kadın ve Korkuluk</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786059306744</t>
+          <t>9786256794337</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Avukat Pierre Pathelin Farsı</t>
+          <t>Amfibiler</t>
         </is>
       </c>
       <c r="C305" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059306737</t>
+          <t>9786256794344</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları - 1</t>
+          <t>Amphitryon</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059306720</t>
+          <t>9786055127633</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Efendiden Bir Uşak</t>
+          <t>Oyuncuya Oyunculuk Tekniği Üzerine</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059306690</t>
+          <t>9786256794276</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Tarık Şerbetçioğlu Çocuk Oyunları</t>
+          <t>Yönetmenlik Zanaatı – Tiyatro İçin El Kitabı</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059306706</t>
+          <t>3033030007576</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>E5 Rezidans 49. Kat</t>
+          <t>Eşik</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059306652</t>
+          <t>9786059306027</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 4</t>
+          <t>Sahne Kostümünde Temel Uygulamalar</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059306645</t>
+          <t>9786256794191</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1</t>
+          <t>Eski Yunan Komedyaları 7 - Kuşlar</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059306614</t>
+          <t>9786256794184</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Hasırlı Han Meseli</t>
+          <t>Zanina Mircevska Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059306669</t>
+          <t>9786256794207</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Ayak-Bacak Fabrikası / Savaş Oyunu</t>
+          <t>Ali Cüneyd Kılcıoğlu Toplu Oyunları 4</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059306638</t>
+          <t>9786256794238</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Mültecileeeer</t>
+          <t>Birgül Yeşiloğlu Güler Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059306683</t>
+          <t>9786256794269</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kaderimin Oyunu Mu Bu</t>
+          <t>Dramatik Tasarımın Temel Kavramları 2</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059306676</t>
+          <t>9786256794252</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Hayaletler Sonatı</t>
+          <t>Sözcü - Çağdaş Kanada Oyunları 2</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059306577</t>
+          <t>9786256794245</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Sahne Eseri Yazma Yarışması 2017</t>
+          <t>Hep Hala Şafak - Çağdaş Kanada Oyunları 1</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059306607</t>
+          <t>9786256794078</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Ah Karagöz Vah Karagöz</t>
+          <t>Fuente Ovejuna</t>
         </is>
       </c>
       <c r="C318" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059306584</t>
+          <t>9786256794108</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Yeni, Yeniden</t>
+          <t>Duyulan Tiyatro</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059306591</t>
+          <t>9786256794115</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Kasabamız</t>
+          <t>Günümüzde Tiyatral Anlatım</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059306546</t>
+          <t>9786256794177</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Memleketimden Kadın Manzaraları</t>
+          <t>Cumhuriyetin 100. Yılında Tiyatromuz Üstüne</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059306553</t>
+          <t>9786256794214</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Komedyaları</t>
+          <t>Tiyatroda Gülmece</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059306560</t>
+          <t>9786256794221</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Tozu</t>
+          <t>Tiyatro Tarihi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059306522</t>
+          <t>9789755080741</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 3 - Kral Oidipus</t>
+          <t>Akıl Defteri</t>
         </is>
       </c>
       <c r="C324" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059306515</t>
+          <t>9789755080086</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Üç Kız Kardeş</t>
+          <t>Ahmet Vefik Paşa’nın Moliere Çevirileri</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059306485</t>
+          <t>9789757785989</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabbah</t>
+          <t>5. Oyun Yazma Yarışma 2010</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059306508</t>
+          <t>9789758875337</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Tolga Özenç Özençel Toplu Oyunları - 2</t>
+          <t>4. Oyun Yazma Yarışması 2009</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059306492</t>
+          <t>9789757785552</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Martı</t>
+          <t>4. Henri</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059306478</t>
+          <t>9789757468301</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Ali Cüneyd Kılcıoğlu Toplu Oyunları 3</t>
+          <t>3. Oyun Yazma Yarışması</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059306461</t>
+          <t>9789758106387</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Koleksiyon</t>
+          <t>2000’li Yıllara Doğru Tiyatro</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059306430</t>
+          <t>9789758648436</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 5</t>
+          <t>Sahne Çalışması İçin 100 Monolog Cilt 4</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059306447</t>
+          <t>9789758023165</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Genet'nin Ezilenleri ve Hainleri</t>
+          <t>Halk Tiyatrosu ve Dario Fo</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059306409</t>
+          <t>9789758106905</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Ben Anadolu</t>
+          <t>Harikalar Avlusu</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>370</v>
+        <v>140</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059306393</t>
+          <t>9786055127992</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>İki Kişilik Karmaşa</t>
+          <t>İran Oyunları 2 - Bir Dakika Saygı Duruşu</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>200</v>
+        <v>110</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059306416</t>
+          <t>9786256794054</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Uğur Saatçi Toplu Oyunlar 1</t>
+          <t>Eski Yunan Tragedyaları 25 - İfigenia Aulis'te</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059306379</t>
+          <t>9786256794061</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Deli Dumrul</t>
+          <t>İngiliz Tiyatrosu Rehberliği</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059306355</t>
+          <t>9786256794047</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Tarihi (Ciltli)</t>
+          <t>Toplu Oyunları 3</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>3500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059306348</t>
+          <t>9786259969213</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Rasat Zamanı</t>
+          <t>Eski Yunan Tragedyaları 24 - Herakles'in Çocukları</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059306317</t>
+          <t>9786259969183</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Derinde Akan Irmak: Haşmet Zeybek'i Anlamak</t>
+          <t>Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059306324</t>
+          <t>9786256794009</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1: Ortak Dolap - Şurubiler Korosu</t>
+          <t>Reji Sanatı II. Genişletilmiş Baskı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059306300</t>
+          <t>9786259969190</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Oyun Yazarlığına Giriş</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059306218</t>
+          <t>9786259969169</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Fırtına</t>
+          <t>Yoksa Türk Tiyatrosunda Seyirci Olgusu</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059306270</t>
+          <t>9786259969138</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>N. Taner Büyükarman - Toplu Oyunları 2</t>
+          <t>Fil Rüyası</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059306287</t>
+          <t>9786259969152</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ebru Nihan Celkan - Toplu Oyunları 3</t>
+          <t>Biz Ölüler Uyanınca</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059306263</t>
+          <t>9786259969145</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Nesrin Kazankaya - Toplu Oyunları 5</t>
+          <t>Toplu Oyunları 1 - Siyah - Tutulma - Neon - Covid'li İşkembe Çorbası</t>
         </is>
       </c>
       <c r="C345" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059306294</t>
+          <t>9786057210586</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Hangi Çocuk Tiyatrosu</t>
+          <t>Yetmiş Üç</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059306232</t>
+          <t>9786057210562</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Buğday Kurdu</t>
+          <t>Mustafa Ergüven Toplu Oyunları - 1</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059306256</t>
+          <t>9786057210593</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kaşık</t>
+          <t>Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059306249</t>
+          <t>9786057210609</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Cimri</t>
+          <t>Stanislavski Sistemi ve Nuri Bilge Ceylan Sinemasında Oyuncu Yönetimi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059306188</t>
+          <t>9786057904492</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Zenneler / Kadın Rolüne Çıkan Erkek Oyuncu Geleneği</t>
+          <t>Online Yaratıcı Drama Eğitimi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059306195</t>
+          <t>9786057210524</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Marina Carr Toplu Oyunları 1 - Kediler Bataklığı’nda / Portia Coughlan / Mai</t>
+          <t>İdeal Bir Koca</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059306201</t>
+          <t>9786057210548</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Alman Oyunları Seçkisi</t>
+          <t>Küklops / Antik Yunan Satir Oyunu</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059306164</t>
+          <t>9786057210500</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Yönetmenlik</t>
+          <t>Biraz Daha Çikolata</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059306157</t>
+          <t>9786057904980</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Parmak</t>
+          <t>Düş Yakamdan</t>
         </is>
       </c>
       <c r="C354" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059306140</t>
+          <t>9786057904997</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Allegretto Arnavutluk</t>
+          <t>Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059306119</t>
+          <t>9786057210517</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2</t>
+          <t>Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786055127879</t>
+          <t>9786057210531</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Aşilin Topuğu</t>
+          <t>Bayan Windermerein Yelpazesi</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786055127985</t>
+          <t>9786057904973</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Genç Alman Yazarları 7</t>
+          <t>Fatma Gülara Işık Tuğcu Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786055127954</t>
+          <t>9786057904966</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Funda Özşener Toplu Oyunları 1</t>
+          <t>Oyunculuk Eğitiminde Maske</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055127961</t>
+          <t>9786057904935</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Funda Özşener Toplu Oyunları 2</t>
+          <t>Tiyatroda Yeni Yönelişler - Avangart Tiyatro</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>280</v>
+        <v>370</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786055127930</t>
+          <t>9786057904959</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Yaman Tüzcet Toplu Oyunları 2</t>
+          <t>Meddah ve Cellat</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786055127923</t>
+          <t>9786057904942</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Oyunculuğun Yolculuğu</t>
+          <t>Sarah Kane Bütün Oyunları</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>600</v>
+        <v>500</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786055127831</t>
+          <t>9786057904751</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Fosforlu'nun Hikayesi</t>
+          <t>Hevesle Beraberlik Arasında Bir Şey</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786055127862</t>
+          <t>9789758106394</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Ebru Nihan Celkan Toplu Oyunları 2</t>
+          <t>Bertolt Brecht - Bütün Oyunları Cilt: 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786055127855</t>
+          <t>9786057904898</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Paşa Paşa Tiyatro yahut Ahmet Vefik Paşa</t>
+          <t>Jan Dark - Ermiş Joan</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786055127909</t>
+          <t>9786057904904</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ali Cüneyd Kılcıoğlu Toplu Oyunları 2</t>
+          <t>Abdullah Öztürk Toplu Oyunları - 1</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786055127916</t>
+          <t>9786057904881</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Kısasa Kısas</t>
+          <t>Duygusal Yönetmen</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786055127886</t>
+          <t>9786057904911</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Yaban Ördeği</t>
+          <t>Tiyatroda Yönetmenin Pusulası</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055127893</t>
+          <t>9786057904836</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Latin Komedyaları 6 - Esirler</t>
+          <t>Yalnızlık İntiharı</t>
         </is>
       </c>
       <c r="C369" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786055127848</t>
+          <t>9786057904843</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 5 - Lisistrata</t>
+          <t>Pygmalion - Bir Kadın Yaratmak</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059306003</t>
+          <t>9786057904850</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Yazarın Yeni Bulunan Oyunu Vicdan</t>
+          <t>Önemsiz Bir Kadın</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059306034</t>
+          <t>9786057904874</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>7. Oyun Yazma Yarışması 2015</t>
+          <t>Nirvana</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059306072</t>
+          <t>9786057904867</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Bıçak Kanunu</t>
+          <t>Emre Yalçın Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786055127275</t>
+          <t>9786057904591</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Angelina İle Angelus</t>
+          <t>Sınırlar - Bounds</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055127329</t>
+          <t>9786055127664</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kurbanın Kalça Egzersizleri</t>
+          <t>Düzenbaz - Mavi Çakır Gözlü</t>
         </is>
       </c>
       <c r="C375" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786055127312</t>
+          <t>9786057904546</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>İkizler</t>
+          <t>Sahne Eseri Yazma Yarışması 2020</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786055127824</t>
+          <t>9786057904584</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Amerikan Tiyatrosu - 1960'ların Alternatif Oyunları</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786055127770</t>
+          <t>8690100785680</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Don Juan ya da Geometri Aşkı</t>
+          <t>Yükselişten Sonra</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786055127817</t>
+          <t>2789010002782</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Ozan Ömer Akgül Toplu Oyunları 1</t>
+          <t>Toplu Oyunları 3 / Yazlıkçılar - Vassa Jeleznova</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055127800</t>
+          <t>2789785959939</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Feminist Tiyatro</t>
+          <t>Toplu Oyunları 3 - Bir Sorumlu Aranıyor Tüm Ülke Taranıyor / Güneşi Parlatanların Gölgesinde / Limonluk Arısı / Son Gün</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9789755080727</t>
+          <t>9789758648702</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Dağınık Gazel</t>
+          <t>Toplu Oyunları 2 Dipte (Ayaktakımı Arasında) Dostigayev ve Diğerleri</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9789757785071</t>
+          <t>3033030007566</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Dağ Denize Kavuştu / Sevgili Kulübemiz / Ayşegül / Mustafa Kemal’in Askerleri</t>
+          <t>Toplu Oyunları 2 Gözlüklünün Maceraları / Sansür Var / Anarfişt Avcıları</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055127688</t>
+          <t>3033030007552</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 16 - Hippotülos</t>
+          <t>Toplu Oyunları 1 Şiir ya da Banka / Yoğurt ve Kan /  Vitamin mi Zehir mi? / Fare Tutmayan Kedi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786055127794</t>
+          <t>3033030005940</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Tolga Özenç Özençel Toplu Oyunları 1</t>
+          <t>Toplu Oyunları 1 Seyir Defteri (Julia) Dobrinja’da Düğün (Bir Günün Trilogyası)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786055127657</t>
+          <t>9786054465552</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>Toplu Oyunları 1 / Göçmen Oyunlar / Sürgün Misafirler - Londra’ya Kiraz Geldi - Dayak Delisi</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786055127428</t>
+          <t>3033030018308</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 : Bildirim / Largo Desolato</t>
+          <t>Toplu Oyunları 1 Geceyi Geçirme / Şehir / Resmi Geçit</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786055127725</t>
+          <t>3033030020592</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları - 1 : Nehir 1 - Nehir 2 - Mişir - Stajyer</t>
+          <t>Toplu Oyunları 1 Duvar / Yerin Altında</t>
         </is>
       </c>
       <c r="C387" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786055127015</t>
+          <t>2880000118633</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Dram Sanatında Sınırları Zorlamak</t>
+          <t>Toplu Oyunları 1 Bal Sineği / Aya Bir Yolcu / Uçamayan Kuşlar Tutulur / Beşgen</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786054465361</t>
+          <t>3033030007551</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Dram Sanatında Ezgi ve Uyum</t>
+          <t>Toplu Oyunları 1 Alo 900 /  Konfetiler</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786055127404</t>
+          <t>9789757468721</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>TiyatroTem Oyunları 3 : Gündüz Niyetine - Sezonun Son Kabusu</t>
+          <t>Toplu Oyunları 1 - Avrupa Komedyası / Güzel Zamanlar</t>
         </is>
       </c>
       <c r="C390" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786054465927</t>
+          <t>9789755080390</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Oyunları 1 - 4 / Zoraki Talib-Ayyar Hamza- Kokona Yatıyor- Pinti Hamit- İşkilli Memo</t>
+          <t>Tiyatroda Yapısalcı Çözümleme</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>3990000003010</t>
+          <t>8690100707743</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Epik Tiyatro</t>
+          <t>Tiyatro Nedir</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789758106073</t>
+          <t>3033030007577</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Tiyatro ve Dramaturgi</t>
+          <t>Tiresias’ın Memeleri "Sürrealist Dram"</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789757468509</t>
+          <t>2789785985372</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Ortaoyunları 2 Dünyada Mekan Yahut Hilekar</t>
+          <t>Sırça Köşk - Barış Gezegeni - Mavi Gezegeni Kim Kurtarsın?</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786054465644</t>
+          <t>3033030015789</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Bir Klasik - Bernard-Marie Koltes</t>
+          <t>Shakespeare Sözlüğü</t>
         </is>
       </c>
       <c r="C395" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9759787785136</t>
+          <t>3033030007616</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Alman Yazarları - Dullar</t>
+          <t>Seyir Defteri Oyun Eleştirileri</t>
         </is>
       </c>
       <c r="C396" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786054465248</t>
+          <t>9786054465972</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 - Bu Anlamlı Günde - Köprüden Önce Son Çıkış - Medine</t>
+          <t>Sahneye Bakmak 3</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786054465798</t>
+          <t>2008120400050</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 - Ah Smyrna’m, Güzel İzmir’im - Kazaen (Beyoğlunda Çarpışmalar)</t>
+          <t>Toplu Oyunları 1- Gün Anneme Gebe -Aydınlık Ama Kaç Mumluk - İziniz Var -Coşku ve Sayıklama</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789758875399</t>
+          <t>2789785846598</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Evdeydim ve Yağmurun Gelmesini Bekliyordum</t>
+          <t>Gölgenin Canı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786054465019</t>
+          <t>2880000043041</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Kavuklu Hamdi</t>
+          <t>Gelişim Sürecinde Türk Tiyatrosu</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786054465187</t>
+          <t>8690100334628</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kassandra</t>
+          <t>Eleştirinin Eleştirisi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789757468172</t>
+          <t>2880000114017</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Kasaplığın El Kitabı</t>
+          <t>Doğaçlama Tiyatro Yöntemi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9789755080178</t>
+          <t>8690100125523</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Eleni ve Gül</t>
+          <t>Divane Ağaç</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789758648962</t>
+          <t>2880000002499</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Düzmece Müzikal</t>
+          <t>Deniz Kıyısı - Sevgi Kutusu - Bilen Kazansın</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789755080505</t>
+          <t>9786054465514</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Hikaye-i Mahmud Bedreddin Analık Davası Midirfillik Oyunu (Ham Hum Şaralop)</t>
+          <t>Dağ Gülü Beybin - Beybin, The Wild Rose</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9789757785477</t>
+          <t>9789758106998</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 9 - Zincire Vurulmuş Prometheus</t>
+          <t>Çocuklar İçin Tiyatro</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9789757468196</t>
+          <t>9786054465538</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 7 - Filoktetes / Philoctetes</t>
+          <t>Çocuk Tiyatrosu mu Dediniz</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9789755080499</t>
+          <t>3033030004479</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 6 - Elektra</t>
+          <t>Çocuk Tiyatrosu -Çizmeli Kedi - Pollyanna - Ali Baba ve Kırk Haramiler</t>
         </is>
       </c>
       <c r="C408" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786055127237</t>
+          <t>8690100988715</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Dr. Faust'un Ölümü</t>
+          <t>Erkek Parkı</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786055127565</t>
+          <t>3033030007561</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Aradığınız Topluma Ulaşılamıyor</t>
+          <t>Ceza Kanunu</t>
         </is>
       </c>
       <c r="C410" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055127251</t>
+          <t>3033030025030</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Ne Güzel Bir Gün</t>
+          <t>Büyülü Göl</t>
         </is>
       </c>
       <c r="C411" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9789757468707</t>
+          <t>9786054465958</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 / Ayakkabıcının Karısı - Bay Cristobal'ın Kukla Oyunu - Kız Kurusu Gül Hanım</t>
+          <t>Büyük ve Küçük</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9789758106189</t>
+          <t>2789009930584</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 1 - Persler / Antigone</t>
+          <t>Bütün Oyunları 3 Bozuk Düzen / Hüzzam</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786054465262</t>
+          <t>2880000027218</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 4- Kurbağalar</t>
+          <t>Bütün Oyunları 2 - Yarın Cumartesi -Baba ile Oğul</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786054465071</t>
+          <t>9789758106401</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Köprüden Görünüş</t>
+          <t>Bertolt Brecht Bütün Oyunları Cilt 9 (Ciltli)</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055127541</t>
+          <t>9789755080154</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1</t>
+          <t>Bütün Oyunları Cilt: 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>370</v>
+        <v>600</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055127572</t>
+          <t>9789755080161</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Genel Kaynak Kitabı: Devlet Tiyatroları Tarihi (1936-1991)</t>
+          <t>Buluşma Yeri</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789757468127</t>
+          <t>3033030023050</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro ve Çocuk</t>
+          <t>Brecht’le Havana’da</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9789758648474</t>
+          <t>2007022200041</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Oyunları Sözlüğü Cilt 3</t>
+          <t>Bir Kutlama</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789757468936</t>
+          <t>9789758648269</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Oyunları Sözlüğü Cilt: 1</t>
+          <t>Bütün Şiirleri 2</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>370</v>
+        <v>600</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055127718</t>
+          <t>3033030007581</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Radyo Oyunları - 2</t>
+          <t>Toplu Oyunları 1 Altı Tutkulu Kadın / Kurban / Kafes</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055127701</t>
+          <t>9786057904560</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Diktatör - Hayat Bayram Olsa</t>
+          <t>Bayazıt</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055127220</t>
+          <t>8690101025266</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Oyunları 4-5 Çok Bilen Çok Yanılır - İlk Göz Ağrısı</t>
+          <t>Barut Fıçısı</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>300</v>
+        <v>140</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9789758106134</t>
+          <t>9789758080055</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Boyacı Dolatı Komedisi - 2. Bölüm</t>
+          <t>Azizname’95</t>
         </is>
       </c>
       <c r="C424" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055127534</t>
+          <t>8690100042226</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Kunduracı Doktor</t>
+          <t>Aynada</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055127336</t>
+          <t>2880000035732</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Otelci Kadın</t>
+          <t>Asya Kukla Tiyatrosu</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055127268</t>
+          <t>9786054465675</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Pırpırlı Yaşam</t>
+          <t>Araf</t>
         </is>
       </c>
       <c r="C427" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786055127503</t>
+          <t>2880000012320</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Hayaletler (Genspenster)</t>
+          <t>Anna Karenina</t>
         </is>
       </c>
       <c r="C428" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786055127527</t>
+          <t>2789785843702</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Vakti Geldi</t>
+          <t>Akıllı Soytarı</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786055127510</t>
+          <t>2789009932328</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Belçika Oyunları 4</t>
+          <t>1. Oyun Yazma Yarışması 2006</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059306089</t>
+          <t>3033030025047</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Bir Sonsuzluk Deneyimi Olarak Yazmak</t>
+          <t>Barış İçin Savaş  - Oturan Boğa</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059306096</t>
+          <t>2880000067917</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Türk Tiyatrosunun Oluşumunda Oyun Önsözleri 1859-1923</t>
+          <t>Antik Tragedyalar ve Çağdaş Yorumları</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>370</v>
+        <v>500</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059306041</t>
+          <t>2016000003345</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Sahne Işığı</t>
+          <t>2. Oyun Yazma Yarışması 2007 Gençlik Oyunları</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055127398</t>
+          <t>8690100926571</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Oda Komşum Richard Wagner</t>
+          <t>Poetika</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055127343</t>
+          <t>2880000002147</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Doğaçlama</t>
+          <t>Mozart Küçük Dahinin Sihirli Notaları Gençlik Oyunu</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055127411</t>
+          <t>2007122800561</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 (Kurgulamalar) / Bir Ata Krallığım - Herkes Aynı Bahçede</t>
+          <t>Lodos</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786055127213</t>
+          <t>2789785960256</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 15 - Helena</t>
+          <t>Kumsal</t>
         </is>
       </c>
       <c r="C437" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055127138</t>
+          <t>3033030007583</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Çömlek (Aulularia)</t>
+          <t>Kızılırmak (Kızılırmak-Karakoyun)</t>
         </is>
       </c>
       <c r="C438" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055127671</t>
+          <t>2008120400029</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>6. Oyun Yazma Yarışması 2014</t>
+          <t>Çocuk Oyunları - Keloğlan</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786055127589</t>
+          <t>9789757468585</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Özdemir Abi'me Mektuplar</t>
+          <t>Kafka Oyunları Kafka’nın Kadınları / Baba ve Oğul / Kafka’nın Şeyi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055127640</t>
+          <t>9789757468158</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Ölü Ordunun Generali</t>
+          <t>İnsandan Kaçan (Adamcıl)</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786055127626</t>
+          <t>3033030007550</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Modern Tiyatro</t>
+          <t>İlklerin Efendisi Şinasi ve Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786055127596</t>
+          <t>8690100965372</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Ödül</t>
+          <t>Gösteri Sanatlarında Işıklama Tasarımı</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786055127602</t>
+          <t>2007020200005</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları - 1: Geriye Kalan - Yunus Benem - Mansur'un Küpesi</t>
+          <t>Hasan Ağa’nın Karısı</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786054465354</t>
+          <t>9789755020253</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Stanislavski Okulunda "Oyunculuk Eğitimi"</t>
+          <t>Grips Oyunları 2 - Ciciş, Miniş, Korna ve Arda- Islık Çalabiliyor musun Yazgülü</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786055127435</t>
+          <t>3033030007556</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 4 İki Oyun Bir Ülke</t>
+          <t>Bütün Oyunları 1 Aşk Bir Masaldır / Ölü Mevsimler</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055127756</t>
+          <t>2880000058403</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 4 - İd-Ego ve Süper Kahraman, Var Olmayan Ayşe'nin Muhteşem Maceraları</t>
+          <t>Yaz Gecesi Rüyası</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786055127763</t>
+          <t>3033030007582</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Yılbaşı Partisi</t>
+          <t>Yaşamın İzindeki Kadınlar</t>
         </is>
       </c>
       <c r="C448" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786055127381</t>
+          <t>9786054465590</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 Herşey Yolunda - Yağmurlar Yüzünden - Aşk Bir Şey Değildir</t>
+          <t>Yarın Ola Hayr’ola</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055127367</t>
+          <t>9789758648658</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Zehra İpşiroğlu Toplu Oyunları - Lena, Leyla ve Diğerleri / Pinokyo Kral Übü'nün Ülkesinde</t>
+          <t>Vasıf Öngören’in Tiyatro Dünyası</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786055127497</t>
+          <t>9789955080659</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Liza Uyuyor - Kosova Tiyatrosu'ndan Bir Kuş Uçtu</t>
+          <t>Toplu Oyunları-1 Çıkmaz Sokak / Dosya / Kör Döğüşü</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786055127473</t>
+          <t>9786059306454</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>İşçi Babası Ömer Ağa ile Küçükhanımın Şöförü Recep</t>
+          <t>Anton Çehov Kısa Oyunları (10 Oyun)</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786055127480</t>
+          <t>9786059306133</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Parti Zamanı</t>
+          <t>Eğer Bu Bir Oyun Olsaydı</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786055127466</t>
+          <t>9786055127732</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Belçika Oyunları 3 Babamın Gölgesinde Sivas - 2 Temmuz 1993</t>
+          <t>Eğer Bu Bir Film Olsaydı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786055127459</t>
+          <t>9786057904683</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>İlerleme</t>
+          <t>Tarihsel Gelişim Sürecinde Alman Kukla Tiyatrosu</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786054465255</t>
+          <t>2880000022145</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2: Nora, Bir Bebek Evi - Hedda Gabler</t>
+          <t>Çirkin Ördek Yavrusu - Çıplak Kral - Gizli Dünya - Masal Dünya</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786054465842</t>
+          <t>2789785896265</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2: Gönlümdeki Osman Hamdi Bey - Pembe Konağın Gelinleri</t>
+          <t>Güngör Dilmen Bildiri Kitabı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786055127046</t>
+          <t>9789758106264</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Kabakçı Mustafa Vakası - Evham - Huysuzlar Kulübü</t>
+          <t>Toplu Oyunları 1 Köleler Adası - Tartışma</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9789757785767</t>
+          <t>9789757785217</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - İşçiler Cennete Gider - Kuş Kafesi</t>
+          <t>Toplu Oyunları 1- Meddah / İpteki / Kadınlar Matinesi</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786055127060</t>
+          <t>9786057904829</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - İstanbul Hatırası / İstanbul ve Aşk</t>
+          <t>Yoshi Oida - Oyunculuk Yöntemi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9789757785996</t>
+          <t>9786057904812</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 - Homburg Prensi / Küçük Katherine</t>
+          <t>Hipokrat ya da İngiliz Hasta</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9789757785866</t>
+          <t>9786057904805</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 / Lozan - Pir Sultan Abdal</t>
+          <t>Toplu Oyunları 1 - Zehir - Tuzak</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786054465316</t>
+          <t>9786057904799</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 / Kökler - Mutfak - Annie Wobbler</t>
+          <t>Sahne Eseri Yazma Yarışması 2021</t>
         </is>
       </c>
       <c r="C463" s="1">
         <v>370</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9789757785019</t>
+          <t>9786057904782</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2</t>
+          <t>Kadın Oyunları 1</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9789755080130</t>
+          <t>9786057904775</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Bugün Benim Doğum Günüm / Numan Nokta Net / Adı Maksut</t>
+          <t>Köroğlu</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786054465934</t>
+          <t>9786057904768</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Yosunlar - Uçurum - Gece Oyunu</t>
+          <t>Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C466" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786054465774</t>
+          <t>9786057904737</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Tolstoy ve Anna - Üç Yılbaşı</t>
+          <t>Eski Yunan Komedyaları 6 - Eşekarıları</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9789758023370</t>
+          <t>9786057904744</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuz Tiyatroda Gerçekçilik</t>
+          <t>Eski Yunan Tragedyaları 23 - Aias</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9789758648740</t>
+          <t>9786057904706</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Demokles’in Kılıcı</t>
+          <t>Küskün Yüreklerin Türküsü</t>
         </is>
       </c>
       <c r="C469" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9789758648498</t>
+          <t>9786057904713</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Değişim</t>
+          <t>Seyirci</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789755080307</t>
+          <t>9786057904690</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Değişen Tiyatro</t>
+          <t>Oyun - Gerçek Paradoksu ve Aktörlük</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9789758106349</t>
+          <t>9786057904720</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Soytarılar Okulu Soytarılar Gezide</t>
+          <t>Moskova Sanat Tiyatrosu’ndan Egzersizler</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786054465668</t>
+          <t>9786057904676</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Sokrates Bulutlar’da</t>
+          <t>Almanya'da Göçmen Sonrası Tiyatro</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9789758106745</t>
+          <t>9786057904645</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1:  Ah Şu Büyükler - Aşk Grevi</t>
+          <t>Ölümcül Teatrallik</t>
         </is>
       </c>
       <c r="C474" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786055127114</t>
+          <t>9786057904652</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Yasaklarını Sat Bana / Yıldızların Gölgesinde Ağlamak / Kürek</t>
+          <t>İzlanda'nın Başkenti Şirket - Toplu Oyunları 6</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9789757785460</t>
+          <t>9786057904669</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Şerefiye - Zemberek - Çark</t>
+          <t>Eski Yunan Tragedyaları 22 - Elektra</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9789757785064</t>
+          <t>9786057904607</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Troya’yı Özlüyorum - 8 Kısa Oyun</t>
+          <t>Toplu Oyunları 4 - Prenses - Amalia</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9789757785972</t>
+          <t>9786057604614</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Balkanlar ve Türkler</t>
+          <t>Karanlıktan Bahsetmek Yok</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>3990000026499</t>
+          <t>9786057904621</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Mustafam Kemalim</t>
+          <t>Eski Yunan Tragedyaları 21 - Yakarıcılar</t>
         </is>
       </c>
       <c r="C479" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789757468134</t>
+          <t>9786057904577</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Sahne Tozu Tiyatro Yazıları</t>
+          <t>Tiyatro Yazarlığı</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789758106950</t>
+          <t>9786057904539</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Sahne Çalışması İçin 100 Monolog Türk Oyunları Cilt 2</t>
+          <t>Oyunculuk Öğretilmez</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786055127374</t>
+          <t>9786057904522</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>İzlanda Oyunları 1</t>
+          <t>Çağdaş İskoç Tiyatrosu</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789757785293</t>
+          <t>9786057904515</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>İzlanda Oyunları 2 - Mutfak Söyleşileri</t>
+          <t>Don Kişot'un Yeni Maceraları ( The New Adventures of Don Quixote )</t>
         </is>
       </c>
       <c r="C483" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789758648924</t>
+          <t>9786057904508</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>İyi Şanslar</t>
+          <t>Oyunculuğun Büyübozumu</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>50</v>
+        <v>270</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786055127282</t>
+          <t>9786057904485</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Bir Kadın Avcısının Andaçı</t>
+          <t>Postdramatik Tiyatro</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786055127244</t>
+          <t>9786057904478</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Güçler Üstadı</t>
+          <t>Toplu Oyunları 1 / Bir Ülke Arıyorum - Medea'nın Başörtüsü</t>
         </is>
       </c>
       <c r="C486" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786055127299</t>
+          <t>9786057904461</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Kimsenin Ölmediği Günün Ertesiydi - Nerde Kalmıştık</t>
+          <t>Beş Mevsim Bir Halk Düşmanı</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789757785859</t>
+          <t>9786057904454</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları-1 Eski Fotoğraflar / Gül Satardı Melek / Hanım / Katip Çıkmazı / Maviydi Bisikletim</t>
+          <t>Balkan Ajanı</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789757785743</t>
+          <t>9786057904447</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 7 - Gölge Tiyatrosu</t>
+          <t>Savaş Müzesi - The War Museum</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786055127145</t>
+          <t>9786057904430</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Kan Davası, Uyanış, İşadamı</t>
+          <t>Vişne Bahçesi</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786055127152</t>
+          <t>9786058190801</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 - Düğün / Utanmaz Adam</t>
+          <t>Oyuncular Eğitmenler ve Yönetmenler İçin Rol Çalışma Yöntemi - Meisner Tekniği</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789757468769</t>
+          <t>9786057904386</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 - Kadın Oyunları / Sahici İnsanlar - Plastik Ölümler - Böyle Bir Aşk Masalı</t>
+          <t>Top Girls (Zirvedeki Kızlar)</t>
         </is>
       </c>
       <c r="C492" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786055127176</t>
+          <t>9786057904393</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Koltuk Tozu</t>
+          <t>Köprüde</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786055127183</t>
+          <t>9786057904379</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Devletin Tiyatrosu Olmaz! (Mı?)</t>
+          <t>Dilin Dramatiği</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786055127121</t>
+          <t>9786057904362</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Git Gel Dolap</t>
+          <t>Toplu Oyunları 3 / Beşinci Mevsim - Matematiğin Kraliçesi (Hypatia) - Melankoli</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786055127206</t>
+          <t>9786057904355</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Uyanan Güzel</t>
+          <t>Toplu Oyunları 1 / Devrimden Tablolar - Deniz</t>
         </is>
       </c>
       <c r="C496" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786055127169</t>
+          <t>9786057904348</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dereceden İşsizlik Yanığı</t>
+          <t>Absürd Tiyatro ve Ionesco Oyun Çevirileri</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789755080031</t>
+          <t>9786057904331</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Parça Tesirli Pazarlar - Sevgili Pazartesilerim</t>
+          <t>Toplu Oyunları 2 / Yaşamsal Algoritmalar - Anne Beni Gezi'ye Götür - Neşter</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786055127190</t>
+          <t>9786057904232</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Latin Komedyaları 4 -Urgan (Rudenis)</t>
+          <t>Çağımızda Oyun Yazarlığı</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9789757785668</t>
+          <t>9786057904225</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Zincire Vurulmuş Übü</t>
+          <t>Türk Tiyatrosunun Postmodern Poetikası 1</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789755080512</t>
+          <t>9786057904188</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Rengi</t>
+          <t>Çocuk Oyunları 1 / Gül Güzeli - Kaplumbağa Silva Nasrettin Hoca</t>
         </is>
       </c>
       <c r="C501" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789757785910</t>
+          <t>9786057904256</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Yüzde 100 Tiyatro</t>
+          <t>Toplu Oyunları 1 / Enkaz Adası - Mülteci - Zamanın Dehlizinde Bir Kurşun</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9789755080314</t>
+          <t>9786057904270</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Yönetmen Tiyatronun Biçimi Yoktur</t>
+          <t>Çocuk Tiyatrosu / Çocuk Oyunları 1</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9789758023349</t>
+          <t>9786057904324</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Yönetmen Peter Stein</t>
+          <t>Sahne Dövüşü Koreografisi ve Estetiği</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786054465996</t>
+          <t>9786057904287</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinlere Oyunculuk Eğitimi</t>
+          <t>Toplu Oyunları 6 / Onların Hikayesi</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9789755080710</t>
+          <t>9786057904249</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Gece</t>
+          <t>Türk Tiyatrosu’nda Kara Mizahtan Kara Komedyaya Yansımalar</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786054465095</t>
+          <t>9786057904317</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Yedi Kocalı Hürmüz</t>
+          <t>Mezbaha</t>
         </is>
       </c>
       <c r="C507" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786054465835</t>
+          <t>9786057904263</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Yazı Uçtu Sahneye Kondu</t>
+          <t>Sahne Eseri Yazma Yarışması 2019</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786054465736</t>
+          <t>9786057904300</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Yaşamı, Sanat Anlayışı ve Yapıtlarıyla Sermet Çağan</t>
+          <t>Ters Takla</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789758648887</t>
+          <t>9786057904294</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Yarım Bardak Su</t>
+          <t>Sanki Hiçbir Şey Olmamış Gibi</t>
         </is>
       </c>
       <c r="C510" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9789755080673</t>
+          <t>9786057904195</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Yapraklar</t>
+          <t>Bir Porsiyon Eşek</t>
         </is>
       </c>
       <c r="C511" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9789758875405</t>
+          <t>9786057904201</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Woyzeck</t>
+          <t>Toplu Oyunları 1 / Koleksiyoncu - Adel Seni Seçti</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9789757785613</t>
+          <t>9786057904218</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Viewpoints Kitabı</t>
+          <t>Nina</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786054465101</t>
+          <t>9786057904171</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Vichy’deki Olay</t>
+          <t>Toplu Oyunları 1 / Asansör - Oyun Odası - Tiramisu</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789757785095</t>
+          <t>9786057904164</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Uyarlama Oyunlar - Derviş ve Ölüm / Kale</t>
+          <t>Oyunculukta Ses Üretme Sanatı</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9789755080680</t>
+          <t>9786057904140</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Uyarlama Oyunlar</t>
+          <t>Toplu Oyunları 1 / Öteki Ankara Müzikali - Nakş-ı Zigetvar</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789758875429</t>
+          <t>9786057904157</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Türk Hükümdarı Selim</t>
+          <t>Toplu Oyunları 2 / Ateşçi - Bir Sandık Masalı</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9789757468202</t>
+          <t>9786057904119</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Tülin Tankut Toplu Oyunları 1</t>
+          <t>Kosova Tiyatrosu</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789757785774</t>
+          <t>9786057904133</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Tüccarlar</t>
+          <t>Performance and Theatricality</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786054465873</t>
+          <t>9786057904102</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Troilos ile Kressida</t>
+          <t>Satır Başı</t>
         </is>
       </c>
       <c r="C520" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786054465118</t>
+          <t>9786057904089</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Tragedya ve Siyaset</t>
+          <t>Toplu Oyunları - 3 - Piçhane - Müzeyyen</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9789758648108</t>
+          <t>9786057904096</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Torun İstiyorum Genç Alman Yazarları 1</t>
+          <t>Yollu - Barış Gelini</t>
         </is>
       </c>
       <c r="C522" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789758106844</t>
+          <t>9786057904126</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 5 Kuzguncuk Türküsü Şan, Şeref, Ün = Amfitrüon Troya İçinde Vurdular Beni</t>
+          <t>Hüseyin Erdoğan Toplu Oyunları - 1</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789757785101</t>
+          <t>9786057904003</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 4 - Che Guevara / Tiyatrocular / Ah Bir Yoksul Olsam</t>
+          <t>Bernard Shaw’un Oyunları</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9789758023356</t>
+          <t>9786057904027</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 Şapka - Ziyaretçi -Matruşka -Öğretmen</t>
+          <t>Küçük Tragedyalar</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789758106462</t>
+          <t>9786057904034</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 Kadın Üçlemesi Besleme Önce Sevgi Dünyanın Yaşlı Çocukları</t>
+          <t>Topuklu Terlik Süt Yapar</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9789758875412</t>
+          <t>9786057904041</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 - Don Cristobita ile Dona Rosita’nın Acıklı Güldürüsü - Mariana Pineda</t>
+          <t>Toplu Oyunları 1 / Zümrüdüanka 1. Versiyon - Zümrüdüanka 2. Versiyon - Kırmızı Ruj - Teneke Mahalle</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786055127107</t>
+          <t>9786059306997</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 - Bu Zamlar Bana Karşı / Bir Yiğit Masal Kuranda (Dev Masalı) / Sonsuz Operet</t>
+          <t>Toplu Oyunları 1 / Göçmen Düğünü - Kapı Zili - Gece Gelen Kadın</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786054465965</t>
+          <t>9786059306980</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 - Ali Ayşeyi Seviyo, Beni Dünya Kadar Sev</t>
+          <t>Hiç Yoktan</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786055127039</t>
+          <t>9786059306966</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2: Yanar Elleri - Cehennem Yargıçları - Devlet Kuşu</t>
+          <t>İstasyon</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789757785958</t>
+          <t>9786059306935</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2</t>
+          <t>Ocak'ta Bahar</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9789758648344</t>
+          <t>9786059306942</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 Muammer Muammer / Dağların Türküsü / İyi Yurttaş / Çukur</t>
+          <t>Eski Yunan Tragedyaları 20 - İon</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9789758648856</t>
+          <t>9786059306843</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 İki Kalas Bir Heves - Ramazan’la Cülide</t>
+          <t>Çağdaş Tiyatroda Anlatı</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9789757785514</t>
+          <t>9786059306867</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2 - Yaz Kızım - Kız Doğulmaz</t>
+          <t>Toplu Oyunları 1 / Bir Şili Şarkısı - Ben, Frida Kahlo - Vicdan</t>
         </is>
       </c>
       <c r="C534" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9789757785088</t>
+          <t>9786059306928</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2</t>
+          <t>Dr. Faustus</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786054465446</t>
+          <t>9786059306874</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 2</t>
+          <t>Cumhuriyet Devrimleri Üzerine Drama Uygulamaları</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786054465415</t>
+          <t>9786059306898</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1: Uzaktakiler - İnsansızlar - Soruşturma -Tut ki Öleceksin - Çiçek Sepetli Kız</t>
+          <t>Kunio Şimizu Oyunları 1 / İmzacı - Kulis</t>
         </is>
       </c>
       <c r="C537" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9789757785941</t>
+          <t>9786059306904</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Sultan ile Kızları - Tuhaf Bir Ölüm</t>
+          <t>Eski Yunan Tragedyaları 18 - Herakles</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786054465156</t>
+          <t>9786059306911</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1: Catilina - Bir Halk Düşmanı</t>
+          <t>Eski Yunan Tragedyaları 19 - Andromakhe</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9789755080383</t>
+          <t>9786059306881</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Sanatçının Ölümü / Araf’ta Kalanlar / Karagöz’ün Muamması</t>
+          <t>Sahne Eseri Yazma Yarışması 2018</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789758648504</t>
+          <t>9786059306829</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Ölümsüz Kullar - Senyora - Alabora</t>
+          <t>Bir Peri Masalı (Radyum Kızları)</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9759788648782</t>
+          <t>9786059306836</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Müfettiş - Kumarbazlar - Evlenme</t>
+          <t>Toplu Oyunları 2 : Antidepresan - İsimsiz - Aristoteles</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789757468387</t>
+          <t>9786059306850</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Midas’ın Kulakları / Midas’ın Altınları / Midas’ın Kördüğümü</t>
+          <t>Eski Yunan Tragedyaları 17 - Alkestis</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786057904423</t>
+          <t>9786059306799</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Kanlı Düğün / Yerma / Bernarda Alba’nın Evi</t>
+          <t>Grimm Kardeşler</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9789758106547</t>
+          <t>9786059306805</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 İtaat Deneyi / Eylül Penceresinden İki Kozyatağı Manzarası / Elli Metre Yüksekten İçi Su Dolu Konserve Kutusuna Balıklama Atlamak / Gece Boyunca</t>
+          <t>Oğul Oğul</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789758648429</t>
+          <t>9786059306812</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Fay Hattı - Newton Bilgisayardan Ne Anlar</t>
+          <t>Mahallemin Şahane Baskısı</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789757468530</t>
+          <t>9786059306768</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Dün Bugün Yarın Biletler İki Kişilik</t>
+          <t>Kapılar</t>
         </is>
       </c>
       <c r="C547" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789758648764</t>
+          <t>9786059306782</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Dermeyan Masalı / Eşya ile Münasebeti Tayin Problemi / Büyü - Düğüm / Mutsuz Anneler Kulübü</t>
+          <t>Şehrazat'ın Oyunu - Das Spiel der Schahrazad (Almanca-Türkçe)</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789757468066</t>
+          <t>9786059306775</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Denizatı / İdris Baba</t>
+          <t>Kurbanlar Tanrı İstiyor</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789758106561</t>
+          <t>9786059306751</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Batı Rıhtımı / Zenciyle İtlerin Dalaşı</t>
+          <t>Çağdaş Kosova Oyunları  Seçkisi</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9789758106769</t>
+          <t>9786059306744</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Batakhane Güzeli / Uygunsuzlar / Evin Kadınları</t>
+          <t>Avukat Pierre Pathelin Farsı</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789755080116</t>
+          <t>9786059306737</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Altın Post - Neron ile Agripina</t>
+          <t>Toplu Oyunları - 1</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9789757785033</t>
+          <t>9786059306720</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 Parfüm - www.com -Yalanın Ardındaki</t>
+          <t>Efendiden Bir Uşak</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9789757468189</t>
+          <t>9786059306690</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Çukur - Cehenneme Git</t>
+          <t>Tarık Şerbetçioğlu Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9789757468943</t>
+          <t>9786059306706</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 (Bekleme Salonu - O.B.E.B. Ortak Bölenlerin En Büyüğü)</t>
+          <t>E5 Rezidans 49. Kat</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786054465163</t>
+          <t>9786059306652</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Zaman Aşımı 1: Diller de Günahkar / Zaman Aşımı 2: Son Celse / Tarlabaşı Bulvarı: Meydan’a Çıkmak</t>
+          <t>Toplu Oyunları 4</t>
         </is>
       </c>
       <c r="C556" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9789757785231</t>
+          <t>9786059306645</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Yüzleşme Oyunu / Erteleme Oyunu / Kaçma Oyunu</t>
+          <t>Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C557" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9789757785798</t>
+          <t>9786059306614</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Largo Romanamour / Gül’ün Öpüşü</t>
+          <t>Hasırlı Han Meseli</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9789757785750</t>
+          <t>9786059306669</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Hoşgeldin Amerika - Külrengi Sabahlar - Bir Oyun Gibi</t>
+          <t>Ayak-Bacak Fabrikası / Savaş Oyunu</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789757785736</t>
+          <t>9786059306638</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 - Direniş Üçlemesi</t>
+          <t>Mültecileeeer</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9789758648368</t>
+          <t>9786059306683</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 6 Devlet ve İnsan - İttihat ve Terakki - Hakimiyet-i Milliye Aşevi</t>
+          <t>Kaderimin Oyunu Mu Bu</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786054465903</t>
+          <t>9786059306676</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 3 / Dinmeyen Alkışlar (Cahide) - Farklı Bir Kadın</t>
+          <t>Hayaletler Sonatı</t>
         </is>
       </c>
       <c r="C562" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786054465897</t>
+          <t>9786059306577</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 3 -/ Bina - Ayrılık - Hastane</t>
+          <t>Sahne Eseri Yazma Yarışması 2017</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789757785682</t>
+          <t>9786059306607</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 2 / Mutemet Ali Rıza Bey’in Yaşanmış Hayt Hikâyesi - Sayın Muhbir Vatandaşlar - Memurlar - Lades ya da Aile Ocağı - Kargalar</t>
+          <t>Ah Karagöz Vah Karagöz</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786054465866</t>
+          <t>9786059306584</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1</t>
+          <t>Yeni, Yeniden</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786054465880</t>
+          <t>9786059306591</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunlar 1 / Pencere - Transit Geçiş / Windows - Transit Passing</t>
+          <t>Kasabamız</t>
         </is>
       </c>
       <c r="C566" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789757785729</t>
+          <t>9786059306546</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Tiyatrotem Oyunları 2 : Hakiki Gala</t>
+          <t>Memleketimden Kadın Manzaraları</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>3990000003263</t>
+          <t>9786059306553</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Tiyatrodan Gösteri Sanatlarına</t>
+          <t>Antik Yunan Komedyaları</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9789755080406</t>
+          <t>9786059306560</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Kültürler Arası Etkileşim</t>
+          <t>Yıldız Tozu</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789758106806</t>
+          <t>9786059306522</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Tiyatroda Devrim</t>
+          <t>Eski Yunan Tragedyaları 3 - Kral Oidipus</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9799758106706</t>
+          <t>9786059306515</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Tiyatro Yazıları</t>
+          <t>Üç Kız Kardeş</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789757785002</t>
+          <t>9786059306485</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Theodora</t>
+          <t>Hasan Sabbah</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789757468295</t>
+          <t>9786059306508</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Testosteron</t>
+          <t>Tolga Özenç Özençel Toplu Oyunları - 2</t>
         </is>
       </c>
       <c r="C573" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786054465057</t>
+          <t>9786059306492</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Cumhuriyeti</t>
+          <t>Martı</t>
         </is>
       </c>
       <c r="C574" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786059306621</t>
+          <t>9786059306478</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Şehir</t>
+          <t>Ali Cüneyd Kılcıoğlu Toplu Oyunları 3</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>3990000001762</t>
+          <t>9786059306461</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 13 - Tebai’ye Karşı Yediler</t>
+          <t>Koleksiyon</t>
         </is>
       </c>
       <c r="C576" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786059306386</t>
+          <t>9786059306430</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Tartüf</t>
+          <t>Toplu Oyunlar 5</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786054465200</t>
+          <t>9786059306447</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Şu Bizim Evliya Çelebi</t>
+          <t>Genet'nin Ezilenleri ve Hainleri</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9789757785804</t>
+          <t>9786059306409</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Şiddetin Metafiziği ve Dramaturjik Görüntüsü</t>
+          <t>Ben Anadolu</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789758648863</t>
+          <t>9786059306393</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Şiddet ile Oynamak</t>
+          <t>İki Kişilik Karmaşa</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786054465682</t>
+          <t>9786059306416</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Şehir Büyüyor</t>
+          <t>Uğur Saatçi Toplu Oyunlar 1</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>3990000002999</t>
+          <t>9786059306379</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Şarkılarımız Ölmesin</t>
+          <t>Deli Dumrul</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>45</v>
+        <v>200</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789757785545</t>
+          <t>9786059306355</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Şahmeran - Savaş Çiçekleri</t>
+          <t>Tiyatro Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>220</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>3990000003008</t>
+          <t>9786059306348</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Suya Yazı Yazanlar</t>
+          <t>Rasat Zamanı</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9789757785354</t>
+          <t>9786059306317</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Suratına Tiyatro</t>
+          <t>Derinde Akan Irmak: Haşmet Zeybek'i Anlamak</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786054465422</t>
+          <t>9786059306324</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Stanislavski Sistemi ve Metot Oyunculuğu</t>
+          <t>Toplu Oyunları 1: Ortak Dolap - Şurubiler Korosu</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789755080185</t>
+          <t>9786059306300</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Kitap - Şimdi Söyle!</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9789757785262</t>
+          <t>9786059306218</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Bunadı</t>
+          <t>Fırtına</t>
         </is>
       </c>
       <c r="C588" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786054465408</t>
+          <t>9786059306270</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Seyir Defteri 2</t>
+          <t>N. Taner Büyükarman - Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786054465767</t>
+          <t>9786059306287</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Serçe</t>
+          <t>Ebru Nihan Celkan - Toplu Oyunları 3</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786054465385</t>
+          <t>9786059306263</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Satıcının Ölümü</t>
+          <t>Nesrin Kazankaya - Toplu Oyunları 5</t>
         </is>
       </c>
       <c r="C591" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786054465477</t>
+          <t>9786059306294</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Sarı Ay</t>
+          <t>Hangi Çocuk Tiyatrosu</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786054465217</t>
+          <t>9786059306232</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Sahneye Bakmak - 2</t>
+          <t>Buğday Kurdu</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9789758106721</t>
+          <t>9786059306256</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Sahneden İzdüşümler 1975 - 2000</t>
+          <t>Kaşık</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9789758106936</t>
+          <t>9786059306249</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Sahne Çalışması İçin 100 Monolog Cilt 1</t>
+          <t>Cimri</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789757785248</t>
+          <t>9786059306188</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali’yi Kim Öldürdü</t>
+          <t>Zenneler / Kadın Rolüne Çıkan Erkek Oyuncu Geleneği</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786054465941</t>
+          <t>9786059306195</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Rosmerler</t>
+          <t>Marina Carr Toplu Oyunları 1 - Kediler Bataklığı’nda / Portia Coughlan / Mai</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786054465781</t>
+          <t>9786059306201</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Radyo Oyunları</t>
+          <t>Çağdaş Alman Oyunları Seçkisi</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>280</v>
+        <v>600</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786054465279</t>
+          <t>9786059306164</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Radyo Oyunları</t>
+          <t>Yönetmenlik</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786054465378</t>
+          <t>9786059306157</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Makyaj</t>
+          <t>Parmak</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789758648948</t>
+          <t>9786059306140</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel</t>
+          <t>Allegretto Arnavutluk</t>
         </is>
       </c>
       <c r="C601" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789757785279</t>
+          <t>9786059306119</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Profesör Nebulus ya da Bilimin Tehlikesi</t>
+          <t>Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786054465989</t>
+          <t>9786055127879</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Plastik Aşklar</t>
+          <t>Aşilin Topuğu</t>
         </is>
       </c>
       <c r="C603" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789757468110</t>
+          <t>9786055127985</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Pelikanlar</t>
+          <t>Genç Alman Yazarları 7</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786054465545</t>
+          <t>9786055127954</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Pandaların Hikayesi</t>
+          <t>Funda Özşener Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789758648665</t>
+          <t>9786055127961</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Palavracı Asker Latin Komedyaları 1</t>
+          <t>Funda Özşener Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9789758106455</t>
+          <t>9786055127930</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Oyun Yazmak</t>
+          <t>Yaman Tüzcet Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9789758106646</t>
+          <t>9786055127923</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Oyun Yazarlığı</t>
+          <t>Oyunculuğun Yolculuğu</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786055127619</t>
+          <t>9786055127831</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Oyun Sonu</t>
+          <t>Fosforlu'nun Hikayesi</t>
         </is>
       </c>
       <c r="C609" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789758648221</t>
+          <t>9786055127862</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Dram Kumpanyası</t>
+          <t>Ebru Nihan Celkan Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789758875368</t>
+          <t>9786055127855</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Ortakçılar</t>
+          <t>Paşa Paşa Tiyatro yahut Ahmet Vefik Paşa</t>
         </is>
       </c>
       <c r="C611" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786054465651</t>
+          <t>9786055127909</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Orman Bekçileri - Yarını Akıl Yapar - Gökten Kaydı Üç Yıldız - Gül Emri</t>
+          <t>Ali Cüneyd Kılcıoğlu Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C612" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789757468226</t>
+          <t>9786055127916</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Ophelia</t>
+          <t>Kısasa Kısas</t>
         </is>
       </c>
       <c r="C613" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786055127022</t>
+          <t>9786055127886</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Onikinci Gece</t>
+          <t>Yaban Ördeği</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9789755080550</t>
+          <t>9786055127893</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Odalar</t>
+          <t>Latin Komedyaları 6 - Esirler</t>
         </is>
       </c>
       <c r="C615" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789758106509</t>
+          <t>9786055127848</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Neyzen</t>
+          <t>Eski Yunan Komedyaları 5 - Lisistrata</t>
         </is>
       </c>
       <c r="C616" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9789758106714</t>
+          <t>9786059306003</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Oynanmalı</t>
+          <t>Yazarın Yeni Bulunan Oyunu Vicdan</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786054465484</t>
+          <t>9786059306034</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Miyhavlar</t>
+          <t>7. Oyun Yazma Yarışması 2015</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9789757468356</t>
+          <t>9786059306072</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Merkeze Dönmek</t>
+          <t>Bıçak Kanunu</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9789755080536</t>
+          <t>9786055127275</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Maskeliler</t>
+          <t>Angelina İle Angelus</t>
         </is>
       </c>
       <c r="C620" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9789757785637</t>
+          <t>9786055127329</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Masanın Altında</t>
+          <t>Kurbanın Kalça Egzersizleri</t>
         </is>
       </c>
       <c r="C621" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786054465460</t>
+          <t>9786055127312</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Masallardan Oyunlar</t>
+          <t>İkizler</t>
         </is>
       </c>
       <c r="C622" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786055127091</t>
+          <t>9786055127824</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Madox ile Üç Gece</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C623" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9789757785576</t>
+          <t>9786055127770</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Leonce ile Lena</t>
+          <t>Don Juan ya da Geometri Aşkı</t>
         </is>
       </c>
       <c r="C624" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786054465910</t>
+          <t>9786055127817</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Lear</t>
+          <t>Ozan Ömer Akgül Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C625" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789757785170</t>
+          <t>9786055127800</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Latin Tragedyaları 1 - Medeia</t>
+          <t>Feminist Tiyatro</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789758875382</t>
+          <t>9789755080727</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Latin Komedyaları 3 Bütün Oyunları 2</t>
+          <t>Dağınık Gazel</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789757785309</t>
+          <t>9789757785071</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Latin Komedyaları 2 - Bütün Oyunları 1</t>
+          <t>Dağ Denize Kavuştu / Sevgili Kulübemiz / Ayşegül / Mustafa Kemal’in Askerleri</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9789755080239</t>
+          <t>9786055127688</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Döngü</t>
+          <t>Eski Yunan Tragedyaları 16 - Hippotülos</t>
         </is>
       </c>
       <c r="C629" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9789757785781</t>
+          <t>9786055127794</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Kutlama</t>
+          <t>Tolga Özenç Özençel Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C630" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789758648726</t>
+          <t>9786055127657</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Kral Übü</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C631" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786054465699</t>
+          <t>9786055127428</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Kral Lear</t>
+          <t>Toplu Oyunları 1 : Bildirim / Largo Desolato</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789758648290</t>
+          <t>9786055127725</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Kral John</t>
+          <t>Toplu Oyunları - 1 : Nehir 1 - Nehir 2 - Mişir - Stajyer</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9789758648801</t>
+          <t>9786055127015</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Kral 3. Richard</t>
+          <t>Dram Sanatında Sınırları Zorlamak</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786054465569</t>
+          <t>9786054465361</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Köprü</t>
+          <t>Dram Sanatında Ezgi ve Uyum</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789757785934</t>
+          <t>9786055127404</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs Hikayeleri</t>
+          <t>TiyatroTem Oyunları 3 : Gündüz Niyetine - Sezonun Son Kabusu</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9789757785538</t>
+          <t>9786054465927</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan / Dünyayı Tanıyorum / Hayvanlar Toplantısı</t>
+          <t>Eski Türk Oyunları 1 - 4 / Zoraki Talib-Ayyar Hamza- Kokona Yatıyor- Pinti Hamit- İşkilli Memo</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789758648375</t>
+          <t>3990000003010</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Kedinin Büyüttüğü Çocuk - Ayı Adası</t>
+          <t>Epik Tiyatro</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789758648870</t>
+          <t>9789758106073</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Efsanesi</t>
+          <t>Çağdaş Tiyatro ve Dramaturgi</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9789755080062</t>
+          <t>9789757468509</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>Çağdaş Ortaoyunları 2 Dünyada Mekan Yahut Hilekar</t>
         </is>
       </c>
       <c r="C640" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9789755080222</t>
+          <t>9786054465644</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Kantocu</t>
+          <t>Çağdaş Bir Klasik - Bernard-Marie Koltes</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786054465064</t>
+          <t>9759787785136</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Nigar</t>
+          <t>Çağdaş Alman Yazarları - Dullar</t>
         </is>
       </c>
       <c r="C642" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789757785712</t>
+          <t>9786054465248</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Kaldırım Serçesi</t>
+          <t>Toplu Oyunları 3 - Bu Anlamlı Günde - Köprüden Önce Son Çıkış - Medine</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789757785194</t>
+          <t>9786054465798</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Kahvehane</t>
+          <t>Toplu Oyunları 3 - Ah Smyrna’m, Güzel İzmir’im - Kazaen (Beyoğlunda Çarpışmalar)</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9789755080703</t>
+          <t>9789758875399</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Kadınca</t>
+          <t>Toplu Oyunları 1 - Evdeydim ve Yağmurun Gelmesini Bekliyordum</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9789757785835</t>
+          <t>9786054465019</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Kadın Sığınağı</t>
+          <t>Kavuklu Hamdi</t>
         </is>
       </c>
       <c r="C646" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9789755080246</t>
+          <t>9786054465187</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hikayeleri</t>
+          <t>Kassandra</t>
         </is>
       </c>
       <c r="C647" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786054465859</t>
+          <t>9789757468172</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Julius Caesar</t>
+          <t>Kasaplığın El Kitabı</t>
         </is>
       </c>
       <c r="C648" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9789757468288</t>
+          <t>9789755080178</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 1 / Ay , Carmela - Leningrad Kuşatması</t>
+          <t>Eleni ve Gül</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789758648986</t>
+          <t>9789758648962</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>İşgaller</t>
+          <t>Düzmece Müzikal</t>
         </is>
       </c>
       <c r="C650" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786054465811</t>
+          <t>9789755080505</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>İrlanda Oyunları 2</t>
+          <t>Toplu Oyunları 1 Hikaye-i Mahmud Bedreddin Analık Davası Midirfillik Oyunu (Ham Hum Şaralop)</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786054465606</t>
+          <t>9789757785477</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>İran Oyunları 1: Kuraklık ve Yalan - Ay Suda</t>
+          <t>Eski Yunan Tragedyaları 9 - Zincire Vurulmuş Prometheus</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>3990007468080</t>
+          <t>9789757468196</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>İmparatorluk Kuranlar</t>
+          <t>Eski Yunan Tragedyaları 7 - Filoktetes / Philoctetes</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9789758648849</t>
+          <t>9789755080499</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>İmaj Katili</t>
+          <t>Eski Yunan Tragedyaları 6 - Elektra</t>
         </is>
       </c>
       <c r="C654" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786057904638</t>
+          <t>9786055127237</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>İki Efendinin Uşağı</t>
+          <t>Dr. Faust'un Ölümü</t>
         </is>
       </c>
       <c r="C655" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786054465347</t>
+          <t>9786055127565</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Hırvat Oyunları</t>
+          <t>Aradığınız Topluma Ulaşılamıyor</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9789757785439</t>
+          <t>9786055127251</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Hernani</t>
+          <t>Ne Güzel Bir Gün</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9789757785903</t>
+          <t>9789757468707</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Hepsi Oğlumdu</t>
+          <t>Toplu Oyunları 2 / Ayakkabıcının Karısı - Bay Cristobal'ın Kukla Oyunu - Kız Kurusu Gül Hanım</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789757785965</t>
+          <t>9789758106189</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Heinrich von Kleist Toplu Oyunları 1 - Kırık Testi</t>
+          <t>Eski Yunan Tragedyaları 1 - Persler / Antigone</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9789757785316</t>
+          <t>9786054465262</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Heccav yahut Şair Eşref’in Esrarengiz Macerası</t>
+          <t>Eski Yunan Komedyaları 4- Kurbağalar</t>
         </is>
       </c>
       <c r="C660" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9789755080260</t>
+          <t>9786054465071</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Hayat Ağacında Tavus Kuşları</t>
+          <t>Köprüden Görünüş</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9789755080321</t>
+          <t>9786055127541</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Güneşin Çocukları / Barbarlar Toplu Oyunları 4</t>
+          <t>Toplu Oyunları 1</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>3990000026179</t>
+          <t>9786055127572</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Gülmenin Oyunsu Özgürlüğü</t>
+          <t>Genel Kaynak Kitabı: Devlet Tiyatroları Tarihi (1936-1991)</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9789758103416</t>
+          <t>9789757468127</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Grips Tiyatrosu Oyunları 1 Ketçaplı Spagetti Gök, Toprak, Hava, Deniz Bella, Patron ve Bulli</t>
+          <t>Tiyatro ve Çocuk</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9789757785705</t>
+          <t>9789758648474</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Gizler Çarşısı</t>
+          <t>Tiyatro Oyunları Sözlüğü Cilt 3</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9789755080468</t>
+          <t>9789757468936</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Toplu Oyunları 3 Giordano Bruno /  Memleketim Memleketim</t>
+          <t>Tiyatro Oyunları Sözlüğü Cilt: 1</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789758648894</t>
+          <t>9786055127718</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Oyunları Çürük Elma - Tavtati Kütüpati</t>
+          <t>Radyo Oyunları - 2</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789755080123</t>
+          <t>9786055127701</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Gelen Kadın</t>
+          <t>Toplu Oyunları 1 - Diktatör - Hayat Bayram Olsa</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9789757785521</t>
+          <t>9786055127220</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Gece Kulübü</t>
+          <t>Eski Türk Oyunları 4-5 Çok Bilen Çok Yanılır - İlk Göz Ağrısı</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789757785484</t>
+          <t>9789758106134</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Galileo’nun Günahları?</t>
+          <t>Boyacı Dolatı Komedisi - 2. Bölüm</t>
         </is>
       </c>
       <c r="C670" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786054465743</t>
+          <t>9786055127534</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Forum Tiyatro ve Uygulamaları</t>
+          <t>Kunduracı Doktor</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789755080284</t>
+          <t>9786055127336</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Fil</t>
+          <t>Otelci Kadın</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>3990000001483</t>
+          <t>9786055127268</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Pırpırlı Yaşam</t>
         </is>
       </c>
       <c r="C673" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789755080482</t>
+          <t>9786055127503</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Evlilikte Ufak Tefek Cinayetler</t>
+          <t>Hayaletler (Genspenster)</t>
         </is>
       </c>
       <c r="C674" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9789755080376</t>
+          <t>9786055127527</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 5 - Troyalı Kadınlar</t>
+          <t>Vakti Geldi</t>
         </is>
       </c>
       <c r="C675" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9789757785880</t>
+          <t>9786055127510</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 4 - Medea</t>
+          <t>Belçika Oyunları 4</t>
         </is>
       </c>
       <c r="C676" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9789758106974</t>
+          <t>9786059306089</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 2 - Bakkhalar</t>
+          <t>Bir Sonsuzluk Deneyimi Olarak Yazmak</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786055127053</t>
+          <t>9786059306096</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 14 - Hekabe</t>
+          <t>Türk Tiyatrosunun Oluşumunda Oyun Önsözleri 1859-1923</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786054465392</t>
+          <t>9786059306041</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 12 - Antigone</t>
+          <t>Sahne Işığı</t>
         </is>
       </c>
       <c r="C679" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9789757785811</t>
+          <t>9786055127398</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 11 - Oresteia</t>
+          <t>Oda Komşum Richard Wagner</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786057904553</t>
+          <t>9786055127343</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Tragedyaları 10 - Oidipus Kolonos’ta / Trakhisli Kadınlar</t>
+          <t>Çağdaş Doğaçlama</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789757785200</t>
+          <t>9786055127411</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 2 - Barış</t>
+          <t>Toplu Oyunları 3 (Kurgulamalar) / Bir Ata Krallığım - Herkes Aynı Bahçede</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9789758106943</t>
+          <t>9786055127213</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Eski Yunan Komedyaları 1 - Huysuz Adam (Dyskolos)</t>
+          <t>Eski Yunan Tragedyaları 15 - Helena</t>
         </is>
       </c>
       <c r="C683" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786054465439</t>
+          <t>9786055127138</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Oyunları 8</t>
+          <t>Çömlek (Aulularia)</t>
         </is>
       </c>
       <c r="C684" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789755080215</t>
+          <t>9786055127671</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Oyunları 7 Meraki</t>
+          <t>6. Oyun Yazma Yarışması 2014</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789757468417</t>
+          <t>9786055127589</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Eski Türk Oyunları 6</t>
+          <t>Özdemir Abi'me Mektuplar</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9789755080147</t>
+          <t>9786055127640</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Düğün ya da Davul</t>
+          <t>Ölü Ordunun Generali</t>
         </is>
       </c>
       <c r="C687" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786054465286</t>
+          <t>9786055127626</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Don Juan</t>
+          <t>Modern Tiyatro</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789757785323</t>
+          <t>9786055127596</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Derleme Tiyatro Sözlüğü</t>
+          <t>Ödül</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9789758648818</t>
+          <t>9786055127602</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Deniz Diye Bir Delikanlı</t>
+          <t>Toplu Oyunları - 1: Geriye Kalan - Yunus Benem - Mansur'un Küpesi</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786054465231</t>
+          <t>9786054465354</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Dar Ayakkabıyla Yaşamak</t>
+          <t>Stanislavski Okulunda "Oyunculuk Eğitimi"</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786054465132</t>
+          <t>9786055127435</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Danton’un Ölümü</t>
+          <t>Toplu Oyunları 4 İki Oyun Bir Ülke</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786054465088</t>
+          <t>9786055127756</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Çöpçü Auguste G.nin Düşe Çalan Yaşamı</t>
+          <t>Toplu Oyunları 4 - İd-Ego ve Süper Kahraman, Var Olmayan Ayşe'nin Muhteşem Maceraları</t>
         </is>
       </c>
       <c r="C693" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>3990000004700</t>
+          <t>9786055127763</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunları Deniz Kızı / Saatin Yolculuğu</t>
+          <t>Yılbaşı Partisi</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789758648771</t>
+          <t>9786055127381</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Oyunları 4 Mıknatıs Çocuk - Konuşan Taş - Çocuk Ülkesi</t>
+          <t>Toplu Oyunları 2 Herşey Yolunda - Yağmurlar Yüzünden - Aşk Bir Şey Değildir</t>
         </is>
       </c>
       <c r="C695" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786055127077</t>
+          <t>9786055127367</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Prenses</t>
+          <t>Zehra İpşiroğlu Toplu Oyunları - Lena, Leyla ve Diğerleri / Pinokyo Kral Übü'nün Ülkesinde</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9789758648160</t>
+          <t>9786055127497</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Çığ</t>
+          <t>Toplu Oyunları 1 Liza Uyuyor - Kosova Tiyatrosu'ndan Bir Kuş Uçtu</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789758106530</t>
+          <t>9786055127473</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Çağdaşımız Shakespeare</t>
+          <t>İşçi Babası Ömer Ağa ile Küçükhanımın Şöförü Recep</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789758106318</t>
+          <t>9786055127480</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Türk Tiyatrosundan On Yazar</t>
+          <t>Parti Zamanı</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789758648092</t>
+          <t>9786055127466</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Tiyatromuzda Geleneksellik</t>
+          <t>Belçika Oyunları 3 Babamın Gölgesinde Sivas - 2 Temmuz 1993</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789755080017</t>
+          <t>9786055127459</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Che Guevara</t>
+          <t>İlerleme</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786054465453</t>
+          <t>9786054465255</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Canlı Maymun Lokantası</t>
+          <t>Toplu Oyunları 2: Nora, Bir Bebek Evi - Hedda Gabler</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789757785842</t>
+          <t>9786054465842</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Cadı Kazanı</t>
+          <t>Toplu Oyunları 2: Gönlümdeki Osman Hamdi Bey - Pembe Konağın Gelinleri</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786054465309</t>
+          <t>9786055127046</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Büyük Yarışma - Küçük Müfettişler</t>
+          <t>Toplu Oyunları 1 - Kabakçı Mustafa Vakası - Evham - Huysuzlar Kulübü</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789755080437</t>
+          <t>9789757785767</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları-1 Nafile Dünya / Bir Ölümün Toplumsal Anatomisi / Rumuz Goncagül / Tanilli Dosyası (Geçit)</t>
+          <t>Toplu Oyunları 1 - İşçiler Cennete Gider - Kuş Kafesi</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789758106622</t>
+          <t>9786055127060</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları Cilt: 6 Küçük Burjuvanın Yedi Ölümcül Günahı / Horasyalılar Kuriasyalılar / Carrar Ananın Silahları / 3. Reich’ın Korku ve Sefaleti (Ciltli)</t>
+          <t>Toplu Oyunları 1 - İstanbul Hatırası / İstanbul ve Aşk</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789758106363</t>
+          <t>9789757785996</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları Cilt: 3 Üç Kuruşluk Opera Mahagonny Mahagonny Kentinin Yükselişi ve Düşüşü Lindberghlerin Uçuşu Anlaşma Üzerine Baden Öğreti Oyunu Evet Diyen Evet Diyen. Hayır Diyen Önlem (1930) Önlem (1931) (Ciltli)</t>
+          <t>Toplu Oyunları 2 - Homburg Prensi / Küçük Katherine</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>3990000050067</t>
+          <t>9789757785866</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları Cilt 2: Bertolt Brecht (Ciltli)</t>
+          <t>Toplu Oyunları 2 / Lozan - Pir Sultan Abdal</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786059306539</t>
+          <t>9786054465316</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları: Almanya Defteri (Göç) / Asiye Nasıl Kurtulur? / Oyun Nasıl Oynanmalı? / Zengin Mutfağı</t>
+          <t>Toplu Oyunları 2 / Kökler - Mutfak - Annie Wobbler</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789757785453</t>
+          <t>9789757785019</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 1 Köşebaşı-Satılık Ev-Bir Pazar Günü</t>
+          <t>Toplu Oyunları 2</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9789758106240</t>
+          <t>9789755080130</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları  Cilt: 7 Galilei’nin Yaşamı (1938/39) / Galileo (Amerika Metni) / Galilei’nin Yaşamı (1955/56) / Dansen / Demirin Fiyatı Nedir? (Ciltli)</t>
+          <t>Toplu Oyunları 1 - Bugün Benim Doğum Günüm / Numan Nokta Net / Adı Maksut</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9789758106233</t>
+          <t>9786054465934</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları Cilt 10 (Ciltli)</t>
+          <t>Toplu Oyunları 1 Yosunlar - Uçurum - Gece Oyunu</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>600</v>
+        <v>220</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786054465040</t>
+          <t>9786054465774</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Burcu ile Nurettin</t>
+          <t>Tolstoy ve Anna - Üç Yılbaşı</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789758106370</t>
+          <t>9789758023370</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Brecht’i Anımsamak</t>
+          <t>Uyumsuz Tiyatroda Gerçekçilik</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789758106783</t>
+          <t>9789758648740</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Brecht Dosyası</t>
+          <t>Demokles’in Kılıcı</t>
         </is>
       </c>
       <c r="C715" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786054465507</t>
+          <t>9789758648498</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Boş Şehir</t>
+          <t>Değişim</t>
         </is>
       </c>
       <c r="C716" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789757468097</t>
+          <t>9789755080307</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Boğaç Han - Epik Çocuk Oyunu</t>
+          <t>Değişen Tiyatro</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9789755080024</t>
+          <t>9789758106349</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Birtakım Azizlikler</t>
+          <t>Soytarılar Okulu Soytarılar Gezide</t>
         </is>
       </c>
       <c r="C718" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9789755080734</t>
+          <t>9786054465668</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Bir Picasso, Lütfen</t>
+          <t>Sokrates Bulutlar’da</t>
         </is>
       </c>
       <c r="C719" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789755080352</t>
+          <t>9789758106745</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Bir Gençlik Şarkısı</t>
+          <t>Toplu Oyunları 1:  Ah Şu Büyükler - Aşk Grevi</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9789755080628</t>
+          <t>9786055127114</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Bir Delinin Hatıra Defteri</t>
+          <t>Toplu Oyunları 1 / Yasaklarını Sat Bana / Yıldızların Gölgesinde Ağlamak / Kürek</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9789755080697</t>
+          <t>9789757785460</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Bir Böğürtlen Masalı - Tosbi</t>
+          <t>Toplu Oyunları 1 / Şerefiye - Zemberek - Çark</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786054465491</t>
+          <t>9789757785064</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yalanlar</t>
+          <t>Troya’yı Özlüyorum - 8 Kısa Oyun</t>
         </is>
       </c>
       <c r="C723" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789757785187</t>
+          <t>9789757785972</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Bertolt Brecht - Bütün Oyunları Cilt: 5 (Ciltli)</t>
+          <t>Balkanlar ve Türkler</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789757785040</t>
+          <t>3990000026499</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Belçika Oyunları 2</t>
+          <t>Mustafam Kemalim</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786054465170</t>
+          <t>9789757468134</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Bedel</t>
+          <t>Sahne Tozu Tiyatro Yazıları</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789757785286</t>
+          <t>9789758106950</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Becerikli Dul</t>
+          <t>Sahne Çalışması İçin 100 Monolog Türk Oyunları Cilt 2</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9789755080758</t>
+          <t>9786055127374</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Bay Kolpert</t>
+          <t>İzlanda Oyunları 1</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9789757785507</t>
+          <t>9789757785293</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Baskınlar ve Düşler ya da Her Hayat Bir Kıştır</t>
+          <t>İzlanda Oyunları 2 - Mutfak Söyleşileri</t>
         </is>
       </c>
       <c r="C729" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9789757785026</t>
+          <t>9789758648924</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Barış Ormanında Yarış</t>
+          <t>İyi Şanslar</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789757468264</t>
+          <t>9786055127282</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Barbara’nın Doğumu</t>
+          <t>Bir Kadın Avcısının Andaçı</t>
         </is>
       </c>
       <c r="C731" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786054465613</t>
+          <t>9786055127244</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Baba</t>
+          <t>Karanlık Güçler Üstadı</t>
         </is>
       </c>
       <c r="C732" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786054465583</t>
+          <t>9786055127299</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Aylaklar</t>
+          <t>Toplu Oyunları 1 Kimsenin Ölmediği Günün Ertesiydi - Nerde Kalmıştık</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9789755080635</t>
+          <t>9789757785859</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kendisi Aşk</t>
+          <t>Toplu Oyunları-1 Eski Fotoğraflar / Gül Satardı Melek / Hanım / Katip Çıkmazı / Maviydi Bisikletim</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789758648238</t>
+          <t>9789757785743</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Çabası Boşuna</t>
+          <t>Toplu Oyunları 7 - Gölge Tiyatrosu</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786054465828</t>
+          <t>9786055127145</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Aşk Zamanı Savaş</t>
+          <t>Toplu Oyunları 1 - Kan Davası, Uyanış, İşadamı</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>3990000003141</t>
+          <t>9786055127152</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Aradığımız Tiyatro</t>
+          <t>Toplu Oyunları 2 - Düğün / Utanmaz Adam</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786054465712</t>
+          <t>9789757468769</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Antonius ve Kleopatra</t>
+          <t>Toplu Oyunları 2 - Kadın Oyunları / Sahici İnsanlar - Plastik Ölümler - Böyle Bir Aşk Masalı</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786054465224</t>
+          <t>9786055127176</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Annem Denizi İlk Kez Ellisinde Gördü</t>
+          <t>Koltuk Tozu</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789757468004</t>
+          <t>9786055127183</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Aladağlı Mıho</t>
+          <t>Devletin Tiyatrosu Olmaz! (Mı?)</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
+          <t>9786055127121</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Git Gel Dolap</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786055127206</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Uyanan Güzel</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786055127169</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>İkinci Dereceden İşsizlik Yanığı</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9789755080031</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 / Parça Tesirli Pazarlar - Sevgili Pazartesilerim</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786055127190</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Latin Komedyaları 4 -Urgan (Rudenis)</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9789757785668</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Zincire Vurulmuş Übü</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9789755080512</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Zamanın Rengi</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9789757785910</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Yüzde 100 Tiyatro</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9789755080314</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Yönetmen Tiyatronun Biçimi Yoktur</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9789758023349</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Yönetmen Peter Stein</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786054465996</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Yetişkinlere Oyunculuk Eğitimi</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9789755080710</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Gece</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786054465095</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Yedi Kocalı Hürmüz</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786054465835</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Yazı Uçtu Sahneye Kondu</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786054465736</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamı, Sanat Anlayışı ve Yapıtlarıyla Sermet Çağan</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9789758648887</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Yarım Bardak Su</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9789755080673</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Yapraklar</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9789758875405</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Woyzeck</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9789757785613</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Viewpoints Kitabı</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786054465101</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Vichy’deki Olay</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9789757785095</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Uyarlama Oyunlar - Derviş ve Ölüm / Kale</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9789755080680</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Uyarlama Oyunlar</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9789758875429</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>Türk Hükümdarı Selim</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9789757468202</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Tülin Tankut Toplu Oyunları 1</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9789757785774</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Tüccarlar</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786054465873</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Troilos ile Kressida</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9786054465118</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Tragedya ve Siyaset</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9789758648108</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Torun İstiyorum Genç Alman Yazarları 1</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9789758106844</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 5 Kuzguncuk Türküsü Şan, Şeref, Ün = Amfitrüon Troya İçinde Vurdular Beni</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9789757785101</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 4 - Che Guevara / Tiyatrocular / Ah Bir Yoksul Olsam</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9789758023356</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 3 Şapka - Ziyaretçi -Matruşka -Öğretmen</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9789758106462</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 3 Kadın Üçlemesi Besleme Önce Sevgi Dünyanın Yaşlı Çocukları</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9789758875412</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 3 - Don Cristobita ile Dona Rosita’nın Acıklı Güldürüsü - Mariana Pineda</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786055127107</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 3 - Bu Zamlar Bana Karşı / Bir Yiğit Masal Kuranda (Dev Masalı) / Sonsuz Operet</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786054465965</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 3 - Ali Ayşeyi Seviyo, Beni Dünya Kadar Sev</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786055127039</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 2: Yanar Elleri - Cehennem Yargıçları - Devlet Kuşu</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9789757785958</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 2</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9789758648344</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 2 Muammer Muammer / Dağların Türküsü / İyi Yurttaş / Çukur</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9789758648856</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 2 İki Kalas Bir Heves - Ramazan’la Cülide</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9789757785514</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 2 - Yaz Kızım - Kız Doğulmaz</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9789757785088</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 2</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786054465446</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 2</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786054465415</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1: Uzaktakiler - İnsansızlar - Soruşturma -Tut ki Öleceksin - Çiçek Sepetli Kız</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9789757785941</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 Sultan ile Kızları - Tuhaf Bir Ölüm</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786054465156</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1: Catilina - Bir Halk Düşmanı</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9789755080383</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 Sanatçının Ölümü / Araf’ta Kalanlar / Karagöz’ün Muamması</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9789758648504</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 Ölümsüz Kullar - Senyora - Alabora</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9759788648782</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 Müfettiş - Kumarbazlar - Evlenme</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9789757468387</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 Midas’ın Kulakları / Midas’ın Altınları / Midas’ın Kördüğümü</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786057904423</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 Kanlı Düğün / Yerma / Bernarda Alba’nın Evi</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9789758106547</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 İtaat Deneyi / Eylül Penceresinden İki Kozyatağı Manzarası / Elli Metre Yüksekten İçi Su Dolu Konserve Kutusuna Balıklama Atlamak / Gece Boyunca</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9789758648429</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 Fay Hattı - Newton Bilgisayardan Ne Anlar</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9789757468530</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 Dün Bugün Yarın Biletler İki Kişilik</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9789758648764</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 Dermeyan Masalı / Eşya ile Münasebeti Tayin Problemi / Büyü - Düğüm / Mutsuz Anneler Kulübü</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9789757468066</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 Denizatı / İdris Baba</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9789758106561</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 Batı Rıhtımı / Zenciyle İtlerin Dalaşı</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9789758106769</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 Batakhane Güzeli / Uygunsuzlar / Evin Kadınları</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9789755080116</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 Altın Post - Neron ile Agripina</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9789757785033</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 Parfüm - www.com -Yalanın Ardındaki</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9789757468189</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 / Çukur - Cehenneme Git</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9789757468943</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 (Bekleme Salonu - O.B.E.B. Ortak Bölenlerin En Büyüğü)</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9786054465163</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 - Zaman Aşımı 1: Diller de Günahkar / Zaman Aşımı 2: Son Celse / Tarlabaşı Bulvarı: Meydan’a Çıkmak</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9789757785231</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 - Yüzleşme Oyunu / Erteleme Oyunu / Kaçma Oyunu</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9789757785798</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 - Largo Romanamour / Gül’ün Öpüşü</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9789757785750</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 - Hoşgeldin Amerika - Külrengi Sabahlar - Bir Oyun Gibi</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9789757785736</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 - Direniş Üçlemesi</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9789758648368</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunlar 6 Devlet ve İnsan - İttihat ve Terakki - Hakimiyet-i Milliye Aşevi</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9786054465903</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunlar 3 / Dinmeyen Alkışlar (Cahide) - Farklı Bir Kadın</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9786054465897</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunlar 3 -/ Bina - Ayrılık - Hastane</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9789757785682</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunlar 2 / Mutemet Ali Rıza Bey’in Yaşanmış Hayt Hikâyesi - Sayın Muhbir Vatandaşlar - Memurlar - Lades ya da Aile Ocağı - Kargalar</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9786054465866</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunlar 1</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9786054465880</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunlar 1 / Pencere - Transit Geçiş / Windows - Transit Passing</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9789757785729</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Tiyatrotem Oyunları 2 : Hakiki Gala</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>3990000003263</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Tiyatrodan Gösteri Sanatlarına</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9789755080406</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Tiyatroda Kültürler Arası Etkileşim</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9789758106806</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Tiyatroda Devrim</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9799758106706</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>Tiyatro Yazıları</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9789757785002</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Theodora</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9789757468295</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Testosteron</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9786054465057</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Televizyon Cumhuriyeti</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9786059306621</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Tek Kişilik Şehir</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>3990000001762</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Eski Yunan Tragedyaları 13 - Tebai’ye Karşı Yediler</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9786059306386</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>Tartüf</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9786054465200</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Şu Bizim Evliya Çelebi</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9789757785804</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Şiddetin Metafiziği ve Dramaturjik Görüntüsü</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>9789758648863</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Şiddet ile Oynamak</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9786054465682</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Şehir Büyüyor</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>3990000002999</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Şarkılarımız Ölmesin</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9789757785545</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Şahmeran - Savaş Çiçekleri</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>3990000003008</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Suya Yazı Yazanlar</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9789757785354</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Suratına Tiyatro</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9786054465422</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Stanislavski Sistemi ve Metot Oyunculuğu</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9789755080185</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Kitap - Şimdi Söyle!</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9789757785262</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Sınıf Bunadı</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9786054465408</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>Seyir Defteri 2</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9786054465767</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Serçe</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9786054465385</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Satıcının Ölümü</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9786054465477</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Sarı Ay</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9786054465217</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Sahneye Bakmak - 2</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9789758106721</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>Sahneden İzdüşümler 1975 - 2000</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9789758106936</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Sahne Çalışması İçin 100 Monolog Cilt 1</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9789757785248</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>Sabahattin Ali’yi Kim Öldürdü</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9786054465941</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>Rosmerler</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9786054465781</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Radyo Oyunları</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9786054465279</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Radyo Oyunları</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9786054465378</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>Profesyonel Makyaj</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9789758648948</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>Profesyonel</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9789757785279</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>Profesör Nebulus ya da Bilimin Tehlikesi</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9786054465989</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>Plastik Aşklar</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9789757468110</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Pelikanlar</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9786054465545</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>Pandaların Hikayesi</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9789758648665</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Palavracı Asker Latin Komedyaları 1</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9789758106455</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Yazmak</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9789758106646</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Yazarlığı</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786055127619</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Oyun Sonu</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9789758648221</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Dram Kumpanyası</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9789758875368</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>Ortakçılar</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786054465651</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>Orman Bekçileri - Yarını Akıl Yapar - Gökten Kaydı Üç Yıldız - Gül Emri</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9789757468226</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Ophelia</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9786055127022</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Onikinci Gece</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9789755080550</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Odalar</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9789758106509</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>Neyzen</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9789758106714</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Nasıl Oynanmalı</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9786054465484</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Miyhavlar</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9789757468356</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Merkeze Dönmek</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9789755080536</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Maskeliler</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9789757785637</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Masanın Altında</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786054465460</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Masallardan Oyunlar</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786055127091</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Madox ile Üç Gece</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9789757785576</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Leonce ile Lena</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786054465910</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Lear</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9789757785170</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Latin Tragedyaları 1 - Medeia</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9789758875382</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Latin Komedyaları 3 Bütün Oyunları 2</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9789757785309</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Latin Komedyaları 2 - Bütün Oyunları 1</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9789755080239</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Döngü</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9789757785781</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Kutlama</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9789758648726</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Kral Übü</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9786054465699</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Kral Lear</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9789758648290</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Kral John</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9789758648801</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>Kral 3. Richard</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9786054465569</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>Köprü</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9789757785934</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>Kıbrıs Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9789757785538</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Keloğlan / Dünyayı Tanıyorum / Hayvanlar Toplantısı</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9789758648375</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>Kedinin Büyüttüğü Çocuk - Ayı Adası</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9789758648870</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>Karagöz Efsanesi</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9789755080062</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>Karacaoğlan</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9789755080222</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>Kantocu</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9786054465064</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Kanlı Nigar</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9789757785712</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>Kaldırım Serçesi</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9789757785194</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Kahvehane</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9789755080703</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Kadınca</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9789757785835</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Sığınağı</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9789755080246</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9786054465859</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>Julius Caesar</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9789757468288</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 1 / Ay , Carmela - Leningrad Kuşatması</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9789758648986</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>İşgaller</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9786054465811</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>İrlanda Oyunları 2</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9786054465606</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>İran Oyunları 1: Kuraklık ve Yalan - Ay Suda</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>3990007468080</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorluk Kuranlar</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9789758648849</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>İmaj Katili</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9786057904638</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>İki Efendinin Uşağı</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9786054465347</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>Hırvat Oyunları</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9789757785439</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>Hernani</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9789757785903</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>Hepsi Oğlumdu</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9789757785965</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>Heinrich von Kleist Toplu Oyunları 1 - Kırık Testi</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9789757785316</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>Heccav yahut Şair Eşref’in Esrarengiz Macerası</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9789755080260</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Ağacında Tavus Kuşları</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9789755080321</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>Güneşin Çocukları / Barbarlar Toplu Oyunları 4</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>3990000026179</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Gülmenin Oyunsu Özgürlüğü</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9789758103416</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>Grips Tiyatrosu Oyunları 1 Ketçaplı Spagetti Gök, Toprak, Hava, Deniz Bella, Patron ve Bulli</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9789757785705</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>Gizler Çarşısı</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9789755080468</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Toplu Oyunları 3 Giordano Bruno /  Memleketim Memleketim</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9789758648894</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>Gençlik Oyunları Çürük Elma - Tavtati Kütüpati</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9789755080123</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişten Gelen Kadın</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9789757785521</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>Gece Kulübü</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9789757785484</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>Galileo’nun Günahları?</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9786054465743</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Forum Tiyatro ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9789755080284</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>Fil</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>3990000001483</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>Falaka</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>9789755080482</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t>Evlilikte Ufak Tefek Cinayetler</t>
+        </is>
+      </c>
+      <c r="C920" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="921" spans="1:3">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>9789755080376</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t>Eski Yunan Tragedyaları 5 - Troyalı Kadınlar</t>
+        </is>
+      </c>
+      <c r="C921" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="922" spans="1:3">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>9789757785880</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t>Eski Yunan Tragedyaları 4 - Medea</t>
+        </is>
+      </c>
+      <c r="C922" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="923" spans="1:3">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t>9789758106974</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t>Eski Yunan Tragedyaları 2 - Bakkhalar</t>
+        </is>
+      </c>
+      <c r="C923" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="924" spans="1:3">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t>9786055127053</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t>Eski Yunan Tragedyaları 14 - Hekabe</t>
+        </is>
+      </c>
+      <c r="C924" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="925" spans="1:3">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>9786054465392</t>
+        </is>
+      </c>
+      <c r="B925" s="1" t="inlineStr">
+        <is>
+          <t>Eski Yunan Tragedyaları 12 - Antigone</t>
+        </is>
+      </c>
+      <c r="C925" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="926" spans="1:3">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>9789757785811</t>
+        </is>
+      </c>
+      <c r="B926" s="1" t="inlineStr">
+        <is>
+          <t>Eski Yunan Tragedyaları 11 - Oresteia</t>
+        </is>
+      </c>
+      <c r="C926" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="927" spans="1:3">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
+          <t>9786057904553</t>
+        </is>
+      </c>
+      <c r="B927" s="1" t="inlineStr">
+        <is>
+          <t>Eski Yunan Tragedyaları 10 - Oidipus Kolonos’ta / Trakhisli Kadınlar</t>
+        </is>
+      </c>
+      <c r="C927" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="928" spans="1:3">
+      <c r="A928" s="1" t="inlineStr">
+        <is>
+          <t>9789757785200</t>
+        </is>
+      </c>
+      <c r="B928" s="1" t="inlineStr">
+        <is>
+          <t>Eski Yunan Komedyaları 2 - Barış</t>
+        </is>
+      </c>
+      <c r="C928" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="929" spans="1:3">
+      <c r="A929" s="1" t="inlineStr">
+        <is>
+          <t>9789758106943</t>
+        </is>
+      </c>
+      <c r="B929" s="1" t="inlineStr">
+        <is>
+          <t>Eski Yunan Komedyaları 1 - Huysuz Adam (Dyskolos)</t>
+        </is>
+      </c>
+      <c r="C929" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="930" spans="1:3">
+      <c r="A930" s="1" t="inlineStr">
+        <is>
+          <t>9786054465439</t>
+        </is>
+      </c>
+      <c r="B930" s="1" t="inlineStr">
+        <is>
+          <t>Eski Türk Oyunları 8</t>
+        </is>
+      </c>
+      <c r="C930" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="931" spans="1:3">
+      <c r="A931" s="1" t="inlineStr">
+        <is>
+          <t>9789755080215</t>
+        </is>
+      </c>
+      <c r="B931" s="1" t="inlineStr">
+        <is>
+          <t>Eski Türk Oyunları 7 Meraki</t>
+        </is>
+      </c>
+      <c r="C931" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="932" spans="1:3">
+      <c r="A932" s="1" t="inlineStr">
+        <is>
+          <t>9789757468417</t>
+        </is>
+      </c>
+      <c r="B932" s="1" t="inlineStr">
+        <is>
+          <t>Eski Türk Oyunları 6</t>
+        </is>
+      </c>
+      <c r="C932" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="933" spans="1:3">
+      <c r="A933" s="1" t="inlineStr">
+        <is>
+          <t>9789755080147</t>
+        </is>
+      </c>
+      <c r="B933" s="1" t="inlineStr">
+        <is>
+          <t>Düğün ya da Davul</t>
+        </is>
+      </c>
+      <c r="C933" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="934" spans="1:3">
+      <c r="A934" s="1" t="inlineStr">
+        <is>
+          <t>9786054465286</t>
+        </is>
+      </c>
+      <c r="B934" s="1" t="inlineStr">
+        <is>
+          <t>Don Juan</t>
+        </is>
+      </c>
+      <c r="C934" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="935" spans="1:3">
+      <c r="A935" s="1" t="inlineStr">
+        <is>
+          <t>9789757785323</t>
+        </is>
+      </c>
+      <c r="B935" s="1" t="inlineStr">
+        <is>
+          <t>Derleme Tiyatro Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C935" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="936" spans="1:3">
+      <c r="A936" s="1" t="inlineStr">
+        <is>
+          <t>9789758648818</t>
+        </is>
+      </c>
+      <c r="B936" s="1" t="inlineStr">
+        <is>
+          <t>Deniz Diye Bir Delikanlı</t>
+        </is>
+      </c>
+      <c r="C936" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="937" spans="1:3">
+      <c r="A937" s="1" t="inlineStr">
+        <is>
+          <t>9786054465231</t>
+        </is>
+      </c>
+      <c r="B937" s="1" t="inlineStr">
+        <is>
+          <t>Dar Ayakkabıyla Yaşamak</t>
+        </is>
+      </c>
+      <c r="C937" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="938" spans="1:3">
+      <c r="A938" s="1" t="inlineStr">
+        <is>
+          <t>9786054465132</t>
+        </is>
+      </c>
+      <c r="B938" s="1" t="inlineStr">
+        <is>
+          <t>Danton’un Ölümü</t>
+        </is>
+      </c>
+      <c r="C938" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="939" spans="1:3">
+      <c r="A939" s="1" t="inlineStr">
+        <is>
+          <t>9786054465088</t>
+        </is>
+      </c>
+      <c r="B939" s="1" t="inlineStr">
+        <is>
+          <t>Çöpçü Auguste G.nin Düşe Çalan Yaşamı</t>
+        </is>
+      </c>
+      <c r="C939" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="940" spans="1:3">
+      <c r="A940" s="1" t="inlineStr">
+        <is>
+          <t>3990000004700</t>
+        </is>
+      </c>
+      <c r="B940" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Oyunları Deniz Kızı / Saatin Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C940" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="941" spans="1:3">
+      <c r="A941" s="1" t="inlineStr">
+        <is>
+          <t>9789758648771</t>
+        </is>
+      </c>
+      <c r="B941" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Oyunları 4 Mıknatıs Çocuk - Konuşan Taş - Çocuk Ülkesi</t>
+        </is>
+      </c>
+      <c r="C941" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="942" spans="1:3">
+      <c r="A942" s="1" t="inlineStr">
+        <is>
+          <t>9786055127077</t>
+        </is>
+      </c>
+      <c r="B942" s="1" t="inlineStr">
+        <is>
+          <t>Çiçek Prenses</t>
+        </is>
+      </c>
+      <c r="C942" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="943" spans="1:3">
+      <c r="A943" s="1" t="inlineStr">
+        <is>
+          <t>9789758648160</t>
+        </is>
+      </c>
+      <c r="B943" s="1" t="inlineStr">
+        <is>
+          <t>Çığ</t>
+        </is>
+      </c>
+      <c r="C943" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="944" spans="1:3">
+      <c r="A944" s="1" t="inlineStr">
+        <is>
+          <t>9789758106530</t>
+        </is>
+      </c>
+      <c r="B944" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaşımız Shakespeare</t>
+        </is>
+      </c>
+      <c r="C944" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="945" spans="1:3">
+      <c r="A945" s="1" t="inlineStr">
+        <is>
+          <t>9789758106318</t>
+        </is>
+      </c>
+      <c r="B945" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Türk Tiyatrosundan On Yazar</t>
+        </is>
+      </c>
+      <c r="C945" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="946" spans="1:3">
+      <c r="A946" s="1" t="inlineStr">
+        <is>
+          <t>9789758648092</t>
+        </is>
+      </c>
+      <c r="B946" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Tiyatromuzda Geleneksellik</t>
+        </is>
+      </c>
+      <c r="C946" s="1">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="947" spans="1:3">
+      <c r="A947" s="1" t="inlineStr">
+        <is>
+          <t>9789755080017</t>
+        </is>
+      </c>
+      <c r="B947" s="1" t="inlineStr">
+        <is>
+          <t>Che Guevara</t>
+        </is>
+      </c>
+      <c r="C947" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="948" spans="1:3">
+      <c r="A948" s="1" t="inlineStr">
+        <is>
+          <t>9786054465453</t>
+        </is>
+      </c>
+      <c r="B948" s="1" t="inlineStr">
+        <is>
+          <t>Canlı Maymun Lokantası</t>
+        </is>
+      </c>
+      <c r="C948" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="949" spans="1:3">
+      <c r="A949" s="1" t="inlineStr">
+        <is>
+          <t>9789757785842</t>
+        </is>
+      </c>
+      <c r="B949" s="1" t="inlineStr">
+        <is>
+          <t>Cadı Kazanı</t>
+        </is>
+      </c>
+      <c r="C949" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="950" spans="1:3">
+      <c r="A950" s="1" t="inlineStr">
+        <is>
+          <t>9786054465309</t>
+        </is>
+      </c>
+      <c r="B950" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Yarışma - Küçük Müfettişler</t>
+        </is>
+      </c>
+      <c r="C950" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="951" spans="1:3">
+      <c r="A951" s="1" t="inlineStr">
+        <is>
+          <t>9789755080437</t>
+        </is>
+      </c>
+      <c r="B951" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Oyunları-1 Nafile Dünya / Bir Ölümün Toplumsal Anatomisi / Rumuz Goncagül / Tanilli Dosyası (Geçit)</t>
+        </is>
+      </c>
+      <c r="C951" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="952" spans="1:3">
+      <c r="A952" s="1" t="inlineStr">
+        <is>
+          <t>9789758106622</t>
+        </is>
+      </c>
+      <c r="B952" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Oyunları Cilt: 6 Küçük Burjuvanın Yedi Ölümcül Günahı / Horasyalılar Kuriasyalılar / Carrar Ananın Silahları / 3. Reich’ın Korku ve Sefaleti (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C952" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="953" spans="1:3">
+      <c r="A953" s="1" t="inlineStr">
+        <is>
+          <t>9789758106363</t>
+        </is>
+      </c>
+      <c r="B953" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Oyunları Cilt: 3 Üç Kuruşluk Opera Mahagonny Mahagonny Kentinin Yükselişi ve Düşüşü Lindberghlerin Uçuşu Anlaşma Üzerine Baden Öğreti Oyunu Evet Diyen Evet Diyen. Hayır Diyen Önlem (1930) Önlem (1931) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C953" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="954" spans="1:3">
+      <c r="A954" s="1" t="inlineStr">
+        <is>
+          <t>3990000050067</t>
+        </is>
+      </c>
+      <c r="B954" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Oyunları Cilt 2: Bertolt Brecht (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C954" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="955" spans="1:3">
+      <c r="A955" s="1" t="inlineStr">
+        <is>
+          <t>9786059306539</t>
+        </is>
+      </c>
+      <c r="B955" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Oyunları: Almanya Defteri (Göç) / Asiye Nasıl Kurtulur? / Oyun Nasıl Oynanmalı? / Zengin Mutfağı</t>
+        </is>
+      </c>
+      <c r="C955" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="956" spans="1:3">
+      <c r="A956" s="1" t="inlineStr">
+        <is>
+          <t>9789757785453</t>
+        </is>
+      </c>
+      <c r="B956" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Oyunları 1 Köşebaşı-Satılık Ev-Bir Pazar Günü</t>
+        </is>
+      </c>
+      <c r="C956" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="957" spans="1:3">
+      <c r="A957" s="1" t="inlineStr">
+        <is>
+          <t>9789758106240</t>
+        </is>
+      </c>
+      <c r="B957" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Oyunları  Cilt: 7 Galilei’nin Yaşamı (1938/39) / Galileo (Amerika Metni) / Galilei’nin Yaşamı (1955/56) / Dansen / Demirin Fiyatı Nedir? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C957" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="958" spans="1:3">
+      <c r="A958" s="1" t="inlineStr">
+        <is>
+          <t>9789758106233</t>
+        </is>
+      </c>
+      <c r="B958" s="1" t="inlineStr">
+        <is>
+          <t>Bütün Oyunları Cilt 10 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C958" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="959" spans="1:3">
+      <c r="A959" s="1" t="inlineStr">
+        <is>
+          <t>9786054465040</t>
+        </is>
+      </c>
+      <c r="B959" s="1" t="inlineStr">
+        <is>
+          <t>Burcu ile Nurettin</t>
+        </is>
+      </c>
+      <c r="C959" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="960" spans="1:3">
+      <c r="A960" s="1" t="inlineStr">
+        <is>
+          <t>9789758106370</t>
+        </is>
+      </c>
+      <c r="B960" s="1" t="inlineStr">
+        <is>
+          <t>Brecht’i Anımsamak</t>
+        </is>
+      </c>
+      <c r="C960" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="961" spans="1:3">
+      <c r="A961" s="1" t="inlineStr">
+        <is>
+          <t>9789758106783</t>
+        </is>
+      </c>
+      <c r="B961" s="1" t="inlineStr">
+        <is>
+          <t>Brecht Dosyası</t>
+        </is>
+      </c>
+      <c r="C961" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="962" spans="1:3">
+      <c r="A962" s="1" t="inlineStr">
+        <is>
+          <t>9786054465507</t>
+        </is>
+      </c>
+      <c r="B962" s="1" t="inlineStr">
+        <is>
+          <t>Boş Şehir</t>
+        </is>
+      </c>
+      <c r="C962" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="963" spans="1:3">
+      <c r="A963" s="1" t="inlineStr">
+        <is>
+          <t>9789757468097</t>
+        </is>
+      </c>
+      <c r="B963" s="1" t="inlineStr">
+        <is>
+          <t>Boğaç Han - Epik Çocuk Oyunu</t>
+        </is>
+      </c>
+      <c r="C963" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="964" spans="1:3">
+      <c r="A964" s="1" t="inlineStr">
+        <is>
+          <t>9789755080024</t>
+        </is>
+      </c>
+      <c r="B964" s="1" t="inlineStr">
+        <is>
+          <t>Birtakım Azizlikler</t>
+        </is>
+      </c>
+      <c r="C964" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="965" spans="1:3">
+      <c r="A965" s="1" t="inlineStr">
+        <is>
+          <t>9789755080734</t>
+        </is>
+      </c>
+      <c r="B965" s="1" t="inlineStr">
+        <is>
+          <t>Bir Picasso, Lütfen</t>
+        </is>
+      </c>
+      <c r="C965" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="966" spans="1:3">
+      <c r="A966" s="1" t="inlineStr">
+        <is>
+          <t>9789755080352</t>
+        </is>
+      </c>
+      <c r="B966" s="1" t="inlineStr">
+        <is>
+          <t>Bir Gençlik Şarkısı</t>
+        </is>
+      </c>
+      <c r="C966" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="967" spans="1:3">
+      <c r="A967" s="1" t="inlineStr">
+        <is>
+          <t>9789755080628</t>
+        </is>
+      </c>
+      <c r="B967" s="1" t="inlineStr">
+        <is>
+          <t>Bir Delinin Hatıra Defteri</t>
+        </is>
+      </c>
+      <c r="C967" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="968" spans="1:3">
+      <c r="A968" s="1" t="inlineStr">
+        <is>
+          <t>9789755080697</t>
+        </is>
+      </c>
+      <c r="B968" s="1" t="inlineStr">
+        <is>
+          <t>Bir Böğürtlen Masalı - Tosbi</t>
+        </is>
+      </c>
+      <c r="C968" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="969" spans="1:3">
+      <c r="A969" s="1" t="inlineStr">
+        <is>
+          <t>9786054465491</t>
+        </is>
+      </c>
+      <c r="B969" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Yalanlar</t>
+        </is>
+      </c>
+      <c r="C969" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="970" spans="1:3">
+      <c r="A970" s="1" t="inlineStr">
+        <is>
+          <t>9789757785187</t>
+        </is>
+      </c>
+      <c r="B970" s="1" t="inlineStr">
+        <is>
+          <t>Bertolt Brecht - Bütün Oyunları Cilt: 5 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C970" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="971" spans="1:3">
+      <c r="A971" s="1" t="inlineStr">
+        <is>
+          <t>9789757785040</t>
+        </is>
+      </c>
+      <c r="B971" s="1" t="inlineStr">
+        <is>
+          <t>Belçika Oyunları 2</t>
+        </is>
+      </c>
+      <c r="C971" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="972" spans="1:3">
+      <c r="A972" s="1" t="inlineStr">
+        <is>
+          <t>9786054465170</t>
+        </is>
+      </c>
+      <c r="B972" s="1" t="inlineStr">
+        <is>
+          <t>Bedel</t>
+        </is>
+      </c>
+      <c r="C972" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="973" spans="1:3">
+      <c r="A973" s="1" t="inlineStr">
+        <is>
+          <t>9789757785286</t>
+        </is>
+      </c>
+      <c r="B973" s="1" t="inlineStr">
+        <is>
+          <t>Becerikli Dul</t>
+        </is>
+      </c>
+      <c r="C973" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="974" spans="1:3">
+      <c r="A974" s="1" t="inlineStr">
+        <is>
+          <t>9789755080758</t>
+        </is>
+      </c>
+      <c r="B974" s="1" t="inlineStr">
+        <is>
+          <t>Bay Kolpert</t>
+        </is>
+      </c>
+      <c r="C974" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="975" spans="1:3">
+      <c r="A975" s="1" t="inlineStr">
+        <is>
+          <t>9789757785507</t>
+        </is>
+      </c>
+      <c r="B975" s="1" t="inlineStr">
+        <is>
+          <t>Baskınlar ve Düşler ya da Her Hayat Bir Kıştır</t>
+        </is>
+      </c>
+      <c r="C975" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="976" spans="1:3">
+      <c r="A976" s="1" t="inlineStr">
+        <is>
+          <t>9789757785026</t>
+        </is>
+      </c>
+      <c r="B976" s="1" t="inlineStr">
+        <is>
+          <t>Barış Ormanında Yarış</t>
+        </is>
+      </c>
+      <c r="C976" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="977" spans="1:3">
+      <c r="A977" s="1" t="inlineStr">
+        <is>
+          <t>9789757468264</t>
+        </is>
+      </c>
+      <c r="B977" s="1" t="inlineStr">
+        <is>
+          <t>Barbara’nın Doğumu</t>
+        </is>
+      </c>
+      <c r="C977" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="978" spans="1:3">
+      <c r="A978" s="1" t="inlineStr">
+        <is>
+          <t>9786054465613</t>
+        </is>
+      </c>
+      <c r="B978" s="1" t="inlineStr">
+        <is>
+          <t>Baba</t>
+        </is>
+      </c>
+      <c r="C978" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="979" spans="1:3">
+      <c r="A979" s="1" t="inlineStr">
+        <is>
+          <t>9786054465583</t>
+        </is>
+      </c>
+      <c r="B979" s="1" t="inlineStr">
+        <is>
+          <t>Aylaklar</t>
+        </is>
+      </c>
+      <c r="C979" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="980" spans="1:3">
+      <c r="A980" s="1" t="inlineStr">
+        <is>
+          <t>9789755080635</t>
+        </is>
+      </c>
+      <c r="B980" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Kendisi Aşk</t>
+        </is>
+      </c>
+      <c r="C980" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="981" spans="1:3">
+      <c r="A981" s="1" t="inlineStr">
+        <is>
+          <t>9789758648238</t>
+        </is>
+      </c>
+      <c r="B981" s="1" t="inlineStr">
+        <is>
+          <t>Aşkın Çabası Boşuna</t>
+        </is>
+      </c>
+      <c r="C981" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="982" spans="1:3">
+      <c r="A982" s="1" t="inlineStr">
+        <is>
+          <t>9786054465828</t>
+        </is>
+      </c>
+      <c r="B982" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Zamanı Savaş</t>
+        </is>
+      </c>
+      <c r="C982" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="983" spans="1:3">
+      <c r="A983" s="1" t="inlineStr">
+        <is>
+          <t>3990000003141</t>
+        </is>
+      </c>
+      <c r="B983" s="1" t="inlineStr">
+        <is>
+          <t>Aradığımız Tiyatro</t>
+        </is>
+      </c>
+      <c r="C983" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="984" spans="1:3">
+      <c r="A984" s="1" t="inlineStr">
+        <is>
+          <t>9786054465712</t>
+        </is>
+      </c>
+      <c r="B984" s="1" t="inlineStr">
+        <is>
+          <t>Antonius ve Kleopatra</t>
+        </is>
+      </c>
+      <c r="C984" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="985" spans="1:3">
+      <c r="A985" s="1" t="inlineStr">
+        <is>
+          <t>9786054465224</t>
+        </is>
+      </c>
+      <c r="B985" s="1" t="inlineStr">
+        <is>
+          <t>Annem Denizi İlk Kez Ellisinde Gördü</t>
+        </is>
+      </c>
+      <c r="C985" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="986" spans="1:3">
+      <c r="A986" s="1" t="inlineStr">
+        <is>
+          <t>9789757468004</t>
+        </is>
+      </c>
+      <c r="B986" s="1" t="inlineStr">
+        <is>
+          <t>Aladağlı Mıho</t>
+        </is>
+      </c>
+      <c r="C986" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="987" spans="1:3">
+      <c r="A987" s="1" t="inlineStr">
+        <is>
           <t>9789755080079</t>
         </is>
       </c>
-      <c r="B741" s="1" t="inlineStr">
+      <c r="B987" s="1" t="inlineStr">
         <is>
           <t>Aktörlük Sanatı</t>
         </is>
       </c>
-      <c r="C741" s="1">
+      <c r="C987" s="1">
         <v>500</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>