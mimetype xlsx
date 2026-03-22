--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -85,2365 +85,2485 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259651132</t>
+          <t>9786259651163</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Enok’un Kitabı</t>
+          <t>Yaşamın Mührü</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259700496</t>
+          <t>9786259651156</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hermes'in Zümrüt Tableti</t>
+          <t>Siz Ölümsüzsünüz</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259700472</t>
+          <t>9786259651149</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğin Kurbanı: Ahmak</t>
+          <t>Kitap 4</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259700489</t>
+          <t>9786259651101</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İyilikler Üzerine</t>
+          <t>Şeylerin Gizli Yönü</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>475</v>
+        <v>550</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259700458</t>
+          <t>9786259651118</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Masonik Tarihe Kısa Bakış</t>
+          <t>Aquarius’un Kitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259700441</t>
+          <t>9786259651125</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yunan ve Romalılarda Astroloji ve Din</t>
+          <t>Athanor’un Sırrı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259700465</t>
+          <t>9786057092182</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tyanalı Apollonius'un Hayatı ve Eusebius'un İncelemesi</t>
+          <t>Agnostisizm ve İlahi Tragedya</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>950</v>
+        <v>650</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259728377</t>
+          <t>9786057092106</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Yüce Hedefi</t>
+          <t>Gizli Öğreti 3. Cilt (The Secret Doctrine)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259728384</t>
+          <t>9786259651132</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aydınlanmış Zihin</t>
+          <t>Peygamber Enok’un Kitabı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>950</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259728391</t>
+          <t>9786259700496</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Eleusis Gizemleri ve Ritüelleri</t>
+          <t>Hermes'in Zümrüt Tableti</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259700403</t>
+          <t>9786259700472</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İnisiyasyon, Bir İnsanın Mükemmelleşmesi</t>
+          <t>Hiçliğin Kurbanı: Ahmak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259700410</t>
+          <t>9786259700489</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kahramanca Coşkun</t>
+          <t>İyilikler Üzerine</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>475</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259700427</t>
+          <t>9786259700458</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>1000 Mitolojik Karakter</t>
+          <t>Masonik Tarihe Kısa Bakış</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259700434</t>
+          <t>9786259700441</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Masalların Göçü</t>
+          <t>Yunan ve Romalılarda Astroloji ve Din</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259728339</t>
+          <t>9786259700465</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Psişik Fenomenler</t>
+          <t>Tyanalı Apollonius'un Hayatı ve Eusebius'un İncelemesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259728360</t>
+          <t>9786259728377</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tarot Sembolizmi</t>
+          <t>Bilginin Yüce Hedefi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259728322</t>
+          <t>9786259728384</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Spiritüel Evrim</t>
+          <t>Aydınlanmış Zihin</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>175</v>
+        <v>950</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259728346</t>
+          <t>9786259728391</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Pistis Sophia İnancın Bilgeliği</t>
+          <t>Eleusis Gizemleri ve Ritüelleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259728353</t>
+          <t>9786259700403</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Görünen ve Görünmeyen İnsan</t>
+          <t>İnisiyasyon, Bir İnsanın Mükemmelleşmesi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259728315</t>
+          <t>9786259700410</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hermetika 1</t>
+          <t>Kahramanca Coşkun</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>950</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259728308</t>
+          <t>9786259700427</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Kitabı</t>
+          <t>1000 Mitolojik Karakter</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259777696</t>
+          <t>9786259700434</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sembollerin Göçü</t>
+          <t>Masalların Göçü</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259777689</t>
+          <t>9786259728339</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Peçesiz İsis 3</t>
+          <t>Psişik Fenomenler</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256260528</t>
+          <t>9786259728360</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gönülsüz Şef</t>
+          <t>Tarot Sembolizmi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259777672</t>
+          <t>9786259728322</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Astrolojide Yedi Işın</t>
+          <t>Spiritüel Evrim</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259777665</t>
+          <t>9786259728346</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kadim Gizemler ve Modern Masonluk</t>
+          <t>Pistis Sophia İnancın Bilgeliği</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259777658</t>
+          <t>9786259728353</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kadim ve Modern İnisiyasyon</t>
+          <t>Görünen ve Görünmeyen İnsan</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259777610</t>
+          <t>9786259728315</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Eleusis ve Baküs Gizemleri</t>
+          <t>Hermetika 1</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>950</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259777634</t>
+          <t>9786259728308</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Dünya Tarihi 3</t>
+          <t>Kelimelerin Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>500</v>
+        <v>400</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259777603</t>
+          <t>9786259777696</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Müptezel Bir Tutku Benimkisi</t>
+          <t>Sembollerin Göçü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259777627</t>
+          <t>9786259777689</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Gizemi -Kabala Nümerolojisine Giriş</t>
+          <t>Peçesiz İsis 3</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259480589</t>
+          <t>9786256260528</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Evrenimizin Mucizeleri</t>
+          <t>Gönülsüz Şef</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>375</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259480596</t>
+          <t>9786259777672</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İnisiyasyon: İnsan ve Güneş</t>
+          <t>Ezoterik Astrolojide Yedi Işın</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259480572</t>
+          <t>9786259777665</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Simyasal Tıp veya Simyasal Tıp Sanatı</t>
+          <t>Kadim Gizemler ve Modern Masonluk</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786259480534</t>
+          <t>9786259777658</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Psikolojinin Temel İlkeleri 2</t>
+          <t>Kadim ve Modern İnisiyasyon</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>950</v>
+        <v>235</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259480527</t>
+          <t>9786259777610</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Antikçağ'da Ahiret'in Evrimi</t>
+          <t>Eleusis ve Baküs Gizemleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259480541</t>
+          <t>9786259777634</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Atomik Hafıza</t>
+          <t>Ana Hatlarıyla Dünya Tarihi 3</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259480558</t>
+          <t>9786259777603</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Beş Duyuyla Yaşam</t>
+          <t>Müptezel Bir Tutku Benimkisi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259480565</t>
+          <t>9786259777627</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kısa Dünya Tarihi</t>
+          <t>Sayıların Gizemi -Kabala Nümerolojisine Giriş</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259480510</t>
+          <t>9786259480589</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İlahi Öğreti</t>
+          <t>Evrenimizin Mucizeleri</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259480503</t>
+          <t>9786259480596</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Beelzebub'tan Torununa Masallar - 2</t>
+          <t>İnisiyasyon: İnsan ve Güneş</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786259993393</t>
+          <t>9786259480572</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Psikolojinin Temel ilkeleri</t>
+          <t>Simyasal Tıp veya Simyasal Tıp Sanatı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>950</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786056998980</t>
+          <t>9786259480534</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Kutsal Anatomisi - Kozmik Bilincin Üstün İfşası</t>
+          <t>Psikolojinin Temel İlkeleri 2</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>300</v>
+        <v>950</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786259993362</t>
+          <t>9786259480527</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bilinç - Romantik Bir İndirgemecinin İtirafları</t>
+          <t>Antikçağ'da Ahiret'in Evrimi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786259993331</t>
+          <t>9786259480541</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Şafak</t>
+          <t>Atomik Hafıza</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786259993348</t>
+          <t>9786259480558</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Astral Projeksiyon</t>
+          <t>Beş Duyuyla Yaşam</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259993355</t>
+          <t>9786259480565</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Saat Tarihi Notlarım</t>
+          <t>Kısa Dünya Tarihi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259993324</t>
+          <t>9786259480510</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Dogma 2</t>
+          <t>İlahi Öğreti</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259993317</t>
+          <t>9786259480503</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünden Gökyüzüne Bir Astroloji Yolculuğu</t>
+          <t>Beelzebub'tan Torununa Masallar - 2</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259993300</t>
+          <t>9786259993393</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekaya Karşı Doğal Zeka</t>
+          <t>Psikolojinin Temel ilkeleri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>950</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057092199</t>
+          <t>9786056998980</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kapı</t>
+          <t>Tanrının Kutsal Anatomisi - Kozmik Bilincin Üstün İfşası</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056998997</t>
+          <t>9786259993362</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Beelzebub’tan Torununa Masallar 1</t>
+          <t>Bilinç - Romantik Bir İndirgemecinin İtirafları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786056758133</t>
+          <t>9786259993331</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Mısır Mitleri ve Gizemleri</t>
+          <t>Ebedi Şafak</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>600</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057092168</t>
+          <t>9786259993348</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Dünya Tarihi 2</t>
+          <t>Astral Projeksiyon</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057092175</t>
+          <t>9786259993355</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ahlak ve Dogma 1</t>
+          <t>Saat Tarihi Notlarım</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057092151</t>
+          <t>9786259993324</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin El Falı</t>
+          <t>Ahlak ve Dogma 2</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>700</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057092144</t>
+          <t>9786259993317</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Herkül'ün Görevleri ve Astrolojik Yorumları</t>
+          <t>Yeryüzünden Gökyüzüne Bir Astroloji Yolculuğu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057092137</t>
+          <t>9786259993300</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Zekanın Sinirbilimi</t>
+          <t>Yapay Zekaya Karşı Doğal Zeka</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057092120</t>
+          <t>9786057092199</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Formları</t>
+          <t>Kapı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057092113</t>
+          <t>9786056998997</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Antroposofik Öncü Düşünceler</t>
+          <t>Beelzebub’tan Torununa Masallar 1</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055752668</t>
+          <t>9786056758133</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bir Pirenin Otobiyografisi</t>
+          <t>Mısır Mitleri ve Gizemleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055752057</t>
+          <t>9786057092168</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Zeitgeist</t>
+          <t>Ana Hatlarıyla Dünya Tarihi 2</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>14.81</v>
+        <v>500</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789944085731</t>
+          <t>9786057092175</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yoga ve Meditasyona Başlangıç</t>
+          <t>Ahlak ve Dogma 1</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>12</v>
+        <v>500</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055752262</t>
+          <t>9786057092151</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yansımanın Oyunu</t>
+          <t>Herkes İçin El Falı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>18.52</v>
+        <v>300</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055752507</t>
+          <t>9786057092144</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Gezerin Düşleri</t>
+          <t>Herkül'ün Görevleri ve Astrolojik Yorumları</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>9.26</v>
+        <v>350</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055752088</t>
+          <t>9786057092137</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Vatikan Sendromu</t>
+          <t>Zekanın Sinirbilimi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>16.67</v>
+        <v>650</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786055752309</t>
+          <t>9786057092120</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Metafiziği</t>
+          <t>Düşünce Formları</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>12.87</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055752200</t>
+          <t>9786057092113</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Toplu Öyküler 1</t>
+          <t>Antroposofik Öncü Düşünceler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055752392</t>
+          <t>9786055752668</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tıbbın Babası Hippokrates - Aforizmalar Eski Tıbba Dair</t>
+          <t>Bir Pirenin Otobiyografisi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>11.11</v>
+        <v>250</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786056758188</t>
+          <t>9786055752057</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Teosofinin Anahtarı</t>
+          <t>Zeitgeist</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>350</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055752170</t>
+          <t>9789944085731</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tanrının Kutsal Anatomisi</t>
+          <t>Yoga ve Meditasyona Başlangıç</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>13.89</v>
+        <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055752118</t>
+          <t>9786055752262</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Kuramı</t>
+          <t>Yansımanın Oyunu</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>25</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055752415</t>
+          <t>9786055752507</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Yalnız Gezerin Düşleri</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>7.31</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786056585623</t>
+          <t>9786055752088</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Simya Sanatı ve Simyacılar</t>
+          <t>Vatikan Sendromu</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>300</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055752347</t>
+          <t>9786055752309</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Sokaktaki Bir Deli</t>
+          <t>Varlığın Metafiziği</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>6.39</v>
+        <v>12.87</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786055752590</t>
+          <t>9786055752200</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bütün Eserleri</t>
+          <t>Toplu Öyküler 1</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>26.85</v>
+        <v>15</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786055752408</t>
+          <t>9786055752392</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Altı Napolyon</t>
+          <t>Tıbbın Babası Hippokrates - Aforizmalar Eski Tıbba Dair</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>11.94</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786055752453</t>
+          <t>9786056758188</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Teosofinin Anahtarı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>7.31</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055752217</t>
+          <t>9786055752170</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Savaş Sanatı</t>
+          <t>Tanrının Kutsal Anatomisi</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>9.17</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786055752491</t>
+          <t>9786055752118</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Bir Genç Adam Olarak Portresi</t>
+          <t>Tanrı Kuramı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786055752156</t>
+          <t>9786055752415</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Rüya Sembolizmi</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>15.74</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786055752569</t>
+          <t>9786056585623</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Paris Sıkıntısı</t>
+          <t>Simya Sanatı ve Simyacılar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>7.41</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786055752101</t>
+          <t>9786055752347</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Özgür Olma Cesareti</t>
+          <t>Sherlock Holmes - Sokaktaki Bir Deli</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>11.11</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055752071</t>
+          <t>9786055752590</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Oscar Wilde Tüm Öyküler</t>
+          <t>Sherlock Holmes - Bütün Eserleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>23.15</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055752132</t>
+          <t>9786055752408</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Oscar Wilde Toplu Öyküler</t>
+          <t>Sherlock Holmes - Altı Napolyon</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>15</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786055752316</t>
+          <t>9786055752453</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Oscar Wilde - Bütün Eserleri</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>16.67</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786055752613</t>
+          <t>9786055752217</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>O. Henry - Seçme Hikayeler</t>
+          <t>Savaş Sanatı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>13.89</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055752286</t>
+          <t>9786055752491</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Nietzche ve Varlık</t>
+          <t>Sanatçının Bir Genç Adam Olarak Portresi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>27.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055752224</t>
+          <t>9786055752156</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Muhteşem Gatsby</t>
+          <t>Rüya Sembolizmi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>150</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055752521</t>
+          <t>9786055752569</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Minik Kalplere Özel</t>
+          <t>Paris Sıkıntısı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>275</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055752354</t>
+          <t>9786055752101</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Seçme Hikayeler</t>
+          <t>Özgür Olma Cesareti</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>11.94</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786056998966</t>
+          <t>9786055752071</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Mavi Dağların Halkı</t>
+          <t>Oscar Wilde Tüm Öyküler</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>250</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055752422</t>
+          <t>9786055752132</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Martin Eden</t>
+          <t>Oscar Wilde Toplu Öyküler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>16.67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9789944085748</t>
+          <t>9786055752316</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Madam Blavatsky ve Gizli Öğreti</t>
+          <t>Oscar Wilde - Bütün Eserleri</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786055752477</t>
+          <t>9786055752613</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kumarbaz</t>
+          <t>O. Henry - Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055752149</t>
+          <t>9786055752286</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Tanrılar</t>
+          <t>Nietzche ve Varlık</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>18.52</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055752255</t>
+          <t>9786055752224</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Nietzsche</t>
+          <t>Muhteşem Gatsby</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>23.15</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055752330</t>
+          <t>9786055752521</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kırmızı Gürgenler</t>
+          <t>Minik Kalplere Özel</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>6.39</v>
+        <v>275</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055752552</t>
+          <t>9786055752354</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Titreme</t>
+          <t>Sherlock Holmes - Seçme Hikayeler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>9.26</v>
+        <v>11.94</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056027178</t>
+          <t>9786056998966</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kabus Öyküleri</t>
+          <t>Mavi Dağların Halkı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>12.04</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055752484</t>
+          <t>9786055752422</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İnsan Ne ile Yaşar</t>
+          <t>Martin Eden</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>7.41</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055752460</t>
+          <t>9789944085748</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed</t>
+          <t>Madam Blavatsky ve Gizli Öğreti</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055752187</t>
+          <t>9786055752477</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hür Masonların Kayıp Anahtarları</t>
+          <t>Kumarbaz</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9789944085724</t>
+          <t>9786055752149</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hermesçi Bilimlere Giriş</t>
+          <t>Kuantum Tanrılar</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055752439</t>
+          <t>9786055752255</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hayalgücü Öyküleri</t>
+          <t>Kuantum Nietzsche</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>9.17</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055752095</t>
+          <t>9786055752330</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Öyküleri</t>
+          <t>Sherlock Holmes - Kırmızı Gürgenler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>11.11</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055752514</t>
+          <t>9786055752552</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Gülme</t>
+          <t>Korku ve Titreme</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055752163</t>
+          <t>9786056027178</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Gizler Gizemler</t>
+          <t>Kabus Öyküleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>23.15</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055752446</t>
+          <t>9786055752484</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Öyküler</t>
+          <t>İnsan Ne ile Yaşar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>8.24</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055752538</t>
+          <t>9786055752460</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ecce Homo</t>
+          <t>Hz. Muhammed</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>5.56</v>
+        <v>50</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055752293</t>
+          <t>9786055752187</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Düğün Aynası</t>
+          <t>Hür Masonların Kayıp Anahtarları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055752248</t>
+          <t>9789944085724</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Drakula’nın Konuğu ve Diğer Hikayeler</t>
+          <t>Hermesçi Bilimlere Giriş</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>18.52</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055752125</t>
+          <t>9786055752439</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Dorian Gray’in Portresi</t>
+          <t>Hayalgücü Öyküleri</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055752620</t>
+          <t>9786055752095</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Decameron Hikayeleri</t>
+          <t>Hayalet Öyküleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055752606</t>
+          <t>9786055752514</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bram Stoker  - Bütün Eserleri</t>
+          <t>Gülme</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>27.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055752040</t>
+          <t>9786055752163</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Mr.Bush</t>
+          <t>Gizler Gizemler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>120</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055752545</t>
+          <t>9786055752446</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bayan Dalloway</t>
+          <t>Gizemli Öyküler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>13.89</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>3990000027803</t>
+          <t>9786055752538</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Gizem ve Hayalgücü Öyküleri</t>
+          <t>Ecce Homo</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>21.3</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055752033</t>
+          <t>9786055752293</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Aptal Sorulara Bilimsel Yanıtlar</t>
+          <t>Düğün Aynası</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055752743</t>
+          <t>9786055752248</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Bugün İşe Gitmesem</t>
+          <t>Drakula’nın Konuğu ve Diğer Hikayeler</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>200</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055752712</t>
+          <t>9786055752125</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Gerilla Filmcinin El Kitabı</t>
+          <t>Dorian Gray’in Portresi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>25</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786056758164</t>
+          <t>9786055752620</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>İndigolar Kitabı - Doğunun ve Batının Uzaylı Öncüleri</t>
+          <t>Decameron Hikayeleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>46.3</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786056758157</t>
+          <t>9786055752606</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Son Neanderthal</t>
+          <t>Bram Stoker  - Bütün Eserleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>350</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786056758140</t>
+          <t>9786055752040</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Paganizmin Kökenleri 1.Cilt</t>
+          <t>Böyle Buyurdu Mr.Bush</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786056758102</t>
+          <t>9786055752545</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığı Masalları</t>
+          <t>Bayan Dalloway</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>9.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786056585692</t>
+          <t>3990000027803</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İsimler Kitabı</t>
+          <t>Gizem ve Hayalgücü Öyküleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>23.15</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786056585654</t>
+          <t>9786055752033</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sayıların Gizemi</t>
+          <t>Aptal Sorulara Bilimsel Yanıtlar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786056585685</t>
+          <t>9786055752743</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Gizli Öğreti (The Secret Doctrine)</t>
+          <t>Bugün İşe Gitmesem</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>1050</v>
+        <v>200</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055752675</t>
+          <t>9786055752712</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Daisy Miller</t>
+          <t>Gerilla Filmcinin El Kitabı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>120</v>
+        <v>25</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055752378</t>
+          <t>9786056758164</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes Priory Okulu</t>
+          <t>İndigolar Kitabı - Doğunun ve Batının Uzaylı Öncüleri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>7.9</v>
+        <v>46.3</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055752385</t>
+          <t>9786056758157</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Aleister Crowley Toplu Öyküler</t>
+          <t>Son Neanderthal</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055752682</t>
+          <t>9786056758140</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş</t>
+          <t>Paganizmin Kökenleri 1.Cilt</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>15</v>
+        <v>500</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055752699</t>
+          <t>9786056758102</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kohlhass</t>
+          <t>Ay Işığı Masalları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>200</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055752583</t>
+          <t>9786056585692</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sanatların Bir Dalı Olarak Cinayet</t>
+          <t>İsimler Kitabı</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786056585616</t>
+          <t>9786056585654</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Peygamberlerin Sırrı - Felsefe Taşı</t>
+          <t>Sayıların Gizemi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>275</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786056585630</t>
+          <t>9786056585685</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Tüm Çağların Gizli Öğretileri</t>
+          <t>Gizli Öğreti (The Secret Doctrine)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>1900</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786056585661</t>
+          <t>9786055752675</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'da Ölüm</t>
+          <t>Daisy Miller</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786056585609</t>
+          <t>9786055752378</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sultanın Rüyası</t>
+          <t>Sherlock Holmes Priory Okulu</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>250</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055752750</t>
+          <t>9786055752385</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılık</t>
+          <t>Aleister Crowley Toplu Öyküler</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055752361</t>
+          <t>9786055752682</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes : Boş Ev</t>
+          <t>Arkadaş</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>6.39</v>
+        <v>15</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055752705</t>
+          <t>9786055752699</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Okült Felsefe</t>
+          <t>Kohlhass</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>16.67</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055752774</t>
+          <t>9786055752583</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Müneccim Kartları</t>
+          <t>Güzel Sanatların Bir Dalı Olarak Cinayet</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>27.78</v>
+        <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055752231</t>
+          <t>9786056585616</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Gizem ve Hayalgücü Öyküleri</t>
+          <t>Peygamberlerin Sırrı - Felsefe Taşı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>21.3</v>
+        <v>275</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786056585647</t>
+          <t>9786056585630</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Peçesiz İsis 1</t>
+          <t>Tüm Çağların Gizli Öğretileri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>600</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786056998959</t>
+          <t>9786056585661</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Astral, Psişik ve Spiritüal İnsan</t>
+          <t>İstanbul'da Ölüm</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786056998942</t>
+          <t>9786056585609</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Olağanüstü İnsanlarla Karşılaşmalar</t>
+          <t>Sultanın Rüyası</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>475</v>
+        <v>250</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055752576</t>
+          <t>9786055752750</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Genç Bir Don Juan'ın Anıları</t>
+          <t>Yaşlılık</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786056998935</t>
+          <t>9786055752361</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Kaivalya Darsanam - Kutsal Bilim</t>
+          <t>Sherlock Holmes : Boş Ev</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>250</v>
+        <v>6.39</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786056998973</t>
+          <t>9786055752705</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Doğada ve İnsanda Akıl</t>
+          <t>Okült Felsefe</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>150</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786056998928</t>
+          <t>9786055752774</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Yaşamımın Yatay Yolculuğu</t>
+          <t>Müneccim Kartları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786056998904</t>
+          <t>9786055752231</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik ve Evrimsel Anlamda İnsan</t>
+          <t>Gizem ve Hayalgücü Öyküleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786056998911</t>
+          <t>9786056585647</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Peçesiz İsis 2</t>
+          <t>Peçesiz İsis 1</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786056758171</t>
+          <t>9786056998959</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gizli Öğreti 2</t>
+          <t>Astral, Psişik ve Spiritüal İnsan</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>650</v>
+        <v>150</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786056758195</t>
+          <t>9786056998942</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Dünya Tarihi 1</t>
+          <t>Olağanüstü İnsanlarla Karşılaşmalar</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>600</v>
+        <v>475</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
+          <t>9786055752576</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Genç Bir Don Juan'ın Anıları</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786056998935</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Kaivalya Darsanam - Kutsal Bilim</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786056998973</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Doğada ve İnsanda Akıl</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786056998928</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Yaşamımın Yatay Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786056998904</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Ezoterik ve Evrimsel Anlamda İnsan</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9786056998911</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Peçesiz İsis 2</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9786056758171</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Gizli Öğreti 2</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786056758195</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Ana Hatlarıyla Dünya Tarihi 1</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
           <t>9786259651170</t>
         </is>
       </c>
-      <c r="B156" s="1" t="inlineStr">
+      <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Peçesiz İsis 4</t>
         </is>
       </c>
-      <c r="C156" s="1">
+      <c r="C164" s="1">
         <v>750</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>