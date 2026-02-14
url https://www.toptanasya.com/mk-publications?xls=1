--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -85,3955 +85,4015 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786054441334</t>
+          <t>9786257289580</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>The Haunted House - Easy Readers Level 2</t>
+          <t>Cinderella - Level 1</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>45</v>
+        <v>179</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054441297</t>
+          <t>9786257289498</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ali and the Magic Carpet - Easy Readers Level 2</t>
+          <t>The Gingerbread Man - Level 1</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>45</v>
+        <v>179</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786054441341</t>
+          <t>9786257289603</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bad Ratty - Easy Readers Level 1</t>
+          <t>The Little Red Hen - Level 1</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>45</v>
+        <v>179</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257289177</t>
+          <t>9786257289610</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Animal Farm - İngilizce Roman</t>
+          <t>The Princess and the Pea - Level 1</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>150</v>
+        <v>179</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054441228</t>
+          <t>9786054441334</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Easy Readers Level 1 - İngilizce Hikayeler 8'li Set</t>
+          <t>The Haunted House - Easy Readers Level 2</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>360</v>
+        <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054441556</t>
+          <t>9786054441297</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kidland Picture Dictionary</t>
+          <t>Ali and the Magic Carpet - Easy Readers Level 2</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786058849761</t>
+          <t>9786054441341</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Business Communication Strategies (Ciltli)</t>
+          <t>Bad Ratty - Easy Readers Level 1</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>65</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054441549</t>
+          <t>9786257289177</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Just YDS Tests Yabancı Dil Bilgisi Seviye Belirleme Sınavı Soru Bankası</t>
+          <t>Animal Farm - İngilizce Roman</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>18.52</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786059533133</t>
+          <t>9786054441228</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>The Wizard of Oz</t>
+          <t>Easy Readers Level 1 - İngilizce Hikayeler 8'li Set</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>16</v>
+        <v>400</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059533119</t>
+          <t>9786054441556</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gulliver's Travels</t>
+          <t>Kidland Picture Dictionary</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>16</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786059533140</t>
+          <t>9786058849761</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Treasure Island</t>
+          <t>Business Communication Strategies (Ciltli)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>16</v>
+        <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786059533126</t>
+          <t>9786054441549</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>The Call Of The Wild</t>
+          <t>Just YDS Tests Yabancı Dil Bilgisi Seviye Belirleme Sınavı Soru Bankası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>16</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054441990</t>
+          <t>9786059533133</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Alice's Adventures in Wonderland Stage 1 - A1</t>
+          <t>The Wizard of Oz</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054441976</t>
+          <t>9786059533119</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Gulliver's Travels</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054441969</t>
+          <t>9786059533140</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Treasure Island</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054441983</t>
+          <t>9786059533126</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>The Adventures of Tom Sawyer</t>
+          <t>The Call Of The Wild</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054441952</t>
+          <t>9786054441990</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Alice's Adventures in Wonderland Stage 1 - A1</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059533102</t>
+          <t>9786054441976</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Anne Of Green Gables</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786059533096</t>
+          <t>9786054441969</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Alice Through The Looking Glass</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786058849754</t>
+          <t>9786054441983</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Earth Matters Environmental Vocabulary Games and Other Activities</t>
+          <t>The Adventures of Tom Sawyer</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>35</v>
+        <v>16</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059533454</t>
+          <t>9786054441952</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Stage 3 -  A2: White Fang</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786059533447</t>
+          <t>9786059533102</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Stage 4 - B1: Tresure Island</t>
+          <t>Anne Of Green Gables</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059533416</t>
+          <t>9786059533096</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Stage 1 - A1: The Call Of The Wild</t>
+          <t>Alice Through The Looking Glass</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059533393</t>
+          <t>9786058849754</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Stage 3 - A2: Robin Hood</t>
+          <t>Earth Matters Environmental Vocabulary Games and Other Activities</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>16</v>
+        <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059533348</t>
+          <t>9786059533454</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Stage 4 - B1: Frankenstein</t>
+          <t>Stage 3 -  A2: White Fang</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786059533324</t>
+          <t>9786059533447</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Stage 4 - B1: Dracula</t>
+          <t>Stage 4 - B1: Tresure Island</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059533300</t>
+          <t>9786059533416</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Alice's Adventures in Wonderland Stage 3 - A2</t>
+          <t>Stage 1 - A1: The Call Of The Wild</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786059533362</t>
+          <t>9786059533393</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan - Stage 3 - İngilizce Hikaye (CD'li)</t>
+          <t>Stage 3 - A2: Robin Hood</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054441525</t>
+          <t>9786059533348</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Toby and Tilly</t>
+          <t>Stage 4 - B1: Frankenstein</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056025365</t>
+          <t>9786059533324</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Miracle Flashcards - Fruit</t>
+          <t>Stage 4 - B1: Dracula</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>8.33</v>
+        <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056025396</t>
+          <t>9786059533300</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Miracle Flashcards - Domestic Animals</t>
+          <t>Alice's Adventures in Wonderland Stage 3 - A2</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>6.48</v>
+        <v>16</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>3990000036221</t>
+          <t>9786059533362</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>New Miracle Picture Dictionary</t>
+          <t>Peter Pan - Stage 3 - İngilizce Hikaye (CD'li)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>23.15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054441440</t>
+          <t>9786054441525</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Miracle Mini Charts</t>
+          <t>Toby and Tilly</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>7.41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786058849709</t>
+          <t>9786056025365</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Miracle Language Cards TOEFL Words - 1</t>
+          <t>Miracle Flashcards - Fruit</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>15</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058849716</t>
+          <t>9786056025396</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Miracle Language Cards (TOEFL Words-2)</t>
+          <t>Miracle Flashcards - Domestic Animals</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>15</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786058955752</t>
+          <t>3990000036221</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Test Book for SBS 7</t>
+          <t>New Miracle Picture Dictionary</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>10</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786058955745</t>
+          <t>9786054441440</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Test Book for SBS 6</t>
+          <t>Miracle Mini Charts</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789759894153</t>
+          <t>9786058849709</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Miracle Picture Dictionary (Ciltli)</t>
+          <t>Miracle Language Cards TOEFL Words - 1</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>75</v>
+        <v>15</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>3990000009450</t>
+          <t>9786058849716</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Miracle Flashcards Jobs 1</t>
+          <t>Miracle Language Cards (TOEFL Words-2)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>8690101058301</t>
+          <t>9786058955752</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Miracle Flashcards Exotic Animals</t>
+          <t>Test Book for SBS 7</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>6.48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>3990000011198</t>
+          <t>9786058955745</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Miracle Charts 3</t>
+          <t>Test Book for SBS 6</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>3990000011200</t>
+          <t>9789759894153</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Miracle Charts 2</t>
+          <t>Miracle Picture Dictionary (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>23.15</v>
+        <v>75</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>3990000011199</t>
+          <t>3990000009450</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Miracle Charts 1</t>
+          <t>Miracle Flashcards Jobs 1</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>23.15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789759894108</t>
+          <t>8690101058301</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Intermediate English Grammar</t>
+          <t>Miracle Flashcards Exotic Animals</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>20.37</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786056025310</t>
+          <t>3990000011198</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Graded Readings For Today’s World Read 75</t>
+          <t>Miracle Charts 3</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>35</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786056025303</t>
+          <t>3990000011200</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Read Learn-1: Graded Readings For Today’s World Read 50</t>
+          <t>Miracle Charts 2</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>35</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786056025334</t>
+          <t>3990000011199</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Graded Readings For Today’s World Read 125</t>
+          <t>Miracle Charts 1</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>35</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786056025327</t>
+          <t>9789759894108</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Graded Readings For Today’s World Read 100</t>
+          <t>Intermediate English Grammar</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>35</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789759894115</t>
+          <t>9786056025310</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Enlarge Your Vocabulary</t>
+          <t>Graded Readings For Today’s World Read 75</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786058849723</t>
+          <t>9786056025303</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Business Communication Strategies</t>
+          <t>Read Learn-1: Graded Readings For Today’s World Read 50</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>35</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789759894139</t>
+          <t>9786056025334</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Acces to English Grammar</t>
+          <t>Graded Readings For Today’s World Read 125</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>11.11</v>
+        <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786058955738</t>
+          <t>9786056025327</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>MK Test Book-5 (5. Sınıf İngilizce Soru Bankası)</t>
+          <t>Graded Readings For Today’s World Read 100</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>9.26</v>
+        <v>35</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>8690101065736</t>
+          <t>9789759894115</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Miracle Language Cards - Verbs 2</t>
+          <t>Enlarge Your Vocabulary</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>15</v>
+        <v>30</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054441570</t>
+          <t>9786058849723</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Miracle Language Cards - Verbs 1</t>
+          <t>Business Communication Strategies</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>15</v>
+        <v>300</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054441808</t>
+          <t>9789759894139</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Synonyms - İngilizce Eş Anlamlı Kelimeler</t>
+          <t>Acces to English Grammar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054441587</t>
+          <t>9786058955738</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Miracle Language Cards - Nouns</t>
+          <t>MK Test Book-5 (5. Sınıf İngilizce Soru Bankası)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>15</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054441105</t>
+          <t>8690101065736</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Miracle Language Cards - İngilizce Dil Kartları</t>
+          <t>Miracle Language Cards - Verbs 2</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058849792</t>
+          <t>9786054441570</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Miracle Language Cards - Grade Four</t>
+          <t>Miracle Language Cards - Verbs 1</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058955790</t>
+          <t>9786054441808</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Miracle Language Cards - Exam Words</t>
+          <t>Synonyms - İngilizce Eş Anlamlı Kelimeler</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789759894177</t>
+          <t>9786054441587</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Miracle Kids Picture Dictionary / İlköğretim</t>
+          <t>Miracle Language Cards - Nouns</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>150</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>3990000012130</t>
+          <t>9786054441105</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Earth Matters Our Living Planet</t>
+          <t>Miracle Language Cards - İngilizce Dil Kartları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786058849730</t>
+          <t>9786058849792</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Earth Matters - Going Green</t>
+          <t>Miracle Language Cards - Grade Four</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059533621</t>
+          <t>9786058955790</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Calix - Son Tapınak Şovalyeleri</t>
+          <t>Miracle Language Cards - Exam Words</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9997558923916</t>
+          <t>9789759894177</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Atatürk With Photographs &amp; His SayingsAlbum 2</t>
+          <t>Miracle Kids Picture Dictionary / İlköğretim</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>4.06</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059533720</t>
+          <t>3990000012130</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield (CD'li)</t>
+          <t>Earth Matters Our Living Planet</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>16</v>
+        <v>35</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786059533690</t>
+          <t>9786058849730</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist (CD'li)</t>
+          <t>Earth Matters - Going Green</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>16</v>
+        <v>35</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059533676</t>
+          <t>9786059533621</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>The Lost World (CD'li)</t>
+          <t>Calix - Son Tapınak Şovalyeleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>16</v>
+        <v>30</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059533669</t>
+          <t>9997558923916</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>The Picture of Dorian Gray (CD'li)</t>
+          <t>Atatürk With Photographs &amp; His SayingsAlbum 2</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>16</v>
+        <v>4.06</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059533638</t>
+          <t>9786059533720</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>The Time Machine (CD'li)</t>
+          <t>David Copperfield (CD'li)</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786059533027</t>
+          <t>9786059533690</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Miracle Flashcards - Oppposites Box 30 Cards</t>
+          <t>Oliver Twist (CD'li)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>16</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786059533003</t>
+          <t>9786059533676</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Miracle Flashcards - Colours, Numbers and Shapes 30 Cards</t>
+          <t>The Lost World (CD'li)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>16</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786054441938</t>
+          <t>9786059533669</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Miracle Flashcards - Fruit Box 30 Cards</t>
+          <t>The Picture of Dorian Gray (CD'li)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>16</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059533010</t>
+          <t>9786059533638</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Miracle Flashcards - Body Parts Box 30 Cards</t>
+          <t>The Time Machine (CD'li)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>16</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054441419</t>
+          <t>9786059533027</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Treasure Island - Easy Readers Level 2</t>
+          <t>Miracle Flashcards - Oppposites Box 30 Cards</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054441372</t>
+          <t>9786059533003</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Litttle Red Riding Hood - Easy Readers Level 2</t>
+          <t>Miracle Flashcards - Colours, Numbers and Shapes 30 Cards</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054441594</t>
+          <t>9786054441938</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Miracle Flashcards - Animals Box 45 Cards</t>
+          <t>Miracle Flashcards - Fruit Box 30 Cards</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054441617</t>
+          <t>9786059533010</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Miracle Flashcards - Actions-Box 45 Cards</t>
+          <t>Miracle Flashcards - Body Parts Box 30 Cards</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786056025358</t>
+          <t>9786054441419</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Miracle Flashcards - Household Objects Box 45 Cards</t>
+          <t>Treasure Island - Easy Readers Level 2</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054441501</t>
+          <t>9786054441372</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Miracle Flashcards - Food and Drink-Box 45 Cards</t>
+          <t>Litttle Red Riding Hood - Easy Readers Level 2</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786056025341</t>
+          <t>9786054441594</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Miracle Flashcards - Jobs Box 45 Cards</t>
+          <t>Miracle Flashcards - Animals Box 45 Cards</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786056025389</t>
+          <t>9786054441617</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Miracle Flashcards - Clothes-Box 45 Cards</t>
+          <t>Miracle Flashcards - Actions-Box 45 Cards</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054441600</t>
+          <t>9786056025358</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Miracle Flashcards - Vehicles Box 45 Cards</t>
+          <t>Miracle Flashcards - Household Objects Box 45 Cards</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054441624</t>
+          <t>9786054441501</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Miracle Flashcards - Vegetables Box 30 Cards</t>
+          <t>Miracle Flashcards - Food and Drink-Box 45 Cards</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054441822</t>
+          <t>9786056025341</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Jokes In Your Pocket 2</t>
+          <t>Miracle Flashcards - Jobs Box 45 Cards</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786054441815</t>
+          <t>9786056025389</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Jokes In Your Pocket 1</t>
+          <t>Miracle Flashcards - Clothes-Box 45 Cards</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>80</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257289467</t>
+          <t>9786054441600</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>The Prince</t>
+          <t>Miracle Flashcards - Vehicles Box 45 Cards</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257289429</t>
+          <t>9786054441624</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Around The World in Eighty Days</t>
+          <t>Miracle Flashcards - Vegetables Box 30 Cards</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786054441945</t>
+          <t>9786054441822</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Plus B1 İngilizce Gramer</t>
+          <t>Jokes In Your Pocket 2</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>390</v>
+        <v>90</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059533072</t>
+          <t>9786054441815</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>The Wizard of OZ - Stage 2 - İngilizce Hikaye</t>
+          <t>Jokes In Your Pocket 1</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059533409</t>
+          <t>9786257289467</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood - Stage 3 - İngilizce Hikaye</t>
+          <t>The Prince</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054441877</t>
+          <t>9786257289429</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood - Stage 1 - İngilizce Hikaye</t>
+          <t>Around The World in Eighty Days</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054441884</t>
+          <t>9786054441945</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan - Stage 1 - İngilizce Hikaye</t>
+          <t>Plus B1 İngilizce Gramer</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786054441907</t>
+          <t>9786059533072</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>The Adventures of Tom Sawyer - Stage 1 - İngilizce Hikaye</t>
+          <t>The Wizard of OZ - Stage 2 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059533614</t>
+          <t>9786059533409</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>To the Lighthouse - İngilizce Roman</t>
+          <t>Robin Hood - Stage 3 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059533201</t>
+          <t>9786054441877</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Heart Of Darkness - İngilizce Roman</t>
+          <t>Robin Hood - Stage 1 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059533164</t>
+          <t>9786054441884</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Alice’s Adventures In Wonderland - İngilizce Roman</t>
+          <t>Peter Pan - Stage 1 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786054441303</t>
+          <t>9786054441907</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>The Princess and the Dragon - Easy Readers Level 1</t>
+          <t>The Adventures of Tom Sawyer - Stage 1 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>45</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786054441365</t>
+          <t>9786059533614</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Litttle Red Riding Hood - Easy Readers Level 1</t>
+          <t>To the Lighthouse - İngilizce Roman</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>45</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257289054</t>
+          <t>9786059533201</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mrs Dalloway - İngilizce Roman</t>
+          <t>Heart Of Darkness - İngilizce Roman</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059533966</t>
+          <t>9786059533164</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>The Waves - İngilizce Roman</t>
+          <t>Alice’s Adventures In Wonderland - İngilizce Roman</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257289238</t>
+          <t>9786054441303</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikaye Seti Stage 2 (6 Kitap Takım)</t>
+          <t>The Princess and the Dragon - Easy Readers Level 1</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>540</v>
+        <v>50</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257289245</t>
+          <t>9786054441365</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikaye Seti Stage 3 (6 Kitap Takım)</t>
+          <t>Litttle Red Riding Hood - Easy Readers Level 1</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>540</v>
+        <v>50</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059533782</t>
+          <t>9786257289054</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Wuthering Heights  - İngilizce Roman</t>
+          <t>Mrs Dalloway - İngilizce Roman</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059533881</t>
+          <t>9786059533966</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>The Great Gatsby - Stage 5 - İngilizce Hikaye</t>
+          <t>The Waves - İngilizce Roman</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>108</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059533706</t>
+          <t>9786257289238</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist - Stage 5 - İngilizce Hikaye</t>
+          <t>İngilizce Hikaye Seti Stage 2 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>108</v>
+        <v>600</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059533645</t>
+          <t>9786257289245</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>The Time Machine - Stage 4 - İngilizce Hikaye</t>
+          <t>İngilizce Hikaye Seti Stage 3 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>90</v>
+        <v>600</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059533508</t>
+          <t>9786059533782</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Moll Flanders - İngilizce Roman</t>
+          <t>Wuthering Heights  - İngilizce Roman</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786054441389</t>
+          <t>9786059533881</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>The Lantern - Easy Readers Level 1</t>
+          <t>The Great Gatsby - Stage 5 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786054441778</t>
+          <t>9786059533706</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Numbers Frieze</t>
+          <t>Oliver Twist - Stage 5 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786054441761</t>
+          <t>9786059533645</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Alphabet Frieze</t>
+          <t>The Time Machine - Stage 4 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054441495</t>
+          <t>9786059533508</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>English Word Wheel</t>
+          <t>Moll Flanders - İngilizce Roman</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>50</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257289566</t>
+          <t>9786054441389</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Road To Wigan Pier</t>
+          <t>The Lantern - Easy Readers Level 1</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>250</v>
+        <v>50</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257289535</t>
+          <t>9786054441778</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>The Case Book Of Sherlock Holmes</t>
+          <t>Numbers Frieze</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257289573</t>
+          <t>9786054441761</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>The Adventures Of Tom Sawyer</t>
+          <t>Alphabet Frieze</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257289542</t>
+          <t>9786054441495</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Pinocchio</t>
+          <t>English Word Wheel</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257289559</t>
+          <t>9786257289566</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Letter From An Unknown Woman</t>
+          <t>Road To Wigan Pier</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054441563</t>
+          <t>9786257289535</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Plus B2-C1 İngilizce Gramer</t>
+          <t>The Case Book Of Sherlock Holmes</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>390</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786054441235</t>
+          <t>9786257289573</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Easy Readers Level 2 - İngilizce Hikayeler 8'li Set</t>
+          <t>The Adventures Of Tom Sawyer</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257289504</t>
+          <t>9786257289542</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>The Valley Of Fear Sherlock Holmes</t>
+          <t>Pinocchio</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257289528</t>
+          <t>9786257289559</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Jacob’s Room</t>
+          <t>Letter From An Unknown Woman</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257289511</t>
+          <t>9786054441563</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>His Last Bow Sherlock Holmes</t>
+          <t>Plus B2-C1 İngilizce Gramer</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257289375</t>
+          <t>9786054441235</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Northanger Abbey</t>
+          <t>Easy Readers Level 2 - İngilizce Hikayeler 8'li Set</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257289450</t>
+          <t>9786257289504</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>The Scarlet Letter</t>
+          <t>The Valley Of Fear Sherlock Holmes</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257289443</t>
+          <t>9786257289528</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Twenty Thousand Leagues Under the Sea</t>
+          <t>Jacob’s Room</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257289436</t>
+          <t>9786257289511</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Walden</t>
+          <t>His Last Bow Sherlock Holmes</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257289474</t>
+          <t>9786257289375</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>The Gambler</t>
+          <t>Northanger Abbey</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257289412</t>
+          <t>9786257289450</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Far from the Madding Crowd</t>
+          <t>The Scarlet Letter</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257289382</t>
+          <t>9786257289443</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Romeo And Juliet</t>
+          <t>Twenty Thousand Leagues Under the Sea</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257289399</t>
+          <t>9786257289436</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Madame Bovary</t>
+          <t>Walden</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257289405</t>
+          <t>9786257289474</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Macbeth</t>
+          <t>The Gambler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257289481</t>
+          <t>9786257289412</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Tess of the d'Urbervilles</t>
+          <t>Far from the Madding Crowd</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257289368</t>
+          <t>9786257289382</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Trace Letters Write and Wipe Activity</t>
+          <t>Romeo And Juliet</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257289351</t>
+          <t>9786257289399</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>The Call of the Wild</t>
+          <t>Madame Bovary</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257289290</t>
+          <t>9786257289405</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Little Women</t>
+          <t>Macbeth</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257289306</t>
+          <t>9786257289481</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hard Times</t>
+          <t>Tess of the d'Urbervilles</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257289344</t>
+          <t>9786257289368</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>The War of the Worlds</t>
+          <t>Trace Letters Write and Wipe Activity</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257289337</t>
+          <t>9786257289351</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ütopia</t>
+          <t>The Call of the Wild</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257289313</t>
+          <t>9786257289290</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Arsene Lüpin Gentleman-Burglar</t>
+          <t>Little Women</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257289320</t>
+          <t>9786257289306</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Anne of the Island</t>
+          <t>Hard Times</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257289283</t>
+          <t>9786257289344</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Anne of Avonlea</t>
+          <t>The War of the Worlds</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257289276</t>
+          <t>9786257289337</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikaye Seti Stage 6 (5 Kitap Takım)</t>
+          <t>Ütopia</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>540</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257289269</t>
+          <t>9786257289313</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikaye Seti Stage 5 (5 Kitap Takım)</t>
+          <t>Arsene Lüpin Gentleman-Burglar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>540</v>
+        <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257289252</t>
+          <t>9786257289320</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikaye Seti Stage 4 (6 Kitap Takım)</t>
+          <t>Anne of the Island</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>540</v>
+        <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257289221</t>
+          <t>9786257289283</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikaye Seti Stage 1 (6 Kitap Takım)</t>
+          <t>Anne of Avonlea</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>540</v>
+        <v>250</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257289207</t>
+          <t>9786257289276</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>1984 - Stage 3 İngilizce Seviyeli Hikayeler</t>
+          <t>İngilizce Hikaye Seti Stage 6 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>90</v>
+        <v>600</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257289153</t>
+          <t>9786257289269</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Down And Out In Paris And London - İngilizce Roman</t>
+          <t>İngilizce Hikaye Seti Stage 5 (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059533997</t>
+          <t>9786257289252</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>20 Best Stories By - Edgar Allan Poe - İngilizce Roman</t>
+          <t>İngilizce Hikaye Seti Stage 4 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257289191</t>
+          <t>9786257289221</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Animal Farm - Stage 4 İngilizce Seviyeli Hikayeler</t>
+          <t>İngilizce Hikaye Seti Stage 1 (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>90</v>
+        <v>600</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257289214</t>
+          <t>9786257289207</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>1984 - Stage 5 İngilizce Seviyeli Hikayeler</t>
+          <t>1984 - Stage 3 İngilizce Seviyeli Hikayeler</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>108</v>
+        <v>100</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257289184</t>
+          <t>9786257289153</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Animal Farm - Stage 1 İngilizce Seviyeli Hikayeler</t>
+          <t>Down And Out In Paris And London - İngilizce Roman</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257289115</t>
+          <t>9786059533997</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>1984 - İngilizce Roman</t>
+          <t>20 Best Stories By - Edgar Allan Poe - İngilizce Roman</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257289108</t>
+          <t>9786257289191</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>A Clergyman's Daughter - İngilizce Roman</t>
+          <t>Animal Farm - Stage 4 İngilizce Seviyeli Hikayeler</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257289092</t>
+          <t>9786257289214</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>A Portrait of The Artist As a Young Man - İngilizce Roman</t>
+          <t>1984 - Stage 5 İngilizce Seviyeli Hikayeler</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257289085</t>
+          <t>9786257289184</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>A Room of One's Own - İngilizce Roman</t>
+          <t>Animal Farm - Stage 1 İngilizce Seviyeli Hikayeler</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059533980</t>
+          <t>9786257289115</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Amok - İngilizce Roman</t>
+          <t>1984 - İngilizce Roman</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257289146</t>
+          <t>9786257289108</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Burmese Days - İngilizce Roman</t>
+          <t>A Clergyman's Daughter - İngilizce Roman</t>
         </is>
       </c>
       <c r="C157" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257289139</t>
+          <t>9786257289092</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Coming Up For Air - İngilizce Roman</t>
+          <t>A Portrait of The Artist As a Young Man - İngilizce Roman</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257289078</t>
+          <t>9786257289085</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Hamlet - İngilizce Roman</t>
+          <t>A Room of One's Own - İngilizce Roman</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257289122</t>
+          <t>9786059533980</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Keep The Aspidistra Flying - İngilizce Roman</t>
+          <t>Amok - İngilizce Roman</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257289061</t>
+          <t>9786257289146</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mathilda - İngilizce Roman</t>
+          <t>Burmese Days - İngilizce Roman</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059533973</t>
+          <t>9786257289139</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Orlando - İngilizce Roman</t>
+          <t>Coming Up For Air - İngilizce Roman</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257289047</t>
+          <t>9786257289078</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>The Art of War - İngilizce Roman</t>
+          <t>Hamlet - İngilizce Roman</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257289030</t>
+          <t>9786257289122</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>The Hound of The Baskervilles - Sherlock Holmes - İngilizce Roman</t>
+          <t>Keep The Aspidistra Flying - İngilizce Roman</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257289023</t>
+          <t>9786257289061</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>The Kama Sutra of Vatsyayana - İngilizce Roman</t>
+          <t>Mathilda - İngilizce Roman</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257289016</t>
+          <t>9786059533973</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>The Return of Sherlock Holmes - İngilizce Roman</t>
+          <t>Orlando - İngilizce Roman</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257289009</t>
+          <t>9786257289047</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>The Sign of Four Sherlock Holmes - İngilizce Roman</t>
+          <t>The Art of War - İngilizce Roman</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257289160</t>
+          <t>9786257289030</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>We - İngilizce Roman</t>
+          <t>The Hound of The Baskervilles - Sherlock Holmes - İngilizce Roman</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786059533959</t>
+          <t>9786257289023</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Medium Crossword Puzzles - İngilizce Kare Bulmacalar (Orta Seviye)</t>
+          <t>The Kama Sutra of Vatsyayana - İngilizce Roman</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059533935</t>
+          <t>9786257289016</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikaye Seti (10 Kitap) İlkokul 3. Sınıf Karekod Dinlemeli</t>
+          <t>The Return of Sherlock Holmes - İngilizce Roman</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786059533942</t>
+          <t>9786257289009</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikaye Seti (10 Kitap) İlkokul 2. Sınıf Karekod Dinlemeli</t>
+          <t>The Sign of Four Sherlock Holmes - İngilizce Roman</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786059533928</t>
+          <t>9786257289160</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İngilizce Hikaye Seti (10 Kitap) İlkokul 1. Sınıf Karekod Dinlemeli</t>
+          <t>We - İngilizce Roman</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786059533874</t>
+          <t>9786059533959</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Wuthering Heights - Stage 5 - İngilizce Hikaye</t>
+          <t>Medium Crossword Puzzles - İngilizce Kare Bulmacalar (Orta Seviye)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>108</v>
+        <v>100</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786059533898</t>
+          <t>9786059533935</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>The Gambler - Stage 6 - İngilizce Hikaye</t>
+          <t>İngilizce Hikaye Seti (10 Kitap) İlkokul 3. Sınıf Karekod Dinlemeli</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>108</v>
+        <v>500</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786059533904</t>
+          <t>9786059533942</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Pride and Prejudice - Stage 6 - İngilizce Hikaye</t>
+          <t>İngilizce Hikaye Seti (10 Kitap) İlkokul 2. Sınıf Karekod Dinlemeli</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>108</v>
+        <v>500</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059533911</t>
+          <t>9786059533928</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Emma - Stage 6 - İngilizce Hikaye</t>
+          <t>İngilizce Hikaye Seti (10 Kitap) İlkokul 1. Sınıf Karekod Dinlemeli</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>108</v>
+        <v>500</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786059533829</t>
+          <t>9786059533874</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Easy Crossword Puzzles - İngilizce Kare Bulmacalar (Başlangıç Seviye)</t>
+          <t>Wuthering Heights - Stage 5 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786059533799</t>
+          <t>9786059533898</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre - Stage 6 - İngilizce Hikaye</t>
+          <t>The Gambler - Stage 6 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>108</v>
+        <v>120</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786059533805</t>
+          <t>9786059533904</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>A Tale of Two Cities - Stage 5 - İngilizce Hikaye</t>
+          <t>Pride and Prejudice - Stage 6 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>108</v>
+        <v>120</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786059533812</t>
+          <t>9786059533911</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Robinson Crusoe - Stage 2 - İngilizce Hikaye</t>
+          <t>Emma - Stage 6 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059533867</t>
+          <t>9786059533829</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Dubliners - İngilizce Roman</t>
+          <t>Easy Crossword Puzzles - İngilizce Kare Bulmacalar (Başlangıç Seviye)</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786059533836</t>
+          <t>9786059533799</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Chess - İngilizce Roman</t>
+          <t>Jane Eyre - Stage 6 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786059533843</t>
+          <t>9786059533805</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>The Memoirs Of Sherlock Holmes - İngilizce Roman</t>
+          <t>A Tale of Two Cities - Stage 5 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786059533850</t>
+          <t>9786059533812</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Great Expectations - İngilizce Roman</t>
+          <t>Robinson Crusoe - Stage 2 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786059533737</t>
+          <t>9786059533867</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>A Study in Scarlet - İngilizce Roman</t>
+          <t>Dubliners - İngilizce Roman</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786059533775</t>
+          <t>9786059533836</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>The Invisible Man - İngilizce Roman</t>
+          <t>Chess - İngilizce Roman</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059533744</t>
+          <t>9786059533843</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Jane Eyre - İngilizce Roman</t>
+          <t>The Memoirs Of Sherlock Holmes - İngilizce Roman</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786059533751</t>
+          <t>9786059533850</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Mansfield Park - İngilizce Roman</t>
+          <t>Great Expectations - İngilizce Roman</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786059533768</t>
+          <t>9786059533737</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>The Adventures of Sherlock Holmes - İngilizce Roman</t>
+          <t>A Study in Scarlet - İngilizce Roman</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786059533713</t>
+          <t>9786059533775</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>David Copperfield - Stage 6 - İngilizce Hikaye</t>
+          <t>The Invisible Man - İngilizce Roman</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>108</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786059533683</t>
+          <t>9786059533744</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>The Lost World - Stage 4 - İngilizce Hikaye</t>
+          <t>Jane Eyre - İngilizce Roman</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786059533652</t>
+          <t>9786059533751</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>The Picture of Dorian Gray - Stage 4 - İngilizce Hikaye</t>
+          <t>Mansfield Park - İngilizce Roman</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786059533485</t>
+          <t>9786059533768</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Anne Of Green Gables - İngilizce Roman</t>
+          <t>The Adventures of Sherlock Holmes - İngilizce Roman</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786059533560</t>
+          <t>9786059533713</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>The Thirty Nine Steps - İngilizce Roman</t>
+          <t>David Copperfield - Stage 6 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786059533584</t>
+          <t>9786059533683</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>The Turn of the Screw - İngilizce Roman</t>
+          <t>The Lost World - Stage 4 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786059533577</t>
+          <t>9786059533652</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>The Touchstone - İngilizce Roman</t>
+          <t>The Picture of Dorian Gray - Stage 4 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786059533522</t>
+          <t>9786059533485</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sense and Sensibility - İngilizce Roman</t>
+          <t>Anne Of Green Gables - İngilizce Roman</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786059533607</t>
+          <t>9786059533560</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Three Men in a Boat - İngilizce Roman</t>
+          <t>The Thirty Nine Steps - İngilizce Roman</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059533539</t>
+          <t>9786059533584</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>The Burning Secret - İngilizce Roman</t>
+          <t>The Turn of the Screw - İngilizce Roman</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786059533553</t>
+          <t>9786059533577</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>The Lost World - İngilizce Roman</t>
+          <t>The Touchstone - İngilizce Roman</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786059533546</t>
+          <t>9786059533522</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>The Diary of a Nobody - İngilizce Roman</t>
+          <t>Sense and Sensibility - İngilizce Roman</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786059533515</t>
+          <t>9786059533607</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Pride and Prejudice - İngilizce Roman</t>
+          <t>Three Men in a Boat - İngilizce Roman</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786059533492</t>
+          <t>9786059533539</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Lady Chatterley's Lover - İngilizce Roman</t>
+          <t>The Burning Secret - İngilizce Roman</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059533591</t>
+          <t>9786059533553</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>The Wreck of the Titan - İngilizce Roman</t>
+          <t>The Lost World - İngilizce Roman</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786059533478</t>
+          <t>9786059533546</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>A Tale of Two Cities - İngilizce Roman</t>
+          <t>The Diary of a Nobody - İngilizce Roman</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786059533423</t>
+          <t>9786059533515</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>The Call of the Wild - Stage 1 - İngilizce Hikaye</t>
+          <t>Pride and Prejudice - İngilizce Roman</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786059533263</t>
+          <t>9786059533492</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>The Strange Case Of Dr Jekyll And Mr Hyde - İngilizce Roman</t>
+          <t>Lady Chatterley's Lover - İngilizce Roman</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059533171</t>
+          <t>9786059533591</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Dracula - İngilizce Roman</t>
+          <t>The Wreck of the Titan - İngilizce Roman</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786059533188</t>
+          <t>9786059533478</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Emma - İngilizce Roman</t>
+          <t>A Tale of Two Cities - İngilizce Roman</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786059533256</t>
+          <t>9786059533423</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>The Metamorphosis - İngilizce Roman</t>
+          <t>The Call of the Wild - Stage 1 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786059533218</t>
+          <t>9786059533263</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Notes From Underground - İngilizce Roman</t>
+          <t>The Strange Case Of Dr Jekyll And Mr Hyde - İngilizce Roman</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786059533157</t>
+          <t>9786059533171</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>A Christmas Carol - İngilizce Roman</t>
+          <t>Dracula - İngilizce Roman</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786059533270</t>
+          <t>9786059533188</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>The Time Machine - İngilizce Roman</t>
+          <t>Emma - İngilizce Roman</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786059533195</t>
+          <t>9786059533256</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein - İngilizce Roman</t>
+          <t>The Metamorphosis - İngilizce Roman</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786059533287</t>
+          <t>9786059533218</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>The Trial - İngilizce Roman</t>
+          <t>Notes From Underground - İngilizce Roman</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786059533232</t>
+          <t>9786059533157</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>The Great Gatsby - İngilizce Roman</t>
+          <t>A Christmas Carol - İngilizce Roman</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786059533249</t>
+          <t>9786059533270</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>The Jungle Book - İngilizce Roman</t>
+          <t>The Time Machine - İngilizce Roman</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786059533225</t>
+          <t>9786059533195</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Persuasion - İngilizce Roman</t>
+          <t>Frankenstein - İngilizce Roman</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786059533294</t>
+          <t>9786059533287</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>The Picture of Dorian Gray - İngilizce Roman</t>
+          <t>The Trial - İngilizce Roman</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786059533430</t>
+          <t>9786059533232</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Treasure Island - Stage 4 - İngilizce Hikaye</t>
+          <t>The Great Gatsby - İngilizce Roman</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786059533461</t>
+          <t>9786059533249</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>White Fang - Stage 3 - İngilizce Hikaye</t>
+          <t>The Jungle Book - İngilizce Roman</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786059533379</t>
+          <t>9786059533225</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan - Stage 3 - İngilizce Hikaye</t>
+          <t>Persuasion - İngilizce Roman</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>90</v>
+        <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786059533355</t>
+          <t>9786059533294</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein - Stage 4 - İngilizce Hikaye</t>
+          <t>The Picture of Dorian Gray - İngilizce Roman</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786059533331</t>
+          <t>9786059533430</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Dracula - Stage 4 - İngilizce Hikaye</t>
+          <t>Treasure Island - Stage 4 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786059533317</t>
+          <t>9786059533461</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Alice's Adventures in Wonderland - Stage 3 - İngilizce Hikaye</t>
+          <t>White Fang - Stage 3 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786059533058</t>
+          <t>9786059533379</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Gulliver's Travels - Stage 2 - İngilizce Hikaye</t>
+          <t>Peter Pan - Stage 3 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786059533089</t>
+          <t>9786059533355</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Treasure Island - Stage 2 - İngilizce Hikaye</t>
+          <t>Frankenstein - Stage 4 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786059533034</t>
+          <t>9786059533331</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Alice Through The Looking Glass - Stage 2 - İngilizce Hikaye</t>
+          <t>Dracula - Stage 4 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786059533065</t>
+          <t>9786059533317</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>The Call of the Wild - Stage 3 - İngilizce Hikaye</t>
+          <t>Alice's Adventures in Wonderland - Stage 3 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059533041</t>
+          <t>9786059533058</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Anne of Green Gables - Stage 3 - İngilizce Hikaye</t>
+          <t>Gulliver's Travels - Stage 2 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786054441655</t>
+          <t>9786059533089</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Heidi - Stage 1 - İngilizce Hikaye</t>
+          <t>Treasure Island - Stage 2 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054441891</t>
+          <t>9786059533034</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Alice's Adventures in Wonderland - Stage 1 - İngilizce Hikaye</t>
+          <t>Alice Through The Looking Glass - Stage 2 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054441860</t>
+          <t>9786059533065</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>The Little Prince - Stage 2 - İngilizce Hikaye</t>
+          <t>The Call of the Wild - Stage 3 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054441631</t>
+          <t>9786059533041</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>The Little Prince - Stage 4 - İngilizce Hikaye</t>
+          <t>Anne of Green Gables - Stage 3 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054441754</t>
+          <t>9786054441655</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Alfabe Duvar Posteri</t>
+          <t>Heidi - Stage 1 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786054441785</t>
+          <t>9786054441891</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sayılar Duvar Posteri</t>
+          <t>Alice's Adventures in Wonderland - Stage 1 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786054441730</t>
+          <t>9786054441860</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>My Book Colors</t>
+          <t>The Little Prince - Stage 2 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786054441679</t>
+          <t>9786054441631</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>My Book Animals</t>
+          <t>The Little Prince - Stage 4 - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786054441686</t>
+          <t>9786054441754</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>My Book Fruits</t>
+          <t>Alfabe Duvar Posteri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786054441716</t>
+          <t>9786054441785</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>My Book Vehicles</t>
+          <t>Sayılar Duvar Posteri</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786054441709</t>
+          <t>9786054441730</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>My Book Opposites</t>
+          <t>My Book Colors</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786054441747</t>
+          <t>9786054441679</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>My Book Jobs</t>
+          <t>My Book Animals</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786054441693</t>
+          <t>9786054441686</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>My Book Vegetables</t>
+          <t>My Book Fruits</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786054441723</t>
+          <t>9786054441716</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>My Book Clothes</t>
+          <t>My Book Vehicles</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786054441648</t>
+          <t>9786054441709</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Just Idioms In Context</t>
+          <t>My Book Opposites</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054441853</t>
+          <t>9786054441747</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>The Little Prince (Tam Metin) - İngilizce Hikaye</t>
+          <t>My Book Jobs</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>108</v>
+        <v>90</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054441402</t>
+          <t>9786054441693</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Treasure Island - Easy Readers Level 1</t>
+          <t>My Book Vegetables</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>45</v>
+        <v>90</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786054441310</t>
+          <t>9786054441723</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>The Princess and the Dragon - Easy Readers Level 2</t>
+          <t>My Book Clothes</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>45</v>
+        <v>90</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786054441396</t>
+          <t>9786054441648</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>The Lantern - Easy Readers Level 2</t>
+          <t>Just Idioms In Context</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>45</v>
+        <v>90</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786054441327</t>
+          <t>9786054441853</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>The Haunted House - Easy Readers Level 1</t>
+          <t>The Little Prince (Tam Metin) - İngilizce Hikaye</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786054441273</t>
+          <t>9786054441402</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>The First Marathon - Easy Readers Level 2</t>
+          <t>Treasure Island - Easy Readers Level 1</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054441266</t>
+          <t>9786054441310</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>The First Marathon - Easy Readers Level 1</t>
+          <t>The Princess and the Dragon - Easy Readers Level 2</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054441358</t>
+          <t>9786054441396</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Bad Ratty - Easy Readers Level 2</t>
+          <t>The Lantern - Easy Readers Level 2</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054441280</t>
+          <t>9786054441327</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ali and the Magic Carpet - Easy Readers Level 1</t>
+          <t>The Haunted House - Easy Readers Level 1</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786054441464</t>
+          <t>9786054441273</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Plus A2 İngilizce Gramer</t>
+          <t>The First Marathon - Easy Readers Level 2</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>360</v>
+        <v>50</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054441457</t>
+          <t>9786054441266</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Plus A1 İngilizce Gramer</t>
+          <t>The First Marathon - Easy Readers Level 1</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>360</v>
+        <v>50</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786058955714</t>
+          <t>9786054441358</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Opposites - Zıt Anlamlı Kelimeler</t>
+          <t>Bad Ratty - Easy Readers Level 2</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786058955721</t>
+          <t>9786054441280</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Just Tenses in English</t>
+          <t>Ali and the Magic Carpet - Easy Readers Level 1</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>80</v>
+        <v>50</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786058955776</t>
+          <t>9786054441464</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Just Phrasal Verbs</t>
+          <t>Plus A2 İngilizce Gramer</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786058955783</t>
+          <t>9786054441457</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Just Exam Words - TOEFL, KPDS, ÜDS, IELTS, YDS</t>
+          <t>Plus A1 İngilizce Gramer</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789759894184</t>
+          <t>9786058955714</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>İngilizcede Zamanlar - İngilizce Gramer</t>
+          <t>Opposites - Zıt Anlamlı Kelimeler</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>720</v>
+        <v>90</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
+          <t>9786058955721</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Just Tenses in English</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786058955776</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Just Phrasal Verbs</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786058955783</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Just Exam Words - TOEFL, KPDS, ÜDS, IELTS, YDS</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9789759894184</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>İngilizcede Zamanlar - İngilizce Gramer</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
           <t>9789752888371</t>
         </is>
       </c>
-      <c r="B262" s="1" t="inlineStr">
+      <c r="B266" s="1" t="inlineStr">
         <is>
           <t>English Grammar Today - Türkçe Açıklamalı İngilizce Gramer</t>
         </is>
       </c>
-      <c r="C262" s="1">
-        <v>720</v>
+      <c r="C266" s="1">
+        <v>800</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>