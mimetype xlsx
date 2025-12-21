--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,5935 +85,6025 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255688026</t>
+          <t>9786255688118</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Büyük İşler Nasıl Başarılır</t>
+          <t>Nasılsın?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255688033</t>
+          <t>9786255688101</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yakın Arkadaş Olsaydık</t>
+          <t>Son Tur</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255688057</t>
+          <t>9786255688095</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İllüzyon</t>
+          <t>Ben Niye Böyleyim?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255688040</t>
+          <t>9786255688071</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ayna Çıkmazı</t>
+          <t>Röntgen</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>0077773149144</t>
+          <t>9786255688088</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Serhat Yabancı 6 Kitap Takım (İmzalı)</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>1540</v>
+        <v>245</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256370982</t>
+          <t>9786255688064</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya 3.0</t>
+          <t>Katıksız</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255688019</t>
+          <t>9786255688026</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bunu Atlatacaksın</t>
+          <t>Büyük İşler Nasıl Başarılır</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255688002</t>
+          <t>9786255688033</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Çınar</t>
+          <t>Yakın Arkadaş Olsaydık</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256370999</t>
+          <t>9786255688057</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İblis'in Melekleri</t>
+          <t>İllüzyon</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>1486137100327</t>
+          <t>9786255688040</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Seyir Set</t>
+          <t>Ayna Çıkmazı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>670</v>
+        <v>375</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>1486137100326</t>
+          <t>0077773149144</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Seyir Set (Ciltli)</t>
+          <t>Serhat Yabancı 6 Kitap Takım (İmzalı)</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>850</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256370975</t>
+          <t>9786256370982</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Reyhan</t>
+          <t>Sosyal Medya 3.0</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256370968</t>
+          <t>9786255688019</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kültür Ne İşe Yarar?</t>
+          <t>Bunu Atlatacaksın</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>125</v>
+        <v>395</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256370951</t>
+          <t>9786255688002</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Herkesi Memnun Etmeyi Bırak</t>
+          <t>Tepedeki Çınar</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256370906</t>
+          <t>9786256370999</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan Kaç Hayattır</t>
+          <t>İblis'in Melekleri</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256370944</t>
+          <t>1486137100327</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>İlişkiler Üzerine</t>
+          <t>Seyir Set</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>175</v>
+        <v>670</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256370937</t>
+          <t>1486137100326</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Nazik Olmaya Dair</t>
+          <t>Seyir Set (Ciltli)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>175</v>
+        <v>850</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256370883</t>
+          <t>9786256370975</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Şifa Avcın Lilith Yıldızları Elinde Tutan Kadın</t>
+          <t>Reyhan</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>495</v>
+        <v>175</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256370890</t>
+          <t>9786256370968</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ay</t>
+          <t>Kültür Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>575</v>
+        <v>125</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256370913</t>
+          <t>9786256370951</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kehanetteki Çocuk Suzan Orto</t>
+          <t>Herkesi Memnun Etmeyi Bırak</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256370920</t>
+          <t>9786256370906</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Fırtınadaki Çocuk Suzan Orto</t>
+          <t>Bir İnsan Kaç Hayattır</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256370869</t>
+          <t>9786256370944</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Leyla</t>
+          <t>İlişkiler Üzerine</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256370876</t>
+          <t>9786256370937</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Online Satışın Kodları</t>
+          <t>Nazik Olmaya Dair</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256370852</t>
+          <t>9786256370883</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yetimhane</t>
+          <t>Şifa Avcın Lilith Yıldızları Elinde Tutan Kadın</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256370845</t>
+          <t>9786256370890</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Değişimi Başlat</t>
+          <t>Ay</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>275</v>
+        <v>575</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256370821</t>
+          <t>9786256370913</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Arafta</t>
+          <t>Kehanetteki Çocuk Suzan Orto</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256370838</t>
+          <t>9786256370920</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Zeka Nedir?</t>
+          <t>Fırtınadaki Çocuk Suzan Orto</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256370814</t>
+          <t>9786256370869</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sorun Sende Değil</t>
+          <t>Leyla</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256370791</t>
+          <t>9786256370876</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Vatan İçin Ağıt</t>
+          <t>Online Satışın Kodları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256370807</t>
+          <t>9786256370852</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Jasat</t>
+          <t>Yetimhane</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256370784</t>
+          <t>9786256370845</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Küçük Zevkler</t>
+          <t>Değişimi Başlat</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256370777</t>
+          <t>9786256370821</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ben De Az Değilim</t>
+          <t>Arafta</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256370760</t>
+          <t>9786256370838</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikolojinin Gücü</t>
+          <t>Zeka Nedir?</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256370753</t>
+          <t>9786256370814</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Asansörle Antik Yunan’a Yolculuk</t>
+          <t>Sorun Sende Değil</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256370722</t>
+          <t>9786256370791</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bedenimin Bildikleri</t>
+          <t>Bir Vatan İçin Ağıt</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054784592</t>
+          <t>9786256370807</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Deniz Erten Uyanış Seti</t>
+          <t>Jasat</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>2910</v>
+        <v>175</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786137100424</t>
+          <t>9786256370784</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Pratik Başarı Dizisi (4 Kitap Takım)</t>
+          <t>Küçük Zevkler</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>580</v>
+        <v>245</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257220958</t>
+          <t>9786256370777</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aile Seti</t>
+          <t>Ben De Az Değilim</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>450</v>
+        <v>345</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059709491</t>
+          <t>9786256370760</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Melekler Ajandası 2017</t>
+          <t>Pozitif Psikolojinin Gücü</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052182659</t>
+          <t>9786256370753</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Astrolojinin Sırları</t>
+          <t>Asansörle Antik Yunan’a Yolculuk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059709002</t>
+          <t>9786256370722</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Meleklerle Yaşamak - El Kitabı</t>
+          <t>Bedenimin Bildikleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>80</v>
+        <v>375</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786052182499</t>
+          <t>9786054784592</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kim Tutar Seni (Bilezik Hediyeli)</t>
+          <t>Deniz Erten Uyanış Seti</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>175</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059709057</t>
+          <t>9786137100424</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Gücü</t>
+          <t>Pratik Başarı Dizisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>230</v>
+        <v>580</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059709736</t>
+          <t>9786257220958</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yalan Radarı</t>
+          <t>Mutlu Aile Seti</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059709200</t>
+          <t>9786059709491</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Kadına Yakışır</t>
+          <t>Melekler Ajandası 2017</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059709026</t>
+          <t>9786052182659</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Meleklerle Yaşamak - Meleğinizle Buluşma</t>
+          <t>Astrolojinin Sırları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>60</v>
+        <v>375</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059709149</t>
+          <t>9786059709002</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Meleklerle Yaşamak</t>
+          <t>Meleklerle Yaşamak - El Kitabı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>135</v>
+        <v>80</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059709088</t>
+          <t>9786052182499</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Meleklerle Yaşamak - Bolluk ve Bereket</t>
+          <t>Kim Tutar Seni (Bilezik Hediyeli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059709101</t>
+          <t>9786059709057</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Meleklerle Yaşamak: İş Hayatında Melekler</t>
+          <t>Meleklerin Gücü</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059709071</t>
+          <t>9786059709736</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Nefesini Keşfet</t>
+          <t>Yalan Radarı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257220071</t>
+          <t>9786059709200</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmaya Vaktim Yok</t>
+          <t>Aşk Her Kadına Yakışır</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050691979</t>
+          <t>9786059709026</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Ruhunun Şifrelerini Çöz</t>
+          <t>Meleklerle Yaşamak - Meleğinizle Buluşma</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>60</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052182192</t>
+          <t>9786059709149</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Alıngan Aşk</t>
+          <t>Meleklerle Yaşamak</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>245</v>
+        <v>135</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257220552</t>
+          <t>9786059709088</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Aile Dizimi - Atalarımızın Kaderleri Kaderimiz Olmasın</t>
+          <t>Meleklerle Yaşamak - Bolluk ve Bereket</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>295</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052182741</t>
+          <t>9786059709101</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>1905 Bir Hayalden Bir Efsaneye - Ali Sami Yen</t>
+          <t>Meleklerle Yaşamak: İş Hayatında Melekler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059709873</t>
+          <t>9786059709071</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>2018 Astroloji Ajandası</t>
+          <t>Nefesini Keşfet</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059709897</t>
+          <t>9786257220071</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>2018 Astroloji Rehberiniz</t>
+          <t>Yaşlanmaya Vaktim Yok</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>215</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059709903</t>
+          <t>9786050691979</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Melekler</t>
+          <t>Ruhunun Şifrelerini Çöz</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257220293</t>
+          <t>9786052182192</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Dur... Ağlama Gözlerim</t>
+          <t>Alıngan Aşk</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>110</v>
+        <v>245</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257220309</t>
+          <t>9786257220552</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gözleri İntihar Mavi</t>
+          <t>Aile Dizimi - Atalarımızın Kaderleri Kaderimiz Olmasın</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>110</v>
+        <v>295</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052182840</t>
+          <t>9786052182741</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Üstat</t>
+          <t>1905 Bir Hayalden Bir Efsaneye - Ali Sami Yen</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>225</v>
+        <v>140</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052182185</t>
+          <t>9786059709873</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Didim'in Misafirleri</t>
+          <t>2018 Astroloji Ajandası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052182154</t>
+          <t>9786059709897</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yürüyerek İstanbul</t>
+          <t>2018 Astroloji Rehberiniz</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256370081</t>
+          <t>9786059709903</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Kız Çocuğu</t>
+          <t>Melekler</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052182505</t>
+          <t>9786257220293</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Düşündüğün Gibi Değil</t>
+          <t>Dur... Ağlama Gözlerim</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>235</v>
+        <v>110</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256370715</t>
+          <t>9786257220309</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Gölgesinde Av</t>
+          <t>Gözleri İntihar Mavi</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256370708</t>
+          <t>9786052182840</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Hiç Yoktan İyidir</t>
+          <t>Üstat</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256370685</t>
+          <t>9786052182185</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>1 Adam 3 Bölge</t>
+          <t>Didim'in Misafirleri</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256370678</t>
+          <t>9786052182154</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bibliyoterapi</t>
+          <t>Yürüyerek İstanbul</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>295</v>
+        <v>450</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256370029</t>
+          <t>9786256370081</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Artık Özgürsün Baba</t>
+          <t>Kimsesiz Kız Çocuğu</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256370692</t>
+          <t>9786052182505</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Can Borcu</t>
+          <t>Düşündüğün Gibi Değil</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>595</v>
+        <v>235</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256370661</t>
+          <t>9786256370715</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Core Transformation - İçimizdeki Kaynağa Ulaşmak</t>
+          <t>Tarihin Gölgesinde Av</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256370654</t>
+          <t>9786256370708</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Hayatınızı Kurtarabilir</t>
+          <t>Hiç Yoktan İyidir</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>295</v>
+        <v>165</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059709989</t>
+          <t>9786256370685</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Tarot ve Astroloji</t>
+          <t>1 Adam 3 Bölge</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>675</v>
+        <v>295</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256370630</t>
+          <t>9786256370678</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>10 Kat Daha Mutlu</t>
+          <t>Bibliyoterapi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256370623</t>
+          <t>9786256370029</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Büyük Düşünürler</t>
+          <t>Artık Özgürsün Baba</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256370241</t>
+          <t>9786256370692</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kendine Hikayeler Anlatan Beyin</t>
+          <t>Can Borcu</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>245</v>
+        <v>595</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256370616</t>
+          <t>9786256370661</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hayat Okulu Sözlüğü</t>
+          <t>Core Transformation - İçimizdeki Kaynağa Ulaşmak</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256370586</t>
+          <t>9786256370654</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Giden Yolda Hikayeleştirme</t>
+          <t>Bu Kitap Hayatınızı Kurtarabilir</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256370609</t>
+          <t>9786059709989</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gücü</t>
+          <t>Tarot ve Astroloji</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>125</v>
+        <v>675</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256370593</t>
+          <t>9786256370630</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hatırla ve Unut</t>
+          <t>10 Kat Daha Mutlu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256370579</t>
+          <t>9786256370623</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Büyük Düşünürler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052182338</t>
+          <t>9786256370241</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kıyam-et U - İşaret 1</t>
+          <t>Kendine Hikayeler Anlatan Beyin</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>425</v>
+        <v>245</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059709095</t>
+          <t>9786256370616</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Meleklerle Yaşamak - Melek Kartları</t>
+          <t>Hayat Okulu Sözlüğü</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>650</v>
+        <v>275</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256370548</t>
+          <t>9786256370586</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapi Nedir?</t>
+          <t>Başarıya Giden Yolda Hikayeleştirme</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>149</v>
+        <v>165</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256370531</t>
+          <t>9786256370609</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İletişimin ABC'si</t>
+          <t>Aşkın Gücü</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>175</v>
+        <v>125</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256370555</t>
+          <t>9786256370593</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Tezahürü</t>
+          <t>Hatırla ve Unut</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>249</v>
+        <v>175</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256370562</t>
+          <t>9786256370579</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yarım</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>149</v>
+        <v>175</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256370524</t>
+          <t>9786052182338</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Diyet</t>
+          <t>Kıyam-et U - İşaret 1</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256370494</t>
+          <t>9786059709095</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Patronumdan Nefret Ediyorum</t>
+          <t>Meleklerle Yaşamak - Melek Kartları</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>175</v>
+        <v>650</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257220033</t>
+          <t>9786256370548</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yüz Okuma Sanatı</t>
+          <t>Psikoterapi Nedir?</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>225</v>
+        <v>149</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256370500</t>
+          <t>9786256370531</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Yiv Kin</t>
+          <t>İletişimin ABC'si</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256370463</t>
+          <t>9786256370555</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Hormon Yönetimi</t>
+          <t>Aşkın Tezahürü</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>295</v>
+        <v>249</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256370401</t>
+          <t>9786256370562</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Satış Kitabı</t>
+          <t>Yarım</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>145</v>
+        <v>149</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256370487</t>
+          <t>9786256370524</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İyi Hissetme Kitabı</t>
+          <t>Sıfır Diyet</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256370456</t>
+          <t>9786256370494</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Dahilerin Yok Artık Dedirtecek Yönleri</t>
+          <t>Patronumdan Nefret Ediyorum</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>395</v>
+        <v>175</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256370470</t>
+          <t>9786257220033</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Tut Elimden İstanbul</t>
+          <t>Yüz Okuma Sanatı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256370432</t>
+          <t>9786256370500</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Para Sende Bolluk ve Berekete Yol Aç</t>
+          <t>Yiv Kin</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256370449</t>
+          <t>9786256370463</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Zaten</t>
+          <t>Hormon Yönetimi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059709422</t>
+          <t>9786256370401</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Uranyen Astroloji</t>
+          <t>Akıllı Satış Kitabı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>1350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256370425</t>
+          <t>9786256370487</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Bir Filozof Gibi Düşün</t>
+          <t>İyi Hissetme Kitabı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>375</v>
+        <v>145</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256370395</t>
+          <t>9786256370456</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Hissederek Yaşa</t>
+          <t>Dahilerin Yok Artık Dedirtecek Yönleri</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256370166</t>
+          <t>9786256370470</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatma Kitabı</t>
+          <t>Tut Elimden İstanbul</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256370418</t>
+          <t>9786256370432</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kalbinin Rotasındaki Kadınlar</t>
+          <t>Para Sende Bolluk ve Berekete Yol Aç</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256370371</t>
+          <t>9786256370449</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zekanın Enneagramı</t>
+          <t>Zaten</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256370388</t>
+          <t>9786059709422</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Süper Beynin Sırları</t>
+          <t>Uranyen Astroloji</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>275</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256370364</t>
+          <t>9786256370425</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Issız Koy</t>
+          <t>Bir Filozof Gibi Düşün</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256370333</t>
+          <t>9786256370395</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tersine Düşünmek</t>
+          <t>Hissederek Yaşa</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256370296</t>
+          <t>9786256370166</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Konuş Benimle</t>
+          <t>Hikaye Anlatma Kitabı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257220972</t>
+          <t>9786256370418</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Hotel İstanbul</t>
+          <t>Kalbinin Rotasındaki Kadınlar</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256370357</t>
+          <t>9786256370371</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Quantum Manifesting</t>
+          <t>Duygusal Zekanın Enneagramı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256370340</t>
+          <t>9786256370388</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Mazi</t>
+          <t>Süper Beynin Sırları</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256370289</t>
+          <t>9786256370364</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İyi Yaşanmış Bir Hayat</t>
+          <t>Issız Koy</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256370272</t>
+          <t>9786256370333</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Terapiste Kulak Ver</t>
+          <t>Tersine Düşünmek</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>235</v>
+        <v>325</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256370326</t>
+          <t>9786256370296</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bu Son Olsun</t>
+          <t>Konuş Benimle</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256370265</t>
+          <t>9786257220972</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hap Gibi Frkndlk</t>
+          <t>Hotel İstanbul</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256370302</t>
+          <t>9786256370357</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Duygularını Anlamak</t>
+          <t>Quantum Manifesting</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256370111</t>
+          <t>9786256370340</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikiyatrist Anlatıyor</t>
+          <t>Bir Avuç Mazi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>245</v>
+        <v>235</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256370258</t>
+          <t>9786256370289</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bileşik Etki</t>
+          <t>İyi Yaşanmış Bir Hayat</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>185</v>
+        <v>345</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256370197</t>
+          <t>9786256370272</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hayatının Şefi Ol</t>
+          <t>İçindeki Terapiste Kulak Ver</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>275</v>
+        <v>235</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256370203</t>
+          <t>9786256370326</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Benim Yolum</t>
+          <t>Bu Son Olsun</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256370227</t>
+          <t>9786256370265</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Yıllar Sonra</t>
+          <t>Hap Gibi Frkndlk</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>165</v>
+        <v>125</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256370234</t>
+          <t>9786256370302</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Adı Mercan</t>
+          <t>Çocukların Duygularını Anlamak</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256370210</t>
+          <t>9786256370111</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>İrina</t>
+          <t>Bir Psikiyatrist Anlatıyor</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256370135</t>
+          <t>9786256370258</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Zihinler</t>
+          <t>Bileşik Etki</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>295</v>
+        <v>185</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256370159</t>
+          <t>9786256370197</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Çakralar ve Hayvanlar</t>
+          <t>Hayatının Şefi Ol</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256370180</t>
+          <t>9786256370203</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Melekler</t>
+          <t>Benim Yolum</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256370173</t>
+          <t>9786256370227</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hımbıl</t>
+          <t>Yıllar Sonra</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256370128</t>
+          <t>9786256370234</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçme Sanatı</t>
+          <t>Adı Mercan</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256370098</t>
+          <t>9786256370210</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Başarı Kitabı</t>
+          <t>İrina</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256370067</t>
+          <t>9786256370135</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Kitabı - Daha Bilinçli Bir Yaşam Sürmenin Pratik Yolları</t>
+          <t>Başarılı Zihinler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257220996</t>
+          <t>9786256370159</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Pazarlama Kitabı</t>
+          <t>Çakralar ve Hayvanlar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>145</v>
+        <v>235</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256370050</t>
+          <t>9786256370180</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Düşünme Kitabı</t>
+          <t>Kanatsız Melekler</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>145</v>
+        <v>235</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256370104</t>
+          <t>9786256370173</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Cennette Bir Hafta</t>
+          <t>Hımbıl</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256370074</t>
+          <t>9786256370128</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Akasya Çiçeği</t>
+          <t>Vazgeçme Sanatı</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257220781</t>
+          <t>9786256370098</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Beyin Kitabı</t>
+          <t>Başarı Kitabı</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257220880</t>
+          <t>9786256370067</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Basit Tut Kitabı</t>
+          <t>Farkındalık Kitabı - Daha Bilinçli Bir Yaşam Sürmenin Pratik Yolları</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257220873</t>
+          <t>9786257220996</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Etki Kitabı</t>
+          <t>Akıllı Pazarlama Kitabı</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257220798</t>
+          <t>9786256370050</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Fikirler Kitabı</t>
+          <t>Akıllı Düşünme Kitabı</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257220989</t>
+          <t>9786256370104</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutupyıldızı Olarak - Aile Dizimi Tarot Sembolleri</t>
+          <t>Cennette Bir Hafta</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>595</v>
+        <v>225</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256370043</t>
+          <t>9786256370074</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Adalet</t>
+          <t>Akasya Çiçeği</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256370036</t>
+          <t>9786257220781</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Suça Bulaşan Adamlar</t>
+          <t>Beyin Kitabı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>395</v>
+        <v>145</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256370005</t>
+          <t>9786257220880</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Haritacı Ve Kaşif</t>
+          <t>Basit Tut Kitabı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256370012</t>
+          <t>9786257220873</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Unutma</t>
+          <t>Etki Kitabı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>115</v>
+        <v>145</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257220866</t>
+          <t>9786257220798</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran’dan Sırların Küçük Kitabı</t>
+          <t>Fikirler Kitabı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257220804</t>
+          <t>9786257220989</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bedeni Jaguar Yüreği Kelebek</t>
+          <t>Bir Kutupyıldızı Olarak - Aile Dizimi Tarot Sembolleri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>295</v>
+        <v>595</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257220965</t>
+          <t>9786256370043</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Yaşlanmanın Psikolojisi</t>
+          <t>Kozmik Adalet</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>245</v>
+        <v>235</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257220927</t>
+          <t>9786256370036</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Ajandası 2023 (Ciltli)</t>
+          <t>Suça Bulaşan Adamlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257220934</t>
+          <t>9786256370005</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kaldırım Taşı</t>
+          <t>Haritacı Ve Kaşif</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257220903</t>
+          <t>9786256370012</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>The Experiment</t>
+          <t>Unutma</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>475</v>
+        <v>125</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257220910</t>
+          <t>9786257220866</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Peşimdeki Melek</t>
+          <t>Halil Cibran’dan Sırların Küçük Kitabı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>149</v>
+        <v>165</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257220941</t>
+          <t>9786257220804</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Yüz Okuma Sanatı 3</t>
+          <t>Bedeni Jaguar Yüreği Kelebek</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257220705</t>
+          <t>9786257220965</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yetişkinler</t>
+          <t>Pozitif Yaşlanmanın Psikolojisi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257220897</t>
+          <t>9786257220927</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Çocuklar</t>
+          <t>Astroloji Ajandası 2023 (Ciltli)</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257220811</t>
+          <t>9786257220934</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Senden Başla</t>
+          <t>Kaldırım Taşı</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>255</v>
+        <v>125</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257220859</t>
+          <t>9786257220903</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>İzin Ver</t>
+          <t>The Experiment</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257220828</t>
+          <t>9786257220910</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Hikayeler Kütüphanesi</t>
+          <t>Peşimdeki Melek</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>195</v>
+        <v>149</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257220835</t>
+          <t>9786257220941</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Tehlikenin Dna’sı</t>
+          <t>Yüz Okuma Sanatı 3</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257220774</t>
+          <t>9786257220705</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ara Kendini Bul</t>
+          <t>Mutlu Yetişkinler</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257220767</t>
+          <t>9786257220897</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler Ölmez</t>
+          <t>Mutlu Çocuklar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>265</v>
+        <v>225</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257220743</t>
+          <t>9786257220811</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Doğu Seyahatnamesi</t>
+          <t>Senden Başla</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>225</v>
+        <v>255</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257220729</t>
+          <t>9786257220859</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Sen Sor Evren Cevaplasın</t>
+          <t>İzin Ver</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257220668</t>
+          <t>9786257220828</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuş</t>
+          <t>Yarım Kalan Hikayeler Kütüphanesi</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>349</v>
+        <v>195</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257220750</t>
+          <t>9786257220835</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Gibi Değil</t>
+          <t>Tehlikenin Dna’sı</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257220606</t>
+          <t>9786257220774</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran’dan Bilgeliğin Küçük Kitabı</t>
+          <t>Ara Kendini Bul</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257220712</t>
+          <t>9786257220767</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Keşke'den İyi ki'ye</t>
+          <t>Efsaneler Ölmez</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>325</v>
+        <v>265</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257220675</t>
+          <t>9786257220743</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Deccal Derin Devleti</t>
+          <t>Doğu Seyahatnamesi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>475</v>
+        <v>225</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257220620</t>
+          <t>9786257220729</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Serçeler Düşerken</t>
+          <t>Sen Sor Evren Cevaplasın</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257220736</t>
+          <t>9786257220668</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Keşif</t>
+          <t>Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>325</v>
+        <v>349</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257220682</t>
+          <t>9786257220750</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İçinde Güzellik Var</t>
+          <t>Bildiğin Gibi Değil</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257220439</t>
+          <t>9786257220606</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Allah’sız Ahlak Mümkün Mü?</t>
+          <t>Halil Cibran’dan Bilgeliğin Küçük Kitabı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257220699</t>
+          <t>9786257220712</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Şenay</t>
+          <t>Keşke'den İyi ki'ye</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257220460</t>
+          <t>9786257220675</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Ben Daha Yaşamadım</t>
+          <t>Deccal Derin Devleti</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>385</v>
+        <v>475</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257220613</t>
+          <t>9786257220620</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Yazma Sanatı - Kaç Kadeh Kırıldı Sarhoş Gönlümde</t>
+          <t>Serçeler Düşerken</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>125</v>
+        <v>225</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257220651</t>
+          <t>9786257220736</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sandalyenin Arkası</t>
+          <t>Keşif</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257220644</t>
+          <t>9786257220682</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Ben Ü Sen - Diyarbakır Surlarının Efsanesi</t>
+          <t>İçinde Güzellik Var</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257220637</t>
+          <t>9786257220439</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bağlantı</t>
+          <t>Allah’sız Ahlak Mümkün Mü?</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>125</v>
+        <v>165</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257220583</t>
+          <t>9786257220699</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kalkıp Giden Resimler</t>
+          <t>Şenay</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257220590</t>
+          <t>9786257220460</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ay'ın Gücüyle Hayatını Yönet</t>
+          <t>Ben Daha Yaşamadım</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>175</v>
+        <v>385</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257220576</t>
+          <t>9786257220613</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>5. Kattan Düştüm Deliyim O Zaman</t>
+          <t>Şarkı Yazma Sanatı - Kaç Kadeh Kırıldı Sarhoş Gönlümde</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>125</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257220545</t>
+          <t>9786257220651</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Dün Gece Nerede Öldün?</t>
+          <t>Sandalyenin Arkası</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257220521</t>
+          <t>9786257220644</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Elveda Ey Duygularım</t>
+          <t>Ben Ü Sen - Diyarbakır Surlarının Efsanesi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257220385</t>
+          <t>9786257220637</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran’dan Aşkın Küçük Kitabı</t>
+          <t>Bağlantı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>165</v>
+        <v>125</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257220477</t>
+          <t>9786257220583</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Coşkun Sabah Anılar</t>
+          <t>Kalkıp Giden Resimler</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>425</v>
+        <v>195</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257220514</t>
+          <t>9786257220590</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Seyir Defteri</t>
+          <t>Ay'ın Gücüyle Hayatını Yönet</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257220569</t>
+          <t>9786257220576</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Seyir Defteri (Ciltli)</t>
+          <t>5. Kattan Düştüm Deliyim O Zaman</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>275</v>
+        <v>125</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257220491</t>
+          <t>9786257220545</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Tarot Kartları ve Anlamları</t>
+          <t>Dün Gece Nerede Öldün?</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257220538</t>
+          <t>9786257220521</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Aşk ile Yazılan Hu ile Okunan Öyküler</t>
+          <t>Elveda Ey Duygularım</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>255</v>
+        <v>275</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257220361</t>
+          <t>9786257220385</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Gelin Evi</t>
+          <t>Halil Cibran’dan Aşkın Küçük Kitabı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>245</v>
+        <v>165</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257220484</t>
+          <t>9786257220477</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Turan Caddesi No: 25</t>
+          <t>Coşkun Sabah Anılar</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257220507</t>
+          <t>9786257220514</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Astrolojik Mucize Rehberi</t>
+          <t>Seyir Defteri</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257220453</t>
+          <t>9786257220569</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’den Atatürk’e</t>
+          <t>Seyir Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>445</v>
+        <v>275</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257220422</t>
+          <t>9786257220491</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Zihin Tuzakları</t>
+          <t>Tarot Kartları ve Anlamları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257220323</t>
+          <t>9786257220538</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Şaman Kehanet Kartları</t>
+          <t>Aşk ile Yazılan Hu ile Okunan Öyküler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>650</v>
+        <v>255</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257220378</t>
+          <t>9786257220361</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran’dan Yaşamın Küçük Kitabı</t>
+          <t>Türkiye'nin Gelin Evi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>165</v>
+        <v>245</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257220408</t>
+          <t>9786257220484</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Git Kendini Çok Sevdirmeden</t>
+          <t>Turan Caddesi No: 25</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257220415</t>
+          <t>9786257220507</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Bu İşte Bir Yalnızlık Var</t>
+          <t>Astrolojik Mucize Rehberi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257220392</t>
+          <t>9786257220453</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Semra</t>
+          <t>Mustafa Kemal’den Atatürk’e</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>375</v>
+        <v>445</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257220330</t>
+          <t>9786257220422</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Arabayla Anadolu - İğneada’dan Pamukkale’ye</t>
+          <t>Zihin Tuzakları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257220354</t>
+          <t>9786257220323</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Assolist</t>
+          <t>Şaman Kehanet Kartları</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>255</v>
+        <v>650</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257220347</t>
+          <t>9786257220378</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Masumlar Mezatı</t>
+          <t>Halil Cibran’dan Yaşamın Küçük Kitabı</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257220316</t>
+          <t>9786257220408</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Çöl</t>
+          <t>Git Kendini Çok Sevdirmeden</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257220286</t>
+          <t>9786257220415</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kibele'nin Laneti</t>
+          <t>Bu İşte Bir Yalnızlık Var</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257220255</t>
+          <t>9786257220392</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Bu Gözlerin Hikayesi</t>
+          <t>Semra</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257220262</t>
+          <t>9786257220330</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Madelet</t>
+          <t>Arabayla Anadolu - İğneada’dan Pamukkale’ye</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>250</v>
+        <v>325</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257220248</t>
+          <t>9786257220354</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>San Francisco Kafası</t>
+          <t>Assolist</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>275</v>
+        <v>255</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257220231</t>
+          <t>9786257220347</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Baba Ben Fenomen Oluyorum</t>
+          <t>Masumlar Mezatı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257220224</t>
+          <t>9786257220316</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Happytalism</t>
+          <t>Çöl</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257220217</t>
+          <t>9786257220286</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İsfahan’ın Gözyaşları</t>
+          <t>Kibele'nin Laneti</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257220200</t>
+          <t>9786257220255</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Balıklar Da Öpüşmüyor Artık</t>
+          <t>Bu Gözlerin Hikayesi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257220194</t>
+          <t>9786257220262</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Nehir ve Tüm Diğer Şeyler</t>
+          <t>Madelet</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257220187</t>
+          <t>9786257220248</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Senaryo: Karakterin Yolculuğu</t>
+          <t>San Francisco Kafası</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257220156</t>
+          <t>9786257220231</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tarotu</t>
+          <t>Baba Ben Fenomen Oluyorum</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>750</v>
+        <v>235</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257220149</t>
+          <t>9786257220224</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Seyir (Ciltli)</t>
+          <t>Happytalism</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>575</v>
+        <v>450</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257220170</t>
+          <t>9786257220217</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Çürük</t>
+          <t>İsfahan’ın Gözyaşları</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257220163</t>
+          <t>9786257220200</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ahmet</t>
+          <t>Balıklar Da Öpüşmüyor Artık</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257220125</t>
+          <t>9786257220194</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamalarla Kurumsal İletişim Hikayeleri</t>
+          <t>Nehir ve Tüm Diğer Şeyler</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786050691962</t>
+          <t>9786257220187</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kahve</t>
+          <t>Senaryo: Karakterin Yolculuğu</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257220132</t>
+          <t>9786257220156</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Eylül Fırtınası</t>
+          <t>Aşk Tarotu</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>295</v>
+        <v>750</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257220118</t>
+          <t>9786257220149</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Hepitalizm</t>
+          <t>Seyir (Ciltli)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>175</v>
+        <v>575</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257220101</t>
+          <t>9786257220170</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Siyaha Bulaşan Kadınlar</t>
+          <t>Çürük</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052182017</t>
+          <t>9786257220163</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Kim Tutar Seni</t>
+          <t>Ahmet</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257220095</t>
+          <t>9786257220125</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Anne Baba Olma Sanatı</t>
+          <t>Teori ve Uygulamalarla Kurumsal İletişim Hikayeleri</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257220088</t>
+          <t>9786050691962</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Biliyordu Dönmeyecektim</t>
+          <t>Kahve</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257220057</t>
+          <t>9786257220132</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kafes Kuşu</t>
+          <t>Eylül Fırtınası</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786050691948</t>
+          <t>9786257220118</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Aşırı Tuhaf</t>
+          <t>Sorularla Hepitalizm</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257220064</t>
+          <t>9786257220101</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Hepitalizm</t>
+          <t>Siyaha Bulaşan Kadınlar</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>575</v>
+        <v>225</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257220019</t>
+          <t>9786052182017</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>O Kadar da Değil</t>
+          <t>Kim Tutar Seni</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257220040</t>
+          <t>9786257220095</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yüz Okuma Sanatı 2</t>
+          <t>Dijital Çağda Anne Baba Olma Sanatı</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257220026</t>
+          <t>9786257220088</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Tasarımcısı</t>
+          <t>Biliyordu Dönmeyecektim</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786050691924</t>
+          <t>9786257220057</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Derin Mavi Destan</t>
+          <t>Kafes Kuşu</t>
         </is>
       </c>
       <c r="C232" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786050691993</t>
+          <t>9786050691948</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Life Begins at 40</t>
+          <t>Aşırı Tuhaf</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786050691986</t>
+          <t>9786257220064</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Gri Değil Maviymiş</t>
+          <t>Hepitalizm</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>325</v>
+        <v>575</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257220002</t>
+          <t>9786257220019</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Zamanı</t>
+          <t>O Kadar da Değil</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786050691955</t>
+          <t>9786257220040</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Uyan</t>
+          <t>Yüz Okuma Sanatı 2</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786050691931</t>
+          <t>9786257220026</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Mucizenle Buluşma - Renklerle Gelen Şifa</t>
+          <t>Gelecek Tasarımcısı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786050691900</t>
+          <t>9786050691924</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>İncirin İçindeki Arı</t>
+          <t>Derin Mavi Destan</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>100</v>
+        <v>295</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052182819</t>
+          <t>9786050691993</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Metafiziğin Temelleri</t>
+          <t>Life Begins at 40</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786050691917</t>
+          <t>9786050691986</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Sen de Konuşabilirsin</t>
+          <t>Gökyüzü Gri Değil Maviymiş</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052182987</t>
+          <t>9786257220002</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyunu</t>
+          <t>Kelebeğin Zamanı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>235</v>
+        <v>320</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052182994</t>
+          <t>9786050691955</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Yüzüm Gece Yarısı</t>
+          <t>Uyan</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052182970</t>
+          <t>9786050691931</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Asla Gözlerine Bakma</t>
+          <t>Mucizenle Buluşma - Renklerle Gelen Şifa</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>249</v>
+        <v>195</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052182963</t>
+          <t>9786050691900</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Münzevi Girişimci</t>
+          <t>İncirin İçindeki Arı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>325</v>
+        <v>100</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052182956</t>
+          <t>9786052182819</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Konuş(tur)ma Sanatı</t>
+          <t>Metafiziğin Temelleri</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052182949</t>
+          <t>9786050691917</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Bedia Akartürk - Turnanın Türküsü</t>
+          <t>Sen de Konuşabilirsin</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052182901</t>
+          <t>9786052182987</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Fransız Kadın Yolcu</t>
+          <t>Hayat Oyunu</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>175</v>
+        <v>235</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052182864</t>
+          <t>9786052182994</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşam Ajandası 2020</t>
+          <t>Yüzüm Gece Yarısı</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052182888</t>
+          <t>9786052182970</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Maskesi</t>
+          <t>Asla Gözlerine Bakma</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>225</v>
+        <v>249</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052182857</t>
+          <t>9786052182963</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Uyku Aralığı</t>
+          <t>Münzevi Girişimci</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>159</v>
+        <v>325</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052182895</t>
+          <t>9786052182956</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Sevdam İstanbul</t>
+          <t>Türkçe Konuş(tur)ma Sanatı</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052182826</t>
+          <t>9786052182949</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sırlı Gök - Bir Göbeklitepe Hikayesi</t>
+          <t>Bedia Akartürk - Turnanın Türküsü</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052182871</t>
+          <t>9786052182901</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Bir Gönül Meselesi</t>
+          <t>Fransız Kadın Yolcu</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052182802</t>
+          <t>9786052182864</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya'nın Açmazları</t>
+          <t>Mutlu Yaşam Ajandası 2020</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052182734</t>
+          <t>9786052182888</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Seyir</t>
+          <t>İnsan ve Maskesi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>475</v>
+        <v>225</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052182796</t>
+          <t>9786052182857</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>İste</t>
+          <t>Uyku Aralığı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>145</v>
+        <v>159</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052182765</t>
+          <t>9786052182895</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Nilgün Belgün: Hayatla Geçinmeyi Seçtim</t>
+          <t>Sevdam İstanbul</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052182789</t>
+          <t>9786052182826</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bensiz Biz Olmaz</t>
+          <t>Sırlı Gök - Bir Göbeklitepe Hikayesi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052182758</t>
+          <t>9786052182871</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bir Günde Yazar Oldum</t>
+          <t>Bir Gönül Meselesi</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>249</v>
+        <v>225</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052182710</t>
+          <t>9786052182802</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Faktörü - Çok Güldük Başımıza İyi Bir Şey Gelecek!</t>
+          <t>Yeni Dünya'nın Açmazları</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052182697</t>
+          <t>9786052182734</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Biri Var</t>
+          <t>Seyir</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>145</v>
+        <v>495</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052182680</t>
+          <t>9786052182796</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yanılgısı</t>
+          <t>İste</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052182673</t>
+          <t>9786052182765</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Acı Çekirdek</t>
+          <t>Nilgün Belgün: Hayatla Geçinmeyi Seçtim</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052182642</t>
+          <t>9786052182789</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Seni Gidi Küçük Şeytan</t>
+          <t>Bensiz Biz Olmaz</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052182635</t>
+          <t>9786052182758</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Pera</t>
+          <t>Bir Günde Yazar Oldum</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>275</v>
+        <v>249</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052182512</t>
+          <t>9786052182710</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Ege'yi Gör ve Yaşa</t>
+          <t>Mutluluk Faktörü - Çok Güldük Başımıza İyi Bir Şey Gelecek!</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052182567</t>
+          <t>9786052182697</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Leman Hanım’ın Mavi Cadillac’ı</t>
+          <t>Biri Var</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052182611</t>
+          <t>9786052182680</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Aşkım Pablo Nefretim Escobar</t>
+          <t>Aşk Yanılgısı</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>385</v>
+        <v>190</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052182604</t>
+          <t>9786052182673</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Kirli Beyaz</t>
+          <t>Acı Çekirdek</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052182574</t>
+          <t>9786052182642</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Kader Mi Özgür İrade Mi?</t>
+          <t>Seni Gidi Küçük Şeytan</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052182550</t>
+          <t>9786052182635</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kafamdaki Kertenkele</t>
+          <t>Kalbim Pera</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052182581</t>
+          <t>9786052182512</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Selanik’te Sonbahar</t>
+          <t>Ege'yi Gör ve Yaşa</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052182529</t>
+          <t>9786052182567</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Yollar</t>
+          <t>Leman Hanım’ın Mavi Cadillac’ı</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052182598</t>
+          <t>9786052182611</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Ay On Gün</t>
+          <t>Aşkım Pablo Nefretim Escobar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>245</v>
+        <v>385</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052182543</t>
+          <t>9786052182604</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Misafir-iz Ş - İşaret 6</t>
+          <t>Kirli Beyaz</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>575</v>
+        <v>145</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052182482</t>
+          <t>9786052182574</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Misafir-sin I - İşaret 5</t>
+          <t>Kader Mi Özgür İrade Mi?</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>645</v>
+        <v>275</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052182413</t>
+          <t>9786052182550</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Dualar Kalıcıdır</t>
+          <t>Kafamdaki Kertenkele</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052182475</t>
+          <t>9786052182581</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Lulin'in Işık Rehberi</t>
+          <t>Selanik’te Sonbahar</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>135</v>
+        <v>245</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052182130</t>
+          <t>9786052182529</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Siyah Kedi</t>
+          <t>Ezoterik Yollar</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052182451</t>
+          <t>9786052182598</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Hayalleriyle Öğrenen Çocuk</t>
+          <t>Dokuz Ay On Gün</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052182444</t>
+          <t>9786052182543</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Makyaj Hüznü Kapatmıyor</t>
+          <t>Misafir-iz Ş - İşaret 6</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>149</v>
+        <v>575</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052182468</t>
+          <t>9786052182482</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Anne Mavisi</t>
+          <t>Misafir-sin I - İşaret 5</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>150</v>
+        <v>645</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052182437</t>
+          <t>9786052182413</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Mektupları</t>
+          <t>Dualar Kalıcıdır</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>345</v>
+        <v>175</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052182390</t>
+          <t>9786052182475</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>En Sağlam Direniş Kalbi Temiz Tutmak</t>
+          <t>Lulin'in Işık Rehberi</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>150</v>
+        <v>135</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052182161</t>
+          <t>9786052182130</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>From My Eyes - Benim Gözümden (Ciltli)</t>
+          <t>Siyah Kedi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052182420</t>
+          <t>9786052182451</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kimse Ölmez Bu Şehirde</t>
+          <t>Hayalleriyle Öğrenen Çocuk</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052182383</t>
+          <t>9786052182444</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kız Gücü Hikayeleri</t>
+          <t>Makyaj Hüznü Kapatmıyor</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>295</v>
+        <v>149</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052182406</t>
+          <t>9786052182468</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Unutmak mı Affetmek mi?</t>
+          <t>Anne Mavisi</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052182321</t>
+          <t>9786052182437</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Bak-Ara Y - İşaret 2</t>
+          <t>Kuantum Mektupları</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>445</v>
+        <v>345</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052182352</t>
+          <t>9786052182390</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Karanlığı Kucakladım</t>
+          <t>En Sağlam Direniş Kalbi Temiz Tutmak</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>235</v>
+        <v>150</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059709279</t>
+          <t>9786052182161</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İçin</t>
+          <t>From My Eyes - Benim Gözümden (Ciltli)</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052182369</t>
+          <t>9786052182420</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Sisu'nun Peşinde</t>
+          <t>Kimse Ölmez Bu Şehirde</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052182376</t>
+          <t>9786052182383</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Telefonum Olmadan Asla!</t>
+          <t>Kız Gücü Hikayeleri</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052182314</t>
+          <t>9786052182406</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Artık Dön! Kendine! A - İşaret 3</t>
+          <t>Unutmak mı Affetmek mi?</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052182307</t>
+          <t>9786052182321</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Ayrılırken Tanışalım</t>
+          <t>Bak-Ara Y - İşaret 2</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>230</v>
+        <v>445</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052182345</t>
+          <t>9786052182352</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>2019 Esmaü’l Hüsnalı Astroloji Rehberiniz</t>
+          <t>Karanlığı Kucakladım</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>175</v>
+        <v>235</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052182284</t>
+          <t>9786059709279</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Marilyn’le Beş Çayı</t>
+          <t>Yaşamak İçin</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>325</v>
+        <v>295</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052182277</t>
+          <t>9786052182369</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Epilepsi</t>
+          <t>Sisu'nun Peşinde</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052182291</t>
+          <t>9786052182376</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Misafir-im N - İşaret 4</t>
+          <t>Telefonum Olmadan Asla!</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>475</v>
+        <v>225</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786059709323</t>
+          <t>9786052182314</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Hafifletilmiş Bir Tutunamayan</t>
+          <t>Artık Dön! Kendine! A - İşaret 3</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052182246</t>
+          <t>9786052182307</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk 21 Günde</t>
+          <t>Ayrılırken Tanışalım</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052182260</t>
+          <t>9786052182345</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Rolls Royce’u Taramışlar Baba</t>
+          <t>2019 Esmaü’l Hüsnalı Astroloji Rehberiniz</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052182208</t>
+          <t>9786052182284</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Taze Başlangıç</t>
+          <t>Marilyn’le Beş Çayı</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052182253</t>
+          <t>9786052182277</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Şizofren Aşkın Günlükleri</t>
+          <t>İçimdeki Epilepsi</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052182222</t>
+          <t>9786052182291</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Babil Büyüsü - Melek Günlükleri 1</t>
+          <t>Misafir-im N - İşaret 4</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>450</v>
+        <v>475</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052182123</t>
+          <t>9786059709323</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Savaşçının Yolu</t>
+          <t>Hafifletilmiş Bir Tutunamayan</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052182215</t>
+          <t>9786052182246</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Nefesten Gelen Şifa</t>
+          <t>Mutluluk 21 Günde</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059709309</t>
+          <t>9786052182260</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Vampir Gelin</t>
+          <t>Rolls Royce’u Taramışlar Baba</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>375</v>
+        <v>165</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052182147</t>
+          <t>9786052182208</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Göçebeleri</t>
+          <t>Taze Başlangıç</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052182116</t>
+          <t>9786052182253</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Hep Sevgili Kalalım</t>
+          <t>Şizofren Aşkın Günlükleri</t>
         </is>
       </c>
       <c r="C310" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052182178</t>
+          <t>9786052182222</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sırlı Kalem</t>
+          <t>Babil Büyüsü - Melek Günlükleri 1</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>325</v>
+        <v>450</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052182109</t>
+          <t>9786052182123</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Ölmez Aşkın Peşinde</t>
+          <t>Savaşçının Yolu</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052182093</t>
+          <t>9786052182215</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Yedi Uyananlar</t>
+          <t>Nefesten Gelen Şifa</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>345</v>
+        <v>195</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052182086</t>
+          <t>9786059709309</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Eğreti Gelinler</t>
+          <t>Vampir Gelin</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052182048</t>
+          <t>9786052182147</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Tesadüfen Anlaşıyoruz</t>
+          <t>Yeryüzü Göçebeleri</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052182079</t>
+          <t>9786052182116</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Çilek Koklayan Adam</t>
+          <t>Hep Sevgili Kalalım</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>149</v>
+        <v>225</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052182062</t>
+          <t>9786052182178</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalar Filler ve Öpücükler</t>
+          <t>Sırlı Kalem</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059709972</t>
+          <t>9786052182109</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Marilyn Monroe - Manhattan Günleri</t>
+          <t>Ölmez Aşkın Peşinde</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052182024</t>
+          <t>9786052182093</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Dahil</t>
+          <t>Yedi Uyananlar</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052182055</t>
+          <t>9786052182086</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Evlenmeden - Boşanmadan Önce İyi Düşün</t>
+          <t>Eğreti Gelinler</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059709958</t>
+          <t>9786052182048</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Madem</t>
+          <t>Tesadüfen Anlaşıyoruz</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052182000</t>
+          <t>9786052182079</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Çilek Koklayan Adam</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>175</v>
+        <v>149</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059709996</t>
+          <t>9786052182062</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Kalipso Kralı Metin Ersoy</t>
+          <t>Ejderhalar Filler ve Öpücükler</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059709965</t>
+          <t>9786059709972</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Meluncanlar</t>
+          <t>Marilyn Monroe - Manhattan Günleri</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059709934</t>
+          <t>9786052182024</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Afrika Kaplanı</t>
+          <t>Dahil</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059709927</t>
+          <t>9786052182055</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Metalin Şeytanları - Metallica</t>
+          <t>Evlenmeden - Boşanmadan Önce İyi Düşün</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059709910</t>
+          <t>9786059709958</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Derde Deva</t>
+          <t>Madem</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059709941</t>
+          <t>9786052182000</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Beni Öldür</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059709774</t>
+          <t>9786059709996</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Muhabiri</t>
+          <t>Kalipso Kralı Metin Ersoy</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059709859</t>
+          <t>9786059709965</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Memleket Kokusu</t>
+          <t>Meluncanlar</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059709767</t>
+          <t>9786059709934</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kıskaç</t>
+          <t>Afrika Kaplanı</t>
         </is>
       </c>
       <c r="C331" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059709866</t>
+          <t>9786059709927</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Olmayan Sevgili</t>
+          <t>Metalin Şeytanları - Metallica</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>195</v>
+        <v>360</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059709835</t>
+          <t>9786059709910</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Isırık</t>
+          <t>Derde Deva</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059709750</t>
+          <t>9786059709941</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kurtadama Aşık Oldum</t>
+          <t>Lütfen Beni Öldür</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059709804</t>
+          <t>9786059709774</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Resimli Rüya Yorumları Sözlüğü (Ciltli)</t>
+          <t>Cehennem Muhabiri</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>750</v>
+        <v>175</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059709781</t>
+          <t>9786059709859</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Yap Gitsin</t>
+          <t>Memleket Kokusu</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059709798</t>
+          <t>9786059709767</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Eftalya: Aşırı Kişisel</t>
+          <t>Kıskaç</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>249</v>
+        <v>295</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059709842</t>
+          <t>9786059709866</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Çok Şekerli Ölüm</t>
+          <t>Olmayan Sevgili</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059709828</t>
+          <t>9786059709835</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe’nin Yas Bulutları</t>
+          <t>Tatlı Isırık</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059709811</t>
+          <t>9786059709750</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşler Diyarı</t>
+          <t>Kurtadama Aşık Oldum</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059709729</t>
+          <t>9786059709804</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Kutusu - Yapabilirim</t>
+          <t>Resimli Rüya Yorumları Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059709699</t>
+          <t>9786059709781</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Ayurveda</t>
+          <t>Yap Gitsin</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059709538</t>
+          <t>9786059709798</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Galiba Deliriyorum</t>
+          <t>Eftalya: Aşırı Kişisel</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>225</v>
+        <v>249</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059709286</t>
+          <t>9786059709842</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Sınıfı Başkanı</t>
+          <t>Çok Şekerli Ölüm</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059709293</t>
+          <t>9786059709828</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Pigmelerle Dans</t>
+          <t>Göbeklitepe’nin Yas Bulutları</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>360</v>
+        <v>225</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059709712</t>
+          <t>9786059709811</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Cadde Çocuğu</t>
+          <t>Kız Kardeşler Diyarı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059709705</t>
+          <t>9786059709729</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Diseksiyon</t>
+          <t>Farkındalık Kutusu - Yapabilirim</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059709682</t>
+          <t>9786059709699</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Anneliği Like Et</t>
+          <t>Ayurveda</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>235</v>
+        <v>195</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059709675</t>
+          <t>9786059709538</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Tahran'ın Kırmızı Sirenleri</t>
+          <t>Galiba Deliriyorum</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059709668</t>
+          <t>9786059709286</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kazanan Sen Ol</t>
+          <t>Cinayet Sınıfı Başkanı</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059709644</t>
+          <t>9786059709293</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Bütün Aşklar Tatlı Başlar</t>
+          <t>Pigmelerle Dans</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>215</v>
+        <v>360</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059709637</t>
+          <t>9786059709712</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Kangurular Neden Geri Yürüyemez?</t>
+          <t>Cadde Çocuğu</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059709651</t>
+          <t>9786059709705</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Zeynep</t>
+          <t>Diseksiyon</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059709620</t>
+          <t>9786059709682</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Anne</t>
+          <t>Anneliği Like Et</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>149</v>
+        <v>235</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059709613</t>
+          <t>9786059709675</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Göremediğimiz Şifreleri</t>
+          <t>Tahran'ın Kırmızı Sirenleri</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059709606</t>
+          <t>9786059709668</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Sesin Efendisi Itri Mucizem</t>
+          <t>Kazanan Sen Ol</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059709569</t>
+          <t>9786059709644</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Yakın - Görmez</t>
+          <t>Bütün Aşklar Tatlı Başlar</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>175</v>
+        <v>215</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059709590</t>
+          <t>9786059709637</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Gözde Bekar</t>
+          <t>Kangurular Neden Geri Yürüyemez?</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059709583</t>
+          <t>9786059709651</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Aşk</t>
+          <t>Zeynep</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059709552</t>
+          <t>9786059709620</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Tibet'in Kayıp Kitabı</t>
+          <t>Hoşça Kal Anne</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>255</v>
+        <v>149</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059709576</t>
+          <t>9786059709613</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Melek Fısıltıları</t>
+          <t>Yaşamın Göremediğimiz Şifreleri</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059709545</t>
+          <t>9786059709606</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Egonu Bırak Da Gel</t>
+          <t>Sesin Efendisi Itri Mucizem</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059709507</t>
+          <t>9786059709569</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Cemiyet-i Aşk</t>
+          <t>Yakın - Görmez</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059709484</t>
+          <t>9786059709590</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Asi Çiçek Rihanna</t>
+          <t>Gözde Bekar</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>195</v>
+        <v>360</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059709521</t>
+          <t>9786059709583</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Rol Arkadaşım Olur musun?</t>
+          <t>Kurumsal Aşk</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059709262</t>
+          <t>9786059709552</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Boyama Kitabı</t>
+          <t>Tibet'in Kayıp Kitabı</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>149</v>
+        <v>255</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059709477</t>
+          <t>9786059709576</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çağın Çocukları</t>
+          <t>Melek Fısıltıları</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059709446</t>
+          <t>9786059709545</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Looly Willowes</t>
+          <t>Egonu Bırak Da Gel</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059709453</t>
+          <t>9786059709507</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>Cemiyet-i Aşk</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059709439</t>
+          <t>9786059709484</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Söndür Şu Sigarayı</t>
+          <t>Asi Çiçek Rihanna</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059709415</t>
+          <t>9786059709521</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Cadıları</t>
+          <t>Rol Arkadaşım Olur musun?</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>365</v>
+        <v>225</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059709408</t>
+          <t>9786059709262</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Fincan</t>
+          <t>Yetişkinler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>185</v>
+        <v>149</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059709385</t>
+          <t>9786059709477</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Tarkan</t>
+          <t>Yeni Çağın Çocukları</t>
         </is>
       </c>
       <c r="C373" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059709392</t>
+          <t>9786059709446</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Kimya</t>
+          <t>Looly Willowes</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059709378</t>
+          <t>9786059709453</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kıskaç</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059709361</t>
+          <t>9786059709439</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Bir Vatan Aşkına</t>
+          <t>Söndür Şu Sigarayı</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059709316</t>
+          <t>9786059709415</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Boyama Kitabı - Kedi</t>
+          <t>Amerika'nın Cadıları</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>149</v>
+        <v>365</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059709330</t>
+          <t>9786059709408</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>8’de 8 Başarı</t>
+          <t>Sihirli Fincan</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>325</v>
+        <v>185</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059709354</t>
+          <t>9786059709385</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>50 Ünlüyle 50 Rota</t>
+          <t>Tarkan</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059709347</t>
+          <t>9786059709392</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Reiki</t>
+          <t>Cinsel Kimya</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059709187</t>
+          <t>9786059709378</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>24 Saat</t>
+          <t>Kıskaç</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>365</v>
+        <v>225</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059709217</t>
+          <t>9786059709361</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Ben Miyim Kurban?</t>
+          <t>Bir Vatan Aşkına</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059709255</t>
+          <t>9786059709316</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Düğün Rehberim</t>
+          <t>Yetişkinler İçin Boyama Kitabı - Kedi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>275</v>
+        <v>149</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059709040</t>
+          <t>9786059709330</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Rehberiniz 2016</t>
+          <t>8’de 8 Başarı</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059709033</t>
+          <t>9786059709354</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Kanatlarım Aşktandı</t>
+          <t>50 Ünlüyle 50 Rota</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059709156</t>
+          <t>9786059709347</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Tarot Nasıl Bakılır?</t>
+          <t>Reiki</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>375</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059709163</t>
+          <t>9786059709187</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Taylor Swift</t>
+          <t>24 Saat</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>295</v>
+        <v>365</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059709132</t>
+          <t>9786059709217</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Anlaşma</t>
+          <t>Ben Miyim Kurban?</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059709118</t>
+          <t>9786059709255</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Zambaktan Bir Masal (Ciltli)</t>
+          <t>Düğün Rehberim</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>1250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059709125</t>
+          <t>9786059709040</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Uyan Aç Kalbini</t>
+          <t>Astroloji Rehberiniz 2016</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>235</v>
+        <v>125</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059709248</t>
+          <t>9786059709033</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Aşk Gibi Anlıktır İhanet</t>
+          <t>Kanatlarım Aşktandı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059709194</t>
+          <t>9786059709156</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>İçinde Sen Olan Bir Kalp</t>
+          <t>Tarot Nasıl Bakılır?</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059709170</t>
+          <t>9786059709163</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Melek-i Tavus</t>
+          <t>Taylor Swift</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
+          <t>9786059709132</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Anlaşma</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9786059709118</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Zambaktan Bir Masal (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786059709125</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Uyan Aç Kalbini</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786059709248</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Gibi Anlıktır İhanet</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786059709194</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>İçinde Sen Olan Bir Kalp</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786059709170</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Melek-i Tavus</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
           <t>9786059709224</t>
         </is>
       </c>
-      <c r="B394" s="1" t="inlineStr">
+      <c r="B400" s="1" t="inlineStr">
         <is>
           <t>Çinli Zengin Sevgilim</t>
         </is>
       </c>
-      <c r="C394" s="1">
+      <c r="C400" s="1">
         <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>