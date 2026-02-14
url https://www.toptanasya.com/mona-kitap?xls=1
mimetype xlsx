--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,6025 +85,6250 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255688118</t>
+          <t>9786256370746</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Nasılsın?</t>
+          <t>Rodham</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255688101</t>
+          <t>9786256370517</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Son Tur</t>
+          <t>Çocukluk Travmalarının Üstesinden Gelmek</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>325</v>
+        <v>165</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255688095</t>
+          <t>9786256370647</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ben Niye Böyleyim?</t>
+          <t>Sonun Başlangıcı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255688071</t>
+          <t>9786057220552</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Röntgen</t>
+          <t>Aile Dizimi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>450</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255688088</t>
+          <t>9786257220446</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Yıldızlardan Gelen İşaretler</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255688064</t>
+          <t>9786059709514</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Katıksız</t>
+          <t>2017 Astroloji Rehberiniz</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255688026</t>
+          <t>9786059709880</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Büyük İşler Nasıl Başarılır</t>
+          <t>Mutlu Günlerimiz</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>395</v>
+        <v>195</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255688033</t>
+          <t>9786059709460</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yakın Arkadaş Olsaydık</t>
+          <t>Uyanış</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>375</v>
+        <v>249</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255688057</t>
+          <t>9786052182031</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İllüzyon</t>
+          <t>Linç</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>325</v>
+        <v>149</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255688040</t>
+          <t>9786059709743</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ayna Çıkmazı</t>
+          <t>Feng Shui</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>0077773149144</t>
+          <t>9786059709231</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Serhat Yabancı 6 Kitap Takım (İmzalı)</t>
+          <t>Sihirbaz Tarotu</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>1540</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256370982</t>
+          <t>9786059709064</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya 3.0</t>
+          <t>Meleklerle Yaşamak - Geçmiş Şifası</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>245</v>
+        <v>165</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255688019</t>
+          <t>9786052182628</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bunu Atlatacaksın</t>
+          <t>Naziler ve Büyü</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>395</v>
+        <v>125</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255688002</t>
+          <t>9786052182703</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tepedeki Çınar</t>
+          <t>Şizofren Aşka Mektup</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256370999</t>
+          <t>9786052182666</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İblis'in Melekleri</t>
+          <t>Kopenhag'da Aşık Oldum</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>1486137100327</t>
+          <t>9786255688118</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Seyir Set</t>
+          <t>Nasılsın?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>670</v>
+        <v>225</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>1486137100326</t>
+          <t>9786255688101</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Seyir Set (Ciltli)</t>
+          <t>Son Tur</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>850</v>
+        <v>325</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256370975</t>
+          <t>9786255688095</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Reyhan</t>
+          <t>Ben Niye Böyleyim?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256370968</t>
+          <t>9786255688071</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kültür Ne İşe Yarar?</t>
+          <t>Röntgen</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>125</v>
+        <v>450</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256370951</t>
+          <t>9786255688088</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Herkesi Memnun Etmeyi Bırak</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>425</v>
+        <v>245</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256370906</t>
+          <t>9786255688064</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir İnsan Kaç Hayattır</t>
+          <t>Katıksız</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256370944</t>
+          <t>9786255688026</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İlişkiler Üzerine</t>
+          <t>Büyük İşler Nasıl Başarılır</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256370937</t>
+          <t>9786255688033</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Nazik Olmaya Dair</t>
+          <t>Yakın Arkadaş Olsaydık</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>175</v>
+        <v>375</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256370883</t>
+          <t>9786255688057</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Şifa Avcın Lilith Yıldızları Elinde Tutan Kadın</t>
+          <t>İllüzyon</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>495</v>
+        <v>325</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256370890</t>
+          <t>9786255688040</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Ay</t>
+          <t>Ayna Çıkmazı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>575</v>
+        <v>375</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256370913</t>
+          <t>0077773149144</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kehanetteki Çocuk Suzan Orto</t>
+          <t>Serhat Yabancı 6 Kitap Takım (İmzalı)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>195</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256370920</t>
+          <t>9786256370982</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Fırtınadaki Çocuk Suzan Orto</t>
+          <t>Sosyal Medya 3.0</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256370869</t>
+          <t>9786255688019</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Leyla</t>
+          <t>Bunu Atlatacaksın</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256370876</t>
+          <t>9786255688002</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Online Satışın Kodları</t>
+          <t>Tepedeki Çınar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256370852</t>
+          <t>9786256370999</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yetimhane</t>
+          <t>İblis'in Melekleri</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256370845</t>
+          <t>1486137100327</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Değişimi Başlat</t>
+          <t>Seyir Set</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>275</v>
+        <v>670</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256370821</t>
+          <t>1486137100326</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Arafta</t>
+          <t>Seyir Set (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>225</v>
+        <v>850</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256370838</t>
+          <t>9786256370975</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zeka Nedir?</t>
+          <t>Reyhan</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256370814</t>
+          <t>9786256370968</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sorun Sende Değil</t>
+          <t>Kültür Ne İşe Yarar?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>375</v>
+        <v>125</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256370791</t>
+          <t>9786256370951</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bir Vatan İçin Ağıt</t>
+          <t>Herkesi Memnun Etmeyi Bırak</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>325</v>
+        <v>425</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256370807</t>
+          <t>9786256370906</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Jasat</t>
+          <t>Bir İnsan Kaç Hayattır</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256370784</t>
+          <t>9786256370944</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Küçük Zevkler</t>
+          <t>İlişkiler Üzerine</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256370777</t>
+          <t>9786256370937</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Ben De Az Değilim</t>
+          <t>Nazik Olmaya Dair</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>345</v>
+        <v>175</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256370760</t>
+          <t>9786256370883</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikolojinin Gücü</t>
+          <t>Şifa Avcın Lilith Yıldızları Elinde Tutan Kadın</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256370753</t>
+          <t>9786256370890</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Asansörle Antik Yunan’a Yolculuk</t>
+          <t>Ay</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>275</v>
+        <v>675</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256370722</t>
+          <t>9786256370913</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bedenimin Bildikleri</t>
+          <t>Kehanetteki Çocuk Suzan Orto</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054784592</t>
+          <t>9786256370920</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Deniz Erten Uyanış Seti</t>
+          <t>Fırtınadaki Çocuk Suzan Orto</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>2910</v>
+        <v>225</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786137100424</t>
+          <t>9786256370869</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Pratik Başarı Dizisi (4 Kitap Takım)</t>
+          <t>Leyla</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>580</v>
+        <v>325</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257220958</t>
+          <t>9786256370876</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aile Seti</t>
+          <t>Online Satışın Kodları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>450</v>
+        <v>195</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059709491</t>
+          <t>9786256370852</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Melekler Ajandası 2017</t>
+          <t>Yetimhane</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786052182659</t>
+          <t>9786256370845</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Astrolojinin Sırları</t>
+          <t>Değişimi Başlat</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059709002</t>
+          <t>9786256370821</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Meleklerle Yaşamak - El Kitabı</t>
+          <t>Arafta</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>80</v>
+        <v>275</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052182499</t>
+          <t>9786256370838</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Kim Tutar Seni (Bilezik Hediyeli)</t>
+          <t>Zeka Nedir?</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059709057</t>
+          <t>9786256370814</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Meleklerin Gücü</t>
+          <t>Sorun Sende Değil</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>230</v>
+        <v>450</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059709736</t>
+          <t>9786256370791</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yalan Radarı</t>
+          <t>Bir Vatan İçin Ağıt</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059709200</t>
+          <t>9786256370807</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Kadına Yakışır</t>
+          <t>Jasat</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059709026</t>
+          <t>9786256370784</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Meleklerle Yaşamak - Meleğinizle Buluşma</t>
+          <t>Küçük Zevkler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>60</v>
+        <v>295</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059709149</t>
+          <t>9786256370777</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Meleklerle Yaşamak</t>
+          <t>Ben De Az Değilim</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>135</v>
+        <v>345</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059709088</t>
+          <t>9786256370760</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Meleklerle Yaşamak - Bolluk ve Bereket</t>
+          <t>Pozitif Psikolojinin Gücü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>140</v>
+        <v>295</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059709101</t>
+          <t>9786256370753</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Meleklerle Yaşamak: İş Hayatında Melekler</t>
+          <t>Asansörle Antik Yunan’a Yolculuk</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059709071</t>
+          <t>9786256370722</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Nefesini Keşfet</t>
+          <t>Bedenimin Bildikleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257220071</t>
+          <t>9786054784592</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmaya Vaktim Yok</t>
+          <t>Deniz Erten Uyanış Seti</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>215</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786050691979</t>
+          <t>9786137100424</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ruhunun Şifrelerini Çöz</t>
+          <t>Pratik Başarı Dizisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>580</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052182192</t>
+          <t>9786257220958</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Alıngan Aşk</t>
+          <t>Mutlu Aile Seti</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>245</v>
+        <v>450</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257220552</t>
+          <t>9786059709491</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Aile Dizimi - Atalarımızın Kaderleri Kaderimiz Olmasın</t>
+          <t>Melekler Ajandası 2017</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052182741</t>
+          <t>9786052182659</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>1905 Bir Hayalden Bir Efsaneye - Ali Sami Yen</t>
+          <t>Astrolojinin Sırları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059709873</t>
+          <t>9786059709002</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>2018 Astroloji Ajandası</t>
+          <t>Meleklerle Yaşamak - El Kitabı</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>255</v>
+        <v>80</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059709897</t>
+          <t>9786052182499</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>2018 Astroloji Rehberiniz</t>
+          <t>Kim Tutar Seni (Bilezik Hediyeli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059709903</t>
+          <t>9786059709057</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Melekler</t>
+          <t>Meleklerin Gücü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257220293</t>
+          <t>9786059709736</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Dur... Ağlama Gözlerim</t>
+          <t>Yalan Radarı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257220309</t>
+          <t>9786059709200</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Gözleri İntihar Mavi</t>
+          <t>Aşk Her Kadına Yakışır</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>110</v>
+        <v>255</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052182840</t>
+          <t>9786059709026</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Üstat</t>
+          <t>Meleklerle Yaşamak - Meleğinizle Buluşma</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>225</v>
+        <v>60</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052182185</t>
+          <t>9786059709149</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Didim'in Misafirleri</t>
+          <t>Meleklerle Yaşamak</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>195</v>
+        <v>135</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052182154</t>
+          <t>9786059709088</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yürüyerek İstanbul</t>
+          <t>Meleklerle Yaşamak - Bolluk ve Bereket</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>450</v>
+        <v>140</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256370081</t>
+          <t>9786059709101</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kimsesiz Kız Çocuğu</t>
+          <t>Meleklerle Yaşamak: İş Hayatında Melekler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052182505</t>
+          <t>9786059709071</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Düşündüğün Gibi Değil</t>
+          <t>Nefesini Keşfet</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>235</v>
+        <v>190</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256370715</t>
+          <t>9786257220071</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Gölgesinde Av</t>
+          <t>Yaşlanmaya Vaktim Yok</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>350</v>
+        <v>215</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256370708</t>
+          <t>9786050691979</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hiç Yoktan İyidir</t>
+          <t>Ruhunun Şifrelerini Çöz</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>165</v>
+        <v>200</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256370685</t>
+          <t>9786052182192</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>1 Adam 3 Bölge</t>
+          <t>Alıngan Aşk</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256370678</t>
+          <t>9786257220552</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bibliyoterapi</t>
+          <t>Aile Dizimi - Atalarımızın Kaderleri Kaderimiz Olmasın</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>375</v>
+        <v>345</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256370029</t>
+          <t>9786052182741</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Artık Özgürsün Baba</t>
+          <t>1905 Bir Hayalden Bir Efsaneye - Ali Sami Yen</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>275</v>
+        <v>140</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256370692</t>
+          <t>9786059709873</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Can Borcu</t>
+          <t>2018 Astroloji Ajandası</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>595</v>
+        <v>255</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256370661</t>
+          <t>9786059709897</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Core Transformation - İçimizdeki Kaynağa Ulaşmak</t>
+          <t>2018 Astroloji Rehberiniz</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256370654</t>
+          <t>9786059709903</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bu Kitap Hayatınızı Kurtarabilir</t>
+          <t>Melekler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059709989</t>
+          <t>9786257220293</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tarot ve Astroloji</t>
+          <t>Dur... Ağlama Gözlerim</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>675</v>
+        <v>110</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256370630</t>
+          <t>9786257220309</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>10 Kat Daha Mutlu</t>
+          <t>Gözleri İntihar Mavi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256370623</t>
+          <t>9786052182840</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Büyük Düşünürler</t>
+          <t>Üstat</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256370241</t>
+          <t>9786052182185</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kendine Hikayeler Anlatan Beyin</t>
+          <t>Didim'in Misafirleri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256370616</t>
+          <t>9786052182154</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hayat Okulu Sözlüğü</t>
+          <t>Yürüyerek İstanbul</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256370586</t>
+          <t>9786256370081</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Giden Yolda Hikayeleştirme</t>
+          <t>Kimsesiz Kız Çocuğu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256370609</t>
+          <t>9786052182505</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gücü</t>
+          <t>Düşündüğün Gibi Değil</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256370593</t>
+          <t>9786256370715</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Hatırla ve Unut</t>
+          <t>Tarihin Gölgesinde Av</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>175</v>
+        <v>395</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256370579</t>
+          <t>9786256370708</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hiç</t>
+          <t>Hiç Yoktan İyidir</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052182338</t>
+          <t>9786256370685</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kıyam-et U - İşaret 1</t>
+          <t>1 Adam 3 Bölge</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059709095</t>
+          <t>9786256370678</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Meleklerle Yaşamak - Melek Kartları</t>
+          <t>Bibliyoterapi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>650</v>
+        <v>375</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256370548</t>
+          <t>9786256370029</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapi Nedir?</t>
+          <t>Artık Özgürsün Baba</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>149</v>
+        <v>425</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256370531</t>
+          <t>9786256370692</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İletişimin ABC'si</t>
+          <t>Can Borcu</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>175</v>
+        <v>595</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256370555</t>
+          <t>9786256370661</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Tezahürü</t>
+          <t>Core Transformation - İçimizdeki Kaynağa Ulaşmak</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>249</v>
+        <v>395</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256370562</t>
+          <t>9786256370654</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yarım</t>
+          <t>Bu Kitap Hayatınızı Kurtarabilir</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>149</v>
+        <v>445</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256370524</t>
+          <t>9786059709989</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Diyet</t>
+          <t>Tarot ve Astroloji</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>225</v>
+        <v>750</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256370494</t>
+          <t>9786256370630</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Patronumdan Nefret Ediyorum</t>
+          <t>10 Kat Daha Mutlu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257220033</t>
+          <t>9786256370623</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yüz Okuma Sanatı</t>
+          <t>Büyük Düşünürler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256370500</t>
+          <t>9786256370241</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yiv Kin</t>
+          <t>Kendine Hikayeler Anlatan Beyin</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256370463</t>
+          <t>9786256370616</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Hormon Yönetimi</t>
+          <t>Hayat Okulu Sözlüğü</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256370401</t>
+          <t>9786256370586</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Satış Kitabı</t>
+          <t>Başarıya Giden Yolda Hikayeleştirme</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256370487</t>
+          <t>9786256370609</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İyi Hissetme Kitabı</t>
+          <t>Aşkın Gücü</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256370456</t>
+          <t>9786256370593</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Dahilerin Yok Artık Dedirtecek Yönleri</t>
+          <t>Hatırla ve Unut</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>395</v>
+        <v>275</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256370470</t>
+          <t>9786256370579</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Tut Elimden İstanbul</t>
+          <t>Hiç</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256370432</t>
+          <t>9786052182338</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Para Sende Bolluk ve Berekete Yol Aç</t>
+          <t>Kıyam-et U - İşaret 1</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256370449</t>
+          <t>9786059709095</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Zaten</t>
+          <t>Meleklerle Yaşamak - Melek Kartları</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>225</v>
+        <v>795</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059709422</t>
+          <t>9786256370548</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Uranyen Astroloji</t>
+          <t>Psikoterapi Nedir?</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>1350</v>
+        <v>215</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256370425</t>
+          <t>9786256370531</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Bir Filozof Gibi Düşün</t>
+          <t>İletişimin ABC'si</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256370395</t>
+          <t>9786256370555</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hissederek Yaşa</t>
+          <t>Aşkın Tezahürü</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>325</v>
+        <v>375</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256370166</t>
+          <t>9786256370562</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatma Kitabı</t>
+          <t>Yarım</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256370418</t>
+          <t>9786256370524</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kalbinin Rotasındaki Kadınlar</t>
+          <t>Sıfır Diyet</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256370371</t>
+          <t>9786256370494</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Zekanın Enneagramı</t>
+          <t>Patronumdan Nefret Ediyorum</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256370388</t>
+          <t>9786257220033</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Süper Beynin Sırları</t>
+          <t>Yüz Okuma Sanatı</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256370364</t>
+          <t>9786256370500</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Issız Koy</t>
+          <t>Yiv Kin</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256370333</t>
+          <t>9786256370463</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Tersine Düşünmek</t>
+          <t>Hormon Yönetimi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>325</v>
+        <v>355</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256370296</t>
+          <t>9786256370401</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Konuş Benimle</t>
+          <t>Akıllı Satış Kitabı</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257220972</t>
+          <t>9786256370487</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Hotel İstanbul</t>
+          <t>İyi Hissetme Kitabı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256370357</t>
+          <t>9786256370456</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Quantum Manifesting</t>
+          <t>Dahilerin Yok Artık Dedirtecek Yönleri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>225</v>
+        <v>475</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256370340</t>
+          <t>9786256370470</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bir Avuç Mazi</t>
+          <t>Tut Elimden İstanbul</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256370289</t>
+          <t>9786256370432</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>İyi Yaşanmış Bir Hayat</t>
+          <t>Para Sende Bolluk ve Berekete Yol Aç</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256370272</t>
+          <t>9786256370449</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Terapiste Kulak Ver</t>
+          <t>Zaten</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256370326</t>
+          <t>9786059709422</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Bu Son Olsun</t>
+          <t>Uranyen Astroloji</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>195</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256370265</t>
+          <t>9786256370425</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Hap Gibi Frkndlk</t>
+          <t>Bir Filozof Gibi Düşün</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>125</v>
+        <v>445</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256370302</t>
+          <t>9786256370395</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Duygularını Anlamak</t>
+          <t>Hissederek Yaşa</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256370111</t>
+          <t>9786256370166</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bir Psikiyatrist Anlatıyor</t>
+          <t>Hikaye Anlatma Kitabı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256370258</t>
+          <t>9786256370418</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Bileşik Etki</t>
+          <t>Kalbinin Rotasındaki Kadınlar</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>185</v>
+        <v>325</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256370197</t>
+          <t>9786256370371</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hayatının Şefi Ol</t>
+          <t>Duygusal Zekanın Enneagramı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256370203</t>
+          <t>9786256370388</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Benim Yolum</t>
+          <t>Süper Beynin Sırları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256370227</t>
+          <t>9786256370364</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Yıllar Sonra</t>
+          <t>Issız Koy</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256370234</t>
+          <t>9786256370333</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Adı Mercan</t>
+          <t>Tersine Düşünmek</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256370210</t>
+          <t>9786256370296</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İrina</t>
+          <t>Konuş Benimle</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256370135</t>
+          <t>9786257220972</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Zihinler</t>
+          <t>Hotel İstanbul</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256370159</t>
+          <t>9786256370357</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Çakralar ve Hayvanlar</t>
+          <t>Quantum Manifesting</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>235</v>
+        <v>295</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256370180</t>
+          <t>9786256370340</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Kanatsız Melekler</t>
+          <t>Bir Avuç Mazi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256370173</t>
+          <t>9786256370289</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hımbıl</t>
+          <t>İyi Yaşanmış Bir Hayat</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256370128</t>
+          <t>9786256370272</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçme Sanatı</t>
+          <t>İçindeki Terapiste Kulak Ver</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>175</v>
+        <v>285</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256370098</t>
+          <t>9786256370326</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Başarı Kitabı</t>
+          <t>Bu Son Olsun</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256370067</t>
+          <t>9786256370265</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Kitabı - Daha Bilinçli Bir Yaşam Sürmenin Pratik Yolları</t>
+          <t>Hap Gibi Frkndlk</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257220996</t>
+          <t>9786256370302</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Pazarlama Kitabı</t>
+          <t>Çocukların Duygularını Anlamak</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>145</v>
+        <v>185</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256370050</t>
+          <t>9786256370111</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Düşünme Kitabı</t>
+          <t>Bir Psikiyatrist Anlatıyor</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256370104</t>
+          <t>9786256370258</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Cennette Bir Hafta</t>
+          <t>Bileşik Etki</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256370074</t>
+          <t>9786256370197</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Akasya Çiçeği</t>
+          <t>Hayatının Şefi Ol</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257220781</t>
+          <t>9786256370203</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Beyin Kitabı</t>
+          <t>Benim Yolum</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>145</v>
+        <v>245</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257220880</t>
+          <t>9786256370227</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Basit Tut Kitabı</t>
+          <t>Yıllar Sonra</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257220873</t>
+          <t>9786256370234</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Etki Kitabı</t>
+          <t>Adı Mercan</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>145</v>
+        <v>395</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257220798</t>
+          <t>9786256370210</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Fikirler Kitabı</t>
+          <t>İrina</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>145</v>
+        <v>325</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257220989</t>
+          <t>9786256370135</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutupyıldızı Olarak - Aile Dizimi Tarot Sembolleri</t>
+          <t>Başarılı Zihinler</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>595</v>
+        <v>375</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256370043</t>
+          <t>9786256370159</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kozmik Adalet</t>
+          <t>Çakralar ve Hayvanlar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256370036</t>
+          <t>9786256370180</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Suça Bulaşan Adamlar</t>
+          <t>Kanatsız Melekler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256370005</t>
+          <t>9786256370173</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Haritacı Ve Kaşif</t>
+          <t>Hımbıl</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256370012</t>
+          <t>9786256370128</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Unutma</t>
+          <t>Vazgeçme Sanatı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257220866</t>
+          <t>9786256370098</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran’dan Sırların Küçük Kitabı</t>
+          <t>Başarı Kitabı</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257220804</t>
+          <t>9786256370067</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bedeni Jaguar Yüreği Kelebek</t>
+          <t>Farkındalık Kitabı - Daha Bilinçli Bir Yaşam Sürmenin Pratik Yolları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257220965</t>
+          <t>9786257220996</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Yaşlanmanın Psikolojisi</t>
+          <t>Akıllı Pazarlama Kitabı</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>245</v>
+        <v>175</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257220927</t>
+          <t>9786256370050</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Ajandası 2023 (Ciltli)</t>
+          <t>Akıllı Düşünme Kitabı</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257220934</t>
+          <t>9786256370104</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Kaldırım Taşı</t>
+          <t>Cennette Bir Hafta</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>125</v>
+        <v>275</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257220903</t>
+          <t>9786256370074</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>The Experiment</t>
+          <t>Akasya Çiçeği</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>475</v>
+        <v>245</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257220910</t>
+          <t>9786257220781</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Peşimdeki Melek</t>
+          <t>Beyin Kitabı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>149</v>
+        <v>175</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257220941</t>
+          <t>9786257220880</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yüz Okuma Sanatı 3</t>
+          <t>Basit Tut Kitabı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257220705</t>
+          <t>9786257220873</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yetişkinler</t>
+          <t>Etki Kitabı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257220897</t>
+          <t>9786257220798</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Çocuklar</t>
+          <t>Fikirler Kitabı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257220811</t>
+          <t>9786257220989</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Senden Başla</t>
+          <t>Bir Kutupyıldızı Olarak - Aile Dizimi Tarot Sembolleri</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>255</v>
+        <v>695</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257220859</t>
+          <t>9786256370043</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>İzin Ver</t>
+          <t>Kozmik Adalet</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257220828</t>
+          <t>9786256370036</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalan Hikayeler Kütüphanesi</t>
+          <t>Suça Bulaşan Adamlar</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257220835</t>
+          <t>9786256370005</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Tehlikenin Dna’sı</t>
+          <t>Haritacı Ve Kaşif</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>325</v>
+        <v>195</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257220774</t>
+          <t>9786256370012</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ara Kendini Bul</t>
+          <t>Unutma</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>195</v>
+        <v>125</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257220767</t>
+          <t>9786257220866</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Efsaneler Ölmez</t>
+          <t>Halil Cibran’dan Sırların Küçük Kitabı</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>265</v>
+        <v>195</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257220743</t>
+          <t>9786257220804</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Doğu Seyahatnamesi</t>
+          <t>Bedeni Jaguar Yüreği Kelebek</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257220729</t>
+          <t>9786257220965</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Sen Sor Evren Cevaplasın</t>
+          <t>Pozitif Yaşlanmanın Psikolojisi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257220668</t>
+          <t>9786257220927</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuş</t>
+          <t>Astroloji Ajandası 2023 (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>349</v>
+        <v>325</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257220750</t>
+          <t>9786257220934</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Bildiğin Gibi Değil</t>
+          <t>Kaldırım Taşı</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257220606</t>
+          <t>9786257220903</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran’dan Bilgeliğin Küçük Kitabı</t>
+          <t>The Experiment</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>175</v>
+        <v>575</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257220712</t>
+          <t>9786257220910</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Keşke'den İyi ki'ye</t>
+          <t>Peşimdeki Melek</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257220675</t>
+          <t>9786257220941</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Deccal Derin Devleti</t>
+          <t>Yüz Okuma Sanatı 3</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>475</v>
+        <v>345</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257220620</t>
+          <t>9786257220705</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Serçeler Düşerken</t>
+          <t>Mutlu Yetişkinler</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786257220736</t>
+          <t>9786257220897</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Keşif</t>
+          <t>Mutlu Çocuklar</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257220682</t>
+          <t>9786257220811</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İçinde Güzellik Var</t>
+          <t>Senden Başla</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>375</v>
+        <v>295</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786257220439</t>
+          <t>9786257220859</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Allah’sız Ahlak Mümkün Mü?</t>
+          <t>İzin Ver</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257220699</t>
+          <t>9786257220828</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Şenay</t>
+          <t>Yarım Kalan Hikayeler Kütüphanesi</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257220460</t>
+          <t>9786257220835</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ben Daha Yaşamadım</t>
+          <t>Tehlikenin Dna’sı</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>385</v>
+        <v>395</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257220613</t>
+          <t>9786257220774</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Şarkı Yazma Sanatı - Kaç Kadeh Kırıldı Sarhoş Gönlümde</t>
+          <t>Ara Kendini Bul</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257220651</t>
+          <t>9786257220767</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Sandalyenin Arkası</t>
+          <t>Efsaneler Ölmez</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257220644</t>
+          <t>9786257220743</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Ben Ü Sen - Diyarbakır Surlarının Efsanesi</t>
+          <t>Doğu Seyahatnamesi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257220637</t>
+          <t>9786257220729</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Bağlantı</t>
+          <t>Sen Sor Evren Cevaplasın</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257220583</t>
+          <t>9786257220668</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Kalkıp Giden Resimler</t>
+          <t>Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257220590</t>
+          <t>9786257220750</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ay'ın Gücüyle Hayatını Yönet</t>
+          <t>Bildiğin Gibi Değil</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257220576</t>
+          <t>9786257220606</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>5. Kattan Düştüm Deliyim O Zaman</t>
+          <t>Halil Cibran’dan Bilgeliğin Küçük Kitabı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257220545</t>
+          <t>9786257220712</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Dün Gece Nerede Öldün?</t>
+          <t>Keşke'den İyi ki'ye</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257220521</t>
+          <t>9786257220675</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Elveda Ey Duygularım</t>
+          <t>Deccal Derin Devleti</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>275</v>
+        <v>575</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257220385</t>
+          <t>9786257220620</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran’dan Aşkın Küçük Kitabı</t>
+          <t>Serçeler Düşerken</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257220477</t>
+          <t>9786257220736</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Coşkun Sabah Anılar</t>
+          <t>Keşif</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>425</v>
+        <v>395</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257220514</t>
+          <t>9786257220682</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Seyir Defteri</t>
+          <t>İçinde Güzellik Var</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>195</v>
+        <v>450</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257220569</t>
+          <t>9786257220439</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Seyir Defteri (Ciltli)</t>
+          <t>Allah’sız Ahlak Mümkün Mü?</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>275</v>
+        <v>165</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257220491</t>
+          <t>9786257220699</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Tarot Kartları ve Anlamları</t>
+          <t>Şenay</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257220538</t>
+          <t>9786257220460</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Aşk ile Yazılan Hu ile Okunan Öyküler</t>
+          <t>Ben Daha Yaşamadım</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>255</v>
+        <v>445</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257220361</t>
+          <t>9786257220613</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Gelin Evi</t>
+          <t>Şarkı Yazma Sanatı - Kaç Kadeh Kırıldı Sarhoş Gönlümde</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257220484</t>
+          <t>9786257220651</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Turan Caddesi No: 25</t>
+          <t>Sandalyenin Arkası</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257220507</t>
+          <t>9786257220644</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Astrolojik Mucize Rehberi</t>
+          <t>Ben Ü Sen - Diyarbakır Surlarının Efsanesi</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>235</v>
+        <v>245</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257220453</t>
+          <t>9786257220637</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’den Atatürk’e</t>
+          <t>Bağlantı</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>445</v>
+        <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257220422</t>
+          <t>9786257220583</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Zihin Tuzakları</t>
+          <t>Kalkıp Giden Resimler</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257220323</t>
+          <t>9786257220590</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Şaman Kehanet Kartları</t>
+          <t>Ay'ın Gücüyle Hayatını Yönet</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>650</v>
+        <v>225</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257220378</t>
+          <t>9786257220576</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Halil Cibran’dan Yaşamın Küçük Kitabı</t>
+          <t>5. Kattan Düştüm Deliyim O Zaman</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257220408</t>
+          <t>9786257220545</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Git Kendini Çok Sevdirmeden</t>
+          <t>Dün Gece Nerede Öldün?</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257220415</t>
+          <t>9786257220521</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Bu İşte Bir Yalnızlık Var</t>
+          <t>Elveda Ey Duygularım</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257220392</t>
+          <t>9786257220385</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Semra</t>
+          <t>Halil Cibran’dan Aşkın Küçük Kitabı</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257220330</t>
+          <t>9786257220477</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Arabayla Anadolu - İğneada’dan Pamukkale’ye</t>
+          <t>Coşkun Sabah Anılar</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>325</v>
+        <v>525</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257220354</t>
+          <t>9786257220514</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Assolist</t>
+          <t>Seyir Defteri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257220347</t>
+          <t>9786257220569</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Masumlar Mezatı</t>
+          <t>Seyir Defteri (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257220316</t>
+          <t>9786257220491</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Çöl</t>
+          <t>Tarot Kartları ve Anlamları</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257220286</t>
+          <t>9786257220538</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Kibele'nin Laneti</t>
+          <t>Aşk ile Yazılan Hu ile Okunan Öyküler</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257220255</t>
+          <t>9786257220361</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bu Gözlerin Hikayesi</t>
+          <t>Türkiye'nin Gelin Evi</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257220262</t>
+          <t>9786257220484</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Madelet</t>
+          <t>Turan Caddesi No: 25</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257220248</t>
+          <t>9786257220507</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>San Francisco Kafası</t>
+          <t>Astrolojik Mucize Rehberi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>275</v>
+        <v>285</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257220231</t>
+          <t>9786257220453</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Baba Ben Fenomen Oluyorum</t>
+          <t>Mustafa Kemal’den Atatürk’e</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>235</v>
+        <v>545</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257220224</t>
+          <t>9786257220422</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Happytalism</t>
+          <t>Zihin Tuzakları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>450</v>
+        <v>245</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257220217</t>
+          <t>9786257220323</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İsfahan’ın Gözyaşları</t>
+          <t>Şaman Kehanet Kartları</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>225</v>
+        <v>795</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257220200</t>
+          <t>9786257220378</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Balıklar Da Öpüşmüyor Artık</t>
+          <t>Halil Cibran’dan Yaşamın Küçük Kitabı</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257220194</t>
+          <t>9786257220408</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Nehir ve Tüm Diğer Şeyler</t>
+          <t>Git Kendini Çok Sevdirmeden</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257220187</t>
+          <t>9786257220415</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Senaryo: Karakterin Yolculuğu</t>
+          <t>Bu İşte Bir Yalnızlık Var</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257220156</t>
+          <t>9786257220392</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tarotu</t>
+          <t>Semra</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>750</v>
+        <v>395</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257220149</t>
+          <t>9786257220330</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Seyir (Ciltli)</t>
+          <t>Arabayla Anadolu - İğneada’dan Pamukkale’ye</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>575</v>
+        <v>390</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257220170</t>
+          <t>9786257220354</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Çürük</t>
+          <t>Assolist</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257220163</t>
+          <t>9786257220347</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ahmet</t>
+          <t>Masumlar Mezatı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257220125</t>
+          <t>9786257220316</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Teori ve Uygulamalarla Kurumsal İletişim Hikayeleri</t>
+          <t>Çöl</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786050691962</t>
+          <t>9786257220286</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Kahve</t>
+          <t>Kibele'nin Laneti</t>
         </is>
       </c>
       <c r="C225" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786257220132</t>
+          <t>9786257220255</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Eylül Fırtınası</t>
+          <t>Bu Gözlerin Hikayesi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786257220118</t>
+          <t>9786257220262</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Hepitalizm</t>
+          <t>Madelet</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257220101</t>
+          <t>9786257220248</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Siyaha Bulaşan Kadınlar</t>
+          <t>San Francisco Kafası</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052182017</t>
+          <t>9786257220231</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kim Tutar Seni</t>
+          <t>Baba Ben Fenomen Oluyorum</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>245</v>
+        <v>285</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786257220095</t>
+          <t>9786257220224</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Anne Baba Olma Sanatı</t>
+          <t>Happytalism</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>275</v>
+        <v>525</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257220088</t>
+          <t>9786257220217</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Biliyordu Dönmeyecektim</t>
+          <t>İsfahan’ın Gözyaşları</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786257220057</t>
+          <t>9786257220200</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kafes Kuşu</t>
+          <t>Balıklar Da Öpüşmüyor Artık</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>295</v>
+        <v>185</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786050691948</t>
+          <t>9786257220194</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Aşırı Tuhaf</t>
+          <t>Nehir ve Tüm Diğer Şeyler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786257220064</t>
+          <t>9786257220187</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Hepitalizm</t>
+          <t>Senaryo: Karakterin Yolculuğu</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>575</v>
+        <v>445</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786257220019</t>
+          <t>9786257220156</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>O Kadar da Değil</t>
+          <t>Aşk Tarotu</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>195</v>
+        <v>750</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786257220040</t>
+          <t>9786257220149</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Yüz Okuma Sanatı 2</t>
+          <t>Seyir (Ciltli)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>225</v>
+        <v>675</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786257220026</t>
+          <t>9786257220170</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Tasarımcısı</t>
+          <t>Çürük</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786050691924</t>
+          <t>9786257220163</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Derin Mavi Destan</t>
+          <t>Ahmet</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786050691993</t>
+          <t>9786257220125</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Life Begins at 40</t>
+          <t>Teori ve Uygulamalarla Kurumsal İletişim Hikayeleri</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786050691986</t>
+          <t>9786050691962</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Gri Değil Maviymiş</t>
+          <t>Kahve</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786257220002</t>
+          <t>9786257220132</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Kelebeğin Zamanı</t>
+          <t>Eylül Fırtınası</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>320</v>
+        <v>345</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786050691955</t>
+          <t>9786257220118</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Uyan</t>
+          <t>Sorularla Hepitalizm</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786050691931</t>
+          <t>9786257220101</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Mucizenle Buluşma - Renklerle Gelen Şifa</t>
+          <t>Siyaha Bulaşan Kadınlar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786050691900</t>
+          <t>9786052182017</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>İncirin İçindeki Arı</t>
+          <t>Kim Tutar Seni</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>100</v>
+        <v>295</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052182819</t>
+          <t>9786257220095</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Metafiziğin Temelleri</t>
+          <t>Dijital Çağda Anne Baba Olma Sanatı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786050691917</t>
+          <t>9786257220088</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sen de Konuşabilirsin</t>
+          <t>Biliyordu Dönmeyecektim</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052182987</t>
+          <t>9786257220057</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyunu</t>
+          <t>Kafes Kuşu</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>235</v>
+        <v>345</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052182994</t>
+          <t>9786050691948</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Yüzüm Gece Yarısı</t>
+          <t>Aşırı Tuhaf</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052182970</t>
+          <t>9786257220064</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Asla Gözlerine Bakma</t>
+          <t>Hepitalizm</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>249</v>
+        <v>675</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052182963</t>
+          <t>9786257220019</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Münzevi Girişimci</t>
+          <t>O Kadar da Değil</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052182956</t>
+          <t>9786257220040</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Konuş(tur)ma Sanatı</t>
+          <t>Yüz Okuma Sanatı 2</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052182949</t>
+          <t>9786257220026</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Bedia Akartürk - Turnanın Türküsü</t>
+          <t>Gelecek Tasarımcısı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052182901</t>
+          <t>9786050691924</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Fransız Kadın Yolcu</t>
+          <t>Derin Mavi Destan</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052182864</t>
+          <t>9786050691993</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Yaşam Ajandası 2020</t>
+          <t>Life Begins at 40</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052182888</t>
+          <t>9786050691986</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Maskesi</t>
+          <t>Gökyüzü Gri Değil Maviymiş</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052182857</t>
+          <t>9786257220002</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Uyku Aralığı</t>
+          <t>Kelebeğin Zamanı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>159</v>
+        <v>385</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052182895</t>
+          <t>9786050691955</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Sevdam İstanbul</t>
+          <t>Uyan</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>100</v>
+        <v>275</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052182826</t>
+          <t>9786050691931</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sırlı Gök - Bir Göbeklitepe Hikayesi</t>
+          <t>Mucizenle Buluşma - Renklerle Gelen Şifa</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052182871</t>
+          <t>9786050691900</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Bir Gönül Meselesi</t>
+          <t>İncirin İçindeki Arı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>225</v>
+        <v>145</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052182802</t>
+          <t>9786052182819</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya'nın Açmazları</t>
+          <t>Metafiziğin Temelleri</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052182734</t>
+          <t>9786050691917</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Seyir</t>
+          <t>Sen de Konuşabilirsin</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>495</v>
+        <v>296</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052182796</t>
+          <t>9786052182987</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İste</t>
+          <t>Hayat Oyunu</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052182765</t>
+          <t>9786052182994</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Nilgün Belgün: Hayatla Geçinmeyi Seçtim</t>
+          <t>Yüzüm Gece Yarısı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052182789</t>
+          <t>9786052182970</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bensiz Biz Olmaz</t>
+          <t>Asla Gözlerine Bakma</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052182758</t>
+          <t>9786052182963</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Bir Günde Yazar Oldum</t>
+          <t>Münzevi Girişimci</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>249</v>
+        <v>395</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052182710</t>
+          <t>9786052182956</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Faktörü - Çok Güldük Başımıza İyi Bir Şey Gelecek!</t>
+          <t>Türkçe Konuş(tur)ma Sanatı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052182697</t>
+          <t>9786052182949</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Biri Var</t>
+          <t>Bedia Akartürk - Turnanın Türküsü</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>145</v>
+        <v>345</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052182680</t>
+          <t>9786052182901</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yanılgısı</t>
+          <t>Fransız Kadın Yolcu</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052182673</t>
+          <t>9786052182864</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Acı Çekirdek</t>
+          <t>Mutlu Yaşam Ajandası 2020</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052182642</t>
+          <t>9786052182888</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Seni Gidi Küçük Şeytan</t>
+          <t>İnsan ve Maskesi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052182635</t>
+          <t>9786052182857</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Pera</t>
+          <t>Uyku Aralığı</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>275</v>
+        <v>195</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052182512</t>
+          <t>9786052182895</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Ege'yi Gör ve Yaşa</t>
+          <t>Sevdam İstanbul</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>275</v>
+        <v>145</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052182567</t>
+          <t>9786052182826</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Leman Hanım’ın Mavi Cadillac’ı</t>
+          <t>Sırlı Gök - Bir Göbeklitepe Hikayesi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052182611</t>
+          <t>9786052182871</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Aşkım Pablo Nefretim Escobar</t>
+          <t>Bir Gönül Meselesi</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>385</v>
+        <v>225</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052182604</t>
+          <t>9786052182802</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Kirli Beyaz</t>
+          <t>Yeni Dünya'nın Açmazları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>145</v>
+        <v>345</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052182574</t>
+          <t>9786052182734</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kader Mi Özgür İrade Mi?</t>
+          <t>Seyir</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>275</v>
+        <v>495</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052182550</t>
+          <t>9786052182796</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Kafamdaki Kertenkele</t>
+          <t>İste</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052182581</t>
+          <t>9786052182765</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Selanik’te Sonbahar</t>
+          <t>Nilgün Belgün: Hayatla Geçinmeyi Seçtim</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052182529</t>
+          <t>9786052182789</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Yollar</t>
+          <t>Bensiz Biz Olmaz</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052182598</t>
+          <t>9786052182758</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Dokuz Ay On Gün</t>
+          <t>Bir Günde Yazar Oldum</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052182543</t>
+          <t>9786052182710</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Misafir-iz Ş - İşaret 6</t>
+          <t>Mutluluk Faktörü - Çok Güldük Başımıza İyi Bir Şey Gelecek!</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>575</v>
+        <v>345</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052182482</t>
+          <t>9786052182697</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Misafir-sin I - İşaret 5</t>
+          <t>Biri Var</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>645</v>
+        <v>175</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052182413</t>
+          <t>9786052182680</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Dualar Kalıcıdır</t>
+          <t>Aşk Yanılgısı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052182475</t>
+          <t>9786052182673</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Lulin'in Işık Rehberi</t>
+          <t>Acı Çekirdek</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>135</v>
+        <v>245</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052182130</t>
+          <t>9786052182642</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Siyah Kedi</t>
+          <t>Seni Gidi Küçük Şeytan</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>325</v>
+        <v>445</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052182451</t>
+          <t>9786052182635</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Hayalleriyle Öğrenen Çocuk</t>
+          <t>Kalbim Pera</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>145</v>
+        <v>325</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052182444</t>
+          <t>9786052182512</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Makyaj Hüznü Kapatmıyor</t>
+          <t>Ege'yi Gör ve Yaşa</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>149</v>
+        <v>345</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052182468</t>
+          <t>9786052182567</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Anne Mavisi</t>
+          <t>Leman Hanım’ın Mavi Cadillac’ı</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>150</v>
+        <v>325</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052182437</t>
+          <t>9786052182611</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Mektupları</t>
+          <t>Aşkım Pablo Nefretim Escobar</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052182390</t>
+          <t>9786052182604</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>En Sağlam Direniş Kalbi Temiz Tutmak</t>
+          <t>Kirli Beyaz</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052182161</t>
+          <t>9786052182574</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>From My Eyes - Benim Gözümden (Ciltli)</t>
+          <t>Kader Mi Özgür İrade Mi?</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052182420</t>
+          <t>9786052182550</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kimse Ölmez Bu Şehirde</t>
+          <t>Kafamdaki Kertenkele</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052182383</t>
+          <t>9786052182581</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kız Gücü Hikayeleri</t>
+          <t>Selanik’te Sonbahar</t>
         </is>
       </c>
       <c r="C293" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052182406</t>
+          <t>9786052182529</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Unutmak mı Affetmek mi?</t>
+          <t>Ezoterik Yollar</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>325</v>
+        <v>395</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052182321</t>
+          <t>9786052182598</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Bak-Ara Y - İşaret 2</t>
+          <t>Dokuz Ay On Gün</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>445</v>
+        <v>295</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052182352</t>
+          <t>9786052182543</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Karanlığı Kucakladım</t>
+          <t>Misafir-iz Ş - İşaret 6</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>235</v>
+        <v>675</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059709279</t>
+          <t>9786052182482</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İçin</t>
+          <t>Misafir-sin I - İşaret 5</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>295</v>
+        <v>775</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052182369</t>
+          <t>9786052182413</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Sisu'nun Peşinde</t>
+          <t>Dualar Kalıcıdır</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052182376</t>
+          <t>9786052182475</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Telefonum Olmadan Asla!</t>
+          <t>Lulin'in Işık Rehberi</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>225</v>
+        <v>160</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052182314</t>
+          <t>9786052182130</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Artık Dön! Kendine! A - İşaret 3</t>
+          <t>Siyah Kedi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052182307</t>
+          <t>9786052182451</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ayrılırken Tanışalım</t>
+          <t>Hayalleriyle Öğrenen Çocuk</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052182345</t>
+          <t>9786052182444</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>2019 Esmaü’l Hüsnalı Astroloji Rehberiniz</t>
+          <t>Makyaj Hüznü Kapatmıyor</t>
         </is>
       </c>
       <c r="C302" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052182284</t>
+          <t>9786052182468</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Marilyn’le Beş Çayı</t>
+          <t>Anne Mavisi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>325</v>
+        <v>175</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052182277</t>
+          <t>9786052182437</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Epilepsi</t>
+          <t>Kuantum Mektupları</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>175</v>
+        <v>425</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052182291</t>
+          <t>9786052182390</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Misafir-im N - İşaret 4</t>
+          <t>En Sağlam Direniş Kalbi Temiz Tutmak</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>475</v>
+        <v>195</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059709323</t>
+          <t>9786052182161</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Hafifletilmiş Bir Tutunamayan</t>
+          <t>From My Eyes - Benim Gözümden (Ciltli)</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052182246</t>
+          <t>9786052182420</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk 21 Günde</t>
+          <t>Kimse Ölmez Bu Şehirde</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>175</v>
+        <v>225</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052182260</t>
+          <t>9786052182383</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Rolls Royce’u Taramışlar Baba</t>
+          <t>Kız Gücü Hikayeleri</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>165</v>
+        <v>325</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052182208</t>
+          <t>9786052182406</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Taze Başlangıç</t>
+          <t>Unutmak mı Affetmek mi?</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052182253</t>
+          <t>9786052182321</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Şizofren Aşkın Günlükleri</t>
+          <t>Bak-Ara Y - İşaret 2</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>225</v>
+        <v>545</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052182222</t>
+          <t>9786052182352</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Babil Büyüsü - Melek Günlükleri 1</t>
+          <t>Karanlığı Kucakladım</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>450</v>
+        <v>275</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052182123</t>
+          <t>9786059709279</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Savaşçının Yolu</t>
+          <t>Yaşamak İçin</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052182215</t>
+          <t>9786052182369</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Nefesten Gelen Şifa</t>
+          <t>Sisu'nun Peşinde</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059709309</t>
+          <t>9786052182376</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Vampir Gelin</t>
+          <t>Telefonum Olmadan Asla!</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052182147</t>
+          <t>9786052182314</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Göçebeleri</t>
+          <t>Artık Dön! Kendine! A - İşaret 3</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>325</v>
+        <v>425</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052182116</t>
+          <t>9786052182307</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Hep Sevgili Kalalım</t>
+          <t>Ayrılırken Tanışalım</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052182178</t>
+          <t>9786052182345</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Sırlı Kalem</t>
+          <t>2019 Esmaü’l Hüsnalı Astroloji Rehberiniz</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052182109</t>
+          <t>9786052182284</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Ölmez Aşkın Peşinde</t>
+          <t>Marilyn’le Beş Çayı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052182093</t>
+          <t>9786052182277</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Yedi Uyananlar</t>
+          <t>İçimdeki Epilepsi</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>345</v>
+        <v>215</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052182086</t>
+          <t>9786052182291</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Eğreti Gelinler</t>
+          <t>Misafir-im N - İşaret 4</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>275</v>
+        <v>575</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052182048</t>
+          <t>9786059709323</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Tesadüfen Anlaşıyoruz</t>
+          <t>Hafifletilmiş Bir Tutunamayan</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052182079</t>
+          <t>9786052182246</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Çilek Koklayan Adam</t>
+          <t>Mutluluk 21 Günde</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>149</v>
+        <v>225</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052182062</t>
+          <t>9786052182260</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Ejderhalar Filler ve Öpücükler</t>
+          <t>Rolls Royce’u Taramışlar Baba</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059709972</t>
+          <t>9786052182208</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Marilyn Monroe - Manhattan Günleri</t>
+          <t>Taze Başlangıç</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052182024</t>
+          <t>9786052182253</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Dahil</t>
+          <t>Şizofren Aşkın Günlükleri</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052182055</t>
+          <t>9786052182222</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Evlenmeden - Boşanmadan Önce İyi Düşün</t>
+          <t>Babil Büyüsü - Melek Günlükleri 1</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>295</v>
+        <v>495</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059709958</t>
+          <t>9786052182123</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Madem</t>
+          <t>Savaşçının Yolu</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052182000</t>
+          <t>9786052182215</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Nefesten Gelen Şifa</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059709996</t>
+          <t>9786059709309</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Kalipso Kralı Metin Ersoy</t>
+          <t>Vampir Gelin</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>195</v>
+        <v>445</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059709965</t>
+          <t>9786052182147</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Meluncanlar</t>
+          <t>Yeryüzü Göçebeleri</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059709934</t>
+          <t>9786052182116</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Afrika Kaplanı</t>
+          <t>Hep Sevgili Kalalım</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059709927</t>
+          <t>9786052182178</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Metalin Şeytanları - Metallica</t>
+          <t>Sırlı Kalem</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>360</v>
+        <v>375</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059709910</t>
+          <t>9786052182109</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Derde Deva</t>
+          <t>Ölmez Aşkın Peşinde</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059709941</t>
+          <t>9786052182093</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Lütfen Beni Öldür</t>
+          <t>Yedi Uyananlar</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059709774</t>
+          <t>9786052182086</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Muhabiri</t>
+          <t>Eğreti Gelinler</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>175</v>
+        <v>325</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059709859</t>
+          <t>9786052182048</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Memleket Kokusu</t>
+          <t>Tesadüfen Anlaşıyoruz</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059709767</t>
+          <t>9786052182079</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Kıskaç</t>
+          <t>Çilek Koklayan Adam</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>295</v>
+        <v>175</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059709866</t>
+          <t>9786052182062</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Olmayan Sevgili</t>
+          <t>Ejderhalar Filler ve Öpücükler</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059709835</t>
+          <t>9786059709972</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Isırık</t>
+          <t>Marilyn Monroe - Manhattan Günleri</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>375</v>
+        <v>450</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786059709750</t>
+          <t>9786052182024</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kurtadama Aşık Oldum</t>
+          <t>Dahil</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>375</v>
+        <v>325</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059709804</t>
+          <t>9786052182055</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Resimli Rüya Yorumları Sözlüğü (Ciltli)</t>
+          <t>Evlenmeden - Boşanmadan Önce İyi Düşün</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>750</v>
+        <v>345</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059709781</t>
+          <t>9786059709958</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Yap Gitsin</t>
+          <t>Madem</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059709798</t>
+          <t>9786052182000</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Eftalya: Aşırı Kişisel</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>249</v>
+        <v>225</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059709842</t>
+          <t>9786059709996</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Çok Şekerli Ölüm</t>
+          <t>Kalipso Kralı Metin Ersoy</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059709828</t>
+          <t>9786059709965</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe’nin Yas Bulutları</t>
+          <t>Meluncanlar</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059709811</t>
+          <t>9786059709934</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşler Diyarı</t>
+          <t>Afrika Kaplanı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059709729</t>
+          <t>9786059709927</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Kutusu - Yapabilirim</t>
+          <t>Metalin Şeytanları - Metallica</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>650</v>
+        <v>425</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059709699</t>
+          <t>9786059709910</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Ayurveda</t>
+          <t>Derde Deva</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059709538</t>
+          <t>9786059709941</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Galiba Deliriyorum</t>
+          <t>Lütfen Beni Öldür</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059709286</t>
+          <t>9786059709774</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Cinayet Sınıfı Başkanı</t>
+          <t>Cehennem Muhabiri</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059709293</t>
+          <t>9786059709859</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Pigmelerle Dans</t>
+          <t>Memleket Kokusu</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>360</v>
+        <v>295</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059709712</t>
+          <t>9786059709767</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Cadde Çocuğu</t>
+          <t>Kıskaç</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>325</v>
+        <v>345</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059709705</t>
+          <t>9786059709866</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Diseksiyon</t>
+          <t>Olmayan Sevgili</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059709682</t>
+          <t>9786059709835</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Anneliği Like Et</t>
+          <t>Tatlı Isırık</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>235</v>
+        <v>445</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059709675</t>
+          <t>9786059709750</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Tahran'ın Kırmızı Sirenleri</t>
+          <t>Kurtadama Aşık Oldum</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059709668</t>
+          <t>9786059709804</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Kazanan Sen Ol</t>
+          <t>Resimli Rüya Yorumları Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>375</v>
+        <v>895</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059709644</t>
+          <t>9786059709781</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Bütün Aşklar Tatlı Başlar</t>
+          <t>Yap Gitsin</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>215</v>
+        <v>395</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059709637</t>
+          <t>9786059709798</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kangurular Neden Geri Yürüyemez?</t>
+          <t>Eftalya: Aşırı Kişisel</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059709651</t>
+          <t>9786059709842</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Zeynep</t>
+          <t>Çok Şekerli Ölüm</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059709620</t>
+          <t>9786059709828</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Anne</t>
+          <t>Göbeklitepe’nin Yas Bulutları</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>149</v>
+        <v>275</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059709613</t>
+          <t>9786059709811</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Göremediğimiz Şifreleri</t>
+          <t>Kız Kardeşler Diyarı</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059709606</t>
+          <t>9786059709729</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Sesin Efendisi Itri Mucizem</t>
+          <t>Farkındalık Kutusu - Yapabilirim</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>295</v>
+        <v>775</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059709569</t>
+          <t>9786059709699</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Yakın - Görmez</t>
+          <t>Ayurveda</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>175</v>
+        <v>245</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059709590</t>
+          <t>9786059709538</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Gözde Bekar</t>
+          <t>Galiba Deliriyorum</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>360</v>
+        <v>275</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059709583</t>
+          <t>9786059709286</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Aşk</t>
+          <t>Cinayet Sınıfı Başkanı</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>325</v>
+        <v>225</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059709552</t>
+          <t>9786059709293</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Tibet'in Kayıp Kitabı</t>
+          <t>Pigmelerle Dans</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>255</v>
+        <v>445</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059709576</t>
+          <t>9786059709712</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Melek Fısıltıları</t>
+          <t>Cadde Çocuğu</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>215</v>
+        <v>390</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059709545</t>
+          <t>9786059709705</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Egonu Bırak Da Gel</t>
+          <t>Diseksiyon</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>275</v>
+        <v>445</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059709507</t>
+          <t>9786059709682</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Cemiyet-i Aşk</t>
+          <t>Anneliği Like Et</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059709484</t>
+          <t>9786059709675</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Asi Çiçek Rihanna</t>
+          <t>Tahran'ın Kırmızı Sirenleri</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059709521</t>
+          <t>9786059709668</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Rol Arkadaşım Olur musun?</t>
+          <t>Kazanan Sen Ol</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059709262</t>
+          <t>9786059709644</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Boyama Kitabı</t>
+          <t>Bütün Aşklar Tatlı Başlar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>149</v>
+        <v>275</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059709477</t>
+          <t>9786059709637</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Yeni Çağın Çocukları</t>
+          <t>Kangurular Neden Geri Yürüyemez?</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059709446</t>
+          <t>9786059709651</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Looly Willowes</t>
+          <t>Zeynep</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059709453</t>
+          <t>9786059709620</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Mavi</t>
+          <t>Hoşça Kal Anne</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059709439</t>
+          <t>9786059709613</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Söndür Şu Sigarayı</t>
+          <t>Yaşamın Göremediğimiz Şifreleri</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059709415</t>
+          <t>9786059709606</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Cadıları</t>
+          <t>Sesin Efendisi Itri Mucizem</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>365</v>
+        <v>345</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059709408</t>
+          <t>9786059709569</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Fincan</t>
+          <t>Yakın - Görmez</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>185</v>
+        <v>195</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059709385</t>
+          <t>9786059709590</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Tarkan</t>
+          <t>Gözde Bekar</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059709392</t>
+          <t>9786059709583</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Kimya</t>
+          <t>Kurumsal Aşk</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059709378</t>
+          <t>9786059709552</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Kıskaç</t>
+          <t>Tibet'in Kayıp Kitabı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>225</v>
+        <v>255</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059709361</t>
+          <t>9786059709576</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Bir Vatan Aşkına</t>
+          <t>Melek Fısıltıları</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059709316</t>
+          <t>9786059709545</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler İçin Boyama Kitabı - Kedi</t>
+          <t>Egonu Bırak Da Gel</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>149</v>
+        <v>325</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059709330</t>
+          <t>9786059709507</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>8’de 8 Başarı</t>
+          <t>Cemiyet-i Aşk</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>325</v>
+        <v>275</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059709354</t>
+          <t>9786059709484</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>50 Ünlüyle 50 Rota</t>
+          <t>Asi Çiçek Rihanna</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059709347</t>
+          <t>9786059709521</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Reiki</t>
+          <t>Rol Arkadaşım Olur musun?</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059709187</t>
+          <t>9786059709262</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>24 Saat</t>
+          <t>Yetişkinler İçin Boyama Kitabı</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>365</v>
+        <v>175</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059709217</t>
+          <t>9786059709477</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Ben Miyim Kurban?</t>
+          <t>Yeni Çağın Çocukları</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>175</v>
+        <v>295</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059709255</t>
+          <t>9786059709446</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Düğün Rehberim</t>
+          <t>Looly Willowes</t>
         </is>
       </c>
       <c r="C389" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059709040</t>
+          <t>9786059709453</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Astroloji Rehberiniz 2016</t>
+          <t>Mavi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059709033</t>
+          <t>9786059709439</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Kanatlarım Aşktandı</t>
+          <t>Söndür Şu Sigarayı</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059709156</t>
+          <t>9786059709415</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Tarot Nasıl Bakılır?</t>
+          <t>Amerika'nın Cadıları</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>375</v>
+        <v>445</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059709163</t>
+          <t>9786059709408</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Taylor Swift</t>
+          <t>Sihirli Fincan</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059709132</t>
+          <t>9786059709385</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Anlaşma</t>
+          <t>Tarkan</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>295</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059709118</t>
+          <t>9786059709392</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Zambaktan Bir Masal (Ciltli)</t>
+          <t>Cinsel Kimya</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>1250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059709125</t>
+          <t>9786059709378</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Uyan Aç Kalbini</t>
+          <t>Kıskaç</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>235</v>
+        <v>275</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059709248</t>
+          <t>9786059709361</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Aşk Gibi Anlıktır İhanet</t>
+          <t>Bir Vatan Aşkına</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059709194</t>
+          <t>9786059709316</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>İçinde Sen Olan Bir Kalp</t>
+          <t>Yetişkinler İçin Boyama Kitabı - Kedi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>225</v>
+        <v>175</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059709170</t>
+          <t>9786059709330</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Melek-i Tavus</t>
+          <t>8’de 8 Başarı</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>375</v>
+        <v>395</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
+          <t>9786059709354</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>50 Ünlüyle 50 Rota</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786059709347</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Reiki</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786059709187</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>24 Saat</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786059709217</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Ben Miyim Kurban?</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786059709255</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Düğün Rehberim</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786059709040</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Astroloji Rehberiniz 2016</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786059709033</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Kanatlarım Aşktandı</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786059709156</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Tarot Nasıl Bakılır?</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786059709163</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Taylor Swift</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786059709132</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Anlaşma</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786059709118</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Zambaktan Bir Masal (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786059709125</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Uyan Aç Kalbini</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786059709248</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Gibi Anlıktır İhanet</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786059709194</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>İçinde Sen Olan Bir Kalp</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786059709170</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Melek-i Tavus</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
           <t>9786059709224</t>
         </is>
       </c>
-      <c r="B400" s="1" t="inlineStr">
+      <c r="B415" s="1" t="inlineStr">
         <is>
           <t>Çinli Zengin Sevgilim</t>
         </is>
       </c>
-      <c r="C400" s="1">
-        <v>350</v>
+      <c r="C415" s="1">
+        <v>425</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>