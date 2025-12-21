--- v0 (2025-11-06)
+++ v1 (2025-12-21)
@@ -94,51 +94,51 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786059290265</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Ne Oldum Değil Ne Olacağım Demeli</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>6.5</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786052395554</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Bi Acayip Okuma Yazma Hazırlık 2</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786052395479</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
@@ -169,51 +169,51 @@
         <is>
           <t>9786052395530</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Bi Acayip Okuma Yazma Hazırlık 1</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786052395462</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Bi Acayip Matematik 1</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786059290425</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Fil Fibi İle Kurbağa Viki</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786059290494</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
@@ -799,51 +799,51 @@
         <is>
           <t>9786059290104</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Minik Karınca</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786059290180</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Ayaklar Islanmadan Balık Tutulmaz - Atasözlerinden Hikayeler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>10</v>
+        <v>65</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786059290463</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Tombik Tavşan</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786059290524</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
@@ -1144,51 +1144,51 @@
         <is>
           <t>9786052395738</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Mutlu Orman - Okuma Sevinci</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786059290166</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Atılan Ok Geri Dönmez</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>34</v>
+        <v>65</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786052395899</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Mutlu Orman - Leziz Kayısılar</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786052395844</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
@@ -1219,51 +1219,51 @@
         <is>
           <t>9786056932342</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Toprağın Renkleri</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786257132091</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Süt Nasıl Oluşur?</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786056973840</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Süper Arabalar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786056973833</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
@@ -1384,51 +1384,51 @@
         <is>
           <t>9786052395875</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Mutlu Orman - Deniz ve Orman 3</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786052395691</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Mutlu Orman - Bilgiç Köstebek 5</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786257132046</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Mutlu Orman Masal Serisi 10 Kitap 1. Sınıf</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9786052395677</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
@@ -1729,46 +1729,46 @@
         <is>
           <t>9786056973864</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Okuyan Çocuklar Seti</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>9786257132374</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Anneannemin Yeni Arkadaşı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>82.5</v>
+        <v>85</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>