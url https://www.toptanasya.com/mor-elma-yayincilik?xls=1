--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -214,111 +214,111 @@
         <is>
           <t>9786059290494</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Yaramaz Bibi</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786059290012</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Kaplumbağa Teri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786059290623</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Kırgınlık - İki İyi Arkadaş</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786059290449</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Panik Anı</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786059290340</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Buzzi Zeka Oyunları 2</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>81</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786059290043</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Mızmız Sinek</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786059290562</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Minik Böcek - İki Küçük Dinozor</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786059290487</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
@@ -364,66 +364,66 @@
         <is>
           <t>9786052395981</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Okul Öncesi Çocuklar İçin Dikkat Kodlama Algoritma Kitabım 1</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786059290616</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Deniz Balığı - İki İyi Arkadaş</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786059290081</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Yavru Serçe</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>2016000014600</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Aile İletişim Defteri</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786059290364</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
@@ -469,246 +469,246 @@
         <is>
           <t>9786059290296</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Hayvanlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786059290654</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Çöp Kutusu - İki İyi Arkadaş</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786059290593</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Köy Hayatı - İki İyi Arkadaş</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786059290333</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Buzzi Zeka Oyunları 1</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786059290555</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Buzzi Zeka Oyunları 6</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>81</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786059290005</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Ali Büyüyor</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786059290456</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Dağınık Oda</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786059290036</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Mor Elma</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786059290432</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Köpekbalığı Bobi</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786059290517</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Yavru Kedi Pamuk</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786059290647</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Hayal Kurmak - İki İyi Arkadaş</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786059290708</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Kavramlar - Konulu Boyama</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786059290111</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Minik Uğur Böceği</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786059290531</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Kendin Ol - İki Küçük Dinozor</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786059290630</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Gerçek Sevgi - İki İyi Arkadaş</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786059290357</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Buzzi Zeka Oyunları 3</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>81</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786059290371</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
@@ -724,111 +724,111 @@
         <is>
           <t>9786059290548</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Doğa Dostu - İki Küçük Dinozor</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786059290074</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Kuzu Zumi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786059290586</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Tehlikeli Oyun - İki İyi Arkadaş</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786059290050</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Pıtır Arı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786059290098</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Tırtıl Tini</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786059290104</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Minik Karınca</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786059290180</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Ayaklar Islanmadan Balık Tutulmaz - Atasözlerinden Hikayeler</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786059290463</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
@@ -844,51 +844,51 @@
         <is>
           <t>9786059290524</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Hokkabaz - İki Küçük Dinozor</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>64</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786059290609</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Karamsarlık-İki İyi Arkadaş</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786056932366</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Boya Yapıştır Stickerlı Boyama Kitabı</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786052395769</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
@@ -949,321 +949,321 @@
         <is>
           <t>9786052395820</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Yenidünya Ağacı</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>53</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786052395714</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Mutlu Orman Zavallı Sincap</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786052395592</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Niloş ile Ege Hayvanseveriz</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786059290500</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Dört Arkadaş</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786059290470</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Panda Pani</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786052395561</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Niloş İle Ege - Arkadaşız</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786052395608</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Niloş İle Ege - Çevreciyiz</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786052395547</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Niloş İle Ege - Olumluyuz</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786257132169</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Ağaç nasıl oluşur?</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786052395783</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Kipsi Neye Benziyor?</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>53</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786059290029</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Mert İle Mehmet</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786059290067</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Sevimli Fare</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>95</v>
+        <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786257132077</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Zeytinyağı Nasıl Oluşur?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786052395738</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Mutlu Orman - Okuma Sevinci</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786059290166</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Atılan Ok Geri Dönmez</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>65</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786052395899</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Mutlu Orman - Leziz Kayısılar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786052395844</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Davetsiz Misafir</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>53</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786257132084</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Yün Nasıl Oluşur?</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786056932342</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Toprağın Renkleri</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786257132091</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Süt Nasıl Oluşur?</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786056973840</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Süper Arabalar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786056973833</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
@@ -1309,246 +1309,246 @@
         <is>
           <t>9786052395790</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Öykünün Masal Şemsiyesi - Her Yerde Karga Var</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>53</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786056932359</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>O Lal La Boyama Kitabı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786052395912</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Mutlu Orman - Ressam Tavşan 8</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786052395639</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Mutlu Orman - Okul Sevgisi 1</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786052395752</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Mutlu Orman - Obur Tavşan 6</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786052395875</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Mutlu Orman - Deniz ve Orman 3</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786052395691</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Mutlu Orman - Bilgiç Köstebek 5</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786257132046</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Mutlu Orman Masal Serisi 10 Kitap 1. Sınıf</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9786052395677</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Mutlu Orman - Koca Çınar 5</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9786052395660</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Mutlu Orman - Kar Macerası 4</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9786059290715</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Konulu Boyama Serisi 10 Kitap</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9786257132107</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Kelebek Nasıl Oluşur?</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9786257132114</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>İpek Nasıl Oluşur?</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9786257132121</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Elma Nasıl Oluşur?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9786257132138</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Ekmek Nasıl Yapılır?</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9786056973826</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Eğlenceli Taşıtlar Boyama Kitabı</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9786257132060</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
@@ -1624,66 +1624,66 @@
         <is>
           <t>9786056932373</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Çiziyorum Boyuyorum Boyama Kitabı</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9786257132145</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Civciv Nasıl Oluşur?</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>9786257132152</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Bal Nasıl Oluşur?</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>9786059290203</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Atasözlerinden Hikayeler - 2</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>9786059290128</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>