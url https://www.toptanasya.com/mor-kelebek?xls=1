--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -85,1045 +85,1240 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>8683672873206</t>
+          <t>9786259784434</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>2026 Atatürk Ajandası - Gazi Paşa</t>
+          <t>Domino Taşı Macerası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>8683672873237</t>
+          <t>9786257412827</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>2026 Atatürk Ajandası - İstikbal</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>8683672873213</t>
+          <t>9786257412063</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>2026 Atatürk Ajandası - Kalpaklı</t>
+          <t>Kiki ve Doğum Günü Pastası</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>8683672873190</t>
+          <t>9786257412032</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>2026 Atatürk Ajandası - Komutan</t>
+          <t>Kocaman Sarı Kavunlar ve Kiki</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259784427</t>
+          <t>9786257145787</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Kardeşim</t>
+          <t>Akıllı Matematik - Ölçüler ve Ağırlık Birimleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259784410</t>
+          <t>9786257145770</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bilmiş Gezegenler</t>
+          <t>Akıllı Matematik - Noktalar ve Sayı Sıralamaları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259784403</t>
+          <t>9786257145152</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Resimli İngilizce Türkçe Sözlük</t>
+          <t>Uzay</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>8683672866352</t>
+          <t>9786257145190</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>2025 Atatürk Ajandası - Kalpaklı</t>
+          <t>İnsan Vücudu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>8683672866390</t>
+          <t>9786257145220</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>2025 Atatürk Ajandası - Çankaya</t>
+          <t>Dünya</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>8683672866369</t>
+          <t>9786257145497</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>2025 Atatürk Ajandası - İnkılap</t>
+          <t>İngilizce Harf Okunuşları ve İlk Kelimeler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>8683672866376</t>
+          <t>9786257065603</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>2025 Atatürk Ajandası - Asalet</t>
+          <t>Alfabe Harfler ve İlk Kelimeler</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>8683672866383</t>
+          <t>9786257065641</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>2025 Atatürk Ajandası - Cumhuriyet</t>
+          <t>Ses Gruplarına Göre Alfabe</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256669420</t>
+          <t>6010625665656</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Cevapları Arayan Çocuk</t>
+          <t>Etkinlik Kitapları Seti (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256669161</t>
+          <t>8683672873206</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Kral</t>
+          <t>2026 Atatürk Ajandası - Gazi Paşa</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>4440000003520</t>
+          <t>8683672873237</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Resimli Dünya Masalları Seti (10 Kitap Takım)</t>
+          <t>2026 Atatürk Ajandası - İstikbal</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>4440000003410</t>
+          <t>8683672873213</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Klasikleri - 5 Kitap</t>
+          <t>2026 Atatürk Ajandası - Kalpaklı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258147667</t>
+          <t>8683672873190</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme-1</t>
+          <t>2026 Atatürk Ajandası - Komutan</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258147643</t>
+          <t>9786259784427</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bellek Geliştirme</t>
+          <t>Kelebek Kardeşim</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258147674</t>
+          <t>9786259784410</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme-2</t>
+          <t>Bilmiş Gezegenler</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258147681</t>
+          <t>9786259784403</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme-3</t>
+          <t>A’dan Z’ye Resimli İngilizce Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258147629</t>
+          <t>8683672866352</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Motor Becerileri Geliştirme</t>
+          <t>2025 Atatürk Ajandası - Kalpaklı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786258147650</t>
+          <t>8683672866390</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Algı Geliştirme Etkinlikleri</t>
+          <t>2025 Atatürk Ajandası - Çankaya</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258147698</t>
+          <t>8683672866369</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Geliştirme Etkinlikleri</t>
+          <t>2025 Atatürk Ajandası - İnkılap</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258147636</t>
+          <t>8683672866376</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hafıza Geliştirme Etkinlikleri</t>
+          <t>2025 Atatürk Ajandası - Asalet</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258147612</t>
+          <t>8683672866383</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Pratik Kazanma Etkinlikleri</t>
+          <t>2025 Atatürk Ajandası - Cumhuriyet</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258147605</t>
+          <t>9786256669420</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Zihin Geliştirme Aktiviteleri</t>
+          <t>Cevapları Arayan Çocuk</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>8683672814520</t>
+          <t>9786256669161</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Eğlenceli Boyama Kitabı Serisi - 10 Kitap Takım</t>
+          <t>Kayıp Kral</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>1000</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257468916</t>
+          <t>4440000003520</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses</t>
+          <t>Resimli Dünya Masalları Seti (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257468909</t>
+          <t>4440000003410</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Ömer Seyfettin Klasikleri - 5 Kitap</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257468923</t>
+          <t>9786258147667</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Resimli Çocuk Klasikleri - Parmak Kız Thumbelina</t>
+          <t>Dikkat Geliştirme-1</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257468930</t>
+          <t>9786258147643</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Resimli Çocuk Klasikleri - Pinokyo</t>
+          <t>Bellek Geliştirme</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257468893</t>
+          <t>9786258147674</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ve Çirkin</t>
+          <t>Dikkat Geliştirme-2</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257468947</t>
+          <t>9786258147681</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Resimli Çocuk Klasikleri - Rapunzel</t>
+          <t>Dikkat Geliştirme-3</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>60</v>
+        <v>200</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257468886</t>
+          <t>9786258147629</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Goldilocks Ve Üç Ayı</t>
+          <t>Motor Becerileri Geliştirme</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257468954</t>
+          <t>9786258147650</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Resimli Çocuk Klasikleri - Uyuyan Güzel</t>
+          <t>Algı Geliştirme Etkinlikleri</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257468879</t>
+          <t>9786258147698</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Cindirella</t>
+          <t>Dikkat Geliştirme Etkinlikleri</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257468862</t>
+          <t>9786258147636</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Alaaddin’in Sihirli Lambası</t>
+          <t>Hafıza Geliştirme Etkinlikleri</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257412988</t>
+          <t>9786258147612</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Perili Köşk</t>
+          <t>Pratik Kazanma Etkinlikleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>4440000003409</t>
+          <t>9786258147605</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin Klasikleri (9 Kitap Set)</t>
+          <t>Zihin Geliştirme Aktiviteleri</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257412964</t>
+          <t>8683672814520</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Topuz</t>
+          <t>Çocuklar İçin Eğlenceli Boyama Kitabı Serisi - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257412933</t>
+          <t>9786257468916</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Pamuk Prenses</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257412902</t>
+          <t>9786257468909</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>85</v>
+        <v>60</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257412919</t>
+          <t>9786257468923</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Forsa</t>
+          <t>Resimli Çocuk Klasikleri - Parmak Kız Thumbelina</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257412858</t>
+          <t>9786257468930</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Resimli Çocuk Klasikleri - Pinokyo</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>85</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257412865</t>
+          <t>9786257468893</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bomba</t>
+          <t>Güzel Ve Çirkin</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257468190</t>
+          <t>9786257468947</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Renkli Boyama</t>
+          <t>Resimli Çocuk Klasikleri - Rapunzel</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257468183</t>
+          <t>9786257468886</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sevimli Boyama</t>
+          <t>Goldilocks Ve Üç Ayı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257468176</t>
+          <t>9786257468954</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Boyama</t>
+          <t>Resimli Çocuk Klasikleri - Uyuyan Güzel</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257468169</t>
+          <t>9786257468879</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Şirin Boyama</t>
+          <t>Cindirella</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257468220</t>
+          <t>9786257468862</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Afacan Boyama</t>
+          <t>Alaaddin’in Sihirli Lambası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257468213</t>
+          <t>9786257412988</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Boyama</t>
+          <t>Perili Köşk</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257468145</t>
+          <t>4440000003409</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Boyama</t>
+          <t>Ömer Seyfettin Klasikleri (9 Kitap Set)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257468237</t>
+          <t>9786257412964</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Keyifli Boyama</t>
+          <t>Topuz</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257468206</t>
+          <t>9786257412933</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Boyama</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257468152</t>
+          <t>9786257412902</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Neşeli Boyama</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>120</v>
+        <v>85</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>6010609137148</t>
+          <t>9786257412919</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Dahi Çocuk Seti (10 Kitap Takım)</t>
+          <t>Forsa</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>1500</v>
+        <v>85</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257412049</t>
+          <t>9786257412858</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Zıp Zıp Kardan Adam Frosty</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257412025</t>
+          <t>9786257412865</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ahtapot Poopsie ve Annesi Poolie</t>
+          <t>Bomba</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257412100</t>
+          <t>9786257468190</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bruno'nun Sihirli Gökkuşağı Şemsiyesi</t>
+          <t>Renkli Boyama</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257412094</t>
+          <t>9786257468183</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Büyükanne Grifin'in Bahçesi</t>
+          <t>Sevimli Boyama</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257412087</t>
+          <t>9786257468176</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kardan Adam Buzy</t>
+          <t>Sihirli Boyama</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257412070</t>
+          <t>9786257468169</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kedi Lulu'nun Bahçesi</t>
+          <t>Şirin Boyama</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257412056</t>
+          <t>9786257468220</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Gökkuşağı Şemsiyenin Altında</t>
+          <t>Afacan Boyama</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257412117</t>
+          <t>9786257468213</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Suya Düşen Top</t>
+          <t>Akıllı Boyama</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>6010649846895</t>
+          <t>9786257468145</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Sağ ve Sol Beyin Geliştirme ve Güçlendirme Etkinlikleri Seti 3-6 Yaş (3 Kitap Takım)</t>
+          <t>Eğlenceli Boyama</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257182782</t>
+          <t>9786257468237</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Süper Labirent Sağ ve Sol Beyin Geliştirme ve Güçlendirme Etkinlikleri</t>
+          <t>Keyifli Boyama</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
+          <t>9786257468206</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Boyama</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9786257468152</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Neşeli Boyama</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>6010609137148</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Dahi Çocuk Seti (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786257412049</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Zıp Zıp Kardan Adam Frosty</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786257412025</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Ahtapot Poopsie ve Annesi Poolie</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786257412100</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Bruno'nun Sihirli Gökkuşağı Şemsiyesi</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786257412094</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Büyükanne Grifin'in Bahçesi</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9786257412087</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Kardan Adam Buzy</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786257412070</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Kedi Lulu'nun Bahçesi</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9786257412056</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Sihirli Gökkuşağı Şemsiyenin Altında</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9786257412117</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Suya Düşen Top</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>6010649846895</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Sağ ve Sol Beyin Geliştirme ve Güçlendirme Etkinlikleri Seti 3-6 Yaş (3 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9786257182782</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Süper Labirent Sağ ve Sol Beyin Geliştirme ve Güçlendirme Etkinlikleri</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
           <t>9786257412940</t>
         </is>
       </c>
-      <c r="B68" s="1" t="inlineStr">
+      <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Kütük</t>
         </is>
       </c>
-      <c r="C68" s="1">
+      <c r="C81" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>