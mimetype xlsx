--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -85,1210 +85,1225 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259396446</t>
+          <t>9756259396439</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tekno Nafi - Mikropotlara Karşı</t>
+          <t>Nilüfer</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259396460</t>
+          <t>9786259396446</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Popüler Kültüre Karşı Kimlik Manifestosu</t>
+          <t>Tekno Nafi - Mikropotlara Karşı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259396453</t>
+          <t>9786259396460</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>CTRL+Z: Kaybolan Değerleri Geri Almak</t>
+          <t>Popüler Kültüre Karşı Kimlik Manifestosu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259396477</t>
+          <t>9786259396453</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Hikayeleriyle Felsefe Atölyeleri</t>
+          <t>CTRL+Z: Kaybolan Değerleri Geri Almak</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259396415</t>
+          <t>9786259396477</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Avcısı Kerem - Kahramanım Yunus Emre</t>
+          <t>Mesnevi Hikayeleriyle Felsefe Atölyeleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259396408</t>
+          <t>9786259396415</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Avcısı Kerem – Kahramanım Mimar Sinan</t>
+          <t>Kahraman Avcısı Kerem - Kahramanım Yunus Emre</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259554693</t>
+          <t>9786259396408</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Avcısı Kerem – Kahramanım Ertuğrul</t>
+          <t>Kahraman Avcısı Kerem – Kahramanım Mimar Sinan</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259554686</t>
+          <t>9786259554693</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Avcısı Kerem – Kahramanım Barbaros</t>
+          <t>Kahraman Avcısı Kerem – Kahramanım Ertuğrul</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259554679</t>
+          <t>9786259554686</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Avcısı Kerem – Kahramanım Fatih</t>
+          <t>Kahraman Avcısı Kerem – Kahramanım Barbaros</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259554655</t>
+          <t>9786259554679</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzünde Bir Ordu – Peygamber Hayatları: Hz. Süleyman</t>
+          <t>Kahraman Avcısı Kerem – Kahramanım Fatih</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259396422</t>
+          <t>9786259554655</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci Yetiştirmenin İncelikleri</t>
+          <t>Gökyüzünde Bir Ordu – Peygamber Hayatları: Hz. Süleyman</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>310</v>
+        <v>190</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259554662</t>
+          <t>9786259396422</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Uzakların Çağrısı</t>
+          <t>Öğrenci Yetiştirmenin İncelikleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259554624</t>
+          <t>9786259554662</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Çatalhöyük Haritadaki Sır</t>
+          <t>Uzakların Çağrısı</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259554648</t>
+          <t>9786259554624</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kodlar Ülkesi</t>
+          <t>Çatalhöyük Haritadaki Sır</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259554631</t>
+          <t>9786259554648</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ayet Ayet Açılan Kapılar</t>
+          <t>Kodlar Ülkesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259554600</t>
+          <t>9786259554631</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Popüler Dünyaya Karşı - Çocuğunuzu Kazanma Rehberi</t>
+          <t>Ayet Ayet Açılan Kapılar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259554617</t>
+          <t>9786259554600</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Hilal'in İzinde – Hicri Takvimle Zamanı Keşfet</t>
+          <t>Popüler Dünyaya Karşı - Çocuğunuzu Kazanma Rehberi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259416397</t>
+          <t>9786259554617</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ebeveynler İçin Dijitale Yelken Açmak</t>
+          <t>Hilal'in İzinde – Hicri Takvimle Zamanı Keşfet</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259416380</t>
+          <t>9786259416397</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Efendinin Politik Sırları</t>
+          <t>Ebeveynler İçin Dijitale Yelken Açmak</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259416373</t>
+          <t>9786259416380</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Akışa Karşı: Yeni Dikkat Dünyası</t>
+          <t>Şeyh Efendinin Politik Sırları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259416366</t>
+          <t>9786259416373</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan - Gen Z: Ebeveynler İçin Yeni Dünya Dili</t>
+          <t>Akışa Karşı: Yeni Dikkat Dünyası</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259416359</t>
+          <t>9786259416366</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Rota Oluşturuluyor</t>
+          <t>Sil Baştan - Gen Z: Ebeveynler İçin Yeni Dünya Dili</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259416342</t>
+          <t>9786259416359</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hayaline Uçan Balon</t>
+          <t>Rota Oluşturuluyor</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>170</v>
+        <v>260</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259416335</t>
+          <t>9786259416342</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Renk Avcısı</t>
+          <t>Hayaline Uçan Balon</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259416328</t>
+          <t>9786259416335</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Dünya Sular Altında - Peygamber Hayatları: Hz. Nuh</t>
+          <t>Renk Avcısı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259416311</t>
+          <t>9786259416328</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Ben Bir Mucizeyim- Peygamber Hayatları: Hz. Musa</t>
+          <t>Dünya Sular Altında - Peygamber Hayatları: Hz. Nuh</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259416304</t>
+          <t>9786259416311</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Üç Kutsal Şehir</t>
+          <t>Ben Bir Mucizeyim- Peygamber Hayatları: Hz. Musa</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259408491</t>
+          <t>9786259416304</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kaptanın Seyir Defteri</t>
+          <t>Üç Kutsal Şehir</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259408446</t>
+          <t>9786259408491</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan - Yeni Dünyaların Ötesinde Metaverse</t>
+          <t>Kaptanın Seyir Defteri</t>
         </is>
       </c>
       <c r="C30" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259408484</t>
+          <t>9786259408446</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan 35 Kavramda Dijital Dünya Atlası</t>
+          <t>Sil Baştan - Yeni Dünyaların Ötesinde Metaverse</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259408439</t>
+          <t>9786259408484</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan / Yeni Medya Çağını Anlamak</t>
+          <t>Sil Baştan 35 Kavramda Dijital Dünya Atlası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259408460</t>
+          <t>9786259408439</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sil Baştan - Otizmsizler İçin Otizm</t>
+          <t>Sil Baştan / Yeni Medya Çağını Anlamak</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259408453</t>
+          <t>9786259408460</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Söz Ahlakı</t>
+          <t>Sil Baştan - Otizmsizler İçin Otizm</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259408477</t>
+          <t>9786259408453</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Nasılettin Hoca</t>
+          <t>Söz Ahlakı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>480</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057226792</t>
+          <t>9786259408477</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Özünüzde İyilik Var</t>
+          <t>Nasılettin Hoca</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786259408422</t>
+          <t>9786057226792</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Aile</t>
+          <t>Özünüzde İyilik Var</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786259408408</t>
+          <t>9786259408422</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hikmetli Bir Hayat İçin Geleceğe Gülümse</t>
+          <t>Bilinçli Aile</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259408415</t>
+          <t>9786259408408</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hedef ve Hayallerin İçin Başarıya Gülümse</t>
+          <t>Hikmetli Bir Hayat İçin Geleceğe Gülümse</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057226785</t>
+          <t>9786259408415</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Başarı ve Mutluluk için Hayata Gülümse</t>
+          <t>Hedef ve Hayallerin İçin Başarıya Gülümse</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259516660</t>
+          <t>9786057226785</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Minik Deniz Yıldızı</t>
+          <t>Başarı ve Mutluluk için Hayata Gülümse</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057226747</t>
+          <t>9786259516660</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Merve &amp; Bilge Arif 2 - Zeka Oyunlarıyla Hayat Kazanımları</t>
+          <t>Minik Deniz Yıldızı</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>480</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057226778</t>
+          <t>9786057226747</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Vera - Ötenin Çağrısı</t>
+          <t>Meraklı Merve &amp; Bilge Arif 2 - Zeka Oyunlarıyla Hayat Kazanımları</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057226761</t>
+          <t>9786057226778</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hikayen Devam Ediyor</t>
+          <t>Vera - Ötenin Çağrısı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057226754</t>
+          <t>9786057226761</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İzci Osman Yolculuk Başlasın</t>
+          <t>Hikayen Devam Ediyor</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057226723</t>
+          <t>9786057226754</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Denizaltı ile Yolculuk</t>
+          <t>İzci Osman Yolculuk Başlasın</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057226716</t>
+          <t>9786057226723</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Minik Kum Tanesi</t>
+          <t>Denizaltı ile Yolculuk</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057226709</t>
+          <t>9786057226716</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Şeker Dedektifleri</t>
+          <t>Minik Kum Tanesi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>210</v>
+        <v>180</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057226730</t>
+          <t>9786057226709</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>14. Çiçek Bekçileri</t>
+          <t>Şeker Dedektifleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057177599</t>
+          <t>9786057226730</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Hırka</t>
+          <t>14. Çiçek Bekçileri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057177568</t>
+          <t>9786057177599</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Evde Okul Okulda Kalite</t>
+          <t>En Güzel Hırka</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>380</v>
+        <v>120</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057177575</t>
+          <t>9786057177568</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Okumayı Sevdirme Yolları</t>
+          <t>Evde Okul Okulda Kalite</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057177582</t>
+          <t>9786057177575</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Bu Çağda Çocuk Yetiştirmek</t>
+          <t>Okumayı Sevdirme Yolları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>380</v>
+        <v>310</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057177551</t>
+          <t>9786057177582</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Orman Kütüphanesi</t>
+          <t>Bu Çağda Çocuk Yetiştirmek</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057177544</t>
+          <t>9786057177551</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hayal ve Cesaret Kahramanları - 2</t>
+          <t>Orman Kütüphanesi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057177537</t>
+          <t>9786057177544</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hayal Ve Cesaret Kahramanları - 1</t>
+          <t>Hayal ve Cesaret Kahramanları - 2</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057177520</t>
+          <t>9786057177537</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kendini İnşa Et</t>
+          <t>Hayal Ve Cesaret Kahramanları - 1</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057177513</t>
+          <t>9786057177520</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>İzzet ve Arkadaşları Dünyanın İzinde</t>
+          <t>Kendini İnşa Et</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057177506</t>
+          <t>9786057177513</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İzzet ve Arkadaşları İnovasyon İzinde</t>
+          <t>İzzet ve Arkadaşları Dünyanın İzinde</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057126696</t>
+          <t>9786057177506</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İzzet ve Arkadaşları Girişimcilik İzinde</t>
+          <t>İzzet ve Arkadaşları İnovasyon İzinde</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057126689</t>
+          <t>9786057126696</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İzzet ve Arkadaşları Teknofest İzinde</t>
+          <t>İzzet ve Arkadaşları Girişimcilik İzinde</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057126658</t>
+          <t>9786057126689</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İzci Osman</t>
+          <t>İzzet ve Arkadaşları Teknofest İzinde</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057126672</t>
+          <t>9786057126658</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Merve ve Bilge Arif</t>
+          <t>İzci Osman</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>480</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057126665</t>
+          <t>9786057126672</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikli Çocuk İlmihali</t>
+          <t>Meraklı Merve ve Bilge Arif</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>480</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057126627</t>
+          <t>9786057126665</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Doğaya Açılan Tablet</t>
+          <t>Etkinlikli Çocuk İlmihali</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>210</v>
+        <v>480</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786057126641</t>
+          <t>9786057126627</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Altın İğnenin İzinde</t>
+          <t>Doğaya Açılan Tablet</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786057126634</t>
+          <t>9786057126641</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayatı Okumak</t>
+          <t>Altın İğnenin İzinde</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057126610</t>
+          <t>9786057126634</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğuş - Anka Kuşu</t>
+          <t>Bir Hayatı Okumak</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057126603</t>
+          <t>9786057126610</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Derya Deniz Robotların Başı Belada</t>
+          <t>Yeniden Doğuş - Anka Kuşu</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057126566</t>
+          <t>9786057126603</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bilgi İşlem Merkezi</t>
+          <t>Derya Deniz Robotların Başı Belada</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057126573</t>
+          <t>9786057126566</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Deniz Olmayan Yerde Geminin İş Ne</t>
+          <t>Bilgi İşlem Merkezi</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786057126597</t>
+          <t>9786057126573</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Süprizin Böylesi</t>
+          <t>Deniz Olmayan Yerde Geminin İş Ne</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057126580</t>
+          <t>9786057126597</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Sabredersen Büyüyecek</t>
+          <t>Süprizin Böylesi</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057126559</t>
+          <t>9786057126580</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Ağzım Gözüm Üstünde</t>
+          <t>Sabredersen Büyüyecek</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057126542</t>
+          <t>9786057126559</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kuzenler Buluşuyor</t>
+          <t>Eyvah Ağzım Gözüm Üstünde</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057126535</t>
+          <t>9786057126542</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Yere Düşmüş Yıldızları Dökülmüş</t>
+          <t>Kuzenler Buluşuyor</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057126528</t>
+          <t>9786057126535</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Fırtına Yaklaşıyor</t>
+          <t>Gökyüzü Yere Düşmüş Yıldızları Dökülmüş</t>
         </is>
       </c>
       <c r="C77" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057126511</t>
+          <t>9786057126528</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Güneşi Uyutma Operasyonu</t>
+          <t>Fırtına Yaklaşıyor</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>210</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
+          <t>9786057126511</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Güneşi Uyutma Operasyonu</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
           <t>9786057126504</t>
         </is>
       </c>
-      <c r="B79" s="1" t="inlineStr">
+      <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Gizemli Oda</t>
         </is>
       </c>
-      <c r="C79" s="1">
+      <c r="C80" s="1">
         <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>