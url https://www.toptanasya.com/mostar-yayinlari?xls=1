--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -199,156 +199,156 @@
         <is>
           <t>9786051591063</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Osmanlı'nın Balkan Rüyası</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786054565146</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>2. Abdülhamid ve Filistin</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786058052512</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Selçuklular</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786057472502</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Osmanlıca Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786051592909</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Siperden Sipere Çanakkale</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>313</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786051595177</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Okuma Aşkı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>350</v>
+        <v>453</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786055207182</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Aşık Paşazade Tarihi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>465</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786051593784</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Zirvedeki Osmanlı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786051594125</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>İnsanı Okumak</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>165</v>
+        <v>213</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786057124593</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>İnsanı Düşünmek</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786057124579</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
@@ -379,766 +379,766 @@
         <is>
           <t>9786057124555</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Ayağımın Tozuyla</t>
         </is>
       </c>
       <c r="C20" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786057124531</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Gül Kokan Ocaklar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786057124524</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Dünya Tarihi - Mir’atü’l-iber 2. Cilt</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786057124517</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Sezai Karakoç'un Kutlu Millet İdeali</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786058052581</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Türkçesi Öğrenim Rehberi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>330</v>
+        <v>422</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786057472519</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Muhtasar Osmanlıca Türkçe Sözlük (Ciltli)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>700</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786057124500</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Daş Yok Mu Daş</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786057472595</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Geç Kalıyoruz Biraz Yavaşla</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>183</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786057472588</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Kalem Tükenmeden</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786057472571</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Dünya Tarihi 1</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>260</v>
+        <v>285</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786057472564</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Kendini Mayalamak</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>130</v>
+        <v>168</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786058052598</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Kalbin Aklı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>385</v>
+        <v>579.8</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786057472526</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Gün Gün Çanakkale - 3 Cilt</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>800</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786058052567</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Bizim Hikayemiz</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>175</v>
+        <v>265</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786058052574</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Asıl Mesele</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786058052550</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Anadolu İrfanı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786058052543</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Alemlerin Efendisi (s.a.v.) ve Osmanlı Sultanları</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786058052536</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Küreselleştikçe Batılılaşan Dünya</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>130</v>
+        <v>210</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786058052529</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Osmanlılar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>175</v>
+        <v>255</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786058052505</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Bitlis'te Yatan Gönül Sultanları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>420</v>
+        <v>660</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786051595160</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Yazma Aşkı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>423</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786051591827</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Emir</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>150</v>
+        <v>243</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786051592350</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Ayne'l Hayat</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>138</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786051592886</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Tokadı Nasıl Atılır?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>80</v>
+        <v>148</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786051593876</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Aslanı Nasıl Yaraladılar?</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>378</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786051594637</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Okuduğun Kadarsın</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>175</v>
+        <v>243</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9786051594224</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Konuşan Tarih 3 - Abdülhamid Hanı Konuşuyor</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>290</v>
+        <v>423</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786051594057</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Konuşan Tarih 2</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786055455200</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Behcetü't Tevarih</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>360</v>
+        <v>490</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786051590905</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Asırlık Destan Çanakkale</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786055207298</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Endülüs Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>370</v>
+        <v>600</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786051590004</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Tuhfetü'l Haremeyn - Haremeyn Armağanı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>175</v>
+        <v>252</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786055078799</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Balkanlar'ın İncisi Ohri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786055078065</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Fransa'nın Yakındoğu Politikaları (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>230</v>
+        <v>432</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786054565160</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Evliya Çelebi Seyehatnamesi'nde Tasavvuf</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>540</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786259776309</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Medeniyet Aklı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786051592152</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Konuşan Tarih</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>125</v>
+        <v>175</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786051592169</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Özgür Ama Tutsak</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>135</v>
+        <v>175</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786051590073</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Kubbelerin  Gölgesinde İslam Şehirleri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>380</v>
+        <v>385</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786051595115</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>İttihad Terakki Kıskacında Bir Sultan 5. Mehmed Reşad (1908-1918)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786051592077</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Semerkand'dan Mostar'a Alperenler</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>150</v>
+        <v>228</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786051594538</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Aklın Kırk Yolu</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>350</v>
+        <v>498</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786051594552</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Yalan Tarih Üzerine Notlar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786051592466</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Modern Hurafeler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>165</v>
+        <v>213</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786055207267</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Hacib Böyle Dedi</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>300</v>
+        <v>438</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786054214136</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Müslüman Bilim Adamları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>370</v>
+        <v>503</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786051592220</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Pir-i Türkan Hace Ahmed Yesevi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>235</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786051592213</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Mücahid Mürşidler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786051592923</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Jurnal Jale mi Sosyal Medya mı?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>85</v>
+        <v>145</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786051594088</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>İnsanlar Tepinir Filler Ezilir</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>90</v>
+        <v>135</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>