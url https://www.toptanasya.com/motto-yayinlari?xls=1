--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -85,2950 +85,2980 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258528008</t>
+          <t>9786258528039</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Taraf Tutmaz</t>
+          <t>İçime Bir Kürt Düştü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258528022</t>
+          <t>9786257107761</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Şaibeli Şair</t>
+          <t>Bu Öyle Bir Şey Değil Ki</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>425</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258528015</t>
+          <t>9786258528008</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Duruşma Odası 2.0</t>
+          <t>Tanrı Taraf Tutmaz</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>285</v>
+        <v>320</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052173831</t>
+          <t>9786258528022</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Mazlum Milletlerin Gözyaşları</t>
+          <t>Şaibeli Şair</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>465</v>
+        <v>425</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257107754</t>
+          <t>9786258528015</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Doppelganger</t>
+          <t>Duruşma Odası 2.0</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>495</v>
+        <v>285</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257107778</t>
+          <t>9786052173831</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Musallat</t>
+          <t>Mazlum Milletlerin Gözyaşları</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>260</v>
+        <v>465</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257107907</t>
+          <t>9786257107754</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Yönleriyle Türk Filozof Nurettin Topçu</t>
+          <t>Doppelganger</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>610</v>
+        <v>495</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257107884</t>
+          <t>9786257107778</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Döneminde Balkanlar</t>
+          <t>Musallat</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257107679</t>
+          <t>9786257107907</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Aşkı Zorlaştırma Basitte Huzur Var</t>
+          <t>İz Bırakan Yönleriyle Türk Filozof Nurettin Topçu</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>295</v>
+        <v>610</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257107167</t>
+          <t>9786257107884</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Hilafet</t>
+          <t>Soğuk Savaş Döneminde Balkanlar</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>255</v>
+        <v>350</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257107518</t>
+          <t>9786257107679</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Geçit &amp; Diriliş</t>
+          <t>Aşkı Zorlaştırma Basitte Huzur Var</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>425</v>
+        <v>295</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786257107532</t>
+          <t>9786257107167</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Kent</t>
+          <t>Hilafet</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>355</v>
+        <v>255</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257107990</t>
+          <t>9786257107518</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Temsili Roma</t>
+          <t>Geçit &amp; Diriliş</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>425</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257107952</t>
+          <t>9786257107532</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Şehir ve Medeniyet</t>
+          <t>Çocuk Kent</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>340</v>
+        <v>355</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257107983</t>
+          <t>9786257107990</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Deliler Tekkesi</t>
+          <t>Temsili Roma</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>296</v>
+        <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257107891</t>
+          <t>9786257107952</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ben Rüçhan</t>
+          <t>Şehir ve Medeniyet</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>330</v>
+        <v>340</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257107860</t>
+          <t>9786257107983</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Anlam Odağında Karşı Görüşler</t>
+          <t>Deliler Tekkesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>523</v>
+        <v>296</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257107969</t>
+          <t>9786257107891</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Şamanlar</t>
+          <t>Ben Rüçhan</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>445</v>
+        <v>330</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257107976</t>
+          <t>9786257107860</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Mefkure</t>
+          <t>Anlam Odağında Karşı Görüşler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>376</v>
+        <v>523</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257107921</t>
+          <t>9786257107969</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Rüyalar ve Gerçek Hayat</t>
+          <t>Şamanlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>368</v>
+        <v>445</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257107945</t>
+          <t>9786257107976</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Protestan Reformuna Giden Yol</t>
+          <t>Mefkure</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>296</v>
+        <v>376</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257107914</t>
+          <t>9786257107921</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Psikodiyalektik Kültürel Akıl Teorisi</t>
+          <t>Rüyalar ve Gerçek Hayat</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>526</v>
+        <v>368</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257107471</t>
+          <t>9786257107945</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Yedi Parola</t>
+          <t>Protestan Reformuna Giden Yol</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>287</v>
+        <v>296</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257107853</t>
+          <t>9786257107914</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Kayıp Yüzü</t>
+          <t>Psikodiyalektik Kültürel Akıl Teorisi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>336</v>
+        <v>526</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257107808</t>
+          <t>9786257107471</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Öksüz Vatan</t>
+          <t>Yedi Parola</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>334</v>
+        <v>287</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257107877</t>
+          <t>9786257107853</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Zambaklar Diyarında İsyan ve Aşk</t>
+          <t>Tarihin Kayıp Yüzü</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>374</v>
+        <v>336</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257107815</t>
+          <t>9786257107808</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Beşgen-III / Türk'ün İdeali</t>
+          <t>Öksüz Vatan</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>425</v>
+        <v>334</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257107846</t>
+          <t>9786257107877</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ'da Otto Rönesansı</t>
+          <t>Zambaklar Diyarında İsyan ve Aşk</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>373</v>
+        <v>374</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257107792</t>
+          <t>9786257107815</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Seyyid Kutup'u Yeniden Okumak</t>
+          <t>Kutsal Beşgen-III / Türk'ün İdeali</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>378</v>
+        <v>425</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257107730</t>
+          <t>9786257107846</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Nereye Dönersen Dön(…)</t>
+          <t>Orta Çağ'da Otto Rönesansı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>304</v>
+        <v>373</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257107488</t>
+          <t>9786257107792</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Arabulucu</t>
+          <t>Seyyid Kutup'u Yeniden Okumak</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>419</v>
+        <v>378</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257107723</t>
+          <t>9786257107730</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Kadın Ve Nuh</t>
+          <t>Nereye Dönersen Dön(…)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>305</v>
+        <v>304</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786257107716</t>
+          <t>9786257107488</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sencer ve Bilgi Dolu Keşifleri - III</t>
+          <t>Arabulucu</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>397</v>
+        <v>419</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257107624</t>
+          <t>9786257107723</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Laliş'in Güzel Dostları</t>
+          <t>Kadın Ve Nuh</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>418</v>
+        <v>305</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257107709</t>
+          <t>9786257107716</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sencer ve Bilgi Dolu Keşifleri 1 - Sencer ve Yağmuru Seven Makarna</t>
+          <t>Sencer ve Bilgi Dolu Keşifleri - III</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>397</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257107693</t>
+          <t>9786257107624</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sencer ve Bilgi Dolu Keşifleri 1 - Sencer ve Akıllı Boynuz</t>
+          <t>Laliş'in Güzel Dostları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>397</v>
+        <v>418</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257107662</t>
+          <t>9786257107709</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Laliş ve Pompi Pompi</t>
+          <t>Sencer ve Bilgi Dolu Keşifleri 1 - Sencer ve Yağmuru Seven Makarna</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>418</v>
+        <v>397</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257107617</t>
+          <t>9786257107693</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Laliş ve Küçük Kurtçuk</t>
+          <t>Sencer ve Bilgi Dolu Keşifleri 1 - Sencer ve Akıllı Boynuz</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>418</v>
+        <v>397</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257107631</t>
+          <t>9786257107662</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Laliş ile Küçük Kırmızı Balık</t>
+          <t>Laliş ve Pompi Pompi</t>
         </is>
       </c>
       <c r="C40" s="1">
         <v>418</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257107648</t>
+          <t>9786257107617</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Mısır Kraliçesi Kleopatraa</t>
+          <t>Laliş ve Küçük Kurtçuk</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>423</v>
+        <v>418</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257107655</t>
+          <t>9786257107631</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Makedonya Kralı Büyük İskender</t>
+          <t>Laliş ile Küçük Kırmızı Balık</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>423</v>
+        <v>418</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257107594</t>
+          <t>9786257107648</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar 1</t>
+          <t>Mısır Kraliçesi Kleopatraa</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>418</v>
+        <v>423</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257107563</t>
+          <t>9786257107655</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Mantarlar</t>
+          <t>Makedonya Kralı Büyük İskender</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>418</v>
+        <v>423</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257107570</t>
+          <t>9786257107594</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Hakkında Her Şey - Suda Yaşayan Hayvanlar</t>
+          <t>Dinozorlar 1</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>405</v>
+        <v>418</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257107686</t>
+          <t>9786257107563</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Hakkında Her Şey - Karada Yaşayan Hayvanlar</t>
+          <t>Mantarlar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>405</v>
+        <v>418</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257107587</t>
+          <t>9786257107570</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gezegenler</t>
+          <t>Hayvanlar Hakkında Her Şey - Suda Yaşayan Hayvanlar</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>405</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257107600</t>
+          <t>9786257107686</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Dinozorlar 2</t>
+          <t>Hayvanlar Hakkında Her Şey - Karada Yaşayan Hayvanlar</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>418</v>
+        <v>405</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257107556</t>
+          <t>9786257107587</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Çiçekler</t>
+          <t>Gezegenler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>418</v>
+        <v>405</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257107433</t>
+          <t>9786257107600</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Ezoterik Şifa</t>
+          <t>Dinozorlar 2</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>359</v>
+        <v>418</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257107525</t>
+          <t>9786257107556</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Zehra Hanım'ın Müzesi</t>
+          <t>Çiçekler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>415</v>
+        <v>418</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257107181</t>
+          <t>9786257107433</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Türklerde Casusluğun Tarihi</t>
+          <t>Ezoterik Şifa</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>396</v>
+        <v>359</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257107501</t>
+          <t>9786257107525</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Son Tren</t>
+          <t>Zehra Hanım'ın Müzesi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>292</v>
+        <v>415</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257107549</t>
+          <t>9786257107181</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Mesajın Sırrı</t>
+          <t>Türklerde Casusluğun Tarihi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>294</v>
+        <v>396</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257107495</t>
+          <t>9786257107501</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Kehanetleri</t>
+          <t>Son Tren</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>402</v>
+        <v>292</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257107440</t>
+          <t>9786257107549</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçindeki Dünya Kadardır</t>
+          <t>Gizemli Mesajın Sırrı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>391</v>
+        <v>294</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257107457</t>
+          <t>9786257107495</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kardeşliğe Hançer</t>
+          <t>Atatürk'ün Kehanetleri</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>437</v>
+        <v>402</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257107464</t>
+          <t>9786257107440</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Dedem Sultan Abdülhamid Han</t>
+          <t>Herkes İçindeki Dünya Kadardır</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>320</v>
+        <v>391</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257107419</t>
+          <t>9786257107457</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Piku Nedir Bu?</t>
+          <t>Kardeşliğe Hançer</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>276</v>
+        <v>437</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257107365</t>
+          <t>9786257107464</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Türk'ün Doğuşu - Kutsal Beşgen 2</t>
+          <t>Dedem Sultan Abdülhamid Han</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>381</v>
+        <v>320</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257107389</t>
+          <t>9786257107419</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Darkside - Hesap Günü</t>
+          <t>Piku Nedir Bu?</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>314</v>
+        <v>276</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052173008</t>
+          <t>9786257107365</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Eşim Aşkım Olsun</t>
+          <t>Türk'ün Doğuşu - Kutsal Beşgen 2</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>344</v>
+        <v>381</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052173305</t>
+          <t>9786257107389</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sema Maraşlı 9 Kitap Takım</t>
+          <t>Darkside - Hesap Günü</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>729</v>
+        <v>314</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052173541</t>
+          <t>9786052173008</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kül Tablası</t>
+          <t>Eşim Aşkım Olsun</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>327</v>
+        <v>344</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052173534</t>
+          <t>9786052173305</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Günler</t>
+          <t>Sema Maraşlı 9 Kitap Takım</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>325</v>
+        <v>729</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052173312</t>
+          <t>9786052173541</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Son Düğüm</t>
+          <t>Kül Tablası</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>338</v>
+        <v>327</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052173176</t>
+          <t>9786052173534</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sihirbazın Kitabı</t>
+          <t>Güneşli Günler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>367</v>
+        <v>325</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786058257771</t>
+          <t>9786052173312</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Kişilerarası İletişim</t>
+          <t>Son Düğüm</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>351</v>
+        <v>338</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052173121</t>
+          <t>9786052173176</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Devlet Gibi Düşünmek</t>
+          <t>Sihirbazın Kitabı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>354</v>
+        <v>367</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052173350</t>
+          <t>9786058257771</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kutup - Ayısı (2 Kitap Takım)</t>
+          <t>Kişilerarası İletişim</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>421</v>
+        <v>351</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052173213</t>
+          <t>9786052173121</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Seçim Nasıl Kazanılır?</t>
+          <t>Devlet Gibi Düşünmek</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>291</v>
+        <v>354</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052173206</t>
+          <t>9786052173350</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ölülerle Röportaj</t>
+          <t>Kutup - Ayısı (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>331</v>
+        <v>421</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257107358</t>
+          <t>9786052173213</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Not Defteri Kitap Serisi (3 Kitap)</t>
+          <t>Seçim Nasıl Kazanılır?</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>490</v>
+        <v>291</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786056695124</t>
+          <t>9786052173206</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>1 Erkek 2 Kadın</t>
+          <t>Ölülerle Röportaj</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>320</v>
+        <v>331</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786056695148</t>
+          <t>9786257107358</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Kuşları</t>
+          <t>Öğretmenin Not Defteri Kitap Serisi (3 Kitap)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>515</v>
+        <v>490</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786056695131</t>
+          <t>9786056695124</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Kamburları</t>
+          <t>1 Erkek 2 Kadın</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>392</v>
+        <v>320</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786056695155</t>
+          <t>9786056695148</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gizli Krallığın Sonu Fetö</t>
+          <t>Yeryüzü Kuşları</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>425</v>
+        <v>515</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786056695186</t>
+          <t>9786056695131</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Şehitoğlu Şehit</t>
+          <t>Cumhuriyetin Kamburları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>352</v>
+        <v>392</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786056695193</t>
+          <t>9786056695155</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Sol Siyaset FETÖ İlişkileri</t>
+          <t>Gizli Krallığın Sonu Fetö</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>361</v>
+        <v>425</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052173152</t>
+          <t>9786056695186</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sancak'ın Asırlık Hak Mücadelesi</t>
+          <t>Şehitoğlu Şehit</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>396</v>
+        <v>352</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052173169</t>
+          <t>9786056695193</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dijital Psikolojik Devrim</t>
+          <t>Sol Siyaset FETÖ İlişkileri</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>332</v>
+        <v>361</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052173046</t>
+          <t>9786052173152</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Proje Balarısı</t>
+          <t>Sancak'ın Asırlık Hak Mücadelesi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>425</v>
+        <v>396</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052173039</t>
+          <t>9786052173169</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Beka</t>
+          <t>Dijital Psikolojik Devrim</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786056695100</t>
+          <t>9786052173046</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Taş Mezar</t>
+          <t>Proje Balarısı</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>403</v>
+        <v>425</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052173077</t>
+          <t>9786052173039</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber’in Soy Atlası</t>
+          <t>Beka</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>396</v>
+        <v>331</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052173053</t>
+          <t>9786056695100</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Burdan Nasıl Çıkılır?</t>
+          <t>Taş Mezar</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>320</v>
+        <v>403</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052173060</t>
+          <t>9786052173077</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Kehaneti Ayasofya İstanbul’un Antik Gizemi</t>
+          <t>Hz. Peygamber’in Soy Atlası</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>336</v>
+        <v>396</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786056695179</t>
+          <t>9786052173053</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>'Öteki'nin Bilimine Giriş - İmgebilim</t>
+          <t>Burdan Nasıl Çıkılır?</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786058324114</t>
+          <t>9786052173060</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Lisan-ı Hal ile</t>
+          <t>Geçmişin Kehaneti Ayasofya İstanbul’un Antik Gizemi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>10</v>
+        <v>336</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786058324107</t>
+          <t>9786056695179</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Bir Doktorun Güncesi</t>
+          <t>'Öteki'nin Bilimine Giriş - İmgebilim</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>20.83</v>
+        <v>340</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786056780349</t>
+          <t>9786058324114</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Babil Deneyi</t>
+          <t>Lisan-ı Hal ile</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>410</v>
+        <v>10</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786056695162</t>
+          <t>9786058324107</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Mim Afet - İçimde Gizli</t>
+          <t>Bir Doktorun Güncesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>341</v>
+        <v>20.83</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786056780332</t>
+          <t>9786056780349</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Anneciğim Bana Sarılırmısın?</t>
+          <t>Babil Deneyi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>341</v>
+        <v>410</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786058257719</t>
+          <t>9786056695162</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Mc Devlet - Mc Darbeler</t>
+          <t>Mim Afet - İçimde Gizli</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>394</v>
+        <v>341</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786056780301</t>
+          <t>9786056780332</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>1176 Arslan Yatağı</t>
+          <t>Anneciğim Bana Sarılırmısın?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>352</v>
+        <v>341</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786056780325</t>
+          <t>9786058257719</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Aile İçin Pozitif Cinsellik</t>
+          <t>Mc Devlet - Mc Darbeler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>394</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786056780318</t>
+          <t>9786056780301</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Küresel Direnişçiler</t>
+          <t>1176 Arslan Yatağı</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>345</v>
+        <v>352</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786058257740</t>
+          <t>9786056780325</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Dijital Haçlı Seferleri</t>
+          <t>Mutlu Aile İçin Pozitif Cinsellik</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>358</v>
+        <v>200</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786058257733</t>
+          <t>9786056780318</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Apartmanı</t>
+          <t>Küresel Direnişçiler</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>388</v>
+        <v>345</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786058257788</t>
+          <t>9786058257740</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sürgün</t>
+          <t>Dijital Haçlı Seferleri</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>386</v>
+        <v>358</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786058257764</t>
+          <t>9786058257733</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kadın Aldatırsa</t>
+          <t>Cumhuriyet Apartmanı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>361</v>
+        <v>388</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058257702</t>
+          <t>9786058257788</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Sultan 2. Abdulhamid Han</t>
+          <t>Sürgün</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>344</v>
+        <v>386</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786058257757</t>
+          <t>9786058257764</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Doğru Tarih Kur'an</t>
+          <t>Kadın Aldatırsa</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>391</v>
+        <v>361</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257107204</t>
+          <t>9786058257702</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Petrolsüz Dünya</t>
+          <t>Sultan 2. Abdulhamid Han</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>323</v>
+        <v>344</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257107235</t>
+          <t>9786058257757</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenler için Müzakere Sanatı</t>
+          <t>Doğru Tarih Kur'an</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>308</v>
+        <v>391</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257107273</t>
+          <t>9786257107204</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Hadisin Anlaşılmasında Arka Plan Bilgisi</t>
+          <t>Petrolsüz Dünya</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>322</v>
+        <v>323</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257107341</t>
+          <t>9786257107235</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Batı'nın Batışı - Kutsal Beşgen 1</t>
+          <t>Öğretmenler için Müzakere Sanatı</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>385</v>
+        <v>308</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052173824</t>
+          <t>9786257107273</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Dijital Milli Güvenlik Politikaları</t>
+          <t>Hadisin Anlaşılmasında Arka Plan Bilgisi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>356</v>
+        <v>322</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257107259</t>
+          <t>9786257107341</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Eren İle Ceren İlk Okuma Serisi (12 Kitap Takım)</t>
+          <t>Batı'nın Batışı - Kutsal Beşgen 1</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>970</v>
+        <v>385</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052173800</t>
+          <t>9786052173824</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Karne Sevinci - Eren İle Ceren İlk Okuma Serisi 12</t>
+          <t>Dijital Milli Güvenlik Politikaları</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>413</v>
+        <v>356</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052173794</t>
+          <t>9786257107259</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Baharın Şarkısı - Eren İle Ceren İlk Okuma Serisi 11</t>
+          <t>Eren İle Ceren İlk Okuma Serisi (12 Kitap Takım)</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>413</v>
+        <v>970</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052173763</t>
+          <t>9786052173800</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Gece İle Gündüz - Eren İle Ceren İlk Okuma Serisi 10</t>
+          <t>Karne Sevinci - Eren İle Ceren İlk Okuma Serisi 12</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>413</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052173756</t>
+          <t>9786052173794</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı'nın Sevinci - Eren İle Ceren İlk Okuma Serisi 6</t>
+          <t>Baharın Şarkısı - Eren İle Ceren İlk Okuma Serisi 11</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>413</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052173732</t>
+          <t>9786052173763</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım El - Eren İle Ceren İlk Okuma Serisi 5</t>
+          <t>Gece İle Gündüz - Eren İle Ceren İlk Okuma Serisi 10</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>413</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052173749</t>
+          <t>9786052173756</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>İnci'den Sevgilerle - Eren İle Ceren İlk Okuma Serisi 4</t>
+          <t>Kırmızı'nın Sevinci - Eren İle Ceren İlk Okuma Serisi 6</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>413</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052173725</t>
+          <t>9786052173732</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Okuma Merakı - Eren İle Ceren İlk Okuma Serisi 3</t>
+          <t>Benim Adım El - Eren İle Ceren İlk Okuma Serisi 5</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>413</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052173718</t>
+          <t>9786052173749</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Dört Kardeş - Eren İle Ceren İlk Okuma Serisi 2</t>
+          <t>İnci'den Sevgilerle - Eren İle Ceren İlk Okuma Serisi 4</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>413</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052173701</t>
+          <t>9786052173725</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Gün - Eren İle Ceren İlk Okuma Serisi 1</t>
+          <t>Okuma Merakı - Eren İle Ceren İlk Okuma Serisi 3</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>413</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052173787</t>
+          <t>9786052173718</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Bayramı - Eren İle Ceren İlk Okuma Serisi 9</t>
+          <t>Dört Kardeş - Eren İle Ceren İlk Okuma Serisi 2</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>413</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052173817</t>
+          <t>9786052173701</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Şekillerin Oyunu - Eren İle Ceren İlk Okuma Serisi 8</t>
+          <t>En Güzel Gün - Eren İle Ceren İlk Okuma Serisi 1</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>413</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052173770</t>
+          <t>9786052173787</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Meyvelerin Oyunu - Eren İle Ceren İlk Okuma Serisi 7</t>
+          <t>Renklerin Bayramı - Eren İle Ceren İlk Okuma Serisi 9</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>413</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257107372</t>
+          <t>9786052173817</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Annem Şimdi Bana Kızacak</t>
+          <t>Şekillerin Oyunu - Eren İle Ceren İlk Okuma Serisi 8</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>340</v>
+        <v>413</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257107228</t>
+          <t>9786052173770</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Katil Şampiyonlar</t>
+          <t>Meyvelerin Oyunu - Eren İle Ceren İlk Okuma Serisi 7</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>375</v>
+        <v>413</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257107396</t>
+          <t>9786257107372</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Cinsellik Öğütleri</t>
+          <t>Annem Şimdi Bana Kızacak</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>385</v>
+        <v>340</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257107334</t>
+          <t>9786257107228</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Youtuber Buğra ile Fenomen Ela'nın Maceraları</t>
+          <t>Katil Şampiyonlar</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>399</v>
+        <v>375</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257107266</t>
+          <t>9786257107396</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Haarp'ın Hedefi Türkiye</t>
+          <t>Osmanlı'da Cinsellik Öğütleri</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>324</v>
+        <v>385</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052173626</t>
+          <t>9786257107334</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Maden Savaşları</t>
+          <t>Youtuber Buğra ile Fenomen Ela'nın Maceraları</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>319</v>
+        <v>399</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257107211</t>
+          <t>9786257107266</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>251 - İntikam</t>
+          <t>Haarp'ın Hedefi Türkiye</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>327</v>
+        <v>324</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257107327</t>
+          <t>9786052173626</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Not Defteri 3 (Üç)</t>
+          <t>Maden Savaşları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>334</v>
+        <v>319</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257107310</t>
+          <t>9786257107211</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Not Defteri 2 (İki)</t>
+          <t>251 - İntikam</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>320</v>
+        <v>327</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257107075</t>
+          <t>9786257107327</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Oğulların Babaları Ölmeli</t>
+          <t>Öğretmenin Not Defteri 3 (Üç)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>352</v>
+        <v>334</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257107198</t>
+          <t>9786257107310</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bölgesel Ve Küresel Sorunlar Üzerine Bir     Derkenar</t>
+          <t>Öğretmenin Not Defteri 2 (İki)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>385</v>
+        <v>320</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257107303</t>
+          <t>9786257107075</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Not Defteri - 1 (Bir)</t>
+          <t>Oğulların Babaları Ölmeli</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>331</v>
+        <v>352</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052173664</t>
+          <t>9786257107198</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Aniden</t>
+          <t>Bölgesel Ve Küresel Sorunlar Üzerine Bir     Derkenar</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>283</v>
+        <v>385</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257107297</t>
+          <t>9786257107303</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Camdan Hayatlar</t>
+          <t>Öğretmenin Not Defteri - 1 (Bir)</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>310</v>
+        <v>331</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257107068</t>
+          <t>9786052173664</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hacker</t>
+          <t>Aniden</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>311</v>
+        <v>283</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052173589</t>
+          <t>9786257107297</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>İnterseks - Hermafrodit ve Eşcinsel</t>
+          <t>Camdan Hayatlar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>464</v>
+        <v>310</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052173190</t>
+          <t>9786257107068</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal İletişim Dili Olarak Kimlikler</t>
+          <t>Hacker</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>351</v>
+        <v>311</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052173183</t>
+          <t>9786052173589</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çalışmaları</t>
+          <t>İnterseks - Hermafrodit ve Eşcinsel</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>349</v>
+        <v>464</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052173381</t>
+          <t>9786052173190</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İnti - Aşk</t>
+          <t>Toplumsal İletişim Dili Olarak Kimlikler</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>421</v>
+        <v>351</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052173473</t>
+          <t>9786052173183</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kafamdaki Ruh</t>
+          <t>İletişim Çalışmaları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>304</v>
+        <v>349</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052173404</t>
+          <t>9786052173381</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Felsefeden Uygulamaya Eğitim Hayat Denge Modeli</t>
+          <t>İnti - Aşk</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>298</v>
+        <v>421</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052173480</t>
+          <t>9786052173473</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Dipsiz Kuyu</t>
+          <t>Kafamdaki Ruh</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>294</v>
+        <v>304</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052173510</t>
+          <t>9786052173404</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Sultanı</t>
+          <t>Felsefeden Uygulamaya Eğitim Hayat Denge Modeli</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>493</v>
+        <v>298</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052173282</t>
+          <t>9786052173480</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Sus</t>
+          <t>Dipsiz Kuyu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>334</v>
+        <v>294</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052173275</t>
+          <t>9786052173510</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Savaş Tuzakları</t>
+          <t>Aşkın Sultanı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>306</v>
+        <v>493</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052173251</t>
+          <t>9786052173282</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Bugüne Neyi Kaybettik?</t>
+          <t>Sus</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>325</v>
+        <v>334</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052173268</t>
+          <t>9786052173275</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche'nin Nihilizmi</t>
+          <t>Savaş Tuzakları</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>320</v>
+        <v>306</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052173138</t>
+          <t>9786052173251</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Emanet</t>
+          <t>Osmanlı'dan Bugüne Neyi Kaybettik?</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257107242</t>
+          <t>9786052173268</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Kafası Karışanlar İçin Ermeni Meselesi</t>
+          <t>Nietzsche'nin Nihilizmi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>374</v>
+        <v>320</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257107280</t>
+          <t>9786052173138</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Doğru Yol Ekspresi</t>
+          <t>Emanet</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>283</v>
+        <v>350</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257107150</t>
+          <t>9786257107242</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Z'nin Siyaseti</t>
+          <t>Kafası Karışanlar İçin Ermeni Meselesi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>341</v>
+        <v>374</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052173862</t>
+          <t>9786257107280</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Enerji Kan Kokuyor</t>
+          <t>Doğru Yol Ekspresi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>330</v>
+        <v>283</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052173671</t>
+          <t>9786257107150</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sohren</t>
+          <t>Z'nin Siyaseti</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>407</v>
+        <v>341</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052173695</t>
+          <t>9786052173862</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tarih Öğretiminde Yaratıcı Tarihsel Düşünme Becerisi</t>
+          <t>Enerji Kan Kokuyor</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052173497</t>
+          <t>9786052173671</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Türk Çağlayanları - Cihan Şairlerine Nazire</t>
+          <t>Sohren</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>305</v>
+        <v>407</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052173398</t>
+          <t>9786052173695</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sevdam Sana Emanet</t>
+          <t>Tarih Öğretiminde Yaratıcı Tarihsel Düşünme Becerisi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>362</v>
+        <v>360</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257107037</t>
+          <t>9786052173497</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Limitsiz</t>
+          <t>Şiirin Türk Çağlayanları - Cihan Şairlerine Nazire</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>309</v>
+        <v>305</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257107082</t>
+          <t>9786052173398</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Güvenlik Politika Sisteminde Kültür Anlayışı ve Yönetim Yaklaşımı</t>
+          <t>Sevdam Sana Emanet</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>367</v>
+        <v>362</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257107143</t>
+          <t>9786257107037</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Yedi Kapısı</t>
+          <t>Limitsiz</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>391</v>
+        <v>309</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257107099</t>
+          <t>9786257107082</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Popstar Vaizler</t>
+          <t>Ulusal Güvenlik Politika Sisteminde Kültür Anlayışı ve Yönetim Yaklaşımı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>352</v>
+        <v>367</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257107129</t>
+          <t>9786257107143</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Can'dan Mücadelem</t>
+          <t>Ruhun Yedi Kapısı</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>345</v>
+        <v>391</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257107136</t>
+          <t>9786257107099</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Layemut</t>
+          <t>Popstar Vaizler</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>349</v>
+        <v>352</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052173855</t>
+          <t>9786257107129</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Masumların Katli</t>
+          <t>Can'dan Mücadelem</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>467</v>
+        <v>345</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052173299</t>
+          <t>9786257107136</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Suçumuz Neydi?</t>
+          <t>Layemut</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>305</v>
+        <v>349</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052173329</t>
+          <t>9786052173855</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Üç Saniye</t>
+          <t>Masumların Katli</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>360</v>
+        <v>467</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052173688</t>
+          <t>9786052173299</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İmamlık İrşad ve Cemaatle İletişim</t>
+          <t>Suçumuz Neydi?</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>341</v>
+        <v>305</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052173657</t>
+          <t>9786052173329</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Koku İlmi</t>
+          <t>Üç Saniye</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>343</v>
+        <v>360</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052173503</t>
+          <t>9786052173688</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Yönleriyle Türk Filozofu Nurettin Topçu</t>
+          <t>İmamlık İrşad ve Cemaatle İletişim</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>298</v>
+        <v>341</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052173633</t>
+          <t>9786052173657</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Ömür Boyu Aşk</t>
+          <t>Koku İlmi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>420</v>
+        <v>343</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052173602</t>
+          <t>9786052173503</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sen Gerçek Sen Misin?</t>
+          <t>Bilinmeyen Yönleriyle Türk Filozofu Nurettin Topçu</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>327</v>
+        <v>298</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052173466</t>
+          <t>9786052173633</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Larus</t>
+          <t>Ömür Boyu Aşk</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>296</v>
+        <v>420</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052173596</t>
+          <t>9786052173602</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kudüs - İnsanlığın İmtihan Kapısı</t>
+          <t>Sen Gerçek Sen Misin?</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>336</v>
+        <v>327</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052173619</t>
+          <t>9786052173466</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Karıncaların Gözyaşı</t>
+          <t>Larus</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>311</v>
+        <v>296</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052173435</t>
+          <t>9786052173596</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Zambak Operasyonu</t>
+          <t>Kudüs - İnsanlığın İmtihan Kapısı</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>333</v>
+        <v>336</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052173565</t>
+          <t>9786052173619</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Işığında Mutluluk Yolları</t>
+          <t>Karıncaların Gözyaşı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>412</v>
+        <v>311</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052173527</t>
+          <t>9786052173435</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Fatih'in Emanetçileri</t>
+          <t>Zambak Operasyonu</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>376</v>
+        <v>333</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052173442</t>
+          <t>9786052173565</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Zipi ve Balıkistan</t>
+          <t>Kur'an'ın Işığında Mutluluk Yolları</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>474</v>
+        <v>412</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052173220</t>
+          <t>9786052173527</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Özür Dilerim Yalnızlıkla Yaptım</t>
+          <t>Fatih'in Emanetçileri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>305</v>
+        <v>376</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052173237</t>
+          <t>9786052173442</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Dijitalizm</t>
+          <t>Zipi ve Balıkistan</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>346</v>
+        <v>474</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052173244</t>
+          <t>9786052173220</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Boşanma!</t>
+          <t>Özür Dilerim Yalnızlıkla Yaptım</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>298</v>
+        <v>305</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786257107174</t>
+          <t>9786052173237</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Verda</t>
+          <t>Dijitalizm</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>330</v>
+        <v>346</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786257107044</t>
+          <t>9786052173244</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Terör ve Derin Siyaset</t>
+          <t>Boşanma!</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>562</v>
+        <v>298</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786257107112</t>
+          <t>9786257107174</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Dijital Yeni Dünya</t>
+          <t>Verda</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>315</v>
+        <v>330</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257107105</t>
+          <t>9786257107044</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Sular Kızıl Akacak</t>
+          <t>Terör ve Derin Siyaset</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>341</v>
+        <v>562</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052173459</t>
+          <t>9786257107112</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ebru'dan İnsana</t>
+          <t>Dijital Yeni Dünya</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>291</v>
+        <v>315</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052173107</t>
+          <t>9786257107105</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Silikon Vadisi Kafasıyla 90 Yıllık Meseleler</t>
+          <t>Sular Kızıl Akacak</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>327</v>
+        <v>341</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052173114</t>
+          <t>9786052173459</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Tave</t>
+          <t>Ebru'dan İnsana</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>293</v>
+        <v>291</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052173091</t>
+          <t>9786052173107</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Lady Frances Carfax'ın Kayboluşu ve Wisteria Lodge Macerası - Sherlock holmes ve Dr. Watson</t>
+          <t>Silikon Vadisi Kafasıyla 90 Yıllık Meseleler</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>280</v>
+        <v>327</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052173367</t>
+          <t>9786052173114</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Siyasi ve Sosyo-Kültürel Yönleriyle Vikingler</t>
+          <t>Tave</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>493</v>
+        <v>293</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052173428</t>
+          <t>9786052173091</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-ABD İlişkilerinde Özal'lı Yıllar</t>
+          <t>Lady Frances Carfax'ın Kayboluşu ve Wisteria Lodge Macerası - Sherlock holmes ve Dr. Watson</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052173374</t>
+          <t>9786052173367</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mukatele</t>
+          <t>Siyasi ve Sosyo-Kültürel Yönleriyle Vikingler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>362</v>
+        <v>493</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052173411</t>
+          <t>9786052173428</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Feminist Dünyada Erkek Olmak</t>
+          <t>Türkiye-ABD İlişkilerinde Özal'lı Yıllar</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>331</v>
+        <v>450</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786056780394</t>
+          <t>9786052173374</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>19 Mayıs - Cezaevinde Bir Gazeteci</t>
+          <t>Mukatele</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>385</v>
+        <v>362</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
+          <t>9786052173411</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Feminist Dünyada Erkek Olmak</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786056780394</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>19 Mayıs - Cezaevinde Bir Gazeteci</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
           <t>9786052173572</t>
         </is>
       </c>
-      <c r="B195" s="1" t="inlineStr">
+      <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Motivasyon</t>
         </is>
       </c>
-      <c r="C195" s="1">
+      <c r="C197" s="1">
         <v>325</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>