--- v0 (2025-10-24)
+++ v1 (2026-02-14)
@@ -85,1240 +85,1345 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259986722</t>
+          <t>9780618199846</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Cem’u’l Cevami</t>
+          <t>Peygamber Efendimizin Örnek Ahlakı Duaları ve Zikirleri (2 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>500</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786054709816</t>
+          <t>9780618244898</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Miracım Namaz ve İbretli Kıssalar</t>
+          <t>İmam Şarani Tasavvuf Seti Kudsi Nurlar ve Sufilere Armağan Ciltli (2 Kitap)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>35</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786056282027</t>
+          <t>9780618264476</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Mızraklı İhmihal: Risaleler ve Tercümeleri</t>
+          <t>İmam Gazali Kimya-i Saadet ve Kalplerin Keşfi Ciltli (2 Kitap)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>500</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786054709151</t>
+          <t>9780618202362</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İhlas, Riya ve Günlük Dualar</t>
+          <t>Her Anneye Lazım - Sohbet Tadında Kadın İlmihali Ciltli (2 Kitap)</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>35</v>
+        <v>800</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786054709687</t>
+          <t>9780618199730</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Envarü'l Aşıkin - Aşıkların Nurları (Ciltli)</t>
+          <t>Ahmet Cemil Akıncı Tarihi Roman Seti (4 Kitap)</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>500</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786054709694</t>
+          <t>9780618875061</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kelime Manalı, İzahlı Şerh'ül-Akaid Tercümesi (Ciltli)</t>
+          <t>Kelime Manalı İzahlı ve Şemalı Emsile Bina Maksud Tercümesi (3 Cilt Takım)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>550</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786054709663</t>
+          <t>9780618928231</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Halidiyye Tercümesi (Ciltli)</t>
+          <t>Muvazzah İlmi Kelam Dersleri - Mülahhas İlmi Tevhid (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786054709045</t>
+          <t>9786259986722</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Menkıbelerle 40 Hadis / Usfuri</t>
+          <t>Cem’u’l Cevami</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786054709038</t>
+          <t>9786054709816</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali</t>
+          <t>Miracım Namaz ve İbretli Kıssalar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>500</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786054709205</t>
+          <t>9786056282027</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Reşahat : Hayat Pınarından Damlalar</t>
+          <t>Mızraklı İhmihal: Risaleler ve Tercümeleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056282010</t>
+          <t>9786054709151</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kalp Aleminden Sohbetler</t>
+          <t>İhlas, Riya ve Günlük Dualar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786054709182</t>
+          <t>9786054709687</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ruhu'l-Beyan'dan Kıssalar ve Hisseler</t>
+          <t>Envarü'l Aşıkin - Aşıkların Nurları (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054709168</t>
+          <t>9786054709694</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>62 Sohbet</t>
+          <t>Kelime Manalı, İzahlı Şerh'ül-Akaid Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054709175</t>
+          <t>9786054709663</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>el-Gunye</t>
+          <t>Risale-i Halidiyye Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056282096</t>
+          <t>9786054709045</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kur'anı Kerim Elifbası</t>
+          <t>Menkıbelerle 40 Hadis / Usfuri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>75</v>
+        <v>400</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054709755</t>
+          <t>9786054709038</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ümmet-i Muhammed ve Güzel Ahlak ve İbretlik Kıssalar</t>
+          <t>Büyük İslam İlmihali</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>35</v>
+        <v>600</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054709137</t>
+          <t>9786054709205</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Üstümde Hakları Var</t>
+          <t>Reşahat : Hayat Pınarından Damlalar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>35</v>
+        <v>600</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054709106</t>
+          <t>9786056282010</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sabır ve İlim ve İbretli Kıssalar</t>
+          <t>Kalp Aleminden Sohbetler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>35</v>
+        <v>600</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054709069</t>
+          <t>9786054709182</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>3 Ziynet ve İbretli Kıssalar: Tevbe Zikir Dua</t>
+          <t>Ruhu'l-Beyan'dan Kıssalar ve Hisseler</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>35</v>
+        <v>700</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054709830</t>
+          <t>9786054709168</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>3 Gerçek ve İbretli Kıssalar: Ölüm Kabir Kıyamet</t>
+          <t>62 Sohbet</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>35</v>
+        <v>600</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054709076</t>
+          <t>9786054709175</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>4 Kötü Haslet ve İbretli Kıssalar: Gıybet Söz Taşıma Haset Kibir</t>
+          <t>el-Gunye</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>35</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054709113</t>
+          <t>9786056282096</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yolcunun 5 Azığı ve İbretli Kıssalar</t>
+          <t>Kur'anı Kerim Elifbası</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054709090</t>
+          <t>9786054709755</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Niyet - Cennet ve İbretli Kıssalar</t>
+          <t>Ümmet-i Muhammed ve Güzel Ahlak ve İbretlik Kıssalar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054709014</t>
+          <t>9786054709137</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ali Haydar Tertibatında Kur'an-ı Kerim Elifbası</t>
+          <t>Üstümde Hakları Var</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786056282041</t>
+          <t>9786054709106</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı Elifba Görsel Hafıza Teknikleriyle Kur'an Eğitimi</t>
+          <t>Sabır ve İlim ve İbretli Kıssalar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>125</v>
+        <v>40</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786056282034</t>
+          <t>9786054709069</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Boyamalı Elifba</t>
+          <t>3 Ziynet ve İbretli Kıssalar: Tevbe Zikir Dua</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>125</v>
+        <v>40</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786056282072</t>
+          <t>9786054709830</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Elifba Beni Boya!</t>
+          <t>3 Gerçek ve İbretli Kıssalar: Ölüm Kabir Kıyamet</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786056282089</t>
+          <t>9786054709076</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Türkçe-Arapça Sayılar Beni Boya!</t>
+          <t>4 Kötü Haslet ve İbretli Kıssalar: Gıybet Söz Taşıma Haset Kibir</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054709007</t>
+          <t>9786054709113</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Benim Alfabem</t>
+          <t>Yolcunun 5 Azığı ve İbretli Kıssalar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>75</v>
+        <v>40</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786056282065</t>
+          <t>9786054709090</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>İlk Çizim Defterim</t>
+          <t>Niyet - Cennet ve İbretli Kıssalar</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786056282058</t>
+          <t>9786054709014</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Resimli Elifba Kartları</t>
+          <t>Ali Haydar Tertibatında Kur'an-ı Kerim Elifbası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054709519</t>
+          <t>9786056282041</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Esmaü'l Hüsna Boyama - Beni Boya!</t>
+          <t>Boyamalı Elifba Görsel Hafıza Teknikleriyle Kur'an Eğitimi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054709281</t>
+          <t>9786056282034</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bid'at ve Hurafeler</t>
+          <t>Boyamalı Elifba</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054709243</t>
+          <t>9786056282072</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Evlilik Ehliyeti (Ciltli)</t>
+          <t>Elifba Beni Boya!</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054709212</t>
+          <t>9786056282089</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>O’nun Ahlakı (Ciltli)</t>
+          <t>Türkçe-Arapça Sayılar Beni Boya!</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054709557</t>
+          <t>9786054709007</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Aile ve Eğitim Psikolojisi</t>
+          <t>Benim Alfabem</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054709601</t>
+          <t>9786056282065</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Salihlerin Son Anıları</t>
+          <t>İlk Çizim Defterim</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054709441</t>
+          <t>9786056282058</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Kafiye Tercümesi</t>
+          <t>Resimli Elifba Kartları</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054709564</t>
+          <t>9786054709519</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Muhtasar Kuduri Şerhi Lübab Tercümesi - 2 Cilt Takım (Ciltli)</t>
+          <t>Esmaü'l Hüsna Boyama - Beni Boya!</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>1000</v>
+        <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054709540</t>
+          <t>9786054709281</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Büyük İslam İlmihali (Osmanlıca)</t>
+          <t>Bid'at ve Hurafeler</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786054709496</t>
+          <t>9786054709243</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim'de Geçen Peygamber Kıssaları Hikayeleri Duaları</t>
+          <t>Evlilik Ehliyeti (Ciltli)</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054709489</t>
+          <t>9786054709212</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Rüyamda Rasulullah'ı Gördüm</t>
+          <t>O’nun Ahlakı (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786054709502</t>
+          <t>9786054709557</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Hanefiler İçin İlmihal (Ciltli)</t>
+          <t>İslam'da Aile ve Eğitim Psikolojisi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786054709625</t>
+          <t>9786054709601</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Hadis Usulü</t>
+          <t>Salihlerin Son Anıları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054709595</t>
+          <t>9786054709441</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hikmetler ve Aşıklar Bahçesi (Ciltli)</t>
+          <t>Kafiye Tercümesi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054709649</t>
+          <t>9786054709564</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kimya-i Saadet - Mutluluğun Sırrı (Ciltli)</t>
+          <t>Muhtasar Kuduri Şerhi Lübab Tercümesi - 2 Cilt Takım (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>600</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786054709533</t>
+          <t>9786054709540</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İzahlı Nuru'l İzah Tercümesi (Ciltli)</t>
+          <t>Büyük İslam İlmihali (Osmanlıca)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>550</v>
+        <v>650</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054709366</t>
+          <t>9786054709496</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>Kur'an-ı Kerim'de Geçen Peygamber Kıssaları Hikayeleri Duaları</t>
         </is>
       </c>
       <c r="C49" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054709250</t>
+          <t>9786054709489</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Sufilere Armağan (Ciltli)</t>
+          <t>Rüyamda Rasulullah'ı Gördüm</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054709229</t>
+          <t>9786054709502</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>500 Soruda Nahiv</t>
+          <t>Hanefiler İçin İlmihal (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>250</v>
+        <v>600</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054709618</t>
+          <t>9786054709625</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Akaid Risaleleri (Ciltli)</t>
+          <t>Ana Hatlarıyla Hadis Usulü</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054709373</t>
+          <t>9786054709595</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir</t>
+          <t>Hikmetler ve Aşıklar Bahçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054709410</t>
+          <t>9786054709649</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki Anahtar</t>
+          <t>Kimya-i Saadet - Mutluluğun Sırrı (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054709458</t>
+          <t>9786054709533</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>O'nu Bilmek</t>
+          <t>İzahlı Nuru'l İzah Tercümesi (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>75</v>
+        <v>650</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054709472</t>
+          <t>9786054709366</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Ümmetin Can Damarı Sünnet</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054709656</t>
+          <t>9786054709250</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Keşfi (Ciltli)</t>
+          <t>Sufilere Armağan (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>550</v>
+        <v>450</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054709397</t>
+          <t>9786054709229</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>500 Soruda Nahiv</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054709304</t>
+          <t>9786054709618</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>El-İhtiyar Tercümesi (4 Cilt Takım) (Ciltli)</t>
+          <t>Akaid Risaleleri (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>2000</v>
+        <v>650</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054709236</t>
+          <t>9786054709373</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İstanbul ve Anadolu Evliyaları (Ciltli)</t>
+          <t>Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054709434</t>
+          <t>9786054709410</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hz. Amine</t>
+          <t>Yoldaki Anahtar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054709465</t>
+          <t>9786054709458</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Küçük Emsile</t>
+          <t>O'nu Bilmek</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054709267</t>
+          <t>9786054709472</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi Bahçesinden İnci Sandığı</t>
+          <t>Ümmetin Can Damarı Sünnet</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786054709298</t>
+          <t>9786054709656</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Temel Dini Bilgiler ve Büyük Namaz Hocası</t>
+          <t>Kalplerin Keşfi (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>85</v>
+        <v>600</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786054709199</t>
+          <t>9786054709397</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sakal-ı Şerif Risalesi</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786054709731</t>
+          <t>9786054709304</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kelime Manalı, İzahlı ve Şemalı Bina Tercümesi</t>
+          <t>El-İhtiyar Tercümesi (4 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>300</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054709724</t>
+          <t>9786054709236</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kelime Manalı, İzahlı ve Şemalı Emsile Tercümesi</t>
+          <t>İstanbul ve Anadolu Evliyaları (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786054709854</t>
+          <t>9786054709434</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İslam Aile ve Miras Hukuku</t>
+          <t>Hz. Amine</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054709861</t>
+          <t>9786054709465</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Fıkıh Usulü</t>
+          <t>Küçük Emsile</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786054709717</t>
+          <t>9786054709267</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı Dini Bilgiler</t>
+          <t>Mesnevi Bahçesinden İnci Sandığı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054709700</t>
+          <t>9786054709298</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Şafiiler İçin Dini Bilgiler</t>
+          <t>Temel Dini Bilgiler ve Büyük Namaz Hocası</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>85</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786054709144</t>
+          <t>9786054709199</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Tarikat-ı Muhammediyye (Ciltli)</t>
+          <t>Sakal-ı Şerif Risalesi</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>8694444464799</t>
+          <t>9786054709731</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Gönül Kitapları (10 Kitap Kutulu Set)</t>
+          <t>Kelime Manalı, İzahlı ve Şemalı Bina Tercümesi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786054709748</t>
+          <t>9786054709724</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Mirkatü'l-Vusül Tercümesi - Fıkıh Usulü İzahlı (Ciltli)</t>
+          <t>Kelime Manalı, İzahlı ve Şemalı Emsile Tercümesi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786054709632</t>
+          <t>9786054709854</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Kelime Manalı Sevadü'l A'zam Tercümesi (Ciltli)</t>
+          <t>İslam Aile ve Miras Hukuku</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786054709526</t>
+          <t>9786054709861</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kelime Manalı, İzahlı Nuru'l İzah Tercümesi (Ciltli)</t>
+          <t>Fıkıh Usulü</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>600</v>
+        <v>300</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786054709892</t>
+          <t>9786054709717</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Mülahhas İlm-i Tevhid (Ciltli)</t>
+          <t>Sorulu Cevaplı Dini Bilgiler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786054709908</t>
+          <t>9786054709700</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Muvazzah İlm-i Kelam Dersleri (Ciltli)</t>
+          <t>Şafiiler İçin Dini Bilgiler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>8693333648470</t>
+          <t>9786054709144</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Elifbası ve Harekeleri (Elifba Poster)</t>
+          <t>Tarikat-ı Muhammediyye (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>125</v>
+        <v>600</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786054709885</t>
+          <t>8694444464799</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sahabenin Faziletleri</t>
+          <t>Gönül Kitapları (10 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
+          <t>9786054709748</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Mirkatü'l-Vusül Tercümesi - Fıkıh Usulü İzahlı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786054709632</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Kelime Manalı Sevadü'l A'zam Tercümesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786054709526</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Kelime Manalı, İzahlı Nuru'l İzah Tercümesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786054709892</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Mülahhas İlm-i Tevhid (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786054709908</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Muvazzah İlm-i Kelam Dersleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>8693333648470</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Elifbası ve Harekeleri (Elifba Poster)</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786054709885</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Sahabenin Faziletleri</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
           <t>9786054709878</t>
         </is>
       </c>
-      <c r="B81" s="1" t="inlineStr">
+      <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Maksud Tercümesi</t>
         </is>
       </c>
-      <c r="C81" s="1">
-        <v>275</v>
+      <c r="C88" s="1">
+        <v>350</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>