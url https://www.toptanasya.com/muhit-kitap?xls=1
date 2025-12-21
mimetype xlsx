--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,2695 +85,2740 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259255323</t>
+          <t>9786259255330</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Karşı Dağın Yamacı</t>
+          <t>Mevzumuz Edebiyat</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259795393</t>
+          <t>9786257674713</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Güngörmüşler Çıkmazı</t>
+          <t>Yaşayınca Geçmeyen</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259255316</t>
+          <t>9786259574493</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Üsküp Defteri</t>
+          <t>Hatırlama Bahçeleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257674935</t>
+          <t>9786259255323</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İradeyi Eğitmek</t>
+          <t>Karşı Dağın Yamacı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786257674874</t>
+          <t>9786259795393</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Ruh Sağlığımızı Korumak</t>
+          <t>Güngörmüşler Çıkmazı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259574479</t>
+          <t>9786259255316</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Halden Anlamak</t>
+          <t>Üsküp Defteri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259574424</t>
+          <t>9786257674935</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Sohbetleri</t>
+          <t>İradeyi Eğitmek</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259574462</t>
+          <t>9786257674874</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Züleyha</t>
+          <t>Ruh Sağlığımızı Korumak</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259574431</t>
+          <t>9786259574479</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Mavi Çiçeği</t>
+          <t>Halden Anlamak</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259574455</t>
+          <t>9786259574424</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İpek ve Pusula</t>
+          <t>Medeniyet Sohbetleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259574448</t>
+          <t>9786259574462</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kudüs</t>
+          <t>Züleyha</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259795317</t>
+          <t>9786259574431</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Eşiği</t>
+          <t>Sonsuzluğun Mavi Çiçeği</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259795379</t>
+          <t>9786259574455</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yankısı İçinde</t>
+          <t>İpek ve Pusula</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259795300</t>
+          <t>9786259574448</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bıraktığım Dünya</t>
+          <t>Kudüs</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259574417</t>
+          <t>9786259795317</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Dil Kanatlı Kuş</t>
+          <t>Yeryüzü Eşiği</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259574400</t>
+          <t>9786259795379</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın İlk Uykusu</t>
+          <t>Yankısı İçinde</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>4444444443141</t>
+          <t>9786259795300</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 58 - Ekim 2024</t>
+          <t>Bıraktığım Dünya</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>4444444443032</t>
+          <t>9786259574417</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergisi Sayı: 57 Eylül 2024</t>
+          <t>Dil Kanatlı Kuş</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>45</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>4444444442871</t>
+          <t>9786259574400</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergisi Sayı: 56 Ağustos 2024</t>
+          <t>Dünyanın İlk Uykusu</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>4444444442749</t>
+          <t>4444444443141</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergisi Sayı: 55 Temmuz 2024</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 58 - Ekim 2024</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257674973</t>
+          <t>4444444443032</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bağımıza Gazel Düştü</t>
+          <t>Muhit Dergisi Sayı: 57 Eylül 2024</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>45</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>4444444442644</t>
+          <t>4444444442871</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergisi Sayı: 54 Haziran 2024</t>
+          <t>Muhit Dergisi Sayı: 56 Ağustos 2024</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>4444444442538</t>
+          <t>4444444442749</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergisi Sayı: 53 Mayıs 2024</t>
+          <t>Muhit Dergisi Sayı: 55 Temmuz 2024</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>4440000004464</t>
+          <t>9786257674973</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergisi Sayı: 51 Mart 2024</t>
+          <t>Bağımıza Gazel Düştü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>33</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257674867</t>
+          <t>4444444442644</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Dayanıklılık</t>
+          <t>Muhit Dergisi Sayı: 54 Haziran 2024</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>170</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>4440000004163</t>
+          <t>4444444442538</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 49 Ocak 2024</t>
+          <t>Muhit Dergisi Sayı: 53 Mayıs 2024</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>33</v>
+        <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>4440000004053</t>
+          <t>4440000004464</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 48 - Aralık 2023</t>
+          <t>Muhit Dergisi Sayı: 51 Mart 2024</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>33</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>4440000003853</t>
+          <t>9786257674867</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergisi Sayı: 46 Ekim 2023</t>
+          <t>Psikolojik Dayanıklılık</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>33</v>
+        <v>220</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>4440000003718</t>
+          <t>4440000004163</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 45 - Eylül 2023</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 49 Ocak 2024</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>4440000003445</t>
+          <t>4440000004053</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergisi Sayı: 43 - 2023</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 48 - Aralık 2023</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>4440000003321</t>
+          <t>4440000003853</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 42 Haziran 2023</t>
+          <t>Muhit Dergisi Sayı: 46 Ekim 2023</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>4440000003199</t>
+          <t>4440000003718</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 41 Mayıs 2023</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 45 - Eylül 2023</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>4440000003102</t>
+          <t>4440000003445</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergi Sayı: 40 Nisan 2023</t>
+          <t>Muhit Dergisi Sayı: 43 - 2023</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>4440000002708</t>
+          <t>4440000003321</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 37 Ocak 2023</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 42 Haziran 2023</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>23</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>4440000001890</t>
+          <t>4440000003199</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 32 - Ağustos 2022</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 41 Mayıs 2023</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>4440000001731</t>
+          <t>4440000003102</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 31 - Temmuz 2022</t>
+          <t>Muhit Dergi Sayı: 40 Nisan 2023</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257674553</t>
+          <t>4440000002708</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç’ta Varlığa Bakış</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 37 Ocak 2023</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>105</v>
+        <v>23</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257674034</t>
+          <t>4440000001890</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Psikoloji ve Psikoterapi</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 32 - Ağustos 2022</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>18</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257674898</t>
+          <t>4440000001731</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sıkıntılarla Mücadele Rehberi</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 31 - Temmuz 2022</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>260</v>
+        <v>18</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057005489</t>
+          <t>9786257674553</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Uslanmış Gönlün</t>
+          <t>Sezai Karakoç’ta Varlığa Bakış</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057010421</t>
+          <t>9786257674034</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Afganistan Mektupları Evlat Babanın Sırrıdır</t>
+          <t>İslam Düşüncesinde Psikoloji ve Psikoterapi</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786254438196</t>
+          <t>9786257674898</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Yol Yapan Çocuk</t>
+          <t>Sıkıntılarla Mücadele Rehberi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257674294</t>
+          <t>9786057005489</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Seyir Defteri</t>
+          <t>Uslanmış Gönlün</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257674157</t>
+          <t>9786057010421</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı Tarihçesi Anlamı ve Yorumu</t>
+          <t>Afganistan Mektupları Evlat Babanın Sırrıdır</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257674966</t>
+          <t>9786254438196</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Savaş Bitmeden Ölmeliyim</t>
+          <t>Güneşe Yol Yapan Çocuk</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257674065</t>
+          <t>9786257674294</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapi ve Ötesi</t>
+          <t>Kelimelerin Seyir Defteri</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786259795362</t>
+          <t>9786257674157</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kırıklıkları Atlası</t>
+          <t>İstiklal Marşı Tarihçesi Anlamı ve Yorumu</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>185</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259795386</t>
+          <t>9786257674966</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlak</t>
+          <t>Savaş Bitmeden Ölmeliyim</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786259795355</t>
+          <t>9786257674065</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Filistin Mektupları</t>
+          <t>Psikoterapi ve Ötesi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259795348</t>
+          <t>9786259795362</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Dağı</t>
+          <t>Hayal Kırıklıkları Atlası</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259795331</t>
+          <t>9786259795386</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Düşüş</t>
+          <t>Güzel Ahlak</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257674584</t>
+          <t>9786259795355</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yaşamak</t>
+          <t>Filistin Mektupları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259795324</t>
+          <t>9786259795348</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İçine Açan İnsan</t>
+          <t>Hikmet Dağı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257674997</t>
+          <t>9786259795331</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sesin Üzgün Geliyor</t>
+          <t>Kusursuz Düşüş</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257674980</t>
+          <t>9786257674584</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Tahta Bavul Şiirleri</t>
+          <t>Güzel Yaşamak</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257674959</t>
+          <t>9786259795324</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Açık Unutulmuş Mikrofon</t>
+          <t>İçine Açan İnsan</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257674942</t>
+          <t>9786257674997</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Sufi</t>
+          <t>Sesin Üzgün Geliyor</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257674928</t>
+          <t>9786257674980</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Sonra</t>
+          <t>Tahta Bavul Şiirleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257674850</t>
+          <t>9786257674959</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ağaçların Diyalektiği</t>
+          <t>Açık Unutulmuş Mikrofon</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257674911</t>
+          <t>9786257674942</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Filistin Defteri</t>
+          <t>Böyle Buyurdu Sufi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257674904</t>
+          <t>9786257674928</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Herkes Gittikten Sonra</t>
+          <t>Yağmurdan Sonra</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257674775</t>
+          <t>9786257674850</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Oksijen ve Rüyalar</t>
+          <t>Ağaçların Diyalektiği</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257674799</t>
+          <t>9786257674911</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Bir Zamandır</t>
+          <t>Filistin Defteri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257674881</t>
+          <t>9786257674904</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dermanı Derdinde Bulan Niyazi-i Mısri</t>
+          <t>Herkes Gittikten Sonra</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257674843</t>
+          <t>9786257674775</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Yara</t>
+          <t>Oksijen ve Rüyalar</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257674829</t>
+          <t>9786257674799</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Toplumsal Kaygı</t>
+          <t>Sonsuzluk Bir Zamandır</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>500</v>
+        <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257674782</t>
+          <t>9786257674881</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Eleştirinin Eleştirisi</t>
+          <t>Dermanı Derdinde Bulan Niyazi-i Mısri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257674812</t>
+          <t>9786257674843</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Doğmuşlar</t>
+          <t>Kanayan Yara</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257674805</t>
+          <t>9786257674829</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Aramak</t>
+          <t>Yeni Türk Edebiyatında Toplumsal Kaygı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257674836</t>
+          <t>9786257674782</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Endülüs Mağrib</t>
+          <t>Eleştirinin Eleştirisi</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257674744</t>
+          <t>9786257674812</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Mahur Şarkılar</t>
+          <t>Doğmuşlar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257674768</t>
+          <t>9786257674805</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hak Sahipleri</t>
+          <t>İnsanı Aramak</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>125</v>
+        <v>180</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257674751</t>
+          <t>9786257674836</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Beylerbeyi Necati Bey</t>
+          <t>Yaşayan Endülüs Mağrib</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257674720</t>
+          <t>9786257674744</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Tarihini Yeniden Düşünmek</t>
+          <t>Mahur Şarkılar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257674614</t>
+          <t>9786257674768</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Serçe Saati</t>
+          <t>Hak Sahipleri</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257674669</t>
+          <t>9786257674751</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sular Mürekkep Olsa</t>
+          <t>Şiirin Beylerbeyi Necati Bey</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257674737</t>
+          <t>9786257674720</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Şiiri Mecnunlaştıran Şair Fuzuli</t>
+          <t>Psikoloji Tarihini Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257674683</t>
+          <t>9786257674614</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Son Durağın Şarkısı</t>
+          <t>Serçe Saati</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257674690</t>
+          <t>9786257674669</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklerle Aramdaki Mesafe</t>
+          <t>Sular Mürekkep Olsa</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257674706</t>
+          <t>9786257674737</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Cesur İnsanlar Şafağında</t>
+          <t>Şiiri Mecnunlaştıran Şair Fuzuli</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257674621</t>
+          <t>9786257674683</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Saklı Öyküler</t>
+          <t>Son Durağın Şarkısı</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257674676</t>
+          <t>9786257674690</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mekanın Ötesi</t>
+          <t>Gerçeklerle Aramdaki Mesafe</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257674577</t>
+          <t>9786257674706</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dilin Hikayeleri</t>
+          <t>Cesur İnsanlar Şafağında</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257674652</t>
+          <t>9786257674621</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Mevlid ve Süleyman Çelebi</t>
+          <t>Saklı Öyküler</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257674638</t>
+          <t>9786257674676</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Burcunda Parlayan Yıldız Nabi</t>
+          <t>Mekanın Ötesi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257674607</t>
+          <t>9786257674577</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Savaşa Çağrılmadığım Günler - Toplu Şiirler</t>
+          <t>Kayıp Dilin Hikayeleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257674645</t>
+          <t>9786257674652</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Durup Düşününce</t>
+          <t>Mevlid ve Süleyman Çelebi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257674591</t>
+          <t>9786257674638</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Tüm Zamanlar</t>
+          <t>Hikmet Burcunda Parlayan Yıldız Nabi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257674508</t>
+          <t>9786257674607</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kahramanı Beklerken</t>
+          <t>Savaşa Çağrılmadığım Günler - Toplu Şiirler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257674560</t>
+          <t>9786257674645</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Özlenen Şehirler</t>
+          <t>Durup Düşününce</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257674546</t>
+          <t>9786257674591</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Müstesna Deliler Albümü</t>
+          <t>Tüm Zamanlar</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257674539</t>
+          <t>9786257674508</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dünya Atı</t>
+          <t>Kahramanı Beklerken</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257674485</t>
+          <t>9786257674560</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tek ve Tenha Akif Emre</t>
+          <t>Özlenen Şehirler</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257674478</t>
+          <t>9786257674546</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Meşhurların Son Anları</t>
+          <t>Müstesna Deliler Albümü</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257674522</t>
+          <t>9786257674539</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Güzel</t>
+          <t>Dünya Atı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257674492</t>
+          <t>9786257674485</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Gitmek Dolu Evler</t>
+          <t>Tek ve Tenha Akif Emre</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257674515</t>
+          <t>9786257674478</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bakarsın Yağmur Yağar</t>
+          <t>Meşhurların Son Anları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257674416</t>
+          <t>9786257674522</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Ene'l-Aşk Demişti - İbrahim Gülşeni</t>
+          <t>Sahipsiz Güzel</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257674461</t>
+          <t>9786257674492</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Dünya İçinde</t>
+          <t>Gitmek Dolu Evler</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257674331</t>
+          <t>9786257674515</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Sultanı Kul Eder Aşk</t>
+          <t>Bakarsın Yağmur Yağar</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257674409</t>
+          <t>9786257674416</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Savaşta Yavuz Şiirde Selim - Yavuz Sultan Selim Şiirleri</t>
+          <t>Ene'l-Aşk Demişti - İbrahim Gülşeni</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257674317</t>
+          <t>9786257674461</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Önce Aşk Vardı</t>
+          <t>Kurmaca Dünya İçinde</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257674300</t>
+          <t>9786257674331</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Semenderin Sözleri</t>
+          <t>Sultanı Kul Eder Aşk</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257674454</t>
+          <t>9786257674409</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’nin Şehirleri</t>
+          <t>Savaşta Yavuz Şiirde Selim - Yavuz Sultan Selim Şiirleri</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257674386</t>
+          <t>9786257674317</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Yakın Şahitlik</t>
+          <t>Önce Aşk Vardı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257674379</t>
+          <t>9786257674300</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Mektebi Türkü Mektebi</t>
+          <t>Semenderin Sözleri</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257674423</t>
+          <t>9786257674454</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Cennette Bir Gün</t>
+          <t>Yunus Emre’nin Şehirleri</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257674430</t>
+          <t>9786257674386</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>Yakın Şahitlik</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257674355</t>
+          <t>9786257674379</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Topraktan Yükselen</t>
+          <t>Türk’ün Mektebi Türkü Mektebi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257674362</t>
+          <t>9786257674423</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Kaybetmenin Halet-i Ruhiyesi</t>
+          <t>Cennette Bir Gün</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257674393</t>
+          <t>9786257674430</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Kendilik Cesareti</t>
+          <t>Karacaoğlan</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257674447</t>
+          <t>9786257674355</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yazarak Yaşadım</t>
+          <t>Topraktan Yükselen</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257674270</t>
+          <t>9786257674362</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sen Geçerken</t>
+          <t>Kaybetmenin Halet-i Ruhiyesi</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257674263</t>
+          <t>9786257674393</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Turna ve Gayda</t>
+          <t>Kendilik Cesareti</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257674249</t>
+          <t>9786257674447</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık Üzüntülerin Annesidir</t>
+          <t>Yazarak Yaşadım</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257674348</t>
+          <t>9786257674270</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Ötesi</t>
+          <t>Sen Geçerken</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257674287</t>
+          <t>9786257674263</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve Aşkın Şairi Şeyh Galip</t>
+          <t>Turna ve Gayda</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257674324</t>
+          <t>9786257674249</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Ardından Erol Olçok Kitabı</t>
+          <t>Ayrılık Üzüntülerin Annesidir</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257674140</t>
+          <t>9786257674348</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Milletin Şairi Mehmet Akif</t>
+          <t>Fotoğrafın Ötesi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257674232</t>
+          <t>9786257674287</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Kılıcın ve Kalemin Sultanları</t>
+          <t>Güzellik ve Aşkın Şairi Şeyh Galip</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257674201</t>
+          <t>9786257674324</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Halk Müziğinin Seyyar Radyosu Aşık Veysel</t>
+          <t>Kahramanın Ardından Erol Olçok Kitabı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257674218</t>
+          <t>9786257674140</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Emrah</t>
+          <t>Milletin Şairi Mehmet Akif</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257674102</t>
+          <t>9786257674232</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Perçem</t>
+          <t>Kılıcın ve Kalemin Sultanları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257674256</t>
+          <t>9786257674201</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Atları Yaman Ölür</t>
+          <t>Halk Müziğinin Seyyar Radyosu Aşık Veysel</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257674195</t>
+          <t>9786257674218</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Endülüs: Direniş Ve Soykırım</t>
+          <t>Erzurumlu Emrah</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257674188</t>
+          <t>9786257674102</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Ağu Tasındaki Bal</t>
+          <t>Güneşli Perçem</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257674096</t>
+          <t>9786257674256</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Zihin Çizgileri</t>
+          <t>Bozkırın Atları Yaman Ölür</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257674225</t>
+          <t>9786257674195</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Geceleyin Bir Mümkün</t>
+          <t>Endülüs: Direniş Ve Soykırım</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257674072</t>
+          <t>9786257674188</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Çok Güzel Başlamıştı</t>
+          <t>Ağu Tasındaki Bal</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257674126</t>
+          <t>9786257674096</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Eskiden Buralar</t>
+          <t>Zihin Çizgileri</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257674089</t>
+          <t>9786257674225</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bir Yürüyüş Senfonisi</t>
+          <t>Geceleyin Bir Mümkün</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257674133</t>
+          <t>9786257674072</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Yalnız Yerinde</t>
+          <t>Her Şey Çok Güzel Başlamıştı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257674164</t>
+          <t>9786257674126</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Söz Mülkünün Sultanı Baki</t>
+          <t>Eskiden Buralar</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257674171</t>
+          <t>9786257674089</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kırk Şehir</t>
+          <t>Bir Yürüyüş Senfonisi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257674119</t>
+          <t>9786257674133</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Kalan Sağlar</t>
+          <t>Dünyanın En Yalnız Yerinde</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257674041</t>
+          <t>9786257674164</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Aynı Yağmur</t>
+          <t>Söz Mülkünün Sultanı Baki</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>105</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057010452</t>
+          <t>9786257674171</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Üşüyen Eller Divanı</t>
+          <t>Kırk Şehir</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057010469</t>
+          <t>9786257674119</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Fikri</t>
+          <t>Kalan Sağlar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057010490</t>
+          <t>9786257674041</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Serdengeçti Şairleri</t>
+          <t>Aynı Yağmur</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257674058</t>
+          <t>9786057010452</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat’ın Psikolojik Etkileri</t>
+          <t>Üşüyen Eller Divanı</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257674010</t>
+          <t>9786057010469</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Son İyi Şeyler</t>
+          <t>Dervişin Fikri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057010483</t>
+          <t>9786057010490</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Sultan</t>
+          <t>Serdengeçti Şairleri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057010476</t>
+          <t>9786257674058</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Baltan Taşa Değecek</t>
+          <t>28 Şubat’ın Psikolojik Etkileri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257674027</t>
+          <t>9786257674010</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Türkünün Ötesi : Neşet Ertaş</t>
+          <t>Son İyi Şeyler</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057010445</t>
+          <t>9786057010483</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Hızır’ı Beklerken</t>
+          <t>Şair ve Sultan</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257674003</t>
+          <t>9786057010476</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Rüzgar</t>
+          <t>Baltan Taşa Değecek</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>105</v>
+        <v>160</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057005472</t>
+          <t>9786257674027</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Bir Okurun Notları</t>
+          <t>Türkünün Ötesi : Neşet Ertaş</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057005441</t>
+          <t>9786057010445</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ölümdür Sonunda</t>
+          <t>Hızır’ı Beklerken</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057005434</t>
+          <t>9786257674003</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Pergelin Mükemmel Dönüşü</t>
+          <t>Karanlık Rüzgar</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057005465</t>
+          <t>9786057005472</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Belki Başka Zaman</t>
+          <t>Bir Okurun Notları</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057010407</t>
+          <t>9786057005441</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bir Hisli Yürek Mehmet Akif Ersoy</t>
+          <t>Ölümdür Sonunda</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057010414</t>
+          <t>9786057005434</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Nedim</t>
+          <t>Pergelin Mükemmel Dönüşü</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057010438</t>
+          <t>9786057005465</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sevdalar Koleksiyonu</t>
+          <t>Belki Başka Zaman</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057005458</t>
+          <t>9786057010407</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Mahir’i Sakın Uyandırmayın</t>
+          <t>Bir Hisli Yürek Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057005496</t>
+          <t>9786057010414</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Misafir</t>
+          <t>Nedim</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786254431876</t>
+          <t>9786057010438</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Kötü Arkadaşlardan Öğrendiğim İyi Şarkılar</t>
+          <t>Küçük Sevdalar Koleksiyonu</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786254438134</t>
+          <t>9786057005458</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Acı Kaybımız</t>
+          <t>Mahir’i Sakın Uyandırmayın</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786254438165</t>
+          <t>9786057005496</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Benim Dağlarım</t>
+          <t>Dünyaya Misafir</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786254438172</t>
+          <t>9786254431876</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Buradan Bakınca</t>
+          <t>Kötü Arkadaşlardan Öğrendiğim İyi Şarkılar</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786254438189</t>
+          <t>9786254438134</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Koşarken</t>
+          <t>Acı Kaybımız</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786254438141</t>
+          <t>9786254438165</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kendi Sesinden</t>
+          <t>Benim Dağlarım</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057005403</t>
+          <t>9786254438172</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kırklar Divanı</t>
+          <t>Buradan Bakınca</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>110</v>
+        <v>160</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057005427</t>
+          <t>9786254438189</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Nizami Yürüyüş</t>
+          <t>Gökyüzü Koşarken</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057005410</t>
+          <t>9786254438141</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Gölgesinde</t>
+          <t>Kendi Sesinden</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786254438158</t>
+          <t>9786057005403</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Gönül Dili Yunus Emre</t>
+          <t>Kırklar Divanı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786254431821</t>
+          <t>9786057005427</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Perondaki Melek</t>
+          <t>Nizami Yürüyüş</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786254431845</t>
+          <t>9786057005410</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Öylece Yeryüzünde</t>
+          <t>Şiirin Gölgesinde</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>110</v>
+        <v>180</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786254431890</t>
+          <t>9786254438158</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Güzel Bir Gün Gördümse</t>
+          <t>Anadolu’nun Gönül Dili Yunus Emre</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786254438110</t>
+          <t>9786254431821</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Sabah Gibi Uyandıran</t>
+          <t>Perondaki Melek</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786254431807</t>
+          <t>9786254431845</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sözü Yormadan</t>
+          <t>Öylece Yeryüzünde</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786254431869</t>
+          <t>9786254431890</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Yanına Gittiğimizde</t>
+          <t>Güzel Bir Gün Gördümse</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786254431838</t>
+          <t>9786254438110</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Bahar Buselik</t>
+          <t>Sabah Gibi Uyandıran</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786254431852</t>
+          <t>9786254431807</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Müzik</t>
+          <t>Sözü Yormadan</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786254438127</t>
+          <t>9786254431869</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Fazla Uzaklara Gitme</t>
+          <t>Yanına Gittiğimizde</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786254431814</t>
+          <t>9786254431838</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Puslar İçinde</t>
+          <t>Bahar Buselik</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786254438103</t>
+          <t>9786254431852</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Arka Odası</t>
+          <t>Mutlak Müzik</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>105</v>
+        <v>150</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
+          <t>9786254438127</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Fazla Uzaklara Gitme</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786254431814</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>Puslar İçinde</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786254438103</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>Kalbin Arka Odası</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
           <t>9786254431883</t>
         </is>
       </c>
-      <c r="B178" s="1" t="inlineStr">
+      <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Bir Kuş Penceremize</t>
         </is>
       </c>
-      <c r="C178" s="1">
-        <v>130</v>
+      <c r="C181" s="1">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>