--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,2740 +85,2800 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259255330</t>
+          <t>9786259255361</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mevzumuz Edebiyat</t>
+          <t>Uzak İstanbul</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786257674713</t>
+          <t>9786259255347</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Yaşayınca Geçmeyen</t>
+          <t>Başka İklimler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259574493</t>
+          <t>9786259255309</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Hatırlama Bahçeleri</t>
+          <t>Anlam Çiçek Açtığında</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259255323</t>
+          <t>9786259574486</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Karşı Dağın Yamacı</t>
+          <t>Kaldım Bir Ömür</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259795393</t>
+          <t>9786259255330</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Güngörmüşler Çıkmazı</t>
+          <t>Mevzumuz Edebiyat</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259255316</t>
+          <t>9786257674713</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Üsküp Defteri</t>
+          <t>Yaşayınca Geçmeyen</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257674935</t>
+          <t>9786259574493</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İradeyi Eğitmek</t>
+          <t>Hatırlama Bahçeleri</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257674874</t>
+          <t>9786259255323</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Ruh Sağlığımızı Korumak</t>
+          <t>Karşı Dağın Yamacı</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259574479</t>
+          <t>9786259795393</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Halden Anlamak</t>
+          <t>Güngörmüşler Çıkmazı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259574424</t>
+          <t>9786259255316</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Sohbetleri</t>
+          <t>Üsküp Defteri</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259574462</t>
+          <t>9786257674935</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Züleyha</t>
+          <t>İradeyi Eğitmek</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259574431</t>
+          <t>9786257674874</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Mavi Çiçeği</t>
+          <t>Ruh Sağlığımızı Korumak</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259574455</t>
+          <t>9786259574479</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İpek ve Pusula</t>
+          <t>Halden Anlamak</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259574448</t>
+          <t>9786259574424</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kudüs</t>
+          <t>Medeniyet Sohbetleri</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259795317</t>
+          <t>9786259574462</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Eşiği</t>
+          <t>Züleyha</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259795379</t>
+          <t>9786259574431</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yankısı İçinde</t>
+          <t>Sonsuzluğun Mavi Çiçeği</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259795300</t>
+          <t>9786259574455</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bıraktığım Dünya</t>
+          <t>İpek ve Pusula</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259574417</t>
+          <t>9786259574448</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Dil Kanatlı Kuş</t>
+          <t>Kudüs</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259574400</t>
+          <t>9786259795317</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın İlk Uykusu</t>
+          <t>Yeryüzü Eşiği</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>4444444443141</t>
+          <t>9786259795379</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 58 - Ekim 2024</t>
+          <t>Yankısı İçinde</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>4444444443032</t>
+          <t>9786259795300</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergisi Sayı: 57 Eylül 2024</t>
+          <t>Bıraktığım Dünya</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>4444444442871</t>
+          <t>9786259574417</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergisi Sayı: 56 Ağustos 2024</t>
+          <t>Dil Kanatlı Kuş</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>45</v>
+        <v>220</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>4444444442749</t>
+          <t>9786259574400</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergisi Sayı: 55 Temmuz 2024</t>
+          <t>Dünyanın İlk Uykusu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>45</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257674973</t>
+          <t>4444444443141</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bağımıza Gazel Düştü</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 58 - Ekim 2024</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>300</v>
+        <v>45</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>4444444442644</t>
+          <t>4444444443032</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergisi Sayı: 54 Haziran 2024</t>
+          <t>Muhit Dergisi Sayı: 57 Eylül 2024</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>4444444442538</t>
+          <t>4444444442871</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergisi Sayı: 53 Mayıs 2024</t>
+          <t>Muhit Dergisi Sayı: 56 Ağustos 2024</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>4440000004464</t>
+          <t>4444444442749</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergisi Sayı: 51 Mart 2024</t>
+          <t>Muhit Dergisi Sayı: 55 Temmuz 2024</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>33</v>
+        <v>45</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257674867</t>
+          <t>9786257674973</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Dayanıklılık</t>
+          <t>Bağımıza Gazel Düştü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>4440000004163</t>
+          <t>4444444442644</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 49 Ocak 2024</t>
+          <t>Muhit Dergisi Sayı: 54 Haziran 2024</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>33</v>
+        <v>45</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>4440000004053</t>
+          <t>4444444442538</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 48 - Aralık 2023</t>
+          <t>Muhit Dergisi Sayı: 53 Mayıs 2024</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>33</v>
+        <v>45</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>4440000003853</t>
+          <t>4440000004464</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergisi Sayı: 46 Ekim 2023</t>
+          <t>Muhit Dergisi Sayı: 51 Mart 2024</t>
         </is>
       </c>
       <c r="C32" s="1">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>4440000003718</t>
+          <t>9786257674867</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 45 - Eylül 2023</t>
+          <t>Psikolojik Dayanıklılık</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>30</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>4440000003445</t>
+          <t>4440000004163</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergisi Sayı: 43 - 2023</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 49 Ocak 2024</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>4440000003321</t>
+          <t>4440000004053</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 42 Haziran 2023</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 48 - Aralık 2023</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>4440000003199</t>
+          <t>4440000003853</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 41 Mayıs 2023</t>
+          <t>Muhit Dergisi Sayı: 46 Ekim 2023</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>4440000003102</t>
+          <t>4440000003718</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Muhit Dergi Sayı: 40 Nisan 2023</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 45 - Eylül 2023</t>
         </is>
       </c>
       <c r="C37" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>4440000002708</t>
+          <t>4440000003445</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 37 Ocak 2023</t>
+          <t>Muhit Dergisi Sayı: 43 - 2023</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>23</v>
+        <v>30</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>4440000001890</t>
+          <t>4440000003321</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 32 - Ağustos 2022</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 42 Haziran 2023</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>4440000001731</t>
+          <t>4440000003199</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 31 - Temmuz 2022</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 41 Mayıs 2023</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257674553</t>
+          <t>4440000003102</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Sezai Karakoç’ta Varlığa Bakış</t>
+          <t>Muhit Dergi Sayı: 40 Nisan 2023</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>130</v>
+        <v>30</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257674034</t>
+          <t>4440000002708</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İslam Düşüncesinde Psikoloji ve Psikoterapi</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 37 Ocak 2023</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257674898</t>
+          <t>4440000001890</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sıkıntılarla Mücadele Rehberi</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 32 - Ağustos 2022</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>320</v>
+        <v>18</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057005489</t>
+          <t>4440000001731</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Uslanmış Gönlün</t>
+          <t>Muhit Aylık Edebiyat ve Fikir Dergisi Sayı: 31 - Temmuz 2022</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>160</v>
+        <v>18</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057010421</t>
+          <t>9786257674553</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Afganistan Mektupları Evlat Babanın Sırrıdır</t>
+          <t>Sezai Karakoç’ta Varlığa Bakış</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786254438196</t>
+          <t>9786257674034</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Yol Yapan Çocuk</t>
+          <t>İslam Düşüncesinde Psikoloji ve Psikoterapi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257674294</t>
+          <t>9786257674898</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Seyir Defteri</t>
+          <t>Sıkıntılarla Mücadele Rehberi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257674157</t>
+          <t>9786057005489</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İstiklal Marşı Tarihçesi Anlamı ve Yorumu</t>
+          <t>Uslanmış Gönlün</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257674966</t>
+          <t>9786057010421</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Savaş Bitmeden Ölmeliyim</t>
+          <t>Afganistan Mektupları Evlat Babanın Sırrıdır</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257674065</t>
+          <t>9786254438196</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapi ve Ötesi</t>
+          <t>Güneşe Yol Yapan Çocuk</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786259795362</t>
+          <t>9786257674294</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kırıklıkları Atlası</t>
+          <t>Kelimelerin Seyir Defteri</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786259795386</t>
+          <t>9786257674157</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Güzel Ahlak</t>
+          <t>İstiklal Marşı Tarihçesi Anlamı ve Yorumu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786259795355</t>
+          <t>9786257674966</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Filistin Mektupları</t>
+          <t>Savaş Bitmeden Ölmeliyim</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786259795348</t>
+          <t>9786257674065</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Dağı</t>
+          <t>Psikoterapi ve Ötesi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259795331</t>
+          <t>9786259795362</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Düşüş</t>
+          <t>Hayal Kırıklıkları Atlası</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786257674584</t>
+          <t>9786259795386</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Güzel Yaşamak</t>
+          <t>Güzel Ahlak</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786259795324</t>
+          <t>9786259795355</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İçine Açan İnsan</t>
+          <t>Filistin Mektupları</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257674997</t>
+          <t>9786259795348</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Sesin Üzgün Geliyor</t>
+          <t>Hikmet Dağı</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786257674980</t>
+          <t>9786259795331</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Tahta Bavul Şiirleri</t>
+          <t>Kusursuz Düşüş</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257674959</t>
+          <t>9786257674584</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Açık Unutulmuş Mikrofon</t>
+          <t>Güzel Yaşamak</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257674942</t>
+          <t>9786259795324</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Böyle Buyurdu Sufi</t>
+          <t>İçine Açan İnsan</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257674928</t>
+          <t>9786257674997</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Sonra</t>
+          <t>Sesin Üzgün Geliyor</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257674850</t>
+          <t>9786257674980</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ağaçların Diyalektiği</t>
+          <t>Tahta Bavul Şiirleri</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257674911</t>
+          <t>9786257674959</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Filistin Defteri</t>
+          <t>Açık Unutulmuş Mikrofon</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257674904</t>
+          <t>9786257674942</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Herkes Gittikten Sonra</t>
+          <t>Böyle Buyurdu Sufi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257674775</t>
+          <t>9786257674928</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Oksijen ve Rüyalar</t>
+          <t>Yağmurdan Sonra</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257674799</t>
+          <t>9786257674850</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluk Bir Zamandır</t>
+          <t>Ağaçların Diyalektiği</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257674881</t>
+          <t>9786257674911</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Dermanı Derdinde Bulan Niyazi-i Mısri</t>
+          <t>Filistin Defteri</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257674843</t>
+          <t>9786257674904</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Kanayan Yara</t>
+          <t>Herkes Gittikten Sonra</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257674829</t>
+          <t>9786257674775</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Yeni Türk Edebiyatında Toplumsal Kaygı</t>
+          <t>Oksijen ve Rüyalar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257674782</t>
+          <t>9786257674799</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Eleştirinin Eleştirisi</t>
+          <t>Sonsuzluk Bir Zamandır</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257674812</t>
+          <t>9786257674881</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Doğmuşlar</t>
+          <t>Dermanı Derdinde Bulan Niyazi-i Mısri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257674805</t>
+          <t>9786257674843</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Aramak</t>
+          <t>Kanayan Yara</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257674836</t>
+          <t>9786257674829</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yaşayan Endülüs Mağrib</t>
+          <t>Yeni Türk Edebiyatında Toplumsal Kaygı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>350</v>
+        <v>600</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257674744</t>
+          <t>9786257674782</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Mahur Şarkılar</t>
+          <t>Eleştirinin Eleştirisi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257674768</t>
+          <t>9786257674812</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hak Sahipleri</t>
+          <t>Doğmuşlar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257674751</t>
+          <t>9786257674805</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Beylerbeyi Necati Bey</t>
+          <t>İnsanı Aramak</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257674720</t>
+          <t>9786257674836</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji Tarihini Yeniden Düşünmek</t>
+          <t>Yaşayan Endülüs Mağrib</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257674614</t>
+          <t>9786257674744</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Serçe Saati</t>
+          <t>Mahur Şarkılar</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>280</v>
+        <v>130</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257674669</t>
+          <t>9786257674768</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Sular Mürekkep Olsa</t>
+          <t>Hak Sahipleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257674737</t>
+          <t>9786257674751</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Şiiri Mecnunlaştıran Şair Fuzuli</t>
+          <t>Şiirin Beylerbeyi Necati Bey</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257674683</t>
+          <t>9786257674720</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Son Durağın Şarkısı</t>
+          <t>Psikoloji Tarihini Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257674690</t>
+          <t>9786257674614</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Gerçeklerle Aramdaki Mesafe</t>
+          <t>Serçe Saati</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257674706</t>
+          <t>9786257674669</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Cesur İnsanlar Şafağında</t>
+          <t>Sular Mürekkep Olsa</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257674621</t>
+          <t>9786257674737</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Saklı Öyküler</t>
+          <t>Şiiri Mecnunlaştıran Şair Fuzuli</t>
         </is>
       </c>
       <c r="C85" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257674676</t>
+          <t>9786257674683</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Mekanın Ötesi</t>
+          <t>Son Durağın Şarkısı</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257674577</t>
+          <t>9786257674690</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dilin Hikayeleri</t>
+          <t>Gerçeklerle Aramdaki Mesafe</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257674652</t>
+          <t>9786257674706</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Mevlid ve Süleyman Çelebi</t>
+          <t>Cesur İnsanlar Şafağında</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257674638</t>
+          <t>9786257674621</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Hikmet Burcunda Parlayan Yıldız Nabi</t>
+          <t>Saklı Öyküler</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786257674607</t>
+          <t>9786257674676</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Savaşa Çağrılmadığım Günler - Toplu Şiirler</t>
+          <t>Mekanın Ötesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786257674645</t>
+          <t>9786257674577</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Durup Düşününce</t>
+          <t>Kayıp Dilin Hikayeleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786257674591</t>
+          <t>9786257674652</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Tüm Zamanlar</t>
+          <t>Mevlid ve Süleyman Çelebi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786257674508</t>
+          <t>9786257674638</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Kahramanı Beklerken</t>
+          <t>Hikmet Burcunda Parlayan Yıldız Nabi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786257674560</t>
+          <t>9786257674607</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Özlenen Şehirler</t>
+          <t>Savaşa Çağrılmadığım Günler - Toplu Şiirler</t>
         </is>
       </c>
       <c r="C94" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786257674546</t>
+          <t>9786257674645</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Müstesna Deliler Albümü</t>
+          <t>Durup Düşününce</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786257674539</t>
+          <t>9786257674591</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dünya Atı</t>
+          <t>Tüm Zamanlar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786257674485</t>
+          <t>9786257674508</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tek ve Tenha Akif Emre</t>
+          <t>Kahramanı Beklerken</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786257674478</t>
+          <t>9786257674560</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Meşhurların Son Anları</t>
+          <t>Özlenen Şehirler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257674522</t>
+          <t>9786257674546</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Güzel</t>
+          <t>Müstesna Deliler Albümü</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257674492</t>
+          <t>9786257674539</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Gitmek Dolu Evler</t>
+          <t>Dünya Atı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257674515</t>
+          <t>9786257674485</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bakarsın Yağmur Yağar</t>
+          <t>Tek ve Tenha Akif Emre</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257674416</t>
+          <t>9786257674478</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Ene'l-Aşk Demişti - İbrahim Gülşeni</t>
+          <t>Meşhurların Son Anları</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257674461</t>
+          <t>9786257674522</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Kurmaca Dünya İçinde</t>
+          <t>Sahipsiz Güzel</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257674331</t>
+          <t>9786257674492</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Sultanı Kul Eder Aşk</t>
+          <t>Gitmek Dolu Evler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257674409</t>
+          <t>9786257674515</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Savaşta Yavuz Şiirde Selim - Yavuz Sultan Selim Şiirleri</t>
+          <t>Bakarsın Yağmur Yağar</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257674317</t>
+          <t>9786257674416</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Önce Aşk Vardı</t>
+          <t>Ene'l-Aşk Demişti - İbrahim Gülşeni</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257674300</t>
+          <t>9786257674461</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Semenderin Sözleri</t>
+          <t>Kurmaca Dünya İçinde</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257674454</t>
+          <t>9786257674331</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre’nin Şehirleri</t>
+          <t>Sultanı Kul Eder Aşk</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257674386</t>
+          <t>9786257674409</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yakın Şahitlik</t>
+          <t>Savaşta Yavuz Şiirde Selim - Yavuz Sultan Selim Şiirleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257674379</t>
+          <t>9786257674317</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Türk’ün Mektebi Türkü Mektebi</t>
+          <t>Önce Aşk Vardı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257674423</t>
+          <t>9786257674300</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Cennette Bir Gün</t>
+          <t>Semenderin Sözleri</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257674430</t>
+          <t>9786257674454</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Karacaoğlan</t>
+          <t>Yunus Emre’nin Şehirleri</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257674355</t>
+          <t>9786257674386</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Topraktan Yükselen</t>
+          <t>Yakın Şahitlik</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257674362</t>
+          <t>9786257674379</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Kaybetmenin Halet-i Ruhiyesi</t>
+          <t>Türk’ün Mektebi Türkü Mektebi</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257674393</t>
+          <t>9786257674423</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kendilik Cesareti</t>
+          <t>Cennette Bir Gün</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257674447</t>
+          <t>9786257674430</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Yazarak Yaşadım</t>
+          <t>Karacaoğlan</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>180</v>
+        <v>130</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257674270</t>
+          <t>9786257674355</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sen Geçerken</t>
+          <t>Topraktan Yükselen</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257674263</t>
+          <t>9786257674362</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Turna ve Gayda</t>
+          <t>Kaybetmenin Halet-i Ruhiyesi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257674249</t>
+          <t>9786257674393</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık Üzüntülerin Annesidir</t>
+          <t>Kendilik Cesareti</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257674348</t>
+          <t>9786257674447</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Fotoğrafın Ötesi</t>
+          <t>Yazarak Yaşadım</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257674287</t>
+          <t>9786257674270</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Güzellik ve Aşkın Şairi Şeyh Galip</t>
+          <t>Sen Geçerken</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257674324</t>
+          <t>9786257674263</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kahramanın Ardından Erol Olçok Kitabı</t>
+          <t>Turna ve Gayda</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257674140</t>
+          <t>9786257674249</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Milletin Şairi Mehmet Akif</t>
+          <t>Ayrılık Üzüntülerin Annesidir</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257674232</t>
+          <t>9786257674348</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kılıcın ve Kalemin Sultanları</t>
+          <t>Fotoğrafın Ötesi</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257674201</t>
+          <t>9786257674287</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Halk Müziğinin Seyyar Radyosu Aşık Veysel</t>
+          <t>Güzellik ve Aşkın Şairi Şeyh Galip</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257674218</t>
+          <t>9786257674324</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Erzurumlu Emrah</t>
+          <t>Kahramanın Ardından Erol Olçok Kitabı</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257674102</t>
+          <t>9786257674140</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Güneşli Perçem</t>
+          <t>Milletin Şairi Mehmet Akif</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257674256</t>
+          <t>9786257674232</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bozkırın Atları Yaman Ölür</t>
+          <t>Kılıcın ve Kalemin Sultanları</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257674195</t>
+          <t>9786257674201</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Endülüs: Direniş Ve Soykırım</t>
+          <t>Halk Müziğinin Seyyar Radyosu Aşık Veysel</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257674188</t>
+          <t>9786257674218</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Ağu Tasındaki Bal</t>
+          <t>Erzurumlu Emrah</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257674096</t>
+          <t>9786257674102</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Zihin Çizgileri</t>
+          <t>Güneşli Perçem</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257674225</t>
+          <t>9786257674256</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Geceleyin Bir Mümkün</t>
+          <t>Bozkırın Atları Yaman Ölür</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257674072</t>
+          <t>9786257674195</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Çok Güzel Başlamıştı</t>
+          <t>Endülüs: Direniş Ve Soykırım</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>125</v>
+        <v>220</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257674126</t>
+          <t>9786257674188</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Eskiden Buralar</t>
+          <t>Ağu Tasındaki Bal</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257674089</t>
+          <t>9786257674096</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Bir Yürüyüş Senfonisi</t>
+          <t>Zihin Çizgileri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257674133</t>
+          <t>9786257674225</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Yalnız Yerinde</t>
+          <t>Geceleyin Bir Mümkün</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257674164</t>
+          <t>9786257674072</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Söz Mülkünün Sultanı Baki</t>
+          <t>Her Şey Çok Güzel Başlamıştı</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>125</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257674171</t>
+          <t>9786257674126</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Kırk Şehir</t>
+          <t>Eskiden Buralar</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257674119</t>
+          <t>9786257674089</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kalan Sağlar</t>
+          <t>Bir Yürüyüş Senfonisi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257674041</t>
+          <t>9786257674133</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Aynı Yağmur</t>
+          <t>Dünyanın En Yalnız Yerinde</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057010452</t>
+          <t>9786257674164</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Üşüyen Eller Divanı</t>
+          <t>Söz Mülkünün Sultanı Baki</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057010469</t>
+          <t>9786257674171</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Dervişin Fikri</t>
+          <t>Kırk Şehir</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057010490</t>
+          <t>9786257674119</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Serdengeçti Şairleri</t>
+          <t>Kalan Sağlar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257674058</t>
+          <t>9786257674041</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat’ın Psikolojik Etkileri</t>
+          <t>Aynı Yağmur</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>130</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257674010</t>
+          <t>9786057010452</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Son İyi Şeyler</t>
+          <t>Üşüyen Eller Divanı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057010483</t>
+          <t>9786057010469</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Şair ve Sultan</t>
+          <t>Dervişin Fikri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057010476</t>
+          <t>9786057010490</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Baltan Taşa Değecek</t>
+          <t>Serdengeçti Şairleri</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257674027</t>
+          <t>9786257674058</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Türkünün Ötesi : Neşet Ertaş</t>
+          <t>28 Şubat’ın Psikolojik Etkileri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057010445</t>
+          <t>9786257674010</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hızır’ı Beklerken</t>
+          <t>Son İyi Şeyler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257674003</t>
+          <t>9786057010483</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Rüzgar</t>
+          <t>Şair ve Sultan</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057005472</t>
+          <t>9786057010476</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bir Okurun Notları</t>
+          <t>Baltan Taşa Değecek</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057005441</t>
+          <t>9786257674027</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ölümdür Sonunda</t>
+          <t>Türkünün Ötesi : Neşet Ertaş</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057005434</t>
+          <t>9786057010445</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Pergelin Mükemmel Dönüşü</t>
+          <t>Hızır’ı Beklerken</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057005465</t>
+          <t>9786257674003</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Belki Başka Zaman</t>
+          <t>Karanlık Rüzgar</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057010407</t>
+          <t>9786057005472</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Bir Hisli Yürek Mehmet Akif Ersoy</t>
+          <t>Bir Okurun Notları</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057010414</t>
+          <t>9786057005441</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Nedim</t>
+          <t>Ölümdür Sonunda</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057010438</t>
+          <t>9786057005434</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Küçük Sevdalar Koleksiyonu</t>
+          <t>Pergelin Mükemmel Dönüşü</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057005458</t>
+          <t>9786057005465</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mahir’i Sakın Uyandırmayın</t>
+          <t>Belki Başka Zaman</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057005496</t>
+          <t>9786057010407</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Misafir</t>
+          <t>Bir Hisli Yürek Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786254431876</t>
+          <t>9786057010414</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kötü Arkadaşlardan Öğrendiğim İyi Şarkılar</t>
+          <t>Nedim</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786254438134</t>
+          <t>9786057010438</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Acı Kaybımız</t>
+          <t>Küçük Sevdalar Koleksiyonu</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786254438165</t>
+          <t>9786057005458</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Benim Dağlarım</t>
+          <t>Mahir’i Sakın Uyandırmayın</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786254438172</t>
+          <t>9786057005496</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Buradan Bakınca</t>
+          <t>Dünyaya Misafir</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786254438189</t>
+          <t>9786254431876</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Koşarken</t>
+          <t>Kötü Arkadaşlardan Öğrendiğim İyi Şarkılar</t>
         </is>
       </c>
       <c r="C164" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786254438141</t>
+          <t>9786254438134</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Kendi Sesinden</t>
+          <t>Acı Kaybımız</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057005403</t>
+          <t>9786254438165</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kırklar Divanı</t>
+          <t>Benim Dağlarım</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057005427</t>
+          <t>9786254438172</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Nizami Yürüyüş</t>
+          <t>Buradan Bakınca</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057005410</t>
+          <t>9786254438189</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Gölgesinde</t>
+          <t>Gökyüzü Koşarken</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786254438158</t>
+          <t>9786254438141</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Gönül Dili Yunus Emre</t>
+          <t>Kendi Sesinden</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>220</v>
+        <v>160</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786254431821</t>
+          <t>9786057005403</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Perondaki Melek</t>
+          <t>Kırklar Divanı</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786254431845</t>
+          <t>9786057005427</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Öylece Yeryüzünde</t>
+          <t>Nizami Yürüyüş</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786254431890</t>
+          <t>9786057005410</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Güzel Bir Gün Gördümse</t>
+          <t>Şiirin Gölgesinde</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786254438110</t>
+          <t>9786254438158</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Sabah Gibi Uyandıran</t>
+          <t>Anadolu’nun Gönül Dili Yunus Emre</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786254431807</t>
+          <t>9786254431821</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sözü Yormadan</t>
+          <t>Perondaki Melek</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786254431869</t>
+          <t>9786254431845</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yanına Gittiğimizde</t>
+          <t>Öylece Yeryüzünde</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786254431838</t>
+          <t>9786254431890</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bahar Buselik</t>
+          <t>Güzel Bir Gün Gördümse</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786254431852</t>
+          <t>9786254438110</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Mutlak Müzik</t>
+          <t>Sabah Gibi Uyandıran</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786254438127</t>
+          <t>9786254431807</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Fazla Uzaklara Gitme</t>
+          <t>Sözü Yormadan</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786254431814</t>
+          <t>9786254431869</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Puslar İçinde</t>
+          <t>Yanına Gittiğimizde</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786254438103</t>
+          <t>9786254431838</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Arka Odası</t>
+          <t>Bahar Buselik</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
+          <t>9786254431852</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>Mutlak Müzik</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786254438127</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Fazla Uzaklara Gitme</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786254431814</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Puslar İçinde</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786254438103</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Kalbin Arka Odası</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
           <t>9786254431883</t>
         </is>
       </c>
-      <c r="B181" s="1" t="inlineStr">
+      <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Bir Kuş Penceremize</t>
         </is>
       </c>
-      <c r="C181" s="1">
+      <c r="C185" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>