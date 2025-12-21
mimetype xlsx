--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,850 +85,880 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255898456</t>
+          <t>9786255898500</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Görünmez İp: Okula Başlıyorum</t>
+          <t>Görünmez İp Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255898449</t>
+          <t>9786255898494</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Otel Maqnifique</t>
+          <t>Nil Fıstıkçı Bir Harika</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255898043</t>
+          <t>9786255898456</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İlkokul 4. Sınıf Destek Kitabı</t>
+          <t>Görünmez İp: Okula Başlıyorum</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255898029</t>
+          <t>9786255898449</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İlkokul 3. Sınıf Destek Kitabı</t>
+          <t>Otel Maqnifique</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255898036</t>
+          <t>9786255898043</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İlkokul 2. Sınıf Destek Kitabı</t>
+          <t>İlkokul 4. Sınıf Destek Kitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255898012</t>
+          <t>9786255898029</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İlkokul 1. Sınıf Destek Kitabı</t>
+          <t>İlkokul 3. Sınıf Destek Kitabı</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255898128</t>
+          <t>9786255898036</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Büyük Kuş (Ciltli)</t>
+          <t>İlkokul 2. Sınıf Destek Kitabı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255898081</t>
+          <t>9786255898012</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Buttercup / Araçlar</t>
+          <t>İlkokul 1. Sınıf Destek Kitabı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255898074</t>
+          <t>9786255898128</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Buttercup / Hayvanlar</t>
+          <t>Elmer ve Büyük Kuş (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>140</v>
+        <v>235</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255898067</t>
+          <t>9786255898081</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Buttercup / Dinozorlar</t>
+          <t>Buttercup / Araçlar</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255898005</t>
+          <t>9786255898074</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Büyükbaba Eldo</t>
+          <t>Buttercup / Hayvanlar</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>235</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256324992</t>
+          <t>9786255898067</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>Buttercup / Dinozorlar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>85</v>
+        <v>140</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256324954</t>
+          <t>9786255898005</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bir Senaryo Yazalım</t>
+          <t>Elmer ve Büyükbaba Eldo</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>175</v>
+        <v>235</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256324985</t>
+          <t>9786256324992</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Gece</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>320</v>
+        <v>85</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256324978</t>
+          <t>9786256324954</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Sel</t>
+          <t>Bir Senaryo Yazalım</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>235</v>
+        <v>175</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256324961</t>
+          <t>9786256324985</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Labirent Dedektifi Pierre</t>
+          <t>Bir Gece</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256324893</t>
+          <t>9786256324978</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Elmer'in Karalama Kitabı</t>
+          <t>Elmer ve Sel</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>285</v>
+        <v>235</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256324923</t>
+          <t>9786256324961</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sesleri Keşfet</t>
+          <t>Labirent Dedektifi Pierre</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>390</v>
+        <v>210</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256324916</t>
+          <t>9786256324893</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Doğayı Keşfet: Sebzeler</t>
+          <t>Elmer'in Karalama Kitabı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>330</v>
+        <v>285</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256324909</t>
+          <t>9786256324923</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Hava Taşıtlarını Keşfet</t>
+          <t>Sesleri Keşfet</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256324107</t>
+          <t>9786256324916</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kodlamayı Keşfet</t>
+          <t>Doğayı Keşfet: Sebzeler</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256324886</t>
+          <t>9786256324909</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Söğütlükte Rüzgâr</t>
+          <t>Hava Taşıtlarını Keşfet</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>90</v>
+        <v>330</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256324879</t>
+          <t>9786256324107</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları</t>
+          <t>Kodlamayı Keşfet</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>95</v>
+        <v>330</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256324862</t>
+          <t>9786256324886</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam</t>
+          <t>Söğütlükte Rüzgâr</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256324725</t>
+          <t>9786256324879</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Elmer Ara Bul: Hayvanlar (Ciltli)</t>
+          <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>750</v>
+        <v>95</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256324749</t>
+          <t>9786256324862</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256324732</t>
+          <t>9786256324725</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Orman Kitabı</t>
+          <t>Elmer Ara Bul: Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>75</v>
+        <v>750</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256324718</t>
+          <t>9786256324749</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Ben: Çocuklar için Vücudunu Tanıma, Sınırlar ve Onay</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256324688</t>
+          <t>9786256324732</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Meslekler: Uzayda Çalışıyoruz</t>
+          <t>Orman Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>140</v>
+        <v>75</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256324671</t>
+          <t>9786256324718</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Meslekler: Sualtında Çalışıyoruz</t>
+          <t>Ben: Çocuklar için Vücudunu Tanıma, Sınırlar ve Onay</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256324626</t>
+          <t>9786256324688</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Gökkuşağı</t>
+          <t>Meslekler: Uzayda Çalışıyoruz</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256324619</t>
+          <t>9786256324671</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Süper El</t>
+          <t>Meslekler: Sualtında Çalışıyoruz</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>270</v>
+        <v>135</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256324602</t>
+          <t>9786256324626</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Elmer Ara Bul Renkler (Ciltli)</t>
+          <t>Elmer ve Gökkuşağı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256324640</t>
+          <t>9786256324619</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Uslu Lucy</t>
+          <t>Elmer ve Süper El</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256324657</t>
+          <t>9786256324602</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sarılmak İster Misin?</t>
+          <t>Elmer Ara Bul Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256324411</t>
+          <t>9786256324640</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Hipopotamlar (Ciltli)</t>
+          <t>Uslu Lucy</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256324404</t>
+          <t>9786256324657</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Yabancı (Ciltli)</t>
+          <t>Sarılmak İster Misin?</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256324398</t>
+          <t>9786256324411</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Elmer Ara Bul Sayılar (Ciltli)</t>
+          <t>Elmer ve Hipopotamlar (Ciltli)</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256324077</t>
+          <t>9786256324404</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Say Bakalım</t>
+          <t>Elmer ve Yabancı (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256324350</t>
+          <t>9786256324398</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Elmer Ara Bul</t>
+          <t>Elmer Ara Bul Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>375</v>
+        <v>400</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256324367</t>
+          <t>9786256324077</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Canavar</t>
+          <t>Say Bakalım</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256324343</t>
+          <t>9786256324350</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Kayıp Ayıcık</t>
+          <t>Elmer Ara Bul</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>270</v>
+        <v>375</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256324183</t>
+          <t>9786256324367</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dinozorca Duygular: Sarılazor</t>
+          <t>Elmer ve Canavar</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256324176</t>
+          <t>9786256324343</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Dinozorca Duygular: Somurtazor</t>
+          <t>Elmer ve Kayıp Ayıcık</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256324169</t>
+          <t>9786256324183</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dinozorca Duygular: Kaygılızor</t>
+          <t>Dinozorca Duygular: Sarılazor</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256324121</t>
+          <t>9786256324176</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Dinozorca Duygular: Somurtazor</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>90</v>
+        <v>175</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256324329</t>
+          <t>9786256324169</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Elmer Kütüphanesi Bil Bakalım Kim? (Ciltli)</t>
+          <t>Dinozorca Duygular: Kaygılızor</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>380</v>
+        <v>175</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256324312</t>
+          <t>9786256324121</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Elmer Kütüphanesi Hadi Saklanalım! (Ciltli)</t>
+          <t>İki Şehrin Hikayesi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>380</v>
+        <v>90</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256324251</t>
+          <t>9786256324329</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Sözlüğüm (Ciltli)</t>
+          <t>Elmer Kütüphanesi Bil Bakalım Kim? (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>365</v>
+        <v>380</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256324237</t>
+          <t>9786256324312</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Damlası (Ciltli)</t>
+          <t>Elmer Kütüphanesi Hadi Saklanalım! (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256324220</t>
+          <t>9786256324251</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ben Neredeyim? (Ciltli)</t>
+          <t>Benim İlk Sözlüğüm (Ciltli)</t>
         </is>
       </c>
       <c r="C52" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256324213</t>
+          <t>9786256324237</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Beni Bul! (Ciltli)</t>
+          <t>Yağmur Damlası (Ciltli)</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256324244</t>
+          <t>9786256324220</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>En Sevdiğim Arkadaşım (Ciltli)</t>
+          <t>Ben Neredeyim? (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>330</v>
+        <v>365</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
+          <t>9786256324213</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Beni Bul! (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9786256324244</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>En Sevdiğim Arkadaşım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
           <t>9786256324190</t>
         </is>
       </c>
-      <c r="B55" s="1" t="inlineStr">
+      <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Birinci Kitabım (Ciltli)</t>
         </is>
       </c>
-      <c r="C55" s="1">
+      <c r="C57" s="1">
         <v>330</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>