--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,880 +85,1015 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255898500</t>
+          <t>9786255898661</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Görünmez İp Çalışma Kitabı</t>
+          <t>Hayal Kurmak Bedava: Özgürlük Hayali</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>175</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255898494</t>
+          <t>9786255898654</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Nil Fıstıkçı Bir Harika</t>
+          <t>Winterton Aldatmacası: Son Söz</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255898456</t>
+          <t>9786255898685</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Görünmez İp: Okula Başlıyorum</t>
+          <t>Atatürk ve Yürüyen Köşk</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255898449</t>
+          <t>9786255898678</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Otel Maqnifique</t>
+          <t>Atatürk ve Sevdiği Atı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255898043</t>
+          <t>9786255898647</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İlkokul 4. Sınıf Destek Kitabı</t>
+          <t>Hoş Geldim: Kapsamlı Cinsellik Eğitimi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255898029</t>
+          <t>9786255898227</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İlkokul 3. Sınıf Destek Kitabı</t>
+          <t>Ege ve İpek'le Değerli Maceralar Seti</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255898036</t>
+          <t>9786255898609</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İlkokul 2. Sınıf Destek Kitabı</t>
+          <t>Fırtına Geliyor</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255898012</t>
+          <t>9786255898616</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İlkokul 1. Sınıf Destek Kitabı</t>
+          <t>Hişt Hişt</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255898128</t>
+          <t>9786255898623</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Büyük Kuş (Ciltli)</t>
+          <t>Hayal Kurmak Bedava</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>235</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255898081</t>
+          <t>9786255898500</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Buttercup / Araçlar</t>
+          <t>Görünmez İp Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255898074</t>
+          <t>9786255898494</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Buttercup / Hayvanlar</t>
+          <t>Nil Fıstıkçı Bir Harika</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>140</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255898067</t>
+          <t>9786255898456</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Buttercup / Dinozorlar</t>
+          <t>Görünmez İp: Okula Başlıyorum</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255898005</t>
+          <t>9786255898449</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Büyükbaba Eldo</t>
+          <t>Otel Maqnifique</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>235</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256324992</t>
+          <t>9786255898043</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Define Adası</t>
+          <t>İlkokul 4. Sınıf Destek Kitabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>85</v>
+        <v>290</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256324954</t>
+          <t>9786255898029</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bir Senaryo Yazalım</t>
+          <t>İlkokul 3. Sınıf Destek Kitabı</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256324985</t>
+          <t>9786255898036</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Bir Gece</t>
+          <t>İlkokul 2. Sınıf Destek Kitabı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256324978</t>
+          <t>9786255898012</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Sel</t>
+          <t>İlkokul 1. Sınıf Destek Kitabı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>235</v>
+        <v>290</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256324961</t>
+          <t>9786255898128</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Labirent Dedektifi Pierre</t>
+          <t>Elmer ve Büyük Kuş (Ciltli)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256324893</t>
+          <t>9786255898081</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Elmer'in Karalama Kitabı</t>
+          <t>Buttercup / Araçlar</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>285</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256324923</t>
+          <t>9786255898074</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sesleri Keşfet</t>
+          <t>Buttercup / Hayvanlar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256324916</t>
+          <t>9786255898067</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Doğayı Keşfet: Sebzeler</t>
+          <t>Buttercup / Dinozorlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256324909</t>
+          <t>9786255898005</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hava Taşıtlarını Keşfet</t>
+          <t>Elmer ve Büyükbaba Eldo</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256324107</t>
+          <t>9786256324992</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kodlamayı Keşfet</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256324886</t>
+          <t>9786256324954</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Söğütlükte Rüzgâr</t>
+          <t>Bir Senaryo Yazalım</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256324879</t>
+          <t>9786256324985</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Demiryolu Çocukları</t>
+          <t>Bir Gece</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>95</v>
+        <v>370</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256324862</t>
+          <t>9786256324978</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Adam</t>
+          <t>Elmer ve Sel</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>100</v>
+        <v>310</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256324725</t>
+          <t>9786256324961</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Elmer Ara Bul: Hayvanlar (Ciltli)</t>
+          <t>Labirent Dedektifi Pierre</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>750</v>
+        <v>245</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256324749</t>
+          <t>9786256324893</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Elmer'in Karalama Kitabı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>90</v>
+        <v>330</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256324732</t>
+          <t>9786256324923</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Orman Kitabı</t>
+          <t>Sesleri Keşfet</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256324718</t>
+          <t>9786256324916</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ben: Çocuklar için Vücudunu Tanıma, Sınırlar ve Onay</t>
+          <t>Doğayı Keşfet: Sebzeler</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256324688</t>
+          <t>9786256324909</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Meslekler: Uzayda Çalışıyoruz</t>
+          <t>Hava Taşıtlarını Keşfet</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>140</v>
+        <v>380</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256324671</t>
+          <t>9786256324107</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Meslekler: Sualtında Çalışıyoruz</t>
+          <t>Kodlamayı Keşfet</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>135</v>
+        <v>380</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256324626</t>
+          <t>9786256324886</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Gökkuşağı</t>
+          <t>Söğütlükte Rüzgâr</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>270</v>
+        <v>105</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256324619</t>
+          <t>9786256324879</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Süper El</t>
+          <t>Demiryolu Çocukları</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>270</v>
+        <v>110</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256324602</t>
+          <t>9786256324862</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Elmer Ara Bul Renkler (Ciltli)</t>
+          <t>Görünmez Adam</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>115</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256324640</t>
+          <t>9786256324725</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Uslu Lucy</t>
+          <t>Elmer Ara Bul: Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>130</v>
+        <v>860</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256324657</t>
+          <t>9786256324749</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Sarılmak İster Misin?</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>150</v>
+        <v>105</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256324411</t>
+          <t>9786256324732</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Hipopotamlar (Ciltli)</t>
+          <t>Orman Kitabı</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>270</v>
+        <v>90</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256324404</t>
+          <t>9786256324718</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Yabancı (Ciltli)</t>
+          <t>Ben: Çocuklar için Vücudunu Tanıma, Sınırlar ve Onay</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256324398</t>
+          <t>9786256324688</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Elmer Ara Bul Sayılar (Ciltli)</t>
+          <t>Meslekler: Uzayda Çalışıyoruz</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256324077</t>
+          <t>9786256324671</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Say Bakalım</t>
+          <t>Meslekler: Sualtında Çalışıyoruz</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>130</v>
+        <v>155</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256324350</t>
+          <t>9786256324626</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Elmer Ara Bul</t>
+          <t>Elmer ve Gökkuşağı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>375</v>
+        <v>310</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256324367</t>
+          <t>9786256324619</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Canavar</t>
+          <t>Elmer ve Süper El</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256324343</t>
+          <t>9786256324602</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Kayıp Ayıcık</t>
+          <t>Elmer Ara Bul Renkler (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>270</v>
+        <v>460</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256324183</t>
+          <t>9786256324640</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dinozorca Duygular: Sarılazor</t>
+          <t>Uslu Lucy</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256324176</t>
+          <t>9786256324657</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dinozorca Duygular: Somurtazor</t>
+          <t>Sarılmak İster Misin?</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256324169</t>
+          <t>9786256324411</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Dinozorca Duygular: Kaygılızor</t>
+          <t>Elmer ve Hipopotamlar (Ciltli)</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>175</v>
+        <v>310</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256324121</t>
+          <t>9786256324404</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İki Şehrin Hikayesi</t>
+          <t>Elmer ve Yabancı (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>90</v>
+        <v>310</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256324329</t>
+          <t>9786256324398</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Elmer Kütüphanesi Bil Bakalım Kim? (Ciltli)</t>
+          <t>Elmer Ara Bul Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>380</v>
+        <v>460</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256324312</t>
+          <t>9786256324077</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Elmer Kütüphanesi Hadi Saklanalım! (Ciltli)</t>
+          <t>Say Bakalım</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256324251</t>
+          <t>9786256324350</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Benim İlk Sözlüğüm (Ciltli)</t>
+          <t>Elmer Ara Bul</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>365</v>
+        <v>430</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256324237</t>
+          <t>9786256324367</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yağmur Damlası (Ciltli)</t>
+          <t>Elmer ve Canavar</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256324220</t>
+          <t>9786256324343</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ben Neredeyim? (Ciltli)</t>
+          <t>Elmer ve Kayıp Ayıcık</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>365</v>
+        <v>310</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256324213</t>
+          <t>9786256324183</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Beni Bul! (Ciltli)</t>
+          <t>Dinozorca Duygular: Sarılazor</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256324244</t>
+          <t>9786256324176</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>En Sevdiğim Arkadaşım (Ciltli)</t>
+          <t>Dinozorca Duygular: Somurtazor</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
+          <t>9786256324169</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorca Duygular: Kaygılızor</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786256324121</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>İki Şehrin Hikayesi</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786256324329</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Elmer Kütüphanesi Bil Bakalım Kim? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786256324312</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Elmer Kütüphanesi Hadi Saklanalım! (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786256324251</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Benim İlk Sözlüğüm (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786256324237</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Yağmur Damlası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786256324220</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Ben Neredeyim? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786256324213</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Beni Bul! (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786256324244</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>En Sevdiğim Arkadaşım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
           <t>9786256324190</t>
         </is>
       </c>
-      <c r="B57" s="1" t="inlineStr">
+      <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Birinci Kitabım (Ciltli)</t>
         </is>
       </c>
-      <c r="C57" s="1">
-        <v>330</v>
+      <c r="C66" s="1">
+        <v>380</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>