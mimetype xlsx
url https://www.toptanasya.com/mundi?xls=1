--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,2830 +85,2890 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255898470</t>
+          <t>9786057462961</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Çıplak Heykeller, Şişman Gladyatörler ve Savaş Filleri</t>
+          <t>Çoğu İnsan İyidir</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>365</v>
+        <v>530</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255898463</t>
+          <t>9786255898586</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Hayaletler</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255898241</t>
+          <t>9786255898487</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Asla, Asla, Asla</t>
+          <t>Kağıt Saray</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>320</v>
+        <v>530</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255898234</t>
+          <t>9786255898593</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Güzellik</t>
+          <t>Cetvel</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>490</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255898135</t>
+          <t>9786255898470</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Dönmek</t>
+          <t>Çıplak Heykeller, Şişman Gladyatörler ve Savaş Filleri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256324855</t>
+          <t>9786255898463</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kendini Aş</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>420</v>
+        <v>275</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255898104</t>
+          <t>9786255898241</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bebeğiniz Uyumuyor Mu?</t>
+          <t>Asla, Asla, Asla</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255898111</t>
+          <t>9786255898234</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yetişin Babalar</t>
+          <t>Merhaba Güzellik</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>490</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255898050</t>
+          <t>9786255898135</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ne Yediysem Oyum</t>
+          <t>Dönmek</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256324947</t>
+          <t>9786256324855</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Fincandan Lezzete Kahve</t>
+          <t>Kendini Aş</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>680</v>
+        <v>420</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256324930</t>
+          <t>9786255898104</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Topraktan Fincana Kahve</t>
+          <t>Bebeğiniz Uyumuyor Mu?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>650</v>
+        <v>125</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256324848</t>
+          <t>9786255898111</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bir Mutluluk Reçetesi - Çağı Anlamak İçin Yazılar</t>
+          <t>Yetişin Babalar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256324756</t>
+          <t>9786255898050</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dünya Mitolojilerinde Bitkiler</t>
+          <t>Ne Yediysem Oyum</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>550</v>
+        <v>420</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256324701</t>
+          <t>9786256324947</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bedenler, Sınırlar ve Mahremiyet Hakkında Çocuğumla Nasıl Konuşurum?</t>
+          <t>Fincandan Lezzete Kahve</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>170</v>
+        <v>680</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256324695</t>
+          <t>9786256324930</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sarayın Gözleri</t>
+          <t>Topraktan Fincana Kahve</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>365</v>
+        <v>650</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786050671377</t>
+          <t>9786256324848</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Müzik Nasıl İşler</t>
+          <t>Bir Mutluluk Reçetesi - Çağı Anlamak İçin Yazılar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>615</v>
+        <v>275</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786050695397</t>
+          <t>9786256324756</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Müzikonomi</t>
+          <t>Dünya Mitolojilerinde Bitkiler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>375</v>
+        <v>550</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256324664</t>
+          <t>9786256324701</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ateşli Silahlar ve Bilardo</t>
+          <t>Bedenler, Sınırlar ve Mahremiyet Hakkında Çocuğumla Nasıl Konuşurum?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>340</v>
+        <v>170</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256324084</t>
+          <t>9786256324695</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kırk Kat Baklava Tarihi</t>
+          <t>Sarayın Gözleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>550</v>
+        <v>365</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256324633</t>
+          <t>9786050671377</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Bakışınızı Değiştirecek 10 Deney: İnsan</t>
+          <t>Müzik Nasıl İşler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>615</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256324374</t>
+          <t>9786050695397</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Beethoven - Müziğin Dönüm Noktası</t>
+          <t>Müzikonomi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>530</v>
+        <v>375</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256324381</t>
+          <t>9786256324664</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Anlamsızlık Hissi</t>
+          <t>Ateşli Silahlar ve Bilardo</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>230</v>
+        <v>340</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256324428</t>
+          <t>9786256324084</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Parkinson Ama Son Değil</t>
+          <t>Kırk Kat Baklava Tarihi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256324206</t>
+          <t>9786256324633</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mutlu, Sağlıklı Zihinler: Çocuklar İçin Duygusal Sağlık Rehberi</t>
+          <t>Bakışınızı Değiştirecek 10 Deney: İnsan</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256324336</t>
+          <t>9786256324374</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gıda Mühendisi Anlatıyor: Sağlıklı Beslenmek İçin Neyi, Nasıl Pişirelim?</t>
+          <t>Beethoven - Müziğin Dönüm Noktası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>285</v>
+        <v>530</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256324152</t>
+          <t>9786256324381</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Arkeofili</t>
+          <t>Anlamsızlık Hissi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256324138</t>
+          <t>9786256324428</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Notları: Gelecek Endişesine Yolculuk</t>
+          <t>Parkinson Ama Son Değil</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256324145</t>
+          <t>9786256324206</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sportif Öyküler</t>
+          <t>Mutlu, Sağlıklı Zihinler: Çocuklar İçin Duygusal Sağlık Rehberi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>205</v>
+        <v>285</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256324114</t>
+          <t>9786256324336</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Bir Denizkızını Nasıl Yakalarsın</t>
+          <t>Gıda Mühendisi Anlatıyor: Sağlıklı Beslenmek İçin Neyi, Nasıl Pişirelim?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>140</v>
+        <v>285</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256324046</t>
+          <t>9786256324152</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Canavarı Nasıl Yakalarsın</t>
+          <t>Arkeofili</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256324039</t>
+          <t>9786256324138</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Rüyaların Gizli Dünyası: Rüyalar Bize Kendimiz Hakkında Ne Söyler ve Dünyamızı Nasıl Değiştirirler?</t>
+          <t>Kıyamet Notları: Gelecek Endişesine Yolculuk</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256324022</t>
+          <t>9786256324145</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Neden Böyleyim? Nasıl Değişebilirim? Bir Huzursuz Beyin Kitabı</t>
+          <t>Sportif Öyküler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>265</v>
+        <v>205</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256377974</t>
+          <t>9786256324114</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Aslanların Kışı: Sicilya’nın Taçsız Hanedanı Florio Ailesinin Hikayesi 2</t>
+          <t>Bir Denizkızını Nasıl Yakalarsın</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>530</v>
+        <v>140</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256377998</t>
+          <t>9786256324046</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ahtapotların Sıfır Kemiği Vardır</t>
+          <t>Bir Canavarı Nasıl Yakalarsın</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256377745</t>
+          <t>9786256324039</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Aramızda</t>
+          <t>Rüyaların Gizli Dünyası: Rüyalar Bize Kendimiz Hakkında Ne Söyler ve Dünyamızı Nasıl Değiştirirler?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256377981</t>
+          <t>9786256324022</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sokak Kodcusu: Kırılması Gereken Kurallar ve Onları Kırmanın Yolları</t>
+          <t>Neden Böyleyim? Nasıl Değişebilirim? Bir Huzursuz Beyin Kitabı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>345</v>
+        <v>265</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256324008</t>
+          <t>9786256377974</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bir Dinozoru Nasıl Yakalarsın</t>
+          <t>Aslanların Kışı: Sicilya’nın Taçsız Hanedanı Florio Ailesinin Hikayesi 2</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>140</v>
+        <v>530</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256324015</t>
+          <t>9786256377998</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Pamuk ve Ben</t>
+          <t>Ahtapotların Sıfır Kemiği Vardır</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256377943</t>
+          <t>9786256377745</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Bir Kadın Olduğum İçin Özür Dilerim</t>
+          <t>Aramızda</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256377950</t>
+          <t>9786256377981</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Chopin - Tuşlara Adanmış Bir Yaşam</t>
+          <t>Sokak Kodcusu: Kırılması Gereken Kurallar ve Onları Kırmanın Yolları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>530</v>
+        <v>345</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>7000100010596</t>
+          <t>9786256324008</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Elmer Stant 2024 (100 Kitap)</t>
+          <t>Bir Dinozoru Nasıl Yakalarsın</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>14500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256377806</t>
+          <t>9786256324015</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Notre-Dame'ın Kamburu</t>
+          <t>Pamuk ve Ben</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256377813</t>
+          <t>9786256377943</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Don Kişot</t>
+          <t>Başarılı Bir Kadın Olduğum İçin Özür Dilerim</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>100</v>
+        <v>175</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256377936</t>
+          <t>9786256377950</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Labofem: Bitkilerle İyi Geçinme Rehberi (Ciltli)</t>
+          <t>Chopin - Tuşlara Adanmış Bir Yaşam</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>825</v>
+        <v>530</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256377820</t>
+          <t>7000100010596</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Girişimciliğin Ustaları: Dünyanın En Başarılı İsimlerinden Girişim Ölçeklendirme Dersleri</t>
+          <t>Elmer Stant 2024 (100 Kitap)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>410</v>
+        <v>14500</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256377912</t>
+          <t>9786256377806</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Seks Yapma Hakkı</t>
+          <t>Notre-Dame'ın Kamburu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>375</v>
+        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256377929</t>
+          <t>9786256377813</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Nöropazarlamayla Duygulara Fısılda</t>
+          <t>Don Kişot</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256377905</t>
+          <t>9786256377936</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar İçin Büyük Sözler: Sevgi</t>
+          <t>Labofem: Bitkilerle İyi Geçinme Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>345</v>
+        <v>825</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256377783</t>
+          <t>9786256377820</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna</t>
+          <t>Girişimciliğin Ustaları: Dünyanın En Başarılı İsimlerinden Girişim Ölçeklendirme Dersleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>110</v>
+        <v>410</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256377790</t>
+          <t>9786256377912</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Seks Yapma Hakkı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>100</v>
+        <v>375</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786056956171</t>
+          <t>9786256377929</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Okul Dediğin Nedir, Charlie Brown?</t>
+          <t>Nöropazarlamayla Duygulara Fısılda</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256377868</t>
+          <t>9786256377905</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Memo ve Ay (Ciltli)</t>
+          <t>Küçük İnsanlar İçin Büyük Sözler: Sevgi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>375</v>
+        <v>345</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256377875</t>
+          <t>9786256377783</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar İçin Büyük Sözler: Nezaket</t>
+          <t>Pollyanna</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>345</v>
+        <v>110</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256377882</t>
+          <t>9786256377790</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar İçin Büyük Sözler: Cesaret</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>345</v>
+        <v>100</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256377899</t>
+          <t>9786056956171</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Katre</t>
+          <t>Okul Dediğin Nedir, Charlie Brown?</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256377837</t>
+          <t>9786256377868</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yara</t>
+          <t>Memo ve Ay (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256377844</t>
+          <t>9786256377875</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar Büyük Sözler: Mutluluk (Ciltli)</t>
+          <t>Küçük İnsanlar İçin Büyük Sözler: Nezaket</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786256377851</t>
+          <t>9786256377882</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Küçük İnsanlar İçin Büyük Sözler: Elinden Gelenin En İyisini Yapmak (Ciltli)</t>
+          <t>Küçük İnsanlar İçin Büyük Sözler: Cesaret</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>320</v>
+        <v>345</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256377967</t>
+          <t>9786256377899</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>İdil Biret</t>
+          <t>Katre</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256377776</t>
+          <t>9786256377837</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yıllık Bir Koku Hikâyesi: Eyüp Sabri Tuncer ve Dört Kuşağı</t>
+          <t>Yara</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>285</v>
+        <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256377738</t>
+          <t>9786256377844</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Radyo Popov</t>
+          <t>Küçük İnsanlar Büyük Sözler: Mutluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>320</v>
+        <v>345</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256377714</t>
+          <t>9786256377851</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hormonal Zeka</t>
+          <t>Küçük İnsanlar İçin Büyük Sözler: Elinden Gelenin En İyisini Yapmak (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>620</v>
+        <v>320</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256377585</t>
+          <t>9786256377967</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo</t>
+          <t>İdil Biret</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>130</v>
+        <v>500</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256377578</t>
+          <t>9786256377776</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Yedek</t>
+          <t>Yüz Yıllık Bir Koku Hikâyesi: Eyüp Sabri Tuncer ve Dört Kuşağı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>550</v>
+        <v>285</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256377530</t>
+          <t>9786256377738</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Gorillerinki Küçük Olur: Cinsellik, Evrim ve Yaşam</t>
+          <t>Radyo Popov</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>355</v>
+        <v>320</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256377561</t>
+          <t>9786256377714</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Sicilya Aslanları: Sicilya'nın Taçsız Hanedanı Florio Ailesinin Hikâyesi-I</t>
+          <t>Hormonal Zeka</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>420</v>
+        <v>620</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256377547</t>
+          <t>9786256377585</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Dostlar: Karanlık Oyunlar</t>
+          <t>Pinokyo</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256377554</t>
+          <t>9786256377578</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Beni Görebiliyor Musun?</t>
+          <t>Yedek</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>265</v>
+        <v>550</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256377486</t>
+          <t>9786256377530</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Elmer Yine İş Başında</t>
+          <t>Gorillerinki Küçük Olur: Cinsellik, Evrim ve Yaşam</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>270</v>
+        <v>355</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256377462</t>
+          <t>9786256377561</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Balinalar</t>
+          <t>Sicilya Aslanları: Sicilya'nın Taçsız Hanedanı Florio Ailesinin Hikâyesi-I</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256377011</t>
+          <t>9786256377547</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Senden Nefret Etmiyor</t>
+          <t>Yıldız Dostlar: Karanlık Oyunlar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>345</v>
+        <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256377479</t>
+          <t>9786256377554</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Acayip Merak Ettim! - The Economist Açıklıyor: Dünyamızı Alt Üst Eden Gerçekler</t>
+          <t>Beni Görebiliyor Musun?</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>235</v>
+        <v>265</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256377332</t>
+          <t>9786256377486</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Gül</t>
+          <t>Elmer Yine İş Başında</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256377356</t>
+          <t>9786256377462</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Elmer Günü</t>
+          <t>Elmer ve Balinalar</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256377349</t>
+          <t>9786256377011</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Kelebek</t>
+          <t>Yapay Zeka Senden Nefret Etmiyor</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>270</v>
+        <v>345</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256377066</t>
+          <t>9786256377479</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bir Kese Bilye</t>
+          <t>Acayip Merak Ettim! - The Economist Açıklıyor: Dünyamızı Alt Üst Eden Gerçekler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>235</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256377325</t>
+          <t>9786256377332</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100 Günü: İnkılabın Ayak Sesleri</t>
+          <t>Elmer ve Gül</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256377295</t>
+          <t>9786256377356</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin 100 İsmi: Büyük Devrimin Portreleri</t>
+          <t>Elmer Günü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256377219</t>
+          <t>9786256377349</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Neden Kendimi Yetersiz Hissediyorum?</t>
+          <t>Elmer ve Kelebek</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>242</v>
+        <v>270</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256377080</t>
+          <t>9786256377066</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Dostlar: Gizli Büyü</t>
+          <t>Bir Kese Bilye</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257491716</t>
+          <t>9786256377325</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Çorap Gonzo</t>
+          <t>Cumhuriyetin 100 Günü: İnkılabın Ayak Sesleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257491402</t>
+          <t>9786256377295</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Yunus - Bir Hayalperestin Hikayesi</t>
+          <t>Cumhuriyetin 100 İsmi: Büyük Devrimin Portreleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256377318</t>
+          <t>9786256377219</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Rüzgar</t>
+          <t>Neden Kendimi Yetersiz Hissediyorum?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>270</v>
+        <v>242</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256377288</t>
+          <t>9786256377080</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Yarış</t>
+          <t>Yıldız Dostlar: Gizli Büyü</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256377301</t>
+          <t>9786257491716</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Kar</t>
+          <t>Çorap Gonzo</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256377141</t>
+          <t>9786257491402</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Oyuna Devam</t>
+          <t>Yunus - Bir Hayalperestin Hikayesi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>130</v>
+        <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256377134</t>
+          <t>9786256377318</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Ajan Köpek</t>
+          <t>Elmer ve Rüzgar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>130</v>
+        <v>270</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256377127</t>
+          <t>9786256377288</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kampa Gidiyoruz</t>
+          <t>Elmer ve Yarış</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789750759987</t>
+          <t>9786256377301</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Teknik Olarak Yeniden Üretilebilirlik Çağında Sanat Eseri</t>
+          <t>Elmer ve Kar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>80</v>
+        <v>270</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256377073</t>
+          <t>9786256377141</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Anneliğin Sıradışı Tarihi</t>
+          <t>Oyuna Devam</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>305</v>
+        <v>130</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256377165</t>
+          <t>9786256377134</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Elmer ve Wilbur</t>
+          <t>Ajan Köpek</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256377158</t>
+          <t>9786256377127</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Elmer</t>
+          <t>Kampa Gidiyoruz</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256377103</t>
+          <t>9789750759987</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Düş Makinesi</t>
+          <t>Teknik Olarak Yeniden Üretilebilirlik Çağında Sanat Eseri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>130</v>
+        <v>80</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256377110</t>
+          <t>9786256377073</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Fosil Avcıları</t>
+          <t>Anneliğin Sıradışı Tarihi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>140</v>
+        <v>305</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256377035</t>
+          <t>9786256377165</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Ağ</t>
+          <t>Elmer ve Wilbur</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256377028</t>
+          <t>9786256377158</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Dostlar Aynanın Sihri</t>
+          <t>Elmer</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>160</v>
+        <v>270</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256377004</t>
+          <t>9786256377103</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yıldız Dostlar Dilek Tuzağı</t>
+          <t>Düş Makinesi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257491990</t>
+          <t>9786256377110</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Oz Büyücüsü</t>
+          <t>Fosil Avcıları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>115</v>
+        <v>140</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257491938</t>
+          <t>9786256377035</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Mafyanın Muhasebecisi</t>
+          <t>Görünmez Ağ</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786257491952</t>
+          <t>9786256377028</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Bir Noel Şarkısı</t>
+          <t>Yıldız Dostlar Aynanın Sihri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786257491969</t>
+          <t>9786256377004</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Köklere Dönüş: Nesilden Nesile Geçen Yemekler</t>
+          <t>Yıldız Dostlar Dilek Tuzağı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>375</v>
+        <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257491945</t>
+          <t>9786257491990</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Bize Yeni Bir Söz Lazım</t>
+          <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>385</v>
+        <v>115</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786257491747</t>
+          <t>9786257491938</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Tasma</t>
+          <t>Mafyanın Muhasebecisi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257491846</t>
+          <t>9786257491952</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Toprak ve Şarap</t>
+          <t>Bir Noel Şarkısı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1000</v>
+        <v>90</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257491884</t>
+          <t>9786257491969</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Neye İhtiyacım Var?</t>
+          <t>Köklere Dönüş: Nesilden Nesile Geçen Yemekler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786257491907</t>
+          <t>9786257491945</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan</t>
+          <t>Bize Yeni Bir Söz Lazım</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>115</v>
+        <v>385</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786257491891</t>
+          <t>9786257491747</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Şef Şeker'den Pratik Tarifler - Kakaolu Kek</t>
+          <t>Görünmez Tasma</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257491730</t>
+          <t>9786257491846</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Moby Dick</t>
+          <t>Toprak ve Şarap</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257491754</t>
+          <t>9786257491884</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Gaip</t>
+          <t>Neye İhtiyacım Var?</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257491198</t>
+          <t>9786257491907</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Gizli Bahçe</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257491334</t>
+          <t>9786257491891</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Llama Llama ve Şanslı Pijama</t>
+          <t>Şef Şeker'den Pratik Tarifler - Kakaolu Kek</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257491297</t>
+          <t>9786257491730</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Llama Llama ve Arkadaşları</t>
+          <t>Moby Dick</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257491631</t>
+          <t>9786257491754</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Başarı Dediğin Nedir, Charlie Brown?</t>
+          <t>Gaip</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257491655</t>
+          <t>9786257491198</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Merkezine Yolculuk</t>
+          <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>125</v>
+        <v>110</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257491662</t>
+          <t>9786257491334</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kargocu Kozi</t>
+          <t>Llama Llama ve Şanslı Pijama</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>270</v>
+        <v>140</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257491648</t>
+          <t>9786257491297</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Balonla Beş Hafta</t>
+          <t>Llama Llama ve Arkadaşları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>130</v>
+        <v>140</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257491181</t>
+          <t>9786257491631</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Aile Dediğin Nedir, Charlie Brown?</t>
+          <t>Başarı Dediğin Nedir, Charlie Brown?</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257491624</t>
+          <t>9786257491655</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Taç</t>
+          <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257491518</t>
+          <t>9786257491662</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Peanuts: Okul Zamanı Charlie Brown</t>
+          <t>Kargocu Kozi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257491501</t>
+          <t>9786257491648</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Peanuts: Astronot Sally Brown</t>
+          <t>Balonla Beş Hafta</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257491495</t>
+          <t>9786257491181</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Peanuts: Ay’a Giden İlk Köpek</t>
+          <t>Aile Dediğin Nedir, Charlie Brown?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257491532</t>
+          <t>9786257491624</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Peanuts: Linus'un Yeni Gözlükleri</t>
+          <t>Çalınan Taç</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257491525</t>
+          <t>9786257491518</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Peanuts: En Yakın Arkadaşlar Snoopy ve Woodstock</t>
+          <t>Peanuts: Okul Zamanı Charlie Brown</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257491488</t>
+          <t>9786257491501</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Peanuts: Haydi Kütüphaneye Gidelim!</t>
+          <t>Peanuts: Astronot Sally Brown</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257491617</t>
+          <t>9786257491495</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Evrim Kuran Seti</t>
+          <t>Peanuts: Ay’a Giden İlk Köpek</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257491563</t>
+          <t>9786257491532</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Z - Bir Kuşağı Anlamak</t>
+          <t>Peanuts: Linus'un Yeni Gözlükleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257491570</t>
+          <t>9786257491525</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Peanuts: En Yakın Arkadaşlar Snoopy ve Woodstock</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257491150</t>
+          <t>9786257491488</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Denizler Altında Yirmi Bin Fersah</t>
+          <t>Peanuts: Haydi Kütüphaneye Gidelim!</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257491600</t>
+          <t>9786257491617</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Telgraftan Tablete</t>
+          <t>Evrim Kuran Seti</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>205</v>
+        <v>550</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257491549</t>
+          <t>9786257491563</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Metin Akpınar: Sahneye Adanmış Bir Ömür</t>
+          <t>Z - Bir Kuşağı Anlamak</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257491471</t>
+          <t>9786257491570</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Bol Kepçe Lokantası</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>270</v>
+        <v>145</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257491389</t>
+          <t>9786257491150</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer</t>
+          <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>115</v>
+        <v>125</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257491242</t>
+          <t>9786257491600</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İki Yıl Okul Tatili</t>
+          <t>Telgraftan Tablete</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>125</v>
+        <v>205</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257491099</t>
+          <t>9786257491549</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hileli Ayna</t>
+          <t>Metin Akpınar: Sahneye Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257491440</t>
+          <t>9786257491471</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Dans Ayakkabıları</t>
+          <t>Bol Kepçe Lokantası</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257491266</t>
+          <t>9786257491389</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devrialem</t>
+          <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>145</v>
+        <v>115</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257491419</t>
+          <t>9786257491242</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Görünmez İp</t>
+          <t>İki Yıl Okul Tatili</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>270</v>
+        <v>125</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257491112</t>
+          <t>9786257491099</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Anna Dewdney Llama Llama Yüzmeyi Öğreniyor</t>
+          <t>Hileli Ayna</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>140</v>
+        <v>265</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257491129</t>
+          <t>9786257491440</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Anna Dewdney Llama Llama Anneler Günü Hediyesi</t>
+          <t>Dans Ayakkabıları</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057432698</t>
+          <t>9786257491266</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Bitkilerin Ruhu</t>
+          <t>80 Günde Devrialem</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>530</v>
+        <v>145</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257491259</t>
+          <t>9786257491419</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Büyüyemeyenler</t>
+          <t>Görünmez İp</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257491273</t>
+          <t>9786257491112</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Anna Dewdney Llama Llama Yüzmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>115</v>
+        <v>140</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257491235</t>
+          <t>9786257491129</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Anna Dewdney Llama Llama Anneler Günü Hediyesi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>115</v>
+        <v>140</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257491167</t>
+          <t>9786057432698</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Salla Gitsin - Saçma Sapan Şeyleri Bırakıp Mutlu Bir Yaşam Kurma Günlüğü</t>
+          <t>Bitkilerin Ruhu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>265</v>
+        <v>530</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057462978</t>
+          <t>9786257491259</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Çocuk, Köstebek, Tilki ve At</t>
+          <t>Büyüyemeyenler</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>725</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257491204</t>
+          <t>9786257491273</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Tam Benlik Sözler</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>420</v>
+        <v>115</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257491211</t>
+          <t>9786257491235</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>110</v>
+        <v>115</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257491228</t>
+          <t>9786257491167</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Bir Kayıkta Üç Kafadar (Kısaltılmış Metin)</t>
+          <t>Salla Gitsin - Saçma Sapan Şeyleri Bırakıp Mutlu Bir Yaşam Kurma Günlüğü</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>110</v>
+        <v>265</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057432650</t>
+          <t>9786057462978</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Dediğin Nedir, Charlie Brown?</t>
+          <t>Çocuk, Köstebek, Tilki ve At</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>300</v>
+        <v>725</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057432636</t>
+          <t>9786257491204</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Hayat Dediğin Nedir, Charlie Brown?</t>
+          <t>Tam Benlik Sözler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057432643</t>
+          <t>9786257491211</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Aşk Dediğin Nedir, Charlie Brown?</t>
+          <t>Robin Hood</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>300</v>
+        <v>110</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257491037</t>
+          <t>9786257491228</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Tırmanış</t>
+          <t>Bir Kayıkta Üç Kafadar (Kısaltılmış Metin)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>415</v>
+        <v>110</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257491143</t>
+          <t>9786057432650</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Nefes</t>
+          <t>Arkadaşlık Dediğin Nedir, Charlie Brown?</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057432629</t>
+          <t>9786057432636</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Üç Kadın</t>
+          <t>Hayat Dediğin Nedir, Charlie Brown?</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>455</v>
+        <v>300</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057432667</t>
+          <t>9786057432643</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Onlar Göçtü Buradan</t>
+          <t>Aşk Dediğin Nedir, Charlie Brown?</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786254435171</t>
+          <t>9786257491037</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Bu Propaganda Değil</t>
+          <t>Tehlikeli Tırmanış</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>370</v>
+        <v>415</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057462954</t>
+          <t>9786257491143</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Erkeklerden Nefret Ediyorum</t>
+          <t>Nefes</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>215</v>
+        <v>420</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786254435188</t>
+          <t>9786057432629</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>İsli Çocuklar: Maya</t>
+          <t>Üç Kadın</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>485</v>
+        <v>455</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786254435140</t>
+          <t>9786057432667</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Hatası</t>
+          <t>Onlar Göçtü Buradan</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>485</v>
+        <v>170</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786254435164</t>
+          <t>9786254435171</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığı Değiştiren 100 Köpek</t>
+          <t>Bu Propaganda Değil</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>295</v>
+        <v>370</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786254435157</t>
+          <t>9786057462954</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Uygarlığı Değiştiren 100 Kedi</t>
+          <t>Erkeklerden Nefret Ediyorum</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>295</v>
+        <v>215</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786254435133</t>
+          <t>9786254435188</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Pi'si Pi'sine</t>
+          <t>İsli Çocuklar: Maya</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>385</v>
+        <v>485</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786254435126</t>
+          <t>9786254435140</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>"Güç"ten Sonra Devam</t>
+          <t>Gençlik Hatası</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>275</v>
+        <v>485</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786050671384</t>
+          <t>9786254435164</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Gayriresmi Futbol Tarihi</t>
+          <t>Uygarlığı Değiştiren 100 Köpek</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>330</v>
+        <v>295</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786050671353</t>
+          <t>9786254435157</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Çok Yönlü</t>
+          <t>Uygarlığı Değiştiren 100 Kedi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>485</v>
+        <v>295</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786050671346</t>
+          <t>9786254435133</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Mektuplar</t>
+          <t>Pi'si Pi'sine</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>530</v>
+        <v>385</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786056956164</t>
+          <t>9786254435126</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bay Yüzde Beş</t>
+          <t>"Güç"ten Sonra Devam</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>530</v>
+        <v>275</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786050671315</t>
+          <t>9786050671384</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Radikaller</t>
+          <t>Gayriresmi Futbol Tarihi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>385</v>
+        <v>330</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786050671322</t>
+          <t>9786050671353</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Cafe Fernando (Ciltli)</t>
+          <t>Çok Yönlü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>3100</v>
+        <v>485</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786050695304</t>
+          <t>9786050671346</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Salgını</t>
+          <t>Gençlere Mektuplar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>315</v>
+        <v>530</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786056956157</t>
+          <t>9786056956164</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Bedava Müzik: Bir Mucit, Bir Patron ve Bir Hırsız Müzik Endüstrisini Nasıl Altüst Etti?</t>
+          <t>Bay Yüzde Beş</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>280</v>
+        <v>530</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786056956195</t>
+          <t>9786050671315</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Göçmek Ne Garip Şey Anne!</t>
+          <t>Radikaller</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>280</v>
+        <v>385</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786056956188</t>
+          <t>9786050671322</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Giysiler Ne Anlatır?</t>
+          <t>Cafe Fernando (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>280</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786056956133</t>
+          <t>9786050695304</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Hesap Lütfen</t>
+          <t>Sağlık Salgını</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>280</v>
+        <v>315</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786058043312</t>
+          <t>9786056956157</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bir Şifa Bağımlısının İtirafları</t>
+          <t>Bedava Müzik: Bir Mucit, Bir Patron ve Bir Hırsız Müzik Endüstrisini Nasıl Altüst Etti?</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786056956126</t>
+          <t>9786056956195</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Tecavüzü Konuşmamız Lazım</t>
+          <t>Göçmek Ne Garip Şey Anne!</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786056956119</t>
+          <t>9786056956188</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>König</t>
+          <t>Giysiler Ne Anlatır?</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>385</v>
+        <v>280</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786056956102</t>
+          <t>9786056956133</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Salondaki En Kötü Koltuk</t>
+          <t>Hesap Lütfen</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>420</v>
+        <v>280</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789750741098</t>
+          <t>9786058043312</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Kobaylar</t>
+          <t>Bir Şifa Bağımlısının İtirafları</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>410</v>
+        <v>330</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789750740923</t>
+          <t>9786056956126</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Arızanın Merkezine Seyahat</t>
+          <t>Tecavüzü Konuşmamız Lazım</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>485</v>
+        <v>320</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789750740763</t>
+          <t>9786056956119</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Aldatmaca</t>
+          <t>König</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>530</v>
+        <v>385</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9789750740855</t>
+          <t>9786056956102</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Hisli Şeyler</t>
+          <t>Salondaki En Kötü Koltuk</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>620</v>
+        <v>420</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9789750740589</t>
+          <t>9789750741098</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kız Kardeşim Seri Katil</t>
+          <t>Kurumsal Kobaylar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>345</v>
+        <v>410</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9789750740510</t>
+          <t>9789750740923</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Ben Hep Senin Yanındaydım</t>
+          <t>Arızanın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>280</v>
+        <v>485</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9789750740411</t>
+          <t>9789750740763</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bence Katil Öldürdü</t>
+          <t>Aldatmaca</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>275</v>
+        <v>530</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
+          <t>9789750740855</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Hisli Şeyler</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>9789750740589</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Kız Kardeşim Seri Katil</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789750740510</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Ben Hep Senin Yanındaydım</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789750740411</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Bence Katil Öldürdü</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
           <t>9789750740404</t>
         </is>
       </c>
-      <c r="B187" s="1" t="inlineStr">
+      <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Benim Hikayem</t>
         </is>
       </c>
-      <c r="C187" s="1">
+      <c r="C191" s="1">
         <v>565</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>