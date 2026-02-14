--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -94,51 +94,51 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786057462961</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Çoğu İnsan İyidir</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>530</v>
+        <v>610</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786255898586</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Hayaletler</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786255898487</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
@@ -184,2791 +184,2791 @@
         <is>
           <t>9786255898463</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Miras</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786255898241</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Asla, Asla, Asla</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>365</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786255898234</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Merhaba Güzellik</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>490</v>
+        <v>565</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786255898135</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Dönmek</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786256324855</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Kendini Aş</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>420</v>
+        <v>485</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786255898104</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Bebeğiniz Uyumuyor Mu?</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786255898111</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Yetişin Babalar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786255898050</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Ne Yediysem Oyum</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>420</v>
+        <v>485</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786256324947</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Fincandan Lezzete Kahve</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>680</v>
+        <v>785</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786256324930</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Topraktan Fincana Kahve</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786256324848</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Bir Mutluluk Reçetesi - Çağı Anlamak İçin Yazılar</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>275</v>
+        <v>310</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786256324756</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Dünya Mitolojilerinde Bitkiler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>550</v>
+        <v>635</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786256324701</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Bedenler, Sınırlar ve Mahremiyet Hakkında Çocuğumla Nasıl Konuşurum?</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786256324695</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Sarayın Gözleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>365</v>
+        <v>420</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786050671377</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Müzik Nasıl İşler</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>615</v>
+        <v>710</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786050695397</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Müzikonomi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>375</v>
+        <v>430</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786256324664</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Ateşli Silahlar ve Bilardo</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786256324084</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Kırk Kat Baklava Tarihi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>550</v>
+        <v>630</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786256324633</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Bakışınızı Değiştirecek 10 Deney: İnsan</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786256324374</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
           <t>Beethoven - Müziğin Dönüm Noktası</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>530</v>
+        <v>610</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
           <t>9786256324381</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
           <t>Anlamsızlık Hissi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
           <t>9786256324428</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Parkinson Ama Son Değil</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
           <t>9786256324206</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Mutlu, Sağlıklı Zihinler: Çocuklar İçin Duygusal Sağlık Rehberi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>285</v>
+        <v>330</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786256324336</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Gıda Mühendisi Anlatıyor: Sağlıklı Beslenmek İçin Neyi, Nasıl Pişirelim?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>285</v>
+        <v>330</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9786256324152</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Arkeofili</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9786256324138</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
           <t>Kıyamet Notları: Gelecek Endişesine Yolculuk</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
           <t>9786256324145</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
           <t>Sportif Öyküler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>205</v>
+        <v>235</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
           <t>9786256324114</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
           <t>Bir Denizkızını Nasıl Yakalarsın</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
           <t>9786256324046</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
           <t>Bir Canavarı Nasıl Yakalarsın</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
           <t>9786256324039</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
           <t>Rüyaların Gizli Dünyası: Rüyalar Bize Kendimiz Hakkında Ne Söyler ve Dünyamızı Nasıl Değiştirirler?</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
           <t>9786256324022</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
           <t>Neden Böyleyim? Nasıl Değişebilirim? Bir Huzursuz Beyin Kitabı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>265</v>
+        <v>305</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
           <t>9786256377974</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
           <t>Aslanların Kışı: Sicilya’nın Taçsız Hanedanı Florio Ailesinin Hikayesi 2</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>530</v>
+        <v>610</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
           <t>9786256377998</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
           <t>Ahtapotların Sıfır Kemiği Vardır</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
           <t>9786256377745</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
           <t>Aramızda</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
           <t>9786256377981</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
           <t>Sokak Kodcusu: Kırılması Gereken Kurallar ve Onları Kırmanın Yolları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
           <t>9786256324008</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
           <t>Bir Dinozoru Nasıl Yakalarsın</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
           <t>9786256324015</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Pamuk ve Ben</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786256377943</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Başarılı Bir Kadın Olduğum İçin Özür Dilerim</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>175</v>
+        <v>205</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9786256377950</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Chopin - Tuşlara Adanmış Bir Yaşam</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>530</v>
+        <v>610</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>7000100010596</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
           <t>Elmer Stant 2024 (100 Kitap)</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>14500</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
           <t>9786256377806</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
           <t>Notre-Dame'ın Kamburu</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
           <t>9786256377813</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
           <t>Don Kişot</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
           <t>9786256377936</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
           <t>Labofem: Bitkilerle İyi Geçinme Rehberi (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>825</v>
+        <v>950</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
           <t>9786256377820</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
           <t>Girişimciliğin Ustaları: Dünyanın En Başarılı İsimlerinden Girişim Ölçeklendirme Dersleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>410</v>
+        <v>470</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
           <t>9786256377912</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
           <t>Seks Yapma Hakkı</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>375</v>
+        <v>430</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
           <t>9786256377929</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
           <t>Nöropazarlamayla Duygulara Fısılda</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
           <t>9786256377905</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
           <t>Küçük İnsanlar İçin Büyük Sözler: Sevgi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
           <t>9786256377783</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
           <t>Pollyanna</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
           <t>9786256377790</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786056956171</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Okul Dediğin Nedir, Charlie Brown?</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>300</v>
+        <v>345</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786256377868</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Memo ve Ay (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>375</v>
+        <v>430</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786256377875</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Küçük İnsanlar İçin Büyük Sözler: Nezaket</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786256377882</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Küçük İnsanlar İçin Büyük Sözler: Cesaret</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786256377899</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Katre</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786256377837</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Yara</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786256377844</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Küçük İnsanlar Büyük Sözler: Mutluluk (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786256377851</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Küçük İnsanlar İçin Büyük Sözler: Elinden Gelenin En İyisini Yapmak (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786256377967</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>İdil Biret</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>575</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786256377776</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Yüz Yıllık Bir Koku Hikâyesi: Eyüp Sabri Tuncer ve Dört Kuşağı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>285</v>
+        <v>330</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786256377738</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Radyo Popov</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>320</v>
+        <v>365</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786256377714</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Hormonal Zeka</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>620</v>
+        <v>710</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786256377585</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Pinokyo</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786256377578</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Yedek</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>550</v>
+        <v>630</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786256377530</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Gorillerinki Küçük Olur: Cinsellik, Evrim ve Yaşam</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>355</v>
+        <v>410</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786256377561</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Sicilya Aslanları: Sicilya'nın Taçsız Hanedanı Florio Ailesinin Hikâyesi-I</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>420</v>
+        <v>485</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786256377547</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Yıldız Dostlar: Karanlık Oyunlar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786256377554</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Beni Görebiliyor Musun?</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>265</v>
+        <v>305</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786256377486</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Elmer Yine İş Başında</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786256377462</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Elmer ve Balinalar</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786256377011</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Yapay Zeka Senden Nefret Etmiyor</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786256377479</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Acayip Merak Ettim! - The Economist Açıklıyor: Dünyamızı Alt Üst Eden Gerçekler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>235</v>
+        <v>270</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786256377332</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Elmer ve Gül</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786256377356</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Elmer Günü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786256377349</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Elmer ve Kelebek</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786256377066</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Bir Kese Bilye</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786256377325</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyetin 100 Günü: İnkılabın Ayak Sesleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786256377295</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Cumhuriyetin 100 İsmi: Büyük Devrimin Portreleri</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786256377219</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Neden Kendimi Yetersiz Hissediyorum?</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>242</v>
+        <v>280</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786256377080</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Yıldız Dostlar: Gizli Büyü</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786257491716</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Çorap Gonzo</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786257491402</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Yunus - Bir Hayalperestin Hikayesi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786256377318</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Elmer ve Rüzgar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786256377288</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Elmer ve Yarış</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9786256377301</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Elmer ve Kar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9786256377141</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Oyuna Devam</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9786256377134</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Ajan Köpek</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9786256377127</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Kampa Gidiyoruz</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9789750759987</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Teknik Olarak Yeniden Üretilebilirlik Çağında Sanat Eseri</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9786256377073</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Anneliğin Sıradışı Tarihi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>305</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9786256377165</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Elmer ve Wilbur</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9786256377158</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Elmer</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9786256377103</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Düş Makinesi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786256377110</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Fosil Avcıları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9786256377035</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Görünmez Ağ</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9786256377028</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Yıldız Dostlar Aynanın Sihri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>9786256377004</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Yıldız Dostlar Dilek Tuzağı</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>160</v>
+        <v>185</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9786257491990</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Oz Büyücüsü</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9786257491938</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Mafyanın Muhasebecisi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>320</v>
+        <v>365</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>9786257491952</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Bir Noel Şarkısı</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>90</v>
+        <v>105</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>9786257491969</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Köklere Dönüş: Nesilden Nesile Geçen Yemekler</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>375</v>
+        <v>430</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>9786257491945</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Bize Yeni Bir Söz Lazım</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>385</v>
+        <v>440</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9786257491747</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Görünmez Tasma</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>9786257491846</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Toprak ve Şarap</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>1000</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>9786257491884</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Neye İhtiyacım Var?</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>320</v>
+        <v>365</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>9786257491907</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Peter Pan</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t>9786257491891</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Şef Şeker'den Pratik Tarifler - Kakaolu Kek</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t>9786257491730</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Moby Dick</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t>9786257491754</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Gaip</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t>9786257491198</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Gizli Bahçe</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t>9786257491334</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Llama Llama ve Şanslı Pijama</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t>9786257491297</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Llama Llama ve Arkadaşları</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t>9786257491631</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Başarı Dediğin Nedir, Charlie Brown?</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>345</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t>9786257491655</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Dünyanın Merkezine Yolculuk</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>9786257491662</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Kargocu Kozi</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>9786257491648</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Balonla Beş Hafta</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>9786257491181</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Aile Dediğin Nedir, Charlie Brown?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>345</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t>9786257491624</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Çalınan Taç</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>100</v>
+        <v>115</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t>9786257491518</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Peanuts: Okul Zamanı Charlie Brown</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t>9786257491501</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Peanuts: Astronot Sally Brown</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
           <t>9786257491495</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Peanuts: Ay’a Giden İlk Köpek</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
           <t>9786257491532</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
           <t>Peanuts: Linus'un Yeni Gözlükleri</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
           <t>9786257491525</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
           <t>Peanuts: En Yakın Arkadaşlar Snoopy ve Woodstock</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
           <t>9786257491488</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
           <t>Peanuts: Haydi Kütüphaneye Gidelim!</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
           <t>9786257491617</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
           <t>Evrim Kuran Seti</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>550</v>
+        <v>630</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
           <t>9786257491563</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
           <t>Z - Bir Kuşağı Anlamak</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
           <t>9786257491570</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
           <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
           <t>9786257491150</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
           <t>Denizler Altında Yirmi Bin Fersah</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
           <t>9786257491600</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
           <t>Telgraftan Tablete</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>205</v>
+        <v>235</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
           <t>9786257491549</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
           <t>Metin Akpınar: Sahneye Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
           <t>9786257491471</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
           <t>Bol Kepçe Lokantası</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
           <t>9786257491389</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Tom Sawyer</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
           <t>9786257491242</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
           <t>İki Yıl Okul Tatili</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>125</v>
+        <v>145</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
           <t>9786257491099</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
           <t>Hileli Ayna</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>265</v>
+        <v>305</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
           <t>9786257491440</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Dans Ayakkabıları</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
           <t>9786257491266</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
           <t>80 Günde Devrialem</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
           <t>9786257491419</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
           <t>Görünmez İp</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>270</v>
+        <v>310</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
           <t>9786257491112</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
           <t>Anna Dewdney Llama Llama Yüzmeyi Öğreniyor</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
           <t>9786257491129</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
           <t>Anna Dewdney Llama Llama Anneler Günü Hediyesi</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
           <t>9786057432698</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
           <t>Bitkilerin Ruhu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>530</v>
+        <v>610</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
           <t>9786257491259</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
           <t>Büyüyemeyenler</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
           <t>9786257491273</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
           <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
           <t>9786257491235</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>115</v>
+        <v>135</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
           <t>9786257491167</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Salla Gitsin - Saçma Sapan Şeyleri Bırakıp Mutlu Bir Yaşam Kurma Günlüğü</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>265</v>
+        <v>305</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
           <t>9786057462978</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
           <t>Çocuk, Köstebek, Tilki ve At</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>725</v>
+        <v>850</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
           <t>9786257491204</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Tam Benlik Sözler</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>420</v>
+        <v>485</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
           <t>9786257491211</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Robin Hood</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
           <t>9786257491228</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Bir Kayıkta Üç Kafadar (Kısaltılmış Metin)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>110</v>
+        <v>130</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t>9786057432650</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
           <t>Arkadaşlık Dediğin Nedir, Charlie Brown?</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>300</v>
+        <v>345</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
           <t>9786057432636</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
           <t>Hayat Dediğin Nedir, Charlie Brown?</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>300</v>
+        <v>345</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
           <t>9786057432643</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Aşk Dediğin Nedir, Charlie Brown?</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>300</v>
+        <v>345</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
           <t>9786257491037</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Tehlikeli Tırmanış</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>415</v>
+        <v>475</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
           <t>9786257491143</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Nefes</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>420</v>
+        <v>485</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t>9786057432629</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Üç Kadın</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>455</v>
+        <v>525</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
           <t>9786057432667</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Onlar Göçtü Buradan</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
           <t>9786254435171</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Bu Propaganda Değil</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>370</v>
+        <v>425</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
           <t>9786057462954</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Erkeklerden Nefret Ediyorum</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
           <t>9786254435188</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
           <t>İsli Çocuklar: Maya</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>485</v>
+        <v>560</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
           <t>9786254435140</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Gençlik Hatası</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>485</v>
+        <v>560</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
           <t>9786254435164</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Uygarlığı Değiştiren 100 Köpek</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>295</v>
+        <v>340</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
           <t>9786254435157</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Uygarlığı Değiştiren 100 Kedi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>295</v>
+        <v>340</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
           <t>9786254435133</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Pi'si Pi'sine</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>385</v>
+        <v>440</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
           <t>9786254435126</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
           <t>"Güç"ten Sonra Devam</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>275</v>
+        <v>315</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
           <t>9786050671384</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Gayriresmi Futbol Tarihi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
           <t>9786050671353</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Çok Yönlü</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>485</v>
+        <v>560</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
           <t>9786050671346</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Gençlere Mektuplar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>530</v>
+        <v>610</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
           <t>9786056956164</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Bay Yüzde Beş</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>530</v>
+        <v>600</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
           <t>9786050671315</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Radikaller</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>385</v>
+        <v>440</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
           <t>9786050671322</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Cafe Fernando (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>3100</v>
+        <v>3565</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
           <t>9786050695304</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Sağlık Salgını</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>315</v>
+        <v>365</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
           <t>9786056956157</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Bedava Müzik: Bir Mucit, Bir Patron ve Bir Hırsız Müzik Endüstrisini Nasıl Altüst Etti?</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
           <t>9786056956195</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Göçmek Ne Garip Şey Anne!</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
           <t>9786056956188</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Giysiler Ne Anlatır?</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
           <t>9786056956133</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Hesap Lütfen</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
           <t>9786058043312</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Bir Şifa Bağımlısının İtirafları</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
           <t>9786056956126</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Tecavüzü Konuşmamız Lazım</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>320</v>
+        <v>365</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
           <t>9786056956119</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
           <t>König</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>385</v>
+        <v>440</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
           <t>9786056956102</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Salondaki En Kötü Koltuk</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>420</v>
+        <v>485</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
           <t>9789750741098</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Kurumsal Kobaylar</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>410</v>
+        <v>470</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
           <t>9789750740923</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Arızanın Merkezine Seyahat</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>485</v>
+        <v>560</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
           <t>9789750740763</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Aldatmaca</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>530</v>
+        <v>610</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
           <t>9789750740855</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Hisli Şeyler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>620</v>
+        <v>710</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
           <t>9789750740589</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Kız Kardeşim Seri Katil</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
           <t>9789750740510</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Ben Hep Senin Yanındaydım</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
           <t>9789750740411</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Bence Katil Öldürdü</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>275</v>
+        <v>315</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
           <t>9789750740404</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Benim Hikayem</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>565</v>
+        <v>650</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>