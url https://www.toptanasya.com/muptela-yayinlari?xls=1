--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -85,4000 +85,4135 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255939098</t>
+          <t>9786255939142</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Bohçası III – Bitki Sembolleri</t>
+          <t>The Moodlog - Terapistin Yanında</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>425</v>
+        <v>220</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255939081</t>
+          <t>9786255939128</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Bohçası II - Hayvan Sembolleri</t>
+          <t>Hayatı Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>425</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255939074</t>
+          <t>9786255939135</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Bohçası I - Kadim Semboller</t>
+          <t>Manifest Kitabı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258446944</t>
+          <t>9786255939111</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bu Sene Benim Senem Ajandası (Ciltli)</t>
+          <t>Ayna Yaşımı Bilmiyor</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052006573</t>
+          <t>9786258446661</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı</t>
+          <t>Niyet Defteri</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>102</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255939067</t>
+          <t>9786258446272</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Adası</t>
+          <t>Bilinçaltınızı Nasıl Dönüştürürsünüz?</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258446067</t>
+          <t>9786257099998</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mucize Ritüelleri</t>
+          <t>İyi Şeyler Birdenbire Olur Ajandası</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>220</v>
+        <v>85</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255939050</t>
+          <t>9786257099981</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bir Kürt Sevdim - Veda</t>
+          <t>Gökyüzü Ajandası 2022 (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255939043</t>
+          <t>9786255939104</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Melek Yüz</t>
+          <t>Hasta Eşya Şifacısı</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255939036</t>
+          <t>9786255939098</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ben Sonnur, Ben Saime: Hangimiz Gerçek?</t>
+          <t>Sırlar Bohçası III – Bitki Sembolleri</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255939029</t>
+          <t>9786255939081</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Uçarak Yok Olmak İsteyen Nergis</t>
+          <t>Sırlar Bohçası II - Hayvan Sembolleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255939012</t>
+          <t>9786255939074</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltını Aşka Uyumla</t>
+          <t>Sırlar Bohçası I - Kadim Semboller</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255939005</t>
+          <t>9786258446944</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Lider</t>
+          <t>Bu Sene Benim Senem Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786258446999</t>
+          <t>9786052006573</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Üstümden Trenler Geçti</t>
+          <t>Gökkuşağı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>102</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258446982</t>
+          <t>9786255939067</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ruhkıran</t>
+          <t>Mucizeler Adası</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258446937</t>
+          <t>9786258446067</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Büfeler ve İnsanlar</t>
+          <t>Mucize Ritüelleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258446968</t>
+          <t>9786255939050</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Kadın Olmak</t>
+          <t>Bir Kürt Sevdim - Veda</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786258446975</t>
+          <t>9786255939043</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ritüellerin Şifreleri</t>
+          <t>Melek Yüz</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258446951</t>
+          <t>9786255939036</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İmgelemenin Gücü</t>
+          <t>Ben Sonnur, Ben Saime: Hangimiz Gerçek?</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258446913</t>
+          <t>9786255939029</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Matriks Aile Dizimi Kartları</t>
+          <t>Uçarak Yok Olmak İsteyen Nergis</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1050</v>
+        <v>300</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258446920</t>
+          <t>9786255939012</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir Duygudan Fazlası</t>
+          <t>Bilinçaltını Aşka Uyumla</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786052006665</t>
+          <t>9786255939005</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>8:15 Vapuru</t>
+          <t>İçimdeki Lider</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258446906</t>
+          <t>9786258446999</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas'ta Bir Gece</t>
+          <t>Üstümden Trenler Geçti</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258446890</t>
+          <t>9786258446982</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Yönetme Becerisi</t>
+          <t>Ruhkıran</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258446883</t>
+          <t>9786258446937</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Pipinin Götürdüğü Yere Git</t>
+          <t>Büfeler ve İnsanlar</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258446876</t>
+          <t>9786258446968</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Senin Evrenin</t>
+          <t>Kadın Olmak</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258446869</t>
+          <t>9786258446975</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Kayıt Kılavuzu</t>
+          <t>Ritüellerin Şifreleri</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258446845</t>
+          <t>9786258446951</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Son Savaş - Anka Serisi 5</t>
+          <t>İmgelemenin Gücü</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258446852</t>
+          <t>9786258446913</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızın Matematiği ve Kaderinizi Yöneten Sayılar</t>
+          <t>Matriks Aile Dizimi Kartları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>180</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258446838</t>
+          <t>9786258446920</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Farkındalık</t>
+          <t>Bir Duygudan Fazlası</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258446821</t>
+          <t>9786052006665</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kar Fırtınası</t>
+          <t>8:15 Vapuru</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258446814</t>
+          <t>9786258446906</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğup Gelsem</t>
+          <t>Halikarnas'ta Bir Gece</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258446807</t>
+          <t>9786258446890</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Asena: Mağaranın Sırrı</t>
+          <t>Zamanı Yönetme Becerisi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258446791</t>
+          <t>9786258446883</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Ben Sonnur, Ben Saime</t>
+          <t>Pipinin Götürdüğü Yere Git</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258446784</t>
+          <t>9786258446876</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Bilinçaltı</t>
+          <t>Bedenin Senin Evrenin</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258446777</t>
+          <t>9786258446869</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumla Beraber İyileşiyorum</t>
+          <t>Yaşam Kayıt Kılavuzu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258446425</t>
+          <t>9786258446845</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hafiflemenin Kutsal Kitabı</t>
+          <t>Son Savaş - Anka Serisi 5</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258446241</t>
+          <t>9786258446852</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Farklıysan Fark Edilirsin</t>
+          <t>Hayatınızın Matematiği ve Kaderinizi Yöneten Sayılar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786052006276</t>
+          <t>9786258446838</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sevgimin Esareti</t>
+          <t>Sorularla Farkındalık</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786052006627</t>
+          <t>9786258446821</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Annelik Yolu</t>
+          <t>Kar Fırtınası</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258446760</t>
+          <t>9786258446814</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bitirme Gücün Var</t>
+          <t>Yeniden Doğup Gelsem</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>280</v>
+        <v>260</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258446753</t>
+          <t>9786258446807</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Enerji Terapistinin Rehberi</t>
+          <t>Asena: Mağaranın Sırrı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258446746</t>
+          <t>9786258446791</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Aşk Işıktandır</t>
+          <t>Ben Sonnur, Ben Saime</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258446739</t>
+          <t>9786258446784</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Metcezir</t>
+          <t>Sorularla Bilinçaltı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258446715</t>
+          <t>9786258446777</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Fırtınanın Kalbine İn</t>
+          <t>Çocuğumla Beraber İyileşiyorum</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258446722</t>
+          <t>9786258446425</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Kırmızı İpi</t>
+          <t>Hafiflemenin Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258446708</t>
+          <t>9786258446241</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kadim Rune Sembolleri ve Uygulama Rehberi</t>
+          <t>Farklıysan Fark Edilirsin</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786258446692</t>
+          <t>9786052006276</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gümüşlük Meleği</t>
+          <t>Sevgimin Esareti</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786258446685</t>
+          <t>9786052006627</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Nefesine Sahip Çık</t>
+          <t>Annelik Yolu</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258446678</t>
+          <t>9786258446760</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Şifa Kapıları</t>
+          <t>Bitirme Gücün Var</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258446654</t>
+          <t>9786258446753</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Beni Unutma</t>
+          <t>Enerji Terapistinin Rehberi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258446623</t>
+          <t>9786258446746</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Alış Veriş İşleri</t>
+          <t>Aşk Işıktandır</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>380</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258446647</t>
+          <t>9786258446739</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Meditasyon</t>
+          <t>Metcezir</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258446616</t>
+          <t>9786258446715</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Büyümeden</t>
+          <t>Fırtınanın Kalbine İn</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258446609</t>
+          <t>9786258446722</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin</t>
+          <t>Kaderin Kırmızı İpi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258446593</t>
+          <t>9786258446708</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Stres ve Ötesi</t>
+          <t>Kadim Rune Sembolleri ve Uygulama Rehberi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258446586</t>
+          <t>9786258446692</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Birdenbire</t>
+          <t>Gümüşlük Meleği</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258446579</t>
+          <t>9786258446685</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Doktordan Az Kullanılmış</t>
+          <t>Nefesine Sahip Çık</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258446562</t>
+          <t>9786258446678</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Derin</t>
+          <t>Bedenin Şifa Kapıları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258446555</t>
+          <t>9786258446654</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Yeniden Başlat</t>
+          <t>Beni Unutma</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258446548</t>
+          <t>9786258446623</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Işığını Serbest Bırak</t>
+          <t>Alış Veriş İşleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258446531</t>
+          <t>9786258446647</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Kaçış</t>
+          <t>Sorularla Meditasyon</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258446524</t>
+          <t>9786258446616</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Havass</t>
+          <t>Çocuğum Büyümeden</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258446517</t>
+          <t>9786258446609</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ilımlı Vegan</t>
+          <t>Hoş Geldin</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258446500</t>
+          <t>9786258446593</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Değiştiren Her Şey</t>
+          <t>Stres ve Ötesi</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258446494</t>
+          <t>9786258446586</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hawaii Günlükleri - 2</t>
+          <t>Birdenbire</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>185</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258446487</t>
+          <t>9786258446579</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Rüya Günlüğü</t>
+          <t>Doktordan Az Kullanılmış</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258446357</t>
+          <t>9786258446562</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Aile Modelleri</t>
+          <t>Derin</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258446340</t>
+          <t>9786258446555</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Para Ne Söyler Biz Ne Anlarız?</t>
+          <t>Hayatı Yeniden Başlat</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258446470</t>
+          <t>9786258446548</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Işığını Serbest Bırak</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258446463</t>
+          <t>9786258446531</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Metafor Terapi</t>
+          <t>Kendinden Kaçış</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258446456</t>
+          <t>9786258446524</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Eril - Dişil Denge</t>
+          <t>Havass</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258446449</t>
+          <t>9786258446517</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sensizliğimin Şarkısı</t>
+          <t>Ilımlı Vegan</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258446432</t>
+          <t>9786258446500</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Filozofik Yumurta</t>
+          <t>Hayatımı Değiştiren Her Şey</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258446418</t>
+          <t>9786258446494</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hawaii Günlükleri</t>
+          <t>Hawaii Günlükleri - 2</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>220</v>
+        <v>185</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258446401</t>
+          <t>9786258446487</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Mümkün - Barış</t>
+          <t>Rüya Günlüğü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258446395</t>
+          <t>9786258446357</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Pembe Begonvilli Ev</t>
+          <t>Aile Modelleri</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>340</v>
+        <v>260</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258446388</t>
+          <t>9786258446340</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Orenda - 21 Gün</t>
+          <t>Para Ne Söyler Biz Ne Anlarız?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258446364</t>
+          <t>9786258446470</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Olumlamalarla Bilinçaltını Kodla</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258446371</t>
+          <t>9786258446463</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Gizli Sözleşmesi</t>
+          <t>Herkes İçin Metafor Terapi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258446333</t>
+          <t>9786258446456</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça'nın Laneti</t>
+          <t>Eril - Dişil Denge</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258446326</t>
+          <t>9786258446449</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kuantumun Gücü</t>
+          <t>Sensizliğimin Şarkısı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258446302</t>
+          <t>9786258446432</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Sen Sandığım Şey</t>
+          <t>Filozofik Yumurta</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>185</v>
+        <v>165</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258446296</t>
+          <t>9786258446418</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Astrolojiyle Yönetin</t>
+          <t>Hawaii Günlükleri</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>124.17</v>
+        <v>220</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258446289</t>
+          <t>9786258446401</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Şifacının Yolu - Sırlı Orman</t>
+          <t>Her Şey Mümkün - Barış</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258446265</t>
+          <t>9786258446395</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Ruh Navigasyonu</t>
+          <t>Pembe Begonvilli Ev</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258446258</t>
+          <t>9786258446388</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Esmerim - Abre</t>
+          <t>Orenda - 21 Gün</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>320</v>
+        <v>225</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258446234</t>
+          <t>9786258446364</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Herkes</t>
+          <t>Olumlamalarla Bilinçaltını Kodla</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258446227</t>
+          <t>9786258446371</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Bisikletim - Yaşanmış Kadın Hikayeleri</t>
+          <t>Yaşamın Gizli Sözleşmesi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258446203</t>
+          <t>9786258446333</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yolu Bir</t>
+          <t>Tanrıça'nın Laneti</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258446197</t>
+          <t>9786258446326</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Üçü Çeyrek Geçe</t>
+          <t>Kuantumun Gücü</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258446173</t>
+          <t>9786258446302</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Işık Denizden Yansır</t>
+          <t>Sen Sandığım Şey</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258446166</t>
+          <t>9786258446296</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Odaklan</t>
+          <t>Zamanı Astrolojiyle Yönetin</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258446142</t>
+          <t>9786258446289</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Evet Derseniz Olur</t>
+          <t>Şifacının Yolu - Sırlı Orman</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258446135</t>
+          <t>9786258446265</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Asıl Sınavı Kendisidir</t>
+          <t>Ruh Navigasyonu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258446104</t>
+          <t>9786258446258</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mistik Yolda Yürümek (Ciltli)</t>
+          <t>Esmerim - Abre</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258446043</t>
+          <t>9786258446234</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sınır</t>
+          <t>Sevgili Herkes</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059021807</t>
+          <t>9786258446227</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Adı</t>
+          <t>Kırmızı Bisikletim - Yaşanmış Kadın Hikayeleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258446180</t>
+          <t>9786258446203</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Başka Kardeşi Var mı?</t>
+          <t>Aşkın Yolu Bir</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>170</v>
+        <v>185</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258446159</t>
+          <t>9786258446197</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Hayat İncitir Herkesi</t>
+          <t>Üçü Çeyrek Geçe</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258446128</t>
+          <t>9786258446173</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Daha İyi Günlerim Olmuştu</t>
+          <t>Işık Denizden Yansır</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258446111</t>
+          <t>9786258446166</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Adı: Oyun</t>
+          <t>Odaklan</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>260</v>
+        <v>195</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258446098</t>
+          <t>9786258446142</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Efşan - Kar Serçesi 2</t>
+          <t>Evet Derseniz Olur</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258446074</t>
+          <t>9786258446135</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Senin Yolun Mevlana’dan Geçsin</t>
+          <t>İnsanın Asıl Sınavı Kendisidir</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258446050</t>
+          <t>9786258446104</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Bedel Ödeyenler</t>
+          <t>Mistik Yolda Yürümek (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>285</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258446036</t>
+          <t>9786258446043</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kendine Dön</t>
+          <t>Sınır</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786258446012</t>
+          <t>9786059021807</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Okyanusta Aşk</t>
+          <t>Aşkın Adı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>285</v>
+        <v>270</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258446005</t>
+          <t>9786258446180</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Işık Hep Yansın Diye</t>
+          <t>Başka Kardeşi Var mı?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786257099974</t>
+          <t>9786258446159</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Günebakan</t>
+          <t>Hayat İncitir Herkesi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>360</v>
+        <v>330</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257099967</t>
+          <t>9786258446128</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bir Şans Daha?</t>
+          <t>Daha İyi Günlerim Olmuştu</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786257099950</t>
+          <t>9786258446111</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Ben, Feride</t>
+          <t>Adı: Oyun</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>225</v>
+        <v>260</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257099592</t>
+          <t>9786258446098</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ah Kalbim</t>
+          <t>Efşan - Kar Serçesi 2</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257099578</t>
+          <t>9786258446074</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyetler Ülkesi</t>
+          <t>Senin Yolun Mevlana’dan Geçsin</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257099561</t>
+          <t>9786258446050</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Sofra Hazır Cancağızım</t>
+          <t>Bedel Ödeyenler</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>210</v>
+        <v>285</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786257099554</t>
+          <t>9786258446036</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kozadan Çıkmak</t>
+          <t>Kendine Dön</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257099547</t>
+          <t>9786258446012</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Gece</t>
+          <t>Okyanusta Aşk</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>200</v>
+        <v>285</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786257099530</t>
+          <t>9786258446005</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yabancı</t>
+          <t>Işık Hep Yansın Diye</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257099516</t>
+          <t>9786257099974</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Uçan İnekler</t>
+          <t>Günebakan</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>170</v>
+        <v>360</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257099509</t>
+          <t>9786257099967</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Ruh İki Beden</t>
+          <t>Bir Şans Daha?</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257099493</t>
+          <t>9786257099950</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Oksijen Etkisi</t>
+          <t>Ben, Feride</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>320</v>
+        <v>225</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257099486</t>
+          <t>9786257099592</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Korkudan Özgürleşmek</t>
+          <t>Ah Kalbim</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257099455</t>
+          <t>9786257099578</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Babyjanda</t>
+          <t>Mecburiyetler Ülkesi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257099448</t>
+          <t>9786257099561</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Alaz - Kar Serçesi 1</t>
+          <t>Sofra Hazır Cancağızım</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>185</v>
+        <v>210</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257099431</t>
+          <t>9786257099554</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Cheli Tadında (Ciltli)</t>
+          <t>Kozadan Çıkmak</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>325</v>
+        <v>240</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257099424</t>
+          <t>9786257099547</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Beklenmeyen(e) Yazılar</t>
+          <t>Yıldızlı Gece</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257099417</t>
+          <t>9786257099530</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Bellekte Köy Enstitüleri Deneyimi</t>
+          <t>İçimdeki Yabancı</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257099394</t>
+          <t>9786257099516</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Uçurum</t>
+          <t>Uçan İnekler</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257099387</t>
+          <t>9786257099509</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Tadında Aşk Var</t>
+          <t>Bir Ruh İki Beden</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257099370</t>
+          <t>9786257099493</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kendine Uyanış - Ruhsal Haritam</t>
+          <t>Oksijen Etkisi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257099363</t>
+          <t>9786257099486</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Tohumdan Çatlamak - Ruhsal Haritam</t>
+          <t>Korkudan Özgürleşmek</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257099356</t>
+          <t>9786257099455</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Gel</t>
+          <t>Babyjanda</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>125</v>
+        <v>270</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257099349</t>
+          <t>9786257099448</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Bana Adımı Söyle</t>
+          <t>Alaz - Kar Serçesi 1</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257099332</t>
+          <t>9786257099431</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Sistem Konstelasyonu Eğitim Kitabı</t>
+          <t>Cheli Tadında (Ciltli)</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257099325</t>
+          <t>9786257099424</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Unutma Beni Çiçeği</t>
+          <t>Beklenmeyen(e) Yazılar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257099318</t>
+          <t>9786257099417</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğe Uçan Anka Kuşu</t>
+          <t>Toplumsal Bellekte Köy Enstitüleri Deneyimi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257099301</t>
+          <t>9786257099394</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Bir Kürt Sevdim</t>
+          <t>Uçurum</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257099295</t>
+          <t>9786257099387</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Efsane</t>
+          <t>Tadında Aşk Var</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257099288</t>
+          <t>9786257099370</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Srebrenitsa Çiçeği</t>
+          <t>Kendine Uyanış - Ruhsal Haritam</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257099271</t>
+          <t>9786257099363</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Değişim Gerekliyse Korkma</t>
+          <t>Tohumdan Çatlamak - Ruhsal Haritam</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257099264</t>
+          <t>9786257099356</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Issız</t>
+          <t>Gel</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>325</v>
+        <v>125</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257099233</t>
+          <t>9786257099349</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Visal</t>
+          <t>Bana Adımı Söyle</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>285</v>
+        <v>195</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257099226</t>
+          <t>9786257099332</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Şifreleri</t>
+          <t>Sistem Konstelasyonu Eğitim Kitabı</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257099219</t>
+          <t>9786257099325</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Bolluk ve Bereket İçinde Yaşamanın Nasıl Bir His Olduğunu Bilmek İster misiniz? Evet Dersenİz Olur</t>
+          <t>Unutma Beni Çiçeği</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257099202</t>
+          <t>9786257099318</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İnci Düşüm</t>
+          <t>Hiçliğe Uçan Anka Kuşu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257099196</t>
+          <t>9786257099301</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz</t>
+          <t>Bir Kürt Sevdim</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257099172</t>
+          <t>9786257099295</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Saklı Cennet</t>
+          <t>Efsane</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>180</v>
+        <v>310</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257099165</t>
+          <t>9786257099288</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Mucizeler</t>
+          <t>Srebrenitsa Çiçeği</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257099158</t>
+          <t>9786257099271</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Hikayedeki Seni Bul</t>
+          <t>Değişim Gerekliyse Korkma</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>180</v>
+        <v>230</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257099141</t>
+          <t>9786257099264</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sevda Uğruna</t>
+          <t>Issız</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>310</v>
+        <v>325</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257099134</t>
+          <t>9786257099233</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Pervane</t>
+          <t>Visal</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>170</v>
+        <v>285</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257099127</t>
+          <t>9786257099226</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Erik Ağacı</t>
+          <t>Aşkın Şifreleri</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257099110</t>
+          <t>9786257099219</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Beyniniz Hayatınızı Nasıl Şekillendirir?</t>
+          <t>Bolluk ve Bereket İçinde Yaşamanın Nasıl Bir His Olduğunu Bilmek İster misiniz? Evet Dersenİz Olur</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257099103</t>
+          <t>9786257099202</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Robinson’a Aşık Olmak</t>
+          <t>İnci Düşüm</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>90</v>
+        <v>290</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257099097</t>
+          <t>9786257099196</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Kahramanı Keşfet</t>
+          <t>Eşsiz</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257099080</t>
+          <t>9786257099172</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Son Oyun</t>
+          <t>İçimdeki Saklı Cennet</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>225</v>
+        <v>180</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257099066</t>
+          <t>9786257099165</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Parmak İzi</t>
+          <t>Sihirli Mucizeler</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257099073</t>
+          <t>9786257099158</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Son Dans</t>
+          <t>Hikayedeki Seni Bul</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257099059</t>
+          <t>9786257099141</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bugüne Dek Neredeydin Sen</t>
+          <t>Sevda Uğruna</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257099035</t>
+          <t>9786257099134</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Düşünce</t>
+          <t>Pervane</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257099042</t>
+          <t>9786257099127</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mı Aşk Mı?</t>
+          <t>Erik Ağacı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>140</v>
+        <v>280</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257099028</t>
+          <t>9786257099110</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Artık İşsizim</t>
+          <t>Beyniniz Hayatınızı Nasıl Şekillendirir?</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257099011</t>
+          <t>9786257099103</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Mucizedir</t>
+          <t>Robinson’a Aşık Olmak</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257099004</t>
+          <t>9786257099097</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Bu Kitapta Bolca Oyun ve Kahkaha Var</t>
+          <t>İçindeki Kahramanı Keşfet</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052006993</t>
+          <t>9786257099080</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tutkusu</t>
+          <t>Son Oyun</t>
         </is>
       </c>
       <c r="C165" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052006948</t>
+          <t>9786257099066</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kral Süiti 2</t>
+          <t>Parmak İzi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>245</v>
+        <v>160</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052006955</t>
+          <t>9786257099073</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Nisyan Adası</t>
+          <t>Son Dans</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052006924</t>
+          <t>9786257099059</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Anne!</t>
+          <t>Bugüne Dek Neredeydin Sen</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052006894</t>
+          <t>9786257099035</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Emanet Hayat</t>
+          <t>Düşünce</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052006900</t>
+          <t>9786257099042</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Evet Derseniz Olur</t>
+          <t>Aşk Mı Aşk Mı?</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>350</v>
+        <v>140</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052006917</t>
+          <t>9786257099028</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İyi Şeyler Birdenbire Olur</t>
+          <t>Yaşasın Artık İşsizim</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052006856</t>
+          <t>9786257099011</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Hazırsan Başlıyoruz</t>
+          <t>Aşk Bir Mucizedir</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052006863</t>
+          <t>9786257099004</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumla Büyüyorum</t>
+          <t>Dikkat! Bu Kitapta Bolca Oyun ve Kahkaha Var</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052006832</t>
+          <t>9786052006993</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yazılamayan Zamanın Hikayesi</t>
+          <t>Aşk Tutkusu</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052006825</t>
+          <t>9786052006948</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Uzakların Kolu Kırık Sarılmaya</t>
+          <t>Kral Süiti 2</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052006818</t>
+          <t>9786052006955</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Nisyan Adası</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052006788</t>
+          <t>9786052006924</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Anne!</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>111</v>
+        <v>160</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052006771</t>
+          <t>9786052006894</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Emanet Hayat</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052006764</t>
+          <t>9786052006900</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Evet Derseniz Olur</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>72</v>
+        <v>350</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052006740</t>
+          <t>9786052006917</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>İyi Şeyler Birdenbire Olur</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>75</v>
+        <v>180</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052006757</t>
+          <t>9786052006856</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Hazırsan Başlıyoruz</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052006726</t>
+          <t>9786052006863</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kül - Anka Serisi 3</t>
+          <t>Çocuğumla Büyüyorum</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052006733</t>
+          <t>9786052006832</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Bir Deli Bahar Düğünü</t>
+          <t>Yazılamayan Zamanın Hikayesi</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052006702</t>
+          <t>9786052006825</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Parıltısı</t>
+          <t>Uzakların Kolu Kırık Sarılmaya</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>355</v>
+        <v>190</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052006719</t>
+          <t>9786052006818</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Pelerinli Kız Pelin</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>240</v>
+        <v>70</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052006696</t>
+          <t>9786052006788</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Aşk</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>72</v>
+        <v>111</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052006689</t>
+          <t>9786052006771</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kral Süiti</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052006672</t>
+          <t>9786052006764</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Korsan</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>300</v>
+        <v>72</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052006658</t>
+          <t>9786052006740</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Holistik Mutluluk</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>180</v>
+        <v>75</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052006641</t>
+          <t>9786052006757</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Anda</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052006597</t>
+          <t>9786052006726</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yüzüncü Nesil - Anka Serisi 2</t>
+          <t>Kül - Anka Serisi 3</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052006580</t>
+          <t>9786052006733</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bir Deli Bahar Rüyası</t>
+          <t>Bir Deli Bahar Düğünü</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052006559</t>
+          <t>9786052006702</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ne Olur Gitme</t>
+          <t>Gecenin Parıltısı</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>195</v>
+        <v>355</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052006542</t>
+          <t>9786052006719</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Pelerinli Kız Pelin</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052006535</t>
+          <t>9786052006696</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Ana Dilim Aşk 1</t>
+          <t>Bir Tutam Aşk</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>220</v>
+        <v>72</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052006511</t>
+          <t>9786052006689</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Geçen Yıllarım - Yankı</t>
+          <t>Kral Süiti</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052006504</t>
+          <t>9786052006672</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Geçen Yıllarım - Ada</t>
+          <t>Korsan</t>
         </is>
       </c>
       <c r="C197" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052006498</t>
+          <t>9786052006658</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ben Buradayım</t>
+          <t>Holistik Mutluluk</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052006481</t>
+          <t>9786052006641</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Maske</t>
+          <t>Beklenmedik Anda</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052006467</t>
+          <t>9786052006597</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Usta</t>
+          <t>Yüzüncü Nesil - Anka Serisi 2</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052006443</t>
+          <t>9786052006580</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Guguk</t>
+          <t>Bir Deli Bahar Rüyası</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052006429</t>
+          <t>9786052006559</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Şimdi!</t>
+          <t>Ne Olur Gitme</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052006405</t>
+          <t>9786052006542</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Geleceğimsin</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>104</v>
+        <v>130</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052006412</t>
+          <t>9786052006535</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Anka’nın Dönüşü - Anka Serisi 1</t>
+          <t>Ana Dilim Aşk 1</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052006399</t>
+          <t>9786052006511</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşlarımız</t>
+          <t>Sensiz Geçen Yıllarım - Yankı</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052006382</t>
+          <t>9786052006504</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Tozdan Düşler - Peri Masalları 1</t>
+          <t>Sensiz Geçen Yıllarım - Ada</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052006368</t>
+          <t>9786052006498</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Elimde Hamur Kafamda Dünyalar Var</t>
+          <t>Ben Buradayım</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>64</v>
+        <v>205</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052006375</t>
+          <t>9786052006481</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sevda Dedikleri 2</t>
+          <t>Maske</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052006351</t>
+          <t>9786052006467</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kaçış: Nevbahar</t>
+          <t>Usta</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>260</v>
+        <v>225</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052006313</t>
+          <t>9786052006443</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Ve Öyle de Oldu!</t>
+          <t>Guguk</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>110</v>
+        <v>170</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052006184</t>
+          <t>9786052006429</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Sevda Dedikleri</t>
+          <t>Aşk, Şimdi!</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>260</v>
+        <v>130</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052006252</t>
+          <t>9786052006405</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Denize Karşı</t>
+          <t>Geleceğimsin</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>243</v>
+        <v>104</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052006269</t>
+          <t>9786052006412</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Karaca</t>
+          <t>Anka’nın Dönüşü - Anka Serisi 1</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052006238</t>
+          <t>9786052006399</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Veliahtlar</t>
+          <t>Gözyaşlarımız</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>115</v>
+        <v>350</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052006191</t>
+          <t>9786052006382</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Araf Annesi</t>
+          <t>Tozdan Düşler - Peri Masalları 1</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052006207</t>
+          <t>9786052006368</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Yoksun</t>
+          <t>Elimde Hamur Kafamda Dünyalar Var</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>130</v>
+        <v>64</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052006177</t>
+          <t>9786052006375</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Her Şey Aynı Kelimelerdir</t>
+          <t>Sevda Dedikleri 2</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052006160</t>
+          <t>9786052006351</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>İntikam</t>
+          <t>Büyük Kaçış: Nevbahar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>257</v>
+        <v>260</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052006146</t>
+          <t>9786052006313</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Benim Hayatım</t>
+          <t>Ve Öyle de Oldu!</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>340</v>
+        <v>110</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052006153</t>
+          <t>9786052006184</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Aşk 4</t>
+          <t>Sevda Dedikleri</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>185</v>
+        <v>260</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052006139</t>
+          <t>9786052006252</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kaçış: Zemheri</t>
+          <t>Denize Karşı</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>238</v>
+        <v>243</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052006085</t>
+          <t>9786052006269</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Bırakma Ellerimi</t>
+          <t>Karaca</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>350</v>
+        <v>310</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052006078</t>
+          <t>9786052006238</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Mavera</t>
+          <t>Veliahtlar</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>320</v>
+        <v>115</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052006047</t>
+          <t>9786052006191</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sen Benim Nefesimsin</t>
+          <t>Araf Annesi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>360</v>
+        <v>170</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052006054</t>
+          <t>9786052006207</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Sen Benim Kaderimsin</t>
+          <t>Yoksun</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>360</v>
+        <v>130</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052006030</t>
+          <t>9786052006177</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Has Kız Hazal (Ciltli)</t>
+          <t>Kadın ve Her Şey Aynı Kelimelerdir</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052006023</t>
+          <t>9786052006160</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Safir</t>
+          <t>İntikam</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>230</v>
+        <v>257</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052006016</t>
+          <t>9786052006146</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Alanı</t>
+          <t>Benim Hayatım</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>80</v>
+        <v>340</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052006009</t>
+          <t>9786052006153</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Siyah Notalar</t>
+          <t>Karanlık Aşk 4</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>203</v>
+        <v>185</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786059021999</t>
+          <t>9786052006139</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Yansıma</t>
+          <t>Büyük Kaçış: Zemheri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>225</v>
+        <v>238</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786059021982</t>
+          <t>9786052006085</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Şah</t>
+          <t>Bırakma Ellerimi</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786059021975</t>
+          <t>9786052006078</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Büyüsü</t>
+          <t>Mavera</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786059021968</t>
+          <t>9786052006047</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Ruhu</t>
+          <t>Sen Benim Nefesimsin</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786059021951</t>
+          <t>9786052006054</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun 2</t>
+          <t>Sen Benim Kaderimsin</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786059021937</t>
+          <t>9786052006030</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kendi Düşen Ağlamaz</t>
+          <t>Has Kız Hazal (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786059021913</t>
+          <t>9786052006023</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İmkansız</t>
+          <t>Safir</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>257</v>
+        <v>230</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786059021890</t>
+          <t>9786052006016</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Asi</t>
+          <t>Arkadaş Alanı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>180</v>
+        <v>80</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786059021845</t>
+          <t>9786052006009</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Affet</t>
+          <t>Siyah Notalar</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>300</v>
+        <v>203</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059021838</t>
+          <t>9786059021999</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Efsunlu Adamlar – Kod Adı: Cambaz</t>
+          <t>Ebedi Yansıma</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>182</v>
+        <v>225</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059021821</t>
+          <t>9786059021982</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Senin Bebeğin</t>
+          <t>Şah</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>66</v>
+        <v>270</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059021814</t>
+          <t>9786059021975</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>İlk</t>
+          <t>Aşkın Büyüsü</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059021722</t>
+          <t>9786059021968</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ev Kızı Evren (Ciltli)</t>
+          <t>Gecenin Ruhu</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059021739</t>
+          <t>9786059021951</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Bir Bebek Daha 2</t>
+          <t>Aşk Olsun 2</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059021630</t>
+          <t>9786059021937</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Sana Sevgim Bitmiş Mustafa</t>
+          <t>Kendi Düşen Ağlamaz</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059021401</t>
+          <t>9786059021913</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Lale, Kan ve Şehvet</t>
+          <t>İmkansız</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>114</v>
+        <v>257</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059021654</t>
+          <t>9786059021890</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Aşk 2</t>
+          <t>Asi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059021661</t>
+          <t>9786059021845</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sen Misin Eksik Parçam?</t>
+          <t>Affet</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059021432</t>
+          <t>9786059021838</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Kaçarken</t>
+          <t>Efsunlu Adamlar – Kod Adı: Cambaz</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>250</v>
+        <v>182</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059021449</t>
+          <t>9786059021821</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Bir Bebek Daha</t>
+          <t>Senin Bebeğin</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>275</v>
+        <v>66</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059021463</t>
+          <t>9786059021814</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Kehaneti</t>
+          <t>İlk</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>185</v>
+        <v>240</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059021425</t>
+          <t>9786059021722</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Beni Özle Olur Mu?</t>
+          <t>Ev Kızı Evren (Ciltli)</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059021418</t>
+          <t>9786059021739</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Benden Korkma</t>
+          <t>Bir Bebek Daha 2</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>185</v>
+        <v>270</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059021364</t>
+          <t>9786059021630</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Huysuz ve Ruhsuz</t>
+          <t>Sana Sevgim Bitmiş Mustafa</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059021272</t>
+          <t>9786059021401</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Ben Baba Olamam</t>
+          <t>Lale, Kan ve Şehvet</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>72</v>
+        <v>114</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059021258</t>
+          <t>9786059021654</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalnız Günebakan</t>
+          <t>Karanlık Aşk 2</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>235</v>
+        <v>245</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059021302</t>
+          <t>9786059021661</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Erkekleri Tavlama Günlüğü</t>
+          <t>Sen Misin Eksik Parçam?</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>85</v>
+        <v>290</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059021241</t>
+          <t>9786059021432</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Senli</t>
+          <t>Aşktan Kaçarken</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059021197</t>
+          <t>9786059021449</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Deli Divane</t>
+          <t>Bir Bebek Daha</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059021234</t>
+          <t>9786059021463</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Gölgesinde</t>
+          <t>Diriliş Kehaneti</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>265</v>
+        <v>185</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059021159</t>
+          <t>9786059021425</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İsyan ve Aşk</t>
+          <t>Beni Özle Olur Mu?</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>72</v>
+        <v>200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059021173</t>
+          <t>9786059021418</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dokunmak</t>
+          <t>Benden Korkma</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>195</v>
+        <v>185</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059021098</t>
+          <t>9786059021364</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yarına Dokunmak</t>
+          <t>Huysuz ve Ruhsuz</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059021203</t>
+          <t>9786059021272</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Mevsim</t>
+          <t>Ben Baba Olamam</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>225</v>
+        <v>72</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059021029</t>
+          <t>9786059021258</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Kaotik Özgürlük</t>
+          <t>Bir Yalnız Günebakan</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>50</v>
+        <v>235</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
+          <t>9786059021302</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Erkekleri Tavlama Günlüğü</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786059021241</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Senli</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786059021197</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Deli Divane</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786059021234</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Geçmişin Gölgesinde</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786059021159</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>İsyan ve Aşk</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>9786059021173</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Aşka Dokunmak</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786059021098</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Yarına Dokunmak</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786059021203</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Mevsim</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786059021029</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>Aşk ve Kaotik Özgürlük</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
           <t>9786059021685</t>
         </is>
       </c>
-      <c r="B265" s="1" t="inlineStr">
+      <c r="B274" s="1" t="inlineStr">
         <is>
           <t>Benim Adım Alexi</t>
         </is>
       </c>
-      <c r="C265" s="1">
+      <c r="C274" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>