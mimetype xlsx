--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -85,4135 +85,4165 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255939142</t>
+          <t>9786255939166</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>The Moodlog - Terapistin Yanında</t>
+          <t>Bitmeden Susan Şarkılar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255939128</t>
+          <t>9786255939159</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Kullanma Kılavuzu</t>
+          <t>Kadın Liderin Zirve Yolculuğu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255939135</t>
+          <t>9786255939142</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Manifest Kitabı</t>
+          <t>The Moodlog - Terapistin Yanında</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255939111</t>
+          <t>9786255939128</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ayna Yaşımı Bilmiyor</t>
+          <t>Hayatı Kullanma Kılavuzu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258446661</t>
+          <t>9786255939135</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Niyet Defteri</t>
+          <t>Manifest Kitabı</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258446272</t>
+          <t>9786255939111</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltınızı Nasıl Dönüştürürsünüz?</t>
+          <t>Ayna Yaşımı Bilmiyor</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257099998</t>
+          <t>9786258446661</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İyi Şeyler Birdenbire Olur Ajandası</t>
+          <t>Niyet Defteri</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>85</v>
+        <v>280</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257099981</t>
+          <t>9786258446272</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Ajandası 2022 (Ciltli)</t>
+          <t>Bilinçaltınızı Nasıl Dönüştürürsünüz?</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255939104</t>
+          <t>9786257099998</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Hasta Eşya Şifacısı</t>
+          <t>İyi Şeyler Birdenbire Olur Ajandası</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255939098</t>
+          <t>9786257099981</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Bohçası III – Bitki Sembolleri</t>
+          <t>Gökyüzü Ajandası 2022 (Ciltli)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>425</v>
+        <v>320</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255939081</t>
+          <t>9786255939104</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Bohçası II - Hayvan Sembolleri</t>
+          <t>Hasta Eşya Şifacısı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>425</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255939074</t>
+          <t>9786255939098</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sırlar Bohçası I - Kadim Semboller</t>
+          <t>Sırlar Bohçası III – Bitki Sembolleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>400</v>
+        <v>425</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258446944</t>
+          <t>9786255939081</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bu Sene Benim Senem Ajandası (Ciltli)</t>
+          <t>Sırlar Bohçası II - Hayvan Sembolleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>425</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052006573</t>
+          <t>9786255939074</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı</t>
+          <t>Sırlar Bohçası I - Kadim Semboller</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>102</v>
+        <v>400</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255939067</t>
+          <t>9786258446944</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Adası</t>
+          <t>Bu Sene Benim Senem Ajandası (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786258446067</t>
+          <t>9786052006573</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Mucize Ritüelleri</t>
+          <t>Gökkuşağı</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>102</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255939050</t>
+          <t>9786255939067</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Kürt Sevdim - Veda</t>
+          <t>Mucizeler Adası</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255939043</t>
+          <t>9786258446067</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Melek Yüz</t>
+          <t>Mucize Ritüelleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255939036</t>
+          <t>9786255939050</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ben Sonnur, Ben Saime: Hangimiz Gerçek?</t>
+          <t>Bir Kürt Sevdim - Veda</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255939029</t>
+          <t>9786255939043</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Uçarak Yok Olmak İsteyen Nergis</t>
+          <t>Melek Yüz</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786255939012</t>
+          <t>9786255939036</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bilinçaltını Aşka Uyumla</t>
+          <t>Ben Sonnur, Ben Saime: Hangimiz Gerçek?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255939005</t>
+          <t>9786255939029</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Lider</t>
+          <t>Uçarak Yok Olmak İsteyen Nergis</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258446999</t>
+          <t>9786255939012</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Üstümden Trenler Geçti</t>
+          <t>Bilinçaltını Aşka Uyumla</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258446982</t>
+          <t>9786255939005</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Ruhkıran</t>
+          <t>İçimdeki Lider</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258446937</t>
+          <t>9786258446999</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Büfeler ve İnsanlar</t>
+          <t>Üstümden Trenler Geçti</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258446968</t>
+          <t>9786258446982</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kadın Olmak</t>
+          <t>Ruhkıran</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258446975</t>
+          <t>9786258446937</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ritüellerin Şifreleri</t>
+          <t>Büfeler ve İnsanlar</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258446951</t>
+          <t>9786258446968</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İmgelemenin Gücü</t>
+          <t>Kadın Olmak</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258446913</t>
+          <t>9786258446975</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Matriks Aile Dizimi Kartları</t>
+          <t>Ritüellerin Şifreleri</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1050</v>
+        <v>380</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258446920</t>
+          <t>9786258446951</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Duygudan Fazlası</t>
+          <t>İmgelemenin Gücü</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786052006665</t>
+          <t>9786258446913</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>8:15 Vapuru</t>
+          <t>Matriks Aile Dizimi Kartları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>350</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258446906</t>
+          <t>9786258446920</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Halikarnas'ta Bir Gece</t>
+          <t>Bir Duygudan Fazlası</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258446890</t>
+          <t>9786052006665</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Yönetme Becerisi</t>
+          <t>8:15 Vapuru</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258446883</t>
+          <t>9786258446906</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Pipinin Götürdüğü Yere Git</t>
+          <t>Halikarnas'ta Bir Gece</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258446876</t>
+          <t>9786258446890</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Senin Evrenin</t>
+          <t>Zamanı Yönetme Becerisi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258446869</t>
+          <t>9786258446883</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Kayıt Kılavuzu</t>
+          <t>Pipinin Götürdüğü Yere Git</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258446845</t>
+          <t>9786258446876</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Son Savaş - Anka Serisi 5</t>
+          <t>Bedenin Senin Evrenin</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258446852</t>
+          <t>9786258446869</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızın Matematiği ve Kaderinizi Yöneten Sayılar</t>
+          <t>Yaşam Kayıt Kılavuzu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786258446838</t>
+          <t>9786258446845</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Farkındalık</t>
+          <t>Son Savaş - Anka Serisi 5</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786258446821</t>
+          <t>9786258446852</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Kar Fırtınası</t>
+          <t>Hayatınızın Matematiği ve Kaderinizi Yöneten Sayılar</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786258446814</t>
+          <t>9786258446838</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğup Gelsem</t>
+          <t>Sorularla Farkındalık</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>260</v>
+        <v>180</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258446807</t>
+          <t>9786258446821</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Asena: Mağaranın Sırrı</t>
+          <t>Kar Fırtınası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258446791</t>
+          <t>9786258446814</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ben Sonnur, Ben Saime</t>
+          <t>Yeniden Doğup Gelsem</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258446784</t>
+          <t>9786258446807</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Bilinçaltı</t>
+          <t>Asena: Mağaranın Sırrı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258446777</t>
+          <t>9786258446791</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumla Beraber İyileşiyorum</t>
+          <t>Ben Sonnur, Ben Saime</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258446425</t>
+          <t>9786258446784</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hafiflemenin Kutsal Kitabı</t>
+          <t>Sorularla Bilinçaltı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258446241</t>
+          <t>9786258446777</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Farklıysan Fark Edilirsin</t>
+          <t>Çocuğumla Beraber İyileşiyorum</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052006276</t>
+          <t>9786258446425</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Sevgimin Esareti</t>
+          <t>Hafiflemenin Kutsal Kitabı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052006627</t>
+          <t>9786258446241</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Annelik Yolu</t>
+          <t>Farklıysan Fark Edilirsin</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786258446760</t>
+          <t>9786052006276</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bitirme Gücün Var</t>
+          <t>Sevgimin Esareti</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786258446753</t>
+          <t>9786052006627</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Enerji Terapistinin Rehberi</t>
+          <t>Annelik Yolu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786258446746</t>
+          <t>9786258446760</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Aşk Işıktandır</t>
+          <t>Bitirme Gücün Var</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786258446739</t>
+          <t>9786258446753</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Metcezir</t>
+          <t>Enerji Terapistinin Rehberi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786258446715</t>
+          <t>9786258446746</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Fırtınanın Kalbine İn</t>
+          <t>Aşk Işıktandır</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786258446722</t>
+          <t>9786258446739</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Kaderin Kırmızı İpi</t>
+          <t>Metcezir</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786258446708</t>
+          <t>9786258446715</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Kadim Rune Sembolleri ve Uygulama Rehberi</t>
+          <t>Fırtınanın Kalbine İn</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786258446692</t>
+          <t>9786258446722</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Gümüşlük Meleği</t>
+          <t>Kaderin Kırmızı İpi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786258446685</t>
+          <t>9786258446708</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Nefesine Sahip Çık</t>
+          <t>Kadim Rune Sembolleri ve Uygulama Rehberi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786258446678</t>
+          <t>9786258446692</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Şifa Kapıları</t>
+          <t>Gümüşlük Meleği</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786258446654</t>
+          <t>9786258446685</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Beni Unutma</t>
+          <t>Nefesine Sahip Çık</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786258446623</t>
+          <t>9786258446678</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Alış Veriş İşleri</t>
+          <t>Bedenin Şifa Kapıları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>380</v>
+        <v>325</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786258446647</t>
+          <t>9786258446654</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Meditasyon</t>
+          <t>Beni Unutma</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786258446616</t>
+          <t>9786258446623</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Büyümeden</t>
+          <t>Alış Veriş İşleri</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>230</v>
+        <v>430</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786258446609</t>
+          <t>9786258446647</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hoş Geldin</t>
+          <t>Sorularla Meditasyon</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258446593</t>
+          <t>9786258446616</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Stres ve Ötesi</t>
+          <t>Çocuğum Büyümeden</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786258446586</t>
+          <t>9786258446609</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Birdenbire</t>
+          <t>Hoş Geldin</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258446579</t>
+          <t>9786258446593</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Doktordan Az Kullanılmış</t>
+          <t>Stres ve Ötesi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786258446562</t>
+          <t>9786258446586</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Derin</t>
+          <t>Birdenbire</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786258446555</t>
+          <t>9786258446579</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Yeniden Başlat</t>
+          <t>Doktordan Az Kullanılmış</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>260</v>
+        <v>190</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786258446548</t>
+          <t>9786258446562</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Işığını Serbest Bırak</t>
+          <t>Derin</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258446531</t>
+          <t>9786258446555</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Kaçış</t>
+          <t>Hayatı Yeniden Başlat</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258446524</t>
+          <t>9786258446548</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Havass</t>
+          <t>Işığını Serbest Bırak</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258446517</t>
+          <t>9786258446531</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ilımlı Vegan</t>
+          <t>Kendinden Kaçış</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786258446500</t>
+          <t>9786258446524</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hayatımı Değiştiren Her Şey</t>
+          <t>Havass</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258446494</t>
+          <t>9786258446517</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hawaii Günlükleri - 2</t>
+          <t>Ilımlı Vegan</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>185</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258446487</t>
+          <t>9786258446500</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Rüya Günlüğü</t>
+          <t>Hayatımı Değiştiren Her Şey</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258446357</t>
+          <t>9786258446494</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Aile Modelleri</t>
+          <t>Hawaii Günlükleri - 2</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258446340</t>
+          <t>9786258446487</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Para Ne Söyler Biz Ne Anlarız?</t>
+          <t>Rüya Günlüğü</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258446470</t>
+          <t>9786258446357</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Rüya</t>
+          <t>Aile Modelleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258446463</t>
+          <t>9786258446340</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Metafor Terapi</t>
+          <t>Para Ne Söyler Biz Ne Anlarız?</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258446456</t>
+          <t>9786258446470</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Eril - Dişil Denge</t>
+          <t>Rüya</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>375</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258446449</t>
+          <t>9786258446463</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Sensizliğimin Şarkısı</t>
+          <t>Herkes İçin Metafor Terapi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258446432</t>
+          <t>9786258446456</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Filozofik Yumurta</t>
+          <t>Eril - Dişil Denge</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>165</v>
+        <v>220</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258446418</t>
+          <t>9786258446449</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hawaii Günlükleri</t>
+          <t>Sensizliğimin Şarkısı</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258446401</t>
+          <t>9786258446432</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Mümkün - Barış</t>
+          <t>Filozofik Yumurta</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258446395</t>
+          <t>9786258446418</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Pembe Begonvilli Ev</t>
+          <t>Hawaii Günlükleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258446388</t>
+          <t>9786258446401</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Orenda - 21 Gün</t>
+          <t>Her Şey Mümkün - Barış</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258446364</t>
+          <t>9786258446395</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Olumlamalarla Bilinçaltını Kodla</t>
+          <t>Pembe Begonvilli Ev</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258446371</t>
+          <t>9786258446388</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yaşamın Gizli Sözleşmesi</t>
+          <t>Orenda - 21 Gün</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>260</v>
+        <v>225</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258446333</t>
+          <t>9786258446364</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Tanrıça'nın Laneti</t>
+          <t>Olumlamalarla Bilinçaltını Kodla</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258446326</t>
+          <t>9786258446371</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kuantumun Gücü</t>
+          <t>Yaşamın Gizli Sözleşmesi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258446302</t>
+          <t>9786258446333</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sen Sandığım Şey</t>
+          <t>Tanrıça'nın Laneti</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>185</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258446296</t>
+          <t>9786258446326</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Astrolojiyle Yönetin</t>
+          <t>Kuantumun Gücü</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258446289</t>
+          <t>9786258446302</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Şifacının Yolu - Sırlı Orman</t>
+          <t>Sen Sandığım Şey</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258446265</t>
+          <t>9786258446296</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Ruh Navigasyonu</t>
+          <t>Zamanı Astrolojiyle Yönetin</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258446258</t>
+          <t>9786258446289</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Esmerim - Abre</t>
+          <t>Şifacının Yolu - Sırlı Orman</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786258446234</t>
+          <t>9786258446265</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Herkes</t>
+          <t>Ruh Navigasyonu</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786258446227</t>
+          <t>9786258446258</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Bisikletim - Yaşanmış Kadın Hikayeleri</t>
+          <t>Esmerim - Abre</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786258446203</t>
+          <t>9786258446234</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Yolu Bir</t>
+          <t>Sevgili Herkes</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>185</v>
+        <v>130</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786258446197</t>
+          <t>9786258446227</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Üçü Çeyrek Geçe</t>
+          <t>Kırmızı Bisikletim - Yaşanmış Kadın Hikayeleri</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786258446173</t>
+          <t>9786258446203</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Işık Denizden Yansır</t>
+          <t>Aşkın Yolu Bir</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>180</v>
+        <v>185</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786258446166</t>
+          <t>9786258446197</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Odaklan</t>
+          <t>Üçü Çeyrek Geçe</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786258446142</t>
+          <t>9786258446173</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Evet Derseniz Olur</t>
+          <t>Işık Denizden Yansır</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786258446135</t>
+          <t>9786258446166</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Asıl Sınavı Kendisidir</t>
+          <t>Odaklan</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>225</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786258446104</t>
+          <t>9786258446142</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Mistik Yolda Yürümek (Ciltli)</t>
+          <t>Evet Derseniz Olur</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786258446043</t>
+          <t>9786258446135</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sınır</t>
+          <t>İnsanın Asıl Sınavı Kendisidir</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059021807</t>
+          <t>9786258446104</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Adı</t>
+          <t>Mistik Yolda Yürümek (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786258446180</t>
+          <t>9786258446043</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Başka Kardeşi Var mı?</t>
+          <t>Sınır</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786258446159</t>
+          <t>9786059021807</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Hayat İncitir Herkesi</t>
+          <t>Aşkın Adı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786258446128</t>
+          <t>9786258446180</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Daha İyi Günlerim Olmuştu</t>
+          <t>Başka Kardeşi Var mı?</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786258446111</t>
+          <t>9786258446159</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Adı: Oyun</t>
+          <t>Hayat İncitir Herkesi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>260</v>
+        <v>400</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786258446098</t>
+          <t>9786258446128</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Efşan - Kar Serçesi 2</t>
+          <t>Daha İyi Günlerim Olmuştu</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786258446074</t>
+          <t>9786258446111</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Senin Yolun Mevlana’dan Geçsin</t>
+          <t>Adı: Oyun</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786258446050</t>
+          <t>9786258446098</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Bedel Ödeyenler</t>
+          <t>Efşan - Kar Serçesi 2</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>285</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786258446036</t>
+          <t>9786258446074</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kendine Dön</t>
+          <t>Senin Yolun Mevlana’dan Geçsin</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786258446012</t>
+          <t>9786258446050</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Okyanusta Aşk</t>
+          <t>Bedel Ödeyenler</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>285</v>
+        <v>300</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786258446005</t>
+          <t>9786258446036</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Işık Hep Yansın Diye</t>
+          <t>Kendine Dön</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257099974</t>
+          <t>9786258446012</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Günebakan</t>
+          <t>Okyanusta Aşk</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>360</v>
+        <v>285</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257099967</t>
+          <t>9786258446005</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Bir Şans Daha?</t>
+          <t>Işık Hep Yansın Diye</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257099950</t>
+          <t>9786257099974</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ben, Feride</t>
+          <t>Günebakan</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786257099592</t>
+          <t>9786257099967</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Ah Kalbim</t>
+          <t>Bir Şans Daha?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786257099578</t>
+          <t>9786257099950</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Mecburiyetler Ülkesi</t>
+          <t>Ben, Feride</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786257099561</t>
+          <t>9786257099592</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sofra Hazır Cancağızım</t>
+          <t>Ah Kalbim</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786257099554</t>
+          <t>9786257099578</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Kozadan Çıkmak</t>
+          <t>Mecburiyetler Ülkesi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257099547</t>
+          <t>9786257099561</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Gece</t>
+          <t>Sofra Hazır Cancağızım</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257099530</t>
+          <t>9786257099554</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Yabancı</t>
+          <t>Kozadan Çıkmak</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257099516</t>
+          <t>9786257099547</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Uçan İnekler</t>
+          <t>Yıldızlı Gece</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786257099509</t>
+          <t>9786257099530</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Bir Ruh İki Beden</t>
+          <t>İçimdeki Yabancı</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257099493</t>
+          <t>9786257099516</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Oksijen Etkisi</t>
+          <t>Uçan İnekler</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786257099486</t>
+          <t>9786257099509</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Korkudan Özgürleşmek</t>
+          <t>Bir Ruh İki Beden</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257099455</t>
+          <t>9786257099493</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Babyjanda</t>
+          <t>Oksijen Etkisi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257099448</t>
+          <t>9786257099486</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Alaz - Kar Serçesi 1</t>
+          <t>Korkudan Özgürleşmek</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>185</v>
+        <v>225</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257099431</t>
+          <t>9786257099455</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Cheli Tadında (Ciltli)</t>
+          <t>Babyjanda</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>325</v>
+        <v>270</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786257099424</t>
+          <t>9786257099448</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Beklenmeyen(e) Yazılar</t>
+          <t>Alaz - Kar Serçesi 1</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>170</v>
+        <v>185</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257099417</t>
+          <t>9786257099431</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Bellekte Köy Enstitüleri Deneyimi</t>
+          <t>Cheli Tadında (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257099394</t>
+          <t>9786257099424</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Uçurum</t>
+          <t>Beklenmeyen(e) Yazılar</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257099387</t>
+          <t>9786257099417</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Tadında Aşk Var</t>
+          <t>Toplumsal Bellekte Köy Enstitüleri Deneyimi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786257099370</t>
+          <t>9786257099394</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Kendine Uyanış - Ruhsal Haritam</t>
+          <t>Uçurum</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257099363</t>
+          <t>9786257099387</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Tohumdan Çatlamak - Ruhsal Haritam</t>
+          <t>Tadında Aşk Var</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257099356</t>
+          <t>9786257099370</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Gel</t>
+          <t>Kendine Uyanış - Ruhsal Haritam</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>125</v>
+        <v>300</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257099349</t>
+          <t>9786257099363</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Bana Adımı Söyle</t>
+          <t>Tohumdan Çatlamak - Ruhsal Haritam</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257099332</t>
+          <t>9786257099356</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sistem Konstelasyonu Eğitim Kitabı</t>
+          <t>Gel</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786257099325</t>
+          <t>9786257099349</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Unutma Beni Çiçeği</t>
+          <t>Bana Adımı Söyle</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257099318</t>
+          <t>9786257099332</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Hiçliğe Uçan Anka Kuşu</t>
+          <t>Sistem Konstelasyonu Eğitim Kitabı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786257099301</t>
+          <t>9786257099325</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bir Kürt Sevdim</t>
+          <t>Unutma Beni Çiçeği</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257099295</t>
+          <t>9786257099318</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Efsane</t>
+          <t>Hiçliğe Uçan Anka Kuşu</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257099288</t>
+          <t>9786257099301</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Srebrenitsa Çiçeği</t>
+          <t>Bir Kürt Sevdim</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257099271</t>
+          <t>9786257099295</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Değişim Gerekliyse Korkma</t>
+          <t>Efsane</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>230</v>
+        <v>310</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257099264</t>
+          <t>9786257099288</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Issız</t>
+          <t>Srebrenitsa Çiçeği</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>325</v>
+        <v>230</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257099233</t>
+          <t>9786257099271</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Visal</t>
+          <t>Değişim Gerekliyse Korkma</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>285</v>
+        <v>230</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786257099226</t>
+          <t>9786257099264</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Şifreleri</t>
+          <t>Issız</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257099219</t>
+          <t>9786257099233</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Bolluk ve Bereket İçinde Yaşamanın Nasıl Bir His Olduğunu Bilmek İster misiniz? Evet Dersenİz Olur</t>
+          <t>Visal</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>300</v>
+        <v>285</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786257099202</t>
+          <t>9786257099226</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İnci Düşüm</t>
+          <t>Aşkın Şifreleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786257099196</t>
+          <t>9786257099219</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Eşsiz</t>
+          <t>Bolluk ve Bereket İçinde Yaşamanın Nasıl Bir His Olduğunu Bilmek İster misiniz? Evet Dersenİz Olur</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257099172</t>
+          <t>9786257099202</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Saklı Cennet</t>
+          <t>İnci Düşüm</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257099165</t>
+          <t>9786257099196</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Mucizeler</t>
+          <t>Eşsiz</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>180</v>
+        <v>325</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257099158</t>
+          <t>9786257099172</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hikayedeki Seni Bul</t>
+          <t>İçimdeki Saklı Cennet</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786257099141</t>
+          <t>9786257099165</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Sevda Uğruna</t>
+          <t>Sihirli Mucizeler</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>310</v>
+        <v>180</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257099134</t>
+          <t>9786257099158</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Pervane</t>
+          <t>Hikayedeki Seni Bul</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>170</v>
+        <v>225</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257099127</t>
+          <t>9786257099141</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Erik Ağacı</t>
+          <t>Sevda Uğruna</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>280</v>
+        <v>310</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786257099110</t>
+          <t>9786257099134</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Beyniniz Hayatınızı Nasıl Şekillendirir?</t>
+          <t>Pervane</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>210</v>
+        <v>170</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257099103</t>
+          <t>9786257099127</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Robinson’a Aşık Olmak</t>
+          <t>Erik Ağacı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257099097</t>
+          <t>9786257099110</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Kahramanı Keşfet</t>
+          <t>Beyniniz Hayatınızı Nasıl Şekillendirir?</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786257099080</t>
+          <t>9786257099103</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Son Oyun</t>
+          <t>Robinson’a Aşık Olmak</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>225</v>
+        <v>90</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257099066</t>
+          <t>9786257099097</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Parmak İzi</t>
+          <t>İçindeki Kahramanı Keşfet</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257099073</t>
+          <t>9786257099080</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Son Dans</t>
+          <t>Son Oyun</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257099059</t>
+          <t>9786257099066</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Bugüne Dek Neredeydin Sen</t>
+          <t>Parmak İzi</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786257099035</t>
+          <t>9786257099073</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Düşünce</t>
+          <t>Son Dans</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257099042</t>
+          <t>9786257099059</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mı Aşk Mı?</t>
+          <t>Bugüne Dek Neredeydin Sen</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257099028</t>
+          <t>9786257099035</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Artık İşsizim</t>
+          <t>Düşünce</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786257099011</t>
+          <t>9786257099042</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bir Mucizedir</t>
+          <t>Aşk Mı Aşk Mı?</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257099004</t>
+          <t>9786257099028</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Dikkat! Bu Kitapta Bolca Oyun ve Kahkaha Var</t>
+          <t>Yaşasın Artık İşsizim</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052006993</t>
+          <t>9786257099011</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tutkusu</t>
+          <t>Aşk Bir Mucizedir</t>
         </is>
       </c>
       <c r="C174" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052006948</t>
+          <t>9786257099004</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kral Süiti 2</t>
+          <t>Dikkat! Bu Kitapta Bolca Oyun ve Kahkaha Var</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052006955</t>
+          <t>9786052006993</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Nisyan Adası</t>
+          <t>Aşk Tutkusu</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>120</v>
+        <v>225</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052006924</t>
+          <t>9786052006948</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Anne!</t>
+          <t>Kral Süiti 2</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>160</v>
+        <v>245</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052006894</t>
+          <t>9786052006955</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Emanet Hayat</t>
+          <t>Nisyan Adası</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052006900</t>
+          <t>9786052006924</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Evet Derseniz Olur</t>
+          <t>Anne!</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052006917</t>
+          <t>9786052006894</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İyi Şeyler Birdenbire Olur</t>
+          <t>Emanet Hayat</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>180</v>
+        <v>125</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052006856</t>
+          <t>9786052006900</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hazırsan Başlıyoruz</t>
+          <t>Evet Derseniz Olur</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>160</v>
+        <v>350</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052006863</t>
+          <t>9786052006917</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumla Büyüyorum</t>
+          <t>İyi Şeyler Birdenbire Olur</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052006832</t>
+          <t>9786052006856</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yazılamayan Zamanın Hikayesi</t>
+          <t>Hazırsan Başlıyoruz</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052006825</t>
+          <t>9786052006863</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Uzakların Kolu Kırık Sarılmaya</t>
+          <t>Çocuğumla Büyüyorum</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052006818</t>
+          <t>9786052006832</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Sergüzeşt</t>
+          <t>Yazılamayan Zamanın Hikayesi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>70</v>
+        <v>190</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052006788</t>
+          <t>9786052006825</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Memnu</t>
+          <t>Uzakların Kolu Kırık Sarılmaya</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>111</v>
+        <v>190</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052006771</t>
+          <t>9786052006818</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Sergüzeşt</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052006764</t>
+          <t>9786052006788</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Aşk-ı Memnu</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>72</v>
+        <v>111</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052006740</t>
+          <t>9786052006771</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052006757</t>
+          <t>9786052006764</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Gulyabani</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>90</v>
+        <v>72</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052006726</t>
+          <t>9786052006740</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Kül - Anka Serisi 3</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052006733</t>
+          <t>9786052006757</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Bir Deli Bahar Düğünü</t>
+          <t>Gulyabani</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>230</v>
+        <v>90</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052006702</t>
+          <t>9786052006726</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Parıltısı</t>
+          <t>Kül - Anka Serisi 3</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>355</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052006719</t>
+          <t>9786052006733</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Pelerinli Kız Pelin</t>
+          <t>Bir Deli Bahar Düğünü</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052006696</t>
+          <t>9786052006702</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Aşk</t>
+          <t>Gecenin Parıltısı</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>72</v>
+        <v>355</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052006689</t>
+          <t>9786052006719</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Kral Süiti</t>
+          <t>Pelerinli Kız Pelin</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052006672</t>
+          <t>9786052006696</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Korsan</t>
+          <t>Bir Tutam Aşk</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>300</v>
+        <v>72</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052006658</t>
+          <t>9786052006689</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Holistik Mutluluk</t>
+          <t>Kral Süiti</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052006641</t>
+          <t>9786052006672</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Anda</t>
+          <t>Korsan</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052006597</t>
+          <t>9786052006658</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Yüzüncü Nesil - Anka Serisi 2</t>
+          <t>Holistik Mutluluk</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052006580</t>
+          <t>9786052006641</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Bir Deli Bahar Rüyası</t>
+          <t>Beklenmedik Anda</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052006559</t>
+          <t>9786052006597</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ne Olur Gitme</t>
+          <t>Yüzüncü Nesil - Anka Serisi 2</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052006542</t>
+          <t>9786052006580</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme</t>
+          <t>Bir Deli Bahar Rüyası</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>130</v>
+        <v>275</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052006535</t>
+          <t>9786052006559</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Ana Dilim Aşk 1</t>
+          <t>Ne Olur Gitme</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052006511</t>
+          <t>9786052006542</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Geçen Yıllarım - Yankı</t>
+          <t>Yüzleşme</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>350</v>
+        <v>130</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052006504</t>
+          <t>9786052006535</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Geçen Yıllarım - Ada</t>
+          <t>Ana Dilim Aşk 1</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052006498</t>
+          <t>9786052006511</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ben Buradayım</t>
+          <t>Sensiz Geçen Yıllarım - Yankı</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>205</v>
+        <v>425</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052006481</t>
+          <t>9786052006504</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Maske</t>
+          <t>Sensiz Geçen Yıllarım - Ada</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052006467</t>
+          <t>9786052006498</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Usta</t>
+          <t>Ben Buradayım</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>225</v>
+        <v>205</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052006443</t>
+          <t>9786052006481</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Guguk</t>
+          <t>Maske</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052006429</t>
+          <t>9786052006467</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Şimdi!</t>
+          <t>Usta</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>130</v>
+        <v>225</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052006405</t>
+          <t>9786052006443</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Geleceğimsin</t>
+          <t>Guguk</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>104</v>
+        <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052006412</t>
+          <t>9786052006429</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Anka’nın Dönüşü - Anka Serisi 1</t>
+          <t>Aşk, Şimdi!</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052006399</t>
+          <t>9786052006405</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşlarımız</t>
+          <t>Geleceğimsin</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>350</v>
+        <v>104</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052006382</t>
+          <t>9786052006412</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Tozdan Düşler - Peri Masalları 1</t>
+          <t>Anka’nın Dönüşü - Anka Serisi 1</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052006368</t>
+          <t>9786052006399</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Elimde Hamur Kafamda Dünyalar Var</t>
+          <t>Gözyaşlarımız</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>64</v>
+        <v>425</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052006375</t>
+          <t>9786052006382</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Sevda Dedikleri 2</t>
+          <t>Tozdan Düşler - Peri Masalları 1</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052006351</t>
+          <t>9786052006368</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kaçış: Nevbahar</t>
+          <t>Elimde Hamur Kafamda Dünyalar Var</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>260</v>
+        <v>64</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052006313</t>
+          <t>9786052006375</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ve Öyle de Oldu!</t>
+          <t>Sevda Dedikleri 2</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>110</v>
+        <v>275</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052006184</t>
+          <t>9786052006351</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sevda Dedikleri</t>
+          <t>Büyük Kaçış: Nevbahar</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052006252</t>
+          <t>9786052006313</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Denize Karşı</t>
+          <t>Ve Öyle de Oldu!</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>243</v>
+        <v>110</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052006269</t>
+          <t>9786052006184</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Karaca</t>
+          <t>Sevda Dedikleri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052006238</t>
+          <t>9786052006252</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Veliahtlar</t>
+          <t>Denize Karşı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>115</v>
+        <v>243</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052006191</t>
+          <t>9786052006269</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Araf Annesi</t>
+          <t>Karaca</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>170</v>
+        <v>310</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052006207</t>
+          <t>9786052006238</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Yoksun</t>
+          <t>Veliahtlar</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052006177</t>
+          <t>9786052006191</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Her Şey Aynı Kelimelerdir</t>
+          <t>Araf Annesi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052006160</t>
+          <t>9786052006207</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İntikam</t>
+          <t>Yoksun</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>257</v>
+        <v>130</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052006146</t>
+          <t>9786052006177</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Benim Hayatım</t>
+          <t>Kadın ve Her Şey Aynı Kelimelerdir</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>340</v>
+        <v>225</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052006153</t>
+          <t>9786052006160</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Aşk 4</t>
+          <t>İntikam</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>185</v>
+        <v>257</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052006139</t>
+          <t>9786052006146</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kaçış: Zemheri</t>
+          <t>Benim Hayatım</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>238</v>
+        <v>400</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052006085</t>
+          <t>9786052006153</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Bırakma Ellerimi</t>
+          <t>Karanlık Aşk 4</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>350</v>
+        <v>185</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052006078</t>
+          <t>9786052006139</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Mavera</t>
+          <t>Büyük Kaçış: Zemheri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>320</v>
+        <v>238</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052006047</t>
+          <t>9786052006085</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Sen Benim Nefesimsin</t>
+          <t>Bırakma Ellerimi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>360</v>
+        <v>425</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052006054</t>
+          <t>9786052006078</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Sen Benim Kaderimsin</t>
+          <t>Mavera</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052006030</t>
+          <t>9786052006047</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Has Kız Hazal (Ciltli)</t>
+          <t>Sen Benim Nefesimsin</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>250</v>
+        <v>425</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052006023</t>
+          <t>9786052006054</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Safir</t>
+          <t>Sen Benim Kaderimsin</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>230</v>
+        <v>425</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052006016</t>
+          <t>9786052006030</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Alanı</t>
+          <t>Has Kız Hazal (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052006009</t>
+          <t>9786052006023</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Siyah Notalar</t>
+          <t>Safir</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>203</v>
+        <v>230</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786059021999</t>
+          <t>9786052006016</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Ebedi Yansıma</t>
+          <t>Arkadaş Alanı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>225</v>
+        <v>80</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786059021982</t>
+          <t>9786052006009</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Şah</t>
+          <t>Siyah Notalar</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>270</v>
+        <v>203</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786059021975</t>
+          <t>9786059021999</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Büyüsü</t>
+          <t>Ebedi Yansıma</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059021968</t>
+          <t>9786059021982</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Ruhu</t>
+          <t>Şah</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786059021951</t>
+          <t>9786059021975</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun 2</t>
+          <t>Aşkın Büyüsü</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059021937</t>
+          <t>9786059021968</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Kendi Düşen Ağlamaz</t>
+          <t>Gecenin Ruhu</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059021913</t>
+          <t>9786059021951</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İmkansız</t>
+          <t>Aşk Olsun 2</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>257</v>
+        <v>340</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059021890</t>
+          <t>9786059021937</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Asi</t>
+          <t>Kendi Düşen Ağlamaz</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786059021845</t>
+          <t>9786059021913</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Affet</t>
+          <t>İmkansız</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>300</v>
+        <v>257</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059021838</t>
+          <t>9786059021890</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Efsunlu Adamlar – Kod Adı: Cambaz</t>
+          <t>Asi</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>182</v>
+        <v>180</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059021821</t>
+          <t>9786059021845</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Senin Bebeğin</t>
+          <t>Affet</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>66</v>
+        <v>350</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786059021814</t>
+          <t>9786059021838</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>İlk</t>
+          <t>Efsunlu Adamlar – Kod Adı: Cambaz</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>240</v>
+        <v>182</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059021722</t>
+          <t>9786059021821</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ev Kızı Evren (Ciltli)</t>
+          <t>Senin Bebeğin</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>275</v>
+        <v>66</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059021739</t>
+          <t>9786059021814</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Bir Bebek Daha 2</t>
+          <t>İlk</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059021630</t>
+          <t>9786059021722</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sana Sevgim Bitmiş Mustafa</t>
+          <t>Ev Kızı Evren (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059021401</t>
+          <t>9786059021739</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Lale, Kan ve Şehvet</t>
+          <t>Bir Bebek Daha 2</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>114</v>
+        <v>270</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059021654</t>
+          <t>9786059021630</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Aşk 2</t>
+          <t>Sana Sevgim Bitmiş Mustafa</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059021661</t>
+          <t>9786059021401</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sen Misin Eksik Parçam?</t>
+          <t>Lale, Kan ve Şehvet</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>290</v>
+        <v>114</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059021432</t>
+          <t>9786059021654</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Kaçarken</t>
+          <t>Karanlık Aşk 2</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059021449</t>
+          <t>9786059021661</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Bir Bebek Daha</t>
+          <t>Sen Misin Eksik Parçam?</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059021463</t>
+          <t>9786059021432</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Diriliş Kehaneti</t>
+          <t>Aşktan Kaçarken</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>185</v>
+        <v>315</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059021425</t>
+          <t>9786059021449</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Beni Özle Olur Mu?</t>
+          <t>Bir Bebek Daha</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059021418</t>
+          <t>9786059021463</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Benden Korkma</t>
+          <t>Diriliş Kehaneti</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>185</v>
+        <v>220</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059021364</t>
+          <t>9786059021425</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Huysuz ve Ruhsuz</t>
+          <t>Beni Özle Olur Mu?</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>245</v>
+        <v>250</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059021272</t>
+          <t>9786059021418</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Ben Baba Olamam</t>
+          <t>Benden Korkma</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>72</v>
+        <v>185</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059021258</t>
+          <t>9786059021364</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalnız Günebakan</t>
+          <t>Huysuz ve Ruhsuz</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>235</v>
+        <v>245</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059021302</t>
+          <t>9786059021272</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Erkekleri Tavlama Günlüğü</t>
+          <t>Ben Baba Olamam</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>85</v>
+        <v>72</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059021241</t>
+          <t>9786059021258</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Senli</t>
+          <t>Bir Yalnız Günebakan</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>140</v>
+        <v>235</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059021197</t>
+          <t>9786059021302</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Deli Divane</t>
+          <t>Erkekleri Tavlama Günlüğü</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>240</v>
+        <v>85</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059021234</t>
+          <t>9786059021241</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Gölgesinde</t>
+          <t>Senli</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>265</v>
+        <v>140</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059021159</t>
+          <t>9786059021197</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>İsyan ve Aşk</t>
+          <t>Deli Divane</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>72</v>
+        <v>240</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059021173</t>
+          <t>9786059021234</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dokunmak</t>
+          <t>Geçmişin Gölgesinde</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>195</v>
+        <v>265</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059021098</t>
+          <t>9786059021159</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Yarına Dokunmak</t>
+          <t>İsyan ve Aşk</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>195</v>
+        <v>72</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059021203</t>
+          <t>9786059021173</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Mevsim</t>
+          <t>Aşka Dokunmak</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059021029</t>
+          <t>9786059021098</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Kaotik Özgürlük</t>
+          <t>Yarına Dokunmak</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
+          <t>9786059021203</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Mevsim</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786059021029</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Aşk ve Kaotik Özgürlük</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
           <t>9786059021685</t>
         </is>
       </c>
-      <c r="B274" s="1" t="inlineStr">
+      <c r="B276" s="1" t="inlineStr">
         <is>
           <t>Benim Adım Alexi</t>
         </is>
       </c>
-      <c r="C274" s="1">
+      <c r="C276" s="1">
         <v>190</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>