--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -94,51 +94,51 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786055460389</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Kendi Kaynaklarından Yahudi Tarihi 1. Cilt İsrail’in şifresi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786055460365</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Mehdi Çıkacak mı? - Cilt 2</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786055460341</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
@@ -259,111 +259,111 @@
         <is>
           <t>9780000000019</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Sünnet Bize Nasıl Ulaştı?</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786055460402</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Sultan 2. Abdulhamid - İlk Yıllar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>4440000000732</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Sorular ve Cevaplar</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786055460204</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Peygamberler Tarihi 2</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786055460198</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9789758549818</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Günümüz Türkçesiyle ve Açıklamalı - Mesnevi-i Nuriye Tercümesi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786055460242</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Kur'an'dan Nasıl Uzaklaştırıldık? Cilt 2</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>4440000000731</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
@@ -514,51 +514,51 @@
         <is>
           <t>3990000092369</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
           <t>Sorularla Bediüzzaman Said Nursi 2</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
           <t>9786055460181</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Güncel Sorularla Kader Cilt 2</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
           <t>9789758549375</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
           <t>Abdülhamit Niçin Baskıcı Oldu?</t>
         </is>
       </c>
       <c r="C31" s="1">
         <v>16</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
           <t>9789123468751</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
@@ -724,51 +724,51 @@
         <is>
           <t>9789758549085</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
           <t>Lemalar 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
           <t>9786055460143</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
           <t>Mesnevi-i Nuriye Tercümesi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
           <t>9789758549672</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
           <t>Şualar 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
           <t>9789758549344</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
@@ -1669,51 +1669,51 @@
         <is>
           <t>9789758559954</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Dinlerarası Diyalogda Tehlikeli Dönemeç ve Kırmızı Çizgiler</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>9789758549009</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Mezhepler Nasıl Ortaya Çıktı?</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9789758559947</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Dinlerarası Diyalog Nasıl Başladı Nasıl Gelişti?</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>9789758549887</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
@@ -1834,51 +1834,51 @@
         <is>
           <t>9789123495160</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Oruç Zekat</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t>9789758549023</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Allah Nasıl Bir Kul İstiyor?</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t>4440000001146</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Kur'an'da Herşey Var Mı? Cilt 1</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>3990000040005</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
@@ -1894,96 +1894,96 @@
         <is>
           <t>9786055460167</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Kur'an'dan Nasıl Uzaklaştırıldık ? Cilt 1</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>9789758549030</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Hanım Sahabiler</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t>9786055460136</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Dine Yapılan Ekleme Bid'at</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t>9789758549016</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
           <t>İsmail Mutlu ve Eserleri</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t>9786055460006</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Dört Halife Devri (Muhtasar)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
           <t>9789758549955</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Dinlerarası Diyalog Tuzağı</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
           <t>9789758549917</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>