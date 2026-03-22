--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -85,2815 +85,2830 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259365114</t>
+          <t>9786259365145</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Karia Halkının Hikayesi</t>
+          <t>Yeraltından Notlar-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>750</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259365121</t>
+          <t>9786259365114</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Cam Boncuk Yapım Teknikleri</t>
+          <t>Karia Halkının Hikayesi</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259398235</t>
+          <t>9786259365121</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Douris ve Antik Yunan Vazo Ressamlığı</t>
+          <t>Cam Boncuk Yapım Teknikleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>500</v>
+        <v>750</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259365107</t>
+          <t>9786259398235</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İnnovatif Bir Sanatçı: Selen Ay</t>
+          <t>Douris ve Antik Yunan Vazo Ressamlığı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259398297</t>
+          <t>9786259365107</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Scientific Feeding of the Domestic Animals</t>
+          <t>İnnovatif Bir Sanatçı: Selen Ay</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256812840</t>
+          <t>9786259398297</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>The Mushroom Book</t>
+          <t>Scientific Feeding of the Domestic Animals</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256812857</t>
+          <t>9786256812840</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Carrots</t>
+          <t>The Mushroom Book</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256812864</t>
+          <t>9786256812857</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>The Feeding Value of Cereals</t>
+          <t>Carrots</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256812871</t>
+          <t>9786256812864</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Vegetable Growing in Alaska</t>
+          <t>The Feeding Value of Cereals</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256812888</t>
+          <t>9786256812871</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>The Farmers Vegetable Garden</t>
+          <t>Vegetable Growing in Alaska</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256812901</t>
+          <t>9786256812888</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>The Vegetable Proteins</t>
+          <t>The Farmers Vegetable Garden</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256812925</t>
+          <t>9786256812901</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Food and Food Adulterants</t>
+          <t>The Vegetable Proteins</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256812987</t>
+          <t>9786256812925</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Russian Cereal Adapted for Cultivation in the United States</t>
+          <t>Food and Food Adulterants</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256812895</t>
+          <t>9786256812987</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>A-B-C of Vegetable Gardening</t>
+          <t>Russian Cereal Adapted for Cultivation in the United States</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259398204</t>
+          <t>9786256812895</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>The Digestibility and Nutritive Value of Legumes</t>
+          <t>A-B-C of Vegetable Gardening</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259398211</t>
+          <t>9786259398204</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>The Digestibility of American Feeding Stuffs</t>
+          <t>The Digestibility and Nutritive Value of Legumes</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259398228</t>
+          <t>9786259398211</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Analyses of Cereals</t>
+          <t>The Digestibility of American Feeding Stuffs</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>2994355904329</t>
+          <t>9786259398228</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>MYART: Myrina Yayınları Sanat Dergisi Sayı 8</t>
+          <t>Analyses of Cereals</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259398266</t>
+          <t>2994355904329</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>İskandinav Mitolojisinin Sanat Yolculuğu</t>
+          <t>MYART: Myrina Yayınları Sanat Dergisi Sayı 8</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>1500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256812796</t>
+          <t>9786259398266</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Önasya Neolitik Kültürlerinde Kemik Kaşıklar (Ciltli)</t>
+          <t>İskandinav Mitolojisinin Sanat Yolculuğu</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>700</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256812758</t>
+          <t>9786256812796</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>On the Natural Faculties (Ciltli)</t>
+          <t>Önasya Neolitik Kültürlerinde Kemik Kaşıklar (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>800</v>
+        <v>700</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256812802</t>
+          <t>9786256812758</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Tanrı’nın Antropolojisi</t>
+          <t>On the Natural Faculties (Ciltli)</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256812819</t>
+          <t>9786256812802</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Arkadaş Salıncak</t>
+          <t>Tanrı’nın Antropolojisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256812833</t>
+          <t>9786256812819</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Bebekler Güvenle Bağlansın, Güvenle Ayrılsın</t>
+          <t>Arkadaş Salıncak</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>1000</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256812789</t>
+          <t>9786256812833</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Minik Kazalar, Büyük Başarılar: Tuvalet Eğitimi Rehberi</t>
+          <t>Bebekler Güvenle Bağlansın, Güvenle Ayrılsın</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256812772</t>
+          <t>9786256812789</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Emzirmeyi Şefkatle Sonlandırma Rehberi</t>
+          <t>Minik Kazalar, Büyük Başarılar: Tuvalet Eğitimi Rehberi</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>1000</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256812574</t>
+          <t>9786256812772</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Altai: Pre-Turkish History and Art</t>
+          <t>Emzirmeyi Şefkatle Sonlandırma Rehberi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>400</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256812765</t>
+          <t>9786256812574</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Trend Takipçiliği</t>
+          <t>Altai: Pre-Turkish History and Art</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>4444444444001</t>
+          <t>9786256812765</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>MYART: Myrina Yayınları Sanat Dergisi Sayı 7</t>
+          <t>Trend Takipçiliği</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256812741</t>
+          <t>4444444444001</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Altaylar: Ön Türk Tarihi ve Sanatını Tanıyalım</t>
+          <t>MYART: Myrina Yayınları Sanat Dergisi Sayı 7</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256812581</t>
+          <t>9786256812741</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>A Handbook Of Greek Constitutional History</t>
+          <t>Altaylar: Ön Türk Tarihi ve Sanatını Tanıyalım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>700</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256812710</t>
+          <t>9786256812581</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Travels in Little-Known Parts Of Asia Minor</t>
+          <t>A Handbook Of Greek Constitutional History</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>800</v>
+        <v>700</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256812703</t>
+          <t>9786256812710</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ten Years’ Digging in Egypt (1881-1891)</t>
+          <t>Travels in Little-Known Parts Of Asia Minor</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256812673</t>
+          <t>9786256812703</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Naukratis</t>
+          <t>Ten Years’ Digging in Egypt (1881-1891)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256812659</t>
+          <t>9786256812673</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>On The Tack Of Ulysses</t>
+          <t>Naukratis</t>
         </is>
       </c>
       <c r="C36" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256812697</t>
+          <t>9786256812659</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Phidian Horse: Art And Archaeology On The Acropolis</t>
+          <t>On The Tack Of Ulysses</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256812666</t>
+          <t>9786256812697</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Mycenae: A Narrative of Researches and Ddiscoveries at Mycenae and Tiryns</t>
+          <t>Phidian Horse: Art And Archaeology On The Acropolis</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256812611</t>
+          <t>9786256812666</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Man Before Metals</t>
+          <t>Mycenae: A Narrative of Researches and Ddiscoveries at Mycenae and Tiryns</t>
         </is>
       </c>
       <c r="C39" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256812635</t>
+          <t>9786256812611</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Lower Egypt: Thebes And Pyramids</t>
+          <t>Man Before Metals</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256812604</t>
+          <t>9786256812635</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>A Doric Shaft And Base Found At Assos</t>
+          <t>Lower Egypt: Thebes And Pyramids</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256812642</t>
+          <t>9786256812604</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>A History Of Greek Sculpture</t>
+          <t>A Doric Shaft And Base Found At Assos</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>800</v>
+        <v>100</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256812598</t>
+          <t>9786256812642</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>A Manual Of Greek Archaeology</t>
+          <t>A History Of Greek Sculpture</t>
         </is>
       </c>
       <c r="C43" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786256812734</t>
+          <t>9786256812598</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Alt-Orta Paleolitik Okumaları</t>
+          <t>A Manual Of Greek Archaeology</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>1200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256812680</t>
+          <t>9786256812734</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Ausgrabungen Zu Pergamon</t>
+          <t>Alt-Orta Paleolitik Okumaları</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>300</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256812628</t>
+          <t>9786256812680</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Egyptian Archaeology</t>
+          <t>Ausgrabungen Zu Pergamon</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>800</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256812727</t>
+          <t>9786256812628</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Glossary Of Term Use in Grecıan, Roman, Ita-lian And Gothic Archiıtecture</t>
+          <t>Egyptian Archaeology</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>800</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>2994355904327</t>
+          <t>9786256812727</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>MYART: Myrina Yayınları Sanat Dergisi Sayı 6</t>
+          <t>Glossary Of Term Use in Grecıan, Roman, Ita-lian And Gothic Archiıtecture</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>300</v>
+        <v>800</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256812550</t>
+          <t>2994355904327</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Tanır Yassıhöyük Kazıları-1 (Ciltli)</t>
+          <t>MYART: Myrina Yayınları Sanat Dergisi Sayı 6</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>1200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256812543</t>
+          <t>9786256812550</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Lekeler ve Yükler</t>
+          <t>Tanır Yassıhöyük Kazıları-1 (Ciltli)</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>500</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256812529</t>
+          <t>9786256812543</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Roma ve Bizans Döneminde Adramytteion</t>
+          <t>Lekeler ve Yükler</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256812536</t>
+          <t>9786256812529</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Lezzetli Yalanlar</t>
+          <t>Roma ve Bizans Döneminde Adramytteion</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256812512</t>
+          <t>9786256812536</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Dünya Uygarlıkları Altaylar İle Türkiye’den Doğdu Tanıyalım</t>
+          <t>Lezzetli Yalanlar</t>
         </is>
       </c>
       <c r="C53" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256812505</t>
+          <t>9786256812512</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Geç Antik Çağda Knidos</t>
+          <t>Dünya Uygarlıkları Altaylar İle Türkiye’den Doğdu Tanıyalım</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256812482</t>
+          <t>9786256812505</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Erkekler De Yanar: Erkekler Erkekliğini Sorguluyor</t>
+          <t>Geç Antik Çağda Knidos</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>4444444443438</t>
+          <t>9786256812482</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>MYART: Myrina Yayınları Sanat Dergisi Sayı 5</t>
+          <t>Erkekler De Yanar: Erkekler Erkekliğini Sorguluyor</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786256812475</t>
+          <t>4444444443438</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İskit Kozmoloji ve Sanatı</t>
+          <t>MYART: Myrina Yayınları Sanat Dergisi Sayı 5</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786256812499</t>
+          <t>9786256812475</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Tütsü: Kutsal Duman</t>
+          <t>İskit Kozmoloji ve Sanatı</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>4444444443162</t>
+          <t>9786256812499</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>MYART: Myrina Yayınları Sanat Dergisi Sayı 4</t>
+          <t>Tütsü: Kutsal Duman</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786256812468</t>
+          <t>4444444443162</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Fıstıklı Helva</t>
+          <t>MYART: Myrina Yayınları Sanat Dergisi Sayı 4</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256812451</t>
+          <t>9786256812468</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Antik Dünyada Su</t>
+          <t>Fıstıklı Helva</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>4444444442817</t>
+          <t>9786256812451</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>MYART: Myrina Yayınları Sanat Dergisi Sayı 3</t>
+          <t>Antik Dünyada Su</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>250</v>
+        <v>750</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>4444444442816</t>
+          <t>4444444442817</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>MYART: Myrina Yayınları Sanat Dergisi Sayı 2</t>
+          <t>MYART: Myrina Yayınları Sanat Dergisi Sayı 3</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256812444</t>
+          <t>4444444442816</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Alanlarda Güven Algısına Yönelik Tasarım Modeli</t>
+          <t>MYART: Myrina Yayınları Sanat Dergisi Sayı 2</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256812192</t>
+          <t>9786256812444</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Yeşil Alanlarda Güven Algısına Yönelik Tasarım Modeli</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256812369</t>
+          <t>9786256812192</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Pers Krali Sikkeleri</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256812406</t>
+          <t>9786256812369</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yolculuk</t>
+          <t>Pers Krali Sikkeleri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256812314</t>
+          <t>9786256812406</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yollar ve Yıllar</t>
+          <t>Yolculuk</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256812413</t>
+          <t>9786256812314</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanat Sahtekar mı?</t>
+          <t>Yollar ve Yıllar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256812307</t>
+          <t>9786256812413</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kapıları Çalan Benim</t>
+          <t>Çağdaş Sanat Sahtekar mı?</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256812420</t>
+          <t>9786256812307</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Önasya'da Taş Heykel ve Tasvirli Steller</t>
+          <t>Kapıları Çalan Benim</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>1000</v>
+        <v>120</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256812345</t>
+          <t>9786256812420</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Beşi İki Geçiyor</t>
+          <t>Önasya'da Taş Heykel ve Tasvirli Steller</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>100</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256812338</t>
+          <t>9786256812345</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Beşi Bir Geçiyor</t>
+          <t>Beşi İki Geçiyor</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256812352</t>
+          <t>9786256812338</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Sokak Lambası</t>
+          <t>Beşi Bir Geçiyor</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256812215</t>
+          <t>9786256812352</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe Sembolizmi</t>
+          <t>Sokak Lambası</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>500</v>
+        <v>80</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256812260</t>
+          <t>9786256812215</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Hayaller Orkestrası</t>
+          <t>Göbeklitepe Sembolizmi</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>2994355904308</t>
+          <t>9786256812260</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>MYART: Myrina Yayınları Sanat Dergisi Sayı 1</t>
+          <t>Hayaller Orkestrası</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256812277</t>
+          <t>2994355904308</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Çağdaş Sanat Yazıları</t>
+          <t>MYART: Myrina Yayınları Sanat Dergisi Sayı 1</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256812291</t>
+          <t>9786256812277</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Siyah Kapaklı Defter</t>
+          <t>Disiplinlerarası Çağdaş Sanat Yazıları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256812284</t>
+          <t>9786256812291</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Farkına Varanlar</t>
+          <t>Siyah Kapaklı Defter</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256812253</t>
+          <t>9786256812284</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Zonguldak - Devrek Türküleri</t>
+          <t>Farkına Varanlar</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>400</v>
+        <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256812246</t>
+          <t>9786256812253</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Bahar</t>
+          <t>Zonguldak - Devrek Türküleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256812239</t>
+          <t>9786256812246</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Müfide Güzin Anadol: Bütün Şiirleri</t>
+          <t>Bahar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256812222</t>
+          <t>9786256812239</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Adaşım</t>
+          <t>Müfide Güzin Anadol: Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256812208</t>
+          <t>9786256812222</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Yolculuğu</t>
+          <t>Adaşım</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256812185</t>
+          <t>9786256812208</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Şapinuva Güzellemesi</t>
+          <t>Kurmacanın Yolculuğu</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256812154</t>
+          <t>9786256812185</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kayalıpınar 2012 Yılı Kazısı</t>
+          <t>Şapinuva Güzellemesi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256812178</t>
+          <t>9786256812154</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kim Olduğunu Hatırla!</t>
+          <t>Kayalıpınar 2012 Yılı Kazısı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256812024</t>
+          <t>9786256812178</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Poetikası</t>
+          <t>Kim Olduğunu Hatırla!</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256812130</t>
+          <t>9786256812024</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Paça Rakısı</t>
+          <t>Aşkın Poetikası</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256812147</t>
+          <t>9786256812130</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kesişme</t>
+          <t>Paça Rakısı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256812086</t>
+          <t>9786256812147</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Satranç Kampı</t>
+          <t>Kesişme</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>80</v>
+        <v>250</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256812093</t>
+          <t>9786256812086</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Denge</t>
+          <t>Satranç Kampı</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256812109</t>
+          <t>9786256812093</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yeni Hayat</t>
+          <t>Denge</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256812116</t>
+          <t>9786256812109</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Türkleşmek, İslamlaşmak, Muasırlaşmak</t>
+          <t>Yeni Hayat</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256812123</t>
+          <t>9786256812116</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Kozasından Çıkınca</t>
+          <t>Türkleşmek, İslamlaşmak, Muasırlaşmak</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256812055</t>
+          <t>9786256812123</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bizans Maden Sanatında Anikonik Tasvirler</t>
+          <t>Kelebek Kozasından Çıkınca</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256812017</t>
+          <t>9786256812055</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Bütün Şiirleri</t>
+          <t>Bizans Maden Sanatında Anikonik Tasvirler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256812079</t>
+          <t>9786256812017</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Elma</t>
+          <t>Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256812062</t>
+          <t>9786256812079</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bozkırdan Kocatepe’ye</t>
+          <t>Kızıl Elma</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259911618</t>
+          <t>9786256812062</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Ses</t>
+          <t>Bozkırdan Kocatepe’ye</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>100</v>
+        <v>250</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786259911625</t>
+          <t>9786259911618</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kağnı</t>
+          <t>Ses</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256812000</t>
+          <t>9786259911625</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Döngü</t>
+          <t>Kağnı</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786259911694</t>
+          <t>9786256812000</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Portakallı Gofret</t>
+          <t>Döngü</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786259911687</t>
+          <t>9786259911694</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Büyü Kutusu ya da İnsan Çıkmazı</t>
+          <t>Portakallı Gofret</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786259911670</t>
+          <t>9786259911687</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Baba, Bak Ben Büyüdüm!</t>
+          <t>Büyü Kutusu ya da İnsan Çıkmazı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786259911663</t>
+          <t>9786259911670</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yadigar</t>
+          <t>Baba, Bak Ben Büyüdüm!</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786259911656</t>
+          <t>9786259911663</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ak Nine’nin Sürpriz Enstrümanı</t>
+          <t>Yadigar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786259911649</t>
+          <t>9786259911656</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hazan Mevsimi</t>
+          <t>Ak Nine’nin Sürpriz Enstrümanı</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786259911632</t>
+          <t>9786259911649</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Od ve Yel</t>
+          <t>Hazan Mevsimi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786259911601</t>
+          <t>9786259911632</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yakamoz Çıkmazı</t>
+          <t>Od ve Yel</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057262097</t>
+          <t>9786259911601</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Belirsizlik Çağı</t>
+          <t>Yakamoz Çıkmazı</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057262066</t>
+          <t>9786057262097</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yamalı Bohçanın Yırtık Kenarı</t>
+          <t>Belirsizlik Çağı</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057262073</t>
+          <t>9786057262066</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sabahattin Ali Bütün Şiirleri</t>
+          <t>Yamalı Bohçanın Yırtık Kenarı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786057262080</t>
+          <t>9786057262073</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Ankara’dan</t>
+          <t>Sabahattin Ali Bütün Şiirleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786057262004</t>
+          <t>9786057262080</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Şeytan</t>
+          <t>Ankara’dan</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786057262042</t>
+          <t>9786057262004</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Pers Krali Sikkeleri</t>
+          <t>İçimizdeki Şeytan</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057262059</t>
+          <t>9786057262042</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Is Contemporary Art a Fraud or a Truth? Avelina Lésper Analysis</t>
+          <t>Pers Krali Sikkeleri</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057281395</t>
+          <t>9786057262059</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Taaşşuk-ı Talat ve Fitnat</t>
+          <t>Is Contemporary Art a Fraud or a Truth? Avelina Lésper Analysis</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786057262011</t>
+          <t>9786057281395</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Batı Anadolu Kaleleri ve Cenevizliler (Ciltli)</t>
+          <t>Taaşşuk-ı Talat ve Fitnat</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>1250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057262028</t>
+          <t>9786057262011</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Ruh Eşim</t>
+          <t>Batı Anadolu Kaleleri ve Cenevizliler (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>150</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057262035</t>
+          <t>9786057262028</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk</t>
+          <t>Ruh Eşim</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786057281371</t>
+          <t>9786057262035</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Kuyucaklı Yusuf</t>
+          <t>Rengarenk</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057281364</t>
+          <t>9786057281371</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Kürk Mantolu Madonna</t>
+          <t>Kuyucaklı Yusuf</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057281388</t>
+          <t>9786057281364</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Eleştirel Bir Bakış: Hayat, Sanat, Sanat Tarihi</t>
+          <t>Kürk Mantolu Madonna</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786057281333</t>
+          <t>9786057281388</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Günümüze Eleştirel Bir Bakış: Hayat, Sanat, Sanat Tarihi</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057281357</t>
+          <t>9786057281333</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>İntibah</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>120</v>
+        <v>80</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057281326</t>
+          <t>9786057281357</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sanat’ın NFT Hali</t>
+          <t>İntibah</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057281340</t>
+          <t>9786057281326</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Şair Evlenmesi</t>
+          <t>Sanat’ın NFT Hali</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>60</v>
+        <v>120</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786057290724</t>
+          <t>9786057281340</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Orta Anadolu Arkeoloji, Antropoloji ve Sanat Tarihi Araştırmaları (Ciltli)</t>
+          <t>Şair Evlenmesi</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>500</v>
+        <v>60</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057281302</t>
+          <t>9786057290724</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Önasya’da Taş Heykel ve Tasvirli Steller (Ciltli)</t>
+          <t>Orta Anadolu Arkeoloji, Antropoloji ve Sanat Tarihi Araştırmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>900</v>
+        <v>500</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786057290700</t>
+          <t>9786057281302</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sığırcının Hanımı</t>
+          <t>Önasya’da Taş Heykel ve Tasvirli Steller (Ciltli)</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>80</v>
+        <v>900</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057281319</t>
+          <t>9786057290700</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Ceramic Workshops in Hellenistic And Roman Anatolia: Production Characteristics And Regional Comparisons</t>
+          <t>Sığırcının Hanımı</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786057290748</t>
+          <t>9786057281319</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>İnci Dişli Kızla Altın Perçemli Çocuk</t>
+          <t>Ceramic Workshops in Hellenistic And Roman Anatolia: Production Characteristics And Regional Comparisons</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057290786</t>
+          <t>9786057290748</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Mine Sanatı ve Teknikleri</t>
+          <t>İnci Dişli Kızla Altın Perçemli Çocuk</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>400</v>
+        <v>100</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786057290717</t>
+          <t>9786057290786</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Sanat Eserinin Biricikliği Fenomeni</t>
+          <t>Mine Sanatı ve Teknikleri</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057290755</t>
+          <t>9786057290717</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Sanat Sahtekar mı Dürüst mü? Avelina Lesper Değerlendirmesi</t>
+          <t>Sanat Eserinin Biricikliği Fenomeni</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786057290793</t>
+          <t>9786057290755</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Aradığın “O” İşaret</t>
+          <t>Çağdaş Sanat Sahtekar mı Dürüst mü? Avelina Lesper Değerlendirmesi</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057174093</t>
+          <t>9786057290793</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Divriği Kalesi Kazıları 3: Metal Buluntular</t>
+          <t>Aradığın “O” İşaret</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786057290779</t>
+          <t>9786057174093</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Notları</t>
+          <t>Divriği Kalesi Kazıları 3: Metal Buluntular</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057290731</t>
+          <t>9786057290779</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Miravita</t>
+          <t>Sürgün Notları</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786057290762</t>
+          <t>9786057290731</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Carpe Mortem</t>
+          <t>Miravita</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786057174062</t>
+          <t>9786057290762</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kim Yabancı</t>
+          <t>Carpe Mortem</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786057174079</t>
+          <t>9786057174062</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Divriği Kalesi Kazıları 2</t>
+          <t>Kim Yabancı</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>500</v>
+        <v>100</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057174086</t>
+          <t>9786057174079</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Bir Garip Parıltı</t>
+          <t>Divriği Kalesi Kazıları 2</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>100</v>
+        <v>500</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786057174055</t>
+          <t>9786057174086</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Bir Öyküsü Var</t>
+          <t>Bir Garip Parıltı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786057174048</t>
+          <t>9786057174055</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Yolunda Adım Adım Türkçe</t>
+          <t>Herkesin Bir Öyküsü Var</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>220</v>
+        <v>120</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057174031</t>
+          <t>9786057174048</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Tütsü: Kutsal Duman</t>
+          <t>Üniversite Yolunda Adım Adım Türkçe</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786057359896</t>
+          <t>9786057174031</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Mevsim</t>
+          <t>Tütsü: Kutsal Duman</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786057174024</t>
+          <t>9786057359896</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bergama Müzesi Cam Eserleri</t>
+          <t>Beşinci Mevsim</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>1000</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786057359889</t>
+          <t>9786057174024</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Athena</t>
+          <t>Bergama Müzesi Cam Eserleri</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>150</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057174000</t>
+          <t>9786057359889</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz Işığını izleyen Felix Ziem (1821-1911)</t>
+          <t>Athena</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057359841</t>
+          <t>9786057174000</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Komama Tarihi ve Sikkeleri</t>
+          <t>Akdeniz Işığını izleyen Felix Ziem (1821-1911)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>900</v>
+        <v>250</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057359865</t>
+          <t>9786057359841</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Yaşamında Erdal İnönü</t>
+          <t>Komama Tarihi ve Sikkeleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057359858</t>
+          <t>9786057359865</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kaybolmuş Hayatlar</t>
+          <t>Türk Siyasal Yaşamında Erdal İnönü</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057359810</t>
+          <t>9786057359858</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Hilda</t>
+          <t>Kaybolmuş Hayatlar</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786256812161</t>
+          <t>9786057359810</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Batıcılık ve Kemalizm</t>
+          <t>Hilda</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057359827</t>
+          <t>9786256812161</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Müsaade Ederseniz Bazı İtirazlarım Olacak</t>
+          <t>Medeniyet Batıcılık ve Kemalizm</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057381729</t>
+          <t>9786057359827</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağda Parfüm Rotaları</t>
+          <t>Müsaade Ederseniz Bazı İtirazlarım Olacak</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057381743</t>
+          <t>9786057381729</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Tanıdık Simalar</t>
+          <t>Antik Çağda Parfüm Rotaları</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057381767</t>
+          <t>9786057381743</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Gecelere İlaç Şiirler</t>
+          <t>Tanıdık Simalar</t>
         </is>
       </c>
       <c r="C161" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057381736</t>
+          <t>9786057381767</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Uzayı Ne Kadar Tanıyoruz?</t>
+          <t>Karanlık Gecelere İlaç Şiirler</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057359803</t>
+          <t>9786057381736</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Şairin Burada Asıl Anlatmak İstediği</t>
+          <t>Uzayı Ne Kadar Tanıyoruz?</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057381781</t>
+          <t>9786057359803</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Islak Bir İmza</t>
+          <t>Şairin Burada Asıl Anlatmak İstediği</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057381774</t>
+          <t>9786057381781</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Gidenler de Ağlar</t>
+          <t>Islak Bir İmza</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057381798</t>
+          <t>9786057381774</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Baba Bak Ben Büyüdüm!</t>
+          <t>Gidenler de Ağlar</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>35</v>
+        <v>100</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057381750</t>
+          <t>9786057381798</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Paça Rakısı</t>
+          <t>Baba Bak Ben Büyüdüm!</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057398659</t>
+          <t>9786057381750</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Leyail</t>
+          <t>Paça Rakısı</t>
         </is>
       </c>
       <c r="C168" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057398666</t>
+          <t>9786057398659</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Antik Çağ’dan Günümüze Parfüm (Ciltli)</t>
+          <t>Leyail</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>800</v>
+        <v>100</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057398673</t>
+          <t>9786057398666</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Masum - Suret</t>
+          <t>Antik Çağ’dan Günümüze Parfüm (Ciltli)</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>150</v>
+        <v>800</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057398697</t>
+          <t>9786057398673</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Orhan Taylan ile Resim Sanatı ve Hayat Üzerine</t>
+          <t>Masum - Suret</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057381705</t>
+          <t>9786057398697</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Seramiği</t>
+          <t>Orhan Taylan ile Resim Sanatı ve Hayat Üzerine</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057398642</t>
+          <t>9786057381705</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan Seramiği (Ciltli)</t>
+          <t>Antik Yunan Seramiği</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>800</v>
+        <v>500</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786256812321</t>
+          <t>9786057398642</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Bir İstanbul Hikayesi</t>
+          <t>Antik Yunan Seramiği (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057398680</t>
+          <t>9786256812321</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Fayyum - Suret</t>
+          <t>Bir İstanbul Hikayesi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057461414</t>
+          <t>9786057398680</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Bir Umut Yaşamak</t>
+          <t>Fayyum - Suret</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057461421</t>
+          <t>9786057461414</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Durumları</t>
+          <t>Bir Umut Yaşamak</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057461407</t>
+          <t>9786057461421</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Kesişme</t>
+          <t>Aşkın Durumları</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057398604</t>
+          <t>9786057461407</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Beşi Bir Geçiyor</t>
+          <t>Kesişme</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057398635</t>
+          <t>9786057398604</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Bir Köy Öğretmeninin Anıları</t>
+          <t>Beşi Bir Geçiyor</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057398628</t>
+          <t>9786057398635</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Yakut Kolyenin Sırrı</t>
+          <t>Bir Köy Öğretmeninin Anıları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057398611</t>
+          <t>9786057398628</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Beşi İki Geçiyor</t>
+          <t>Yakut Kolyenin Sırrı</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>100</v>
+        <v>40</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057461476</t>
+          <t>9786057398611</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Sokak Lambası</t>
+          <t>Beşi İki Geçiyor</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>80</v>
+        <v>100</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057414694</t>
+          <t>9786057461476</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Sırlı Bahçe</t>
+          <t>Sokak Lambası</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057461452</t>
+          <t>9786057414694</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Döngü</t>
+          <t>Sırlı Bahçe</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
+          <t>9786057461452</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Döngü</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
           <t>9786259365138</t>
         </is>
       </c>
-      <c r="B186" s="1" t="inlineStr">
+      <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Yeraltından Notlar - 1 (Ciltli)</t>
         </is>
       </c>
-      <c r="C186" s="1">
+      <c r="C187" s="1">
         <v>1500</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>