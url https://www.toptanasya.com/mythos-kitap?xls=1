--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -94,381 +94,381 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786256067356</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Kırk Çınar Koruluğu &amp; “Bir Yatılı Okul Hikâyesi”</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>400</v>
+        <v>462.5</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786256067424</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Ebru’nun Renkli Dünyası</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786258208924</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Tutsaklar Şehri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786256067196</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Gamsız Bedri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>190</v>
+        <v>212.5</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786258208115</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Selam Ola</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>140</v>
+        <v>165</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786256864979</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Caligula</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786256067189</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Sırr-ı Sinan</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786057141668</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Gardolaptaki Şemşiye</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>140</v>
+        <v>165</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786256864382</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>Uzak İstanbul</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>160</v>
+        <v>195</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786256067042</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Rabarba</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>190</v>
+        <v>212.5</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9786258208542</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
           <t>Parçadan Bütüne</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
           <t>9786256864016</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>Organik Cinayetler</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>185</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786256067233</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Kıran Yeli</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786256864856</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Hayvanat Bahçesi Macerası</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>185</v>
+        <v>212.5</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786057375490</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
           <t>Ex Paradiso</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
           <t>9786057338495</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
           <t>Efendimin Efendisi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
           <t>9786256864122</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
           <t>Bulutlara Yazılan Öyküler</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>215</v>
+        <v>247.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
           <t>9786258208276</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
           <t>Bir Kedi ve Bir Adam</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>135</v>
+        <v>150</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
           <t>9786256067257</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
           <t>Bedduaları Gerçekleştirme Departmanı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>210</v>
+        <v>230</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
           <t>9786256864054</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
           <t>Aç Kapa Dedi Tanrı Belki Düzelir</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
           <t>9786258208474</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Yara Sızlar</t>
         </is>
       </c>
       <c r="C22" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
           <t>9786258208078</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Farzeti</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>67.5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
           <t>9786057375469</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
           <t>Üveyik Kuşu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
           <t>9786255837165</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
           <t>Yedi Kapı Bir Hakikat</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
           <t>9786255837219</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>