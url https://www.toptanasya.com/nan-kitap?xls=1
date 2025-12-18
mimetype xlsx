--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -274,51 +274,51 @@
         <is>
           <t>9786057995520</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
           <t>The Picture Of Dorian Gray</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>270</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
           <t>9786057995650</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
           <t>Frankenstein</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786057995698</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Alice’s Adventures in Wonderland</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
           <t>9786057995551</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>