--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -85,400 +85,445 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259684017</t>
+          <t>9786256678170</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Dolu Geldim Boş Gidiyorum</t>
+          <t>Usulu'l Hedis</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259684000</t>
+          <t>9786259386928</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Cennet De Cehennem De Bu Dünyadadır</t>
+          <t>Senin İçin</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>325</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259536293</t>
+          <t>9786259386911</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Anka’nın Yüreğinden Dökülenler</t>
+          <t>Araf’ın Çocuğu</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256678224</t>
+          <t>9786259684017</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çello</t>
+          <t>Dolu Geldim Boş Gidiyorum</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259536279</t>
+          <t>9786259684000</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Havada Aşk Kokusu Var</t>
+          <t>Cennet De Cehennem De Bu Dünyadadır</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259536255</t>
+          <t>9786259536293</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Yar Aşkına Yarden Ayrı</t>
+          <t>Anka’nın Yüreğinden Dökülenler</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259536231</t>
+          <t>9786256678224</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Kalbi</t>
+          <t>Çello</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259536224</t>
+          <t>9786259536279</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Sen Utanma</t>
+          <t>Havada Aşk Kokusu Var</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259536248</t>
+          <t>9786259536255</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Arzuhal</t>
+          <t>Yar Aşkına Yarden Ayrı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259536217</t>
+          <t>9786259536231</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bihuşt Jî Dojeh Jî Li Ser Rûyê Erdê Ye</t>
+          <t>Ateşin Kalbi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259796291</t>
+          <t>9786259536224</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Masiyên Li Ser Mêrgan</t>
+          <t>Sen Utanma</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259832890</t>
+          <t>9786259536248</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sana Uzak Değil</t>
+          <t>Arzuhal</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259796253</t>
+          <t>9786259536217</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ji Min Dûr Neçe</t>
+          <t>Bihuşt Jî Dojeh Jî Li Ser Rûyê Erdê Ye</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259796239</t>
+          <t>9786259796291</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sür Kaptan</t>
+          <t>Masiyên Li Ser Mêrgan</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259796284</t>
+          <t>9786259832890</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Roda</t>
+          <t>Mutluluk Sana Uzak Değil</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259796277</t>
+          <t>9786259796253</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Namazın Tıbbi Mucizeleri</t>
+          <t>Ji Min Dûr Neçe</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259796222</t>
+          <t>9786259796239</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ayrılığın Sesi</t>
+          <t>Sür Kaptan</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259796215</t>
+          <t>9786259796284</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Heybemdeki Pişmanlıklar</t>
+          <t>Roda</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259832838</t>
+          <t>9786259796277</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Denge Bedengiye</t>
+          <t>Namazın Tıbbi Mucizeleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259832883</t>
+          <t>9786259796222</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Benim Komşum Bir Marjinal</t>
+          <t>Ayrılığın Sesi</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259832807</t>
+          <t>9786259796215</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hayat Seli</t>
+          <t>Heybemdeki Pişmanlıklar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259951539</t>
+          <t>9786259832838</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Welekoristan</t>
+          <t>Denge Bedengiye</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259951546</t>
+          <t>9786259832883</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çirokistan</t>
+          <t>Benim Komşum Bir Marjinal</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
+          <t>9786259832807</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Seli</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786259951539</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Welekoristan</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786259951546</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Çirokistan</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
           <t>9786259951560</t>
         </is>
       </c>
-      <c r="B25" s="1" t="inlineStr">
+      <c r="B28" s="1" t="inlineStr">
         <is>
           <t>Nalin.. Birdanka Xwelye</t>
         </is>
       </c>
-      <c r="C25" s="1">
-        <v>150</v>
+      <c r="C28" s="1">
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>