--- v1 (2025-12-18)
+++ v2 (2026-02-17)
@@ -85,445 +85,475 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256678170</t>
+          <t>9786259386935</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Usulu'l Hedis</t>
+          <t>Dade ve Karasu</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259386928</t>
+          <t>9786259386942</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin</t>
+          <t>Yetimliğim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>325</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259386911</t>
+          <t>9786256678170</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Araf’ın Çocuğu</t>
+          <t>Usulu'l Hedis</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259684017</t>
+          <t>9786259386928</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Dolu Geldim Boş Gidiyorum</t>
+          <t>Senin İçin</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>225</v>
+        <v>325</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259684000</t>
+          <t>9786259386911</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Cennet De Cehennem De Bu Dünyadadır</t>
+          <t>Araf’ın Çocuğu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259536293</t>
+          <t>9786259684017</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Anka’nın Yüreğinden Dökülenler</t>
+          <t>Dolu Geldim Boş Gidiyorum</t>
         </is>
       </c>
       <c r="C7" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786256678224</t>
+          <t>9786259684000</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çello</t>
+          <t>Cennet De Cehennem De Bu Dünyadadır</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259536279</t>
+          <t>9786259536293</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Havada Aşk Kokusu Var</t>
+          <t>Anka’nın Yüreğinden Dökülenler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>225</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259536255</t>
+          <t>9786256678224</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yar Aşkına Yarden Ayrı</t>
+          <t>Çello</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259536231</t>
+          <t>9786259536279</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Kalbi</t>
+          <t>Havada Aşk Kokusu Var</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259536224</t>
+          <t>9786259536255</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Sen Utanma</t>
+          <t>Yar Aşkına Yarden Ayrı</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259536248</t>
+          <t>9786259536231</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Arzuhal</t>
+          <t>Ateşin Kalbi</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259536217</t>
+          <t>9786259536224</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bihuşt Jî Dojeh Jî Li Ser Rûyê Erdê Ye</t>
+          <t>Sen Utanma</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259796291</t>
+          <t>9786259536248</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Masiyên Li Ser Mêrgan</t>
+          <t>Arzuhal</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259832890</t>
+          <t>9786259536217</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sana Uzak Değil</t>
+          <t>Bihuşt Jî Dojeh Jî Li Ser Rûyê Erdê Ye</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259796253</t>
+          <t>9786259796291</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ji Min Dûr Neçe</t>
+          <t>Masiyên Li Ser Mêrgan</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786259796239</t>
+          <t>9786259832890</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sür Kaptan</t>
+          <t>Mutluluk Sana Uzak Değil</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259796284</t>
+          <t>9786259796253</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Roda</t>
+          <t>Ji Min Dûr Neçe</t>
         </is>
       </c>
       <c r="C19" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786259796277</t>
+          <t>9786259796239</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Namazın Tıbbi Mucizeleri</t>
+          <t>Sür Kaptan</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259796222</t>
+          <t>9786259796284</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ayrılığın Sesi</t>
+          <t>Roda</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259796215</t>
+          <t>9786259796277</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Heybemdeki Pişmanlıklar</t>
+          <t>Namazın Tıbbi Mucizeleri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259832838</t>
+          <t>9786259796222</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Denge Bedengiye</t>
+          <t>Ayrılığın Sesi</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259832883</t>
+          <t>9786259796215</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Benim Komşum Bir Marjinal</t>
+          <t>Heybemdeki Pişmanlıklar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786259832807</t>
+          <t>9786259832838</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Hayat Seli</t>
+          <t>Denge Bedengiye</t>
         </is>
       </c>
       <c r="C25" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259951539</t>
+          <t>9786259832883</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Welekoristan</t>
+          <t>Benim Komşum Bir Marjinal</t>
         </is>
       </c>
       <c r="C26" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259951546</t>
+          <t>9786259832807</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çirokistan</t>
+          <t>Hayat Seli</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
+          <t>9786259951539</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Welekoristan</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786259951546</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Çirokistan</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
           <t>9786259951560</t>
         </is>
       </c>
-      <c r="B28" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Nalin.. Birdanka Xwelye</t>
         </is>
       </c>
-      <c r="C28" s="1">
+      <c r="C30" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>