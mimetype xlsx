--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,7315 +85,7330 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786053709459</t>
+          <t>9786053709565</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bilgelik Evi</t>
+          <t>Ötekiler (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786053709206</t>
+          <t>9786053709459</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Su Prensesi</t>
+          <t>Bilgelik Evi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786053709442</t>
+          <t>9786053709206</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kelebekle Konuşan Kız</t>
+          <t>Su Prensesi</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786053707486</t>
+          <t>9786053709442</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İbni Macid</t>
+          <t>Kelebekle Konuşan Kız</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786053709381</t>
+          <t>9786053707486</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Senin Kahramanın Kim?</t>
+          <t>İbni Macid</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786053706922</t>
+          <t>9786053709381</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şehirli Zürafa</t>
+          <t>Senin Kahramanın Kim?</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786053703112</t>
+          <t>9786053706922</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Guguklu Saatin Kumrusu (Ciltsiz)</t>
+          <t>Şehirli Zürafa</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>60</v>
+        <v>150</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786053703334</t>
+          <t>9786053703112</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Fareli Köyün Kavalcısı (Büyük Boy)</t>
+          <t>Guguklu Saatin Kumrusu (Ciltsiz)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>40</v>
+        <v>60</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786053703372</t>
+          <t>9786053703334</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Rapunzel (Büyük Boy)</t>
+          <t>Fareli Köyün Kavalcısı (Büyük Boy)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>60</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786053701095</t>
+          <t>9786053703372</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İki Kafadar Smoofy ve Biboo - Yatağımda Kim Var</t>
+          <t>Rapunzel (Büyük Boy)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>75</v>
+        <v>60</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786053701149</t>
+          <t>9786053701095</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>İki Kafadar Smoofy ve Biboo - Yaralı Kartala Yardım</t>
+          <t>İki Kafadar Smoofy ve Biboo - Yatağımda Kim Var</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786053701194</t>
+          <t>9786053701149</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>İki Kafadar Smoofy ve Biboo - Korsan Kaptanın Hazinesi</t>
+          <t>İki Kafadar Smoofy ve Biboo - Yaralı Kartala Yardım</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786053701170</t>
+          <t>9786053701194</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İki Kafadar Smoofy ve Biboo - Kaybolan Sincap</t>
+          <t>İki Kafadar Smoofy ve Biboo - Korsan Kaptanın Hazinesi</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786053701187</t>
+          <t>9786053701170</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>İki Kafadar Smoofy ve Biboo - Fildişi Avcılarına Karşı</t>
+          <t>İki Kafadar Smoofy ve Biboo - Kaybolan Sincap</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786053701132</t>
+          <t>9786053701187</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>İki Kafadar Smoofy ve Biboo - Dostumuz Hayvanları Kurtarabiliriz</t>
+          <t>İki Kafadar Smoofy ve Biboo - Fildişi Avcılarına Karşı</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786053701378</t>
+          <t>9786053701132</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Horoz ile İnci</t>
+          <t>İki Kafadar Smoofy ve Biboo - Dostumuz Hayvanları Kurtarabiliriz</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>50</v>
+        <v>75</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786053700487</t>
+          <t>9786053701378</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Feribot Limanındaki Baskın</t>
+          <t>Horoz ile İnci</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>45</v>
+        <v>50</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786053700579</t>
+          <t>9786053700487</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gün Doğarken - 6 Cesur Sincap</t>
+          <t>Feribot Limanındaki Baskın</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786053701309</t>
+          <t>9786053700579</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bilgin ile Kayıkçı</t>
+          <t>Gün Doğarken - 6 Cesur Sincap</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054047390</t>
+          <t>9786053701309</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Balkız İle Daloğlan</t>
+          <t>Bilgin ile Kayıkçı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>96</v>
+        <v>35</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786053701361</t>
+          <t>9786054047390</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Balıkçılın Yemeği</t>
+          <t>Balkız İle Daloğlan</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>50</v>
+        <v>96</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054047406</t>
+          <t>9786053701361</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Ayşecik İle Fatmacık</t>
+          <t>Balıkçılın Yemeği</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786053700791</t>
+          <t>9786054047406</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Aybüke’nin Çiçekleri</t>
+          <t>Ayşecik İle Fatmacık</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>120</v>
+        <v>50</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786053700425</t>
+          <t>9786053700791</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Anne Babam Döndü</t>
+          <t>Aybüke’nin Çiçekleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944281355</t>
+          <t>9786053700425</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Efsaneleri 2</t>
+          <t>Anne Babam Döndü</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>112</v>
+        <v>80</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054047383</t>
+          <t>9789944281355</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Altın Oğlan İle Altın Kız</t>
+          <t>Anadolu Efsaneleri 2</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>90</v>
+        <v>112</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786053700609</t>
+          <t>9786054047383</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu İnsanlar</t>
+          <t>Altın Oğlan İle Altın Kız</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786053702856</t>
+          <t>9786053700609</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Ah Şu İnsanlar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786053702214</t>
+          <t>9786053702856</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğun Dili</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>30</v>
+        <v>200</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786053704003</t>
+          <t>9786053702214</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ben Buradayım</t>
+          <t>Çocukluğun Dili</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786053703020</t>
+          <t>9786053704003</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çocukları Uçuran Masallar 3 - Kuş Ağacı (Ciltli)</t>
+          <t>Ben Buradayım</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786053702832</t>
+          <t>9786053703020</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi : Çalışan Kazanır</t>
+          <t>Çocukları Uçuran Masallar 3 - Kuş Ağacı (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786054047468</t>
+          <t>9786053702832</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mavi Kahkaha Çiçeği</t>
+          <t>Değerler Eğitimi : Çalışan Kazanır</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>50</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786054047666</t>
+          <t>9786054047468</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Masal Doktoru - Sevgi Bahçesinde</t>
+          <t>Mavi Kahkaha Çiçeği</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786053701392</t>
+          <t>9786054047666</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kurt ile Kuzu</t>
+          <t>Masal Doktoru - Sevgi Bahçesinde</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786053700524</t>
+          <t>9786053701392</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Gün Doğarken - 1 Kurnaz Tilki</t>
+          <t>Kurt ile Kuzu</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786053700807</t>
+          <t>9786053700524</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Uçurtma</t>
+          <t>Gün Doğarken - 1 Kurnaz Tilki</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786054047444</t>
+          <t>9786053700807</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Deliler Ülkesinde</t>
+          <t>Kırmızı Uçurtma</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054047437</t>
+          <t>9786054047444</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Büyülü Sofra</t>
+          <t>Keloğlan Deliler Ülkesinde</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789944281386</t>
+          <t>9786054047437</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İpek Kuyruklu Uçurtma</t>
+          <t>Keloğlan Büyülü Sofra</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786053701088</t>
+          <t>9789944281386</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İnteroğlan - Zamanda Kayboluş</t>
+          <t>İpek Kuyruklu Uçurtma</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>35</v>
+        <v>160</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054047420</t>
+          <t>9786053701088</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>İncili Salkım</t>
+          <t>İnteroğlan - Zamanda Kayboluş</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786053701101</t>
+          <t>9786054047420</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>İki Kafadar Smoofy ve Biboo: Smoofy Haydutların Elinde</t>
+          <t>İncili Salkım</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>75</v>
+        <v>30</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786053701156</t>
+          <t>9786053701101</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İki Kafadar Smoofy ve Biboo: Olaylı Piknik</t>
+          <t>İki Kafadar Smoofy ve Biboo: Smoofy Haydutların Elinde</t>
         </is>
       </c>
       <c r="C45" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786053701163</t>
+          <t>9786053701156</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>İki Kafadar Smoofy ve Biboo: Kayak Yarışında Tuzak</t>
+          <t>İki Kafadar Smoofy ve Biboo: Olaylı Piknik</t>
         </is>
       </c>
       <c r="C46" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786053701125</t>
+          <t>9786053701163</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İki Kafadar Smoofy ve Biboo: Haydi! Dünyamızı Temiz Tutalım</t>
+          <t>İki Kafadar Smoofy ve Biboo: Kayak Yarışında Tuzak</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786053701118</t>
+          <t>9786053701125</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İki Kafadar Smoofy ve Biboo: Dünyamızı Çok Seviyoruz</t>
+          <t>İki Kafadar Smoofy ve Biboo: Haydi! Dünyamızı Temiz Tutalım</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786053701224</t>
+          <t>9786053701118</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Uçurtmam Kuşlardan Güzel</t>
+          <t>İki Kafadar Smoofy ve Biboo: Dünyamızı Çok Seviyoruz</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>75</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050086034</t>
+          <t>9786053701224</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Tekerlemeler</t>
+          <t>Uçurtmam Kuşlardan Güzel</t>
         </is>
       </c>
       <c r="C50" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789944281881</t>
+          <t>9786050086034</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Seçme Hikayeler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Tekerlemeler</t>
         </is>
       </c>
       <c r="C51" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786053700661</t>
+          <t>9789944281881</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Prenses ve Çoban</t>
+          <t>Seçme Hikayeler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>20</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786053700418</t>
+          <t>9786053700661</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğü Satın Alanlar</t>
+          <t>Prenses ve Çoban</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786053702429</t>
+          <t>9786053700418</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina</t>
+          <t>Özgürlüğü Satın Alanlar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>80</v>
+        <v>45</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786053703471</t>
+          <t>9786053702429</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mamış</t>
+          <t>İbni Sina</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>60</v>
+        <v>80</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786053702337</t>
+          <t>9786053703471</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi'den Seçmeler</t>
+          <t>Mamış</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>15</v>
+        <v>60</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786053702771</t>
+          <t>9786053702337</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Etkinlik Kitabım - 5</t>
+          <t>Mesnevi'den Seçmeler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>60</v>
+        <v>15</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786053707585</t>
+          <t>9786053702771</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çünkü Bir Öğretmenim Vardı</t>
+          <t>Mozaik Etkinlik Kitabım - 5</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>180</v>
+        <v>60</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786053707660</t>
+          <t>9786053707585</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Kraliçesi</t>
+          <t>Çünkü Bir Öğretmenim Vardı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>112</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786053708001</t>
+          <t>9786053707660</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Tahta Arabanın Rotası</t>
+          <t>Gecenin Kraliçesi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>90</v>
+        <v>112</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786053709268</t>
+          <t>9786053708001</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Doktor Kontrolü Neden Var?</t>
+          <t>Tahta Arabanın Rotası</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786053709251</t>
+          <t>9786053709268</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ekranlar Neden Var?</t>
+          <t>Doktor Kontrolü Neden Var?</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786053709411</t>
+          <t>9786053709251</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçin Matematik Oyunları</t>
+          <t>Dijital Ekranlar Neden Var?</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786053709428</t>
+          <t>9786053709411</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Matematik</t>
+          <t>Herkes İçin Matematik Oyunları</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786053709237</t>
+          <t>9786053709428</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Acı Hissi Neden Var?</t>
+          <t>Eğlenceli Matematik</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786053709367</t>
+          <t>9786053709237</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Yalan Neden Var?</t>
+          <t>Acı Hissi Neden Var?</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786053709350</t>
+          <t>9786053709367</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Uyku Neden Var?</t>
+          <t>Yalan Neden Var?</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786053709343</t>
+          <t>9786053709350</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Utanmak Neden Var?</t>
+          <t>Uyku Neden Var?</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786053709336</t>
+          <t>9786053709343</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Temizlik Neden Var?</t>
+          <t>Utanmak Neden Var?</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786053709329</t>
+          <t>9786053709336</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Saldırganlık Neden Var?</t>
+          <t>Temizlik Neden Var?</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786053709305</t>
+          <t>9786053709329</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kötü Sözcükler Neden Var?</t>
+          <t>Saldırganlık Neden Var?</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786053709312</t>
+          <t>9786053709305</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ödünç Alıp Vermek Neden Var?</t>
+          <t>Kötü Sözcükler Neden Var?</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786053709299</t>
+          <t>9786053709312</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Korku Neden Var?</t>
+          <t>Ödünç Alıp Vermek Neden Var?</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786053709282</t>
+          <t>9786053709299</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Hatalar Neden Var?</t>
+          <t>Korku Neden Var?</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786053709275</t>
+          <t>9786053709282</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşları Neden Var?</t>
+          <t>Hatalar Neden Var?</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786053708971</t>
+          <t>9786053709275</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Bilgiler Krallığı</t>
+          <t>Gözyaşları Neden Var?</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786053703006</t>
+          <t>9786053708971</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Çocukları Uçuran Masallar 4 - Aslankuş (Ciltli)</t>
+          <t>Kayıp Bilgiler Krallığı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9789944281556</t>
+          <t>9786053703006</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Değirmenimden Mektuplar (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Çocukları Uçuran Masallar 4 - Aslankuş (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9789944281379</t>
+          <t>9789944281556</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kınalı Kuzu</t>
+          <t>Değirmenimden Mektuplar (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789944281255</t>
+          <t>9789944281379</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer (İlk Gençlik Dizisi)</t>
+          <t>Kınalı Kuzu</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9789944281959</t>
+          <t>9789944281255</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tom Sawyer (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Tom Sawyer (İlk Gençlik Dizisi)</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786053702498</t>
+          <t>9789944281959</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Çalışmaları - 3</t>
+          <t>Tom Sawyer (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786053703396</t>
+          <t>9786053702498</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Mozaik Çalışmaları - 3</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786053703945</t>
+          <t>9786053703396</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Kitabım 1</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786053709220</t>
+          <t>9786053703945</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Önemsemek (Ciltli)</t>
+          <t>Mozaik Kitabım 1</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786053709152</t>
+          <t>9786053709220</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>İbni Sina</t>
+          <t>Önemsemek (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786053709145</t>
+          <t>9786053709152</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Fenden Bu Kadar</t>
+          <t>İbni Sina</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786053707868</t>
+          <t>9786053709145</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Serçeköyde Panik</t>
+          <t>Fenden Bu Kadar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786053707851</t>
+          <t>9786053707868</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Tuzaktaki Serçe</t>
+          <t>Serçeköyde Panik</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786053707844</t>
+          <t>9786053707851</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kış Yardımı</t>
+          <t>Tuzaktaki Serçe</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786053707837</t>
+          <t>9786053707844</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Hasta Ziyareti</t>
+          <t>Kış Yardımı</t>
         </is>
       </c>
       <c r="C91" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786053707820</t>
+          <t>9786053707837</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Göçmen Kuşlar</t>
+          <t>Hasta Ziyareti</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786053707813</t>
+          <t>9786053707820</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bilgin Serçenin Sırrı</t>
+          <t>Göçmen Kuşlar</t>
         </is>
       </c>
       <c r="C93" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786053709138</t>
+          <t>9786053707813</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Nazik Olmak (Ciltli)</t>
+          <t>Bilgin Serçenin Sırrı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786053709039</t>
+          <t>9786053709138</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Noktadan Noktaya Boyama-2</t>
+          <t>Nazik Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>60</v>
+        <v>300</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786053709022</t>
+          <t>9786053709039</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Noktadan Noktaya Boyama-1</t>
+          <t>Noktadan Noktaya Boyama-2</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786053708988</t>
+          <t>9786053709022</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Anaokulu Boyama Kitabı-1</t>
+          <t>Noktadan Noktaya Boyama-1</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786053708995</t>
+          <t>9786053708988</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Anaokulu Boyama Kitabı-2</t>
+          <t>Anaokulu Boyama Kitabı-1</t>
         </is>
       </c>
       <c r="C98" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786053709046</t>
+          <t>9786053708995</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Örnekli Boyama Kitabı-1</t>
+          <t>Anaokulu Boyama Kitabı-2</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786053709015</t>
+          <t>9786053709046</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Eğlenceli Boyama-2</t>
+          <t>Örnekli Boyama Kitabı-1</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786053709053</t>
+          <t>9786053709015</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Örnekli Boyama Kitabı-2</t>
+          <t>Renklerle Eğlenceli Boyama-2</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786053709008</t>
+          <t>9786053709053</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Renklerle Eğlenceli Boyama-1</t>
+          <t>Örnekli Boyama Kitabı-2</t>
         </is>
       </c>
       <c r="C102" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786053709107</t>
+          <t>9786053709008</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Geri Döneceğiz</t>
+          <t>Renklerle Eğlenceli Boyama-1</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>60</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786053709091</t>
+          <t>9786053709107</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Gazze Sıra Dışı Hayat</t>
+          <t>Geri Döneceğiz</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786053709114</t>
+          <t>9786053709091</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçük Problem</t>
+          <t>Gazze Sıra Dışı Hayat</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786053709121</t>
+          <t>9786053709114</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Lupo İle Tumbo 1. Bölüm</t>
+          <t>Bir Küçük Problem</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786053708933</t>
+          <t>9786053709121</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>İnteroğlan (Ciltli)</t>
+          <t>Lupo İle Tumbo 1. Bölüm</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786053708919</t>
+          <t>9786053708933</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ayşe ve Küçük Midil</t>
+          <t>İnteroğlan (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786053708926</t>
+          <t>9786053708919</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Bir Masal Anadolu</t>
+          <t>Ayşe ve Küçük Midil</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786053708674</t>
+          <t>9786053708926</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Küsmekten Daha İyi Bir Fikrim Var (Ciltli)</t>
+          <t>Bir Masal Anadolu</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786053708872</t>
+          <t>9786053708674</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Ata Yurdu Ötükene Yolculuk</t>
+          <t>Küsmekten Daha İyi Bir Fikrim Var (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786053708889</t>
+          <t>9786053708872</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Alfabenin Öyküsü</t>
+          <t>Ata Yurdu Ötükene Yolculuk</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786053708766</t>
+          <t>9786053708889</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenimize Binlerce Teşekkür</t>
+          <t>Alfabenin Öyküsü</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786053708759</t>
+          <t>9786053708766</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Sınıfımızdaki Gizemli</t>
+          <t>Öğretmenimize Binlerce Teşekkür</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786053708858</t>
+          <t>9786053708759</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Vatan Aşığı Mehmet Akif</t>
+          <t>Sınıfımızdaki Gizemli</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>4440000003079</t>
+          <t>9786053708858</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Aferin Güzel Oğluma Seti 10 Kitap Set</t>
+          <t>Vatan Aşığı Mehmet Akif</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>1080</v>
+        <v>180</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>4440000000807</t>
+          <t>4440000003079</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Seçmeler Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser</t>
+          <t>Aferin Güzel Oğluma Seti 10 Kitap Set</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>150</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>3990000020075</t>
+          <t>4440000000807</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Robin Hood (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Türkülerden Seçmeler Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789944281072</t>
+          <t>3990000020075</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Bir Testi Su</t>
+          <t>Robin Hood (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789944281027</t>
+          <t>9789944281072</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Denizdeki Hazine</t>
+          <t>Bir Testi Su</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789944281034</t>
+          <t>9789944281027</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Seyfi Baba</t>
+          <t>Denizdeki Hazine</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789944281041</t>
+          <t>9789944281034</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Zengin Dilenci</t>
+          <t>Seyfi Baba</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789944281393</t>
+          <t>9789944281041</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Gül Ağacı</t>
+          <t>Zengin Dilenci</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789944281546</t>
+          <t>9789944281393</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Define Adası (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Gül Ağacı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789944281621</t>
+          <t>9789944281546</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Son Günün Sevinci</t>
+          <t>Define Adası (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789944281652</t>
+          <t>9789944281621</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>En Gür Seda - İstiklal Marşı</t>
+          <t>Son Günün Sevinci</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9789944281485</t>
+          <t>9789944281652</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Prens (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>En Gür Seda - İstiklal Marşı</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789944281539</t>
+          <t>9789944281485</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Masalları (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Mutlu Prens (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9789944281607</t>
+          <t>9789944281539</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Hikayeleri (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Keloğlan Masalları (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789944281522</t>
+          <t>9789944281607</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine’den Seçmeler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Nasreddin Hoca Hikayeleri (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786054047208</t>
+          <t>9789944281522</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzü Çocuğu</t>
+          <t>La Fontaine’den Seçmeler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9789944281928</t>
+          <t>9786054047208</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Gökyüzü Çocuğu</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786050086003</t>
+          <t>9789944281928</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Pinokyo (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C133" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9789944281553</t>
+          <t>9786050086003</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Andersen Masalları (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Tiryaki Sözleri (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9789944281508</t>
+          <t>9789944281553</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Karagöz İle Hacivat (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Andersen Masalları (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789944281140</t>
+          <t>9789944281508</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Küçük Erkekler</t>
+          <t>Çocuklara Karagöz İle Hacivat (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C136" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789944281133</t>
+          <t>9789944281140</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kadınlar</t>
+          <t>Küçük Erkekler</t>
         </is>
       </c>
       <c r="C137" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789944281515</t>
+          <t>9789944281133</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif’ten Seçmeler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Küçük Kadınlar</t>
         </is>
       </c>
       <c r="C138" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9789944281218</t>
+          <t>9789944281515</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist</t>
+          <t>Mehmet Akif’ten Seçmeler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C139" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9789944281195</t>
+          <t>9789944281218</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>On Beş Yaşında Bir Kaptan</t>
+          <t>Oliver Twist</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789944281201</t>
+          <t>9789944281195</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sefiller</t>
+          <t>On Beş Yaşında Bir Kaptan</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9789944281614</t>
+          <t>9789944281201</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Türk Atasözleri’nden Seçmeler</t>
+          <t>Sefiller</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789944281478</t>
+          <t>9789944281614</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Türk Atasözleri’nden Seçmeler</t>
         </is>
       </c>
       <c r="C143" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789944281867</t>
+          <t>9789944281478</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Altın Işık (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Vatan Yahut Silistre (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789944281898</t>
+          <t>9789944281867</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Alis Harikalar Diyarında (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Altın Işık (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9789944281843</t>
+          <t>9789944281898</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>80 Günde Devri Alem (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Alis Harikalar Diyarında (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C146" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786054047758</t>
+          <t>9789944281843</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Orman - 1 Beş Arkadaş</t>
+          <t>80 Günde Devri Alem (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789944281836</t>
+          <t>9786054047758</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Falaka (Milli Eğitim Bakanlığı İköğretim 100 Temel Eser)</t>
+          <t>Yeşil Orman - 1 Beş Arkadaş</t>
         </is>
       </c>
       <c r="C148" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9789944281980</t>
+          <t>9789944281836</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Heidi (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Falaka (Milli Eğitim Bakanlığı İköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789944281782</t>
+          <t>9789944281980</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Gülliver’in Gezileri (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Heidi (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786054047765</t>
+          <t>9789944281782</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Grip Olan Kaplumbağa</t>
+          <t>Gülliver’in Gezileri (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9789944281911</t>
+          <t>9786054047765</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Peter Pan (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Grip Olan Kaplumbağa</t>
         </is>
       </c>
       <c r="C152" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789944281942</t>
+          <t>9789944281911</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Peter Pan (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786054047345</t>
+          <t>9789944281942</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Seçme Hikayeler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Ömer’in Çocukluğu (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786050086027</t>
+          <t>9786054047345</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Şermin (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Mesnevi’den Seçme Hikayeler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C155" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786054047697</t>
+          <t>9786050086027</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Gözlük Takan Yıldızlar</t>
+          <t>Şermin (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789944281874</t>
+          <t>9786054047697</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Üç Silahşörler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Gözlük Takan Yıldızlar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786054047727</t>
+          <t>9789944281874</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Paten Giyen Kaplumbağa</t>
+          <t>Üç Silahşörler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786054047970</t>
+          <t>9786054047727</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Bir Ayet Bir Hikaye 1 (Ciltli)</t>
+          <t>Paten Giyen Kaplumbağa</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786053700111</t>
+          <t>9786054047970</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kutu Kutu Pense</t>
+          <t>Bir Ayet Bir Hikaye 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786054047956</t>
+          <t>9786053700111</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Evi, Okulu, Çevremi Öğreniyorum Seviye 2</t>
+          <t>Kutu Kutu Pense</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054047963</t>
+          <t>9786054047956</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Evi, Okulu, Çevremi Öğreniyorum Seviye 3</t>
+          <t>Evi, Okulu, Çevremi Öğreniyorum Seviye 2</t>
         </is>
       </c>
       <c r="C162" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786054047789</t>
+          <t>9786054047963</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Sevinci</t>
+          <t>Evi, Okulu, Çevremi Öğreniyorum Seviye 3</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786053700500</t>
+          <t>9786054047789</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Kazananlar - Kaybedenler</t>
+          <t>Gökkuşağı Sevinci</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786053700548</t>
+          <t>9786053700500</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Mızmız Kuzu</t>
+          <t>Kazananlar - Kaybedenler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786053700531</t>
+          <t>9786053700548</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Gün Doğarken - 2 Nankör Eşek</t>
+          <t>Mızmız Kuzu</t>
         </is>
       </c>
       <c r="C166" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786053700555</t>
+          <t>9786053700531</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Şımarık Su Aygırı</t>
+          <t>Gün Doğarken - 2 Nankör Eşek</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786053700517</t>
+          <t>9786053700555</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Damlaları</t>
+          <t>Şımarık Su Aygırı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786053700319</t>
+          <t>9786053700517</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Maymun ve Kırmızı Şapka</t>
+          <t>Rahmet Damlaları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786053700562</t>
+          <t>9786053700319</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Tembel Kaz</t>
+          <t>Maymun ve Kırmızı Şapka</t>
         </is>
       </c>
       <c r="C170" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786053700494</t>
+          <t>9786053700562</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Pirana Korsanları: Kundakçı Avı</t>
+          <t>Tembel Kaz</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>45</v>
+        <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786053700678</t>
+          <t>9786053700494</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kirazlı Şemsiye</t>
+          <t>Pirana Korsanları: Kundakçı Avı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>180</v>
+        <v>45</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786053700685</t>
+          <t>9786053700678</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Güzel Çevrem - Oku Öğren Neşelen (Ciltli)</t>
+          <t>Kirazlı Şemsiye</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786053700326</t>
+          <t>9786053700685</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Orman - 4 Fare ve Kötü Düşünce</t>
+          <t>Güzel Çevrem - Oku Öğren Neşelen (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786053700357</t>
+          <t>9786053700326</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Orman - 7 Kibirli Fil</t>
+          <t>Yeşil Orman - 4 Fare ve Kötü Düşünce</t>
         </is>
       </c>
       <c r="C175" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786053700647</t>
+          <t>9786053700357</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Karagöz’ün Helikopteri</t>
+          <t>Yeşil Orman - 7 Kibirli Fil</t>
         </is>
       </c>
       <c r="C176" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786054047451</t>
+          <t>9786053700647</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Görünmez Adam</t>
+          <t>Karagöz’ün Helikopteri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786053700333</t>
+          <t>9786054047451</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Orman - 5 Yalan Söyleyen Kurbağa</t>
+          <t>Keloğlan Görünmez Adam</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786054047680</t>
+          <t>9786053700333</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Masal Doktoru - Suçlu Peşinde</t>
+          <t>Yeşil Orman - 5 Yalan Söyleyen Kurbağa</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786053700364</t>
+          <t>9786054047680</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Orman - 8 Sabahları Öten Horoz</t>
+          <t>Masal Doktoru - Suçlu Peşinde</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789944281829</t>
+          <t>9786053700364</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Türk Bilmecelerinden Seçmeler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Yeşil Orman - 8 Sabahları Öten Horoz</t>
         </is>
       </c>
       <c r="C181" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786050086010</t>
+          <t>9789944281829</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Türkçe’de Deyimler (İlköğretim 100 Temel Eser)</t>
+          <t>Türk Bilmecelerinden Seçmeler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786053700340</t>
+          <t>9786050086010</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Orman - 6 Tembel Ceylan</t>
+          <t>Türkçe’de Deyimler (İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786053700845</t>
+          <t>9786053700340</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Başak Anne</t>
+          <t>Yeşil Orman - 6 Tembel Ceylan</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786053701040</t>
+          <t>9786053700845</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Üzüm Bahçesi</t>
+          <t>Başak Anne</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>75</v>
+        <v>180</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786053701033</t>
+          <t>9786053701040</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Kurbağalar ve Filler</t>
+          <t>Üzüm Bahçesi</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786053701026</t>
+          <t>9786053701033</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Kralın Ödülü</t>
+          <t>Kurbağalar ve Filler</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786053701019</t>
+          <t>9786053701026</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Kaplan</t>
+          <t>Kralın Ödülü</t>
         </is>
       </c>
       <c r="C188" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786053701002</t>
+          <t>9786053701019</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Üç Arkadaş</t>
+          <t>Tuhaf Kaplan</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786053700999</t>
+          <t>9786053701002</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Çalışkan Tavuk</t>
+          <t>Üç Arkadaş</t>
         </is>
       </c>
       <c r="C190" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786053700982</t>
+          <t>9786053700999</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Küçük Çoban</t>
+          <t>Çalışkan Tavuk</t>
         </is>
       </c>
       <c r="C191" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786053700975</t>
+          <t>9786053700982</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Gezgin Kuzu</t>
+          <t>Küçük Çoban</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>100</v>
+        <v>75</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786053701231</t>
+          <t>9786053700975</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Zümrüdüankayı Arayan Çocuk</t>
+          <t>Gezgin Kuzu</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786053701415</t>
+          <t>9786053701231</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Tilki ile Leylek</t>
+          <t>Zümrüdüankayı Arayan Çocuk</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>90</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786053701408</t>
+          <t>9786053701415</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Tavşan ile Kaplumbağa</t>
+          <t>Tilki ile Leylek</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786053701385</t>
+          <t>9786053701408</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Tavus ile Hüdhüd</t>
+          <t>Tavşan ile Kaplumbağa</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786053701286</t>
+          <t>9786053701385</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları</t>
+          <t>Tavus ile Hüdhüd</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786053701293</t>
+          <t>9786053701286</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Tuzaktaki Kaplan</t>
+          <t>Anadolu Masalları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786053701491</t>
+          <t>9786053701293</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>40 Hazine</t>
+          <t>Tuzaktaki Kaplan</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786053701255</t>
+          <t>9786053701491</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Anne Sen Melek Misin? (Ciltli)</t>
+          <t>40 Hazine</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786053700302</t>
+          <t>9786053701255</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Billur Köşk Hikayeleri</t>
+          <t>Anne Sen Melek Misin? (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786053700753</t>
+          <t>9786053700302</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’dan Bir Ayet Hayatın İçinden Bir Hikaye 2 (Ciltli)</t>
+          <t>Billur Köşk Hikayeleri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786053701521</t>
+          <t>9786053700753</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Macera Peşinde</t>
+          <t>Kur’an’dan Bir Ayet Hayatın İçinden Bir Hikaye 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786053701484</t>
+          <t>9786053701521</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Kıssalar Hisseler</t>
+          <t>Macera Peşinde</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789944281973</t>
+          <t>9786053701484</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Türk Manilerinden Seçmeler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Kıssalar Hisseler</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789944281966</t>
+          <t>9789944281973</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Türk Ninnilerinden Seçmeler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Türk Manilerinden Seçmeler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786053701620</t>
+          <t>9789944281966</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Işığın Yüreği</t>
+          <t>Türk Ninnilerinden Seçmeler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786053701613</t>
+          <t>9786053701620</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Gökdeleni Yiyen Böcek</t>
+          <t>Işığın Yüreği</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786053701705</t>
+          <t>9786053701613</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Sevgisayar</t>
+          <t>Gökdeleni Yiyen Böcek</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786053701699</t>
+          <t>9786053701705</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Nasıl Oruç Tutulur? - Güler Yüzle Tatlı söz Hacivatla Karagöz</t>
+          <t>Bilgisayar Sevgisayar</t>
         </is>
       </c>
       <c r="C210" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786053701682</t>
+          <t>9786053701699</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Tekerlekli Sandalye</t>
+          <t>Nasıl Oruç Tutulur? - Güler Yüzle Tatlı söz Hacivatla Karagöz</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786053701675</t>
+          <t>9786053701682</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Afrika Yolunda - Güler Yüzle Tatlı Söz Hacivatla Karagöz</t>
+          <t>Tekerlekli Sandalye</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786053701668</t>
+          <t>9786053701675</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Düğün Yemeği</t>
+          <t>Afrika Yolunda - Güler Yüzle Tatlı Söz Hacivatla Karagöz</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786053701651</t>
+          <t>9786053701668</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Babaların Yüreği - Güler Yüzle Tatlı Söz Hacivatla Karagöz</t>
+          <t>Düğün Yemeği</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786053701606</t>
+          <t>9786053701651</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Affet Beni Öğrencim</t>
+          <t>Babaların Yüreği - Güler Yüzle Tatlı Söz Hacivatla Karagöz</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786053701644</t>
+          <t>9786053701606</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Güler Yüzle Tatlı Söz Hacivat'la Karagöz Dizisi (6 Kitap Takım)</t>
+          <t>Affet Beni Öğrencim</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786053701910</t>
+          <t>9786053701644</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Arabası 1 - Anne-Babalar Çok Sevilir</t>
+          <t>Güler Yüzle Tatlı Söz Hacivat'la Karagöz Dizisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>75</v>
+        <v>450</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786053701750</t>
+          <t>9786053701910</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan 2 - İyilik Özgüven</t>
+          <t>Çocukların Arabası 1 - Anne-Babalar Çok Sevilir</t>
         </is>
       </c>
       <c r="C218" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786053701828</t>
+          <t>9786053701750</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Farenin Evi 3 - İşbölümü Çalışkanlık</t>
+          <t>Akıllı Tavşan 2 - İyilik Özgüven</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786053701774</t>
+          <t>9786053701828</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Benimle Oynar mısın? 4 -Sorumluluk Uyarma</t>
+          <t>Farenin Evi 3 - İşbölümü Çalışkanlık</t>
         </is>
       </c>
       <c r="C220" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786053701927</t>
+          <t>9786053701774</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Üzüm Ağacı 5 - Paylaşmak</t>
+          <t>Benimle Oynar mısın? 4 -Sorumluluk Uyarma</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786053701835</t>
+          <t>9786053701927</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sevince Güzel 6 - Farklılıklara Saygı</t>
+          <t>Üzüm Ağacı 5 - Paylaşmak</t>
         </is>
       </c>
       <c r="C222" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786053701903</t>
+          <t>9786053701835</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Yardımsever Kirpi 7 - Yardımlaşma Arkadaşlık</t>
+          <t>Hayat Sevince Güzel 6 - Farklılıklara Saygı</t>
         </is>
       </c>
       <c r="C223" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786053701859</t>
+          <t>9786053701903</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Nehir Gezisi 8 - Danışmak Gayret</t>
+          <t>Yardımsever Kirpi 7 - Yardımlaşma Arkadaşlık</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786053701996</t>
+          <t>9786053701859</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bi’ Keresinde...</t>
+          <t>Nehir Gezisi 8 - Danışmak Gayret</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786053701934</t>
+          <t>9786053701996</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Ararken</t>
+          <t>Bi’ Keresinde...</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786053701941</t>
+          <t>9786053701934</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>En Güvenilir Arkadaş</t>
+          <t>Allah’ı Ararken</t>
         </is>
       </c>
       <c r="C227" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786053701958</t>
+          <t>9786053701941</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yeşil Kertenkele</t>
+          <t>En Güvenilir Arkadaş</t>
         </is>
       </c>
       <c r="C228" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786053701989</t>
+          <t>9786053701958</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Minik Farenin Duası</t>
+          <t>Küçük Yeşil Kertenkele</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786053701972</t>
+          <t>9786053701989</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Elveda Yaşlı Rakun</t>
+          <t>Minik Farenin Duası</t>
         </is>
       </c>
       <c r="C230" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786053701965</t>
+          <t>9786053701972</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Kurabiyeleri</t>
+          <t>Elveda Yaşlı Rakun</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786053702146</t>
+          <t>9786053701965</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Arayan Çocuk</t>
+          <t>Allah'ın Kurabiyeleri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786053702191</t>
+          <t>9786053702146</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Gülün Aklı</t>
+          <t>Allah’ı Arayan Çocuk</t>
         </is>
       </c>
       <c r="C233" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786053702139</t>
+          <t>9786053702191</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Tatil Rüyası</t>
+          <t>Gülün Aklı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786053701767</t>
+          <t>9786053702139</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Babamı Özlüyorum</t>
+          <t>Tatil Rüyası</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786053701798</t>
+          <t>9786053701767</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Bisikletim</t>
+          <t>Babamı Özlüyorum</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786053701804</t>
+          <t>9786053701798</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Büyüklerin Sırları</t>
+          <t>Bisikletim</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786053701811</t>
+          <t>9786053701804</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Hediye</t>
+          <t>Büyüklerin Sırları</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786053701842</t>
+          <t>9786053701811</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Yeni</t>
+          <t>En Güzel Hediye</t>
         </is>
       </c>
       <c r="C239" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786053701873</t>
+          <t>9786053701842</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Peki Ya Ben</t>
+          <t>Her Şey Yeni</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786053701880</t>
+          <t>9786053701873</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Randevum Var</t>
+          <t>Peki Ya Ben</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786053701897</t>
+          <t>9786053701880</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Uykum Gelmiyor</t>
+          <t>Randevum Var</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786053701354</t>
+          <t>9786053701897</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ağacın Rüyası</t>
+          <t>Uykum Gelmiyor</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786053701323</t>
+          <t>9786053701354</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Bir Savaş Oyunu</t>
+          <t>Ağacın Rüyası</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786053701514</t>
+          <t>9786053701323</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sultan Fatih'in Düşü - Cepheye Koşmak - Atlar Nereye Kışlayacak ?</t>
+          <t>Bir Savaş Oyunu</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786053702283</t>
+          <t>9786053701514</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>The Rose Tree</t>
+          <t>Sultan Fatih'in Düşü - Cepheye Koşmak - Atlar Nereye Kışlayacak ?</t>
         </is>
       </c>
       <c r="C246" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786053702405</t>
+          <t>9786053702283</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Kar Yağınca</t>
+          <t>The Rose Tree</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789944281850</t>
+          <t>9786053702405</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Ezop Masalları (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Kırmızı Kar Yağınca</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786053701316</t>
+          <t>9789944281850</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Gülmek</t>
+          <t>Ezop Masalları (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786053701477</t>
+          <t>9786053701316</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan Keleş Oğlan</t>
+          <t>Dünyaya Gülmek</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786053700241</t>
+          <t>9786053701477</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ceren'in Maceraları 2 - Doğum Günün Kutlu Olsun</t>
+          <t>Keloğlan Keleş Oğlan</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789944281904</t>
+          <t>9786053700241</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Oliver Twist (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Ceren'in Maceraları 2 - Doğum Günün Kutlu Olsun</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789944281935</t>
+          <t>9789944281904</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Pollyanna (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+          <t>Oliver Twist (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786053702399</t>
+          <t>9789944281935</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Başparmak</t>
+          <t>Pollyanna (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786053702436</t>
+          <t>9786053702399</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İbni Batuta</t>
+          <t>Arkadaşım Başparmak</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786053701781</t>
+          <t>9786053702436</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Bir Kuş Olsaydım</t>
+          <t>İbni Batuta</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786053702504</t>
+          <t>9786053701781</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Bahçesi 1</t>
+          <t>Bir Kuş Olsaydım</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786053702511</t>
+          <t>9786053702504</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Bahçesi 2</t>
+          <t>Kur'an Bahçesi 1</t>
         </is>
       </c>
       <c r="C258" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786053702528</t>
+          <t>9786053702511</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Bahçesi - 3</t>
+          <t>Kur'an Bahçesi 2</t>
         </is>
       </c>
       <c r="C259" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786053702535</t>
+          <t>9786053702528</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Bahçesi 4</t>
+          <t>Kur'an Bahçesi - 3</t>
         </is>
       </c>
       <c r="C260" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786053702542</t>
+          <t>9786053702535</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Bahçesi 5</t>
+          <t>Kur'an Bahçesi 4</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786053702702</t>
+          <t>9786053702542</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Yaban Kazları Pusula Kullanmaz</t>
+          <t>Kur'an Bahçesi 5</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786053702597</t>
+          <t>9786053702702</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Amca Okulda</t>
+          <t>Yaban Kazları Pusula Kullanmaz</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786053702627</t>
+          <t>9786053702597</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Amca - 2 : Sınıfta</t>
+          <t>Karagöz Amca Okulda</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786053702634</t>
+          <t>9786053702627</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Amca - 3 : Trafik Polisi</t>
+          <t>Karagöz Amca - 2 : Sınıfta</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786053702665</t>
+          <t>9786053702634</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Amca - 4 : Çocuk Bahçesinde</t>
+          <t>Karagöz Amca - 3 : Trafik Polisi</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786053702573</t>
+          <t>9786053702665</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Amca - 5 : Evde</t>
+          <t>Karagöz Amca - 4 : Çocuk Bahçesinde</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786053702559</t>
+          <t>9786053702573</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Amca - 6 : Balon Peşinde</t>
+          <t>Karagöz Amca - 5 : Evde</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786053702658</t>
+          <t>9786053702559</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Amca - 7 : Yaş Gününde</t>
+          <t>Karagöz Amca - 6 : Balon Peşinde</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786053702610</t>
+          <t>9786053702658</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Amca Piknikte</t>
+          <t>Karagöz Amca - 7 : Yaş Gününde</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786053702603</t>
+          <t>9786053702610</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Amca - 9 : Parkta</t>
+          <t>Karagöz Amca Piknikte</t>
         </is>
       </c>
       <c r="C271" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786053702641</t>
+          <t>9786053702603</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Amca - 10 : Uçurtma Şenliğinde</t>
+          <t>Karagöz Amca - 9 : Parkta</t>
         </is>
       </c>
       <c r="C272" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786053702566</t>
+          <t>9786053702641</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Amca - 11 : Denizde</t>
+          <t>Karagöz Amca - 10 : Uçurtma Şenliğinde</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786053702580</t>
+          <t>9786053702566</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Karagöz Amca - 12 : Köyde</t>
+          <t>Karagöz Amca - 11 : Denizde</t>
         </is>
       </c>
       <c r="C274" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786053702474</t>
+          <t>9786053702580</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Çalışmaları -1</t>
+          <t>Karagöz Amca - 12 : Köyde</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>75</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786053702481</t>
+          <t>9786053702474</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Çalışmaları 2</t>
+          <t>Mozaik Çalışmaları -1</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786053702733</t>
+          <t>9786053702481</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Etkinlik Kitabım - 1</t>
+          <t>Mozaik Çalışmaları 2</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786053702740</t>
+          <t>9786053702733</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Etkinlik Kitabım - 2</t>
+          <t>Mozaik Etkinlik Kitabım - 1</t>
         </is>
       </c>
       <c r="C278" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786053702764</t>
+          <t>9786053702740</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Etkinlik Kitabım - 4</t>
+          <t>Mozaik Etkinlik Kitabım - 2</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786053702795</t>
+          <t>9786053702764</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi : Aklımı Seveyim</t>
+          <t>Mozaik Etkinlik Kitabım - 4</t>
         </is>
       </c>
       <c r="C280" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786053702801</t>
+          <t>9786053702795</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi : Arkadaş Olabiliriz</t>
+          <t>Değerler Eğitimi : Aklımı Seveyim</t>
         </is>
       </c>
       <c r="C281" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786053702054</t>
+          <t>9786053702801</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Akıllı Tavşan 2 - Temizlik Özgüven</t>
+          <t>Değerler Eğitimi : Arkadaş Olabiliriz</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786053702115</t>
+          <t>9786053702054</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Arabası -  Yardımlaşmak İş Bölümü</t>
+          <t>Akıllı Tavşan 2 - Temizlik Özgüven</t>
         </is>
       </c>
       <c r="C283" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786053702078</t>
+          <t>9786053702115</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Farenin Evi 3 - Birlikten Kuvvet Doğar</t>
+          <t>Çocukların Arabası -  Yardımlaşmak İş Bölümü</t>
         </is>
       </c>
       <c r="C284" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786053702061</t>
+          <t>9786053702078</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Benimle Oynar mısın? 4 - İzin Almak</t>
+          <t>Farenin Evi 3 - Birlikten Kuvvet Doğar</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786053702108</t>
+          <t>9786053702061</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Yardımsever Kirpi 7 - Her Zaman İyilik</t>
+          <t>Benimle Oynar mısın? 4 - İzin Almak</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786053702085</t>
+          <t>9786053702108</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sevince Güzel 6 - Farklılıklara Saygı (Büyük Boy)</t>
+          <t>Yardımsever Kirpi 7 - Her Zaman İyilik</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786053702092</t>
+          <t>9786053702085</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Nehir Gezisi 8 - Çözüm Üretmek</t>
+          <t>Hayat Sevince Güzel 6 - Farklılıklara Saygı (Büyük Boy)</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786053702122</t>
+          <t>9786053702092</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Üzüm Ağacı 5 - Bencil Olmamak</t>
+          <t>Nehir Gezisi 8 - Çözüm Üretmek</t>
         </is>
       </c>
       <c r="C289" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786053702894</t>
+          <t>9786053702122</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Alfabenin Öyküsü</t>
+          <t>Üzüm Ağacı 5 - Bencil Olmamak</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786053702863</t>
+          <t>9786053702894</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Hop Tirinom</t>
+          <t>Alfabenin Öyküsü</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786053703037</t>
+          <t>9786053702863</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Çocukları Uçuran Masallar 2 - Martıcık İle Tilki (Ciltli)</t>
+          <t>Hop Tirinom</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786053703181</t>
+          <t>9786053703037</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Çocukları Uçuran Masallar 2 - Martıcık İle Tilki (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786053703075</t>
+          <t>9786053703181</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Mavi Rüyalar Gören Çocuk (Ciltli)</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786053703051</t>
+          <t>9786053703075</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan'ın Sevinci (Ciltli)</t>
+          <t>Mavi Rüyalar Gören Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786053703082</t>
+          <t>9786053703051</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Gömlek (Ciltli)</t>
+          <t>Keloğlan'ın Sevinci (Ciltli)</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786053703044</t>
+          <t>9786053703082</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Horozlu Çocuk (Ciltli)</t>
+          <t>Sihirli Gömlek (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786053703068</t>
+          <t>9786053703044</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kırk Birinci Gün (Ciltli)</t>
+          <t>Horozlu Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786053703235</t>
+          <t>9786053703068</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kuşların Masalı</t>
+          <t>Kırk Birinci Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786053703242</t>
+          <t>9786053703235</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Uçarım Dualarla Gökyüzüne</t>
+          <t>Kuşların Masalı</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786053703198</t>
+          <t>9786053703242</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Bilal'in Çiçeği</t>
+          <t>Uçarım Dualarla Gökyüzüne</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786053703259</t>
+          <t>9786053703198</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Benim Babam Biricik</t>
+          <t>Bilal'in Çiçeği</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786053703273</t>
+          <t>9786053703259</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Bir Şiir Sana Bir Şiir Bana</t>
+          <t>Benim Babam Biricik</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786053703501</t>
+          <t>9786053703273</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kuzucuklarla Tavşancık</t>
+          <t>Bir Şiir Sana Bir Şiir Bana</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786053703341</t>
+          <t>9786053703501</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kralın Yeni Elbisesi</t>
+          <t>Kuzucuklarla Tavşancık</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786053703457</t>
+          <t>9786053703341</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Doktor Gıt Gıdak</t>
+          <t>Kralın Yeni Elbisesi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786053703310</t>
+          <t>9786053703457</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Bir Fikirle Ne Yaparsın? (Ciltli)</t>
+          <t>Doktor Gıt Gıdak</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786053703495</t>
+          <t>9786053703310</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Tatoş</t>
+          <t>Bir Fikirle Ne Yaparsın? (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786053703488</t>
+          <t>9786053703495</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Tüylü</t>
+          <t>Tatoş</t>
         </is>
       </c>
       <c r="C309" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786053703365</t>
+          <t>9786053703488</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Prenses ve Yedi Cüceler</t>
+          <t>Tüylü</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786053703587</t>
+          <t>9786053703365</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Çiçek Açıyor</t>
+          <t>Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786053703525</t>
+          <t>9786053703587</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Sen Ağustos Böceği misin?</t>
+          <t>Kalbim Çiçek Açıyor</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786053703518</t>
+          <t>9786053703525</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Meyveleri Seviyorum</t>
+          <t>Sen Ağustos Böceği misin?</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786053703532</t>
+          <t>9786053703518</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Yasemin ve Ayçekirdeği</t>
+          <t>Meyveleri Seviyorum</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786053702955</t>
+          <t>9786053703532</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>Yasemin ve Ayçekirdeği</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786053703549</t>
+          <t>9786053702955</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Çok Yaramaz Kedi (Ciltli)</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786053703617</t>
+          <t>9786053703549</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Hiç Hak'sız Olur mu Çocuklar?</t>
+          <t>Çok Yaramaz Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786053702467</t>
+          <t>9786053703617</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Define</t>
+          <t>Hiç Hak'sız Olur mu Çocuklar?</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786053702382</t>
+          <t>9786053702467</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Can Eriği</t>
+          <t>Define</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>75</v>
+        <v>150</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786053702351</t>
+          <t>9786053702382</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kanarya</t>
+          <t>Arkadaşım Can Eriği</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786053702344</t>
+          <t>9786053702351</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Kartopu</t>
+          <t>Arkadaşım Kanarya</t>
         </is>
       </c>
       <c r="C321" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786053702368</t>
+          <t>9786053702344</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Sarmaşık</t>
+          <t>Arkadaşım Kartopu</t>
         </is>
       </c>
       <c r="C322" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786053702375</t>
+          <t>9786053702368</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Topkuyruk</t>
+          <t>Arkadaşım Sarmaşık</t>
         </is>
       </c>
       <c r="C323" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786053703204</t>
+          <t>9786053702375</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Uçtu Uçtu Şiir Uçtu</t>
+          <t>Arkadaşım Topkuyruk</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>250</v>
+        <v>75</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786053701866</t>
+          <t>9786053703204</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Neşeli Orman Hikayeleri Dizisi (8 Kitap Takım)</t>
+          <t>Uçtu Uçtu Şiir Uçtu</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786053703600</t>
+          <t>9786053701866</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>And</t>
+          <t>Neşeli Orman Hikayeleri Dizisi (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786053703648</t>
+          <t>9786053703600</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>İlk Namaz</t>
+          <t>And</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786053703624</t>
+          <t>9786053703648</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>İlk Namaz</t>
         </is>
       </c>
       <c r="C328" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786053703631</t>
+          <t>9786053703624</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786053703358</t>
+          <t>9786053703631</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Başlıklı Kız</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786053702696</t>
+          <t>9786053703358</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca</t>
+          <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786053702450</t>
+          <t>9786053702696</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara Güldüren Şiirler</t>
+          <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786053703143</t>
+          <t>9786053702450</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Horozlu Çocuk (Ciltsiz)</t>
+          <t>Çocuklara Güldüren Şiirler</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786053703174</t>
+          <t>9786053703143</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Gömlek (Ciltsiz)</t>
+          <t>Horozlu Çocuk (Ciltsiz)</t>
         </is>
       </c>
       <c r="C334" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786053703167</t>
+          <t>9786053703174</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Kırk Birinci Gün - Keloğlan Masalları (Ciltsiz)</t>
+          <t>Sihirli Gömlek (Ciltsiz)</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786053703150</t>
+          <t>9786053703167</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Keloğlan'ın Sevinci (Ciltsiz)</t>
+          <t>Kırk Birinci Gün - Keloğlan Masalları (Ciltsiz)</t>
         </is>
       </c>
       <c r="C336" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786053703129</t>
+          <t>9786053703150</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Martıcık ile Tilki (Ciltsiz)</t>
+          <t>Keloğlan'ın Sevinci (Ciltsiz)</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786053703105</t>
+          <t>9786053703129</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Kuş Ağacı (Ciltsiz)</t>
+          <t>Martıcık ile Tilki (Ciltsiz)</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786053703099</t>
+          <t>9786053703105</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Çocukları Uçuran Masallar 4 - Aslankuş (Ciltsiz)</t>
+          <t>Kuş Ağacı (Ciltsiz)</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786053703327</t>
+          <t>9786053703099</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Bremen Mızıkacıları (Büyük Boy)</t>
+          <t>Çocukları Uçuran Masallar 4 - Aslankuş (Ciltsiz)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786053703792</t>
+          <t>9786053703327</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Çıtı Pıtı Kutu Kutu Şiirler</t>
+          <t>Bremen Mızıkacıları (Büyük Boy)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786053703785</t>
+          <t>9786053703792</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Tersine Dönen Dünya</t>
+          <t>Çıtı Pıtı Kutu Kutu Şiirler</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786053703808</t>
+          <t>9786053703785</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Gürültülü Boya Kutusu (Ciltli)</t>
+          <t>Tersine Dönen Dünya</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786053702986</t>
+          <t>9786053703808</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Bir Problemle Ne Yaparsın?</t>
+          <t>Gürültülü Boya Kutusu (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786053703952</t>
+          <t>9786053702986</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Kitabım 2</t>
+          <t>Bir Problemle Ne Yaparsın?</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786053703969</t>
+          <t>9786053703952</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Kitabım 3</t>
+          <t>Mozaik Kitabım 2</t>
         </is>
       </c>
       <c r="C346" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786053703907</t>
+          <t>9786053703969</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İbni Rüşd</t>
+          <t>Mozaik Kitabım 3</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786053703891</t>
+          <t>9786053703907</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>İbni Haldun</t>
+          <t>İbni Rüşd</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786053703921</t>
+          <t>9786053703891</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Ktabım 5</t>
+          <t>İbni Haldun</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786053703938</t>
+          <t>9786053703921</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Kitabım 4</t>
+          <t>Mozaik Ktabım 5</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786053703464</t>
+          <t>9786053703938</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Düşünüyorum Da… (Ciltli)</t>
+          <t>Mozaik Kitabım 4</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786053702757</t>
+          <t>9786053703464</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Mozaik Etkinlik Kitabım - 3</t>
+          <t>Düşünüyorum Da… (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786053704010</t>
+          <t>9786053702757</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>İlköğretim Derslerinde 101 Drama Oyunu</t>
+          <t>Mozaik Etkinlik Kitabım - 3</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786053704065</t>
+          <t>9786053704010</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Kuş Olunca</t>
+          <t>İlköğretim Derslerinde 101 Drama Oyunu</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786053704034</t>
+          <t>9786053704065</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Üç Kartal - Çocukları Uçuran Masallar 6</t>
+          <t>Yüreğim Kuş Olunca</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786053704041</t>
+          <t>9786053704034</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yolunda Öğrencilerle Baş Başa</t>
+          <t>Üç Kartal - Çocukları Uçuran Masallar 6</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786053703884</t>
+          <t>9786053704041</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Hayal Satıcısı</t>
+          <t>Hayat Yolunda Öğrencilerle Baş Başa</t>
         </is>
       </c>
       <c r="C357" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786053704195</t>
+          <t>9786053703884</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Cikcik Trafik Polisi</t>
+          <t>Hayal Satıcısı</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786053704225</t>
+          <t>9786053704195</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Bir Fırsatla Ne Yaparsın?</t>
+          <t>Cikcik Trafik Polisi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786053704027</t>
+          <t>9786053704225</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kuş Oyunu - Çocukları Uçuran Masallar 5</t>
+          <t>Bir Fırsatla Ne Yaparsın?</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786053704119</t>
+          <t>9786053704027</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Emanet Kek - Demek Öyle! Dizisi 1</t>
+          <t>Kuş Oyunu - Çocukları Uçuran Masallar 5</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786053704157</t>
+          <t>9786053704119</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Barış Çorbası - Demek Öyle! Dizisi 5</t>
+          <t>Emanet Kek - Demek Öyle! Dizisi 1</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786053704133</t>
+          <t>9786053704157</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Demek Öyle! - Demek Öyle! Dizisi 2</t>
+          <t>Barış Çorbası - Demek Öyle! Dizisi 5</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786053704140</t>
+          <t>9786053704133</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Elma - Demek Öyle! Dizisi 3</t>
+          <t>Demek Öyle! - Demek Öyle! Dizisi 2</t>
         </is>
       </c>
       <c r="C364" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786053704188</t>
+          <t>9786053704140</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Huysuz Su Aygırı - Demek Öyle! Dizisi 8</t>
+          <t>Kırmızı Elma - Demek Öyle! Dizisi 3</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786053704171</t>
+          <t>9786053704188</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Kırkayak’ın Sırrı - Demek Öyle! Dizisi 7</t>
+          <t>Huysuz Su Aygırı - Demek Öyle! Dizisi 8</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786053704164</t>
+          <t>9786053704171</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Köfte Yarışması - Demek Öyle! Dizisi 6</t>
+          <t>Kırkayak’ın Sırrı - Demek Öyle! Dizisi 7</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786053704126</t>
+          <t>9786053704164</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Ne Haber? - Demek Öyle! Dizisi 4</t>
+          <t>Köfte Yarışması - Demek Öyle! Dizisi 6</t>
         </is>
       </c>
       <c r="C368" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786053704102</t>
+          <t>9786053704126</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Üç Korner Bir Penaltı</t>
+          <t>Ne Haber? - Demek Öyle! Dizisi 4</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786053702672</t>
+          <t>9786053704102</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’dan Bir Ayet Hayatın İçinden Bir Hikaye 3</t>
+          <t>Üç Korner Bir Penaltı</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786053704201</t>
+          <t>9786053702672</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Leman Hanım'ın Kantini</t>
+          <t>Kur’an’dan Bir Ayet Hayatın İçinden Bir Hikaye 3</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786053705734</t>
+          <t>9786053704201</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Annem Benim Her Şeyim</t>
+          <t>Leman Hanım'ın Kantini</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786053705666</t>
+          <t>9786053705734</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Rüyalarım Çiçek Açtı</t>
+          <t>Annem Benim Her Şeyim</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786053706489</t>
+          <t>9786053705666</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Sandık</t>
+          <t>Rüyalarım Çiçek Açtı</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786053706564</t>
+          <t>9786053706489</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Güneşle Ay Duymasın</t>
+          <t>Gizemli Sandık</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786053706540</t>
+          <t>9786053706564</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Simurg - Harika Parmaklar Hikaye Dizisi 1</t>
+          <t>Güneşle Ay Duymasın</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786053706519</t>
+          <t>9786053706540</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Luga - Harika Parmaklar Hikaye Dizisi 2</t>
+          <t>Simurg - Harika Parmaklar Hikaye Dizisi 1</t>
         </is>
       </c>
       <c r="C377" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786053706502</t>
+          <t>9786053706519</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Huka - Harika Parmaklar Hikaye Dizisi 3</t>
+          <t>Luga - Harika Parmaklar Hikaye Dizisi 2</t>
         </is>
       </c>
       <c r="C378" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786053706533</t>
+          <t>9786053706502</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Mavik - Harika Parmaklar Hikaye Dizisi 4</t>
+          <t>Huka - Harika Parmaklar Hikaye Dizisi 3</t>
         </is>
       </c>
       <c r="C379" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786053706526</t>
+          <t>9786053706533</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Mako - Harika Parmaklar Hikaye Dizisi 5</t>
+          <t>Mavik - Harika Parmaklar Hikaye Dizisi 4</t>
         </is>
       </c>
       <c r="C380" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786053706557</t>
+          <t>9786053706526</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Tuka - Harika Parmaklar Hikaye Dizisi 6</t>
+          <t>Mako - Harika Parmaklar Hikaye Dizisi 5</t>
         </is>
       </c>
       <c r="C381" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786053706816</t>
+          <t>9786053706557</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Bisiklet Arkadaşım - Ceren'in Maceraları 3</t>
+          <t>Tuka - Harika Parmaklar Hikaye Dizisi 6</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786053706847</t>
+          <t>9786053706816</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Peygamberim</t>
+          <t>Bisiklet Arkadaşım - Ceren'in Maceraları 3</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786053706830</t>
+          <t>9786053706847</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Tünel Kazma Yarışı</t>
+          <t>Kutlu Peygamberim</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786053706915</t>
+          <t>9786053706830</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Su Prensesi (Ciltli)</t>
+          <t>Tünel Kazma Yarışı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786053707035</t>
+          <t>9786053706915</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Anlatsana</t>
+          <t>Su Prensesi (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786053707103</t>
+          <t>9786053707035</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Kuzi</t>
+          <t>Anlatsana</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786053707110</t>
+          <t>9786053707103</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Görüşmek Üzere</t>
+          <t>Kuzi</t>
         </is>
       </c>
       <c r="C388" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786053707097</t>
+          <t>9786053707110</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Gülün Sırrı</t>
+          <t>Görüşmek Üzere</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786053707141</t>
+          <t>9786053707097</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Yasemin'in Kedisi Nerede?</t>
+          <t>Gülün Sırrı</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786053707165</t>
+          <t>9786053707141</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Bil Bakalım Ben Kimim?</t>
+          <t>Yasemin'in Kedisi Nerede?</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786053707158</t>
+          <t>9786053707165</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Olmak İstiyorum?</t>
+          <t>Bil Bakalım Ben Kimim?</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786053707202</t>
+          <t>9786053707158</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Panik Yok Virüs Senden Korksun</t>
+          <t>Ben Ne Olmak İstiyorum?</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786053707189</t>
+          <t>9786053707202</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kötü Sözler Kötü Kokar</t>
+          <t>Panik Yok Virüs Senden Korksun</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786053707257</t>
+          <t>9786053707189</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Belki</t>
+          <t>Kötü Sözler Kötü Kokar</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786053707264</t>
+          <t>9786053707257</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Doktorda - Aferin Güzel Oğluma 8</t>
+          <t>Belki</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>100</v>
+        <v>450</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786053707271</t>
+          <t>9786053707264</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Evde - Aferin Güzel Oğluma 2</t>
+          <t>Doktorda - Aferin Güzel Oğluma 8</t>
         </is>
       </c>
       <c r="C397" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786053707288</t>
+          <t>9786053707271</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Güzel Alışkanlıklar - Aferin Güzel Oğluma 1</t>
+          <t>Evde - Aferin Güzel Oğluma 2</t>
         </is>
       </c>
       <c r="C398" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786053707356</t>
+          <t>9786053707288</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>İlk Yardım - Aferin Güzel Oğluma 4</t>
+          <t>Güzel Alışkanlıklar - Aferin Güzel Oğluma 1</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786053707349</t>
+          <t>9786053707356</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Küçükleri Sevmek - Aferin Güzel Oğluma 5</t>
+          <t>İlk Yardım - Aferin Güzel Oğluma 4</t>
         </is>
       </c>
       <c r="C400" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786053707325</t>
+          <t>9786053707349</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Parkta - Aferin Güzel Oğluma 7</t>
+          <t>Küçükleri Sevmek - Aferin Güzel Oğluma 5</t>
         </is>
       </c>
       <c r="C401" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786053707301</t>
+          <t>9786053707325</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Su Tasarrufu - Aferin Güzel Oğluma 6</t>
+          <t>Parkta - Aferin Güzel Oğluma 7</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786053707318</t>
+          <t>9786053707301</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Yemek Yeme Adabı - Aferin Güzel Oğluma 3</t>
+          <t>Su Tasarrufu - Aferin Güzel Oğluma 6</t>
         </is>
       </c>
       <c r="C403" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786053707295</t>
+          <t>9786053707318</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Yaz Mevsimi - Aferin Güzel Oğluma 10</t>
+          <t>Yemek Yeme Adabı - Aferin Güzel Oğluma 3</t>
         </is>
       </c>
       <c r="C404" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786053707332</t>
+          <t>9786053707295</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Misafirlikte - Aferin Güzel Oğluma 9</t>
+          <t>Yaz Mevsimi - Aferin Güzel Oğluma 10</t>
         </is>
       </c>
       <c r="C405" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786053707462</t>
+          <t>9786053707332</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Pikazem Pikazom</t>
+          <t>Misafirlikte - Aferin Güzel Oğluma 9</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786053707400</t>
+          <t>9786053707462</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Ben Uçuyorum (Ciltli)</t>
+          <t>Pikazem Pikazom</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786053707196</t>
+          <t>9786053707400</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>On Minicik Şey (Ciltli)</t>
+          <t>Ben Uçuyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C408" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786053707455</t>
+          <t>9786053707196</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Sincap ve Dökülen Süt</t>
+          <t>On Minicik Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C409" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786053707448</t>
+          <t>9786053707455</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Suna ve Mavi Kuş (Ciltli)</t>
+          <t>Sincap ve Dökülen Süt</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786053707479</t>
+          <t>9786053707448</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Sonsuza Kadar Arkadaşız</t>
+          <t>Suna ve Mavi Kuş (Ciltli)</t>
         </is>
       </c>
       <c r="C411" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786053707615</t>
+          <t>9786053707479</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Gerda - Denizde Bir Cesaret Hikayesi (Ciltli)</t>
+          <t>Sonsuza Kadar Arkadaşız</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786053707608</t>
+          <t>9786053707615</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Gerda - Balinanın Hikayesi (Ciltli)</t>
+          <t>Gerda - Denizde Bir Cesaret Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786053707516</t>
+          <t>9786053707608</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Büyük Gün</t>
+          <t>Gerda - Balinanın Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786053707547</t>
+          <t>9786053707516</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Yelek Giyen Serçeler - Bilgin Serçe Hikayeleri 6</t>
+          <t>Büyük Gün</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>75</v>
+        <v>200</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786053707554</t>
+          <t>9786053707547</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Yangın Var - Bilgin Serçe Hikayeleri 5</t>
+          <t>Yelek Giyen Serçeler - Bilgin Serçe Hikayeleri 6</t>
         </is>
       </c>
       <c r="C416" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786053707578</t>
+          <t>9786053707554</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Öpmece - Bilgin Serçe Hikayeleri 2</t>
+          <t>Yangın Var - Bilgin Serçe Hikayeleri 5</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786053707530</t>
+          <t>9786053707578</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kardan Serçe - Bilgin Serçe Hikayeleri 4</t>
+          <t>Çiçek Öpmece - Bilgin Serçe Hikayeleri 2</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786053707561</t>
+          <t>9786053707530</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>İlkbanar Hediyesi - Bilgin Serçe Hikayeleri 3</t>
+          <t>Kardan Serçe - Bilgin Serçe Hikayeleri 4</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786053707523</t>
+          <t>9786053707561</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Bayram Kardeşliği - Bilgin Serçe Hikayeleri 1</t>
+          <t>İlkbanar Hediyesi - Bilgin Serçe Hikayeleri 3</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>75</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786053707622</t>
+          <t>9786053707523</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Bana Masal Pişir (Ciltli)</t>
+          <t>Bayram Kardeşliği - Bilgin Serçe Hikayeleri 1</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>300</v>
+        <v>75</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786053707639</t>
+          <t>9786053707622</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Deyim mi Demeyim mi?</t>
+          <t>Bana Masal Pişir (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786053707592</t>
+          <t>9786053707639</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Bir De Böyle Bak (Ciltli)</t>
+          <t>Deyim mi Demeyim mi?</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786053707646</t>
+          <t>9786053707592</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Bir Endülüs Rüyası - Gezgin Emir Dünya Turunda 1</t>
+          <t>Bir De Böyle Bak (Ciltli)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786053707653</t>
+          <t>9786053707646</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Feta</t>
+          <t>Bir Endülüs Rüyası - Gezgin Emir Dünya Turunda 1</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786053707691</t>
+          <t>9786053707653</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Lekeli ve Diğerleri (Ciltli)</t>
+          <t>Feta</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786053707714</t>
+          <t>9786053707691</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Ateş Böceği</t>
+          <t>Lekeli ve Diğerleri (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786053707745</t>
+          <t>9786053707714</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Sayende Babacığım (Ciltli)</t>
+          <t>Ateş Böceği</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786053707738</t>
+          <t>9786053707745</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Sayende Anneciğim (Ciltli)</t>
+          <t>Sayende Babacığım (Ciltli)</t>
         </is>
       </c>
       <c r="C429" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786053707875</t>
+          <t>9786053707738</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Fazlasını Bulmak (Ciltli)</t>
+          <t>Sayende Anneciğim (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786053707899</t>
+          <t>9786053707875</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Sana Bir Sır Vereyim</t>
+          <t>Fazlasını Bulmak (Ciltli)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786053707431</t>
+          <t>9786053707899</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Denemek</t>
+          <t>Sana Bir Sır Vereyim</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786053707134</t>
+          <t>9786053707431</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Ben Kimim?</t>
+          <t>Denemek</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786053706823</t>
+          <t>9786053707134</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Herkese Yer Var</t>
+          <t>Ben Kimim?</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786053706793</t>
+          <t>9786053706823</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Güzelleştiren Sır (Ciltli)</t>
+          <t>Herkese Yer Var</t>
         </is>
       </c>
       <c r="C435" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786053706571</t>
+          <t>9786053706793</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Dinozorların Barışı (Ciltli)</t>
+          <t>Dünyayı Güzelleştiren Sır (Ciltli)</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786053706458</t>
+          <t>9786053706571</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Başımın Tacı Aile Ağacı</t>
+          <t>Dinozorların Barışı (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786053703976</t>
+          <t>9786053706458</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Masal Salıncağı</t>
+          <t>Başımın Tacı Aile Ağacı</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786053704263</t>
+          <t>9786053703976</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe - Ömer Seyfettin'den Seçme Hikayeler 5</t>
+          <t>Masal Salıncağı</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786053703426</t>
+          <t>9786053704263</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>İki Yıl Okul Tatili</t>
+          <t>Yalnız Efe - Ömer Seyfettin'den Seçme Hikayeler 5</t>
         </is>
       </c>
       <c r="C440" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786053703419</t>
+          <t>9786053703426</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>İki Yıl Okul Tatili</t>
         </is>
       </c>
       <c r="C441" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786053707929</t>
+          <t>9786053703419</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Yaşam (Ciltli)</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786053707943</t>
+          <t>9786053707929</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Şehir Kudüs - Gezgin Emir Dünya Turunda 2</t>
+          <t>Ormandaki Yaşam (Ciltli)</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786053707936</t>
+          <t>9786053707943</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Uzayda</t>
+          <t>Kutlu Şehir Kudüs - Gezgin Emir Dünya Turunda 2</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786053707998</t>
+          <t>9786053707936</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Dünya Kitap Başkenti (Ciltli)</t>
+          <t>Nasrettin Hoca Uzayda</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786053707981</t>
+          <t>9786053707998</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Şeker Tabağı</t>
+          <t>Dünya Kitap Başkenti (Ciltli)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786053707905</t>
+          <t>9786053707981</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Çocuk Olsaydım</t>
+          <t>Şeker Tabağı</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786053708117</t>
+          <t>9786053707905</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu'nun İncisi Semerkant</t>
+          <t>Şimdi Çocuk Olsaydım</t>
         </is>
       </c>
       <c r="C448" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786053708124</t>
+          <t>9786053708117</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Not Defteri</t>
+          <t>İpek Yolu'nun İncisi Semerkant</t>
         </is>
       </c>
       <c r="C449" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786053708155</t>
+          <t>9786053708124</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Gak Gak Gaaak</t>
+          <t>Şeytanın Not Defteri</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786053708070</t>
+          <t>9786053708155</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Bir Kutu Birçok Kalp</t>
+          <t>Gak Gak Gaaak</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786053708063</t>
+          <t>9786053708070</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Bahçe</t>
+          <t>Bir Kutu Birçok Kalp</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786053708179</t>
+          <t>9786053708063</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Minnettar Hissetmek</t>
+          <t>Unutulmuş Bahçe</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786053708230</t>
+          <t>9786053708179</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Gül Kalbi</t>
+          <t>Minnettar Hissetmek</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786053708223</t>
+          <t>9786053708230</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Uçan Halı</t>
+          <t>Gül Kalbi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786053708308</t>
+          <t>9786053708223</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Cin Çin Maçin</t>
+          <t>Uçan Halı</t>
         </is>
       </c>
       <c r="C456" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786053708162</t>
+          <t>9786053708308</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Filler</t>
+          <t>Cin Çin Maçin</t>
         </is>
       </c>
       <c r="C457" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786053708315</t>
+          <t>9786053708162</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Biz Biriz</t>
+          <t>Kayıp Filler</t>
         </is>
       </c>
       <c r="C458" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786053708339</t>
+          <t>9786053708315</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Hikaye Anlatıcısının El Kitabı (Ciltli)</t>
+          <t>Biz Biriz</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>900</v>
+        <v>200</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786053708322</t>
+          <t>9786053708339</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Sen Sen Ol (Ciltli)</t>
+          <t>Hikaye Anlatıcısının El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>300</v>
+        <v>900</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786053708377</t>
+          <t>9786053708322</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Seni Çok Seviyorum Allah'ım</t>
+          <t>Sen Sen Ol (Ciltli)</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786053708421</t>
+          <t>9786053708377</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kedi İsimli Köpek</t>
+          <t>Seni Çok Seviyorum Allah'ım</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786053708438</t>
+          <t>9786053708421</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Haydi Oynayalım</t>
+          <t>Kedi İsimli Köpek</t>
         </is>
       </c>
       <c r="C463" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786053708209</t>
+          <t>9786053708438</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Rondo'yu Değitiren Savaş</t>
+          <t>Haydi Oynayalım</t>
         </is>
       </c>
       <c r="C464" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786053708292</t>
+          <t>9786053708209</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Şeker Kız Selma</t>
+          <t>Rondo'yu Değitiren Savaş</t>
         </is>
       </c>
       <c r="C465" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786053708278</t>
+          <t>9786053708292</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Duyun Beni - Çocuk Hakları Çağrısı</t>
+          <t>Şeker Kız Selma</t>
         </is>
       </c>
       <c r="C466" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786053708261</t>
+          <t>9786053708278</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Annemi Gören Var mı?</t>
+          <t>Duyun Beni - Çocuk Hakları Çağrısı</t>
         </is>
       </c>
       <c r="C467" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786053708285</t>
+          <t>9786053708261</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Kaplumbağa</t>
+          <t>Annemi Gören Var mı?</t>
         </is>
       </c>
       <c r="C468" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9785123769065</t>
+          <t>9786053708285</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Demek Öyle Dizisi - 8 Kitap Set</t>
+          <t>Meraklı Kaplumbağa</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786053701743</t>
+          <t>9785123769065</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Olimpiyat Ormanı</t>
+          <t>Demek Öyle Dizisi - 8 Kitap Set</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>180</v>
+        <v>600</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786053708551</t>
+          <t>9786053701743</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Güzel Okulum</t>
+          <t>Olimpiyat Ormanı</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786053708476</t>
+          <t>9786053708551</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Billur Ece</t>
+          <t>Hoşça Kal Güzel Okulum</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786053708643</t>
+          <t>9786053708476</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Annene Söyleme</t>
+          <t>Billur Ece</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786053708490</t>
+          <t>9786053708643</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Sıfır Belki Fazlası !</t>
+          <t>Annene Söyleme</t>
         </is>
       </c>
       <c r="C474" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786053708612</t>
+          <t>9786053708490</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Uykucu Bir Sınıf Başkanımız Var - Sınıf Öyküleri</t>
+          <t>Sıfır Belki Fazlası !</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786053708629</t>
+          <t>9786053708612</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Perili Ev - Sınıf Öyküleri 2</t>
+          <t>Uykucu Bir Sınıf Başkanımız Var - Sınıf Öyküleri</t>
         </is>
       </c>
       <c r="C476" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786053708506</t>
+          <t>9786053708629</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Nokta’nın Hikayesi</t>
+          <t>Perili Ev - Sınıf Öyküleri 2</t>
         </is>
       </c>
       <c r="C477" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786053708681</t>
+          <t>9786053708506</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Namaz</t>
+          <t>Nokta’nın Hikayesi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786053708735</t>
+          <t>9786053708681</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Son Sığınak Orm</t>
+          <t>Çocuk ve Namaz</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786053708704</t>
+          <t>9786053708735</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Dünya Benim Ailem</t>
+          <t>Son Sığınak Orm</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>125</v>
+        <v>280</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786053708841</t>
+          <t>9786053708704</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimi Çok Seviyorum</t>
+          <t>Dünya Benim Ailem</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786053708711</t>
+          <t>9786053708841</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Mansurun Anıları</t>
+          <t>Peygamberimi Çok Seviyorum</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786053708742</t>
+          <t>9786053708711</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Öğretmen</t>
+          <t>Mansurun Anıları</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786053708865</t>
+          <t>9786053708742</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Gazi Şehrin Çocukları</t>
+          <t>Çılgın Öğretmen</t>
         </is>
       </c>
       <c r="C484" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786053708896</t>
+          <t>9786053708865</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Neden Olmasın (Ciltli)</t>
+          <t>Gazi Şehrin Çocukları</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
+          <t>9786053708896</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Neden Olmasın (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
           <t>9786054047567</t>
         </is>
       </c>
-      <c r="B486" s="1" t="inlineStr">
+      <c r="B487" s="1" t="inlineStr">
         <is>
           <t>Evvel Zaman İçinde</t>
         </is>
       </c>
-      <c r="C486" s="1">
+      <c r="C487" s="1">
         <v>250</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>