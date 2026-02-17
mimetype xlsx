--- v1 (2025-12-15)
+++ v2 (2026-02-17)
@@ -124,51 +124,51 @@
         <is>
           <t>9786053709459</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Bilgelik Evi</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786053709206</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Su Prensesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786053709442</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Kelebekle Konuşan Kız</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786053707486</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
@@ -919,51 +919,51 @@
         <is>
           <t>9786053703471</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Mamış</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786053702337</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Mesnevi'den Seçmeler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>15</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786053702771</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Mozaik Etkinlik Kitabım - 5</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>60</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786053707585</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
@@ -1024,66 +1024,66 @@
         <is>
           <t>9786053709251</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Dijital Ekranlar Neden Var?</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786053709411</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Herkes İçin Matematik Oyunları</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786053709428</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Eğlenceli Matematik</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786053709237</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Acı Hissi Neden Var?</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786053709367</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
@@ -1219,51 +1219,51 @@
         <is>
           <t>9786053709275</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Gözyaşları Neden Var?</t>
         </is>
       </c>
       <c r="C76" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786053708971</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Kayıp Bilgiler Krallığı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786053703006</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Çocukları Uçuran Masallar 4 - Aslankuş (Ciltli)</t>
         </is>
       </c>
       <c r="C78" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9789944281556</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
@@ -1324,681 +1324,681 @@
         <is>
           <t>9786053702498</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Mozaik Çalışmaları - 3</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786053703396</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786053703945</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Mozaik Kitabım 1</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786053709220</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Önemsemek (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786053709152</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>İbni Sina</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786053709145</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Fenden Bu Kadar</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786053707868</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Serçeköyde Panik</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9786053707851</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Tuzaktaki Serçe</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9786053707844</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Kış Yardımı</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9786053707837</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Hasta Ziyareti</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9786053707820</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Göçmen Kuşlar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9786053707813</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Bilgin Serçenin Sırrı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9786053709138</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Nazik Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9786053709039</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Noktadan Noktaya Boyama-2</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9786053709022</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Noktadan Noktaya Boyama-1</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9786053708988</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Anaokulu Boyama Kitabı-1</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786053708995</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Anaokulu Boyama Kitabı-2</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9786053709046</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Örnekli Boyama Kitabı-1</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9786053709015</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Renklerle Eğlenceli Boyama-2</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>9786053709053</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Örnekli Boyama Kitabı-2</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9786053709008</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Renklerle Eğlenceli Boyama-1</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>60</v>
+        <v>90</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9786053709107</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Geri Döneceğiz</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>9786053709091</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Gazze Sıra Dışı Hayat</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>9786053709114</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Bir Küçük Problem</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>9786053709121</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Lupo İle Tumbo 1. Bölüm</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9786053708933</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>İnteroğlan (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
           <t>9786053708919</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
           <t>Ayşe ve Küçük Midil</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
           <t>9786053708926</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
           <t>Bir Masal Anadolu</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
           <t>9786053708674</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
           <t>Küsmekten Daha İyi Bir Fikrim Var (Ciltli)</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
           <t>9786053708872</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
           <t>Ata Yurdu Ötükene Yolculuk</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
           <t>9786053708889</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
           <t>Alfabenin Öyküsü</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
           <t>9786053708766</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
           <t>Öğretmenimize Binlerce Teşekkür</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
           <t>9786053708759</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
           <t>Sınıfımızdaki Gizemli</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
           <t>9786053708858</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
           <t>Vatan Aşığı Mehmet Akif</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
           <t>4440000003079</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
           <t>Aferin Güzel Oğluma Seti 10 Kitap Set</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>1080</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
           <t>4440000000807</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
           <t>Türkülerden Seçmeler Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
           <t>3990000020075</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
           <t>Robin Hood (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
           <t>9789944281072</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
           <t>Bir Testi Su</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
           <t>9789944281027</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Denizdeki Hazine</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
           <t>9789944281034</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
           <t>Seyfi Baba</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
           <t>9789944281041</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
           <t>Zengin Dilenci</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
           <t>9789944281393</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
           <t>Gül Ağacı</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
           <t>9789944281546</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
           <t>Define Adası (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
           <t>9789944281621</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
           <t>Son Günün Sevinci</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
           <t>9789944281652</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
           <t>En Gür Seda - İstiklal Marşı</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
           <t>9789944281485</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
@@ -2284,51 +2284,51 @@
         <is>
           <t>9789944281843</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
           <t>80 Günde Devri Alem (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C147" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
           <t>9786054047758</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
           <t>Yeşil Orman - 1 Beş Arkadaş</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
           <t>9789944281836</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
           <t>Falaka (Milli Eğitim Bakanlığı İköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C149" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
           <t>9789944281980</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
@@ -2344,51 +2344,51 @@
         <is>
           <t>9789944281782</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
           <t>Gülliver’in Gezileri (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C151" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
           <t>9786054047765</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
           <t>Grip Olan Kaplumbağa</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
           <t>9789944281911</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
           <t>Peter Pan (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C153" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
           <t>9789944281942</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
@@ -2419,1221 +2419,1221 @@
         <is>
           <t>9786050086027</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
           <t>Şermin (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C156" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
           <t>9786054047697</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
           <t>Gözlük Takan Yıldızlar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
           <t>9789944281874</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
           <t>Üç Silahşörler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C158" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
           <t>9786054047727</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
           <t>Paten Giyen Kaplumbağa</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
           <t>9786054047970</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
           <t>Bir Ayet Bir Hikaye 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
           <t>9786053700111</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
           <t>Kutu Kutu Pense</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
           <t>9786054047956</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
           <t>Evi, Okulu, Çevremi Öğreniyorum Seviye 2</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
           <t>9786054047963</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
           <t>Evi, Okulu, Çevremi Öğreniyorum Seviye 3</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
           <t>9786054047789</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
           <t>Gökkuşağı Sevinci</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
           <t>9786053700500</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
           <t>Kazananlar - Kaybedenler</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
           <t>9786053700548</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
           <t>Mızmız Kuzu</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
           <t>9786053700531</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Gün Doğarken - 2 Nankör Eşek</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
           <t>9786053700555</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
           <t>Şımarık Su Aygırı</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
           <t>9786053700517</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
           <t>Rahmet Damlaları</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
           <t>9786053700319</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Maymun ve Kırmızı Şapka</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
           <t>9786053700562</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
           <t>Tembel Kaz</t>
         </is>
       </c>
       <c r="C171" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
           <t>9786053700494</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
           <t>Pirana Korsanları: Kundakçı Avı</t>
         </is>
       </c>
       <c r="C172" s="1">
         <v>45</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
           <t>9786053700678</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
           <t>Kirazlı Şemsiye</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
           <t>9786053700685</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
           <t>Güzel Çevrem - Oku Öğren Neşelen (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
           <t>9786053700326</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
           <t>Yeşil Orman - 4 Fare ve Kötü Düşünce</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
           <t>9786053700357</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
           <t>Yeşil Orman - 7 Kibirli Fil</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
           <t>9786053700647</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
           <t>Karagöz’ün Helikopteri</t>
         </is>
       </c>
       <c r="C177" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
           <t>9786054047451</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
           <t>Keloğlan Görünmez Adam</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
           <t>9786053700333</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
           <t>Yeşil Orman - 5 Yalan Söyleyen Kurbağa</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
           <t>9786054047680</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
           <t>Masal Doktoru - Suçlu Peşinde</t>
         </is>
       </c>
       <c r="C180" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
           <t>9786053700364</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
           <t>Yeşil Orman - 8 Sabahları Öten Horoz</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
           <t>9789944281829</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
           <t>Türk Bilmecelerinden Seçmeler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C182" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
           <t>9786050086010</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
           <t>Türkçe’de Deyimler (İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
           <t>9786053700340</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
           <t>Yeşil Orman - 6 Tembel Ceylan</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
           <t>9786053700845</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
           <t>Başak Anne</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
           <t>9786053701040</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
           <t>Üzüm Bahçesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
           <t>9786053701033</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
           <t>Kurbağalar ve Filler</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
           <t>9786053701026</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
           <t>Kralın Ödülü</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
           <t>9786053701019</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
           <t>Tuhaf Kaplan</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
           <t>9786053701002</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
           <t>Üç Arkadaş</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
           <t>9786053700999</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
           <t>Çalışkan Tavuk</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
           <t>9786053700982</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
           <t>Küçük Çoban</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
           <t>9786053700975</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
           <t>Gezgin Kuzu</t>
         </is>
       </c>
       <c r="C193" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
           <t>9786053701231</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
           <t>Zümrüdüankayı Arayan Çocuk</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
           <t>9786053701415</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
           <t>Tilki ile Leylek</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
           <t>9786053701408</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
           <t>Tavşan ile Kaplumbağa</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
           <t>9786053701385</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
           <t>Tavus ile Hüdhüd</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
           <t>9786053701286</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
           <t>Anadolu Masalları</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
           <t>9786053701293</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
           <t>Tuzaktaki Kaplan</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
           <t>9786053701491</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
           <t>40 Hazine</t>
         </is>
       </c>
       <c r="C200" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
           <t>9786053701255</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
           <t>Anne Sen Melek Misin? (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
           <t>9786053700302</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
           <t>Billur Köşk Hikayeleri</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
           <t>9786053700753</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
           <t>Kur’an’dan Bir Ayet Hayatın İçinden Bir Hikaye 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
           <t>9786053701521</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
           <t>Macera Peşinde</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
           <t>9786053701484</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
           <t>Kıssalar Hisseler</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
           <t>9789944281973</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
           <t>Türk Manilerinden Seçmeler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
           <t>9789944281966</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
           <t>Türk Ninnilerinden Seçmeler (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
           <t>9786053701620</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
           <t>Işığın Yüreği</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
           <t>9786053701613</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
           <t>Gökdeleni Yiyen Böcek</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
           <t>9786053701705</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
           <t>Bilgisayar Sevgisayar</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
           <t>9786053701699</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
           <t>Nasıl Oruç Tutulur? - Güler Yüzle Tatlı söz Hacivatla Karagöz</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
           <t>9786053701682</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
           <t>Tekerlekli Sandalye</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
           <t>9786053701675</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
           <t>Afrika Yolunda - Güler Yüzle Tatlı Söz Hacivatla Karagöz</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
           <t>9786053701668</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
           <t>Düğün Yemeği</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
           <t>9786053701651</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
           <t>Babaların Yüreği - Güler Yüzle Tatlı Söz Hacivatla Karagöz</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
           <t>9786053701606</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
           <t>Affet Beni Öğrencim</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
           <t>9786053701644</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
           <t>Güler Yüzle Tatlı Söz Hacivat'la Karagöz Dizisi (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>450</v>
+        <v>540</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
           <t>9786053701910</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
           <t>Çocukların Arabası 1 - Anne-Babalar Çok Sevilir</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
           <t>9786053701750</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
           <t>Akıllı Tavşan 2 - İyilik Özgüven</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
           <t>9786053701828</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
           <t>Farenin Evi 3 - İşbölümü Çalışkanlık</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
           <t>9786053701774</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
           <t>Benimle Oynar mısın? 4 -Sorumluluk Uyarma</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
           <t>9786053701927</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
           <t>Üzüm Ağacı 5 - Paylaşmak</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
           <t>9786053701835</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
           <t>Hayat Sevince Güzel 6 - Farklılıklara Saygı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
           <t>9786053701903</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
           <t>Yardımsever Kirpi 7 - Yardımlaşma Arkadaşlık</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
           <t>9786053701859</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
           <t>Nehir Gezisi 8 - Danışmak Gayret</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
           <t>9786053701996</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
           <t>Bi’ Keresinde...</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
           <t>9786053701934</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
           <t>Allah’ı Ararken</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
           <t>9786053701941</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
           <t>En Güvenilir Arkadaş</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
           <t>9786053701958</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
           <t>Küçük Yeşil Kertenkele</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
           <t>9786053701989</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
           <t>Minik Farenin Duası</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
           <t>9786053701972</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
           <t>Elveda Yaşlı Rakun</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
           <t>9786053701965</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
           <t>Allah'ın Kurabiyeleri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
           <t>9786053702146</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
           <t>Allah’ı Arayan Çocuk</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
           <t>9786053702191</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
           <t>Gülün Aklı</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
           <t>9786053702139</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
           <t>Tatil Rüyası</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
           <t>9786053701767</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
           <t>Babamı Özlüyorum</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
           <t>9786053701798</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
@@ -3724,81 +3724,81 @@
         <is>
           <t>9786053701897</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
           <t>Uykum Gelmiyor</t>
         </is>
       </c>
       <c r="C243" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
           <t>9786053701354</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
           <t>Ağacın Rüyası</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
           <t>9786053701323</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
           <t>Bir Savaş Oyunu</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
           <t>9786053701514</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
           <t>Sultan Fatih'in Düşü - Cepheye Koşmak - Atlar Nereye Kışlayacak ?</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
           <t>9786053702283</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
           <t>The Rose Tree</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
           <t>9786053702405</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
@@ -3814,1191 +3814,1191 @@
         <is>
           <t>9789944281850</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
           <t>Ezop Masalları (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C249" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
           <t>9786053701316</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
           <t>Dünyaya Gülmek</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
           <t>9786053701477</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
           <t>Keloğlan Keleş Oğlan</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
           <t>9786053700241</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
           <t>Ceren'in Maceraları 2 - Doğum Günün Kutlu Olsun</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
           <t>9789944281904</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
           <t>Oliver Twist (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C253" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
           <t>9789944281935</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
           <t>Pollyanna (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
         </is>
       </c>
       <c r="C254" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
           <t>9786053702399</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
           <t>Arkadaşım Başparmak</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
           <t>9786053702436</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
           <t>İbni Batuta</t>
         </is>
       </c>
       <c r="C256" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
           <t>9786053701781</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
           <t>Bir Kuş Olsaydım</t>
         </is>
       </c>
       <c r="C257" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
           <t>9786053702504</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
           <t>Kur'an Bahçesi 1</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
           <t>9786053702511</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
           <t>Kur'an Bahçesi 2</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
           <t>9786053702528</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
           <t>Kur'an Bahçesi - 3</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
           <t>9786053702535</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
           <t>Kur'an Bahçesi 4</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
           <t>9786053702542</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
           <t>Kur'an Bahçesi 5</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
           <t>9786053702702</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
           <t>Yaban Kazları Pusula Kullanmaz</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
           <t>9786053702597</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
           <t>Karagöz Amca Okulda</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
           <t>9786053702627</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
           <t>Karagöz Amca - 2 : Sınıfta</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
           <t>9786053702634</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
           <t>Karagöz Amca - 3 : Trafik Polisi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
           <t>9786053702665</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
           <t>Karagöz Amca - 4 : Çocuk Bahçesinde</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
           <t>9786053702573</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
           <t>Karagöz Amca - 5 : Evde</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
           <t>9786053702559</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
           <t>Karagöz Amca - 6 : Balon Peşinde</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
           <t>9786053702658</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
           <t>Karagöz Amca - 7 : Yaş Gününde</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
           <t>9786053702610</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
           <t>Karagöz Amca Piknikte</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
           <t>9786053702603</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
           <t>Karagöz Amca - 9 : Parkta</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
           <t>9786053702641</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
           <t>Karagöz Amca - 10 : Uçurtma Şenliğinde</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
           <t>9786053702566</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
           <t>Karagöz Amca - 11 : Denizde</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
           <t>9786053702580</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
           <t>Karagöz Amca - 12 : Köyde</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
           <t>9786053702474</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
           <t>Mozaik Çalışmaları -1</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
           <t>9786053702481</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
           <t>Mozaik Çalışmaları 2</t>
         </is>
       </c>
       <c r="C277" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
           <t>9786053702733</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
           <t>Mozaik Etkinlik Kitabım - 1</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
           <t>9786053702740</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
           <t>Mozaik Etkinlik Kitabım - 2</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
           <t>9786053702764</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
           <t>Mozaik Etkinlik Kitabım - 4</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
           <t>9786053702795</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
           <t>Değerler Eğitimi : Aklımı Seveyim</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
           <t>9786053702801</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
           <t>Değerler Eğitimi : Arkadaş Olabiliriz</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
           <t>9786053702054</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
           <t>Akıllı Tavşan 2 - Temizlik Özgüven</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
           <t>9786053702115</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
           <t>Çocukların Arabası -  Yardımlaşmak İş Bölümü</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
           <t>9786053702078</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
           <t>Farenin Evi 3 - Birlikten Kuvvet Doğar</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
           <t>9786053702061</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
           <t>Benimle Oynar mısın? 4 - İzin Almak</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
           <t>9786053702108</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
           <t>Yardımsever Kirpi 7 - Her Zaman İyilik</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
           <t>9786053702085</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
           <t>Hayat Sevince Güzel 6 - Farklılıklara Saygı (Büyük Boy)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
           <t>9786053702092</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
           <t>Nehir Gezisi 8 - Çözüm Üretmek</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
           <t>9786053702122</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
           <t>Üzüm Ağacı 5 - Bencil Olmamak</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
           <t>9786053702894</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
           <t>Alfabenin Öyküsü</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
           <t>9786053702863</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
           <t>Hop Tirinom</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
           <t>9786053703037</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
           <t>Çocukları Uçuran Masallar 2 - Martıcık İle Tilki (Ciltli)</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
           <t>9786053703181</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
           <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C294" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
           <t>9786053703075</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
           <t>Mavi Rüyalar Gören Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
           <t>9786053703051</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
           <t>Keloğlan'ın Sevinci (Ciltli)</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
           <t>9786053703082</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
           <t>Sihirli Gömlek (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
           <t>9786053703044</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
           <t>Horozlu Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
           <t>9786053703068</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
           <t>Kırk Birinci Gün (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
           <t>9786053703235</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
           <t>Kuşların Masalı</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
           <t>9786053703242</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
           <t>Uçarım Dualarla Gökyüzüne</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
           <t>9786053703198</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
           <t>Bilal'in Çiçeği</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
           <t>9786053703259</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
           <t>Benim Babam Biricik</t>
         </is>
       </c>
       <c r="C303" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
           <t>9786053703273</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
           <t>Bir Şiir Sana Bir Şiir Bana</t>
         </is>
       </c>
       <c r="C304" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
           <t>9786053703501</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
           <t>Kuzucuklarla Tavşancık</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
           <t>9786053703341</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
           <t>Kralın Yeni Elbisesi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
           <t>9786053703457</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
           <t>Doktor Gıt Gıdak</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
           <t>9786053703310</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
           <t>Bir Fikirle Ne Yaparsın? (Ciltli)</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
           <t>9786053703495</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
           <t>Tatoş</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
           <t>9786053703488</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
           <t>Tüylü</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
           <t>9786053703365</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
           <t>Pamuk Prenses ve Yedi Cüceler</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
           <t>9786053703587</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
           <t>Kalbim Çiçek Açıyor</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
           <t>9786053703525</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
           <t>Sen Ağustos Böceği misin?</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
           <t>9786053703518</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
           <t>Meyveleri Seviyorum</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
           <t>9786053703532</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
           <t>Yasemin ve Ayçekirdeği</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
           <t>9786053702955</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
           <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
           <t>9786053703549</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
           <t>Çok Yaramaz Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
           <t>9786053703617</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
           <t>Hiç Hak'sız Olur mu Çocuklar?</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
           <t>9786053702467</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
           <t>Define</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
           <t>9786053702382</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
           <t>Arkadaşım Can Eriği</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
           <t>9786053702351</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
           <t>Arkadaşım Kanarya</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
           <t>9786053702344</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
           <t>Arkadaşım Kartopu</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
           <t>9786053702368</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
           <t>Arkadaşım Sarmaşık</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
           <t>9786053702375</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
           <t>Arkadaşım Topkuyruk</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
           <t>9786053703204</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
           <t>Uçtu Uçtu Şiir Uçtu</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
           <t>9786053701866</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
           <t>Neşeli Orman Hikayeleri Dizisi (8 Kitap Takım)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>600</v>
+        <v>720</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
           <t>9786053703600</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
           <t>And</t>
         </is>
       </c>
       <c r="C327" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
           <t>9786053703648</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
@@ -5029,1671 +5029,1671 @@
         <is>
           <t>9786053703631</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
           <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C330" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
           <t>9786053703358</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
           <t>Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
           <t>9786053702696</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
           <t>Nasreddin Hoca</t>
         </is>
       </c>
       <c r="C332" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
           <t>9786053702450</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
           <t>Çocuklara Güldüren Şiirler</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
           <t>9786053703143</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
           <t>Horozlu Çocuk (Ciltsiz)</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
           <t>9786053703174</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
           <t>Sihirli Gömlek (Ciltsiz)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
           <t>9786053703167</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
           <t>Kırk Birinci Gün - Keloğlan Masalları (Ciltsiz)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
           <t>9786053703150</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
           <t>Keloğlan'ın Sevinci (Ciltsiz)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
           <t>9786053703129</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
           <t>Martıcık ile Tilki (Ciltsiz)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
           <t>9786053703105</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
           <t>Kuş Ağacı (Ciltsiz)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
           <t>9786053703099</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
           <t>Çocukları Uçuran Masallar 4 - Aslankuş (Ciltsiz)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
           <t>9786053703327</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
           <t>Bremen Mızıkacıları (Büyük Boy)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
           <t>9786053703792</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
           <t>Çıtı Pıtı Kutu Kutu Şiirler</t>
         </is>
       </c>
       <c r="C342" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
           <t>9786053703785</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
           <t>Tersine Dönen Dünya</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
           <t>9786053703808</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
           <t>Gürültülü Boya Kutusu (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
           <t>9786053702986</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
           <t>Bir Problemle Ne Yaparsın?</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
           <t>9786053703952</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
           <t>Mozaik Kitabım 2</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
           <t>9786053703969</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
           <t>Mozaik Kitabım 3</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
           <t>9786053703907</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
           <t>İbni Rüşd</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
           <t>9786053703891</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
           <t>İbni Haldun</t>
         </is>
       </c>
       <c r="C349" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
           <t>9786053703921</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
           <t>Mozaik Ktabım 5</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
           <t>9786053703938</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
           <t>Mozaik Kitabım 4</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
           <t>9786053703464</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
           <t>Düşünüyorum Da… (Ciltli)</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
           <t>9786053702757</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
           <t>Mozaik Etkinlik Kitabım - 3</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
           <t>9786053704010</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
           <t>İlköğretim Derslerinde 101 Drama Oyunu</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
           <t>9786053704065</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
           <t>Yüreğim Kuş Olunca</t>
         </is>
       </c>
       <c r="C355" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
           <t>9786053704034</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
           <t>Üç Kartal - Çocukları Uçuran Masallar 6</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
           <t>9786053704041</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
           <t>Hayat Yolunda Öğrencilerle Baş Başa</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
           <t>9786053703884</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
           <t>Hayal Satıcısı</t>
         </is>
       </c>
       <c r="C358" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
           <t>9786053704195</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
           <t>Cikcik Trafik Polisi</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
           <t>9786053704225</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
           <t>Bir Fırsatla Ne Yaparsın?</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
           <t>9786053704027</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
           <t>Kuş Oyunu - Çocukları Uçuran Masallar 5</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
           <t>9786053704119</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
           <t>Emanet Kek - Demek Öyle! Dizisi 1</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
           <t>9786053704157</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
           <t>Barış Çorbası - Demek Öyle! Dizisi 5</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
           <t>9786053704133</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
           <t>Demek Öyle! - Demek Öyle! Dizisi 2</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
           <t>9786053704140</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
           <t>Kırmızı Elma - Demek Öyle! Dizisi 3</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
           <t>9786053704188</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
           <t>Huysuz Su Aygırı - Demek Öyle! Dizisi 8</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
           <t>9786053704171</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
           <t>Kırkayak’ın Sırrı - Demek Öyle! Dizisi 7</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
           <t>9786053704164</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
           <t>Köfte Yarışması - Demek Öyle! Dizisi 6</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
           <t>9786053704126</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
           <t>Ne Haber? - Demek Öyle! Dizisi 4</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>90</v>
+        <v>125</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
           <t>9786053704102</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
           <t>Üç Korner Bir Penaltı</t>
         </is>
       </c>
       <c r="C370" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
           <t>9786053702672</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
           <t>Kur’an’dan Bir Ayet Hayatın İçinden Bir Hikaye 3</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
           <t>9786053704201</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
           <t>Leman Hanım'ın Kantini</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
           <t>9786053705734</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
           <t>Annem Benim Her Şeyim</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
           <t>9786053705666</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
           <t>Rüyalarım Çiçek Açtı</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
           <t>9786053706489</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
           <t>Gizemli Sandık</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
           <t>9786053706564</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
           <t>Güneşle Ay Duymasın</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
           <t>9786053706540</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
           <t>Simurg - Harika Parmaklar Hikaye Dizisi 1</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
           <t>9786053706519</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
           <t>Luga - Harika Parmaklar Hikaye Dizisi 2</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
           <t>9786053706502</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
           <t>Huka - Harika Parmaklar Hikaye Dizisi 3</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
           <t>9786053706533</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
           <t>Mavik - Harika Parmaklar Hikaye Dizisi 4</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
           <t>9786053706526</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
           <t>Mako - Harika Parmaklar Hikaye Dizisi 5</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
           <t>9786053706557</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
           <t>Tuka - Harika Parmaklar Hikaye Dizisi 6</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
           <t>9786053706816</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
           <t>Bisiklet Arkadaşım - Ceren'in Maceraları 3</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
           <t>9786053706847</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
           <t>Kutlu Peygamberim</t>
         </is>
       </c>
       <c r="C384" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
           <t>9786053706830</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
           <t>Tünel Kazma Yarışı</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
           <t>9786053706915</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
           <t>Su Prensesi (Ciltli)</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
           <t>9786053707035</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
           <t>Anlatsana</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
           <t>9786053707103</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
           <t>Kuzi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
           <t>9786053707110</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
           <t>Görüşmek Üzere</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
           <t>9786053707097</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
           <t>Gülün Sırrı</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
           <t>9786053707141</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
           <t>Yasemin'in Kedisi Nerede?</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
           <t>9786053707165</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
           <t>Bil Bakalım Ben Kimim?</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
           <t>9786053707158</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
           <t>Ben Ne Olmak İstiyorum?</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
           <t>9786053707202</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
           <t>Panik Yok Virüs Senden Korksun</t>
         </is>
       </c>
       <c r="C394" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
           <t>9786053707189</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
           <t>Kötü Sözler Kötü Kokar</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
           <t>9786053707257</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
           <t>Belki</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
           <t>9786053707264</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
           <t>Doktorda - Aferin Güzel Oğluma 8</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
           <t>9786053707271</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
           <t>Evde - Aferin Güzel Oğluma 2</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
           <t>9786053707288</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
           <t>Güzel Alışkanlıklar - Aferin Güzel Oğluma 1</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
           <t>9786053707356</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
           <t>İlk Yardım - Aferin Güzel Oğluma 4</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
           <t>9786053707349</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
           <t>Küçükleri Sevmek - Aferin Güzel Oğluma 5</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
           <t>9786053707325</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
           <t>Parkta - Aferin Güzel Oğluma 7</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
           <t>9786053707301</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
           <t>Su Tasarrufu - Aferin Güzel Oğluma 6</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
           <t>9786053707318</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
           <t>Yemek Yeme Adabı - Aferin Güzel Oğluma 3</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
           <t>9786053707295</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
           <t>Yaz Mevsimi - Aferin Güzel Oğluma 10</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
           <t>9786053707332</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
           <t>Misafirlikte - Aferin Güzel Oğluma 9</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>100</v>
+        <v>125</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
           <t>9786053707462</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
           <t>Pikazem Pikazom</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
           <t>9786053707400</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
           <t>Ben Uçuyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
           <t>9786053707196</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
           <t>On Minicik Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
           <t>9786053707455</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
           <t>Sincap ve Dökülen Süt</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
           <t>9786053707448</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
           <t>Suna ve Mavi Kuş (Ciltli)</t>
         </is>
       </c>
       <c r="C411" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
           <t>9786053707479</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
           <t>Sonsuza Kadar Arkadaşız</t>
         </is>
       </c>
       <c r="C412" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
           <t>9786053707615</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
           <t>Gerda - Denizde Bir Cesaret Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
           <t>9786053707608</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
           <t>Gerda - Balinanın Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
           <t>9786053707516</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
           <t>Büyük Gün</t>
         </is>
       </c>
       <c r="C415" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
           <t>9786053707547</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
           <t>Yelek Giyen Serçeler - Bilgin Serçe Hikayeleri 6</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
           <t>9786053707554</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
           <t>Yangın Var - Bilgin Serçe Hikayeleri 5</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
           <t>9786053707578</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
           <t>Çiçek Öpmece - Bilgin Serçe Hikayeleri 2</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
           <t>9786053707530</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
           <t>Kardan Serçe - Bilgin Serçe Hikayeleri 4</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
           <t>9786053707561</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
           <t>İlkbanar Hediyesi - Bilgin Serçe Hikayeleri 3</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
           <t>9786053707523</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
           <t>Bayram Kardeşliği - Bilgin Serçe Hikayeleri 1</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
           <t>9786053707622</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
           <t>Bana Masal Pişir (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
           <t>9786053707639</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
           <t>Deyim mi Demeyim mi?</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
           <t>9786053707592</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
           <t>Bir De Böyle Bak (Ciltli)</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
           <t>9786053707646</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
           <t>Bir Endülüs Rüyası - Gezgin Emir Dünya Turunda 1</t>
         </is>
       </c>
       <c r="C425" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
           <t>9786053707653</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
           <t>Feta</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
           <t>9786053707691</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
           <t>Lekeli ve Diğerleri (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
           <t>9786053707714</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
           <t>Ateş Böceği</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
           <t>9786053707745</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
           <t>Sayende Babacığım (Ciltli)</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
           <t>9786053707738</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
           <t>Sayende Anneciğim (Ciltli)</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
           <t>9786053707875</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
           <t>Fazlasını Bulmak (Ciltli)</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
           <t>9786053707899</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
           <t>Sana Bir Sır Vereyim</t>
         </is>
       </c>
       <c r="C432" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
           <t>9786053707431</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
           <t>Denemek</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
           <t>9786053707134</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
           <t>Ben Kimim?</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
           <t>9786053706823</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
           <t>Herkese Yer Var</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
           <t>9786053706793</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
           <t>Dünyayı Güzelleştiren Sır (Ciltli)</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
           <t>9786053706571</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
           <t>Dinozorların Barışı (Ciltli)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
           <t>9786053706458</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
           <t>Başımın Tacı Aile Ağacı</t>
         </is>
       </c>
       <c r="C438" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
           <t>9786053703976</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
           <t>Masal Salıncağı</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
           <t>9786053704263</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
           <t>Yalnız Efe - Ömer Seyfettin'den Seçme Hikayeler 5</t>
         </is>
       </c>
       <c r="C440" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
           <t>9786053703426</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
@@ -6709,336 +6709,336 @@
         <is>
           <t>9786053703419</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
           <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C442" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
           <t>9786053707929</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
           <t>Ormandaki Yaşam (Ciltli)</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
           <t>9786053707943</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
           <t>Kutlu Şehir Kudüs - Gezgin Emir Dünya Turunda 2</t>
         </is>
       </c>
       <c r="C444" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
           <t>9786053707936</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
           <t>Nasrettin Hoca Uzayda</t>
         </is>
       </c>
       <c r="C445" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
           <t>9786053707998</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
           <t>Dünya Kitap Başkenti (Ciltli)</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
           <t>9786053707981</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
           <t>Şeker Tabağı</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
           <t>9786053707905</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
           <t>Şimdi Çocuk Olsaydım</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
           <t>9786053708117</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
           <t>İpek Yolu'nun İncisi Semerkant</t>
         </is>
       </c>
       <c r="C449" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
           <t>9786053708124</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
           <t>Şeytanın Not Defteri</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
           <t>9786053708155</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
           <t>Gak Gak Gaaak</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
           <t>9786053708070</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
           <t>Bir Kutu Birçok Kalp</t>
         </is>
       </c>
       <c r="C452" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
           <t>9786053708063</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
           <t>Unutulmuş Bahçe</t>
         </is>
       </c>
       <c r="C453" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
           <t>9786053708179</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
           <t>Minnettar Hissetmek</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
           <t>9786053708230</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
           <t>Gül Kalbi</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
           <t>9786053708223</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
           <t>Uçan Halı</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
           <t>9786053708308</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
           <t>Cin Çin Maçin</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
           <t>9786053708162</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
           <t>Kayıp Filler</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
           <t>9786053708315</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
           <t>Biz Biriz</t>
         </is>
       </c>
       <c r="C459" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
           <t>9786053708339</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
           <t>Hikaye Anlatıcısının El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>900</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
           <t>9786053708322</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
           <t>Sen Sen Ol (Ciltli)</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
           <t>9786053708377</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
           <t>Seni Çok Seviyorum Allah'ım</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
           <t>9786053708421</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
           <t>Kedi İsimli Köpek</t>
         </is>
       </c>
       <c r="C463" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
           <t>9786053708438</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
@@ -7114,301 +7114,301 @@
         <is>
           <t>9786053708285</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
           <t>Meraklı Kaplumbağa</t>
         </is>
       </c>
       <c r="C469" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
           <t>9785123769065</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
           <t>Demek Öyle Dizisi - 8 Kitap Set</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>600</v>
+        <v>720</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
           <t>9786053701743</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
           <t>Olimpiyat Ormanı</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
           <t>9786053708551</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
           <t>Hoşça Kal Güzel Okulum</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
           <t>9786053708476</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
           <t>Billur Ece</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
           <t>9786053708643</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
           <t>Annene Söyleme</t>
         </is>
       </c>
       <c r="C474" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
           <t>9786053708490</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
           <t>Sıfır Belki Fazlası !</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
           <t>9786053708612</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
           <t>Uykucu Bir Sınıf Başkanımız Var - Sınıf Öyküleri</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
           <t>9786053708629</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
           <t>Perili Ev - Sınıf Öyküleri 2</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
           <t>9786053708506</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
           <t>Nokta’nın Hikayesi</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
           <t>9786053708681</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
           <t>Çocuk ve Namaz</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
           <t>9786053708735</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
           <t>Son Sığınak Orm</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
           <t>9786053708704</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
           <t>Dünya Benim Ailem</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
           <t>9786053708841</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
           <t>Peygamberimi Çok Seviyorum</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
           <t>9786053708711</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
           <t>Mansurun Anıları</t>
         </is>
       </c>
       <c r="C483" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
           <t>9786053708742</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
           <t>Çılgın Öğretmen</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
           <t>9786053708865</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
           <t>Gazi Şehrin Çocukları</t>
         </is>
       </c>
       <c r="C485" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
           <t>9786053708896</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
           <t>Neden Olmasın (Ciltli)</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
           <t>9786054047567</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
           <t>Evvel Zaman İçinde</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>