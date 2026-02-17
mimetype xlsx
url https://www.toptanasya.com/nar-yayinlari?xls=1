--- v0 (2025-11-02)
+++ v1 (2026-02-17)
@@ -82,43 +82,4213 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
+    <row r="2" spans="1:3">
+      <c r="A2" s="1" t="inlineStr">
+        <is>
+          <t>9786053709404</t>
+        </is>
+      </c>
+      <c r="B2" s="1" t="inlineStr">
+        <is>
+          <t>Sahabiye'de Bir Kitapçı Dükkanı</t>
+        </is>
+      </c>
+      <c r="C2" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3">
+      <c r="A3" s="1" t="inlineStr">
+        <is>
+          <t>9786053709374</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>İyi Zamanlar İyi İnsanlar</t>
+        </is>
+      </c>
+      <c r="C3" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="4" spans="1:3">
+      <c r="A4" s="1" t="inlineStr">
+        <is>
+          <t>9786053708575</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>Aşk'a Düşen Neylesin</t>
+        </is>
+      </c>
+      <c r="C4" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3">
+      <c r="A5" s="1" t="inlineStr">
+        <is>
+          <t>9786053708902</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>Bir Filozofun Romanı Nurettin Topçu</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786053708834</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Akif ve Çanakkale</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786053708728</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>Kılıçtaki Gizem</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786053708827</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>Ya Uzuvlarımız Konuşsaydı?</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786053708810</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>Ninemin Anahtarı</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786053708797</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Her Şey Olabilirim</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786053708803</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>İşte Ay - İlk İslami Aylar Kitabım</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786053708780</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>Allah Beni Farklı Yarattı</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786053708698</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>Eğer Olsaydı</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786053708773</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>Ben Buradayım Kudüs’te</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786053708667</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>Ol Olma</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786053708650</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>Renkler Ormanı</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786053708636</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>O Benim</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786053708582</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>Hayallerin Peşinde</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786053708599</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>Bugün Kedimin Nesi Var</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786053708568</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>Fatihi Yargılayan Kadı Hızır Bey</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786053708520</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Çünkü Bir Öğretmenim Vardı</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786053708537</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Pes Etmezler Takımı-3-Hiç Olmadık Bir Bahar</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786053708513</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Hayrettin-5 Türko-571 Zaman Kapsülü</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786053708452</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>Canımız Adanır Aşka</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786053708483</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Bin Minareli Şehir Kahire - Gezgin Emir Dünya Turunda- 4</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786053708469</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Gelip Geçmek</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786053708445</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Barbaros</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786053708407</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Guguklu Saatin Kumrusu</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786053708414</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Boşluk</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786053708391</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>Aslan Kuş</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786053708384</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>Kuş Ağacı</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786053708360</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>Fark Etmek (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786056889578</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Hizmet Eğitimi ve Geleceğine İlişkin Görüşler</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786056889516</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Hizmet</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786053708094</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>Sır Küpü - Profesör Binbilir'in Maceraları</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
+          <t>9786053708087</t>
+        </is>
+      </c>
+      <c r="B36" s="1" t="inlineStr">
+        <is>
+          <t>Jacominus Gainsborough'un Paha Biçilmez Anları</t>
+        </is>
+      </c>
+      <c r="C36" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="37" spans="1:3">
+      <c r="A37" s="1" t="inlineStr">
+        <is>
+          <t>9786053708056</t>
+        </is>
+      </c>
+      <c r="B37" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Dengesi</t>
+        </is>
+      </c>
+      <c r="C37" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="38" spans="1:3">
+      <c r="A38" s="1" t="inlineStr">
+        <is>
+          <t>9786053708032</t>
+        </is>
+      </c>
+      <c r="B38" s="1" t="inlineStr">
+        <is>
+          <t>Masal Denizi</t>
+        </is>
+      </c>
+      <c r="C38" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="39" spans="1:3">
+      <c r="A39" s="1" t="inlineStr">
+        <is>
+          <t>9789944281805</t>
+        </is>
+      </c>
+      <c r="B39" s="1" t="inlineStr">
+        <is>
+          <t>Kalbimin Kanat Sesleri</t>
+        </is>
+      </c>
+      <c r="C39" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="40" spans="1:3">
+      <c r="A40" s="1" t="inlineStr">
+        <is>
+          <t>9786053705048</t>
+        </is>
+      </c>
+      <c r="B40" s="1" t="inlineStr">
+        <is>
+          <t>Yazarlar ve Kitaplar</t>
+        </is>
+      </c>
+      <c r="C40" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="41" spans="1:3">
+      <c r="A41" s="1" t="inlineStr">
+        <is>
+          <t>9786053705055</t>
+        </is>
+      </c>
+      <c r="B41" s="1" t="inlineStr">
+        <is>
+          <t>Yazmanın Büyülü Dünyası</t>
+        </is>
+      </c>
+      <c r="C41" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="1" t="inlineStr">
+        <is>
+          <t>9786053705062</t>
+        </is>
+      </c>
+      <c r="B42" s="1" t="inlineStr">
+        <is>
+          <t>Şiir, Şair İnsan ve Hayat</t>
+        </is>
+      </c>
+      <c r="C42" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="1" t="inlineStr">
+        <is>
+          <t>9786053705031</t>
+        </is>
+      </c>
+      <c r="B43" s="1" t="inlineStr">
+        <is>
+          <t>Okumak ve Yazmak</t>
+        </is>
+      </c>
+      <c r="C43" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="44" spans="1:3">
+      <c r="A44" s="1" t="inlineStr">
+        <is>
+          <t>9786053706434</t>
+        </is>
+      </c>
+      <c r="B44" s="1" t="inlineStr">
+        <is>
+          <t>Yağmuru Ayakta Karşıla</t>
+        </is>
+      </c>
+      <c r="C44" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="45" spans="1:3">
+      <c r="A45" s="1" t="inlineStr">
+        <is>
+          <t>9786053700104</t>
+        </is>
+      </c>
+      <c r="B45" s="1" t="inlineStr">
+        <is>
+          <t>Yiyecekler Boyama Serisi 12</t>
+        </is>
+      </c>
+      <c r="C45" s="1">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="46" spans="1:3">
+      <c r="A46" s="1" t="inlineStr">
+        <is>
+          <t>9786053707882</t>
+        </is>
+      </c>
+      <c r="B46" s="1" t="inlineStr">
+        <is>
+          <t>Mevla'ya Yakarışlar</t>
+        </is>
+      </c>
+      <c r="C46" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="47" spans="1:3">
+      <c r="A47" s="1" t="inlineStr">
+        <is>
+          <t>9786053702948</t>
+        </is>
+      </c>
+      <c r="B47" s="1" t="inlineStr">
+        <is>
+          <t>Hasretin Yedi Rengi</t>
+        </is>
+      </c>
+      <c r="C47" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="48" spans="1:3">
+      <c r="A48" s="1" t="inlineStr">
+        <is>
+          <t>9786053703136</t>
+        </is>
+      </c>
+      <c r="B48" s="1" t="inlineStr">
+        <is>
+          <t>Mavi Rüyalar Gören Çocuk (Ciltsiz)</t>
+        </is>
+      </c>
+      <c r="C48" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3">
+      <c r="A49" s="1" t="inlineStr">
+        <is>
+          <t>9786054047161</t>
+        </is>
+      </c>
+      <c r="B49" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Allah'ın Güzel İsimleri Esma-i Hüsna 10</t>
+        </is>
+      </c>
+      <c r="C49" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3">
+      <c r="A50" s="1" t="inlineStr">
+        <is>
+          <t>9786054047147</t>
+        </is>
+      </c>
+      <c r="B50" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Allah'ın Güzel İsimleri Esma-i Hüsna 8</t>
+        </is>
+      </c>
+      <c r="C50" s="1">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3">
+      <c r="A51" s="1" t="inlineStr">
+        <is>
+          <t>9786054047130</t>
+        </is>
+      </c>
+      <c r="B51" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Allah'ın Güzel İsimleri Esma-i Hüsna 7</t>
+        </is>
+      </c>
+      <c r="C51" s="1">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3">
+      <c r="A52" s="1" t="inlineStr">
+        <is>
+          <t>9786053705024</t>
+        </is>
+      </c>
+      <c r="B52" s="1" t="inlineStr">
+        <is>
+          <t>İki Yıl Okul Tatili</t>
+        </is>
+      </c>
+      <c r="C52" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3">
+      <c r="A53" s="1" t="inlineStr">
+        <is>
+          <t>3990000001667</t>
+        </is>
+      </c>
+      <c r="B53" s="1" t="inlineStr">
+        <is>
+          <t>İki Gezgin</t>
+        </is>
+      </c>
+      <c r="C53" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3">
+      <c r="A54" s="1" t="inlineStr">
+        <is>
+          <t>9786050086041</t>
+        </is>
+      </c>
+      <c r="B54" s="1" t="inlineStr">
+        <is>
+          <t>Hüma</t>
+        </is>
+      </c>
+      <c r="C54" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3">
+      <c r="A55" s="1" t="inlineStr">
+        <is>
+          <t>9789944281270</t>
+        </is>
+      </c>
+      <c r="B55" s="1" t="inlineStr">
+        <is>
+          <t>Hind Şahı</t>
+        </is>
+      </c>
+      <c r="C55" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3">
+      <c r="A56" s="1" t="inlineStr">
+        <is>
+          <t>9789944281577</t>
+        </is>
+      </c>
+      <c r="B56" s="1" t="inlineStr">
+        <is>
+          <t>Hayatı Üzüntüsüz Yaşamak</t>
+        </is>
+      </c>
+      <c r="C56" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3">
+      <c r="A57" s="1" t="inlineStr">
+        <is>
+          <t>9786054047499</t>
+        </is>
+      </c>
+      <c r="B57" s="1" t="inlineStr">
+        <is>
+          <t>Hayatı Çocuklarla Kazanmak</t>
+        </is>
+      </c>
+      <c r="C57" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3">
+      <c r="A58" s="1" t="inlineStr">
+        <is>
+          <t>9786053700593</t>
+        </is>
+      </c>
+      <c r="B58" s="1" t="inlineStr">
+        <is>
+          <t>Hayalci Çınar</t>
+        </is>
+      </c>
+      <c r="C58" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3">
+      <c r="A59" s="1" t="inlineStr">
+        <is>
+          <t>9786053701453</t>
+        </is>
+      </c>
+      <c r="B59" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Aynası</t>
+        </is>
+      </c>
+      <c r="C59" s="1">
+        <v>8.33</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3">
+      <c r="A60" s="1" t="inlineStr">
+        <is>
+          <t>9786054047871</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Hansel ile Gratel</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
+          <t>9786054047239</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Hançer</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786054047710</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Günaydın Çiçekleri</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9786053701569</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Gül’ün Yadına</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9786054047376</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Güle Güle Küçük Arkadaş</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9786053700944</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Gül ve Hançer</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9786053701057</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Fotoğrafı</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9786053701460</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Gökkuşağındaki Salıncak</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786053700234</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Gençler İçin Mehmet Akif ve Safahat</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789944281317</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Ezop Masalları</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786054047949</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Evi, Okulu, Çevremi Öğreniyorum Seviye 1</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>11.57</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786053700876</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Engin Can: Şişko Balonlar</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786053700883</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Engin Can: Okulda Fare Var</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786053700890</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Engin Can: Kar Tatili</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9786054047505</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Dört İsimli Prenses</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789944281164</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Don Kişot</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9786054047598</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Dilekler Gerçekleştiğinde &amp; Fındıkkıran</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789944281294</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Ders Veren Türk Masalları</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9789944281713</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Denizler Kraliçesi</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9789944281300</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Dedemin Denizaltısı</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9789944281447</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Dede Korkut Hikayeleri (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786054047369</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklara Şiirler</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786054047178</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Allah’ın Güzel İsimleri Esma-i Hüsna (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786054047062</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Allah’ın Güzel İsimleri Esma-i Hüsna (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9789944281706</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Çiçek Sultan ve Mavi Kuş</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786054047413</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Çıtıpıtı Hanım</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786053700470</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>Pirana Korsanları: Çalınan Yat</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786053700463</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Pirana Korsanları : Çalınan İnci Kolye</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786054047284</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Ceren ve Arkadaşları</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786053700852</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>Candan: İlk Tanışma</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786053700869</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Candan: Biz Ayrılamayız</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9789944281690</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Bremen Mızıkacıları</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786053701729</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Yunus</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>3990000001604</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Bir Yalnız Ağaç</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9786053700920</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Bir İncidir İstanbul</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786053700166</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Çikolata Çocuklar</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789944281126</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Zambaklar Ülkesinde</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786054047550</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Kanatlı Kuş</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786053700586</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Atlar Ülkesi</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789944281683</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>Beş İyi Dost</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9786053700432</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Benim Dünyam - Oku Öğren Neşelen (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9786054047000</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Benim de Uçaklarım Var</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9786053701712</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Battal Gazi</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9786054047246</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Batı Çocuk Klasiklerinde Temel Değerler</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789944281409</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Çiğdem Çiçekleri Tiyatro</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9786053700959</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Orman - 11 Bahçıvan Tavşan</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9786054047901</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Baba Serçe ve Dört Yavrusu</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9786050086102</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Ay Masalı</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9786053700135</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Aslan ile Köpek Yavrusu</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789944281348</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Anadolu Efsaneleri 1</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9786053703211</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>A’mak-ı Hayal</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789944281287</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Altın Gözlü Ayza</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9786054047642</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Alice ve Üçüncü Gezegenin Sırrı</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9786053700173</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Ağustos Böceğine Mektup</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789944281416</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Ağlama Anacığım Ağlama</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9786053701507</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Abdurrahim Karakoç</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786054047840</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>İnsan İlişkileri Üzerine 40 Hadis (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786054047857</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Günlük Hayat Üzerine 40 Hadis (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786054047833</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Aile Hayatı Üzerine 40 Hadis (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786054047314</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>100 Temel Eser (40 Kitap Takım) İlköğretim Öğrencileri İçin</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>3500</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786054047734</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Gönül Coğrafyası</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
+          <t>9786053702931</t>
+        </is>
+      </c>
+      <c r="B121" s="1" t="inlineStr">
+        <is>
+          <t>Kar Sesi</t>
+        </is>
+      </c>
+      <c r="C121" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3">
+      <c r="A122" s="1" t="inlineStr">
+        <is>
+          <t>9786053700814</t>
+        </is>
+      </c>
+      <c r="B122" s="1" t="inlineStr">
+        <is>
+          <t>Papağanın Anlattığı Hikayeler</t>
+        </is>
+      </c>
+      <c r="C122" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3">
+      <c r="A123" s="1" t="inlineStr">
+        <is>
+          <t>9786053702160</t>
+        </is>
+      </c>
+      <c r="B123" s="1" t="inlineStr">
+        <is>
+          <t>İyi Geceler Gökyüzü</t>
+        </is>
+      </c>
+      <c r="C123" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3">
+      <c r="A124" s="1" t="inlineStr">
+        <is>
+          <t>9786054047253</t>
+        </is>
+      </c>
+      <c r="B124" s="1" t="inlineStr">
+        <is>
+          <t>Karbeyaz</t>
+        </is>
+      </c>
+      <c r="C124" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3">
+      <c r="A125" s="1" t="inlineStr">
+        <is>
+          <t>9786053700180</t>
+        </is>
+      </c>
+      <c r="B125" s="1" t="inlineStr">
+        <is>
+          <t>Kuş Yuvası Yüreğim</t>
+        </is>
+      </c>
+      <c r="C125" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3">
+      <c r="A126" s="1" t="inlineStr">
+        <is>
+          <t>9786053702238</t>
+        </is>
+      </c>
+      <c r="B126" s="1" t="inlineStr">
+        <is>
+          <t>Aşk İsterse</t>
+        </is>
+      </c>
+      <c r="C126" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3">
+      <c r="A127" s="1" t="inlineStr">
+        <is>
+          <t>9786053702016</t>
+        </is>
+      </c>
+      <c r="B127" s="1" t="inlineStr">
+        <is>
+          <t>Yüzükteki Esrar 2: Sultanın Emaneti</t>
+        </is>
+      </c>
+      <c r="C127" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3">
+      <c r="A128" s="1" t="inlineStr">
+        <is>
+          <t>9786053702153</t>
+        </is>
+      </c>
+      <c r="B128" s="1" t="inlineStr">
+        <is>
+          <t>Herkesin Bir Hikayesi Var</t>
+        </is>
+      </c>
+      <c r="C128" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3">
+      <c r="A129" s="1" t="inlineStr">
+        <is>
+          <t>9786053702023</t>
+        </is>
+      </c>
+      <c r="B129" s="1" t="inlineStr">
+        <is>
+          <t>Yüzükteki Esrar 1: Sultanın Kılıcı</t>
+        </is>
+      </c>
+      <c r="C129" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3">
+      <c r="A130" s="1" t="inlineStr">
+        <is>
+          <t>9786053703228</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Hadis Bahçesi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786053703761</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Önce Vatan</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786053703754</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Bu Vatan Bizim</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786053704089</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Ahmet Efe Bütün Şiirleri</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786053704058</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Ay'a Yolculuk</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786053703983</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Nasrettin Hoca Uzayda</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786053703747</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Savaş Ümit Özlem</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786054047079</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Allah'ın Güzel İsimleri Esma-i Hüsna</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9785123769034</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Seni Çok Seviyorum Allahım Dizisi 6 Kitap</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786053706311</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Heyakil</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
+          <t>9786053704270</t>
+        </is>
+      </c>
+      <c r="B140" s="1" t="inlineStr">
+        <is>
+          <t>Dünyanın Merkezine Yolculuk</t>
+        </is>
+      </c>
+      <c r="C140" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3">
+      <c r="A141" s="1" t="inlineStr">
+        <is>
+          <t>9786053703440</t>
+        </is>
+      </c>
+      <c r="B141" s="1" t="inlineStr">
+        <is>
+          <t>Gün Doğarken - 5 Şişman Kaz</t>
+        </is>
+      </c>
+      <c r="C141" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3">
+      <c r="A142" s="1" t="inlineStr">
+        <is>
+          <t>9786053702689</t>
+        </is>
+      </c>
+      <c r="B142" s="1" t="inlineStr">
+        <is>
+          <t>Mehmet Akif ve İstiklal Marşı</t>
+        </is>
+      </c>
+      <c r="C142" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3">
+      <c r="A143" s="1" t="inlineStr">
+        <is>
+          <t>9786053704096</t>
+        </is>
+      </c>
+      <c r="B143" s="1" t="inlineStr">
+        <is>
+          <t>Sir-Derya'dan Uçan Kartal</t>
+        </is>
+      </c>
+      <c r="C143" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3">
+      <c r="A144" s="1" t="inlineStr">
+        <is>
+          <t>9786053703570</t>
+        </is>
+      </c>
+      <c r="B144" s="1" t="inlineStr">
+        <is>
+          <t>Bilgi Çiçeği Öğretmenim</t>
+        </is>
+      </c>
+      <c r="C144" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3">
+      <c r="A145" s="1" t="inlineStr">
+        <is>
+          <t>9786053703556</t>
+        </is>
+      </c>
+      <c r="B145" s="1" t="inlineStr">
+        <is>
+          <t>Bir Çift Beyaz Kartal</t>
+        </is>
+      </c>
+      <c r="C145" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3">
+      <c r="A146" s="1" t="inlineStr">
+        <is>
+          <t>9786053703594</t>
+        </is>
+      </c>
+      <c r="B146" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Dilekçe (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C146" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3">
+      <c r="A147" s="1" t="inlineStr">
+        <is>
+          <t>9785123769027</t>
+        </is>
+      </c>
+      <c r="B147" s="1" t="inlineStr">
+        <is>
+          <t>Ceren ve Arkadaşları (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C147" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3">
+      <c r="A148" s="1" t="inlineStr">
+        <is>
+          <t>9786053703723</t>
+        </is>
+      </c>
+      <c r="B148" s="1" t="inlineStr">
+        <is>
+          <t>Buz Kırığı</t>
+        </is>
+      </c>
+      <c r="C148" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3">
+      <c r="A149" s="1" t="inlineStr">
+        <is>
+          <t>9786053704072</t>
+        </is>
+      </c>
+      <c r="B149" s="1" t="inlineStr">
+        <is>
+          <t>Malazgirt’ten Söğüt’e Anadolu Selçuklu Sultanları</t>
+        </is>
+      </c>
+      <c r="C149" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3">
+      <c r="A150" s="1" t="inlineStr">
+        <is>
+          <t>9786053703655</t>
+        </is>
+      </c>
+      <c r="B150" s="1" t="inlineStr">
+        <is>
+          <t>Kutlu ile Melinda</t>
+        </is>
+      </c>
+      <c r="C150" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3">
+      <c r="A151" s="1" t="inlineStr">
+        <is>
+          <t>9786053703662</t>
+        </is>
+      </c>
+      <c r="B151" s="1" t="inlineStr">
+        <is>
+          <t>Köse Mihal</t>
+        </is>
+      </c>
+      <c r="C151" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3">
+      <c r="A152" s="1" t="inlineStr">
+        <is>
+          <t>9786053703846</t>
+        </is>
+      </c>
+      <c r="B152" s="1" t="inlineStr">
+        <is>
+          <t>Zenadika</t>
+        </is>
+      </c>
+      <c r="C152" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3">
+      <c r="A153" s="1" t="inlineStr">
+        <is>
+          <t>9786053703860</t>
+        </is>
+      </c>
+      <c r="B153" s="1" t="inlineStr">
+        <is>
+          <t>Sis</t>
+        </is>
+      </c>
+      <c r="C153" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3">
+      <c r="A154" s="1" t="inlineStr">
+        <is>
+          <t>9786053703839</t>
+        </is>
+      </c>
+      <c r="B154" s="1" t="inlineStr">
+        <is>
+          <t>Ihlamurlar Çiçek Açtığı Zaman</t>
+        </is>
+      </c>
+      <c r="C154" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3">
+      <c r="A155" s="1" t="inlineStr">
+        <is>
+          <t>9786053702443</t>
+        </is>
+      </c>
+      <c r="B155" s="1" t="inlineStr">
+        <is>
+          <t>Şair Olacak Çocuklar</t>
+        </is>
+      </c>
+      <c r="C155" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3">
+      <c r="A156" s="1" t="inlineStr">
+        <is>
+          <t>9786053702269</t>
+        </is>
+      </c>
+      <c r="B156" s="1" t="inlineStr">
+        <is>
+          <t>Eskişehrin Eskimeyen Yüzleri</t>
+        </is>
+      </c>
+      <c r="C156" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3">
+      <c r="A157" s="1" t="inlineStr">
+        <is>
+          <t>9786053702818</t>
+        </is>
+      </c>
+      <c r="B157" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Eğitimi : Evimi Özledim</t>
+        </is>
+      </c>
+      <c r="C157" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3">
+      <c r="A158" s="1" t="inlineStr">
+        <is>
+          <t>9786053702788</t>
+        </is>
+      </c>
+      <c r="B158" s="1" t="inlineStr">
+        <is>
+          <t>Bitirim Güldürüler</t>
+        </is>
+      </c>
+      <c r="C158" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3">
+      <c r="A159" s="1" t="inlineStr">
+        <is>
+          <t>9786053701330</t>
+        </is>
+      </c>
+      <c r="B159" s="1" t="inlineStr">
+        <is>
+          <t>Dağdaki Oyuncak</t>
+        </is>
+      </c>
+      <c r="C159" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3">
+      <c r="A160" s="1" t="inlineStr">
+        <is>
+          <t>9786054047475</t>
+        </is>
+      </c>
+      <c r="B160" s="1" t="inlineStr">
+        <is>
+          <t>Mercan Kız</t>
+        </is>
+      </c>
+      <c r="C160" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3">
+      <c r="A161" s="1" t="inlineStr">
+        <is>
+          <t>9789944281256</t>
+        </is>
+      </c>
+      <c r="B161" s="1" t="inlineStr">
+        <is>
+          <t>Melike Menare</t>
+        </is>
+      </c>
+      <c r="C161" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3">
+      <c r="A162" s="1" t="inlineStr">
+        <is>
+          <t>9789944281058</t>
+        </is>
+      </c>
+      <c r="B162" s="1" t="inlineStr">
+        <is>
+          <t>Masallar</t>
+        </is>
+      </c>
+      <c r="C162" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3">
+      <c r="A163" s="1" t="inlineStr">
+        <is>
+          <t>9786053701262</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Masal Rüzgarı</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786054047277</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Masal Oyunu</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9789944281430</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Masal Okulu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786054047673</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Masal Doktoru - Mutluluk Ülkesinde</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>8.41</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
+          <t>9789944281744</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Çam Ağacı</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786053700197</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Kuyruksuz Fare</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786053700289</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Kuş Topu</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
+          <t>9786054047529</t>
+        </is>
+      </c>
+      <c r="B170" s="1" t="inlineStr">
+        <is>
+          <t>Kuş Seslerinden Korkan Çocuk</t>
+        </is>
+      </c>
+      <c r="C170" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3">
+      <c r="A171" s="1" t="inlineStr">
+        <is>
+          <t>9786054047703</t>
+        </is>
+      </c>
+      <c r="B171" s="1" t="inlineStr">
+        <is>
+          <t>Kral Olmak İsteyen Çocuk</t>
+        </is>
+      </c>
+      <c r="C171" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3">
+      <c r="A172" s="1" t="inlineStr">
+        <is>
+          <t>9786054047741</t>
+        </is>
+      </c>
+      <c r="B172" s="1" t="inlineStr">
+        <is>
+          <t>Koca Bıyıklı Sarmısak</t>
+        </is>
+      </c>
+      <c r="C172" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3">
+      <c r="A173" s="1" t="inlineStr">
+        <is>
+          <t>9786053701583</t>
+        </is>
+      </c>
+      <c r="B173" s="1" t="inlineStr">
+        <is>
+          <t>Kişilik Gelişimi Açısından Çocuk ve Televizyon</t>
+        </is>
+      </c>
+      <c r="C173" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3">
+      <c r="A174" s="1" t="inlineStr">
+        <is>
+          <t>9789755511849</t>
+        </is>
+      </c>
+      <c r="B174" s="1" t="inlineStr">
+        <is>
+          <t>Kibritçi Kız</t>
+        </is>
+      </c>
+      <c r="C174" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3">
+      <c r="A175" s="1" t="inlineStr">
+        <is>
+          <t>9786054047192</t>
+        </is>
+      </c>
+      <c r="B175" s="1" t="inlineStr">
+        <is>
+          <t>Kızlar Koleji</t>
+        </is>
+      </c>
+      <c r="C175" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3">
+      <c r="A176" s="1" t="inlineStr">
+        <is>
+          <t>9789944281737</t>
+        </is>
+      </c>
+      <c r="B176" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Başlıklı Kız</t>
+        </is>
+      </c>
+      <c r="C176" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3">
+      <c r="A177" s="1" t="inlineStr">
+        <is>
+          <t>3990000001666</t>
+        </is>
+      </c>
+      <c r="B177" s="1" t="inlineStr">
+        <is>
+          <t>Karagöz’den Hikayeler</t>
+        </is>
+      </c>
+      <c r="C177" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3">
+      <c r="A178" s="1" t="inlineStr">
+        <is>
+          <t>9876053700159</t>
+        </is>
+      </c>
+      <c r="B178" s="1" t="inlineStr">
+        <is>
+          <t>Kahkaha Gülleri</t>
+        </is>
+      </c>
+      <c r="C178" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3">
+      <c r="A179" s="1" t="inlineStr">
+        <is>
+          <t>9786054047635</t>
+        </is>
+      </c>
+      <c r="B179" s="1" t="inlineStr">
+        <is>
+          <t>İvan ve Sihirli Midillisi</t>
+        </is>
+      </c>
+      <c r="C179" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3">
+      <c r="A180" s="1" t="inlineStr">
+        <is>
+          <t>9786053700746</t>
+        </is>
+      </c>
+      <c r="B180" s="1" t="inlineStr">
+        <is>
+          <t>İnteroğlan: Zaman Makinası</t>
+        </is>
+      </c>
+      <c r="C180" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3">
+      <c r="A181" s="1" t="inlineStr">
+        <is>
+          <t>9786053700906</t>
+        </is>
+      </c>
+      <c r="B181" s="1" t="inlineStr">
+        <is>
+          <t>İnteroğlan: Mars’ta Uzaylılarla</t>
+        </is>
+      </c>
+      <c r="C181" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3">
+      <c r="A182" s="1" t="inlineStr">
+        <is>
+          <t>9786053700654</t>
+        </is>
+      </c>
+      <c r="B182" s="1" t="inlineStr">
+        <is>
+          <t>Karagöz Futbolcu</t>
+        </is>
+      </c>
+      <c r="C182" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3">
+      <c r="A183" s="1" t="inlineStr">
+        <is>
+          <t>9786054047826</t>
+        </is>
+      </c>
+      <c r="B183" s="1" t="inlineStr">
+        <is>
+          <t>Karagöz Belediye Memuru</t>
+        </is>
+      </c>
+      <c r="C183" s="1">
+        <v>6.94</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3">
+      <c r="A184" s="1" t="inlineStr">
+        <is>
+          <t>9786053700623</t>
+        </is>
+      </c>
+      <c r="B184" s="1" t="inlineStr">
+        <is>
+          <t>Zil Çalınca</t>
+        </is>
+      </c>
+      <c r="C184" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3">
+      <c r="A185" s="1" t="inlineStr">
+        <is>
+          <t>9786050086089</t>
+        </is>
+      </c>
+      <c r="B185" s="1" t="inlineStr">
+        <is>
+          <t>Yüz Gülen Yüz</t>
+        </is>
+      </c>
+      <c r="C185" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3">
+      <c r="A186" s="1" t="inlineStr">
+        <is>
+          <t>9789944281772</t>
+        </is>
+      </c>
+      <c r="B186" s="1" t="inlineStr">
+        <is>
+          <t>Yiğit Kurşun Asker</t>
+        </is>
+      </c>
+      <c r="C186" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3">
+      <c r="A187" s="1" t="inlineStr">
+        <is>
+          <t>9786054047802</t>
+        </is>
+      </c>
+      <c r="B187" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlarla Uyumak</t>
+        </is>
+      </c>
+      <c r="C187" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3">
+      <c r="A188" s="1" t="inlineStr">
+        <is>
+          <t>3990000017236</t>
+        </is>
+      </c>
+      <c r="B188" s="1" t="inlineStr">
+        <is>
+          <t>Yıldızlara Astık Yüreğimizi</t>
+        </is>
+      </c>
+      <c r="C188" s="1">
+        <v>14.81</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3">
+      <c r="A189" s="1" t="inlineStr">
+        <is>
+          <t>9789759167486</t>
+        </is>
+      </c>
+      <c r="B189" s="1" t="inlineStr">
+        <is>
+          <t>Yarınlarla Gel</t>
+        </is>
+      </c>
+      <c r="C189" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3">
+      <c r="A190" s="1" t="inlineStr">
+        <is>
+          <t>9789944281645</t>
+        </is>
+      </c>
+      <c r="B190" s="1" t="inlineStr">
+        <is>
+          <t>Yalnız Efe (Milli Eğitim Bakanlığı İlköğretim 100 Temel Eser)</t>
+        </is>
+      </c>
+      <c r="C190" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3">
+      <c r="A191" s="1" t="inlineStr">
+        <is>
+          <t>9786053701637</t>
+        </is>
+      </c>
+      <c r="B191" s="1" t="inlineStr">
+        <is>
+          <t>Ya Penguen Saatini Kurmayı Unutursa?</t>
+        </is>
+      </c>
+      <c r="C191" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3">
+      <c r="A192" s="1" t="inlineStr">
+        <is>
+          <t>9786054047628</t>
+        </is>
+      </c>
+      <c r="B192" s="1" t="inlineStr">
+        <is>
+          <t>Vahşi Kuğular</t>
+        </is>
+      </c>
+      <c r="C192" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3">
+      <c r="A193" s="1" t="inlineStr">
+        <is>
+          <t>9786054047543</t>
+        </is>
+      </c>
+      <c r="B193" s="1" t="inlineStr">
+        <is>
+          <t>Üç Ayaklı Oğlak</t>
+        </is>
+      </c>
+      <c r="C193" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3">
+      <c r="A194" s="1" t="inlineStr">
+        <is>
+          <t>9786054047536</t>
+        </is>
+      </c>
+      <c r="B194" s="1" t="inlineStr">
+        <is>
+          <t>Uğur Böceğinin Düğünü</t>
+        </is>
+      </c>
+      <c r="C194" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3">
+      <c r="A195" s="1" t="inlineStr">
+        <is>
+          <t>9786053700456</t>
+        </is>
+      </c>
+      <c r="B195" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Orman - 9 Uçan Fare</t>
+        </is>
+      </c>
+      <c r="C195" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3">
+      <c r="A196" s="1" t="inlineStr">
+        <is>
+          <t>9786053700272</t>
+        </is>
+      </c>
+      <c r="B196" s="1" t="inlineStr">
+        <is>
+          <t>Uçan Ayakkabı</t>
+        </is>
+      </c>
+      <c r="C196" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3">
+      <c r="A197" s="1" t="inlineStr">
+        <is>
+          <t>9786053701422</t>
+        </is>
+      </c>
+      <c r="B197" s="1" t="inlineStr">
+        <is>
+          <t>Türk Çocuk ve Gençlik Edebiyatı Ansiklopedisi (2 Cilt Takım) (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C197" s="1">
+        <v>1500</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3">
+      <c r="A198" s="1" t="inlineStr">
+        <is>
+          <t>9786054047017</t>
+        </is>
+      </c>
+      <c r="B198" s="1" t="inlineStr">
+        <is>
+          <t>Tolstoy Serisi (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C198" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3">
+      <c r="A199" s="1" t="inlineStr">
+        <is>
+          <t>9786054047918</t>
+        </is>
+      </c>
+      <c r="B199" s="1" t="inlineStr">
+        <is>
+          <t>Tavşan ile Kirpi</t>
+        </is>
+      </c>
+      <c r="C199" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3">
+      <c r="A200" s="1" t="inlineStr">
+        <is>
+          <t>9789944281799</t>
+        </is>
+      </c>
+      <c r="B200" s="1" t="inlineStr">
+        <is>
+          <t>Şimdi Sevda Yürüsün (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C200" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="201" spans="1:3">
+      <c r="A201" s="1" t="inlineStr">
+        <is>
+          <t>9786053700142</t>
+        </is>
+      </c>
+      <c r="B201" s="1" t="inlineStr">
+        <is>
+          <t>Şahin ile Horoz</t>
+        </is>
+      </c>
+      <c r="C201" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="202" spans="1:3">
+      <c r="A202" s="1" t="inlineStr">
+        <is>
+          <t>9786053700708</t>
+        </is>
+      </c>
+      <c r="B202" s="1" t="inlineStr">
+        <is>
+          <t>Şahin Bey</t>
+        </is>
+      </c>
+      <c r="C202" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="203" spans="1:3">
+      <c r="A203" s="1" t="inlineStr">
+        <is>
+          <t>9786053701576</t>
+        </is>
+      </c>
+      <c r="B203" s="1" t="inlineStr">
+        <is>
+          <t>Süslü Kelaynak</t>
+        </is>
+      </c>
+      <c r="C203" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="204" spans="1:3">
+      <c r="A204" s="1" t="inlineStr">
+        <is>
+          <t>9786053707417</t>
+        </is>
+      </c>
+      <c r="B204" s="1" t="inlineStr">
+        <is>
+          <t>Sönmeyen Yıldızlar</t>
+        </is>
+      </c>
+      <c r="C204" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="205" spans="1:3">
+      <c r="A205" s="1" t="inlineStr">
+        <is>
+          <t>9786054047581</t>
+        </is>
+      </c>
+      <c r="B205" s="1" t="inlineStr">
+        <is>
+          <t>Son Taç Yaprağı &amp; Altın Horoz</t>
+        </is>
+      </c>
+      <c r="C205" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="206" spans="1:3">
+      <c r="A206" s="1" t="inlineStr">
+        <is>
+          <t>9786053700616</t>
+        </is>
+      </c>
+      <c r="B206" s="1" t="inlineStr">
+        <is>
+          <t>Sınıfta Matem</t>
+        </is>
+      </c>
+      <c r="C206" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="207" spans="1:3">
+      <c r="A207" s="1" t="inlineStr">
+        <is>
+          <t>9786053701248</t>
+        </is>
+      </c>
+      <c r="B207" s="1" t="inlineStr">
+        <is>
+          <t>Seyran (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C207" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="208" spans="1:3">
+      <c r="A208" s="1" t="inlineStr">
+        <is>
+          <t>9786054047291</t>
+        </is>
+      </c>
+      <c r="B208" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Çiçeği</t>
+        </is>
+      </c>
+      <c r="C208" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="209" spans="1:3">
+      <c r="A209" s="1" t="inlineStr">
+        <is>
+          <t>9786053700739</t>
+        </is>
+      </c>
+      <c r="B209" s="1" t="inlineStr">
+        <is>
+          <t>Satrançla Örülen Dünya</t>
+        </is>
+      </c>
+      <c r="C209" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="210" spans="1:3">
+      <c r="A210" s="1" t="inlineStr">
+        <is>
+          <t>9786054047864</t>
+        </is>
+      </c>
+      <c r="B210" s="1" t="inlineStr">
+        <is>
+          <t>Rapunzel</t>
+        </is>
+      </c>
+      <c r="C210" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="211" spans="1:3">
+      <c r="A211" s="1" t="inlineStr">
+        <is>
+          <t>9786054047659</t>
+        </is>
+      </c>
+      <c r="B211" s="1" t="inlineStr">
+        <is>
+          <t>Prens Kuğu ve Sultan Sezar</t>
+        </is>
+      </c>
+      <c r="C211" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="212" spans="1:3">
+      <c r="A212" s="1" t="inlineStr">
+        <is>
+          <t>9789944281232</t>
+        </is>
+      </c>
+      <c r="B212" s="1" t="inlineStr">
+        <is>
+          <t>Pollyanna (İlk Gençlik Dizisi)</t>
+        </is>
+      </c>
+      <c r="C212" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="213" spans="1:3">
+      <c r="A213" s="1" t="inlineStr">
+        <is>
+          <t>9786054047574</t>
+        </is>
+      </c>
+      <c r="B213" s="1" t="inlineStr">
+        <is>
+          <t>Pinokyo</t>
+        </is>
+      </c>
+      <c r="C213" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="214" spans="1:3">
+      <c r="A214" s="1" t="inlineStr">
+        <is>
+          <t>9789944281423</t>
+        </is>
+      </c>
+      <c r="B214" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber'imizin Anlattığı Hikayeler</t>
+        </is>
+      </c>
+      <c r="C214" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="215" spans="1:3">
+      <c r="A215" s="1" t="inlineStr">
+        <is>
+          <t>9789944281768</t>
+        </is>
+      </c>
+      <c r="B215" s="1" t="inlineStr">
+        <is>
+          <t>Parmak Kız</t>
+        </is>
+      </c>
+      <c r="C215" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="216" spans="1:3">
+      <c r="A216" s="1" t="inlineStr">
+        <is>
+          <t>9789944281751</t>
+        </is>
+      </c>
+      <c r="B216" s="1" t="inlineStr">
+        <is>
+          <t>Pamuk Prenses ve Yedi Cüceler</t>
+        </is>
+      </c>
+      <c r="C216" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="217" spans="1:3">
+      <c r="A217" s="1" t="inlineStr">
+        <is>
+          <t>9789944281249</t>
+        </is>
+      </c>
+      <c r="B217" s="1" t="inlineStr">
+        <is>
+          <t>Padişahla Oğlu - Uzakdoğu Masalları</t>
+        </is>
+      </c>
+      <c r="C217" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="218" spans="1:3">
+      <c r="A218" s="1" t="inlineStr">
+        <is>
+          <t>9789944281119</t>
+        </is>
+      </c>
+      <c r="B218" s="1" t="inlineStr">
+        <is>
+          <t>Ömer Seyfettin’den Seçme Hikayeler</t>
+        </is>
+      </c>
+      <c r="C218" s="1">
+        <v>7.41</v>
+      </c>
+    </row>
+    <row r="219" spans="1:3">
+      <c r="A219" s="1" t="inlineStr">
+        <is>
+          <t>9786054047604</t>
+        </is>
+      </c>
+      <c r="B219" s="1" t="inlineStr">
+        <is>
+          <t>On İki Ay</t>
+        </is>
+      </c>
+      <c r="C219" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="220" spans="1:3">
+      <c r="A220" s="1" t="inlineStr">
+        <is>
+          <t>9786053700128</t>
+        </is>
+      </c>
+      <c r="B220" s="1" t="inlineStr">
+        <is>
+          <t>Oku, Öğren, Yap 90 Hikaye (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C220" s="1">
+        <v>13.89</v>
+      </c>
+    </row>
+    <row r="221" spans="1:3">
+      <c r="A221" s="1" t="inlineStr">
+        <is>
+          <t>9786054047482</t>
+        </is>
+      </c>
+      <c r="B221" s="1" t="inlineStr">
+        <is>
+          <t>Ne Kadar Meraklı</t>
+        </is>
+      </c>
+      <c r="C221" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="222" spans="1:3">
+      <c r="A222" s="1" t="inlineStr">
+        <is>
+          <t>9789944281331</t>
+        </is>
+      </c>
+      <c r="B222" s="1" t="inlineStr">
+        <is>
+          <t>Nasrettin Hoca Öyküleri</t>
+        </is>
+      </c>
+      <c r="C222" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="223" spans="1:3">
+      <c r="A223" s="1" t="inlineStr">
+        <is>
+          <t>9789944281263</t>
+        </is>
+      </c>
+      <c r="B223" s="1" t="inlineStr">
+        <is>
+          <t>Nar Tanesi</t>
+        </is>
+      </c>
+      <c r="C223" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="224" spans="1:3">
+      <c r="A224" s="1" t="inlineStr">
+        <is>
+          <t>9786053700296</t>
+        </is>
+      </c>
+      <c r="B224" s="1" t="inlineStr">
+        <is>
+          <t>Minik Serçe</t>
+        </is>
+      </c>
+      <c r="C224" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="225" spans="1:3">
+      <c r="A225" s="1" t="inlineStr">
+        <is>
+          <t>9789944281591</t>
+        </is>
+      </c>
+      <c r="B225" s="1" t="inlineStr">
+        <is>
+          <t>Mesnevi’de Geçen Bütün Hikayeler</t>
+        </is>
+      </c>
+      <c r="C225" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="226" spans="1:3">
+      <c r="A226" s="1" t="inlineStr">
+        <is>
+          <t>9786053700401</t>
+        </is>
+      </c>
+      <c r="B226" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’den ve Dünya’dan Zamanın Eskitemediği En İbretli Hikayeler 2</t>
+        </is>
+      </c>
+      <c r="C226" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="227" spans="1:3">
+      <c r="A227" s="1" t="inlineStr">
+        <is>
+          <t>9786053700395</t>
+        </is>
+      </c>
+      <c r="B227" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’den ve Dünya’dan Zamanın Eskitemediği En İbretli Hikayeler 1</t>
+        </is>
+      </c>
+      <c r="C227" s="1">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="228" spans="1:3">
+      <c r="A228" s="1" t="inlineStr">
+        <is>
+          <t>9786050086072</t>
+        </is>
+      </c>
+      <c r="B228" s="1" t="inlineStr">
+        <is>
+          <t>Türk Yazarlardan Seçmeler 50 Kitap (Kutulu)</t>
+        </is>
+      </c>
+      <c r="C228" s="1">
+        <v>277.78</v>
+      </c>
+    </row>
+    <row r="229" spans="1:3">
+      <c r="A229" s="1" t="inlineStr">
+        <is>
+          <t>9786053703402</t>
+        </is>
+      </c>
+      <c r="B229" s="1" t="inlineStr">
+        <is>
+          <t>Bozkır Yılanı</t>
+        </is>
+      </c>
+      <c r="C229" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="230" spans="1:3">
+      <c r="A230" s="1" t="inlineStr">
+        <is>
+          <t>9786053702412</t>
+        </is>
+      </c>
+      <c r="B230" s="1" t="inlineStr">
+        <is>
+          <t>Yüzükteki Esrar 3: Sultanın Fermanı</t>
+        </is>
+      </c>
+      <c r="C230" s="1">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="231" spans="1:3">
+      <c r="A231" s="1" t="inlineStr">
+        <is>
+          <t>9786053703013</t>
+        </is>
+      </c>
+      <c r="B231" s="1" t="inlineStr">
+        <is>
+          <t>Guguklu Saatin Kumrusu (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C231" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="232" spans="1:3">
+      <c r="A232" s="1" t="inlineStr">
+        <is>
+          <t>9786053702252</t>
+        </is>
+      </c>
+      <c r="B232" s="1" t="inlineStr">
+        <is>
+          <t>Son Av</t>
+        </is>
+      </c>
+      <c r="C232" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="233" spans="1:3">
+      <c r="A233" s="1" t="inlineStr">
+        <is>
+          <t>9786053702030</t>
+        </is>
+      </c>
+      <c r="B233" s="1" t="inlineStr">
+        <is>
+          <t>Son Direnişçi</t>
+        </is>
+      </c>
+      <c r="C233" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="234" spans="1:3">
+      <c r="A234" s="1" t="inlineStr">
+        <is>
+          <t>9786053702047</t>
+        </is>
+      </c>
+      <c r="B234" s="1" t="inlineStr">
+        <is>
+          <t>Yunus</t>
+        </is>
+      </c>
+      <c r="C234" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="235" spans="1:3">
+      <c r="A235" s="1" t="inlineStr">
+        <is>
+          <t>9786053703433</t>
+        </is>
+      </c>
+      <c r="B235" s="1" t="inlineStr">
+        <is>
+          <t>Kutlu Peygamberim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C235" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="236" spans="1:3">
+      <c r="A236" s="1" t="inlineStr">
+        <is>
+          <t>9786053702313</t>
+        </is>
+      </c>
+      <c r="B236" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Şekeri</t>
+        </is>
+      </c>
+      <c r="C236" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="237" spans="1:3">
+      <c r="A237" s="1" t="inlineStr">
+        <is>
+          <t>9786053702306</t>
+        </is>
+      </c>
+      <c r="B237" s="1" t="inlineStr">
+        <is>
+          <t>Yeniden Diriliş ve Cennete Yolculuk</t>
+        </is>
+      </c>
+      <c r="C237" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="238" spans="1:3">
+      <c r="A238" s="1" t="inlineStr">
+        <is>
+          <t>9786053702290</t>
+        </is>
+      </c>
+      <c r="B238" s="1" t="inlineStr">
+        <is>
+          <t>Sevgili Peygamberimiz (S.A.V) Nasıl Yaşardı</t>
+        </is>
+      </c>
+      <c r="C238" s="1">
+        <v>4.54</v>
+      </c>
+    </row>
+    <row r="239" spans="1:3">
+      <c r="A239" s="1" t="inlineStr">
+        <is>
+          <t>9786053702177</t>
+        </is>
+      </c>
+      <c r="B239" s="1" t="inlineStr">
+        <is>
+          <t>Yazar Olacak Çocuklar</t>
+        </is>
+      </c>
+      <c r="C239" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="240" spans="1:3">
+      <c r="A240" s="1" t="inlineStr">
+        <is>
+          <t>9786053700227</t>
+        </is>
+      </c>
+      <c r="B240" s="1" t="inlineStr">
+        <is>
+          <t>Robinson Crusoe</t>
+        </is>
+      </c>
+      <c r="C240" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="241" spans="1:3">
+      <c r="A241" s="1" t="inlineStr">
+        <is>
+          <t>9786053702887</t>
+        </is>
+      </c>
+      <c r="B241" s="1" t="inlineStr">
+        <is>
+          <t>Romancı Olacak Çocuklar</t>
+        </is>
+      </c>
+      <c r="C241" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="242" spans="1:3">
+      <c r="A242" s="1" t="inlineStr">
+        <is>
+          <t>9786053702917</t>
+        </is>
+      </c>
+      <c r="B242" s="1" t="inlineStr">
+        <is>
+          <t>Aşk Girdabı</t>
+        </is>
+      </c>
+      <c r="C242" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="243" spans="1:3">
+      <c r="A243" s="1" t="inlineStr">
+        <is>
+          <t>9786053702849</t>
+        </is>
+      </c>
+      <c r="B243" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Eğitimi : Şimdiki Çocuklar</t>
+        </is>
+      </c>
+      <c r="C243" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="244" spans="1:3">
+      <c r="A244" s="1" t="inlineStr">
+        <is>
+          <t>9786053702825</t>
+        </is>
+      </c>
+      <c r="B244" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Eğitimi : Sadece İyilik</t>
+        </is>
+      </c>
+      <c r="C244" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="245" spans="1:3">
+      <c r="A245" s="1" t="inlineStr">
+        <is>
+          <t>9786053701347</t>
+        </is>
+      </c>
+      <c r="B245" s="1" t="inlineStr">
+        <is>
+          <t>Kafdağındaki Adam</t>
+        </is>
+      </c>
+      <c r="C245" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="246" spans="1:3">
+      <c r="A246" s="1" t="inlineStr">
+        <is>
+          <t>9786053702245</t>
+        </is>
+      </c>
+      <c r="B246" s="1" t="inlineStr">
+        <is>
+          <t>Gülü İncitme Gönül (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C246" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="247" spans="1:3">
+      <c r="A247" s="1" t="inlineStr">
+        <is>
+          <t>9786053707806</t>
+        </is>
+      </c>
+      <c r="B247" s="1" t="inlineStr">
+        <is>
+          <t>Hoş Geldin Ramazan</t>
+        </is>
+      </c>
+      <c r="C247" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="248" spans="1:3">
+      <c r="A248" s="1" t="inlineStr">
+        <is>
+          <t>9786053707028</t>
+        </is>
+      </c>
+      <c r="B248" s="1" t="inlineStr">
+        <is>
+          <t>Söyle Sen Aşk mısın?</t>
+        </is>
+      </c>
+      <c r="C248" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="249" spans="1:3">
+      <c r="A249" s="1" t="inlineStr">
+        <is>
+          <t>9786056889547</t>
+        </is>
+      </c>
+      <c r="B249" s="1" t="inlineStr">
+        <is>
+          <t>Bozkırdan Filizlenen - Bir Yaşam ve Binbir Anı Cilt: 2</t>
+        </is>
+      </c>
+      <c r="C249" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="250" spans="1:3">
+      <c r="A250" s="1" t="inlineStr">
+        <is>
+          <t>9786053707769</t>
+        </is>
+      </c>
+      <c r="B250" s="1" t="inlineStr">
+        <is>
+          <t>İçimize Kurt Düştü</t>
+        </is>
+      </c>
+      <c r="C250" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="251" spans="1:3">
+      <c r="A251" s="1" t="inlineStr">
+        <is>
+          <t>9786053707677</t>
+        </is>
+      </c>
+      <c r="B251" s="1" t="inlineStr">
+        <is>
+          <t>Düne Düşen Yazılar</t>
+        </is>
+      </c>
+      <c r="C251" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="252" spans="1:3">
+      <c r="A252" s="1" t="inlineStr">
+        <is>
+          <t>9786053707783</t>
+        </is>
+      </c>
+      <c r="B252" s="1" t="inlineStr">
+        <is>
+          <t>Mutlu Günlerim Mübarek Gecelerim</t>
+        </is>
+      </c>
+      <c r="C252" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="253" spans="1:3">
+      <c r="A253" s="1" t="inlineStr">
+        <is>
+          <t>9786053707776</t>
+        </is>
+      </c>
+      <c r="B253" s="1" t="inlineStr">
+        <is>
+          <t>Tatlı mı Tatlı Duam Kanatlı</t>
+        </is>
+      </c>
+      <c r="C253" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="254" spans="1:3">
+      <c r="A254" s="1" t="inlineStr">
+        <is>
+          <t>9786052043592</t>
+        </is>
+      </c>
+      <c r="B254" s="1" t="inlineStr">
+        <is>
+          <t>Türkçe Soru Bankası</t>
+        </is>
+      </c>
+      <c r="C254" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="255" spans="1:3">
+      <c r="A255" s="1" t="inlineStr">
+        <is>
+          <t>9786053700715</t>
+        </is>
+      </c>
+      <c r="B255" s="1" t="inlineStr">
+        <is>
+          <t>Yeşil Orman - 10 En Güzel Kuzu</t>
+        </is>
+      </c>
+      <c r="C255" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="256" spans="1:3">
+      <c r="A256" s="1" t="inlineStr">
+        <is>
+          <t>9786054047512</t>
+        </is>
+      </c>
+      <c r="B256" s="1" t="inlineStr">
+        <is>
+          <t>El Evinde</t>
+        </is>
+      </c>
+      <c r="C256" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="257" spans="1:3">
+      <c r="A257" s="1" t="inlineStr">
+        <is>
+          <t>9785123769010</t>
+        </is>
+      </c>
+      <c r="B257" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Dünyam Dizisi - 25 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C257" s="1">
+        <v>115.74</v>
+      </c>
+    </row>
+    <row r="258" spans="1:3">
+      <c r="A258" s="1" t="inlineStr">
+        <is>
+          <t>9786054047895</t>
+        </is>
+      </c>
+      <c r="B258" s="1" t="inlineStr">
+        <is>
+          <t>Kurbağa Prens</t>
+        </is>
+      </c>
+      <c r="C258" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="259" spans="1:3">
+      <c r="A259" s="1" t="inlineStr">
+        <is>
+          <t>9786054047611</t>
+        </is>
+      </c>
+      <c r="B259" s="1" t="inlineStr">
+        <is>
+          <t>Güzel ve Çirkin &amp; Kül Kedisi</t>
+        </is>
+      </c>
+      <c r="C259" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3">
+      <c r="A260" s="1" t="inlineStr">
+        <is>
+          <t>9786053700692</t>
+        </is>
+      </c>
+      <c r="B260" s="1" t="inlineStr">
+        <is>
+          <t>Düş Gezgini</t>
+        </is>
+      </c>
+      <c r="C260" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3">
+      <c r="A261" s="1" t="inlineStr">
+        <is>
+          <t>9786053707790</t>
+        </is>
+      </c>
+      <c r="B261" s="1" t="inlineStr">
+        <is>
+          <t>İftar Tabağı</t>
+        </is>
+      </c>
+      <c r="C261" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3">
+      <c r="A262" s="1" t="inlineStr">
+        <is>
+          <t>9785123769003</t>
+        </is>
+      </c>
+      <c r="B262" s="1" t="inlineStr">
+        <is>
+          <t>Gökkuşağı Dizisi Masallar Hikayeler - 30 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C262" s="1">
+        <v>44.45</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3">
+      <c r="A263" s="1" t="inlineStr">
+        <is>
+          <t>9786053707394</t>
+        </is>
+      </c>
+      <c r="B263" s="1" t="inlineStr">
+        <is>
+          <t>Sayyad ve Ceylan</t>
+        </is>
+      </c>
+      <c r="C263" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3">
+      <c r="A264" s="1" t="inlineStr">
+        <is>
+          <t>9786053707370</t>
+        </is>
+      </c>
+      <c r="B264" s="1" t="inlineStr">
+        <is>
+          <t>Simyacının Peşinde</t>
+        </is>
+      </c>
+      <c r="C264" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3">
+      <c r="A265" s="1" t="inlineStr">
+        <is>
+          <t>9789944281461</t>
+        </is>
+      </c>
+      <c r="B265" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk Şiirleri</t>
+        </is>
+      </c>
+      <c r="C265" s="1">
+        <v>4.02</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3">
+      <c r="A266" s="1" t="inlineStr">
+        <is>
+          <t>9786053706854</t>
+        </is>
+      </c>
+      <c r="B266" s="1" t="inlineStr">
+        <is>
+          <t>Aşk İsterse (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C266" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3">
+      <c r="A267" s="1" t="inlineStr">
+        <is>
+          <t>9786053700036</t>
+        </is>
+      </c>
+      <c r="B267" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal Yerler Boyama</t>
+        </is>
+      </c>
+      <c r="C267" s="1">
+        <v>1.5</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3">
+      <c r="A268" s="1" t="inlineStr">
+        <is>
+          <t>9786055121037</t>
+        </is>
+      </c>
+      <c r="B268" s="1" t="inlineStr">
+        <is>
+          <t>Neşeli Orman Hikayeleri Dizisi (8 Kitap Takım) - Büyük Boy</t>
+        </is>
+      </c>
+      <c r="C268" s="1">
+        <v>1600</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3">
+      <c r="A269" s="1" t="inlineStr">
+        <is>
+          <t>9786054047123</t>
+        </is>
+      </c>
+      <c r="B269" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Allah'ın Güzel İsimleri Esma-i Hüsna 6</t>
+        </is>
+      </c>
+      <c r="C269" s="1">
+        <v>2.5</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3">
+      <c r="A270" s="1" t="inlineStr">
+        <is>
+          <t>8690103527591</t>
+        </is>
+      </c>
+      <c r="B270" s="1" t="inlineStr">
+        <is>
+          <t>Harika Parmaklar Hikaye Dizisi (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C270" s="1">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3">
+      <c r="A271" s="1" t="inlineStr">
+        <is>
+          <t>9786053703280</t>
+        </is>
+      </c>
+      <c r="B271" s="1" t="inlineStr">
+        <is>
+          <t>Uyanık Eşek</t>
+        </is>
+      </c>
+      <c r="C271" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3">
+      <c r="A272" s="1" t="inlineStr">
+        <is>
+          <t>9786053706953</t>
+        </is>
+      </c>
+      <c r="B272" s="1" t="inlineStr">
+        <is>
+          <t>Savrulan Yıllar</t>
+        </is>
+      </c>
+      <c r="C272" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="273" spans="1:3">
+      <c r="A273" s="1" t="inlineStr">
+        <is>
+          <t>9786053707011</t>
+        </is>
+      </c>
+      <c r="B273" s="1" t="inlineStr">
+        <is>
+          <t>İkra İle Uyanmak</t>
+        </is>
+      </c>
+      <c r="C273" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="274" spans="1:3">
+      <c r="A274" s="1" t="inlineStr">
+        <is>
+          <t>9786053700968</t>
+        </is>
+      </c>
+      <c r="B274" s="1" t="inlineStr">
+        <is>
+          <t>Bilgin Baykuş Hikayeleri Dizisi (8 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C274" s="1">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="275" spans="1:3">
+      <c r="A275" s="1" t="inlineStr">
+        <is>
+          <t>9786053702900</t>
+        </is>
+      </c>
+      <c r="B275" s="1" t="inlineStr">
+        <is>
+          <t>Rüya Şiirleri</t>
+        </is>
+      </c>
+      <c r="C275" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="276" spans="1:3">
+      <c r="A276" s="1" t="inlineStr">
+        <is>
+          <t>9786053704256</t>
+        </is>
+      </c>
+      <c r="B276" s="1" t="inlineStr">
+        <is>
+          <t>Söğüt'ten Viyana'ya Osmanlı Sultanları</t>
+        </is>
+      </c>
+      <c r="C276" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="277" spans="1:3">
+      <c r="A277" s="1" t="inlineStr">
+        <is>
+          <t>9786053707004</t>
+        </is>
+      </c>
+      <c r="B277" s="1" t="inlineStr">
+        <is>
+          <t>Ve Kader Böyle İstedi</t>
+        </is>
+      </c>
+      <c r="C277" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="278" spans="1:3">
+      <c r="A278" s="1" t="inlineStr">
+        <is>
+          <t>9786054047185</t>
+        </is>
+      </c>
+      <c r="B278" s="1" t="inlineStr">
+        <is>
+          <t>Güz Güncesi</t>
+        </is>
+      </c>
+      <c r="C278" s="1">
+        <v>4.62</v>
+      </c>
+    </row>
+    <row r="279" spans="1:3">
+      <c r="A279" s="1" t="inlineStr">
+        <is>
+          <t>9786053707950</t>
+        </is>
+      </c>
+      <c r="B279" s="1" t="inlineStr">
+        <is>
+          <t>Badem Operasyonu</t>
+        </is>
+      </c>
+      <c r="C279" s="1">
+        <v>280</v>
+      </c>
+    </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>