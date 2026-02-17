--- v0 (2025-12-18)
+++ v1 (2026-02-17)
@@ -85,2065 +85,2080 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258185584</t>
+          <t>9786258185614</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Rahman Suresi 1</t>
+          <t>Ehl-i Beyt’in Varisleri</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>630</v>
+        <v>400</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059901352</t>
+          <t>9786258185584</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Rahmet Kapısı</t>
+          <t>Rahman Suresi 1</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>40</v>
+        <v>630</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786055902544</t>
+          <t>9786059901352</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Ariflerin Mertebeleri</t>
+          <t>Rahmet Kapısı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>25</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786055902254</t>
+          <t>9786055902544</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Shams</t>
+          <t>Ariflerin Mertebeleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786055902148</t>
+          <t>9786055902254</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahlarında Peygamber Sevgisi</t>
+          <t>Shams</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>13.89</v>
+        <v>50</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789944554565</t>
+          <t>9786055902148</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Ehl-i Beyt Sevgisi (Ciltli)</t>
+          <t>Osmanlı Padişahlarında Peygamber Sevgisi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055902018</t>
+          <t>9789944554565</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Neyden Dinle</t>
+          <t>Osmanlı Devleti’nde Ehl-i Beyt Sevgisi (Ciltli)</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>13.89</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055902025</t>
+          <t>9786055902018</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Peygambere Sevdirilen Kadın (Ciltli)</t>
+          <t>Neyden Dinle</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>27.78</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055902346</t>
+          <t>9786055902025</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İyiler ve İyilikler</t>
+          <t>Peygambere Sevdirilen Kadın (Ciltli)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>30</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055902056</t>
+          <t>9786055902346</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İdil’in Bayram Şekeri 1. Kitap</t>
+          <t>İyiler ve İyilikler</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>4.63</v>
+        <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055902179</t>
+          <t>9786055902056</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Hz. Pir Şaban-ı Veli Menkıbeleri</t>
+          <t>İdil’in Bayram Şekeri 1. Kitap</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>9.26</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055902216</t>
+          <t>9786055902179</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gönül Dünyamızı Aydınlatanlar</t>
+          <t>Hz. Pir Şaban-ı Veli Menkıbeleri</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>3990000002014</t>
+          <t>9786055902216</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>İslam Tasavvufunda Halvetiyye Ramazaniyye Usul ve Adabı</t>
+          <t>Gönül Dünyamızı Aydınlatanlar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>36.94</v>
+        <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786059901147</t>
+          <t>3990000002014</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Sahilsiz Bir Umman</t>
+          <t>İslam Tasavvufunda Halvetiyye Ramazaniyye Usul ve Adabı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>36.94</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786059901208</t>
+          <t>9786059901147</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Bilgi</t>
+          <t>Sahilsiz Bir Umman</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>85</v>
+        <v>180</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059901376</t>
+          <t>9786059901208</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Nedir?</t>
+          <t>Gerçek Bilgi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>190</v>
+        <v>85</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059901178</t>
+          <t>9786059901376</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Halleri</t>
+          <t>Tasavvuf Nedir?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>30</v>
+        <v>190</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786059901536</t>
+          <t>9786059901178</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>İki Denizin Buluştuğu Yer</t>
+          <t>İnsan ve Halleri</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>125</v>
+        <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258185553</t>
+          <t>9786059901536</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kağıt, Kalem, Seyir</t>
+          <t>İki Denizin Buluştuğu Yer</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>385</v>
+        <v>125</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786258185409</t>
+          <t>9786258185553</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Fusûsü’l-Hikem Serisi Hz. İsa Fassı</t>
+          <t>Kağıt, Kalem, Seyir</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>350</v>
+        <v>385</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786258185393</t>
+          <t>9786258185409</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Vakıa Suresi</t>
+          <t>Fusûsü’l-Hikem Serisi Hz. İsa Fassı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>630</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055902001</t>
+          <t>9786258185393</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Tasavvuf</t>
+          <t>Vakıa Suresi</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>325</v>
+        <v>630</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786258185386</t>
+          <t>9786055902001</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kendini Nasıl Bilirsin?</t>
+          <t>Kadın ve Tasavvuf</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>575</v>
+        <v>325</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786258185317</t>
+          <t>9786258185386</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Aydınlığa</t>
+          <t>Kendini Nasıl Bilirsin?</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>520</v>
+        <v>575</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786258185300</t>
+          <t>9786258185317</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Zilzal Suresi - Depremin Hakikati</t>
+          <t>Karanlıktan Aydınlığa</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>310</v>
+        <v>520</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258185119</t>
+          <t>9786258185300</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Geçenler - Ana Oğul Sohbetler</t>
+          <t>Zilzal Suresi - Depremin Hakikati</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258185126</t>
+          <t>9786258185119</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Resulullah’ı Nasıl Bilirsin?</t>
+          <t>İçimizden Geçenler - Ana Oğul Sohbetler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>630</v>
+        <v>420</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258185102</t>
+          <t>9786258185126</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ın Kalbi - Fatiha Suresi</t>
+          <t>Resulullah’ı Nasıl Bilirsin?</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>630</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258185072</t>
+          <t>9786258185102</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Rabbini Nasıl Bilirsin?</t>
+          <t>Kur’an’ın Kalbi - Fatiha Suresi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>505</v>
+        <v>630</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258185058</t>
+          <t>9786258185072</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Besmele</t>
+          <t>Rabbini Nasıl Bilirsin?</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>380</v>
+        <v>505</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258185041</t>
+          <t>9786258185058</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Hz. Üzeyir Fassı</t>
+          <t>Besmele</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>255</v>
+        <v>380</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258185034</t>
+          <t>9786258185041</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Rubailer - The Rubais of Rumi</t>
+          <t>Hz. Üzeyir Fassı</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>560</v>
+        <v>255</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258185027</t>
+          <t>9786258185034</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Bir Musiki Alpereni Yusuf Ömürlü</t>
+          <t>Mevlana Rubailer - The Rubais of Rumi</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>520</v>
+        <v>560</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258185003</t>
+          <t>9786258185027</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim'in İlk Tasavvufi Tefsiri: Tüsteri Tefsiri (Ciltli)</t>
+          <t>Bir Musiki Alpereni Yusuf Ömürlü</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>1000</v>
+        <v>520</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059901987</t>
+          <t>9786258185003</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bakara 5</t>
+          <t>Kur’an-ı Kerim'in İlk Tasavvufi Tefsiri: Tüsteri Tefsiri (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>450</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059901963</t>
+          <t>9786059901987</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’yı Dinlesek - Soru ve Cevaplarla Mevlana ve Mevlevilik</t>
+          <t>Bakara 5</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>410</v>
+        <v>450</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059901932</t>
+          <t>9786059901963</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Bugünün Yorumuyla Mesnevi Hikayeleri</t>
+          <t>Mevlana’yı Dinlesek - Soru ve Cevaplarla Mevlana ve Mevlevilik</t>
         </is>
       </c>
       <c r="C38" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059901949</t>
+          <t>9786059901932</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Yükselişi</t>
+          <t>Bugünün Yorumuyla Mesnevi Hikayeleri</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>340</v>
+        <v>410</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059901918</t>
+          <t>9786059901949</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hz. Lut</t>
+          <t>İnsanın Yükselişi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>255</v>
+        <v>340</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059901925</t>
+          <t>9786059901918</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İlahi Aşkın Sırları - İslam’ı Yaşama Kılavuzu</t>
+          <t>Hz. Lut</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>535</v>
+        <v>255</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059901598</t>
+          <t>9786059901925</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Evet Aşk Güzel Şeydir</t>
+          <t>İlahi Aşkın Sırları - İslam’ı Yaşama Kılavuzu</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>340</v>
+        <v>535</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059901383</t>
+          <t>9786059901598</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Merhametin Zaferi</t>
+          <t>Evet Aşk Güzel Şeydir</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059901444</t>
+          <t>9786059901383</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Bakara 4: Putların Kırılması</t>
+          <t>Merhametin Zaferi</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>505</v>
+        <v>380</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059901451</t>
+          <t>9786059901444</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hoş Gör Ya Hü</t>
+          <t>Bakara 4: Putların Kırılması</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>340</v>
+        <v>505</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059901017</t>
+          <t>9786059901451</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ya Allah’ın Sevdikleri!</t>
+          <t>Hoş Gör Ya Hü</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>295</v>
+        <v>340</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059901062</t>
+          <t>9786059901017</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Hz. İshak</t>
+          <t>Ya Allah’ın Sevdikleri!</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059901093</t>
+          <t>9786059901062</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gözlerin Nuru Namaz</t>
+          <t>Hz. İshak</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>380</v>
+        <v>255</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786055902476</t>
+          <t>9786059901093</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Gönülden Gönüle</t>
+          <t>Gözlerin Nuru Namaz</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055902568</t>
+          <t>9786055902476</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim Fususu'l-Hikem 5</t>
+          <t>Gönülden Gönüle</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055902490</t>
+          <t>9786055902568</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ile Var Olmak</t>
+          <t>Hz. İbrahim Fususu'l-Hikem 5</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>295</v>
+        <v>325</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786055902322</t>
+          <t>9786055902490</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Sırrı - Meryem Suresi (1-15. Ayet)</t>
+          <t>Kur'an ile Var Olmak</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>465</v>
+        <v>295</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786055902209</t>
+          <t>9786055902322</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Tarihi-Tasavvufi Menkıbeler ve Yorumları</t>
+          <t>Yaratılış Sırrı - Meryem Suresi (1-15. Ayet)</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>325</v>
+        <v>465</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786055902247</t>
+          <t>9786055902209</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Şems</t>
+          <t>Tarihi-Tasavvufi Menkıbeler ve Yorumları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>410</v>
+        <v>325</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786055902360</t>
+          <t>9786055902247</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Sohbetler</t>
+          <t>Şems</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>210</v>
+        <v>410</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786055902285</t>
+          <t>9786055902360</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Manevi Seferler İbnü'l-Arabi</t>
+          <t>Sohbetler</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>255</v>
+        <v>210</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786055902063</t>
+          <t>9786055902285</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Samiha Ayverdi ile Sırra Yolculuk</t>
+          <t>Manevi Seferler İbnü'l-Arabi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>410</v>
+        <v>255</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055902162</t>
+          <t>9786055902063</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Peygambere Sevdirilen Kadın</t>
+          <t>Samiha Ayverdi ile Sırra Yolculuk</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>295</v>
+        <v>410</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786055902407</t>
+          <t>9786055902162</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Nur-i Muhammedi</t>
+          <t>Peygambere Sevdirilen Kadın</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786055902384</t>
+          <t>9786055902407</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Ken’an Rifai’den Mesnevi Hatıraları</t>
+          <t>Nur-i Muhammedi</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>380</v>
+        <v>255</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786055902155</t>
+          <t>9786055902384</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Kabe’nin Hakikati</t>
+          <t>Ken’an Rifai’den Mesnevi Hatıraları</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786055902278</t>
+          <t>9786055902155</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İnsan-ı Kamil’in Hakikati</t>
+          <t>Kabe’nin Hakikati</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>505</v>
+        <v>380</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786055902377</t>
+          <t>9786055902278</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İbnü’l-Arabi Zaman ve Kozmoloji</t>
+          <t>İnsan-ı Kamil’in Hakikati</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>505</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786055902506</t>
+          <t>9786055902377</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hz. Şit</t>
+          <t>İbnü’l-Arabi Zaman ve Kozmoloji</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>325</v>
+        <v>505</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786055902520</t>
+          <t>9786055902506</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Hz. Nuh</t>
+          <t>Hz. Şit</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786055902513</t>
+          <t>9786055902520</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hz. Adem 1. Fas</t>
+          <t>Hz. Nuh</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>255</v>
+        <v>325</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055902094</t>
+          <t>9786055902513</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Hakikat-i Muhammediyye</t>
+          <t>Hz. Adem 1. Fas</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>410</v>
+        <v>255</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786050013030</t>
+          <t>9786055902094</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Ey İnsan</t>
+          <t>Hakikat-i Muhammediyye</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>745</v>
+        <v>410</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786055902223</t>
+          <t>9786050013030</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Dinle</t>
+          <t>Ey İnsan</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>295</v>
+        <v>745</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786055902186</t>
+          <t>9786055902223</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Can-ı Candır (Ciltli)</t>
+          <t>Dinle</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>505</v>
+        <v>295</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786055902193</t>
+          <t>9786055902186</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Nefsin İçyüzünü Tanımak - Bakara 2. Cilt (Ayet 11 - 29)</t>
+          <t>Can-ı Candır (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>505</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786055902049</t>
+          <t>9786055902193</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bakara 1. Cilt İman ve Küfür (Ayet 1 - 10)</t>
+          <t>Nefsin İçyüzünü Tanımak - Bakara 2. Cilt (Ayet 11 - 29)</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>505</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786055902421</t>
+          <t>9786055902049</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Ayetü’l Kürsi</t>
+          <t>Bakara 1. Cilt İman ve Küfür (Ayet 1 - 10)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>380</v>
+        <v>505</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786055902261</t>
+          <t>9786055902421</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Aşktan Dinle</t>
+          <t>Ayetü’l Kürsi</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>295</v>
+        <v>380</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059901475</t>
+          <t>9786055902261</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Hacı Bayram-ı Veli</t>
+          <t>Aşktan Dinle</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>410</v>
+        <v>295</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059901468</t>
+          <t>9786059901475</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dört Kapı</t>
+          <t>Hacı Bayram-ı Veli</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>325</v>
+        <v>410</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059901284</t>
+          <t>9786059901468</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ruhu Allah’a Yükselten Oruç</t>
+          <t>Dört Kapı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>380</v>
+        <v>325</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059901611</t>
+          <t>9786059901284</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf - 9. Fas</t>
+          <t>Ruhu Allah’a Yükselten Oruç</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>255</v>
+        <v>380</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059901079</t>
+          <t>9786059901611</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Höre</t>
+          <t>Hz. Yusuf - 9. Fas</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>295</v>
+        <v>255</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059901048</t>
+          <t>9786059901079</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Komşuluk Hakkı</t>
+          <t>Höre</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059901550</t>
+          <t>9786059901048</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Vatan Ana Samiha Ayverdi</t>
+          <t>Komşuluk Hakkı</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>340</v>
+        <v>255</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059901345</t>
+          <t>9786059901550</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Mevlana ve Hünkar</t>
+          <t>Vatan Ana Samiha Ayverdi</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059901574</t>
+          <t>9786059901345</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kalem Suresi</t>
+          <t>Mevlana ve Hünkar</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>505</v>
+        <v>410</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059901512</t>
+          <t>9786059901574</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf : İslam’ın Kalbi</t>
+          <t>Kalem Suresi</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>410</v>
+        <v>505</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059901529</t>
+          <t>9786059901512</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kulluğun Hakikati - Meryem Suresi 3</t>
+          <t>Tasavvuf : İslam’ın Kalbi</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>465</v>
+        <v>410</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059901314</t>
+          <t>9786059901529</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Affın Kapısı Tövbe</t>
+          <t>Kulluğun Hakikati - Meryem Suresi 3</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>325</v>
+        <v>465</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059901543</t>
+          <t>9786059901314</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>İslam, İman, İhsan, İnsan</t>
+          <t>Affın Kapısı Tövbe</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>380</v>
+        <v>325</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059901192</t>
+          <t>9786059901543</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>İbnü'l Arabi - Sayılar ve Rüyalar</t>
+          <t>İslam, İman, İhsan, İnsan</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059901369</t>
+          <t>9786059901192</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İrfan Sofraları 1</t>
+          <t>İbnü'l Arabi - Sayılar ve Rüyalar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059901567</t>
+          <t>9786059901369</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>İlahi Aşk</t>
+          <t>İrfan Sofraları 1</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>650</v>
+        <v>340</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055902551</t>
+          <t>9786059901567</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yaratılış Hikmetleri</t>
+          <t>İlahi Aşk</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>255</v>
+        <v>650</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055902537</t>
+          <t>9786055902551</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Açık Denize Yolculuk</t>
+          <t>Yaratılış Hikmetleri</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>295</v>
+        <v>255</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059901154</t>
+          <t>9786055902537</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>İbadet ve Dua</t>
+          <t>Açık Denize Yolculuk</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>350</v>
+        <v>295</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059901277</t>
+          <t>9786059901154</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Musikiye Adanmış Bir Ömür</t>
+          <t>İbadet ve Dua</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059901420</t>
+          <t>9786059901277</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Kenan Rifai ile Aşka Yolculuk</t>
+          <t>Musikiye Adanmış Bir Ömür</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>410</v>
+        <v>210</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059901031</t>
+          <t>9786059901420</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Sufiliğin Zirvesi: Hz. Mevlana'yı Anlamak</t>
+          <t>Kenan Rifai ile Aşka Yolculuk</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>410</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059901260</t>
+          <t>9786059901031</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Uzatılmış Yol</t>
+          <t>Sufiliğin Zirvesi: Hz. Mevlana'yı Anlamak</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>255</v>
+        <v>410</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055902292</t>
+          <t>9786059901260</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Davud Kayseri'de Varlık Bilgi ve İnsan</t>
+          <t>Uzatılmış Yol</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>325</v>
+        <v>255</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055902414</t>
+          <t>9786055902292</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Hz. İdris</t>
+          <t>Davud Kayseri'de Varlık Bilgi ve İnsan</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055902452</t>
+          <t>9786055902414</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sufi Metafiziği</t>
+          <t>Hz. İdris</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>325</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059901024</t>
+          <t>9786055902452</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi : Dönüşü Olmayan Yolculuk</t>
+          <t>Sufi Metafiziği</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>255</v>
+        <v>325</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055902445</t>
+          <t>9786059901024</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Kadın Portreleri (CD’li)</t>
+          <t>İbn Arabi : Dönüşü Olmayan Yolculuk</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>210</v>
+        <v>255</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055902438</t>
+          <t>9786055902445</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Peygamberi Tanımak (Ciltli)</t>
+          <t>Kur’an’da Kadın Portreleri (CD’li)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059901291</t>
+          <t>9786055902438</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Aldanışı</t>
+          <t>Peygamberi Tanımak (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>255</v>
+        <v>420</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059901307</t>
+          <t>9786059901291</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yakub</t>
+          <t>İnsanın Aldanışı</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059901239</t>
+          <t>9786059901307</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kadınlık Makamının En Yücesi</t>
+          <t>Hz. Yakub</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>465</v>
+        <v>255</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055902469</t>
+          <t>9786059901239</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Allah'ıma Sefere Çıktım</t>
+          <t>Kadınlık Makamının En Yücesi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>295</v>
+        <v>465</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059901185</t>
+          <t>9786055902469</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Hz. İsmail</t>
+          <t>Allah'ıma Sefere Çıktım</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055902865</t>
+          <t>9786059901185</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İbn Arabi</t>
+          <t>Hz. İsmail</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>380</v>
+        <v>255</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059901000</t>
+          <t>9786055902865</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Zikir</t>
+          <t>İbn Arabi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055902858</t>
+          <t>9786059901000</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mülk Suresi : Tebareke</t>
+          <t>Zikir</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>650</v>
+        <v>340</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059901086</t>
+          <t>9786055902858</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Birinci Yüzyılda İhyaü Ulümi'd - Din</t>
+          <t>Mülk Suresi : Tebareke</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>750</v>
+        <v>650</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059901635</t>
+          <t>9786059901086</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Hz. Peygamber ve Fütüvvet</t>
+          <t>Yirmi Birinci Yüzyılda İhyaü Ulümi'd - Din</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>280</v>
+        <v>750</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059901628</t>
+          <t>9786059901635</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Gidenlerin Ardından</t>
+          <t>Hz. Peygamber ve Fütüvvet</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>340</v>
+        <v>280</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059901772</t>
+          <t>9786059901628</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Leyl Suresi</t>
+          <t>Gidenlerin Ardından</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>410</v>
+        <v>340</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059901734</t>
+          <t>9786059901772</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Sufi Geleneğinde Dostluk ve Ahlak</t>
+          <t>Leyl Suresi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>255</v>
+        <v>410</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059901901</t>
+          <t>9786059901734</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Okyanusundan</t>
+          <t>Sufi Geleneğinde Dostluk ve Ahlak</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>380</v>
+        <v>255</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059901895</t>
+          <t>9786059901901</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Bilen Kalp</t>
+          <t>Mevlana Okyanusundan</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>410</v>
+        <v>380</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059901796</t>
+          <t>9786059901895</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Kozmoloji ve Mimari</t>
+          <t>Bilen Kalp</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>535</v>
+        <v>410</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059901871</t>
+          <t>9786059901796</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Ken’an Rifai: Hayatı, Eserleri ve Tasavvuf Anlayışı</t>
+          <t>Kozmoloji ve Mimari</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>770</v>
+        <v>535</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059901833</t>
+          <t>9786059901871</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>İrfan Sofraları 2</t>
+          <t>Ken’an Rifai: Hayatı, Eserleri ve Tasavvuf Anlayışı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>340</v>
+        <v>770</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059901819</t>
+          <t>9786059901833</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sufilerin Tarihine Farklı Bir Bakış Denemesi</t>
+          <t>İrfan Sofraları 2</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>520</v>
+        <v>340</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059901697</t>
+          <t>9786059901819</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Hikayesi</t>
+          <t>Sufilerin Tarihine Farklı Bir Bakış Denemesi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>535</v>
+        <v>520</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059901741</t>
+          <t>9786059901697</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hz. Salih 11. Fas</t>
+          <t>Aşkın Hikayesi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>255</v>
+        <v>535</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059901659</t>
+          <t>9786059901741</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Hz. Hüd</t>
+          <t>Hz. Salih 11. Fas</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059901765</t>
+          <t>9786059901659</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Love Is Something Beautiful</t>
+          <t>Hz. Hüd</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>340</v>
+        <v>255</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059901758</t>
+          <t>9786059901765</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Böyle Başladı</t>
+          <t>Love Is Something Beautiful</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>255</v>
+        <v>340</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059901857</t>
+          <t>9786059901758</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hz. Şuayb 12. Fas</t>
+          <t>Her Şey Böyle Başladı</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059901703</t>
+          <t>9786059901857</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Ken’an Rifai’nin Dervişlik Anlayışı</t>
+          <t>Hz. Şuayb 12. Fas</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>340</v>
+        <v>255</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059901673</t>
+          <t>9786059901703</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Cemalnur Sargut Cevaplıyor</t>
+          <t>Ken’an Rifai’nin Dervişlik Anlayışı</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>295</v>
+        <v>340</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059901680</t>
+          <t>9786059901673</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Aşina</t>
+          <t>Cemalnur Sargut Cevaplıyor</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>410</v>
+        <v>295</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059901604</t>
+          <t>9786059901680</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Arşiv Belgeleri Işığında İstiklal Harbi'nde Mevleviler ve Bektaşiler</t>
+          <t>Aşina</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>450</v>
+        <v>410</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059901666</t>
+          <t>9786059901604</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Gönül Bahçesi</t>
+          <t>Arşiv Belgeleri Işığında İstiklal Harbi'nde Mevleviler ve Bektaşiler</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>410</v>
+        <v>450</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059901642</t>
+          <t>9786059901666</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Duha Suresi İnşirah Suresi Tın Suresi</t>
+          <t>Gönül Bahçesi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>505</v>
+        <v>410</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059901581</t>
+          <t>9786059901642</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kuran’dan Hikayeler</t>
+          <t>Duha Suresi İnşirah Suresi Tın Suresi</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>325</v>
+        <v>505</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
+          <t>9786059901581</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Kuran’dan Hikayeler</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
           <t>9786055902353</t>
         </is>
       </c>
-      <c r="B136" s="1" t="inlineStr">
+      <c r="B137" s="1" t="inlineStr">
         <is>
           <t>Tasavvuf İlmine Giriş</t>
         </is>
       </c>
-      <c r="C136" s="1">
+      <c r="C137" s="1">
         <v>340</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>