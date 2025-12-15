--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,15460 +85,15595 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786057649904</t>
+          <t>9786259273570</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Daha</t>
+          <t>Başlangıç Çizgisi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>218</v>
+        <v>395</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786057649539</t>
+          <t>9786259273587</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Doğru Nefesle Kaliteli Yaşam</t>
+          <t>Bitiş Çizgisi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>218</v>
+        <v>395</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259663272</t>
+          <t>9786259273549</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Maskeler ve Aynalar</t>
+          <t>Yaz Kızı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>248</v>
+        <v>435</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259663227</t>
+          <t>9786259603117</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Sana Emanet</t>
+          <t>Kötü Kız Şöhreti</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>320</v>
+        <v>395</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259663258</t>
+          <t>9786259273518</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yine mi Sen?</t>
+          <t>Alfa</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>395</v>
+        <v>445</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258400069</t>
+          <t>9786259273563</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Üç 21 Kuralı Şifa Ritüelleri</t>
+          <t>Doğadaki Sağlık</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>345</v>
+        <v>595</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259663265</t>
+          <t>9786259273556</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çay Fırtınası</t>
+          <t>Bir Tanısan Seversin Kendini</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>365</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059809238</t>
+          <t>9786259273525</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tibet’in Gençlik Pınarı 2. Kitap</t>
+          <t>Düşün ve Zengin Ol!</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>325</v>
+        <v>365</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259663234</t>
+          <t>9786259663296</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gönül Avcısı</t>
+          <t>Evlilik İnsanları</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>395</v>
+        <v>420</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256755000</t>
+          <t>9786057649904</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğuna İyi Bak</t>
+          <t>Bir Gün Daha</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>285</v>
+        <v>218</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259663241</t>
+          <t>9786057649539</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Mafya Günlükleri 4: Günah</t>
+          <t>Doğru Nefesle Kaliteli Yaşam</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>325</v>
+        <v>218</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259663203</t>
+          <t>9786259663272</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hamilelik, Doğum ve Bebek Bakım Kitabı</t>
+          <t>Maskeler ve Aynalar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>650</v>
+        <v>248</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259592152</t>
+          <t>9786259663227</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Medikal Medyum/ Beyin Kurtarıcı</t>
+          <t>Ruhum Sana Emanet</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>695</v>
+        <v>320</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259663210</t>
+          <t>9786259663258</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Başarının Pin Kodu</t>
+          <t>Yine mi Sen?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>198</v>
+        <v>395</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257359283</t>
+          <t>9786258400069</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>La Fortuna</t>
+          <t>Üç 21 Kuralı Şifa Ritüelleri</t>
         </is>
       </c>
       <c r="C16" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057649386</t>
+          <t>9786259663265</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gül Gibi Zabıta Dururken Kızını Çöpçüye Veren Adam</t>
+          <t>Çay Fırtınası</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>295</v>
+        <v>365</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786258400144</t>
+          <t>9786059809238</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalet Hastalık: Lyme</t>
+          <t>Tibet’in Gençlik Pınarı 2. Kitap</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>198</v>
+        <v>325</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259603179</t>
+          <t>9786259663234</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hayalet</t>
+          <t>Gönül Avcısı</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257359900</t>
+          <t>9786256755000</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Tersine Çevir</t>
+          <t>Çocukluğuna İyi Bak</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>195</v>
+        <v>285</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789789990033</t>
+          <t>9786259663241</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Briar Kampüsü Serisi 4 Kitap Takım</t>
+          <t>Kanlı Mafya Günlükleri 4: Günah</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>1275</v>
+        <v>325</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786052164846</t>
+          <t>9786259663203</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ben İyi Bir Kızdım</t>
+          <t>Hamilelik, Doğum ve Bebek Bakım Kitabı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>189</v>
+        <v>650</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055395810</t>
+          <t>9786259592152</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Erkekler İçin El Kitabı</t>
+          <t>Medikal Medyum/ Beyin Kurtarıcı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>30</v>
+        <v>695</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786059545082</t>
+          <t>9786259663210</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Lordu Dize Getirmenin On Yolu</t>
+          <t>Başarının Pin Kodu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786059809276</t>
+          <t>9786257359283</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzluğun Başkenti Türkiye</t>
+          <t>La Fortuna</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>25</v>
+        <v>345</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057649027</t>
+          <t>9786057649386</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Emily</t>
+          <t>Gül Gibi Zabıta Dururken Kızını Çöpçüye Veren Adam</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>128.5</v>
+        <v>295</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786052164914</t>
+          <t>9786258400144</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Uzanan Merdiven</t>
+          <t>Bir Hayalet Hastalık: Lyme</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>139</v>
+        <v>198</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786052164822</t>
+          <t>9786259603179</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Karikatürler 3</t>
+          <t>Hayalet</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>238.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786052164792</t>
+          <t>9786257359900</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hunililer</t>
+          <t>Hayatını Tersine Çevir</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>238.5</v>
+        <v>195</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786259603193</t>
+          <t>9789789990033</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yolda Olmak</t>
+          <t>Briar Kampüsü Serisi 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>218</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259592176</t>
+          <t>9786052164846</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Fısıltısı</t>
+          <t>Ben İyi Bir Kızdım</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>345</v>
+        <v>189</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259603186</t>
+          <t>9786055395810</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Animosa</t>
+          <t>Erkekler İçin El Kitabı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>225</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259728599</t>
+          <t>9786059545082</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Olur mu Aşkım?</t>
+          <t>Bir Lordu Dize Getirmenin On Yolu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>285</v>
+        <v>199</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258400762</t>
+          <t>9786059809276</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Suçlu Kız Kardeş</t>
+          <t>Mutsuzluğun Başkenti Türkiye</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>285</v>
+        <v>25</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258400670</t>
+          <t>9786057649027</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Faili Meçhul Cinayetler</t>
+          <t>Emily</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>198</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786258400533</t>
+          <t>9786052164914</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Saatler</t>
+          <t>Gökyüzüne Uzanan Merdiven</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>325</v>
+        <v>139</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786258400212</t>
+          <t>9786052164822</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ben Bilmem Beyin Bilir</t>
+          <t>Karikatürler 3</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>315</v>
+        <v>238.5</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786258400083</t>
+          <t>9786052164792</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Beden Dilini Anlamak</t>
+          <t>Hunililer</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>142</v>
+        <v>238.5</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786258400113</t>
+          <t>9786259603193</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bi Sor Seni Neden Seçtim</t>
+          <t>Yolda Olmak</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>255</v>
+        <v>218</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259990026</t>
+          <t>9786259592176</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Krallık Serisi 2 Kitap Takım</t>
+          <t>Gölgenin Fısıltısı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>520</v>
+        <v>345</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257359825</t>
+          <t>9786259603186</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Madalyon</t>
+          <t>Animosa</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789780005214</t>
+          <t>9786259728599</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bütün Karikatürler Set - 5 Kitap Takım</t>
+          <t>Olur mu Aşkım?</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>1952</v>
+        <v>285</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257359702</t>
+          <t>9786258400762</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bir Tesadüftü Aşk</t>
+          <t>Suçlu Kız Kardeş</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>164</v>
+        <v>285</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257359641</t>
+          <t>9786258400670</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Montessori Kelimeler ve Sayılar Kitabı</t>
+          <t>Faili Meçhul Cinayetler</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>109</v>
+        <v>198</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786052164099</t>
+          <t>9786258400533</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İhanetin Kitabı - Remnant Serisi (Ciltli)</t>
+          <t>Karanlık Saatler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>37</v>
+        <v>325</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786052164143</t>
+          <t>9786258400212</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bisiklet - Atıl'ın Maceraları 2</t>
+          <t>Ben Bilmem Beyin Bilir</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>168</v>
+        <v>315</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057649171</t>
+          <t>9786258400083</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Biz</t>
+          <t>Beden Dilini Anlamak</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>225</v>
+        <v>142</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057649089</t>
+          <t>9786258400113</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tatlı Yalanlar</t>
+          <t>Bi Sor Seni Neden Seçtim</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>165</v>
+        <v>255</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786052164624</t>
+          <t>9786259990026</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Rüyalardan Düşen Tozlar</t>
+          <t>Vahşi Krallık Serisi 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>117</v>
+        <v>520</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052164600</t>
+          <t>9786257359825</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kaçak</t>
+          <t>Madalyon</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>37</v>
+        <v>195</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052164617</t>
+          <t>9789780005214</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Yürüyen Kız</t>
+          <t>Bütün Karikatürler Set - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>36</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059545778</t>
+          <t>9786257359702</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sırlar</t>
+          <t>Bir Tesadüftü Aşk</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>37.5</v>
+        <v>164</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786059545969</t>
+          <t>9786257359641</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Bir Kala</t>
+          <t>Montessori Kelimeler ve Sayılar Kitabı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>30</v>
+        <v>109</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059545785</t>
+          <t>9786052164099</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ateşle Oynamak (Ciltli)</t>
+          <t>İhanetin Kitabı - Remnant Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>32.5</v>
+        <v>37</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059545792</t>
+          <t>9786052164143</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>İskoç Sürgünü</t>
+          <t>Mavi Bisiklet - Atıl'ın Maceraları 2</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>59</v>
+        <v>168</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059961912</t>
+          <t>9786057649171</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yolculuk (Cep Boy)</t>
+          <t>Biz</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>9.9</v>
+        <v>225</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786059961950</t>
+          <t>9786057649089</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hafta Sonu Kaçamağı</t>
+          <t>Küçük Tatlı Yalanlar</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>9</v>
+        <v>165</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055395082</t>
+          <t>9786052164624</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Mankafalar Cetesi (4 Kitap Set)</t>
+          <t>Rüyalardan Düşen Tozlar</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>37.04</v>
+        <v>117</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059961974</t>
+          <t>9786052164600</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İntikam Ateşi (Cep Boy)</t>
+          <t>Kaçak</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>9.9</v>
+        <v>37</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059961943</t>
+          <t>9786052164617</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gelinin Kolyesi</t>
+          <t>Gölgede Yürüyen Kız</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>9.9</v>
+        <v>36</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059545181</t>
+          <t>9786059545778</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler</t>
+          <t>Karanlık Sırlar</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>18.5</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052164105</t>
+          <t>9786059545969</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Beni Bul (Ciltli)</t>
+          <t>Mutluluğa Bir Kala</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>48</v>
+        <v>30</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052164013</t>
+          <t>9786059545785</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Hayat Çok Karmaşık - Mızmız</t>
+          <t>Ateşle Oynamak (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>42</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052164044</t>
+          <t>9786059545792</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Kediler Çok Yaramaz - Mızmız</t>
+          <t>İskoç Sürgünü</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>22</v>
+        <v>59</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059545952</t>
+          <t>9786059961912</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>4. Maymun (Ciltli)</t>
+          <t>Aşka Yolculuk (Cep Boy)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>44</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059545945</t>
+          <t>9786059961950</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Hafta Sonu Kaçamağı</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>18</v>
+        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052164037</t>
+          <t>9786055395082</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Devler Çok Büyük - Mızmız</t>
+          <t>Mankafalar Cetesi (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>22</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786057649096</t>
+          <t>9786059961974</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Anlaşma</t>
+          <t>İntikam Ateşi (Cep Boy)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>49</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057649102</t>
+          <t>9786059961943</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sabır</t>
+          <t>Gelinin Kolyesi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>159</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052164891</t>
+          <t>9786059545181</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>Eğlenceli Deneyler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>62</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052164334</t>
+          <t>9786052164105</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>O Kız Ben Değilim (Ciltli)</t>
+          <t>Beni Bul (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>37</v>
+        <v>48</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052164310</t>
+          <t>9786052164013</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Güreşçi Troller Maç 4</t>
+          <t>Hayat Çok Karmaşık - Mızmız</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>14</v>
+        <v>42</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052164303</t>
+          <t>9786052164044</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Güreşçi Troller Maç 3</t>
+          <t>Kediler Çok Yaramaz - Mızmız</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059809504</t>
+          <t>9786059545952</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Aldatıcı Öpücük - Remnant Serisi 1 (Ciltli)</t>
+          <t>4. Maymun (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>44</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059545594</t>
+          <t>9786059545945</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Hayaletli Şeyler (Ciltli)</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>29.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059545501</t>
+          <t>9786052164037</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ejder (Ciltli)</t>
+          <t>Devler Çok Büyük - Mızmız</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>37</v>
+        <v>22</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059545495</t>
+          <t>9786057649096</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kuki'nin Acayip Günlüğü 4 - Işıklar ve Kamera (Ciltli)</t>
+          <t>Tehlikeli Anlaşma</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>30</v>
+        <v>49</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059545464</t>
+          <t>9786057649102</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Kuki’nin Acayip Günlüğü 3 - Amma Çok Takipçim Var! (Ciltli)</t>
+          <t>Sabır</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>30</v>
+        <v>159</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059545488</t>
+          <t>9786052164891</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kuki'nin Acayip Günlüğü - Tuvalette Okumak Yasaktır! (Ciltli)</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>30</v>
+        <v>62</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059545440</t>
+          <t>9786052164334</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kuki'nin Acayip Günlüğü 2 - Kızlar, Sırlar, Falan Filan... (Ciltli)</t>
+          <t>O Kız Ben Değilim (Ciltli)</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>109</v>
+        <v>37</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059545457</t>
+          <t>9786052164310</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kuki'nin Acayip Günlüğü 1 - Size Okumayın Demedim mi? (Ciltli)</t>
+          <t>Güreşçi Troller Maç 4</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059961998</t>
+          <t>9786052164303</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Aşk Hikayesi (Cep Boy)</t>
+          <t>Güreşçi Troller Maç 3</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>9.9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052164495</t>
+          <t>9786059809504</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Siyam İkizlerinin Seks Yaşamı</t>
+          <t>Aldatıcı Öpücük - Remnant Serisi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052164419</t>
+          <t>9786059545594</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>5. Cinayet</t>
+          <t>Korkunç Hayaletli Şeyler (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>395</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052164235</t>
+          <t>9786059545501</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Büyük Define Macerası - Cep Korsanları (Ciltli)</t>
+          <t>Kızıl Ejder (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>129</v>
+        <v>37</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052164242</t>
+          <t>9786059545495</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Büyük Örümcek Tuzağı - Cep Korsanları (Ciltli)</t>
+          <t>Kuki'nin Acayip Günlüğü 4 - Işıklar ve Kamera (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>119</v>
+        <v>30</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052164181</t>
+          <t>9786059545464</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Nehir Kuşlarının Şarkısı</t>
+          <t>Kuki’nin Acayip Günlüğü 3 - Amma Çok Takipçim Var! (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>109</v>
+        <v>30</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052164174</t>
+          <t>9786059545488</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Ocak (Ciltli)</t>
+          <t>Kuki'nin Acayip Günlüğü - Tuvalette Okumak Yasaktır! (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>37</v>
+        <v>30</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059545808</t>
+          <t>9786059545440</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Pervane (Ciltli)</t>
+          <t>Kuki'nin Acayip Günlüğü 2 - Kızlar, Sırlar, Falan Filan... (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>42</v>
+        <v>109</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059545723</t>
+          <t>9786059545457</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Beni Bul</t>
+          <t>Kuki'nin Acayip Günlüğü 1 - Size Okumayın Demedim mi? (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>32.5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059545600</t>
+          <t>9786059961998</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yedi İsimli Kız</t>
+          <t>Küçük Bir Aşk Hikayesi (Cep Boy)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>139</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059545624</t>
+          <t>9786052164495</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Setna Yükseliyor - Büyücülerin Düellosu</t>
+          <t>Siyam İkizlerinin Seks Yaşamı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>225</v>
+        <v>45</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059545587</t>
+          <t>9786052164419</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>O Sen Olmalısın</t>
+          <t>5. Cinayet</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>28</v>
+        <v>395</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059545563</t>
+          <t>9786052164235</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Perili Otelde Tatil - Benim Canavarlarım 3</t>
+          <t>Büyük Define Macerası - Cep Korsanları (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>42.5</v>
+        <v>129</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059545556</t>
+          <t>9786052164242</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Korku Tünelindeki Sır - Benim Canavarlarım 1</t>
+          <t>Büyük Örümcek Tuzağı - Cep Korsanları (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>26</v>
+        <v>119</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059545549</t>
+          <t>9786052164181</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dersteki Dehşet - Benim Canavarlarım 2</t>
+          <t>Nehir Kuşlarının Şarkısı</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>42.5</v>
+        <v>109</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052164952</t>
+          <t>9786052164174</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Dokunuş</t>
+          <t>Kanlı Ocak (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>49</v>
+        <v>37</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055156060</t>
+          <t>9786059545808</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Düşes</t>
+          <t>Pervane (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>17.59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055913694</t>
+          <t>9786059545723</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Zehr-i Katil</t>
+          <t>Beni Bul</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>13.89</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055913212</t>
+          <t>9786059545600</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yolum</t>
+          <t>Yedi İsimli Kız</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>11.11</v>
+        <v>139</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055913762</t>
+          <t>9786059545624</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Yiğit Karaahmet’in Şahane Hayatı</t>
+          <t>Setna Yükseliyor - Büyücülerin Düellosu</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>11.11</v>
+        <v>225</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055913434</t>
+          <t>9786059545587</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yarım</t>
+          <t>O Sen Olmalısın</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>9.26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055395698</t>
+          <t>9786059545563</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Vampir Okulu - Sahne Heyecanı</t>
+          <t>Perili Otelde Tatil - Benim Canavarlarım 3</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>11.5</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055395681</t>
+          <t>9786059545556</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Vampir Okulu - Okul Gezisi</t>
+          <t>Yeşil Korku Tünelindeki Sır - Benim Canavarlarım 1</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>11.5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055395674</t>
+          <t>9786059545549</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Vampir Okulu - Kasketbol Maçı</t>
+          <t>Dersteki Dehşet - Benim Canavarlarım 2</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>11.5</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055395711</t>
+          <t>9786052164952</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Vampir Okulu - Hayalet Müfettişleri</t>
+          <t>Karanlık Dokunuş</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>11.5</v>
+        <v>49</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055395704</t>
+          <t>9786055156060</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Vampir Okulu - Eyvah! Yeni Öğretmen</t>
+          <t>Zoraki Düşes</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>11.5</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055395322</t>
+          <t>9786055913694</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucunun Harman Yeri</t>
+          <t>Zehr-i Katil</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055395537</t>
+          <t>9786055913212</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tengezer</t>
+          <t>Yolum</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055395834</t>
+          <t>9786055913762</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Nefesi</t>
+          <t>Yiğit Karaahmet’in Şahane Hayatı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>16.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055092009</t>
+          <t>9786055913434</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Şelale’nin Bez Bebeği</t>
+          <t>Yarım</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055395315</t>
+          <t>9786055395698</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Şarkısı Beyaz</t>
+          <t>Vampir Okulu - Sahne Heyecanı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>13.89</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055395957</t>
+          <t>9786055395681</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Stres ve Endişeyle Başa Çıkmanın Yolları</t>
+          <t>Vampir Okulu - Okul Gezisi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>21</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055913687</t>
+          <t>9786055395674</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Son Lobotomi</t>
+          <t>Vampir Okulu - Kasketbol Maçı</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>12.04</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786056362958</t>
+          <t>9786055395711</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Son Hikaye</t>
+          <t>Vampir Okulu - Hayalet Müfettişleri</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>10.19</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055913243</t>
+          <t>9786055395704</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Son 13 Gün</t>
+          <t>Vampir Okulu - Eyvah! Yeni Öğretmen</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>7.31</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055395766</t>
+          <t>9786055395322</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yıldızlar Kulübü 2 - Bir Midilli’nin Dileği</t>
+          <t>Uyuşturucunun Harman Yeri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055395759</t>
+          <t>9786055395537</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yıldızlar Kulübü 1 - Bir Arkadaşlık Dileği</t>
+          <t>Tengezer</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786056402791</t>
+          <t>9786055395834</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sırma’nın Günlüğü</t>
+          <t>Şeytanın Nefesi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>65</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786056402777</t>
+          <t>9786055092009</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Sıdıka Hanım</t>
+          <t>Şelale’nin Bez Bebeği</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>25.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786056362941</t>
+          <t>9786055395315</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes El Kitabı (Ciltli)</t>
+          <t>Şarkısı Beyaz</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>23.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786056362903</t>
+          <t>9786055395957</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Sevmesem Ruhsuz Sevsem Mutsuz Gibiyim</t>
+          <t>Stres ve Endişeyle Başa Çıkmanın Yolları</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>12.96</v>
+        <v>21</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055395445</t>
+          <t>9786055913687</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Herkesten Şikayeti Var</t>
+          <t>Son Lobotomi</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>10.19</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055913656</t>
+          <t>9786056362958</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Düet, Silahsız Düello</t>
+          <t>Son Hikaye</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055395926</t>
+          <t>9786055913243</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Seni Gömmem İmkansız</t>
+          <t>Son 13 Gün</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>13.89</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055395544</t>
+          <t>9786055395766</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Senden Sonra</t>
+          <t>Sihirli Yıldızlar Kulübü 2 - Bir Midilli’nin Dileği</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055913496</t>
+          <t>9786055395759</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Satranç Cinayetleri</t>
+          <t>Sihirli Yıldızlar Kulübü 1 - Bir Arkadaşlık Dileği</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>9.17</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055913366</t>
+          <t>9786056402791</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Satranç Cinayetleri</t>
+          <t>Sırma’nın Günlüğü</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>20.37</v>
+        <v>65</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055395162</t>
+          <t>9786056402777</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Rahmi Bey</t>
+          <t>Sıdıka Hanım</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>40</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055913083</t>
+          <t>9786056362941</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Prenses Sultana’nın Hikayesi</t>
+          <t>Sherlock Holmes El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>13.89</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055395797</t>
+          <t>9786056362903</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yıldızlar Kulübü 5 - Bir Film Yıldızının Dileği</t>
+          <t>Sevmesem Ruhsuz Sevsem Mutsuz Gibiyim</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055395780</t>
+          <t>9786055395445</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yıldızlar Kulübü 4 - Bir Sihirbazın Dileği</t>
+          <t>Sevginin Herkesten Şikayeti Var</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055395773</t>
+          <t>9786055913656</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yıldızlar Kulübü 3 - Bir Şarkıcının Dileği</t>
+          <t>Sessiz Düet, Silahsız Düello</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055092948</t>
+          <t>9786055395926</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Perina</t>
+          <t>Seni Gömmem İmkansız</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>42</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055156145</t>
+          <t>9786055395544</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Patpat Jack - 2 Köpek Ziyafeti</t>
+          <t>Senden Sonra</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>7.87</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055156138</t>
+          <t>9786055913496</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Patpat Jack - 1 Uçan Böcük</t>
+          <t>Satranç Cinayetleri</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>7.87</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055395650</t>
+          <t>9786055913366</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Paşaport</t>
+          <t>Satranç Cinayetleri</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>12.96</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055395476</t>
+          <t>9786055395162</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Oyun İçinde Oyun</t>
+          <t>Rahmi Bey</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>15.74</v>
+        <v>40</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055395629</t>
+          <t>9786055913083</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Oyun</t>
+          <t>Prenses Sultana’nın Hikayesi</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>20.37</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055913335</t>
+          <t>9786055395797</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Olmaz Olsun Cüzdanımda Milyonlar</t>
+          <t>Sihirli Yıldızlar Kulübü 5 - Bir Film Yıldızının Dileği</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055395841</t>
+          <t>9786055395780</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’siz Hayat Bir Hatadır</t>
+          <t>Sihirli Yıldızlar Kulübü 4 - Bir Sihirbazın Dileği</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055092283</t>
+          <t>9786055395773</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Neredesin Şelale - Şelale’nin Bez Bebeği 2</t>
+          <t>Sihirli Yıldızlar Kulübü 3 - Bir Şarkıcının Dileği</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>21.5</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055092276</t>
+          <t>9786055092948</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Miralayın Kızı Süreyya</t>
+          <t>Perina</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>49</v>
+        <v>42</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055395582</t>
+          <t>9786055156145</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Mihrimah</t>
+          <t>Patpat Jack - 2 Köpek Ziyafeti</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>18.52</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055410315</t>
+          <t>9786055156138</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Menazimül’l-Cevahir</t>
+          <t>Patpat Jack - 1 Uçan Böcük</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>12.96</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055156022</t>
+          <t>9786055395650</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Mankafalar Çetesi - Uzaya Yolculuk</t>
+          <t>Paşaport</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055156015</t>
+          <t>9786055395476</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Mankafalar Çetesi - Müze Soygunu</t>
+          <t>Oyun İçinde Oyun</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055395995</t>
+          <t>9786055395629</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Mankafalar Çetesi - Kutup Macerası</t>
+          <t>Oyun</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055156008</t>
+          <t>9786055913335</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Mankafalar Çetesi - Korsanların Peşinde</t>
+          <t>Olmaz Olsun Cüzdanımda Milyonlar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055913274</t>
+          <t>9786055395841</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Makyajda Sihirbazlık Numaraları</t>
+          <t>Nietzsche’siz Hayat Bir Hatadır</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>12.04</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055913816</t>
+          <t>9786055092283</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Lucian</t>
+          <t>Neredesin Şelale - Şelale’nin Bez Bebeği 2</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>11.57</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055913410</t>
+          <t>9786055092276</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Lucian</t>
+          <t>Miralayın Kızı Süreyya</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>22.22</v>
+        <v>49</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055913328</t>
+          <t>9786055395582</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Kül Ana</t>
+          <t>Mihrimah</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055395742</t>
+          <t>9786055410315</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yalanlar Yüksek Topuklar</t>
+          <t>Menazimül’l-Cevahir</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055092917</t>
+          <t>9786055156022</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tatlı Heyecan</t>
+          <t>Mankafalar Çetesi - Uzaya Yolculuk</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055156084</t>
+          <t>9786055156015</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Korsan Okulu: Doğum Günü Tantanası</t>
+          <t>Mankafalar Çetesi - Müze Soygunu</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>6.94</v>
+        <v>15</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055156091</t>
+          <t>9786055395995</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Korsan Okulu: Birazcık Rüzgar</t>
+          <t>Mankafalar Çetesi - Kutup Macerası</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>6.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055395346</t>
+          <t>9786055156008</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Konuşsam Sessizlik Gitsem Ayrılık</t>
+          <t>Mankafalar Çetesi - Korsanların Peşinde</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>10.19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055913649</t>
+          <t>9786055913274</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kir</t>
+          <t>Makyajda Sihirbazlık Numaraları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055395735</t>
+          <t>9786055913816</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Kimse Acınacak Kadar Masum Değildir</t>
+          <t>Lucian</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>16.67</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786056402746</t>
+          <t>9786055913410</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Utanmak</t>
+          <t>Lucian</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>12.96</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055156107</t>
+          <t>9786055913328</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Korsan Okulu: Sudan Çıkmış Balıklar</t>
+          <t>Kül Ana</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>6.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055395728</t>
+          <t>9786055395742</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Vampir Okulu - Usta Şef Yarışması</t>
+          <t>Küçük Yalanlar Yüksek Topuklar</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>11.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055156114</t>
+          <t>9786055092917</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Korsan Okulu: Gemide Köpek Var</t>
+          <t>Küçük Tatlı Heyecan</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>6.94</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055395803</t>
+          <t>9786055156084</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yıldızlar Kulübü 6 - Bir Balerinin Dileği</t>
+          <t>Korsan Okulu: Doğum Günü Tantanası</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>11.11</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055395612</t>
+          <t>9786055156091</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Kan Yangını</t>
+          <t>Korsan Okulu: Birazcık Rüzgar</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>16.67</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055913618</t>
+          <t>9786055395346</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kadın Krallığı</t>
+          <t>Konuşsam Sessizlik Gitsem Ayrılık</t>
         </is>
       </c>
       <c r="C167" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055395551</t>
+          <t>9786055913649</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kabus</t>
+          <t>Kir</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055913632</t>
+          <t>9786055395735</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>İntihar Etüdleri Dairesi</t>
+          <t>Kimse Acınacak Kadar Masum Değildir</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786055395643</t>
+          <t>9786056402746</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>İnceldiği Yerden Kopsun Kıyamet</t>
+          <t>Kendinden Utanmak</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055913823</t>
+          <t>9786055156107</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İmago</t>
+          <t>Korsan Okulu: Sudan Çıkmış Balıklar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>16.67</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055913441</t>
+          <t>9786055395728</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>İlk Lokmada Aşk</t>
+          <t>Vampir Okulu - Usta Şef Yarışması</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>9.26</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055913458</t>
+          <t>9786055156114</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>İki Soluk Arasında</t>
+          <t>Korsan Okulu: Gemide Köpek Var</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>10.19</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055913465</t>
+          <t>9786055395803</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>İçinde Aşk Var</t>
+          <t>Sihirli Yıldızlar Kulübü 6 - Bir Balerinin Dileği</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>7.31</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055913205</t>
+          <t>9786055395612</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İçinde Aşk Var</t>
+          <t>Kan Yangını</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055913557</t>
+          <t>9786055913618</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Umut</t>
+          <t>Kadın Krallığı</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>13.89</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055395452</t>
+          <t>9786055395551</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Sen Kırıntıları</t>
+          <t>Kabus</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055395933</t>
+          <t>9786055913632</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Başka Ben</t>
+          <t>İntihar Etüdleri Dairesi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055913908</t>
+          <t>9786055395643</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Işık Prensi</t>
+          <t>İnceldiği Yerden Kopsun Kıyamet</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055092245</t>
+          <t>9786055913823</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Hümeyra</t>
+          <t>İmago</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055092030</t>
+          <t>9786055913441</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Kaç Yıl Geçti Aradan</t>
+          <t>İlk Lokmada Aşk</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>47.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055395575</t>
+          <t>9786055913458</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Senin Uğruna</t>
+          <t>İki Soluk Arasında</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>18.52</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055913960</t>
+          <t>9786055913465</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Her Mektubu Görülmüştür</t>
+          <t>İçinde Aşk Var</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>13.89</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055156046</t>
+          <t>9786055913205</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Düşlere Borcu Var</t>
+          <t>İçinde Aşk Var</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055395131</t>
+          <t>9786055913557</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Hadi Beni Aşk’tan Yarat</t>
+          <t>İçimdeki Umut</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055913526</t>
+          <t>9786055395452</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Gretel’in Öyküsü</t>
+          <t>İçimdeki Sen Kırıntıları</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055395568</t>
+          <t>9786055395933</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Gizem’in Mutfak Aşkı (Ciltli)</t>
+          <t>İçimdeki Başka Ben</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>25.46</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055395339</t>
+          <t>9786055913908</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Feride (Ciltli)</t>
+          <t>Işık Prensi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055092238</t>
+          <t>9786055092245</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Feraye</t>
+          <t>Hümeyra</t>
         </is>
       </c>
       <c r="C189" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055156053</t>
+          <t>9786055092030</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Eylül Defterleri</t>
+          <t>Kaç Yıl Geçti Aradan</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>15.74</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055395360</t>
+          <t>9786055395575</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ey Hayat</t>
+          <t>Her Şey Senin Uğruna</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055913977</t>
+          <t>9786055913960</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman İçimde</t>
+          <t>Her Mektubu Görülmüştür</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>8.33</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055395605</t>
+          <t>9786055156046</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>El</t>
+          <t>Hayatın Düşlere Borcu Var</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055913731</t>
+          <t>9786055395131</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Düşlediğimiz Cennet</t>
+          <t>Hadi Beni Aşk’tan Yarat</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>12.96</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055395667</t>
+          <t>9786055913526</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Çocuk</t>
+          <t>Gretel’in Öyküsü</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>7.41</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055913724</t>
+          <t>9786055395568</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Gizem’in Mutfak Aşkı (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>15.74</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786056362965</t>
+          <t>9786055395339</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Dön Muazzez</t>
+          <t>Feride (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055913250</t>
+          <t>9786055092238</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Dil Kafirleri</t>
+          <t>Feraye</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786059961134</t>
+          <t>9786055156053</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Deli Dolu Bir Yaz</t>
+          <t>Eylül Defterleri</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>20.37</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055395872</t>
+          <t>9786055395360</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar Hep Aşk Getirse</t>
+          <t>Ey Hayat</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>17.59</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055395438</t>
+          <t>9786055913977</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Adresler (Ciltli)</t>
+          <t>Evvel Zaman İçimde</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055913236</t>
+          <t>9786055395605</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelin</t>
+          <t>El</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>5.46</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055395032</t>
+          <t>9786055913731</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelin</t>
+          <t>Düşlediğimiz Cennet</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055913591</t>
+          <t>9786055395667</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Child Bride</t>
+          <t>Dünyayı Kurtaran Çocuk</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055913625</t>
+          <t>9786055913724</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Öyküleri</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786055395964</t>
+          <t>9786056362965</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Doğru ve Etkin Liderlik</t>
+          <t>Dön Muazzez</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>44</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055395407</t>
+          <t>9786055913250</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Aşk</t>
+          <t>Dil Kafirleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>10.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055913779</t>
+          <t>9786059961134</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Biraz Felsefe Herkese İyi Gelir</t>
+          <t>Deli Dolu Bir Yaz</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>12.96</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786056362989</t>
+          <t>9786055395872</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Dalgalar Hep Aşk Getirse</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>9</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055913809</t>
+          <t>9786055395438</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Bilseydim</t>
+          <t>Çocuklar ve Adresler (Ciltli)</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>7.31</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055913427</t>
+          <t>9786055913236</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bilseydim (Ciltli)</t>
+          <t>Çocuk Gelin</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>12.96</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055156176</t>
+          <t>9786055395032</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Aşk Pastam</t>
+          <t>Çocuk Gelin</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055156121</t>
+          <t>9786055913591</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Ben Dougal Trump ve Bu Benim Suçum Değil</t>
+          <t>Child Bride</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055913700</t>
+          <t>9786055913625</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Bedenim Bana Ait</t>
+          <t>Cehennem Öyküleri</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055913786</t>
+          <t>9786055395964</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Aşk Zaman Ver</t>
+          <t>Doğru ve Etkin Liderlik</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>12.04</v>
+        <v>44</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055913755</t>
+          <t>9786055395407</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılıktan Kaçışın Tiratları</t>
+          <t>Can Veren Aşk</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055913892</t>
+          <t>9786055913779</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Aynılık Vakti</t>
+          <t>Biraz Felsefe Herkese İyi Gelir</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>8.33</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786055913403</t>
+          <t>9786056362989</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Aynadakiler</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>9.26</v>
+        <v>9</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055395391</t>
+          <t>9786055913809</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Aşktır Gitmek</t>
+          <t>Bilseydim</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>8.33</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055092900</t>
+          <t>9786055913427</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yolculuk</t>
+          <t>Bilseydim (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055395889</t>
+          <t>9786055156176</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dönüş</t>
+          <t>Benim Küçük Aşk Pastam</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055395353</t>
+          <t>9786055156121</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tek Kişiliktir</t>
+          <t>Ben Dougal Trump ve Bu Benim Suçum Değil</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>10.19</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055395308</t>
+          <t>9786055913700</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şiirleri</t>
+          <t>Bedenim Bana Ait</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055395865</t>
+          <t>9786055913786</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bize Küstü</t>
+          <t>Bana Bir Aşk Zaman Ver</t>
         </is>
       </c>
       <c r="C224" s="1">
         <v>12.04</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055395940</t>
+          <t>9786055913755</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ateşi</t>
+          <t>Bağımlılıktan Kaçışın Tiratları</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>25</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055092955</t>
+          <t>9786055913892</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Asıl Adı Atiye</t>
+          <t>Aynılık Vakti</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786056362927</t>
+          <t>9786055913403</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Aşklar</t>
+          <t>Aynadakiler</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>27.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055913502</t>
+          <t>9786055395391</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Ama Seviyordum!</t>
+          <t>Aşktır Gitmek</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>9.17</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055913281</t>
+          <t>9786055092900</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ama Seviyordum!</t>
+          <t>Aşka Yolculuk</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055913601</t>
+          <t>9786055395889</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Alçı</t>
+          <t>Aşka Dönüş</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055913298</t>
+          <t>9786055395353</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Açlık Savaşları</t>
+          <t>Aşk Tek Kişiliktir</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>18.52</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055913472</t>
+          <t>9786055395308</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Abartılı Yalanlar Aceleci Duvaklar</t>
+          <t>Aşk Şiirleri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>9.17</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055913199</t>
+          <t>9786055395865</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Abartılı Yalanlar Aceleci Duvaklar</t>
+          <t>Aşk Bize Küstü</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055395988</t>
+          <t>9786055395940</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>2013 Astroloji Rehberi ve Burçlar</t>
+          <t>Aşk Ateşi</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>13.89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055395490</t>
+          <t>9786055092955</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Yerde</t>
+          <t>Asıl Adı Atiye</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>9</v>
+        <v>26</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786055395506</t>
+          <t>9786056362927</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Tutkulu Aşk</t>
+          <t>Aykırı Aşklar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>9.17</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055395483</t>
+          <t>9786055913502</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yeniden</t>
+          <t>Ama Seviyordum!</t>
         </is>
       </c>
       <c r="C237" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055395513</t>
+          <t>9786055913281</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Buzda Aşk</t>
+          <t>Ama Seviyordum!</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>9.17</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786055092092</t>
+          <t>9786055913601</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Evimdeki Yabancı</t>
+          <t>Alçı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055092108</t>
+          <t>9786055913298</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İlk Öpücüğün Büyüsü</t>
+          <t>Açlık Savaşları</t>
         </is>
       </c>
       <c r="C240" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055092443</t>
+          <t>9786055913472</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Erkeklerin 41 Kuralı</t>
+          <t>Abartılı Yalanlar Aceleci Duvaklar</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>15</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055092122</t>
+          <t>9786055913199</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Ascendance Üçlemesi 1 - Kayıp Prens</t>
+          <t>Abartılı Yalanlar Aceleci Duvaklar</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055092160</t>
+          <t>9786055395988</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Yeni İş Yeni Aşk</t>
+          <t>2013 Astroloji Rehberi ve Burçlar</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>16.67</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786059545655</t>
+          <t>9786055395490</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Okulu - İstila (Ciltli)</t>
+          <t>Aşk Her Yerde</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>21</v>
+        <v>9</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786059545648</t>
+          <t>9786055395506</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Okulu - Batış (Ciltli)</t>
+          <t>Tutkulu Aşk</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>21</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786059961417</t>
+          <t>9786055395483</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Reklam Aşkı</t>
+          <t>Aşk Yeniden</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>25.5</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055092818</t>
+          <t>9786055395513</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Sırılsıklam Aşık</t>
+          <t>Buzda Aşk</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>17</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786056402722</t>
+          <t>9786055092092</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Kaledibi Sokağı</t>
+          <t>Evimdeki Yabancı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786059961004</t>
+          <t>9786055092108</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Buzul Çağı</t>
+          <t>İlk Öpücüğün Büyüsü</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055092344</t>
+          <t>9786055092443</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Adı Aşk Olmalı</t>
+          <t>Yalnız Erkeklerin 41 Kuralı</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>16.67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059961851</t>
+          <t>9786055092122</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Son Vaka</t>
+          <t>Ascendance Üçlemesi 1 - Kayıp Prens</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>18.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786059961813</t>
+          <t>9786055092160</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Dosya</t>
+          <t>Yeni İş Yeni Aşk</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>10.19</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059961806</t>
+          <t>9786059545655</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin Yemini</t>
+          <t>Canavarlar Okulu - İstila (Ciltli)</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059961837</t>
+          <t>9786059545648</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bohemya’da Skandal</t>
+          <t>Canavarlar Okulu - Batış (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>16</v>
+        <v>21</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059961820</t>
+          <t>9786059961417</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes- Baskerville Tazısı</t>
+          <t>Reklam Aşkı</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>42</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786059809115</t>
+          <t>9786055092818</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Tut Anne</t>
+          <t>Sırılsıklam Aşık</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>20.37</v>
+        <v>17</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786059809108</t>
+          <t>9786056402722</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Mutlu Hayat</t>
+          <t>Kaledibi Sokağı</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>27</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059961844</t>
+          <t>9786059961004</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mavi Yakut</t>
+          <t>Buzul Çağı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>17</v>
+        <v>11</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059961578</t>
+          <t>9786055092344</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yağmuru</t>
+          <t>Adı Aşk Olmalı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>20.37</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786055092023</t>
+          <t>9786059961851</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Aşkların Son Durağı</t>
+          <t>Sherlock Holmes - Son Vaka</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>20.37</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059961691</t>
+          <t>9786059961813</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Makam-ı Aşk</t>
+          <t>Sherlock Holmes - Kızıl Dosya</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>22</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059961653</t>
+          <t>9786059961806</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sahile Aşk Vurunca</t>
+          <t>Sherlock Holmes - Dörtlerin Yemini</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>18.52</v>
+        <v>14</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059961011</t>
+          <t>9786059961837</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : Dans Eden Balık</t>
+          <t>Sherlock Holmes - Bohemya’da Skandal</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>7.41</v>
+        <v>16</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059961080</t>
+          <t>9786059961820</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : Mis Gibi Kokuyoruz</t>
+          <t>Sherlock Holmes- Baskerville Tazısı</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>7</v>
+        <v>42</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059961073</t>
+          <t>9786059809115</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : Kötü Şaka</t>
+          <t>Bir Dilek Tut Anne</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>6.48</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059961103</t>
+          <t>9786059809108</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Bıçırık Öykü Dizisi : Çirkin Mevsim Olur Mu?</t>
+          <t>10 Adımda Mutlu Hayat</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>7</v>
+        <v>27</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786055092740</t>
+          <t>9786059961844</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Kalbe</t>
+          <t>Sherlock Holmes - Mavi Yakut</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>19.44</v>
+        <v>17</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786055092184</t>
+          <t>9786059961578</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kollarında</t>
+          <t>Aşk Yağmuru</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>16.67</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786055092214</t>
+          <t>9786055092023</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Kasabası</t>
+          <t>Aşkların Son Durağı</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>18.52</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059961028</t>
+          <t>9786059961691</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : Ebe</t>
+          <t>Makam-ı Aşk</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>6.48</v>
+        <v>22</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786055092979</t>
+          <t>9786059961653</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>İyi Dilekler Yolu</t>
+          <t>Sahile Aşk Vurunca</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786055092481</t>
+          <t>9786059961011</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Hayata Uyanmak</t>
+          <t>Bıcırık Öykü Dizisi : Dans Eden Balık</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>17</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786055092634</t>
+          <t>9786059961080</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Paşarazzi</t>
+          <t>Bıcırık Öykü Dizisi : Mis Gibi Kokuyoruz</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>12.96</v>
+        <v>7</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786055092610</t>
+          <t>9786059961073</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>Bıcırık Öykü Dizisi : Kötü Şaka</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>9.5</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786055092641</t>
+          <t>9786059961103</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Gelen Mutluluk</t>
+          <t>Bıçırık Öykü Dizisi : Çirkin Mevsim Olur Mu?</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>18.52</v>
+        <v>7</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055092351</t>
+          <t>9786055092740</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Aşk</t>
+          <t>Kalpten Kalbe</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>16.67</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786056402715</t>
+          <t>9786055092184</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kızların 41 Kuralı</t>
+          <t>Aşkın Kollarında</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>15</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786055395858</t>
+          <t>9786055092214</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Lavanta</t>
+          <t>Gölgeler Kasabası</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786055156183</t>
+          <t>9786059961028</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Tesadüfler Adası</t>
+          <t>Bıcırık Öykü Dizisi : Ebe</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>16.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055156152</t>
+          <t>9786055092979</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Köpek Çöpçatanlık Servisi</t>
+          <t>İyi Dilekler Yolu</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055156077</t>
+          <t>9786055092481</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Oyun</t>
+          <t>Hayata Uyanmak</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>18.52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059961592</t>
+          <t>9786055092634</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Düğün</t>
+          <t>Paşarazzi</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786055092931</t>
+          <t>9786055092610</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Yaz Aşkım</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>18.52</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786055092467</t>
+          <t>9786055092641</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Gelinin Kolyesi</t>
+          <t>Geçmişten Gelen Mutluluk</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>19.44</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786055092665</t>
+          <t>9786055092351</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Kral</t>
+          <t>Yalancı Aşk</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786055092702</t>
+          <t>9786056402715</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Viyana Valsi</t>
+          <t>Yalnız Kızların 41 Kuralı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>30</v>
+        <v>15</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786055092504</t>
+          <t>9786055395858</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kızlar İçin Yaratıcı Yazma</t>
+          <t>Vahşi Lavanta</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>40</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786055092061</t>
+          <t>9786055156183</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Seninle Ya Da Sensiz</t>
+          <t>Tesadüfler Adası</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786056402708</t>
+          <t>9786055156152</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Ölmek İçin Kötü Bir Gün</t>
+          <t>Şanslı Köpek Çöpçatanlık Servisi</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>20.37</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786055395100</t>
+          <t>9786055156077</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Sen Öyle Zannet</t>
+          <t>Kusursuz Oyun</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786056362996</t>
+          <t>9786059961592</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Barış'ın Uçurtması</t>
+          <t>Çılgın Düğün</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>13</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786055092078</t>
+          <t>9786055092931</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Ayın Karanlık Yüzü</t>
+          <t>Yaz Aşkım</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786056362910</t>
+          <t>9786055092467</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Gelinin Kolyesi</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>11</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786055092047</t>
+          <t>9786055092665</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Büyüsü</t>
+          <t>Kaçak Kral</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786055092085</t>
+          <t>9786055092702</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Mezar Cadısı</t>
+          <t>Viyana Valsi</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>16.67</v>
+        <v>30</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786055092924</t>
+          <t>9786055092504</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Aşk Affetmez</t>
+          <t>Kızlar İçin Yaratıcı Yazma</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>18.52</v>
+        <v>40</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786055092016</t>
+          <t>9786055092061</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Yatak</t>
+          <t>Seninle Ya Da Sensiz</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059545020</t>
+          <t>9786056402708</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Yaptığımız Şeyleri Neden Yaparız? - Meraklısına Psikoloji (Ciltli)</t>
+          <t>Ölmek İçin Kötü Bir Gün</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>20.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786059809009</t>
+          <t>9786055395100</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Deli Dolu Bir Yaz</t>
+          <t>Sen Öyle Zannet</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>9</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052164327</t>
+          <t>9786056362996</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Aşk Eski Bir Yalan</t>
+          <t>Barış'ın Uçurtması</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>129</v>
+        <v>13</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059961387</t>
+          <t>9786055092078</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Kaçış - Canavarlar Okulu</t>
+          <t>Ayın Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>15.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059545747</t>
+          <t>9786056362910</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Frenk Cariye Nakşidil Güneşin Kızı</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>45</v>
+        <v>11</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059545259</t>
+          <t>9786055092047</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Yarasa</t>
+          <t>Aşkın Büyüsü</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>25.46</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052164198</t>
+          <t>9786055092085</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adam</t>
+          <t>Mezar Cadısı</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>30</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052164273</t>
+          <t>9786055092924</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Kalp</t>
+          <t>Aşk Affetmez</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>54</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786059809092</t>
+          <t>9786055092016</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Düzenbaz</t>
+          <t>Yanlış Yatak</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>16.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059961424</t>
+          <t>9786059545020</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Hala Bekar Mısın?</t>
+          <t>Yaptığımız Şeyleri Neden Yaparız? - Meraklısına Psikoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>18.52</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059961677</t>
+          <t>9786059809009</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Bir Şans Daha</t>
+          <t>Deli Dolu Bir Yaz</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>18.52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786059545990</t>
+          <t>9786052164327</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Pablo Escobar Benim Babam 2 - Suçüstü</t>
+          <t>Aşk Eski Bir Yalan</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>189</v>
+        <v>129</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059545907</t>
+          <t>9786059961387</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>İsim</t>
+          <t>Kaçış - Canavarlar Okulu</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>27.5</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059545075</t>
+          <t>9786059545747</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Pablo Escobar Benim Babam</t>
+          <t>Frenk Cariye Nakşidil Güneşin Kızı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>189</v>
+        <v>45</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059545044</t>
+          <t>9786059545259</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Canavarların Gizemi 2</t>
+          <t>Yarasa</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>14</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786059545037</t>
+          <t>9786052164198</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Canavarların Gizemi 1</t>
+          <t>Küçük Adam</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786059545051</t>
+          <t>9786052164273</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Erkek Avcısı</t>
+          <t>Karanlık Kalp</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>23</v>
+        <v>54</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059809764</t>
+          <t>9786059809092</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Şurimşine (Ciltli)</t>
+          <t>Düzenbaz</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>37.5</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059809719</t>
+          <t>9786059961424</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Kimliksiz (Ciltli)</t>
+          <t>Yoksa Hala Bekar Mısın?</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>178</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059809450</t>
+          <t>9786059961677</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kuki'nin Acayip Günlüğü 4 - Işıklar ve Kamera</t>
+          <t>Bir Şans Daha</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059809443</t>
+          <t>9786059545990</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kuki'nin Acayip Günlüğü - Tuvalette Okumak Yasaktır!</t>
+          <t>Pablo Escobar Benim Babam 2 - Suçüstü</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>109</v>
+        <v>189</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059809436</t>
+          <t>9786059545907</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kuki’nin Acayip Günlüğü 3 - Amma Çok Takipçim Var!</t>
+          <t>İsim</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>30</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059809566</t>
+          <t>9786059545075</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Gitme (Ciltli)</t>
+          <t>Pablo Escobar Benim Babam</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>40</v>
+        <v>189</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059961967</t>
+          <t>9786059545044</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İlk Öpücüğün Büyüsü</t>
+          <t>Canavarların Gizemi 2</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>9.9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059809016</t>
+          <t>9786059545037</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Oyun</t>
+          <t>Canavarların Gizemi 1</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>9.17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059961936</t>
+          <t>9786059545051</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Evine Hoş Geldin</t>
+          <t>Gizemli Erkek Avcısı</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>9</v>
+        <v>23</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052164006</t>
+          <t>9786059809764</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Yarasa (Ciltli)</t>
+          <t>Şurimşine (Ciltli)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>178</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059961370</t>
+          <t>9786059809719</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Okulu - Kilitli</t>
+          <t>Kimliksiz (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>11</v>
+        <v>178</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059545679</t>
+          <t>9786059809450</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Hayalet Sesleri (Ciltli)</t>
+          <t>Kuki'nin Acayip Günlüğü 4 - Işıklar ve Kamera</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>129</v>
+        <v>30</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059545686</t>
+          <t>9786059809443</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Kaybolan Robot (Ciltli)</t>
+          <t>Kuki'nin Acayip Günlüğü - Tuvalette Okumak Yasaktır!</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>44</v>
+        <v>109</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059545693</t>
+          <t>9786059809436</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Kayıp Kitabın Gizemi (Ciltli)</t>
+          <t>Kuki’nin Acayip Günlüğü 3 - Amma Çok Takipçim Var!</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>119</v>
+        <v>30</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059545754</t>
+          <t>9786059809566</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Ivan Isaenko'nun Görünmeyen Yaşamı (Ciltli)</t>
+          <t>Gitme (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059545174</t>
+          <t>9786059961967</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Matematik Bulmacaları</t>
+          <t>İlk Öpücüğün Büyüsü</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>99</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052164280</t>
+          <t>9786059809016</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kan Yemini - Gladyatör Okulu 1 (Ciltli)</t>
+          <t>Kusursuz Oyun</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>54</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059809382</t>
+          <t>9786059961936</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Kapını Çaldığında</t>
+          <t>Evine Hoş Geldin</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>18.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786059809252</t>
+          <t>9786052164006</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Teslimiyet</t>
+          <t>Yarasa (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>18</v>
+        <v>178</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059809177</t>
+          <t>9786059961370</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Motifleri - Renklerin Armonisi 2</t>
+          <t>Canavarlar Okulu - Kilitli</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>18.52</v>
+        <v>11</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059809184</t>
+          <t>9786059545679</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Annemle Boyuyorum - Renklerin Armonisi 3</t>
+          <t>Sherlock Sam ve Hayalet Sesleri (Ciltli)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>18.52</v>
+        <v>129</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059961561</t>
+          <t>9786059545686</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Balayı</t>
+          <t>Sherlock Sam ve Kaybolan Robot (Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>18.52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786055092733</t>
+          <t>9786059545693</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Tutkunun Sırrı</t>
+          <t>Sherlock Sam ve Kayıp Kitabın Gizemi (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>20.37</v>
+        <v>119</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786055092689</t>
+          <t>9786059545754</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>İskoç Ateşi</t>
+          <t>Ivan Isaenko'nun Görünmeyen Yaşamı (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>16.67</v>
+        <v>39</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786055092672</t>
+          <t>9786059545174</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Papatya Falı</t>
+          <t>Matematik Bulmacaları</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>18.52</v>
+        <v>99</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786055395004</t>
+          <t>9786052164280</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Nemesis Edebiyat Set (2 Kitap) (Ciltli)</t>
+          <t>Kan Yemini - Gladyatör Okulu 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>41.67</v>
+        <v>54</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059545273</t>
+          <t>9786059809382</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Yol 2 : Aylin'in Yolu</t>
+          <t>Geçmiş Kapını Çaldığında</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>20.5</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059809269</t>
+          <t>9786059809252</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Sen, Ben ve Bir Hafta Sonu</t>
+          <t>Teslimiyet</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059961769</t>
+          <t>9786059809177</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Armonisi</t>
+          <t>Osmanlı Motifleri - Renklerin Armonisi 2</t>
         </is>
       </c>
       <c r="C343" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059809160</t>
+          <t>9786059809184</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Öpücük</t>
+          <t>Annemle Boyuyorum - Renklerin Armonisi 3</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059809122</t>
+          <t>9786059961561</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>SevgilimiBuldum.com</t>
+          <t>Sürpriz Balayı</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059961905</t>
+          <t>9786055092733</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>2. Balayı</t>
+          <t>Tutkunun Sırrı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>18.52</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059961929</t>
+          <t>9786055092689</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Bir Fincan Geçmiş Bir Yudum Gelecek</t>
+          <t>İskoç Ateşi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>17</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786055092801</t>
+          <t>9786055092672</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Mutluluk</t>
+          <t>Papatya Falı</t>
         </is>
       </c>
       <c r="C348" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059809351</t>
+          <t>9786055395004</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Çapkın Düşler</t>
+          <t>Nemesis Edebiyat Set (2 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>13</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059961356</t>
+          <t>9786059545273</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Hızı</t>
+          <t>Yol 2 : Aylin'in Yolu</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>18.52</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786055092962</t>
+          <t>9786059809269</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Taş Kağıt Makas</t>
+          <t>Sen, Ben ve Bir Hafta Sonu</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>20.37</v>
+        <v>16</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059961127</t>
+          <t>9786059961769</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Bir Gece Yetmez</t>
+          <t>Renklerin Armonisi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059809375</t>
+          <t>9786059809160</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo'nun Rüyası (Ciltli)</t>
+          <t>Her Güne Bir Öpücük</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>37</v>
+        <v>17</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786052164204</t>
+          <t>9786059809122</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Şair (Ciltli)</t>
+          <t>SevgilimiBuldum.com</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>359</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786052164259</t>
+          <t>9786059961905</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sınır Tanımaz</t>
+          <t>2. Balayı</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>35</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786052164211</t>
+          <t>9786059961929</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Büyük Peynir Soygunu - Cep Korsanları (Ciltli)</t>
+          <t>Bir Fincan Geçmiş Bir Yudum Gelecek</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>99</v>
+        <v>17</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786052164228</t>
+          <t>9786055092801</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kanalizasyon Macerası - Cep Korsanları (Ciltli)</t>
+          <t>Adım Adım Mutluluk</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>99</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786052164020</t>
+          <t>9786059809351</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Çok Tatlı - Mızmız</t>
+          <t>Çapkın Düşler</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>22</v>
+        <v>13</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059545266</t>
+          <t>9786059961356</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Hannibal (Ciltli)</t>
+          <t>Karanlığın Hızı</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786052164075</t>
+          <t>9786055092962</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İskoç Esareti</t>
+          <t>Taş Kağıt Makas</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>62</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786052164051</t>
+          <t>9786059961127</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Biz (Ciltli)</t>
+          <t>Bir Gece Yetmez</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>40</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059809894</t>
+          <t>9786059809375</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Kuzuların Sessizliği (Ciltli)</t>
+          <t>Pinokyo'nun Rüyası (Ciltli)</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>37</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059809931</t>
+          <t>9786052164204</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Düşündüğümüz Şeyleri Neden Düşünürüz?</t>
+          <t>Şair (Ciltli)</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>21</v>
+        <v>359</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059809917</t>
+          <t>9786052164259</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Büyü (Kırmızı Kapak)</t>
+          <t>Mutluluk Sınır Tanımaz</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059809481</t>
+          <t>9786052164211</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Beni Aşka İnandır</t>
+          <t>Büyük Peynir Soygunu - Cep Korsanları (Ciltli)</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>18</v>
+        <v>99</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059809528</t>
+          <t>9786052164228</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>1 Dakikalık Farkındalık - Evinizde, İşinizde, İlişkinizde</t>
+          <t>Büyük Kanalizasyon Macerası - Cep Korsanları (Ciltli)</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>20</v>
+        <v>99</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059545297</t>
+          <t>9786052164020</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Sudoku</t>
+          <t>Hayvanlar Çok Tatlı - Mızmız</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>16</v>
+        <v>22</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059545242</t>
+          <t>9786059545266</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Yine Mi Ders?</t>
+          <t>Hannibal (Ciltli)</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>18.5</v>
+        <v>37</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059545280</t>
+          <t>9786052164075</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Sayılar</t>
+          <t>İskoç Esareti</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>39</v>
+        <v>62</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059545525</t>
+          <t>9786052164051</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Mumya - Kleopatra Macerası</t>
+          <t>Biz (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059545518</t>
+          <t>9786059809894</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Mumya</t>
+          <t>Kuzuların Sessizliği (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>30</v>
+        <v>37</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059545013</t>
+          <t>9786059809931</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Anılar Ağacı</t>
+          <t>Düşündüğümüz Şeyleri Neden Düşünürüz?</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>27.5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059809955</t>
+          <t>9786059809917</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Setna Yükseliyor - Lanetli Mezar</t>
+          <t>Büyü (Kırmızı Kapak)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>225</v>
+        <v>37</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059809726</t>
+          <t>9786059809481</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Şifa Mucizesi</t>
+          <t>Beni Aşka İnandır</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>17.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059809221</t>
+          <t>9786059809528</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Sana Rağmen Aşkı Sevdim</t>
+          <t>1 Dakikalık Farkındalık - Evinizde, İşinizde, İlişkinizde</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>18.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059809085</t>
+          <t>9786059545297</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Sudoku</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>19</v>
+        <v>16</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059961882</t>
+          <t>9786059545242</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Koruma</t>
+          <t>Eyvah Yine Mi Ders?</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>18.52</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059545822</t>
+          <t>9786059545280</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Güreşçi Troller Maç 1</t>
+          <t>Çılgın Sayılar</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>25</v>
+        <v>39</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059545853</t>
+          <t>9786059545525</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızdaki Çatışmalardan Kurtulun</t>
+          <t>Süper Ajan Mumya - Kleopatra Macerası</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>21.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059545839</t>
+          <t>9786059545518</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Güreşçi Troller Maç 2</t>
+          <t>Süper Ajan Mumya</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>99</v>
+        <v>30</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059545815</t>
+          <t>9786059545013</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Gölge Adam</t>
+          <t>Anılar Ağacı</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>79</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059545846</t>
+          <t>9786059809955</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Kara Yankı (Ciltli)</t>
+          <t>Setna Yükseliyor - Lanetli Mezar</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>45</v>
+        <v>225</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059809900</t>
+          <t>9786059809726</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Mucize</t>
+          <t>Doğanın Şifa Mucizesi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>15.5</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059809870</t>
+          <t>9786059809221</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Unutma Beni</t>
+          <t>Sana Rağmen Aşkı Sevdim</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>20.5</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059809580</t>
+          <t>9786059809085</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Hep Seninle Olacağım</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>23</v>
+        <v>19</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059809191</t>
+          <t>9786059961882</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Sonuna Kadar</t>
+          <t>Koruma</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>18</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786055092566</t>
+          <t>9786059545822</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Düğüne Beş Kala</t>
+          <t>Güreşçi Troller Maç 1</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>16.67</v>
+        <v>25</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059545433</t>
+          <t>9786059545853</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Sırların Rengi</t>
+          <t>Hayatınızdaki Çatışmalardan Kurtulun</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>40</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059545396</t>
+          <t>9786059545839</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>İyi Ejderha &amp; Kötü Ejderha (Ciltli)</t>
+          <t>Güreşçi Troller Maç 2</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>35</v>
+        <v>99</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059545389</t>
+          <t>9786059545815</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Bab-ı Ali'den İkitelli'ye</t>
+          <t>Gölge Adam</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>129</v>
+        <v>79</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059545426</t>
+          <t>9786059545846</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Kuantumaşk</t>
+          <t>Kara Yankı (Ciltli)</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>32.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059545419</t>
+          <t>9786059809900</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes Hayat</t>
+          <t>Mucize</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>30</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059545372</t>
+          <t>9786059809870</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Orada Olmayan Kız</t>
+          <t>Unutma Beni</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>27.5</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059545365</t>
+          <t>9786059809580</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>İskoç Savaşçı</t>
+          <t>Hep Seninle Olacağım</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>74</v>
+        <v>23</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059545358</t>
+          <t>9786059809191</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Bir Dükün Kalbini Titretecek On Bir Skandal</t>
+          <t>Sonuna Kadar</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>37.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059545136</t>
+          <t>9786055092566</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kokusu</t>
+          <t>Düğüne Beş Kala</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>35</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059545204</t>
+          <t>9786059545433</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Hemingway’in Kadınları</t>
+          <t>Sırların Rengi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059545143</t>
+          <t>9786059545396</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Zombiler</t>
+          <t>İyi Ejderha &amp; Kötü Ejderha (Ciltli)</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>14</v>
+        <v>35</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059545150</t>
+          <t>9786059545389</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Zombiler - Virüs</t>
+          <t>Bab-ı Ali'den İkitelli'ye</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>14</v>
+        <v>129</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059545167</t>
+          <t>9786059545426</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Zombiler - Salgın</t>
+          <t>Kuantumaşk</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>14</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059545235</t>
+          <t>9786059545419</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık</t>
+          <t>Bir Nefes Hayat</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>39</v>
+        <v>30</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059545228</t>
+          <t>9786059545372</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>İyi Hırsız</t>
+          <t>Orada Olmayan Kız</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>22</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059545211</t>
+          <t>9786059545365</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Berenin İntikamı</t>
+          <t>İskoç Savaşçı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>23</v>
+        <v>74</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059809429</t>
+          <t>9786059545358</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Kuki'nin Acayip Günlüğü 1 - Size Okumayın Demedim mi?</t>
+          <t>Bir Dükün Kalbini Titretecek On Bir Skandal</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>30</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059809498</t>
+          <t>9786059545136</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Kefaret (Ciltli)</t>
+          <t>Annemin Kokusu</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059809825</t>
+          <t>9786059545204</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Hemingway’in Kadınları</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>23</v>
+        <v>35</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059809818</t>
+          <t>9786059545143</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün</t>
+          <t>Zombiler</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>32.5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059809702</t>
+          <t>9786059545150</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Savaşın Şarkısı</t>
+          <t>Zombiler - Virüs</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>44</v>
+        <v>14</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059809733</t>
+          <t>9786059545167</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Şurina (Ciltli)</t>
+          <t>Zombiler - Salgın</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>43.12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059809337</t>
+          <t>9786059545235</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimin Prensi 1.Cilt (Ciltli)</t>
+          <t>Ayrılık</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>25</v>
+        <v>39</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059961189</t>
+          <t>9786059545228</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Kolaylaştırın</t>
+          <t>İyi Hırsız</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>17</v>
+        <v>22</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059961165</t>
+          <t>9786059545211</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Biri Sır mı Dedi?</t>
+          <t>Kırmızı Berenin İntikamı</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>18</v>
+        <v>23</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055092887</t>
+          <t>9786059809429</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kafdağı’ndan Masallar</t>
+          <t>Kuki'nin Acayip Günlüğü 1 - Size Okumayın Demedim mi?</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>11.57</v>
+        <v>30</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055092870</t>
+          <t>9786059809498</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Son Vaka</t>
+          <t>Kefaret (Ciltli)</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>11.57</v>
+        <v>37</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786055092856</t>
+          <t>9786059809825</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Dosya</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>12.5</v>
+        <v>23</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055092832</t>
+          <t>9786059809818</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bohemya’da Skandal</t>
+          <t>Belki Bir Gün</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>17</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786055092825</t>
+          <t>9786059809702</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Baskerville Tazısı</t>
+          <t>Aşk ve Savaşın Şarkısı</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>17</v>
+        <v>44</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786055092788</t>
+          <t>9786059809733</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Dürrüşehvar Sultan</t>
+          <t>Şurina (Ciltli)</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>23.5</v>
+        <v>43.12</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055092849</t>
+          <t>9786059809337</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin Yemini</t>
+          <t>Düşlerimin Prensi 1.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059961981</t>
+          <t>9786059961189</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Eş</t>
+          <t>Hayatı Kolaylaştırın</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>9.9</v>
+        <v>17</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786055092993</t>
+          <t>9786059961165</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Renkleri</t>
+          <t>Biri Sır mı Dedi?</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>19.44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055092528</t>
+          <t>9786055092887</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Elde Var Üçün Biri</t>
+          <t>Kafdağı’ndan Masallar</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>14.81</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059961141</t>
+          <t>9786055092870</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Uzakta Bir Deniz</t>
+          <t>Sherlock Holmes - Son Vaka</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>18.5</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055092573</t>
+          <t>9786055092856</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Hannibal Doğuyor</t>
+          <t>Sherlock Holmes - Kızıl Dosya</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>248</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055092580</t>
+          <t>9786055092832</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Nilüfer</t>
+          <t>Sherlock Holmes - Bohemya’da Skandal</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>20.37</v>
+        <v>17</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055092511</t>
+          <t>9786055092825</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Sevda</t>
+          <t>Sherlock Holmes - Baskerville Tazısı</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>18.52</v>
+        <v>17</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055092313</t>
+          <t>9786055092788</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Dürrüşehvar Sultan</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>5.56</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786055395254</t>
+          <t>9786055092849</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Küpe Çiçeği</t>
+          <t>Sherlock Holmes - Dörtlerin Yemini</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>21.3</v>
+        <v>17</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786055395971</t>
+          <t>9786059961981</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Daha Kaliteli Bir Yaşam</t>
+          <t>Kiralık Eş</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>13.89</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786055092115</t>
+          <t>9786055092993</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kon-Tiki</t>
+          <t>Mutluluğun Renkleri</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>16.67</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786055092139</t>
+          <t>9786055092528</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Jessie Lamb’in Vasiyeti</t>
+          <t>Elde Var Üçün Biri</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>15.74</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786055092146</t>
+          <t>9786059961141</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>İntikam Ateşi</t>
+          <t>Geçmiş Uzakta Bir Deniz</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>20.37</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786055395902</t>
+          <t>9786055092573</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>İskoçyalı’nın Aşkı</t>
+          <t>Hannibal Doğuyor</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>17.59</v>
+        <v>248</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055395599</t>
+          <t>9786055092580</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>İlişki Durumu: Karmaşık</t>
+          <t>Gümüş Nilüfer</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055395292</t>
+          <t>9786055092511</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Buzda Aşk</t>
+          <t>Yalancı Sevda</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055395094</t>
+          <t>9786055092313</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gardenya</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>11.57</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786055913984</t>
+          <t>9786055395254</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gardenya</t>
+          <t>Küpe Çiçeği</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>22.22</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055913991</t>
+          <t>9786055395971</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yeniden</t>
+          <t>Daha Kaliteli Bir Yaşam</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055395087</t>
+          <t>9786055092115</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Aşk Seni Bulursa</t>
+          <t>Kon-Tiki</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>9.17</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059961110</t>
+          <t>9786055092139</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Aşk Seni Bulursa</t>
+          <t>Jessie Lamb’in Vasiyeti</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>18</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055395384</t>
+          <t>9786055092146</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Yerde</t>
+          <t>İntikam Ateşi</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>16.67</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786055092221</t>
+          <t>9786055395902</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Kendinizi Ödüllendirin</t>
+          <t>İskoçyalı’nın Aşkı</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>21.5</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059809887</t>
+          <t>9786055395599</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Aşktan Yana</t>
+          <t>İlişki Durumu: Karmaşık</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>35</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059809863</t>
+          <t>9786055395292</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Sadece Arkadaşız</t>
+          <t>Buzda Aşk</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>17</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059961738</t>
+          <t>9786055395094</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin</t>
+          <t>Beyaz Gardenya</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>18.52</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059961752</t>
+          <t>9786055913984</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Bahse Var Mısın?</t>
+          <t>Beyaz Gardenya</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>22</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786059961745</t>
+          <t>9786055913991</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şans İşidir</t>
+          <t>Aşk Yeniden</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>20.37</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786059961776</t>
+          <t>9786055395087</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kısa Mükemmelleştirmeye Bak</t>
+          <t>Aşk Seni Bulursa</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>21</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059961547</t>
+          <t>9786059961110</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Gölge Kadınlar</t>
+          <t>Aşk Seni Bulursa</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>18.52</v>
+        <v>18</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786059961783</t>
+          <t>9786055395384</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>İşine Aşık Ol</t>
+          <t>Aşk Her Yerde</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059809405</t>
+          <t>9786055092221</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalnızın Depresif Güncesi</t>
+          <t>Kendinizi Ödüllendirin</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>12</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786059809603</t>
+          <t>9786059809887</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Bir Çapkını Baştan Çıkarmanın Dokuz Yolu</t>
+          <t>Kalbim Aşktan Yana</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>129</v>
+        <v>35</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786059809542</t>
+          <t>9786059809863</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Deli (Ciltli)</t>
+          <t>Sadece Arkadaşız</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>37</v>
+        <v>17</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786059809467</t>
+          <t>9786059961738</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimin Prensi 2. Cilt</t>
+          <t>Senin İçin</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>32.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786059809474</t>
+          <t>9786059961752</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimin Prensi 2. Cilt (Ciltli)</t>
+          <t>Bahse Var Mısın?</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786257359191</t>
+          <t>9786059961745</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Son Durak Auschwitz</t>
+          <t>Aşk Şans İşidir</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>79</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786059545068</t>
+          <t>9786059961776</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Medikal Medyum</t>
+          <t>Hayat Kısa Mükemmelleştirmeye Bak</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>169</v>
+        <v>21</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786059545099</t>
+          <t>9786059961547</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Yol 1: Hayat Hırsızı</t>
+          <t>Gölge Kadınlar</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>35</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786059809771</t>
+          <t>9786059961783</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Sen (Ciltli)</t>
+          <t>İşine Aşık Ol</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>169</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786059809740</t>
+          <t>9786059809405</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Senin Yerin Benim Yanım</t>
+          <t>Bir Yalnızın Depresif Güncesi</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>35</v>
+        <v>12</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786059809757</t>
+          <t>9786059809603</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalp Hırsızı</t>
+          <t>Bir Çapkını Baştan Çıkarmanın Dokuz Yolu</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>18.52</v>
+        <v>129</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786059809696</t>
+          <t>9786059809542</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Kılıçtan Daha Keskin</t>
+          <t>Deli (Ciltli)</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>25.5</v>
+        <v>37</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786059809559</t>
+          <t>9786059809467</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>2 Aşk Arasında</t>
+          <t>Düşlerimin Prensi 2. Cilt</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>139</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786059809627</t>
+          <t>9786059809474</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Kendi Divanında Bir Psikanalist</t>
+          <t>Düşlerimin Prensi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786059809634</t>
+          <t>9786257359191</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Vegas’ta Olan Vegasta Kalır</t>
+          <t>Son Durak Auschwitz</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>20.37</v>
+        <v>79</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786059809610</t>
+          <t>9786059545068</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Beni Yeniden Sev</t>
+          <t>Medikal Medyum</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>20</v>
+        <v>169</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786059809535</t>
+          <t>9786059545099</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Cehennemin Kızıl Hakikati (Ciltli)</t>
+          <t>Yol 1: Hayat Hırsızı</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>209</v>
+        <v>35</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786059809399</t>
+          <t>9786059809771</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Her Yerde Sen</t>
+          <t>Sen (Ciltli)</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>17</v>
+        <v>169</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786059809245</t>
+          <t>9786059809740</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Sen Benimsin</t>
+          <t>Senin Yerin Benim Yanım</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>18</v>
+        <v>35</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786059809023</t>
+          <t>9786059809757</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Kuralsız Oyun</t>
+          <t>Bir Kalp Hırsızı</t>
         </is>
       </c>
       <c r="C470" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786059961721</t>
+          <t>9786059809696</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Düşlerin Terzisi</t>
+          <t>Kılıçtan Daha Keskin</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>119</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786059809078</t>
+          <t>9786059809559</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Hiç Hesapta Yokken</t>
+          <t>2 Aşk Arasında</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>16.67</v>
+        <v>139</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786059961608</t>
+          <t>9786059809627</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Yeni Günün Işığı</t>
+          <t>Kendi Divanında Bir Psikanalist</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>20.37</v>
+        <v>23</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786059961271</t>
+          <t>9786059809634</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Martının Çığlığı</t>
+          <t>Vegas’ta Olan Vegasta Kalır</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>8</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786059961288</t>
+          <t>9786059809610</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Mutlu İnsanlar Çiftliği</t>
+          <t>Beni Yeniden Sev</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>7.41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786059961301</t>
+          <t>9786059809535</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dost</t>
+          <t>Cehennemin Kızıl Hakikati (Ciltli)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>7.41</v>
+        <v>209</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786059961295</t>
+          <t>9786059809399</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Sivri Akıllılar</t>
+          <t>Her Yerde Sen</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>7.41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786059961325</t>
+          <t>9786059809245</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık</t>
+          <t>Sen Benimsin</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>7.41</v>
+        <v>18</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786059961332</t>
+          <t>9786059809023</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Yurtsever Karınca</t>
+          <t>Kuralsız Oyun</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786059961318</t>
+          <t>9786059961721</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Sıram Konuşuyor</t>
+          <t>Düşlerin Terzisi</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>7.41</v>
+        <v>119</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786059961349</t>
+          <t>9786059809078</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Şımarık</t>
+          <t>Hiç Hesapta Yokken</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>7.41</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786059809665</t>
+          <t>9786059961608</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Hayata</t>
+          <t>Yeni Günün Işığı</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>129</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059809139</t>
+          <t>9786059961271</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Ruhunu Aşka Teslim Et</t>
+          <t>Martının Çığlığı</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>21.5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786059809030</t>
+          <t>9786059961288</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Benim Komik Ailem</t>
+          <t>Mutlu İnsanlar Çiftliği</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>16</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786059809054</t>
+          <t>9786059961301</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Benim Komik Ailem Tatilde</t>
+          <t>Sıkı Dost</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>16</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786059809047</t>
+          <t>9786059961295</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Benim Komik Ailem Büyüyor</t>
+          <t>Sivri Akıllılar</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>16</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786059809153</t>
+          <t>9786059961325</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın İzi</t>
+          <t>Yalnızlık</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>24</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786059809146</t>
+          <t>9786059961332</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Bıraktığın Yerde Bekler Mi Aşk?</t>
+          <t>Yurtsever Karınca</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>18</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786059961714</t>
+          <t>9786059961318</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Suikast</t>
+          <t>Sıram Konuşuyor</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>20.37</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786059961523</t>
+          <t>9786059961349</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Kitabı - Mutluluk</t>
+          <t>Şımarık</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>18</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786059961585</t>
+          <t>9786059809665</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>İçgüdü</t>
+          <t>Başka Bir Hayata</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>18.52</v>
+        <v>129</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786059961530</t>
+          <t>9786059809139</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Aranan Aşk Bulundu</t>
+          <t>Ruhunu Aşka Teslim Et</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>20.37</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786059545303</t>
+          <t>9786059809030</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlar</t>
+          <t>Benim Komik Ailem</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786059545310</t>
+          <t>9786059809054</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Deli Kız (Ciltli)</t>
+          <t>Benim Komik Ailem Tatilde</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>139</v>
+        <v>16</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786059809795</t>
+          <t>9786059809047</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Sıska Şövalye</t>
+          <t>Benim Komik Ailem Büyüyor</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>14</v>
+        <v>16</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786059809788</t>
+          <t>9786059809153</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Korsan</t>
+          <t>Şeytanın İzi</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>11.5</v>
+        <v>24</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786059809832</t>
+          <t>9786059809146</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sensin</t>
+          <t>Bıraktığın Yerde Bekler Mi Aşk?</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786059809849</t>
+          <t>9786059961714</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Eski Aşklar Yeni Başlangıçlar</t>
+          <t>Suikast</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>23.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786059961790</t>
+          <t>9786059961523</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Kalp Yolunu Seçer</t>
+          <t>Kişisel Gelişim Kitabı - Mutluluk</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>23</v>
+        <v>18</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786059961264</t>
+          <t>9786059961585</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Lokmacık</t>
+          <t>İçgüdü</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786059809672</t>
+          <t>9786059961530</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Külkedisinin Zayıflama Hikayesi (Ciltli)</t>
+          <t>Aranan Aşk Bulundu</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>34.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786059809658</t>
+          <t>9786059545303</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Macera Avcıları -1 Kasabadaki Herkes Kaçırıldı</t>
+          <t>Kayıp Ruhlar</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786059809641</t>
+          <t>9786059545310</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Macera Avcıları - 2 Sivilceli Zombiler</t>
+          <t>Deli Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>15</v>
+        <v>139</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786059809511</t>
+          <t>9786059809795</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Bir Anda</t>
+          <t>Sıska Şövalye</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>18</v>
+        <v>14</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786059961257</t>
+          <t>9786059809788</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Limon Kokusu</t>
+          <t>Korkusuz Korsan</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>18.52</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786059961363</t>
+          <t>9786059809832</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Aşk Hikayesi</t>
+          <t>Mutluluk Sensin</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>20</v>
+        <v>23</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786055092450</t>
+          <t>9786059809849</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Aşka İkinci Şans</t>
+          <t>Eski Aşklar Yeni Başlangıçlar</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>40</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786059809412</t>
+          <t>9786059961790</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Kuki'nin Acayip Günlüğü 2 - Kızlar, Sırlar, Falan Filan</t>
+          <t>Kalp Yolunu Seçer</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>30</v>
+        <v>23</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786059961639</t>
+          <t>9786059961264</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Hafta Sonu Kaçamağı</t>
+          <t>Lokmacık</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>20</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786059961554</t>
+          <t>9786059809672</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Ben Öldürdüm</t>
+          <t>Külkedisinin Zayıflama Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>26</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786055092771</t>
+          <t>9786059809658</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Macera Avcıları -1 Kasabadaki Herkes Kaçırıldı</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>6.48</v>
+        <v>17</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786055092535</t>
+          <t>9786059809641</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>İşaretli Yerlerden Seviniz</t>
+          <t>Macera Avcıları - 2 Sivilceli Zombiler</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>10.19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786055092764</t>
+          <t>9786059809511</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Sevgiler</t>
+          <t>Beklenmedik Bir Anda</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>17.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786055092597</t>
+          <t>9786059961257</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Evin Tanıdık Odaları</t>
+          <t>Limon Kokusu</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>32.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786059809573</t>
+          <t>9786059961363</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Hannibal Doğuyor (Ciltli)</t>
+          <t>Küçük Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786055092795</t>
+          <t>9786055092450</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Saklı Mevsim</t>
+          <t>Aşka İkinci Şans</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>14.81</v>
+        <v>40</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786055092757</t>
+          <t>9786059809412</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Umuda Dokunmak</t>
+          <t>Kuki'nin Acayip Günlüğü 2 - Kızlar, Sırlar, Falan Filan</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>16.67</v>
+        <v>30</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786055092191</t>
+          <t>9786059961639</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Bırak Pencerenden İçeri Süzülsün Hayat</t>
+          <t>Hafta Sonu Kaçamağı</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>14.81</v>
+        <v>20</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786059809214</t>
+          <t>9786059961554</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bizi Ayırana Dek</t>
+          <t>Atatürk’ü Ben Öldürdüm</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>20</v>
+        <v>26</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786059809207</t>
+          <t>9786055092771</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Gözde Bekar</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>17</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786059961684</t>
+          <t>9786055092535</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Sevgili</t>
+          <t>İşaretli Yerlerden Seviniz</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>16.67</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786059961172</t>
+          <t>9786055092764</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Eş</t>
+          <t>Tutsak Sevgiler</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>20</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786055092894</t>
+          <t>9786055092597</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Doğadaki Dostlarım</t>
+          <t>Yabancı Evin Tanıdık Odaları</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>11.57</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786055092863</t>
+          <t>9786059809573</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mavi Yakut</t>
+          <t>Hannibal Doğuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>11.57</v>
+        <v>33</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786059809290</t>
+          <t>9786055092795</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mevsimi</t>
+          <t>Saklı Mevsim</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>18</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786059809344</t>
+          <t>9786055092757</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Sen Bilmesen de</t>
+          <t>Umuda Dokunmak</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>25.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786059809313</t>
+          <t>9786055092191</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Astrolojiyle Hayatınızı Değiştirin</t>
+          <t>Bırak Pencerenden İçeri Süzülsün Hayat</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>16</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786059809320</t>
+          <t>9786059809214</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalin Peşinde</t>
+          <t>Ölüm Bizi Ayırana Dek</t>
         </is>
       </c>
       <c r="C528" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786059809306</t>
+          <t>9786059809207</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimin Prensi 1. Cilt</t>
+          <t>Gözde Bekar</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>22</v>
+        <v>17</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786059961868</t>
+          <t>9786059961684</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Yasak Sevgili</t>
+          <t>Kiralık Sevgili</t>
         </is>
       </c>
       <c r="C530" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786059961493</t>
+          <t>9786059961172</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Uzaylılarla Karşılaşma</t>
+          <t>Kiralık Eş</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786059961486</t>
+          <t>9786055092894</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Mektubun Sırrı</t>
+          <t>Doğadaki Dostlarım</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>9.26</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786059961455</t>
+          <t>9786055092863</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Kayıp Kitabın Gizemi</t>
+          <t>Sherlock Holmes - Mavi Yakut</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>30</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786059961479</t>
+          <t>9786059809290</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Kaybolan Robot</t>
+          <t>Aşk Mevsimi</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>7.41</v>
+        <v>18</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786059961462</t>
+          <t>9786059809344</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Hayalet Sesleri</t>
+          <t>Sen Bilmesen de</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>25</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786055092719</t>
+          <t>9786059809313</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Astrolojiyle Hayatınızı Değiştirin</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>13</v>
+        <v>16</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786055092696</t>
+          <t>9786059809320</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ten Seçme Öyküler</t>
+          <t>Bir Hayalin Peşinde</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>94</v>
+        <v>20</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786055092542</t>
+          <t>9786059809306</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kalbim İntiharla Sunar</t>
+          <t>Düşlerimin Prensi 1. Cilt</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>10.19</v>
+        <v>22</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786055092559</t>
+          <t>9786059961868</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bilmediğin Gibi</t>
+          <t>Yasak Sevgili</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>10.19</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786055092306</t>
+          <t>9786059961493</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Giden Yolda İletişim</t>
+          <t>Sherlock Sam ve Uzaylılarla Karşılaşma</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>21</v>
+        <v>25</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786055092320</t>
+          <t>9786059961486</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Ayna</t>
+          <t>Sherlock Sam ve Mektubun Sırrı</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786055092337</t>
+          <t>9786059961455</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Oyunbozan</t>
+          <t>Sherlock Sam ve Kayıp Kitabın Gizemi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>16.67</v>
+        <v>30</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786059809061</t>
+          <t>9786059961479</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Baharı Beklerken</t>
+          <t>Sherlock Sam ve Kaybolan Robot</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>18.5</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786059961707</t>
+          <t>9786059961462</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Rüya</t>
+          <t>Sherlock Sam ve Hayalet Sesleri</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>20.37</v>
+        <v>25</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786059961615</t>
+          <t>9786055092719</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Kara Pazar</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786059961240</t>
+          <t>9786055092696</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Kitapların Arasında</t>
+          <t>Atatürk'ten Seçme Öyküler</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>8</v>
+        <v>94</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786059961233</t>
+          <t>9786055092542</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Kavruk Efe</t>
+          <t>Kalbim İntiharla Sunar</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>8</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786059961226</t>
+          <t>9786055092559</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Heves</t>
+          <t>Her Şey Bilmediğin Gibi</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>8</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786059961219</t>
+          <t>9786055092306</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Hava Yolu</t>
+          <t>Başarıya Giden Yolda İletişim</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>8</v>
+        <v>21</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786059961202</t>
+          <t>9786055092320</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Baston</t>
+          <t>Pamuk Ayna</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>7.41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786059961196</t>
+          <t>9786055092337</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Anneme Armağan</t>
+          <t>Oyunbozan</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>7.41</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786059961066</t>
+          <t>9786059809061</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : Konuşan Fırçalar</t>
+          <t>Baharı Beklerken</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>7</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786059961059</t>
+          <t>9786059961707</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : Komşu Çocuğu</t>
+          <t>En Güzel Rüya</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>7</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786059961042</t>
+          <t>9786059961615</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : İştah</t>
+          <t>Kara Pazar</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>7</v>
+        <v>19</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786059961035</t>
+          <t>9786059961240</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : Elma Fidanı</t>
+          <t>Kitapların Arasında</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786059545662</t>
+          <t>9786059961233</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Okulu - Kilitli (Ciltli)</t>
+          <t>Kavruk Efe</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>21</v>
+        <v>8</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786059545631</t>
+          <t>9786059961226</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Okulu - Kaçış (Ciltli)</t>
+          <t>Heves</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>21</v>
+        <v>8</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786059961097</t>
+          <t>9786059961219</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : Yurt Sevgisi</t>
+          <t>Hava Yolu</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786055092627</t>
+          <t>9786059961202</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Evine Hoş Geldin</t>
+          <t>Baston</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786055092474</t>
+          <t>9786059961196</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Güller İçinde Yalnız</t>
+          <t>Anneme Armağan</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>20.37</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786257359276</t>
+          <t>9786059961066</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>4. Maymun</t>
+          <t>Bıcırık Öykü Dizisi : Konuşan Fırçalar</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>345</v>
+        <v>7</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786057649676</t>
+          <t>9786059961059</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Unorthodox</t>
+          <t>Bıcırık Öykü Dizisi : Komşu Çocuğu</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>164</v>
+        <v>7</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786257359443</t>
+          <t>9786059961042</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Montessori Koordinasyon ve Yaşam Becerileri Kitabı</t>
+          <t>Bıcırık Öykü Dizisi : İştah</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>54</v>
+        <v>7</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786055913397</t>
+          <t>9786059961035</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Etkisi</t>
+          <t>Bıcırık Öykü Dizisi : Elma Fidanı</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>13.89</v>
+        <v>7</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786055913748</t>
+          <t>9786059545662</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Kapımızdaki Düşman: Uyuşturucu</t>
+          <t>Canavarlar Okulu - Kilitli (Ciltli)</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>10.19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786055913588</t>
+          <t>9786059545631</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>The Last 13 Days</t>
+          <t>Canavarlar Okulu - Kaçış (Ciltli)</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>12.96</v>
+        <v>21</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786055092368</t>
+          <t>9786059961097</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Testi Kırılmadan</t>
+          <t>Bıcırık Öykü Dizisi : Yurt Sevgisi</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>23.5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786057649324</t>
+          <t>9786055092627</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk Yoktur</t>
+          <t>Evine Hoş Geldin</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>54</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786057649232</t>
+          <t>9786055092474</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Cari Mora</t>
+          <t>Güller İçinde Yalnız</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>129</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786055092207</t>
+          <t>9786257359276</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Freud’un Kız Kardeşi (Ciltli)</t>
+          <t>4. Maymun</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>18.52</v>
+        <v>345</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786257359467</t>
+          <t>9786057649676</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Hafızası</t>
+          <t>Unorthodox</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>154</v>
+        <v>164</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786257359498</t>
+          <t>9786257359443</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Su Gibi Ol Arkadaşım</t>
+          <t>Montessori Koordinasyon ve Yaşam Becerileri Kitabı</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>84</v>
+        <v>54</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786257359429</t>
+          <t>9786055913397</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Ruh Eşini Bulduğunda</t>
+          <t>Kelebek Etkisi</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>69</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786257359306</t>
+          <t>9786055913748</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşmandan Daha Fazlası</t>
+          <t>Kapımızdaki Düşman: Uyuşturucu</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>74</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786257359542</t>
+          <t>9786055913588</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hastalıkları ve Doğru Bilinen Yanlışlar</t>
+          <t>The Last 13 Days</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>166</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786055092436</t>
+          <t>9786055092368</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>İbretlik Paylaşım</t>
+          <t>Testi Kırılmadan</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>14</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786257359030</t>
+          <t>9786057649324</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Düşler</t>
+          <t>Kötü Çocuk Yoktur</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>129</v>
+        <v>54</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786057649577</t>
+          <t>9786057649232</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Avcı</t>
+          <t>Cari Mora</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>245</v>
+        <v>129</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786055395124</t>
+          <t>9786055092207</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Tutkulu Aşk</t>
+          <t>Freud’un Kız Kardeşi (Ciltli)</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789752473713</t>
+          <t>9786257359467</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Değeri - Bir Leonardo da Vinci Romanı</t>
+          <t>Bedenin Hafızası</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>119</v>
+        <v>154</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786057649249</t>
+          <t>9786257359498</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Aşk Dileği</t>
+          <t>Su Gibi Ol Arkadaşım</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>285</v>
+        <v>84</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786257359368</t>
+          <t>9786257359429</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Sana Ait</t>
+          <t>Ruh Eşini Bulduğunda</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>315</v>
+        <v>69</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257359337</t>
+          <t>9786257359306</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Yanık Mektuplar Derneği</t>
+          <t>Bir Düşmandan Daha Fazlası</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>69</v>
+        <v>74</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786057649805</t>
+          <t>9786257359542</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Ya Hiç Tanışmasaydık</t>
+          <t>Çocuk Hastalıkları ve Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786057649812</t>
+          <t>9786055092436</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Kendini Doğuran Kadınlar</t>
+          <t>İbretlik Paylaşım</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>154</v>
+        <v>14</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786057649485</t>
+          <t>9786257359030</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Dante Denklemi</t>
+          <t>Tehlikeli Düşler</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>109</v>
+        <v>129</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257359245</t>
+          <t>9786057649577</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Aaron</t>
+          <t>Avcı</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786057649409</t>
+          <t>9786055395124</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Maskesiz</t>
+          <t>Tutkulu Aşk</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>199.5</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786057649911</t>
+          <t>9789752473713</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Paris'te Uzun Bir Gece</t>
+          <t>İnsanın Değeri - Bir Leonardo da Vinci Romanı</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>59</v>
+        <v>119</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786057649294</t>
+          <t>9786057649249</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Asi</t>
+          <t>Aşk Dileği</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>189.5</v>
+        <v>285</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786055092054</t>
+          <t>9786257359368</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Ben Kemik Torbası</t>
+          <t>Kalbim Sana Ait</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>20</v>
+        <v>315</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786052164969</t>
+          <t>9786257359337</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kapının Ardındaki Ben</t>
+          <t>Yanık Mektuplar Derneği</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>62</v>
+        <v>69</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257359016</t>
+          <t>9786057649805</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Geçer Zaman Ki</t>
+          <t>Ya Hiç Tanışmasaydık</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>198</v>
+        <v>169</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786057649119</t>
+          <t>9786057649812</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Minerva</t>
+          <t>Kendini Doğuran Kadınlar</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>168.4</v>
+        <v>154</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257359061</t>
+          <t>9786057649485</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Peaky Blinders</t>
+          <t>Dante Denklemi</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>99</v>
+        <v>109</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786057649201</t>
+          <t>9786257359245</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Arzular</t>
+          <t>Sevgili Aaron</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>56</v>
+        <v>375</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786052164938</t>
+          <t>9786057649409</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Sudaki İzler</t>
+          <t>Maskesiz</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>40</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786057649195</t>
+          <t>9786057649911</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Pervane</t>
+          <t>Paris'te Uzun Bir Gece</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>139</v>
+        <v>59</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786052164747</t>
+          <t>9786057649294</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Karikatürler</t>
+          <t>Asi</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>238.5</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786052164693</t>
+          <t>9786055092054</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Dracul</t>
+          <t>Ben Kemik Torbası</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>41.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052164761</t>
+          <t>9786052164969</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Öyküler</t>
+          <t>Kapının Ardındaki Ben</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>238.5</v>
+        <v>62</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786052164709</t>
+          <t>9786257359016</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Boğulmadan Hemen Önce</t>
+          <t>Öyle Bir Geçer Zaman Ki</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>25.5</v>
+        <v>198</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786052164754</t>
+          <t>9786057649119</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Karikatürler 2</t>
+          <t>Minerva</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>238.5</v>
+        <v>168.4</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786059961646</t>
+          <t>9786257359061</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Kolyesi</t>
+          <t>Peaky Blinders</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>26</v>
+        <v>99</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786057649522</t>
+          <t>9786057649201</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Kır Zincirlerini</t>
+          <t>Tehlikeli Arzular</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>89</v>
+        <v>56</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786057649515</t>
+          <t>9786052164938</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Sahte Aşık</t>
+          <t>Sudaki İzler</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>49</v>
+        <v>40</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786052164563</t>
+          <t>9786057649195</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Yolunu Kaybeden Anıların Bekçisi</t>
+          <t>Pervane</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>28</v>
+        <v>139</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052164556</t>
+          <t>9786052164747</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Aile Çevresi</t>
+          <t>Karikatürler</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>245</v>
+        <v>238.5</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052164358</t>
+          <t>9786052164693</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Şüpheci Zihinler</t>
+          <t>Dracul</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>35.5</v>
+        <v>41.5</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786057649263</t>
+          <t>9786052164761</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>İhanet</t>
+          <t>Çizgi Öyküler</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>245</v>
+        <v>238.5</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052164921</t>
+          <t>9786052164709</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Karikatürler - 4</t>
+          <t>Boğulmadan Hemen Önce</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>238.5</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786057649072</t>
+          <t>9786052164754</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Söylerim Çocuğum Ne Anlar</t>
+          <t>Karikatürler 2</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>168</v>
+        <v>238.5</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786057649010</t>
+          <t>9786059961646</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Tutku</t>
+          <t>Şeytanın Kolyesi</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>129</v>
+        <v>26</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052164570</t>
+          <t>9786057649522</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Çocuklu Hayat</t>
+          <t>Kır Zincirlerini</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>248</v>
+        <v>89</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052164532</t>
+          <t>9786057649515</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>İki Ateş Arasında</t>
+          <t>Sahte Aşık</t>
         </is>
       </c>
       <c r="C615" s="1">
         <v>49</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052164365</t>
+          <t>9786052164563</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Savaşları 2 - Labirentteki Kahraman</t>
+          <t>Yolunu Kaybeden Anıların Bekçisi</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>20</v>
+        <v>28</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052164341</t>
+          <t>9786052164556</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Savaşları 1 - Dinozorların Yükselişi</t>
+          <t>Aile Çevresi</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>14</v>
+        <v>245</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786057649157</t>
+          <t>9786052164358</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Sevgili</t>
+          <t>Şüpheci Zihinler</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>98.5</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786057649164</t>
+          <t>9786057649263</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Gazap</t>
+          <t>İhanet</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>139</v>
+        <v>245</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786059809689</t>
+          <t>9786052164921</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Külkedisinin Zayıflama Hikayesi</t>
+          <t>Karikatürler - 4</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>27.5</v>
+        <v>238.5</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052164884</t>
+          <t>9786057649072</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Durduracak Değilim</t>
+          <t>Ben Ne Söylerim Çocuğum Ne Anlar</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>118.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786259603155</t>
+          <t>9786057649010</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Bulmaca Ustası</t>
+          <t>Tutku</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>345</v>
+        <v>129</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786259603148</t>
+          <t>9786052164570</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Sonların Tanrısı</t>
+          <t>Çocuklu Hayat</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>395</v>
+        <v>248</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786259603131</t>
+          <t>9786052164532</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Bozulan Yemin</t>
+          <t>İki Ateş Arasında</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>298</v>
+        <v>49</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786259603100</t>
+          <t>9786052164365</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Rota 14 Günde Aşk</t>
+          <t>Dinozor Savaşları 2 - Labirentteki Kahraman</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>298</v>
+        <v>20</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786259603124</t>
+          <t>9786052164341</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Bitmek Bilmeyen Kötü Günler</t>
+          <t>Dinozor Savaşları 1 - Dinozorların Yükselişi</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>298</v>
+        <v>14</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786259592190</t>
+          <t>9786057649157</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Geriye Kalanlar Sergisi</t>
+          <t>Gizemli Sevgili</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>248</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786259592145</t>
+          <t>9786057649164</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Şah ve Mat</t>
+          <t>Gazap</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>395</v>
+        <v>139</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786259728568</t>
+          <t>9786059809689</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>En Yakın Arkadaşını Baştan Çıkarmanın 10 Yolu</t>
+          <t>Külkedisinin Zayıflama Hikayesi</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>400</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786259728520</t>
+          <t>9786052164884</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Drina’da Son Gün</t>
+          <t>Kendimi Durduracak Değilim</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>345</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786259592183</t>
+          <t>9786259603155</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sular Altında</t>
+          <t>Bulmaca Ustası</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>445</v>
+        <v>345</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786259592138</t>
+          <t>9786259603148</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Sağlık</t>
+          <t>Sonların Tanrısı</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>278</v>
+        <v>395</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786259592169</t>
+          <t>9786259603131</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Kalori Saymadan Kilo Ver</t>
+          <t>Bozulan Yemin</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>248</v>
+        <v>298</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786259728582</t>
+          <t>9786259603100</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Köy Yerinde Cinayet</t>
+          <t>Rota 14 Günde Aşk</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>228</v>
+        <v>298</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786259728575</t>
+          <t>9786259603124</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Kâbus'un Yemini</t>
+          <t>Bitmek Bilmeyen Kötü Günler</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>348</v>
+        <v>298</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786259728513</t>
+          <t>9786259592190</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Bir Çift Yürek</t>
+          <t>Geriye Kalanlar Sergisi</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>225</v>
+        <v>248</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786259592107</t>
+          <t>9786259592145</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Buda’nın Kalbi Zihinsel ve Sezgisel Bir Uyanış Rehberi</t>
+          <t>Şah ve Mat</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>285</v>
+        <v>395</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786259592114</t>
+          <t>9786259728568</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Trump ve Zamanın Sonu</t>
+          <t>En Yakın Arkadaşını Baştan Çıkarmanın 10 Yolu</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>210</v>
+        <v>400</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786259592121</t>
+          <t>9786259728520</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Ukde</t>
+          <t>Drina’da Son Gün</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786259728551</t>
+          <t>9786259592183</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Kaya</t>
+          <t>Karanlık Sular Altında</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>349</v>
+        <v>445</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786259551685</t>
+          <t>9786259592138</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Bekleyiş</t>
+          <t>Bilinçli Sağlık</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>395</v>
+        <v>278</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786259728544</t>
+          <t>9786259592169</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Kulti</t>
+          <t>Kalori Saymadan Kilo Ver</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>395</v>
+        <v>248</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786259728537</t>
+          <t>9786259728582</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Kendini Sevmekle Başlar</t>
+          <t>Köy Yerinde Cinayet</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>275</v>
+        <v>228</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786259551630</t>
+          <t>9786259728575</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Bağları</t>
+          <t>Kâbus'un Yemini</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>395</v>
+        <v>348</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786259728506</t>
+          <t>9786259728513</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Kalp</t>
+          <t>Bir Çift Yürek</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786259551647</t>
+          <t>9786259592107</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Emily Wilde’ın Öteki Diyarlar Haritası</t>
+          <t>Buda’nın Kalbi Zihinsel ve Sezgisel Bir Uyanış Rehberi</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>315</v>
+        <v>285</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786259551661</t>
+          <t>9786259592114</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Soğukkanlı Yalancı</t>
+          <t>Trump ve Zamanın Sonu</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>375</v>
+        <v>210</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786259551678</t>
+          <t>9786259592121</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Ben Kendim ve Diğerleri</t>
+          <t>Ukde</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>198.5</v>
+        <v>195</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786259551654</t>
+          <t>9786259728551</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Graham Etkisi</t>
+          <t>Kaya</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>395</v>
+        <v>349</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786259551692</t>
+          <t>9786259551685</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Beyinden Bağırsağa</t>
+          <t>Bekleyiş</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>290</v>
+        <v>395</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786259551609</t>
+          <t>9786259728544</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Işık</t>
+          <t>Kulti</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>330</v>
+        <v>395</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786259551623</t>
+          <t>9786259728537</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalmasın</t>
+          <t>Mucizeler Kendini Sevmekle Başlar</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786259551616</t>
+          <t>9786259551630</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Şevrole İmpala</t>
+          <t>Sevgi Bağları</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>198</v>
+        <v>395</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786256755826</t>
+          <t>9786259728506</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Adaları</t>
+          <t>Kanlı Kalp</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>345</v>
+        <v>375</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786256755765</t>
+          <t>9786259551647</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Hanfendi Bi’ Bakar mısınız?</t>
+          <t>Emily Wilde’ın Öteki Diyarlar Haritası</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>275</v>
+        <v>315</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786256947597</t>
+          <t>9786259551661</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Arka Bahçesi</t>
+          <t>Soğukkanlı Yalancı</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>210</v>
+        <v>375</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786259990019</t>
+          <t>9786259551678</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Acımasız Karteller Kutulu Set (4 Kitap Takım)</t>
+          <t>Ben Kendim ve Diğerleri</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>808</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257359597</t>
+          <t>9786259551654</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Sen Git Aşk Bana Kalsın</t>
+          <t>Graham Etkisi</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257359580</t>
+          <t>9786259551692</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>6. Yaramaz Çocuk</t>
+          <t>Beyinden Bağırsağa</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>345</v>
+        <v>290</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786055395919</t>
+          <t>9786259551609</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Çocukların Tanrısı</t>
+          <t>Lanetli Işık</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>245</v>
+        <v>330</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786055092658</t>
+          <t>9786259551623</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Hannibal</t>
+          <t>Yarım Kalmasın</t>
         </is>
       </c>
       <c r="C661" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786059961158</t>
+          <t>9786259551616</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ejder</t>
+          <t>Şevrole İmpala</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>295</v>
+        <v>198</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786055092986</t>
+          <t>9786256755826</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Kuzuların Sessizliği</t>
+          <t>Tanrıların Adaları</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786055092153</t>
+          <t>9786256755765</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Drina’da Son Gün</t>
+          <t>Hanfendi Bi’ Bakar mısınız?</t>
         </is>
       </c>
       <c r="C664" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786057649706</t>
+          <t>9786256947597</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları</t>
+          <t>Zihnin Arka Bahçesi</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>178</v>
+        <v>210</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257359078</t>
+          <t>9786259990019</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Ruhu İyileştirmek</t>
+          <t>Acımasız Karteller Kutulu Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>198</v>
+        <v>808</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786256755888</t>
+          <t>9786257359597</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Küçük İyilikler</t>
+          <t>Sen Git Aşk Bana Kalsın</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>258</v>
+        <v>225</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786256755932</t>
+          <t>9786257359580</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Kalıpları Kırın</t>
+          <t>6. Yaramaz Çocuk</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>298</v>
+        <v>345</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786256755956</t>
+          <t>9786055395919</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Âşık Erkekler Söz Ver Bana</t>
+          <t>Mutsuz Çocukların Tanrısı</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786256755918</t>
+          <t>9786055092658</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>İş Para Cinsellik</t>
+          <t>Hannibal</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>275</v>
+        <v>285</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786256755949</t>
+          <t>9786059961158</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Noel'de Buluşalım</t>
+          <t>Kızıl Ejder</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786256755963</t>
+          <t>9786055092986</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Gece Günlüğü</t>
+          <t>Kuzuların Sessizliği</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786256755901</t>
+          <t>9786055092153</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Maame</t>
+          <t>Drina’da Son Gün</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786256755925</t>
+          <t>9786057649706</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Asi Âşık</t>
+          <t>Anadolu Masalları</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>345</v>
+        <v>178</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786256755895</t>
+          <t>9786257359078</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Gelin</t>
+          <t>Ruhu İyileştirmek</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>348</v>
+        <v>198</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786256755864</t>
+          <t>9786256755888</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Mafya Günlükleri #3: Nefret</t>
+          <t>Küçük İyilikler</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>340</v>
+        <v>258</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786256755819</t>
+          <t>9786256755932</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşım Bir Vampir</t>
+          <t>Kalıpları Kırın</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>315</v>
+        <v>298</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786256755840</t>
+          <t>9786256755956</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma</t>
+          <t>Âşık Erkekler Söz Ver Bana</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>345</v>
+        <v>320</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786256755291</t>
+          <t>9786256755918</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun!</t>
+          <t>İş Para Cinsellik</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786256755833</t>
+          <t>9786256755949</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Islık</t>
+          <t>Noel'de Buluşalım</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786256755857</t>
+          <t>9786256755963</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Metafor</t>
+          <t>Gece Günlüğü</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>255</v>
+        <v>220</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786256755796</t>
+          <t>9786256755901</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Sanmasınlar Yıkıldık</t>
+          <t>Maame</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>228</v>
+        <v>345</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786256755789</t>
+          <t>9786256755925</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Kader</t>
+          <t>Asi Âşık</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786256755772</t>
+          <t>9786256755895</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz</t>
+          <t>Gelin</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>335</v>
+        <v>425</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786256755734</t>
+          <t>9786256755864</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısına Çeyrek Kala</t>
+          <t>Kanlı Mafya Günlükleri #3: Nefret</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>395</v>
+        <v>340</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786256755611</t>
+          <t>9786256755819</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Hazine</t>
+          <t>Ev Arkadaşım Bir Vampir</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>395</v>
+        <v>315</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786256755727</t>
+          <t>9786256755840</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Aile Oyunu</t>
+          <t>Çarpışma</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>298</v>
+        <v>345</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786256755710</t>
+          <t>9786256755291</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Yaz Bu Zamanlar</t>
+          <t>Aşk Olsun!</t>
         </is>
       </c>
       <c r="C688" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786057649935</t>
+          <t>9786256755833</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Theta Healing: Sen ve Yaratıcı</t>
+          <t>Islık</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786256755680</t>
+          <t>9786256755857</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Benimle Gölde Buluş</t>
+          <t>Metafor</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>345</v>
+        <v>255</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786256755642</t>
+          <t>9786256755796</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Bir Mucizedir Yaşamak</t>
+          <t>Sanmasınlar Yıkıldık</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>368</v>
+        <v>228</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786256755703</t>
+          <t>9786256755789</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Anastasia</t>
+          <t>Kader</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>690</v>
+        <v>395</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786256755666</t>
+          <t>9786256755772</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Tek</t>
+          <t>Umutsuz</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>395</v>
+        <v>335</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786256755673</t>
+          <t>9786256755734</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Ben Değil Sen</t>
+          <t>Gece Yarısına Çeyrek Kala</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>220</v>
+        <v>395</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786256755697</t>
+          <t>9786256755611</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Dağ Diyarı Sürgünleri</t>
+          <t>Hazine</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786256947719</t>
+          <t>9786256755727</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Subliminal Mesajlarla - Bilinçaltının Gücü</t>
+          <t>Aile Oyunu</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>240</v>
+        <v>298</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786257359474</t>
+          <t>9786256755710</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Yaşanacak Uzun Bir Hayat Kaldı</t>
+          <t>Gelecek Yaz Bu Zamanlar</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>178</v>
+        <v>220</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786057649546</t>
+          <t>9786057649935</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Yenidoğan Bakımı ve İlkyardım</t>
+          <t>Theta Healing: Sen ve Yaratıcı</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>365</v>
+        <v>245</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786057649553</t>
+          <t>9786256755680</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Lukov’dan Sevgiler</t>
+          <t>Benimle Gölde Buluş</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786256755321</t>
+          <t>9786256755642</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Pervasız</t>
+          <t>Bir Mucizedir Yaşamak</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>345</v>
+        <v>368</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786256755604</t>
+          <t>9786256755703</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Bütün Kuğular Beyazdır</t>
+          <t>Anastasia</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>330</v>
+        <v>690</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786256755628</t>
+          <t>9786256755666</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Kayıp Adası Vordonisi</t>
+          <t>Tek</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>198</v>
+        <v>395</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786256755635</t>
+          <t>9786256755673</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Mafya Günlükleri 2: Görev</t>
+          <t>Ben Değil Sen</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>325</v>
+        <v>220</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786256755598</t>
+          <t>9786256755697</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşlarım İftiharla Sunar</t>
+          <t>Dağ Diyarı Sürgünleri</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786256947696</t>
+          <t>9786256947719</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Ya Suçlu Lektinse!</t>
+          <t>Subliminal Mesajlarla - Bilinçaltının Gücü</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786256755116</t>
+          <t>9786257359474</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Elbet Açacak İçimdeki Nilüfer</t>
+          <t>Yaşanacak Uzun Bir Hayat Kaldı</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>248</v>
+        <v>178</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786256947528</t>
+          <t>9786057649546</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Yenidoğan Bakımı ve İlkyardım</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>345</v>
+        <v>365</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786256755581</t>
+          <t>9786057649553</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Ambrosia</t>
+          <t>Lukov’dan Sevgiler</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786256755574</t>
+          <t>9786256755321</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Dönüştüren Zihin</t>
+          <t>Pervasız</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>255</v>
+        <v>345</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786256755567</t>
+          <t>9786256755604</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Nerden Düştük Bu Aşka!</t>
+          <t>Bütün Kuğular Beyazdır</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>225</v>
+        <v>330</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786256755550</t>
+          <t>9786256755628</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Ek Gıda Macerası Başlasın</t>
+          <t>İstanbul'un Kayıp Adası Vordonisi</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>260</v>
+        <v>198</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786256755284</t>
+          <t>9786256755635</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Karınca Sensin</t>
+          <t>Kanlı Mafya Günlükleri 2: Görev</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>253</v>
+        <v>325</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786256755314</t>
+          <t>9786256755598</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Aşık Erkekler: Çılgın, Sersem ve Tutkulu</t>
+          <t>Gözyaşlarım İftiharla Sunar</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>368</v>
+        <v>275</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786256755307</t>
+          <t>9786256947696</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Varis</t>
+          <t>Ya Suçlu Lektinse!</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786256755277</t>
+          <t>9786256755116</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Emily Wilde’ın Periler Ansiklopedisi</t>
+          <t>Elbet Açacak İçimdeki Nilüfer</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>375</v>
+        <v>248</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786256755253</t>
+          <t>9786256947528</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğe Dönüş</t>
+          <t>Sığınak</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>315</v>
+        <v>345</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786256755260</t>
+          <t>9786256755581</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Bazen Bırakmak Gerekir</t>
+          <t>Ambrosia</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>260</v>
+        <v>295</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786055092498</t>
+          <t>9786256755574</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Erkekler İçin Yaratıcı Yazma</t>
+          <t>Dönüştüren Zihin</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>40</v>
+        <v>255</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786256755215</t>
+          <t>9786256755567</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Gizli Formül</t>
+          <t>Nerden Düştük Bu Aşka!</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>255</v>
+        <v>225</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786256755246</t>
+          <t>9786256755550</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Pişmanlıklar Koleksiyonu</t>
+          <t>Ek Gıda Macerası Başlasın</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>298</v>
+        <v>260</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786256755192</t>
+          <t>9786256755284</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Buz</t>
+          <t>Karınca Sensin</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>265</v>
+        <v>253</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786256755239</t>
+          <t>9786256755314</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Mafya Günlükleri #1: Onur</t>
+          <t>Aşık Erkekler: Çılgın, Sersem ve Tutkulu</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>315</v>
+        <v>368</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786256755222</t>
+          <t>9786256755307</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Kozmetik mi Zehir mi?</t>
+          <t>Kayıp Varis</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>228</v>
+        <v>345</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786256755178</t>
+          <t>9786256755277</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Lütuf</t>
+          <t>Emily Wilde’ın Periler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>330</v>
+        <v>375</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786256755208</t>
+          <t>9786256755253</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Gerçeğe Dönüş</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>395</v>
+        <v>315</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786256755161</t>
+          <t>9786256755260</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Memleket Mevzuları</t>
+          <t>Bazen Bırakmak Gerekir</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>185</v>
+        <v>260</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786256755123</t>
+          <t>9786055092498</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Zalim Prens</t>
+          <t>Erkekler İçin Yaratıcı Yazma</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>345</v>
+        <v>40</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786256755185</t>
+          <t>9786256755215</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Duygularını Çözen Kaderini Yazar</t>
+          <t>Gizli Formül</t>
         </is>
       </c>
       <c r="C728" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786256755154</t>
+          <t>9786256755246</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yollar Rhodes’a Çıkar</t>
+          <t>Pişmanlıklar Koleksiyonu</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>445</v>
+        <v>298</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786256755147</t>
+          <t>9786256755192</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Çaresiz</t>
+          <t>Buz</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>349</v>
+        <v>265</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786256755130</t>
+          <t>9786256755239</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Dönüm Noktası</t>
+          <t>Kanlı Mafya Günlükleri #1: Onur</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>345</v>
+        <v>315</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786256947702</t>
+          <t>9786256755222</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>İlişki Dansı</t>
+          <t>Kozmetik mi Zehir mi?</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>248</v>
+        <v>228</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786256755109</t>
+          <t>9786256755178</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Oyuna Dönüş</t>
+          <t>Lanetli Lütuf</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786256755079</t>
+          <t>9786256755208</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Biz Hiç Kavga Etmeyiz!</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>265</v>
+        <v>395</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786256755093</t>
+          <t>9786256755161</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Sıfırı Görmek</t>
+          <t>Memleket Mevzuları</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>276</v>
+        <v>185</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786256755086</t>
+          <t>9786256755123</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Anahtarlar - Başarının ve Mutluluğun Sırları</t>
+          <t>Zalim Prens</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>249</v>
+        <v>345</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786256755055</t>
+          <t>9786256755185</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Sır</t>
+          <t>Duygularını Çözen Kaderini Yazar</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>365</v>
+        <v>255</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786256755062</t>
+          <t>9786256755154</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Weyward</t>
+          <t>Tüm Yollar Rhodes’a Çıkar</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>375</v>
+        <v>445</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786256755048</t>
+          <t>9786256755147</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>1 Hayat 12 Beceri</t>
+          <t>Çaresiz</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>255</v>
+        <v>349</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786256755031</t>
+          <t>9786256755130</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Düştü</t>
+          <t>Dönüm Noktası</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>178</v>
+        <v>345</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786256947733</t>
+          <t>9786256947702</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Bağlar</t>
+          <t>İlişki Dansı</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>368</v>
+        <v>248</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786256755024</t>
+          <t>9786256755109</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Kişiler Doğru Keşkeler</t>
+          <t>Oyuna Dönüş</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>275</v>
+        <v>310</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786256947993</t>
+          <t>9786256755079</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Yarı Zamanlı Yalnız</t>
+          <t>Biz Hiç Kavga Etmeyiz!</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>245</v>
+        <v>265</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786256947757</t>
+          <t>9786256755093</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Kalpsiz</t>
+          <t>Sıfırı Görmek</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>345</v>
+        <v>276</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786256755017</t>
+          <t>9786256755086</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Teorik Olarak</t>
+          <t>Sihirli Anahtarlar - Başarının ve Mutluluğun Sırları</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>380</v>
+        <v>249</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786256947740</t>
+          <t>9786256755055</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Bir Büyü</t>
+          <t>Ormandaki Sır</t>
         </is>
       </c>
       <c r="C746" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786256947726</t>
+          <t>9786256755062</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Yanmışsam Yanlışsın</t>
+          <t>Weyward</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>160</v>
+        <v>375</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786256947320</t>
+          <t>9786256755048</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>7 Uyanış Yüzleşme Kabul</t>
+          <t>1 Hayat 12 Beceri</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>260</v>
+        <v>255</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786256947627</t>
+          <t>9786256755031</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Ben Nasıl Büyük Adam Olucam?</t>
+          <t>Kudüs Düştü</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>220</v>
+        <v>178</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786256947689</t>
+          <t>9786256947733</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Boşluğun Çığlığı</t>
+          <t>Görünmez Bağlar</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>178</v>
+        <v>368</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786256947665</t>
+          <t>9786256755024</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Rengi</t>
+          <t>Yanlış Kişiler Doğru Keşkeler</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>298</v>
+        <v>275</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786256947436</t>
+          <t>9786256947993</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Medikal Medyum</t>
+          <t>Yarı Zamanlı Yalnız</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>685</v>
+        <v>245</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786256947511</t>
+          <t>9786256947757</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Kül Mevsimi</t>
+          <t>Kalpsiz</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>185</v>
+        <v>345</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786256947566</t>
+          <t>9786256755017</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Çöl Yıldızı</t>
+          <t>Aşk, Teorik Olarak</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>368</v>
+        <v>380</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786256947658</t>
+          <t>9786256947740</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yalanlar</t>
+          <t>Vahşi Bir Büyü</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>248</v>
+        <v>365</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786256947634</t>
+          <t>9786256947726</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz</t>
+          <t>Yanmışsam Yanlışsın</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>345</v>
+        <v>160</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786256947641</t>
+          <t>9786256947320</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dönüş</t>
+          <t>7 Uyanış Yüzleşme Kabul</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>315</v>
+        <v>260</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786256947603</t>
+          <t>9786256947627</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Vurucu</t>
+          <t>Ben Nasıl Büyük Adam Olucam?</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>298</v>
+        <v>220</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786256947580</t>
+          <t>9786256947689</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Düşünceni Değiştir - Hayatın Değişsin</t>
+          <t>Boşluğun Çığlığı</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>285</v>
+        <v>178</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786256947573</t>
+          <t>9786256947665</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>İyileşmek İçin Arınma</t>
+          <t>Gecenin Rengi</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>675</v>
+        <v>298</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786256947610</t>
+          <t>9786256947436</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Çat Kapı Aşk</t>
+          <t>Medikal Medyum</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>276</v>
+        <v>685</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786256947542</t>
+          <t>9786256947511</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Nedir Bu NFT?</t>
+          <t>Kül Mevsimi</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>148</v>
+        <v>185</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786256947535</t>
+          <t>9786256947566</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Olmaz</t>
+          <t>Çöl Yıldızı</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>245</v>
+        <v>368</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786256947559</t>
+          <t>9786256947658</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Uslu Çocuk Olmayı Bırak</t>
+          <t>Beyaz Yalanlar</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>345</v>
+        <v>248</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786256947450</t>
+          <t>9786256947634</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Kuşu</t>
+          <t>Kusursuz</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>368</v>
+        <v>345</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786256947467</t>
+          <t>9786256947641</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Cesur Kızlara Yol Arkadaşları - 1</t>
+          <t>Aşka Dönüş</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>375</v>
+        <v>315</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786256947504</t>
+          <t>9786256947603</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Zamansız</t>
+          <t>Vurucu</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>320</v>
+        <v>298</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786256947498</t>
+          <t>9786256947580</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Baba Olmayı Çok Sevdim - Enbaba ve Kızları</t>
+          <t>Düşünceni Değiştir - Hayatın Değişsin</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>240</v>
+        <v>285</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786256947429</t>
+          <t>9786256947573</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuz</t>
+          <t>İyileşmek İçin Arınma</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>368</v>
+        <v>675</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786256947443</t>
+          <t>9786256947610</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Çatışma</t>
+          <t>Çat Kapı Aşk</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>345</v>
+        <v>276</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786256947177</t>
+          <t>9786256947542</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Bu Yalnızlık Bana Fazla Bölüşelim mi?</t>
+          <t>Nedir Bu NFT?</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>275</v>
+        <v>148</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786256947474</t>
+          <t>9786256947535</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Beynin Sırları ve Manyetik Şifreleri RTMS - Enerji Tıbbı</t>
+          <t>Sensiz Olmaz</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786256947405</t>
+          <t>9786256947559</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Öfkenin İzi</t>
+          <t>Uslu Çocuk Olmayı Bırak</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>178</v>
+        <v>345</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786256947412</t>
+          <t>9786256947450</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>İlk Sette Aşk Yangını</t>
+          <t>Örümcek Kuşu</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>345</v>
+        <v>368</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786256947221</t>
+          <t>9786256947467</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Kuytu</t>
+          <t>Cesur Kızlara Yol Arkadaşları - 1</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786256947375</t>
+          <t>9786256947504</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Seryaver Salih Bozok</t>
+          <t>Zamansız</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786256947368</t>
+          <t>9786256947498</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Sıfırın Altında</t>
+          <t>Baba Olmayı Çok Sevdim - Enbaba ve Kızları</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786256947344</t>
+          <t>9786256947429</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Derin Hüzün - Dumlupınar Denizaltısının Anlatılmayan Hikayesi</t>
+          <t>Uyumsuz</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>198</v>
+        <v>368</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786256947351</t>
+          <t>9786256947443</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Seri Katiller Gölgesinde Aşk</t>
+          <t>Sıcak Çatışma</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>248</v>
+        <v>345</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786256947337</t>
+          <t>9786256947177</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Aralıklı Oruç ve Düşük Karbonhidratlı Beslenme</t>
+          <t>Bu Yalnızlık Bana Fazla Bölüşelim mi?</t>
         </is>
       </c>
       <c r="C780" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786256947306</t>
+          <t>9786256947474</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Şafağın Rengi</t>
+          <t>Beynin Sırları ve Manyetik Şifreleri RTMS - Enerji Tıbbı</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>368</v>
+        <v>285</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786256947313</t>
+          <t>9786256947405</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Takip</t>
+          <t>Öfkenin İzi</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>145</v>
+        <v>178</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786256947207</t>
+          <t>9786256947412</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Önce Ben Sonra Biz</t>
+          <t>İlk Sette Aşk Yangını</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>198</v>
+        <v>345</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786256947214</t>
+          <t>9786256947221</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Çömez</t>
+          <t>Kuytu</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786256947269</t>
+          <t>9786256947375</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Christie’nin Yasak Aşkı</t>
+          <t>Seryaver Salih Bozok</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786256947252</t>
+          <t>9786256947368</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Sırrı</t>
+          <t>Sıfırın Altında</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>189</v>
+        <v>225</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786256947283</t>
+          <t>9786256947344</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Her Yazın Ardından</t>
+          <t>Derin Hüzün - Dumlupınar Denizaltısının Anlatılmayan Hikayesi</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>325</v>
+        <v>198</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786256947290</t>
+          <t>9786256947351</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yaşama Sarılmak</t>
+          <t>Seri Katiller Gölgesinde Aşk</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>198</v>
+        <v>248</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786256947276</t>
+          <t>9786256947337</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Akılcı ve Bilimsel Takviye Rehberi</t>
+          <t>Aralıklı Oruç ve Düşük Karbonhidratlı Beslenme</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>228</v>
+        <v>275</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786256947160</t>
+          <t>9786256947306</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Güneş Duası</t>
+          <t>Şafağın Rengi</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>268</v>
+        <v>368</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786258400960</t>
+          <t>9786256947313</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Hey Güzellik</t>
+          <t>Takip</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>320</v>
+        <v>145</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786256947184</t>
+          <t>9786256947207</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Aşk Çıkmazı</t>
+          <t>Önce Ben Sonra Biz</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>225</v>
+        <v>198</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786256947153</t>
+          <t>9786256947214</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Filikadaki Yabancı</t>
+          <t>Çömez</t>
         </is>
       </c>
       <c r="C793" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786256947238</t>
+          <t>9786256947269</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Hayaletleri</t>
+          <t>Christie’nin Yasak Aşkı</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>276</v>
+        <v>345</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786256947191</t>
+          <t>9786256947252</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Senin Hikayen Hangisi?</t>
+          <t>Her Şeyin Sırrı</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>285</v>
+        <v>189</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786258400922</t>
+          <t>9786256947283</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yeniden</t>
+          <t>Her Yazın Ardından</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>276</v>
+        <v>325</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786258400946</t>
+          <t>9786256947290</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Seçme Öyküler</t>
+          <t>Yeniden Yaşama Sarılmak</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>168</v>
+        <v>198</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786256947009</t>
+          <t>9786256947276</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Şair</t>
+          <t>Akılcı ve Bilimsel Takviye Rehberi</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>445</v>
+        <v>228</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786258400991</t>
+          <t>9786256947160</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Korkuluk</t>
+          <t>Güneş Duası</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>395</v>
+        <v>268</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786258400939</t>
+          <t>9786258400960</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>45’ten Sonra</t>
+          <t>Hey Güzellik</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>375</v>
+        <v>320</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786258400908</t>
+          <t>9786256947184</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Etkili Gençlerin 7 Alışkanlığı</t>
+          <t>Aşk Çıkmazı</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786258400977</t>
+          <t>9786256947153</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Ortası</t>
+          <t>Filikadaki Yabancı</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>368</v>
+        <v>225</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786258400984</t>
+          <t>9786256947238</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Sokağın Yalnız Çocuğu</t>
+          <t>Geçmişin Hayaletleri</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>168</v>
+        <v>276</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786258400854</t>
+          <t>9786256947191</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Ahu</t>
+          <t>Senin Hikayen Hangisi?</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>209</v>
+        <v>285</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786258400823</t>
+          <t>9786258400922</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraftaki Çocuk</t>
+          <t>Aşk Yeniden</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>285</v>
+        <v>276</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786258400892</t>
+          <t>9786258400946</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızın Duyguları</t>
+          <t>Seçme Öyküler</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>210</v>
+        <v>168</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786258400885</t>
+          <t>9786256947009</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Aynı Çatı Altında</t>
+          <t>Şair</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786258400878</t>
+          <t>9786258400991</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Paradoksları</t>
+          <t>Korkuluk</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>335</v>
+        <v>395</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786258400694</t>
+          <t>9786258400939</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Son Sınıf</t>
+          <t>45’ten Sonra</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>278</v>
+        <v>375</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786258400847</t>
+          <t>9786258400908</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Miço</t>
+          <t>Etkili Gençlerin 7 Alışkanlığı</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786258400830</t>
+          <t>9786258400977</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Yakanlar</t>
+          <t>Gecenin Ortası</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>345</v>
+        <v>368</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786258400786</t>
+          <t>9786258400984</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Çıkmam Lazım Hayat Kaçıyor</t>
+          <t>Sokağın Yalnız Çocuğu</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>275</v>
+        <v>168</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786258400809</t>
+          <t>9786258400854</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz</t>
+          <t>Ahu</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>220</v>
+        <v>209</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786258400779</t>
+          <t>9786258400823</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Rezil Dünya</t>
+          <t>Fotoğraftaki Çocuk</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>278</v>
+        <v>285</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786258400748</t>
+          <t>9786258400892</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hipotezi (Ciltli)</t>
+          <t>Çocuklarımızın Duyguları</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>445</v>
+        <v>210</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786258400793</t>
+          <t>9786258400885</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Kronik Hastalıklara Çözüm Var</t>
+          <t>Aynı Çatı Altında</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>398</v>
+        <v>225</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786258400649</t>
+          <t>9786258400878</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Sarduvan</t>
+          <t>Sağlık Paradoksları</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>298</v>
+        <v>335</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786258400663</t>
+          <t>9786258400694</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Randevu</t>
+          <t>Son Sınıf</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>345</v>
+        <v>278</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786258400632</t>
+          <t>9786258400847</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Grup</t>
+          <t>Miço</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786258400717</t>
+          <t>9786258400830</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Terzi</t>
+          <t>Ateşi Yakanlar</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>340</v>
+        <v>345</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786258400755</t>
+          <t>9786258400786</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Kendi Ayak İzini Oluşturan Kadınlar</t>
+          <t>Çıkmam Lazım Hayat Kaçıyor</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786258400625</t>
+          <t>9786258400809</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Reçetesi</t>
+          <t>Sonsuz</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>189</v>
+        <v>220</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786258400687</t>
+          <t>9786258400779</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Berber Dükkanı Sohbetleri</t>
+          <t>Rezil Dünya</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>255</v>
+        <v>278</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786258400731</t>
+          <t>9786258400748</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Şevrole Belayir</t>
+          <t>Aşk Hipotezi (Ciltli)</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>205</v>
+        <v>445</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786258400601</t>
+          <t>9786258400793</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Beyindeki Aşk</t>
+          <t>Kronik Hastalıklara Çözüm Var</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>365</v>
+        <v>398</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786258400540</t>
+          <t>9786258400649</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Günün Sonu</t>
+          <t>Sarduvan</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>368</v>
+        <v>298</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786258400380</t>
+          <t>9786258400663</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>O Sokağa Asla Girme</t>
+          <t>Aşkla Randevu</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>239</v>
+        <v>345</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786258400229</t>
+          <t>9786258400632</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Asal</t>
+          <t>Grup</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>168</v>
+        <v>245</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786257359870</t>
+          <t>9786258400717</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Salinger’ın Mektupları</t>
+          <t>Terzi</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>168</v>
+        <v>340</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786257359894</t>
+          <t>9786258400755</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Sanal Para: Sentetik İnsan - Lego Din ve Mahşerin Dört Atlısı</t>
+          <t>Kendi Ayak İzini Oluşturan Kadınlar</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>335</v>
+        <v>225</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786257359863</t>
+          <t>9786258400625</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>İtiraz</t>
+          <t>Mevlana Reçetesi</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>320</v>
+        <v>189</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786057649256</t>
+          <t>9786258400687</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>1 Yeni Bildiriminiz Var</t>
+          <t>Berber Dükkanı Sohbetleri</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>415</v>
+        <v>255</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786258400564</t>
+          <t>9786258400731</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Sürfile Makası</t>
+          <t>Şevrole Belayir</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>278</v>
+        <v>205</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786258400618</t>
+          <t>9786258400601</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Beyindeki Aşk (Ciltli)</t>
+          <t>Beyindeki Aşk</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>415</v>
+        <v>365</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786258400588</t>
+          <t>9786258400540</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Bütünüyle İnsan Olmak</t>
+          <t>Günün Sonu</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>198</v>
+        <v>368</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786258400595</t>
+          <t>9786258400380</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Ali Şamil Büyük Taarruz'un Küçük Tanığı</t>
+          <t>O Sokağa Asla Girme</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>218</v>
+        <v>239</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786258400472</t>
+          <t>9786258400229</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Lizge</t>
+          <t>Asal</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>278</v>
+        <v>168</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786258400519</t>
+          <t>9786257359870</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hisseder Erkek Fark Etmez</t>
+          <t>Salinger’ın Mektupları</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>240</v>
+        <v>168</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786258400397</t>
+          <t>9786257359894</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Andromeda Evrimi</t>
+          <t>Sanal Para: Sentetik İnsan - Lego Din ve Mahşerin Dört Atlısı</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>245</v>
+        <v>335</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786258400441</t>
+          <t>9786257359863</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Ben Sizin Mükemmel Meksikalı Kızınız Değilim</t>
+          <t>İtiraz</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786258400489</t>
+          <t>9786057649256</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Karar</t>
+          <t>1 Yeni Bildiriminiz Var</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>285</v>
+        <v>415</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786258400502</t>
+          <t>9786258400564</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>İyi Kız Karmaşası</t>
+          <t>Sürfile Makası</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>365</v>
+        <v>278</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786258400496</t>
+          <t>9786258400618</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>5. Kan</t>
+          <t>Beyindeki Aşk (Ciltli)</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>198</v>
+        <v>415</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786258400458</t>
+          <t>9786258400588</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Nebo’nun Mavi Kitabı</t>
+          <t>Bütünüyle İnsan Olmak</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>129</v>
+        <v>198</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786258400410</t>
+          <t>9786258400595</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Eyfel</t>
+          <t>Ali Şamil Büyük Taarruz'un Küçük Tanığı</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>225</v>
+        <v>218</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786258400403</t>
+          <t>9786258400472</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Taht</t>
+          <t>Lizge</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>245</v>
+        <v>278</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786258400199</t>
+          <t>9786258400519</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Skandallar Kraliçesi</t>
+          <t>Kadın Hisseder Erkek Fark Etmez</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>276</v>
+        <v>240</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786258400427</t>
+          <t>9786258400397</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Aşık Erkekler Gizli Görevde</t>
+          <t>Andromeda Evrimi</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786258400434</t>
+          <t>9786258400441</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Metaverse</t>
+          <t>Ben Sizin Mükemmel Meksikalı Kızınız Değilim</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786258400151</t>
+          <t>9786258400489</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Yiyerek Özgürleş</t>
+          <t>Karar</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>178</v>
+        <v>285</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786258400168</t>
+          <t>9786258400502</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Onay</t>
+          <t>İyi Kız Karmaşası</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786258400182</t>
+          <t>9786258400496</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Mukadder</t>
+          <t>5. Kan</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>248</v>
+        <v>198</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786258400175</t>
+          <t>9786258400458</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Dokunulmaz</t>
+          <t>Nebo’nun Mavi Kitabı</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>265</v>
+        <v>129</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786258400090</t>
+          <t>9786258400410</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Aslanın İni</t>
+          <t>Eyfel</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>278</v>
+        <v>225</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786258400120</t>
+          <t>9786258400403</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Unread Message</t>
+          <t>Taht</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786258400106</t>
+          <t>9786258400199</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Ben Orada Yokken</t>
+          <t>Skandallar Kraliçesi</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>178</v>
+        <v>276</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786258400137</t>
+          <t>9786258400427</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>İçimde Söven Biri Var</t>
+          <t>Aşık Erkekler Gizli Görevde</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>178.5</v>
+        <v>345</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786258400076</t>
+          <t>9786258400434</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Karmaşa</t>
+          <t>Metaverse</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786257359832</t>
+          <t>9786258400151</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Durumu Üzerine 50 Yanlış Bilgi</t>
+          <t>Yiyerek Özgürleş</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>185</v>
+        <v>178</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786257359856</t>
+          <t>9786258400168</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Sırma'nın Günlüğü</t>
+          <t>Onay</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786257359849</t>
+          <t>9786258400182</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Kaderimiz Kalbimizden Dökülsün</t>
+          <t>Mukadder</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786257359757</t>
+          <t>9786258400175</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Başkana İki Ölü Balık Gönderen Adam</t>
+          <t>Dokunulmaz</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>198</v>
+        <v>265</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786257359795</t>
+          <t>9786258400090</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hipotezi</t>
+          <t>Aslanın İni</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>360</v>
+        <v>278</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786257359771</t>
+          <t>9786258400120</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz İnsan</t>
+          <t>Unread Message</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>248</v>
+        <v>325</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786257359764</t>
+          <t>9786258400106</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dostlar Kitabı</t>
+          <t>Ben Orada Yokken</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>275</v>
+        <v>178</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786257359788</t>
+          <t>9786258400137</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Cici Kız Olmayı Bırak</t>
+          <t>İçimde Söven Biri Var</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>285</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786257359818</t>
+          <t>9786258400076</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Sakin Ebeveyn</t>
+          <t>Tatlı Karmaşa</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>298</v>
+        <v>220</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786257359733</t>
+          <t>9786257359832</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Sonra Sen Geldin</t>
+          <t>Dünyanın Durumu Üzerine 50 Yanlış Bilgi</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>285</v>
+        <v>185</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786257359696</t>
+          <t>9786257359856</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Miralayın Kızı Süreyya</t>
+          <t>Sırma'nın Günlüğü</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>285</v>
+        <v>295</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786257359726</t>
+          <t>9786257359849</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Kaç Yıl Geçti Aradan</t>
+          <t>Kaderimiz Kalbimizden Dökülsün</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786257359689</t>
+          <t>9786257359757</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bize Yakıştı</t>
+          <t>Başkana İki Ölü Balık Gönderen Adam</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786257359627</t>
+          <t>9786257359795</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mutluluklar Kitabı</t>
+          <t>Aşk Hipotezi</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>345</v>
+        <v>360</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786257359634</t>
+          <t>9786257359771</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Okumak Yolda Olmaktır</t>
+          <t>Ölümsüz İnsan</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>155</v>
+        <v>248</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786257359566</t>
+          <t>9786257359764</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Rahmi Bey</t>
+          <t>Kayıp Dostlar Kitabı</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786257359573</t>
+          <t>9786257359788</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Perina</t>
+          <t>Cici Kız Olmayı Bırak</t>
         </is>
       </c>
       <c r="C875" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786257359658</t>
+          <t>9786257359818</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Kraliyet Mürebbiyesi</t>
+          <t>Sakin Ebeveyn</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>275</v>
+        <v>298</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786257359665</t>
+          <t>9786257359733</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Hiç Tanımadım Hiç Unutmadım</t>
+          <t>Sonra Sen Geldin</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>198.5</v>
+        <v>285</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786257359603</t>
+          <t>9786257359696</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Bizi Büyüten Deniz</t>
+          <t>Miralayın Kızı Süreyya</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>178</v>
+        <v>285</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786257359610</t>
+          <t>9786257359726</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Aşk Geceleri</t>
+          <t>Kaç Yıl Geçti Aradan</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>255</v>
+        <v>285</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786257359672</t>
+          <t>9786257359689</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Dedikoducu Beyin</t>
+          <t>Aşk Bize Yakıştı</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>275</v>
+        <v>199</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786257359559</t>
+          <t>9786257359627</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Kendini Gizleyen İnsan</t>
+          <t>Küçük Mutluluklar Kitabı</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>375</v>
+        <v>345</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786257359535</t>
+          <t>9786257359634</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Sıdıka Hanım</t>
+          <t>Okumak Yolda Olmaktır</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>295</v>
+        <v>155</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786257359528</t>
+          <t>9786257359566</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Asıl Adı Atiye</t>
+          <t>Rahmi Bey</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>285</v>
+        <v>260</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786257359481</t>
+          <t>9786257359573</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Cesur Kızlara Yol Arkadaşları - 2</t>
+          <t>Perina</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>375</v>
+        <v>285</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786257359511</t>
+          <t>9786257359658</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Tebeşir Tozu</t>
+          <t>Kraliyet Mürebbiyesi</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786257359504</t>
+          <t>9786257359665</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Menajer - Transferin Gizli Yüzü</t>
+          <t>Hiç Tanımadım Hiç Unutmadım</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>220</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786257359382</t>
+          <t>9786257359603</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Herakleitos ile Yaşam ve Felsefe (Ciltli)</t>
+          <t>Bizi Büyüten Deniz</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>225</v>
+        <v>178</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786257359412</t>
+          <t>9786257359610</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gülleri Kurutma</t>
+          <t>Aşk Geceleri</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>245</v>
+        <v>255</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786257359375</t>
+          <t>9786257359672</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Spinoza ile Yaşam ve Felsefe (Ciltli)</t>
+          <t>Dedikoducu Beyin</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786257359450</t>
+          <t>9786257359559</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Sizi Uyutabilirim</t>
+          <t>Kendini Gizleyen İnsan</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>310</v>
+        <v>375</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786257359436</t>
+          <t>9786257359535</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kudüs’te Gece Dersleri</t>
+          <t>Sıdıka Hanım</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786257359405</t>
+          <t>9786257359528</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Güven Sizsiniz</t>
+          <t>Asıl Adı Atiye</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>225</v>
+        <v>285</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786257359399</t>
+          <t>9786257359481</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>2040’a Ne Kaldı?</t>
+          <t>Cesur Kızlara Yol Arkadaşları - 2</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786257359351</t>
+          <t>9786257359511</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Erkekler ve Bazı İhtimaller</t>
+          <t>Tebeşir Tozu</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>198</v>
+        <v>240</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786257359344</t>
+          <t>9786257359504</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Aşık Erkekler Kitap Kulübü</t>
+          <t>Menajer - Transferin Gizli Yüzü</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>345</v>
+        <v>220</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786257359320</t>
+          <t>9786257359382</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Bir Elmanın İki Yarısı</t>
+          <t>Herakleitos ile Yaşam ve Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>276</v>
+        <v>225</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786257359313</t>
+          <t>9786257359412</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Kara Buz</t>
+          <t>Beyaz Gülleri Kurutma</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>368</v>
+        <v>245</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786257359184</t>
+          <t>9786257359375</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Şedaraban</t>
+          <t>Spinoza ile Yaşam ve Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786257359290</t>
+          <t>9786257359450</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Nişancı</t>
+          <t>Sizi Uyutabilirim</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>345</v>
+        <v>310</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786257359252</t>
+          <t>9786257359436</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Kimliksiz</t>
+          <t>Küçük Kudüs’te Gece Dersleri</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786257359238</t>
+          <t>9786257359405</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Güller Açarken</t>
+          <t>Güven Sizsiniz</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786257359214</t>
+          <t>9786257359399</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kurmak İncitmez</t>
+          <t>2040’a Ne Kaldı?</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>178</v>
+        <v>225</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786257359221</t>
+          <t>9786257359351</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Kabul</t>
+          <t>Kadınlar Erkekler ve Bazı İhtimaller</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>248</v>
+        <v>198</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786257359177</t>
+          <t>9786257359344</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Cesaret</t>
+          <t>Aşık Erkekler Kitap Kulübü</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>365</v>
+        <v>345</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786257359207</t>
+          <t>9786257359320</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Üzümlü Kek</t>
+          <t>Bir Elmanın İki Yarısı</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>345</v>
+        <v>276</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786257359139</t>
+          <t>9786257359313</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Kilo</t>
+          <t>Kara Buz</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>220</v>
+        <v>368</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786257359146</t>
+          <t>9786257359184</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Yangın Gecesi</t>
+          <t>Şedaraban</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>368</v>
+        <v>195</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786257359122</t>
+          <t>9786257359290</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Uygar</t>
+          <t>Nişancı</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786257359160</t>
+          <t>9786257359252</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Tarifsiz Neşe Değerli Hüzün</t>
+          <t>Kimliksiz</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786257359153</t>
+          <t>9786257359238</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Merdümgiriz</t>
+          <t>Beyaz Güller Açarken</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786257359108</t>
+          <t>9786257359214</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Ayakkabıların Bilgeliği</t>
+          <t>Hayal Kurmak İncitmez</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>240</v>
+        <v>178</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786257359115</t>
+          <t>9786257359221</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Elebaşı</t>
+          <t>Kabul</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786257359092</t>
+          <t>9786257359177</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Anneyim İyi ki Babayım</t>
+          <t>Cesaret</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>225</v>
+        <v>365</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786257359085</t>
+          <t>9786257359207</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Var Böyle Tipler - Atasözleri ve Deyimler Sözlüğü</t>
+          <t>Üzümlü Kek</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>139</v>
+        <v>345</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786257359054</t>
+          <t>9786257359139</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Var Böyle Tipler Atasözleri ve Deyimler Sözlüğü (Ciltli)</t>
+          <t>Kilo</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>159</v>
+        <v>220</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786257359047</t>
+          <t>9786257359146</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Kutsal Karanlığı</t>
+          <t>Yangın Gecesi</t>
         </is>
       </c>
       <c r="C916" s="1">
         <v>368</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786257359023</t>
+          <t>9786257359122</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Değişime Baştan Başla</t>
+          <t>Uygar</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786257359009</t>
+          <t>9786257359160</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Akıncı</t>
+          <t>Tarifsiz Neşe Değerli Hüzün</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>315</v>
+        <v>225</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786057649980</t>
+          <t>9786257359153</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Anlaşılmak Lükstür - Sözün Büyüsü 1. Kitap</t>
+          <t>Merdümgiriz</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786057649973</t>
+          <t>9786257359108</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ile Dostluk</t>
+          <t>Kırmızı Ayakkabıların Bilgeliği</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>268</v>
+        <v>240</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786057649966</t>
+          <t>9786257359115</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Velkam on Bord - Bir Apaçi Masalı 6</t>
+          <t>Elebaşı</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>148.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786057649959</t>
+          <t>9786257359092</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>İntikam Mevsimi</t>
+          <t>İyi ki Anneyim İyi ki Babayım</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>220</v>
+        <v>225</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786057649874</t>
+          <t>9786257359085</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Gazoz Kapaklarının Peşinde (Ciltli)</t>
+          <t>Var Böyle Tipler - Atasözleri ve Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>228.5</v>
+        <v>139</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786057649942</t>
+          <t>9786257359054</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Öpücük</t>
+          <t>Var Böyle Tipler Atasözleri ve Deyimler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>285</v>
+        <v>159</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786057649928</t>
+          <t>9786257359047</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Oyun</t>
+          <t>Gecenin Kutsal Karanlığı</t>
         </is>
       </c>
       <c r="C925" s="1">
         <v>368</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786057649881</t>
+          <t>9786257359023</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Seni Gömmem İmkansız</t>
+          <t>Değişime Baştan Başla</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>138.5</v>
+        <v>240</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786057649829</t>
+          <t>9786257359009</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Yedi Element</t>
+          <t>Akıncı</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>320</v>
+        <v>315</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786057649836</t>
+          <t>9786057649980</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Değnek Senin Elinde</t>
+          <t>Anlaşılmak Lükstür - Sözün Büyüsü 1. Kitap</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>310</v>
+        <v>245</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786057649850</t>
+          <t>9786057649973</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Gitme</t>
+          <t>Tanrı ile Dostluk</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>345</v>
+        <v>268</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786057649867</t>
+          <t>9786057649966</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Duanın Kanatlarında</t>
+          <t>Velkam on Bord - Bir Apaçi Masalı 6</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>315</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786057649713</t>
+          <t>9786057649959</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Nietszche ile Yaşam ve Felsefe (Ciltli)</t>
+          <t>İntikam Mevsimi</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786057649720</t>
+          <t>9786057649874</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Descartes ile Yaşam ve Felsefe (Ciltli)</t>
+          <t>Gazoz Kapaklarının Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>225</v>
+        <v>228.5</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786057649744</t>
+          <t>9786057649942</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd ile Yaşam ve Felsefe (Ciltli)</t>
+          <t>Sonsuz Öpücük</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>225</v>
+        <v>285</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786057649843</t>
+          <t>9786057649928</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Okunmamış Mesaj</t>
+          <t>Oyun</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>345</v>
+        <v>368</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786057649799</t>
+          <t>9786057649881</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Tarihini Yazsam Yeniden</t>
+          <t>Seni Gömmem İmkansız</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>225</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786057649768</t>
+          <t>9786057649829</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Gerçek Olsa</t>
+          <t>Dünyayı Değiştiren Yedi Element</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>285</v>
+        <v>320</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786057649775</t>
+          <t>9786057649836</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Sarı ve Gergedan</t>
+          <t>Sihirli Değnek Senin Elinde</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>198</v>
+        <v>310</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786057649737</t>
+          <t>9786057649850</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Theta Healing - Ruh Eşinizi Bulun</t>
+          <t>Gitme</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>368</v>
+        <v>345</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786057649782</t>
+          <t>9786057649867</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Gazoz Kapaklarının Peşinde</t>
+          <t>Duanın Kanatlarında</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>178.5</v>
+        <v>315</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786057649751</t>
+          <t>9786057649713</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Rastlantı</t>
+          <t>Nietszche ile Yaşam ve Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>259</v>
+        <v>225</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786057649690</t>
+          <t>9786057649720</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehri Okumak</t>
+          <t>Descartes ile Yaşam ve Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786057649683</t>
+          <t>9786057649744</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Gece Vardiyası</t>
+          <t>İbn Rüşd ile Yaşam ve Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>368</v>
+        <v>225</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786057649621</t>
+          <t>9786057649843</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Motivasyon Kartı</t>
+          <t>Okunmamış Mesaj</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>359</v>
+        <v>345</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786057649492</t>
+          <t>9786057649799</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Beş Denklem</t>
+          <t>Aşkın Tarihini Yazsam Yeniden</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>368</v>
+        <v>225</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786057649652</t>
+          <t>9786057649768</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Kornelyus’un Ezgisi</t>
+          <t>Mucizeler Gerçek Olsa</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>265</v>
+        <v>285</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786057649669</t>
+          <t>9786057649775</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Fikri Hür Vicdanı Hür</t>
+          <t>Kırmızı Sarı ve Gergedan</t>
         </is>
       </c>
       <c r="C946" s="1">
         <v>198</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786057649591</t>
+          <t>9786057649737</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Kırık Aşklar Limanı</t>
+          <t>Theta Healing - Ruh Eşinizi Bulun</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>245</v>
+        <v>368</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786057649560</t>
+          <t>9786057649782</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Yenilenen Beden</t>
+          <t>Gazoz Kapaklarının Peşinde</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>695</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786057649614</t>
+          <t>9786057649751</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Risk</t>
+          <t>Rastlantı</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>368</v>
+        <v>259</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786057649607</t>
+          <t>9786057649690</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Arafın İki Yüzü</t>
+          <t>Bir Şehri Okumak</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>198</v>
+        <v>240</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786057649584</t>
+          <t>9786057649683</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Frekansınız Kaç?</t>
+          <t>Gece Vardiyası</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>178</v>
+        <v>368</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786057649508</t>
+          <t>9786057649621</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Takip</t>
+          <t>Her Güne Bir Motivasyon Kartı</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>368</v>
+        <v>359</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786057649478</t>
+          <t>9786057649492</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>%100 Şifa</t>
+          <t>Dünyayı Değiştiren Beş Denklem</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>330</v>
+        <v>368</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786057649454</t>
+          <t>9786057649652</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Gitmek De Kalmak Da Zor Geldiğinde</t>
+          <t>Kornelyus’un Ezgisi</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>240</v>
+        <v>265</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786057649461</t>
+          <t>9786057649669</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Hep Seni Diledim</t>
+          <t>Fikri Hür Vicdanı Hür</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>285</v>
+        <v>198</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786057649447</t>
+          <t>9786057649591</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Çaylak</t>
+          <t>Kırık Aşklar Limanı</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>248</v>
+        <v>245</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786057649430</t>
+          <t>9786057649560</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Theta Healing - Derin İnançları Bulun</t>
+          <t>Yenilenen Beden</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>249</v>
+        <v>695</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786057649188</t>
+          <t>9786057649614</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Redd-i Akıl</t>
+          <t>Risk</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>40</v>
+        <v>368</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786057649416</t>
+          <t>9786057649607</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Birim - Hücresel Sağlıktan Ruhsal Yolculuğa</t>
+          <t>Arafın İki Yüzü</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>395</v>
+        <v>198</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786057649393</t>
+          <t>9786057649584</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel Uyandı</t>
+          <t>Frekansınız Kaç?</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>278</v>
+        <v>178</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786057649355</t>
+          <t>9786057649508</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Vahşi</t>
+          <t>Takip</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>275</v>
+        <v>368</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786057649379</t>
+          <t>9786057649478</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Bin İhtimal</t>
+          <t>%100 Şifa</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>148</v>
+        <v>330</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786057649331</t>
+          <t>9786057649454</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Benim Yolum Benim Oyunum</t>
+          <t>Gitmek De Kalmak Da Zor Geldiğinde</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786057649348</t>
+          <t>9786057649461</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Hokus Pokus</t>
+          <t>Hep Seni Diledim</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>96</v>
+        <v>285</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786057649362</t>
+          <t>9786057649447</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş</t>
+          <t>Çaylak</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>330</v>
+        <v>248</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786057649317</t>
+          <t>9786057649430</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Adam</t>
+          <t>Theta Healing - Derin İnançları Bulun</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>189</v>
+        <v>249</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786057649300</t>
+          <t>9786057649188</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Oyun</t>
+          <t>Redd-i Akıl</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>245</v>
+        <v>40</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786057649270</t>
+          <t>9786057649416</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Tiroit Tedavisi</t>
+          <t>Birim - Hücresel Sağlıktan Ruhsal Yolculuğa</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>595</v>
+        <v>395</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786057649287</t>
+          <t>9786057649393</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Kanser</t>
+          <t>Uyuyan Güzel Uyandı</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>198</v>
+        <v>278</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786057649225</t>
+          <t>9786057649355</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Varoluşun Yedi Seviyesi</t>
+          <t>Vahşi</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>368</v>
+        <v>275</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786057649218</t>
+          <t>9786057649379</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Yaz ve Sakla</t>
+          <t>Bir Yol Bin İhtimal</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>168</v>
+        <v>148</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786057649140</t>
+          <t>9786057649331</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Hayat Değiştiren Yiyecekler</t>
+          <t>Benim Yolum Benim Oyunum</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>685</v>
+        <v>220</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786052164778</t>
+          <t>9786057649348</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Devriye</t>
+          <t>Hokus Pokus</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>198</v>
+        <v>96</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786052164983</t>
+          <t>9786057649362</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Arşivde Saklı Kalan İtiraflar</t>
+          <t>Soğuk Savaş</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>245</v>
+        <v>330</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786057649126</t>
+          <t>9786057649317</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Ölüm</t>
+          <t>Gölgedeki Adam</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>218</v>
+        <v>189</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786057649058</t>
+          <t>9786057649300</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyunla Başlar (3-6 Yaş)</t>
+          <t>Hayat Bir Oyun</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>198</v>
+        <v>245</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786057649041</t>
+          <t>9786057649270</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyunla Başlar (0-3 Yaş)</t>
+          <t>Tiroit Tedavisi</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>225</v>
+        <v>595</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786057649065</t>
+          <t>9786057649287</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Hayat Evde Başlar</t>
+          <t>50 Soruda Kanser</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>248</v>
+        <v>198</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786057649133</t>
+          <t>9786057649225</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Rabia Yeni Hayat</t>
+          <t>Varoluşun Yedi Seviyesi</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>198</v>
+        <v>368</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786057649034</t>
+          <t>9786057649218</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Bahara Açılan Pencere</t>
+          <t>Yaz ve Sakla</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>245</v>
+        <v>168</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786052164990</t>
+          <t>9786057649140</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>İsteğin Benim İçin Emirdir</t>
+          <t>Hayat Değiştiren Yiyecekler</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>330</v>
+        <v>685</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786057649003</t>
+          <t>9786052164778</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı</t>
+          <t>Devriye</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>199</v>
+        <v>198</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786052164976</t>
+          <t>9786052164983</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçtim Sanma Sadece Büyüdüm</t>
+          <t>Arşivde Saklı Kalan İtiraflar</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786052164853</t>
+          <t>9786057649126</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Bu İş Kafada Bitiyor!</t>
+          <t>Tatlı Ölüm</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>245</v>
+        <v>218</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786052164785</t>
+          <t>9786057649058</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Bütün Kuzgunlar Siyahtır</t>
+          <t>Hayat Oyunla Başlar (3-6 Yaş)</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>368</v>
+        <v>198</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786052164549</t>
+          <t>9786057649041</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Theta Healing - Hastalıklar ve Rahatsızlıklar</t>
+          <t>Hayat Oyunla Başlar (0-3 Yaş)</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>545</v>
+        <v>225</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786052164464</t>
+          <t>9786057649065</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Şurina (Ciltsiz)</t>
+          <t>Hayat Evde Başlar</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>368</v>
+        <v>248</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786052164457</t>
+          <t>9786057649133</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Şurimşine (Ciltsiz)</t>
+          <t>Rabia Yeni Hayat</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>375</v>
+        <v>198</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786052164433</t>
+          <t>9786057649034</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Deli (Ciltsiz)</t>
+          <t>Bahara Açılan Pencere</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786052164440</t>
+          <t>9786052164990</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Deli Kız (Ciltsiz)</t>
+          <t>İsteğin Benim İçin Emirdir</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>368</v>
+        <v>330</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786052164389</t>
+          <t>9786057649003</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Çocuklu Hayat Ajandası</t>
+          <t>Savaşçı</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786052164402</t>
+          <t>9786052164976</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Tanrı İle Birlik</t>
+          <t>Vazgeçtim Sanma Sadece Büyüdüm</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786052164396</t>
+          <t>9786052164853</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Milena Eve Dönüyor</t>
+          <t>Bu İş Kafada Bitiyor!</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>198</v>
+        <v>245</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786052164372</t>
+          <t>9786052164785</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Guguk Kuşu</t>
+          <t>Bütün Kuzgunlar Siyahtır</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>375</v>
+        <v>368</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786052164297</t>
+          <t>9786052164549</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Ateş - Gladyatör Okulu 2 (Ciltli)</t>
+          <t>Theta Healing - Hastalıklar ve Rahatsızlıklar</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>129</v>
+        <v>545</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786052164266</t>
+          <t>9786052164464</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Aziz</t>
+          <t>Şurina (Ciltsiz)</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>308</v>
+        <v>368</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786052164129</t>
+          <t>9786052164457</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Nereye Bakarsan Bak Allah Orada</t>
+          <t>Şurimşine (Ciltsiz)</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>225</v>
+        <v>375</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786052164167</t>
+          <t>9786052164433</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>O İyi Mi?</t>
+          <t>Deli (Ciltsiz)</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786052164112</t>
+          <t>9786052164440</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Theta Healing Ritim</t>
+          <t>Deli Kız (Ciltsiz)</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>290</v>
+        <v>368</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786052164082</t>
+          <t>9786052164389</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Bütün Öyküler</t>
+          <t>Çocuklu Hayat Ajandası</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>168</v>
+        <v>198</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786052164136</t>
+          <t>9786052164402</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Afacan - Atıl'ın Maceraları 1</t>
+          <t>Tanrı İle Birlik</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>168</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786052164150</t>
+          <t>9786052164396</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Olmak</t>
+          <t>Milena Eve Dönüyor</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>154</v>
+        <v>198</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786059545198</t>
+          <t>9786052164372</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Gücü Adına</t>
+          <t>Guguk Kuşu</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>118.5</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786052164068</t>
+          <t>9786052164297</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Uçuk Kaçık Loretta</t>
+          <t>Kan ve Ateş - Gladyatör Okulu 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>168</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786059545709</t>
+          <t>9786052164266</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Mektubun Sırrı (Ciltli)</t>
+          <t>Aziz</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>119</v>
+        <v>308</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786059545716</t>
+          <t>9786052164129</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Uzaylılarla Karşılaşma (Ciltli)</t>
+          <t>Nereye Bakarsan Bak Allah Orada</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>119</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786059545730</t>
+          <t>9786052164167</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>İleri Theta Healing</t>
+          <t>O İyi Mi?</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>425</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786059545532</t>
+          <t>9786052164112</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Başarı</t>
+          <t>Theta Healing Ritim</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>315</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786059545761</t>
+          <t>9786052164082</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Prenses Leia'nın Günlüğü (Ciltli)</t>
+          <t>Bütün Öyküler</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>28</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786059545402</t>
+          <t>9786052164136</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Lovecraft'ın Külleri</t>
+          <t>Sınıftaki Afacan - Atıl'ın Maceraları 1</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>129</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786059545334</t>
+          <t>9786052164150</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Setna Yükseliyor - Ruh Hırsızı</t>
+          <t>Leonardo Olmak</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>225</v>
+        <v>154</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786059545341</t>
+          <t>9786059545198</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Ötesinde</t>
+          <t>Kelimelerin Gücü Adına</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>35</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786059545327</t>
+          <t>9786052164068</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Göl Çocukları</t>
+          <t>Uçuk Kaçık Loretta</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>149</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786059545129</t>
+          <t>9786059545709</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Allah'ın Neresinde?</t>
+          <t>Sherlock Sam ve Mektubun Sırrı (Ciltli)</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>225</v>
+        <v>119</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786059545105</t>
+          <t>9786059545716</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Theta Healing Sıra Dışı Enerji Yaklaşımına Giriş</t>
+          <t>Sherlock Sam ve Uzaylılarla Karşılaşma (Ciltli)</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>550</v>
+        <v>119</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786059545112</t>
+          <t>9786059545730</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Setna Yükseliyor</t>
+          <t>İleri Theta Healing</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786257359269</t>
+          <t>9786059545532</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Sende Kalmış</t>
+          <t>Kuantum Başarı</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>275</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786059809948</t>
+          <t>9786059545761</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Normal</t>
+          <t>Prenses Leia'nın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>245</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786059809368</t>
+          <t>9786059545402</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo'nun Rüyası</t>
+          <t>Lovecraft'ın Külleri</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>295</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786055913533</t>
+          <t>9786059545334</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Veda</t>
+          <t>Setna Yükseliyor - Ruh Hırsızı</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>295</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786059961899</t>
+          <t>9786059545341</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Tibet’in Gençlik Pınarı 1. Kitap</t>
+          <t>Mutluluğun Ötesinde</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>225</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786055395155</t>
+          <t>9786059545327</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Leyl</t>
+          <t>Göl Çocukları</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>275</v>
+        <v>149</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786059961622</t>
+          <t>9786059545129</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Hayal</t>
+          <t>Tanrı Allah'ın Neresinde?</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>340</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786055913670</t>
+          <t>9786059545105</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Biraz Nezaket Lütfen - Sosyal Yaşam ve İş Dünyasında</t>
+          <t>Theta Healing Sıra Dışı Enerji Yaklaşımına Giriş</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786056362934</t>
+          <t>9786059545112</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Yaz Dedi Tanrı</t>
+          <t>Setna Yükseliyor</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>138.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786055395827</t>
+          <t>9786257359269</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Kızlar İçin El Kitabı</t>
+          <t>Kalbim Sende Kalmış</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>30</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786055156169</t>
+          <t>9786059809948</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Kelebek ve Dalgıç</t>
+          <t>Normal</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>210</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786056402739</t>
+          <t>9786059809368</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Kan Ağacı</t>
+          <t>Pinokyo'nun Rüyası</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>285.2</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
+          <t>9786055913533</t>
+        </is>
+      </c>
+      <c r="B1029" s="1" t="inlineStr">
+        <is>
+          <t>Kusursuz Veda</t>
+        </is>
+      </c>
+      <c r="C1029" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:3">
+      <c r="A1030" s="1" t="inlineStr">
+        <is>
+          <t>9786059961899</t>
+        </is>
+      </c>
+      <c r="B1030" s="1" t="inlineStr">
+        <is>
+          <t>Tibet’in Gençlik Pınarı 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C1030" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:3">
+      <c r="A1031" s="1" t="inlineStr">
+        <is>
+          <t>9786055395155</t>
+        </is>
+      </c>
+      <c r="B1031" s="1" t="inlineStr">
+        <is>
+          <t>Leyl</t>
+        </is>
+      </c>
+      <c r="C1031" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:3">
+      <c r="A1032" s="1" t="inlineStr">
+        <is>
+          <t>9786059961622</t>
+        </is>
+      </c>
+      <c r="B1032" s="1" t="inlineStr">
+        <is>
+          <t>Hayal</t>
+        </is>
+      </c>
+      <c r="C1032" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:3">
+      <c r="A1033" s="1" t="inlineStr">
+        <is>
+          <t>9786055913670</t>
+        </is>
+      </c>
+      <c r="B1033" s="1" t="inlineStr">
+        <is>
+          <t>Biraz Nezaket Lütfen - Sosyal Yaşam ve İş Dünyasında</t>
+        </is>
+      </c>
+      <c r="C1033" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:3">
+      <c r="A1034" s="1" t="inlineStr">
+        <is>
+          <t>9786056362934</t>
+        </is>
+      </c>
+      <c r="B1034" s="1" t="inlineStr">
+        <is>
+          <t>Yaz Dedi Tanrı</t>
+        </is>
+      </c>
+      <c r="C1034" s="1">
+        <v>138.5</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:3">
+      <c r="A1035" s="1" t="inlineStr">
+        <is>
+          <t>9786055395827</t>
+        </is>
+      </c>
+      <c r="B1035" s="1" t="inlineStr">
+        <is>
+          <t>Kızlar İçin El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1035" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:3">
+      <c r="A1036" s="1" t="inlineStr">
+        <is>
+          <t>9786055156169</t>
+        </is>
+      </c>
+      <c r="B1036" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek ve Dalgıç</t>
+        </is>
+      </c>
+      <c r="C1036" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:3">
+      <c r="A1037" s="1" t="inlineStr">
+        <is>
+          <t>9786056402739</t>
+        </is>
+      </c>
+      <c r="B1037" s="1" t="inlineStr">
+        <is>
+          <t>Kan Ağacı</t>
+        </is>
+      </c>
+      <c r="C1037" s="1">
+        <v>285.2</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:3">
+      <c r="A1038" s="1" t="inlineStr">
+        <is>
           <t>9786059961660</t>
         </is>
       </c>
-      <c r="B1029" s="1" t="inlineStr">
+      <c r="B1038" s="1" t="inlineStr">
         <is>
           <t>Her Gün Hüzün - Sol Ayağım 2</t>
         </is>
       </c>
-      <c r="C1029" s="1">
+      <c r="C1038" s="1">
         <v>249</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>