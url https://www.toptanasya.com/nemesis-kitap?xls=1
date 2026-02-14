--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,15595 +85,15715 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259273570</t>
+          <t>9786259295428</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Başlangıç Çizgisi</t>
+          <t>Zehirli Kadeh</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259273587</t>
+          <t>9786259295411</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bitiş Çizgisi</t>
+          <t>Doğadaki Sağlık 2</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>395</v>
+        <v>595</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259273549</t>
+          <t>9786259295404</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Yaz Kızı</t>
+          <t>Aşık Erkekler Bir Kış Gecesi</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>435</v>
+        <v>395</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259603117</t>
+          <t>9786259295435</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kötü Kız Şöhreti</t>
+          <t>Parayı Kendine Nasıl Çekersin?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>395</v>
+        <v>160</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259273518</t>
+          <t>9786057649638</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Alfa</t>
+          <t>İşaret Kartları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>445</v>
+        <v>534</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259273563</t>
+          <t>9786057649898</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Doğadaki Sağlık</t>
+          <t>Kadınlar Devler ve Diğerleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>595</v>
+        <v>198</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259273556</t>
+          <t>9786259273594</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bir Tanısan Seversin Kendini</t>
+          <t>Madalyonun Sırrı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259273525</t>
+          <t>9786259273532</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Zengin Ol!</t>
+          <t>Ramses 1 : Işığın Oğlu</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>365</v>
+        <v>425</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259663296</t>
+          <t>9786259273570</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Evlilik İnsanları</t>
+          <t>Başlangıç Çizgisi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>420</v>
+        <v>395</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786057649904</t>
+          <t>9786259273587</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Daha</t>
+          <t>Bitiş Çizgisi</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>218</v>
+        <v>395</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786057649539</t>
+          <t>9786259273549</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Doğru Nefesle Kaliteli Yaşam</t>
+          <t>Yaz Kızı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>218</v>
+        <v>435</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259663272</t>
+          <t>9786259603117</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Maskeler ve Aynalar</t>
+          <t>Kötü Kız Şöhreti</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>248</v>
+        <v>395</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259663227</t>
+          <t>9786259273518</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ruhum Sana Emanet</t>
+          <t>Alfa</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>320</v>
+        <v>445</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259663258</t>
+          <t>9786259273563</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Yine mi Sen?</t>
+          <t>Doğadaki Sağlık</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>395</v>
+        <v>595</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786258400069</t>
+          <t>9786259273556</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Üç 21 Kuralı Şifa Ritüelleri</t>
+          <t>Bir Tanısan Seversin Kendini</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>345</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259663265</t>
+          <t>9786259273525</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çay Fırtınası</t>
+          <t>Düşün ve Zengin Ol!</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>365</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786059809238</t>
+          <t>9786259663296</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tibet’in Gençlik Pınarı 2. Kitap</t>
+          <t>Evlilik İnsanları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>325</v>
+        <v>420</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786259663234</t>
+          <t>9786057649904</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gönül Avcısı</t>
+          <t>Bir Gün Daha</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>395</v>
+        <v>218</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256755000</t>
+          <t>9786057649539</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Çocukluğuna İyi Bak</t>
+          <t>Doğru Nefesle Kaliteli Yaşam</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>285</v>
+        <v>218</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786259663241</t>
+          <t>9786259663272</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Mafya Günlükleri 4: Günah</t>
+          <t>Maskeler ve Aynalar</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>325</v>
+        <v>248</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786259663203</t>
+          <t>9786259663227</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Hamilelik, Doğum ve Bebek Bakım Kitabı</t>
+          <t>Ruhum Sana Emanet</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>650</v>
+        <v>320</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259592152</t>
+          <t>9786259663258</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Medikal Medyum/ Beyin Kurtarıcı</t>
+          <t>Yine mi Sen?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>695</v>
+        <v>395</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786259663210</t>
+          <t>9786258400069</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Başarının Pin Kodu</t>
+          <t>Üç 21 Kuralı Şifa Ritüelleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>198</v>
+        <v>395</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786257359283</t>
+          <t>9786259663265</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>La Fortuna</t>
+          <t>Çay Fırtınası</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>345</v>
+        <v>365</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057649386</t>
+          <t>9786059809238</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Gül Gibi Zabıta Dururken Kızını Çöpçüye Veren Adam</t>
+          <t>Tibet’in Gençlik Pınarı 2. Kitap</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258400144</t>
+          <t>9786259663234</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalet Hastalık: Lyme</t>
+          <t>Gönül Avcısı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>198</v>
+        <v>395</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786259603179</t>
+          <t>9786256755000</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hayalet</t>
+          <t>Çocukluğuna İyi Bak</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>345</v>
+        <v>285</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257359900</t>
+          <t>9786259663241</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hayatını Tersine Çevir</t>
+          <t>Kanlı Mafya Günlükleri 4: Günah</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>195</v>
+        <v>365</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789789990033</t>
+          <t>9786259663203</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Briar Kampüsü Serisi 4 Kitap Takım</t>
+          <t>Hamilelik, Doğum ve Bebek Bakım Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>1275</v>
+        <v>650</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786052164846</t>
+          <t>9786259592152</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Ben İyi Bir Kızdım</t>
+          <t>Medikal Medyum/ Beyin Kurtarıcı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>189</v>
+        <v>850</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055395810</t>
+          <t>9786259663210</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Erkekler İçin El Kitabı</t>
+          <t>Başarının Pin Kodu</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>30</v>
+        <v>247.5</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059545082</t>
+          <t>9786257359283</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Lordu Dize Getirmenin On Yolu</t>
+          <t>La Fortuna</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>199</v>
+        <v>345</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059809276</t>
+          <t>9786057649386</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Mutsuzluğun Başkenti Türkiye</t>
+          <t>Gül Gibi Zabıta Dururken Kızını Çöpçüye Veren Adam</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>25</v>
+        <v>368</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057649027</t>
+          <t>9786258400144</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Emily</t>
+          <t>Bir Hayalet Hastalık: Lyme</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>128.5</v>
+        <v>250</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786052164914</t>
+          <t>9786259603179</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Uzanan Merdiven</t>
+          <t>Hayalet</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>139</v>
+        <v>395</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786052164822</t>
+          <t>9786257359900</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Karikatürler 3</t>
+          <t>Hayatını Tersine Çevir</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>238.5</v>
+        <v>195</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786052164792</t>
+          <t>9789789990033</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hunililer</t>
+          <t>Briar Kampüsü Serisi 4 Kitap Takım</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>238.5</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786259603193</t>
+          <t>9786052164846</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Yolda Olmak</t>
+          <t>Ben İyi Bir Kızdım</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>218</v>
+        <v>189</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786259592176</t>
+          <t>9786055395810</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Gölgenin Fısıltısı</t>
+          <t>Erkekler İçin El Kitabı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>345</v>
+        <v>30</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786259603186</t>
+          <t>9786059545082</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Animosa</t>
+          <t>Bir Lordu Dize Getirmenin On Yolu</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>225</v>
+        <v>199</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786259728599</t>
+          <t>9786059809276</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Olur mu Aşkım?</t>
+          <t>Mutsuzluğun Başkenti Türkiye</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>285</v>
+        <v>25</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786258400762</t>
+          <t>9786057649027</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Suçlu Kız Kardeş</t>
+          <t>Emily</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>285</v>
+        <v>128.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786258400670</t>
+          <t>9786052164914</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Faili Meçhul Cinayetler</t>
+          <t>Gökyüzüne Uzanan Merdiven</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>198</v>
+        <v>139</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786258400533</t>
+          <t>9786052164822</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Saatler</t>
+          <t>Karikatürler 3</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>325</v>
+        <v>238.5</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786258400212</t>
+          <t>9786052164792</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ben Bilmem Beyin Bilir</t>
+          <t>Hunililer</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>315</v>
+        <v>238.5</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786258400083</t>
+          <t>9786259603193</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Beden Dilini Anlamak</t>
+          <t>Yolda Olmak</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>142</v>
+        <v>218</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786258400113</t>
+          <t>9786259592176</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Bi Sor Seni Neden Seçtim</t>
+          <t>Gölgenin Fısıltısı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>255</v>
+        <v>425</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786259990026</t>
+          <t>9786259603186</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Krallık Serisi 2 Kitap Takım</t>
+          <t>Animosa</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786257359825</t>
+          <t>9786259728599</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Madalyon</t>
+          <t>Olur mu Aşkım?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>195</v>
+        <v>345</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789780005214</t>
+          <t>9786258400762</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bütün Karikatürler Set - 5 Kitap Takım</t>
+          <t>Suçlu Kız Kardeş</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>1952</v>
+        <v>285</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257359702</t>
+          <t>9786258400670</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bir Tesadüftü Aşk</t>
+          <t>Faili Meçhul Cinayetler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>164</v>
+        <v>198</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257359641</t>
+          <t>9786258400533</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Montessori Kelimeler ve Sayılar Kitabı</t>
+          <t>Karanlık Saatler</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>109</v>
+        <v>400</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052164099</t>
+          <t>9786258400212</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>İhanetin Kitabı - Remnant Serisi (Ciltli)</t>
+          <t>Ben Bilmem Beyin Bilir</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>37</v>
+        <v>395</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052164143</t>
+          <t>9786258400083</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Mavi Bisiklet - Atıl'ın Maceraları 2</t>
+          <t>Beden Dilini Anlamak</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>168</v>
+        <v>142</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057649171</t>
+          <t>9786258400113</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Biz</t>
+          <t>Bi Sor Seni Neden Seçtim</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>225</v>
+        <v>255</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057649089</t>
+          <t>9786259990026</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tatlı Yalanlar</t>
+          <t>Vahşi Krallık Serisi 2 Kitap Takım</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>165</v>
+        <v>520</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052164624</t>
+          <t>9786257359825</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Rüyalardan Düşen Tozlar</t>
+          <t>Madalyon</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>117</v>
+        <v>245</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052164600</t>
+          <t>9789780005214</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Kaçak</t>
+          <t>Bütün Karikatürler Set - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>37</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052164617</t>
+          <t>9786257359702</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Gölgede Yürüyen Kız</t>
+          <t>Bir Tesadüftü Aşk</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>36</v>
+        <v>164</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786059545778</t>
+          <t>9786257359641</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sırlar</t>
+          <t>Montessori Kelimeler ve Sayılar Kitabı</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>37.5</v>
+        <v>109</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059545969</t>
+          <t>9786052164099</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğa Bir Kala</t>
+          <t>İhanetin Kitabı - Remnant Serisi (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>30</v>
+        <v>37</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059545785</t>
+          <t>9786052164143</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Ateşle Oynamak (Ciltli)</t>
+          <t>Mavi Bisiklet - Atıl'ın Maceraları 2</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>32.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786059545792</t>
+          <t>9786057649171</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>İskoç Sürgünü</t>
+          <t>Biz</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>59</v>
+        <v>225</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786059961912</t>
+          <t>9786057649089</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yolculuk (Cep Boy)</t>
+          <t>Küçük Tatlı Yalanlar</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>9.9</v>
+        <v>165</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059961950</t>
+          <t>9786052164624</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Hafta Sonu Kaçamağı</t>
+          <t>Rüyalardan Düşen Tozlar</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>9</v>
+        <v>117</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786055395082</t>
+          <t>9786052164600</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Mankafalar Cetesi (4 Kitap Set)</t>
+          <t>Kaçak</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>37.04</v>
+        <v>37</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059961974</t>
+          <t>9786052164617</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İntikam Ateşi (Cep Boy)</t>
+          <t>Gölgede Yürüyen Kız</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>9.9</v>
+        <v>36</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786059961943</t>
+          <t>9786059545778</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gelinin Kolyesi</t>
+          <t>Karanlık Sırlar</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>9.9</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059545181</t>
+          <t>9786059545969</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Deneyler</t>
+          <t>Mutluluğa Bir Kala</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>18.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052164105</t>
+          <t>9786059545785</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Beni Bul (Ciltli)</t>
+          <t>Ateşle Oynamak (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>48</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052164013</t>
+          <t>9786059545792</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Hayat Çok Karmaşık - Mızmız</t>
+          <t>İskoç Sürgünü</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>42</v>
+        <v>59</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052164044</t>
+          <t>9786059961912</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kediler Çok Yaramaz - Mızmız</t>
+          <t>Aşka Yolculuk (Cep Boy)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>22</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059545952</t>
+          <t>9786059961950</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>4. Maymun (Ciltli)</t>
+          <t>Hafta Sonu Kaçamağı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>44</v>
+        <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059545945</t>
+          <t>9786055395082</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Siyah İnci</t>
+          <t>Mankafalar Cetesi (4 Kitap Set)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>18</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052164037</t>
+          <t>9786059961974</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Devler Çok Büyük - Mızmız</t>
+          <t>İntikam Ateşi (Cep Boy)</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>22</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057649096</t>
+          <t>9786059961943</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Anlaşma</t>
+          <t>Gelinin Kolyesi</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>49</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786057649102</t>
+          <t>9786059545181</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Sabır</t>
+          <t>Eğlenceli Deneyler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>159</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052164891</t>
+          <t>9786052164105</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Tutsak</t>
+          <t>Beni Bul (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>62</v>
+        <v>48</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052164334</t>
+          <t>9786052164013</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>O Kız Ben Değilim (Ciltli)</t>
+          <t>Hayat Çok Karmaşık - Mızmız</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>37</v>
+        <v>42</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052164310</t>
+          <t>9786052164044</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Güreşçi Troller Maç 4</t>
+          <t>Kediler Çok Yaramaz - Mızmız</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>14</v>
+        <v>22</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052164303</t>
+          <t>9786059545952</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Güreşçi Troller Maç 3</t>
+          <t>4. Maymun (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>14</v>
+        <v>44</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059809504</t>
+          <t>9786059545945</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Aldatıcı Öpücük - Remnant Serisi 1 (Ciltli)</t>
+          <t>Siyah İnci</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>44</v>
+        <v>18</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059545594</t>
+          <t>9786052164037</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Korkunç Hayaletli Şeyler (Ciltli)</t>
+          <t>Devler Çok Büyük - Mızmız</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>29.5</v>
+        <v>22</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786059545501</t>
+          <t>9786057649096</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ejder (Ciltli)</t>
+          <t>Tehlikeli Anlaşma</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>37</v>
+        <v>49</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059545495</t>
+          <t>9786057649102</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Kuki'nin Acayip Günlüğü 4 - Işıklar ve Kamera (Ciltli)</t>
+          <t>Sabır</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>30</v>
+        <v>159</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059545464</t>
+          <t>9786052164891</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Kuki’nin Acayip Günlüğü 3 - Amma Çok Takipçim Var! (Ciltli)</t>
+          <t>Tutsak</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>30</v>
+        <v>62</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059545488</t>
+          <t>9786052164334</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kuki'nin Acayip Günlüğü - Tuvalette Okumak Yasaktır! (Ciltli)</t>
+          <t>O Kız Ben Değilim (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>30</v>
+        <v>37</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059545440</t>
+          <t>9786052164310</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Kuki'nin Acayip Günlüğü 2 - Kızlar, Sırlar, Falan Filan... (Ciltli)</t>
+          <t>Güreşçi Troller Maç 4</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>109</v>
+        <v>14</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059545457</t>
+          <t>9786052164303</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kuki'nin Acayip Günlüğü 1 - Size Okumayın Demedim mi? (Ciltli)</t>
+          <t>Güreşçi Troller Maç 3</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>21</v>
+        <v>14</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059961998</t>
+          <t>9786059809504</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Aşk Hikayesi (Cep Boy)</t>
+          <t>Aldatıcı Öpücük - Remnant Serisi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>9.9</v>
+        <v>44</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052164495</t>
+          <t>9786059545594</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Siyam İkizlerinin Seks Yaşamı</t>
+          <t>Korkunç Hayaletli Şeyler (Ciltli)</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>45</v>
+        <v>29.5</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052164419</t>
+          <t>9786059545501</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>5. Cinayet</t>
+          <t>Kızıl Ejder (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>395</v>
+        <v>37</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052164235</t>
+          <t>9786059545495</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Büyük Define Macerası - Cep Korsanları (Ciltli)</t>
+          <t>Kuki'nin Acayip Günlüğü 4 - Işıklar ve Kamera (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>129</v>
+        <v>30</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052164242</t>
+          <t>9786059545464</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Büyük Örümcek Tuzağı - Cep Korsanları (Ciltli)</t>
+          <t>Kuki’nin Acayip Günlüğü 3 - Amma Çok Takipçim Var! (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>119</v>
+        <v>30</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052164181</t>
+          <t>9786059545488</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Nehir Kuşlarının Şarkısı</t>
+          <t>Kuki'nin Acayip Günlüğü - Tuvalette Okumak Yasaktır! (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>109</v>
+        <v>30</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052164174</t>
+          <t>9786059545440</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Ocak (Ciltli)</t>
+          <t>Kuki'nin Acayip Günlüğü 2 - Kızlar, Sırlar, Falan Filan... (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>37</v>
+        <v>109</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059545808</t>
+          <t>9786059545457</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Pervane (Ciltli)</t>
+          <t>Kuki'nin Acayip Günlüğü 1 - Size Okumayın Demedim mi? (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>42</v>
+        <v>21</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059545723</t>
+          <t>9786059961998</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Beni Bul</t>
+          <t>Küçük Bir Aşk Hikayesi (Cep Boy)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>32.5</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059545600</t>
+          <t>9786052164495</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Yedi İsimli Kız</t>
+          <t>Siyam İkizlerinin Seks Yaşamı</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>139</v>
+        <v>45</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059545624</t>
+          <t>9786052164419</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Setna Yükseliyor - Büyücülerin Düellosu</t>
+          <t>5. Cinayet</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>225</v>
+        <v>550</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059545587</t>
+          <t>9786052164235</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>O Sen Olmalısın</t>
+          <t>Büyük Define Macerası - Cep Korsanları (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>28</v>
+        <v>129</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059545563</t>
+          <t>9786052164242</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Perili Otelde Tatil - Benim Canavarlarım 3</t>
+          <t>Büyük Örümcek Tuzağı - Cep Korsanları (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>42.5</v>
+        <v>119</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059545556</t>
+          <t>9786052164181</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Korku Tünelindeki Sır - Benim Canavarlarım 1</t>
+          <t>Nehir Kuşlarının Şarkısı</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>26</v>
+        <v>109</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059545549</t>
+          <t>9786052164174</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Dersteki Dehşet - Benim Canavarlarım 2</t>
+          <t>Kanlı Ocak (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>42.5</v>
+        <v>37</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052164952</t>
+          <t>9786059545808</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Dokunuş</t>
+          <t>Pervane (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>49</v>
+        <v>42</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055156060</t>
+          <t>9786059545723</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Zoraki Düşes</t>
+          <t>Beni Bul</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>17.59</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055913694</t>
+          <t>9786059545600</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Zehr-i Katil</t>
+          <t>Yedi İsimli Kız</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>13.89</v>
+        <v>139</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055913212</t>
+          <t>9786059545624</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Yolum</t>
+          <t>Setna Yükseliyor - Büyücülerin Düellosu</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>11.11</v>
+        <v>280</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055913762</t>
+          <t>9786059545587</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Yiğit Karaahmet’in Şahane Hayatı</t>
+          <t>O Sen Olmalısın</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>11.11</v>
+        <v>28</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055913434</t>
+          <t>9786059545563</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Yarım</t>
+          <t>Perili Otelde Tatil - Benim Canavarlarım 3</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>9.26</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055395698</t>
+          <t>9786059545556</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Vampir Okulu - Sahne Heyecanı</t>
+          <t>Yeşil Korku Tünelindeki Sır - Benim Canavarlarım 1</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>11.5</v>
+        <v>26</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055395681</t>
+          <t>9786059545549</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Vampir Okulu - Okul Gezisi</t>
+          <t>Dersteki Dehşet - Benim Canavarlarım 2</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>11.5</v>
+        <v>42.5</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055395674</t>
+          <t>9786052164952</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Vampir Okulu - Kasketbol Maçı</t>
+          <t>Karanlık Dokunuş</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>11.5</v>
+        <v>49</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055395711</t>
+          <t>9786055156060</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Vampir Okulu - Hayalet Müfettişleri</t>
+          <t>Zoraki Düşes</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>11.5</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055395704</t>
+          <t>9786055913694</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Vampir Okulu - Eyvah! Yeni Öğretmen</t>
+          <t>Zehr-i Katil</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>11.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055395322</t>
+          <t>9786055913212</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucunun Harman Yeri</t>
+          <t>Yolum</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055395537</t>
+          <t>9786055913762</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Tengezer</t>
+          <t>Yiğit Karaahmet’in Şahane Hayatı</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055395834</t>
+          <t>9786055913434</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Nefesi</t>
+          <t>Yarım</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055092009</t>
+          <t>9786055395698</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Şelale’nin Bez Bebeği</t>
+          <t>Vampir Okulu - Sahne Heyecanı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>18.52</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055395315</t>
+          <t>9786055395681</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Şarkısı Beyaz</t>
+          <t>Vampir Okulu - Okul Gezisi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>13.89</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055395957</t>
+          <t>9786055395674</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Stres ve Endişeyle Başa Çıkmanın Yolları</t>
+          <t>Vampir Okulu - Kasketbol Maçı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>21</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055913687</t>
+          <t>9786055395711</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Son Lobotomi</t>
+          <t>Vampir Okulu - Hayalet Müfettişleri</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>12.04</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786056362958</t>
+          <t>9786055395704</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Son Hikaye</t>
+          <t>Vampir Okulu - Eyvah! Yeni Öğretmen</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>10.19</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055913243</t>
+          <t>9786055395322</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Son 13 Gün</t>
+          <t>Uyuşturucunun Harman Yeri</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>7.31</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055395766</t>
+          <t>9786055395537</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yıldızlar Kulübü 2 - Bir Midilli’nin Dileği</t>
+          <t>Tengezer</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055395759</t>
+          <t>9786055395834</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yıldızlar Kulübü 1 - Bir Arkadaşlık Dileği</t>
+          <t>Şeytanın Nefesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>11.11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786056402791</t>
+          <t>9786055092009</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Sırma’nın Günlüğü</t>
+          <t>Şelale’nin Bez Bebeği</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>65</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786056402777</t>
+          <t>9786055395315</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Sıdıka Hanım</t>
+          <t>Şarkısı Beyaz</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>25.5</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786056362941</t>
+          <t>9786055395957</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes El Kitabı (Ciltli)</t>
+          <t>Stres ve Endişeyle Başa Çıkmanın Yolları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>23.5</v>
+        <v>21</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786056362903</t>
+          <t>9786055913687</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Sevmesem Ruhsuz Sevsem Mutsuz Gibiyim</t>
+          <t>Son Lobotomi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>12.96</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786055395445</t>
+          <t>9786056362958</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Sevginin Herkesten Şikayeti Var</t>
+          <t>Son Hikaye</t>
         </is>
       </c>
       <c r="C132" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786055913656</t>
+          <t>9786055913243</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Düet, Silahsız Düello</t>
+          <t>Son 13 Gün</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>9.26</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786055395926</t>
+          <t>9786055395766</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Seni Gömmem İmkansız</t>
+          <t>Sihirli Yıldızlar Kulübü 2 - Bir Midilli’nin Dileği</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786055395544</t>
+          <t>9786055395759</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Senden Sonra</t>
+          <t>Sihirli Yıldızlar Kulübü 1 - Bir Arkadaşlık Dileği</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786055913496</t>
+          <t>9786056402791</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Satranç Cinayetleri</t>
+          <t>Sırma’nın Günlüğü</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>9.17</v>
+        <v>65</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786055913366</t>
+          <t>9786056402777</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Satranç Cinayetleri</t>
+          <t>Sıdıka Hanım</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>20.37</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786055395162</t>
+          <t>9786056362941</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Rahmi Bey</t>
+          <t>Sherlock Holmes El Kitabı (Ciltli)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>40</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786055913083</t>
+          <t>9786056362903</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Prenses Sultana’nın Hikayesi</t>
+          <t>Sevmesem Ruhsuz Sevsem Mutsuz Gibiyim</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786055395797</t>
+          <t>9786055395445</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yıldızlar Kulübü 5 - Bir Film Yıldızının Dileği</t>
+          <t>Sevginin Herkesten Şikayeti Var</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786055395780</t>
+          <t>9786055913656</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yıldızlar Kulübü 4 - Bir Sihirbazın Dileği</t>
+          <t>Sessiz Düet, Silahsız Düello</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786055395773</t>
+          <t>9786055395926</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yıldızlar Kulübü 3 - Bir Şarkıcının Dileği</t>
+          <t>Seni Gömmem İmkansız</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786055092948</t>
+          <t>9786055395544</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Perina</t>
+          <t>Senden Sonra</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>42</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786055156145</t>
+          <t>9786055913496</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Patpat Jack - 2 Köpek Ziyafeti</t>
+          <t>Satranç Cinayetleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>7.87</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786055156138</t>
+          <t>9786055913366</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Patpat Jack - 1 Uçan Böcük</t>
+          <t>Satranç Cinayetleri</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>7.87</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786055395650</t>
+          <t>9786055395162</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Paşaport</t>
+          <t>Rahmi Bey</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>12.96</v>
+        <v>40</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786055395476</t>
+          <t>9786055913083</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Oyun İçinde Oyun</t>
+          <t>Prenses Sultana’nın Hikayesi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>15.74</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786055395629</t>
+          <t>9786055395797</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Oyun</t>
+          <t>Sihirli Yıldızlar Kulübü 5 - Bir Film Yıldızının Dileği</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>20.37</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786055913335</t>
+          <t>9786055395780</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Olmaz Olsun Cüzdanımda Milyonlar</t>
+          <t>Sihirli Yıldızlar Kulübü 4 - Bir Sihirbazın Dileği</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786055395841</t>
+          <t>9786055395773</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche’siz Hayat Bir Hatadır</t>
+          <t>Sihirli Yıldızlar Kulübü 3 - Bir Şarkıcının Dileği</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786055092283</t>
+          <t>9786055092948</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Neredesin Şelale - Şelale’nin Bez Bebeği 2</t>
+          <t>Perina</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>21.5</v>
+        <v>42</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786055092276</t>
+          <t>9786055156145</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Miralayın Kızı Süreyya</t>
+          <t>Patpat Jack - 2 Köpek Ziyafeti</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>49</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786055395582</t>
+          <t>9786055156138</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Mihrimah</t>
+          <t>Patpat Jack - 1 Uçan Böcük</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>18.52</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786055410315</t>
+          <t>9786055395650</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Menazimül’l-Cevahir</t>
+          <t>Paşaport</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>12.96</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786055156022</t>
+          <t>9786055395476</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Mankafalar Çetesi - Uzaya Yolculuk</t>
+          <t>Oyun İçinde Oyun</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786055156015</t>
+          <t>9786055395629</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Mankafalar Çetesi - Müze Soygunu</t>
+          <t>Oyun</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>15</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786055395995</t>
+          <t>9786055913335</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Mankafalar Çetesi - Kutup Macerası</t>
+          <t>Olmaz Olsun Cüzdanımda Milyonlar</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>15</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786055156008</t>
+          <t>9786055395841</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Mankafalar Çetesi - Korsanların Peşinde</t>
+          <t>Nietzsche’siz Hayat Bir Hatadır</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>15</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786055913274</t>
+          <t>9786055092283</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Makyajda Sihirbazlık Numaraları</t>
+          <t>Neredesin Şelale - Şelale’nin Bez Bebeği 2</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>12.04</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786055913816</t>
+          <t>9786055092276</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Lucian</t>
+          <t>Miralayın Kızı Süreyya</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>11.57</v>
+        <v>49</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786055913410</t>
+          <t>9786055395582</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Lucian</t>
+          <t>Mihrimah</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>22.22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786055913328</t>
+          <t>9786055410315</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kül Ana</t>
+          <t>Menazimül’l-Cevahir</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>16.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786055395742</t>
+          <t>9786055156022</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Küçük Yalanlar Yüksek Topuklar</t>
+          <t>Mankafalar Çetesi - Uzaya Yolculuk</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>16.67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786055092917</t>
+          <t>9786055156015</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Küçük Tatlı Heyecan</t>
+          <t>Mankafalar Çetesi - Müze Soygunu</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>18.52</v>
+        <v>15</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786055156084</t>
+          <t>9786055395995</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Korsan Okulu: Doğum Günü Tantanası</t>
+          <t>Mankafalar Çetesi - Kutup Macerası</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>6.94</v>
+        <v>15</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786055156091</t>
+          <t>9786055156008</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Korsan Okulu: Birazcık Rüzgar</t>
+          <t>Mankafalar Çetesi - Korsanların Peşinde</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>6.5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786055395346</t>
+          <t>9786055913274</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Konuşsam Sessizlik Gitsem Ayrılık</t>
+          <t>Makyajda Sihirbazlık Numaraları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>10.19</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786055913649</t>
+          <t>9786055913816</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Kir</t>
+          <t>Lucian</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>11.11</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786055395735</t>
+          <t>9786055913410</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Kimse Acınacak Kadar Masum Değildir</t>
+          <t>Lucian</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>16.67</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786056402746</t>
+          <t>9786055913328</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Kendinden Utanmak</t>
+          <t>Kül Ana</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>12.96</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786055156107</t>
+          <t>9786055395742</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Korsan Okulu: Sudan Çıkmış Balıklar</t>
+          <t>Küçük Yalanlar Yüksek Topuklar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>6.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786055395728</t>
+          <t>9786055092917</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Vampir Okulu - Usta Şef Yarışması</t>
+          <t>Küçük Tatlı Heyecan</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>11.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786055156114</t>
+          <t>9786055156084</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Korsan Okulu: Gemide Köpek Var</t>
+          <t>Korsan Okulu: Doğum Günü Tantanası</t>
         </is>
       </c>
       <c r="C173" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786055395803</t>
+          <t>9786055156091</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yıldızlar Kulübü 6 - Bir Balerinin Dileği</t>
+          <t>Korsan Okulu: Birazcık Rüzgar</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>11.11</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786055395612</t>
+          <t>9786055395346</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Kan Yangını</t>
+          <t>Konuşsam Sessizlik Gitsem Ayrılık</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>16.67</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786055913618</t>
+          <t>9786055913649</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Kadın Krallığı</t>
+          <t>Kir</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786055395551</t>
+          <t>9786055395735</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Kabus</t>
+          <t>Kimse Acınacak Kadar Masum Değildir</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786055913632</t>
+          <t>9786056402746</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>İntihar Etüdleri Dairesi</t>
+          <t>Kendinden Utanmak</t>
         </is>
       </c>
       <c r="C178" s="1">
         <v>12.96</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786055395643</t>
+          <t>9786055156107</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>İnceldiği Yerden Kopsun Kıyamet</t>
+          <t>Korsan Okulu: Sudan Çıkmış Balıklar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>11.11</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786055913823</t>
+          <t>9786055395728</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İmago</t>
+          <t>Vampir Okulu - Usta Şef Yarışması</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>16.67</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786055913441</t>
+          <t>9786055156114</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>İlk Lokmada Aşk</t>
+          <t>Korsan Okulu: Gemide Köpek Var</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>9.26</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786055913458</t>
+          <t>9786055395803</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>İki Soluk Arasında</t>
+          <t>Sihirli Yıldızlar Kulübü 6 - Bir Balerinin Dileği</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786055913465</t>
+          <t>9786055395612</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>İçinde Aşk Var</t>
+          <t>Kan Yangını</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>7.31</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786055913205</t>
+          <t>9786055913618</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>İçinde Aşk Var</t>
+          <t>Kadın Krallığı</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>15.74</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786055913557</t>
+          <t>9786055395551</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Umut</t>
+          <t>Kabus</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786055395452</t>
+          <t>9786055913632</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Sen Kırıntıları</t>
+          <t>İntihar Etüdleri Dairesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>13.89</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786055395933</t>
+          <t>9786055395643</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Başka Ben</t>
+          <t>İnceldiği Yerden Kopsun Kıyamet</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786055913908</t>
+          <t>9786055913823</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Işık Prensi</t>
+          <t>İmago</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>13.89</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786055092245</t>
+          <t>9786055913441</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Hümeyra</t>
+          <t>İlk Lokmada Aşk</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786055092030</t>
+          <t>9786055913458</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Kaç Yıl Geçti Aradan</t>
+          <t>İki Soluk Arasında</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>47.5</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786055395575</t>
+          <t>9786055913465</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Senin Uğruna</t>
+          <t>İçinde Aşk Var</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>18.52</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786055913960</t>
+          <t>9786055913205</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Her Mektubu Görülmüştür</t>
+          <t>İçinde Aşk Var</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786055156046</t>
+          <t>9786055913557</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Düşlere Borcu Var</t>
+          <t>İçimdeki Umut</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786055395131</t>
+          <t>9786055395452</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Hadi Beni Aşk’tan Yarat</t>
+          <t>İçimdeki Sen Kırıntıları</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>14.81</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055913526</t>
+          <t>9786055395933</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Gretel’in Öyküsü</t>
+          <t>İçimdeki Başka Ben</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>13.89</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786055395568</t>
+          <t>9786055913908</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Gizem’in Mutfak Aşkı (Ciltli)</t>
+          <t>Işık Prensi</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>25.46</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786055395339</t>
+          <t>9786055092245</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Feride (Ciltli)</t>
+          <t>Hümeyra</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786055092238</t>
+          <t>9786055092030</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Feraye</t>
+          <t>Kaç Yıl Geçti Aradan</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>18.52</v>
+        <v>47.5</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786055156053</t>
+          <t>9786055395575</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Eylül Defterleri</t>
+          <t>Her Şey Senin Uğruna</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>15.74</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786055395360</t>
+          <t>9786055913960</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Ey Hayat</t>
+          <t>Her Mektubu Görülmüştür</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055913977</t>
+          <t>9786055156046</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Evvel Zaman İçimde</t>
+          <t>Hayatın Düşlere Borcu Var</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>8.33</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055395605</t>
+          <t>9786055395131</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>El</t>
+          <t>Hadi Beni Aşk’tan Yarat</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>13.89</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055913731</t>
+          <t>9786055913526</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Düşlediğimiz Cennet</t>
+          <t>Gretel’in Öyküsü</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>12.96</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786055395667</t>
+          <t>9786055395568</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Çocuk</t>
+          <t>Gizem’in Mutfak Aşkı (Ciltli)</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>7.41</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786055913724</t>
+          <t>9786055395339</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Dönüşüm</t>
+          <t>Feride (Ciltli)</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786056362965</t>
+          <t>9786055092238</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Dön Muazzez</t>
+          <t>Feraye</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055913250</t>
+          <t>9786055156053</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Dil Kafirleri</t>
+          <t>Eylül Defterleri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>13.89</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786059961134</t>
+          <t>9786055395360</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Deli Dolu Bir Yaz</t>
+          <t>Ey Hayat</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>20.37</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055395872</t>
+          <t>9786055913977</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Dalgalar Hep Aşk Getirse</t>
+          <t>Evvel Zaman İçimde</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>17.59</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786055395438</t>
+          <t>9786055395605</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Adresler (Ciltli)</t>
+          <t>El</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055913236</t>
+          <t>9786055913731</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelin</t>
+          <t>Düşlediğimiz Cennet</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>5.46</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055395032</t>
+          <t>9786055395667</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Gelin</t>
+          <t>Dünyayı Kurtaran Çocuk</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786055913591</t>
+          <t>9786055913724</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Child Bride</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786055913625</t>
+          <t>9786056362965</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Öyküleri</t>
+          <t>Dön Muazzez</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786055395964</t>
+          <t>9786055913250</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Doğru ve Etkin Liderlik</t>
+          <t>Dil Kafirleri</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>44</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055395407</t>
+          <t>9786059961134</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Can Veren Aşk</t>
+          <t>Deli Dolu Bir Yaz</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>10.19</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055913779</t>
+          <t>9786055395872</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Biraz Felsefe Herkese İyi Gelir</t>
+          <t>Dalgalar Hep Aşk Getirse</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>12.96</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786056362989</t>
+          <t>9786055395438</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Bir Şeftali Bin Şeftali</t>
+          <t>Çocuklar ve Adresler (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>9</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786055913809</t>
+          <t>9786055913236</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Bilseydim</t>
+          <t>Çocuk Gelin</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>7.31</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786055913427</t>
+          <t>9786055395032</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Bilseydim (Ciltli)</t>
+          <t>Çocuk Gelin</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786055156176</t>
+          <t>9786055913591</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Benim Küçük Aşk Pastam</t>
+          <t>Child Bride</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>16.67</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786055156121</t>
+          <t>9786055913625</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ben Dougal Trump ve Bu Benim Suçum Değil</t>
+          <t>Cehennem Öyküleri</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786055913700</t>
+          <t>9786055395964</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Bedenim Bana Ait</t>
+          <t>Doğru ve Etkin Liderlik</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>10.19</v>
+        <v>44</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786055913786</t>
+          <t>9786055395407</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Bana Bir Aşk Zaman Ver</t>
+          <t>Can Veren Aşk</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>12.04</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786055913755</t>
+          <t>9786055913779</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılıktan Kaçışın Tiratları</t>
+          <t>Biraz Felsefe Herkese İyi Gelir</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>10.19</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786055913892</t>
+          <t>9786056362989</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Aynılık Vakti</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>8.33</v>
+        <v>9</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786055913403</t>
+          <t>9786055913809</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Aynadakiler</t>
+          <t>Bilseydim</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>9.26</v>
+        <v>7.31</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786055395391</t>
+          <t>9786055913427</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Aşktır Gitmek</t>
+          <t>Bilseydim (Ciltli)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>8.33</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786055092900</t>
+          <t>9786055156176</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Aşka Yolculuk</t>
+          <t>Benim Küçük Aşk Pastam</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786055395889</t>
+          <t>9786055156121</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dönüş</t>
+          <t>Ben Dougal Trump ve Bu Benim Suçum Değil</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>16.67</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786055395353</t>
+          <t>9786055913700</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Aşk Tek Kişiliktir</t>
+          <t>Bedenim Bana Ait</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786055395308</t>
+          <t>9786055913786</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şiirleri</t>
+          <t>Bana Bir Aşk Zaman Ver</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786055395865</t>
+          <t>9786055913755</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bize Küstü</t>
+          <t>Bağımlılıktan Kaçışın Tiratları</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>12.04</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786055395940</t>
+          <t>9786055913892</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Aşk Ateşi</t>
+          <t>Aynılık Vakti</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>25</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786055092955</t>
+          <t>9786055913403</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Asıl Adı Atiye</t>
+          <t>Aynadakiler</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>26</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786056362927</t>
+          <t>9786055395391</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Aykırı Aşklar</t>
+          <t>Aşktır Gitmek</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>27.5</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786055913502</t>
+          <t>9786055092900</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Ama Seviyordum!</t>
+          <t>Aşka Yolculuk</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>9.17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786055913281</t>
+          <t>9786055395889</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Ama Seviyordum!</t>
+          <t>Aşka Dönüş</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>12.04</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786055913601</t>
+          <t>9786055395353</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Alçı</t>
+          <t>Aşk Tek Kişiliktir</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786055913298</t>
+          <t>9786055395308</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Açlık Savaşları</t>
+          <t>Aşk Şiirleri</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>18.52</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786055913472</t>
+          <t>9786055395865</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Abartılı Yalanlar Aceleci Duvaklar</t>
+          <t>Aşk Bize Küstü</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>9.17</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786055913199</t>
+          <t>9786055395940</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Abartılı Yalanlar Aceleci Duvaklar</t>
+          <t>Aşk Ateşi</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>18.52</v>
+        <v>25</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055395988</t>
+          <t>9786055092955</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>2013 Astroloji Rehberi ve Burçlar</t>
+          <t>Asıl Adı Atiye</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>13.89</v>
+        <v>26</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786055395490</t>
+          <t>9786056362927</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Yerde</t>
+          <t>Aykırı Aşklar</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>9</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055395506</t>
+          <t>9786055913502</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Tutkulu Aşk</t>
+          <t>Ama Seviyordum!</t>
         </is>
       </c>
       <c r="C245" s="1">
         <v>9.17</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786055395483</t>
+          <t>9786055913281</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yeniden</t>
+          <t>Ama Seviyordum!</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>9.17</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786055395513</t>
+          <t>9786055913601</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Buzda Aşk</t>
+          <t>Alçı</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>9.17</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055092092</t>
+          <t>9786055913298</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Evimdeki Yabancı</t>
+          <t>Açlık Savaşları</t>
         </is>
       </c>
       <c r="C248" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786055092108</t>
+          <t>9786055913472</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>İlk Öpücüğün Büyüsü</t>
+          <t>Abartılı Yalanlar Aceleci Duvaklar</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>18.52</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055092443</t>
+          <t>9786055913199</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Erkeklerin 41 Kuralı</t>
+          <t>Abartılı Yalanlar Aceleci Duvaklar</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786055092122</t>
+          <t>9786055395988</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ascendance Üçlemesi 1 - Kayıp Prens</t>
+          <t>2013 Astroloji Rehberi ve Burçlar</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>18.52</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786055092160</t>
+          <t>9786055395490</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Yeni İş Yeni Aşk</t>
+          <t>Aşk Her Yerde</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>16.67</v>
+        <v>9</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786059545655</t>
+          <t>9786055395506</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Okulu - İstila (Ciltli)</t>
+          <t>Tutkulu Aşk</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>21</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786059545648</t>
+          <t>9786055395483</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Okulu - Batış (Ciltli)</t>
+          <t>Aşk Yeniden</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>21</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059961417</t>
+          <t>9786055395513</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Reklam Aşkı</t>
+          <t>Buzda Aşk</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>25.5</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786055092818</t>
+          <t>9786055092092</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Sırılsıklam Aşık</t>
+          <t>Evimdeki Yabancı</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786056402722</t>
+          <t>9786055092108</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Kaledibi Sokağı</t>
+          <t>İlk Öpücüğün Büyüsü</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>12.04</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786059961004</t>
+          <t>9786055092443</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Buzul Çağı</t>
+          <t>Yalnız Erkeklerin 41 Kuralı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786055092344</t>
+          <t>9786055092122</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Adı Aşk Olmalı</t>
+          <t>Ascendance Üçlemesi 1 - Kayıp Prens</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>16.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786059961851</t>
+          <t>9786055092160</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Son Vaka</t>
+          <t>Yeni İş Yeni Aşk</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>18.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059961813</t>
+          <t>9786059545655</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Dosya</t>
+          <t>Canavarlar Okulu - İstila (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>10.19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059961806</t>
+          <t>9786059545648</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin Yemini</t>
+          <t>Canavarlar Okulu - Batış (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>14</v>
+        <v>21</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786059961837</t>
+          <t>9786059961417</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bohemya’da Skandal</t>
+          <t>Reklam Aşkı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>16</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786059961820</t>
+          <t>9786055092818</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes- Baskerville Tazısı</t>
+          <t>Sırılsıklam Aşık</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>42</v>
+        <v>17</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059809115</t>
+          <t>9786056402722</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Bir Dilek Tut Anne</t>
+          <t>Kaledibi Sokağı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>20.37</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059809108</t>
+          <t>9786059961004</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>10 Adımda Mutlu Hayat</t>
+          <t>Buzul Çağı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>27</v>
+        <v>11</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059961844</t>
+          <t>9786055092344</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mavi Yakut</t>
+          <t>Adı Aşk Olmalı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>17</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059961578</t>
+          <t>9786059961851</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yağmuru</t>
+          <t>Sherlock Holmes - Son Vaka</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>20.37</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786055092023</t>
+          <t>9786059961813</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Aşkların Son Durağı</t>
+          <t>Sherlock Holmes - Kızıl Dosya</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>20.37</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786059961691</t>
+          <t>9786059961806</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Makam-ı Aşk</t>
+          <t>Sherlock Holmes - Dörtlerin Yemini</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>22</v>
+        <v>14</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059961653</t>
+          <t>9786059961837</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Sahile Aşk Vurunca</t>
+          <t>Sherlock Holmes - Bohemya’da Skandal</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>18.52</v>
+        <v>16</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059961011</t>
+          <t>9786059961820</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : Dans Eden Balık</t>
+          <t>Sherlock Holmes- Baskerville Tazısı</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>7.41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059961080</t>
+          <t>9786059809115</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : Mis Gibi Kokuyoruz</t>
+          <t>Bir Dilek Tut Anne</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>7</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059961073</t>
+          <t>9786059809108</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : Kötü Şaka</t>
+          <t>10 Adımda Mutlu Hayat</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>6.48</v>
+        <v>27</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059961103</t>
+          <t>9786059961844</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bıçırık Öykü Dizisi : Çirkin Mevsim Olur Mu?</t>
+          <t>Sherlock Holmes - Mavi Yakut</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>7</v>
+        <v>17</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786055092740</t>
+          <t>9786059961578</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Kalbe</t>
+          <t>Aşk Yağmuru</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>19.44</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786055092184</t>
+          <t>9786055092023</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Kollarında</t>
+          <t>Aşkların Son Durağı</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>16.67</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786055092214</t>
+          <t>9786059961691</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Gölgeler Kasabası</t>
+          <t>Makam-ı Aşk</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>18.52</v>
+        <v>22</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059961028</t>
+          <t>9786059961653</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : Ebe</t>
+          <t>Sahile Aşk Vurunca</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>6.48</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786055092979</t>
+          <t>9786059961011</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>İyi Dilekler Yolu</t>
+          <t>Bıcırık Öykü Dizisi : Dans Eden Balık</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>20.37</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786055092481</t>
+          <t>9786059961080</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Hayata Uyanmak</t>
+          <t>Bıcırık Öykü Dizisi : Mis Gibi Kokuyoruz</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>17</v>
+        <v>7</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786055092634</t>
+          <t>9786059961073</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Paşarazzi</t>
+          <t>Bıcırık Öykü Dizisi : Kötü Şaka</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>12.96</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786055092610</t>
+          <t>9786059961103</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Püsküllü Deve</t>
+          <t>Bıçırık Öykü Dizisi : Çirkin Mevsim Olur Mu?</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>9.5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786055092641</t>
+          <t>9786055092740</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Gelen Mutluluk</t>
+          <t>Kalpten Kalbe</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>18.52</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786055092351</t>
+          <t>9786055092184</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Aşk</t>
+          <t>Aşkın Kollarında</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>16.67</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786056402715</t>
+          <t>9786055092214</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Kızların 41 Kuralı</t>
+          <t>Gölgeler Kasabası</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>15</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786055395858</t>
+          <t>9786059961028</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Lavanta</t>
+          <t>Bıcırık Öykü Dizisi : Ebe</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>22.22</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786055156183</t>
+          <t>9786055092979</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Tesadüfler Adası</t>
+          <t>İyi Dilekler Yolu</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>16.67</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786055156152</t>
+          <t>9786055092481</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Şanslı Köpek Çöpçatanlık Servisi</t>
+          <t>Hayata Uyanmak</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>17.59</v>
+        <v>17</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786055156077</t>
+          <t>9786055092634</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Oyun</t>
+          <t>Paşarazzi</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>18.52</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059961592</t>
+          <t>9786055092610</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Düğün</t>
+          <t>Püsküllü Deve</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>18.52</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786055092931</t>
+          <t>9786055092641</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Yaz Aşkım</t>
+          <t>Geçmişten Gelen Mutluluk</t>
         </is>
       </c>
       <c r="C292" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786055092467</t>
+          <t>9786055092351</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Gelinin Kolyesi</t>
+          <t>Yalancı Aşk</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>19.44</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786055092665</t>
+          <t>9786056402715</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Kaçak Kral</t>
+          <t>Yalnız Kızların 41 Kuralı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>16.67</v>
+        <v>15</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786055092702</t>
+          <t>9786055395858</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Viyana Valsi</t>
+          <t>Vahşi Lavanta</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>30</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786055092504</t>
+          <t>9786055156183</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Kızlar İçin Yaratıcı Yazma</t>
+          <t>Tesadüfler Adası</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>40</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786055092061</t>
+          <t>9786055156152</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Seninle Ya Da Sensiz</t>
+          <t>Şanslı Köpek Çöpçatanlık Servisi</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>16.67</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786056402708</t>
+          <t>9786055156077</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Ölmek İçin Kötü Bir Gün</t>
+          <t>Kusursuz Oyun</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786055395100</t>
+          <t>9786059961592</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Sen Öyle Zannet</t>
+          <t>Çılgın Düğün</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>9.26</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786056362996</t>
+          <t>9786055092931</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Barış'ın Uçurtması</t>
+          <t>Yaz Aşkım</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>13</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786055092078</t>
+          <t>9786055092467</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ayın Karanlık Yüzü</t>
+          <t>Gelinin Kolyesi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>18.52</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786056362910</t>
+          <t>9786055092665</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kara Balık</t>
+          <t>Kaçak Kral</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>11</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786055092047</t>
+          <t>9786055092702</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Büyüsü</t>
+          <t>Viyana Valsi</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>18.52</v>
+        <v>30</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786055092085</t>
+          <t>9786055092504</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Mezar Cadısı</t>
+          <t>Kızlar İçin Yaratıcı Yazma</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>16.67</v>
+        <v>40</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786055092924</t>
+          <t>9786055092061</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Aşk Affetmez</t>
+          <t>Seninle Ya Da Sensiz</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786055092016</t>
+          <t>9786056402708</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Yatak</t>
+          <t>Ölmek İçin Kötü Bir Gün</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>13.89</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786059545020</t>
+          <t>9786055395100</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yaptığımız Şeyleri Neden Yaparız? - Meraklısına Psikoloji (Ciltli)</t>
+          <t>Sen Öyle Zannet</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>20.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059809009</t>
+          <t>9786056362996</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Deli Dolu Bir Yaz</t>
+          <t>Barış'ın Uçurtması</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>9</v>
+        <v>13</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052164327</t>
+          <t>9786055092078</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Aşk Eski Bir Yalan</t>
+          <t>Ayın Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>129</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786059961387</t>
+          <t>9786056362910</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kaçış - Canavarlar Okulu</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>15.5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786059545747</t>
+          <t>9786055092047</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Frenk Cariye Nakşidil Güneşin Kızı</t>
+          <t>Aşkın Büyüsü</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>45</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786059545259</t>
+          <t>9786055092085</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Yarasa</t>
+          <t>Mezar Cadısı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>25.46</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052164198</t>
+          <t>9786055092924</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Küçük Adam</t>
+          <t>Aşk Affetmez</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052164273</t>
+          <t>9786055092016</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Kalp</t>
+          <t>Yanlış Yatak</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>54</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786059809092</t>
+          <t>9786059545020</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Düzenbaz</t>
+          <t>Yaptığımız Şeyleri Neden Yaparız? - Meraklısına Psikoloji (Ciltli)</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>16.5</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786059961424</t>
+          <t>9786059809009</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Yoksa Hala Bekar Mısın?</t>
+          <t>Deli Dolu Bir Yaz</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>18.52</v>
+        <v>9</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786059961677</t>
+          <t>9786052164327</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Bir Şans Daha</t>
+          <t>Aşk Eski Bir Yalan</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>18.52</v>
+        <v>129</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786059545990</t>
+          <t>9786059961387</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Pablo Escobar Benim Babam 2 - Suçüstü</t>
+          <t>Kaçış - Canavarlar Okulu</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>189</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786059545907</t>
+          <t>9786059545747</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>İsim</t>
+          <t>Frenk Cariye Nakşidil Güneşin Kızı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>27.5</v>
+        <v>45</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059545075</t>
+          <t>9786059545259</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Pablo Escobar Benim Babam</t>
+          <t>Yarasa</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>189</v>
+        <v>25.46</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059545044</t>
+          <t>9786052164198</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Canavarların Gizemi 2</t>
+          <t>Küçük Adam</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059545037</t>
+          <t>9786052164273</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Canavarların Gizemi 1</t>
+          <t>Karanlık Kalp</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>14</v>
+        <v>54</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059545051</t>
+          <t>9786059809092</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Erkek Avcısı</t>
+          <t>Düzenbaz</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>23</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059809764</t>
+          <t>9786059961424</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Şurimşine (Ciltli)</t>
+          <t>Yoksa Hala Bekar Mısın?</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>37.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786059809719</t>
+          <t>9786059961677</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Kimliksiz (Ciltli)</t>
+          <t>Bir Şans Daha</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>178</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059809450</t>
+          <t>9786059545990</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Kuki'nin Acayip Günlüğü 4 - Işıklar ve Kamera</t>
+          <t>Pablo Escobar Benim Babam 2 - Suçüstü</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>30</v>
+        <v>189</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059809443</t>
+          <t>9786059545907</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Kuki'nin Acayip Günlüğü - Tuvalette Okumak Yasaktır!</t>
+          <t>İsim</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>109</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059809436</t>
+          <t>9786059545075</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kuki’nin Acayip Günlüğü 3 - Amma Çok Takipçim Var!</t>
+          <t>Pablo Escobar Benim Babam</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>30</v>
+        <v>189</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786059809566</t>
+          <t>9786059545044</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Gitme (Ciltli)</t>
+          <t>Canavarların Gizemi 2</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>40</v>
+        <v>14</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786059961967</t>
+          <t>9786059545037</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>İlk Öpücüğün Büyüsü</t>
+          <t>Canavarların Gizemi 1</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>9.9</v>
+        <v>14</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786059809016</t>
+          <t>9786059545051</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Oyun</t>
+          <t>Gizemli Erkek Avcısı</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>9.17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786059961936</t>
+          <t>9786059809764</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Evine Hoş Geldin</t>
+          <t>Şurimşine (Ciltli)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>9</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052164006</t>
+          <t>9786059809719</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Yarasa (Ciltli)</t>
+          <t>Kimliksiz (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>178</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786059961370</t>
+          <t>9786059809450</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Okulu - Kilitli</t>
+          <t>Kuki'nin Acayip Günlüğü 4 - Işıklar ve Kamera</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786059545679</t>
+          <t>9786059809443</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Hayalet Sesleri (Ciltli)</t>
+          <t>Kuki'nin Acayip Günlüğü - Tuvalette Okumak Yasaktır!</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>129</v>
+        <v>109</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786059545686</t>
+          <t>9786059809436</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Kaybolan Robot (Ciltli)</t>
+          <t>Kuki’nin Acayip Günlüğü 3 - Amma Çok Takipçim Var!</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>44</v>
+        <v>30</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786059545693</t>
+          <t>9786059809566</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Kayıp Kitabın Gizemi (Ciltli)</t>
+          <t>Gitme (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>119</v>
+        <v>40</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786059545754</t>
+          <t>9786059961967</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Ivan Isaenko'nun Görünmeyen Yaşamı (Ciltli)</t>
+          <t>İlk Öpücüğün Büyüsü</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>39</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786059545174</t>
+          <t>9786059809016</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Matematik Bulmacaları</t>
+          <t>Kusursuz Oyun</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>99</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052164280</t>
+          <t>9786059961936</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kan Yemini - Gladyatör Okulu 1 (Ciltli)</t>
+          <t>Evine Hoş Geldin</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>54</v>
+        <v>9</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786059809382</t>
+          <t>9786052164006</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Kapını Çaldığında</t>
+          <t>Yarasa (Ciltli)</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>18.5</v>
+        <v>178</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786059809252</t>
+          <t>9786059961370</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Teslimiyet</t>
+          <t>Canavarlar Okulu - Kilitli</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>18</v>
+        <v>11</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786059809177</t>
+          <t>9786059545679</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Motifleri - Renklerin Armonisi 2</t>
+          <t>Sherlock Sam ve Hayalet Sesleri (Ciltli)</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>18.52</v>
+        <v>129</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786059809184</t>
+          <t>9786059545686</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Annemle Boyuyorum - Renklerin Armonisi 3</t>
+          <t>Sherlock Sam ve Kaybolan Robot (Ciltli)</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>18.52</v>
+        <v>44</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786059961561</t>
+          <t>9786059545693</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Sürpriz Balayı</t>
+          <t>Sherlock Sam ve Kayıp Kitabın Gizemi (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>18.52</v>
+        <v>119</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786055092733</t>
+          <t>9786059545754</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Tutkunun Sırrı</t>
+          <t>Ivan Isaenko'nun Görünmeyen Yaşamı (Ciltli)</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>20.37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786055092689</t>
+          <t>9786059545174</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>İskoç Ateşi</t>
+          <t>Matematik Bulmacaları</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>16.67</v>
+        <v>99</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786055092672</t>
+          <t>9786052164280</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Papatya Falı</t>
+          <t>Kan Yemini - Gladyatör Okulu 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>18.52</v>
+        <v>54</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786055395004</t>
+          <t>9786059809382</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Nemesis Edebiyat Set (2 Kitap) (Ciltli)</t>
+          <t>Geçmiş Kapını Çaldığında</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>41.67</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059545273</t>
+          <t>9786059809252</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Yol 2 : Aylin'in Yolu</t>
+          <t>Teslimiyet</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>20.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059809269</t>
+          <t>9786059809177</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Sen, Ben ve Bir Hafta Sonu</t>
+          <t>Osmanlı Motifleri - Renklerin Armonisi 2</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>16</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059961769</t>
+          <t>9786059809184</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Renklerin Armonisi</t>
+          <t>Annemle Boyuyorum - Renklerin Armonisi 3</t>
         </is>
       </c>
       <c r="C352" s="1">
         <v>18.52</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059809160</t>
+          <t>9786059961561</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Öpücük</t>
+          <t>Sürpriz Balayı</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059809122</t>
+          <t>9786055092733</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>SevgilimiBuldum.com</t>
+          <t>Tutkunun Sırrı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>14.81</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059961905</t>
+          <t>9786055092689</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>2. Balayı</t>
+          <t>İskoç Ateşi</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059961929</t>
+          <t>9786055092672</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Bir Fincan Geçmiş Bir Yudum Gelecek</t>
+          <t>Papatya Falı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>17</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786055092801</t>
+          <t>9786055395004</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Mutluluk</t>
+          <t>Nemesis Edebiyat Set (2 Kitap) (Ciltli)</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>18.52</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059809351</t>
+          <t>9786059545273</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Çapkın Düşler</t>
+          <t>Yol 2 : Aylin'in Yolu</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>13</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059961356</t>
+          <t>9786059809269</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Hızı</t>
+          <t>Sen, Ben ve Bir Hafta Sonu</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>18.52</v>
+        <v>16</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786055092962</t>
+          <t>9786059961769</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Taş Kağıt Makas</t>
+          <t>Renklerin Armonisi</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>20.37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059961127</t>
+          <t>9786059809160</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Bir Gece Yetmez</t>
+          <t>Her Güne Bir Öpücük</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>20.37</v>
+        <v>17</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059809375</t>
+          <t>9786059809122</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo'nun Rüyası (Ciltli)</t>
+          <t>SevgilimiBuldum.com</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>37</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786052164204</t>
+          <t>9786059961905</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Şair (Ciltli)</t>
+          <t>2. Balayı</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>359</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786052164259</t>
+          <t>9786059961929</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sınır Tanımaz</t>
+          <t>Bir Fincan Geçmiş Bir Yudum Gelecek</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>35</v>
+        <v>17</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786052164211</t>
+          <t>9786055092801</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Büyük Peynir Soygunu - Cep Korsanları (Ciltli)</t>
+          <t>Adım Adım Mutluluk</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>99</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052164228</t>
+          <t>9786059809351</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kanalizasyon Macerası - Cep Korsanları (Ciltli)</t>
+          <t>Çapkın Düşler</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>99</v>
+        <v>13</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786052164020</t>
+          <t>9786059961356</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Çok Tatlı - Mızmız</t>
+          <t>Karanlığın Hızı</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>22</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059545266</t>
+          <t>9786055092962</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Hannibal (Ciltli)</t>
+          <t>Taş Kağıt Makas</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>37</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786052164075</t>
+          <t>9786059961127</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>İskoç Esareti</t>
+          <t>Bir Gece Yetmez</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>62</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786052164051</t>
+          <t>9786059809375</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Biz (Ciltli)</t>
+          <t>Pinokyo'nun Rüyası (Ciltli)</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>40</v>
+        <v>37</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059809894</t>
+          <t>9786052164204</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kuzuların Sessizliği (Ciltli)</t>
+          <t>Şair (Ciltli)</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>37</v>
+        <v>450</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059809931</t>
+          <t>9786052164259</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Düşündüğümüz Şeyleri Neden Düşünürüz?</t>
+          <t>Mutluluk Sınır Tanımaz</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>21</v>
+        <v>35</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059809917</t>
+          <t>9786052164211</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Büyü (Kırmızı Kapak)</t>
+          <t>Büyük Peynir Soygunu - Cep Korsanları (Ciltli)</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>37</v>
+        <v>99</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059809481</t>
+          <t>9786052164228</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Beni Aşka İnandır</t>
+          <t>Büyük Kanalizasyon Macerası - Cep Korsanları (Ciltli)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>18</v>
+        <v>99</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059809528</t>
+          <t>9786052164020</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>1 Dakikalık Farkındalık - Evinizde, İşinizde, İlişkinizde</t>
+          <t>Hayvanlar Çok Tatlı - Mızmız</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059545297</t>
+          <t>9786059545266</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Sudoku</t>
+          <t>Hannibal (Ciltli)</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>16</v>
+        <v>37</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059545242</t>
+          <t>9786052164075</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Yine Mi Ders?</t>
+          <t>İskoç Esareti</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>18.5</v>
+        <v>62</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059545280</t>
+          <t>9786052164051</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Sayılar</t>
+          <t>Biz (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059545525</t>
+          <t>9786059809894</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Mumya - Kleopatra Macerası</t>
+          <t>Kuzuların Sessizliği (Ciltli)</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>30</v>
+        <v>37</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059545518</t>
+          <t>9786059809931</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Süper Ajan Mumya</t>
+          <t>Düşündüğümüz Şeyleri Neden Düşünürüz?</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>30</v>
+        <v>21</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059545013</t>
+          <t>9786059809917</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Anılar Ağacı</t>
+          <t>Büyü (Kırmızı Kapak)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>27.5</v>
+        <v>37</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059809955</t>
+          <t>9786059809481</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Setna Yükseliyor - Lanetli Mezar</t>
+          <t>Beni Aşka İnandır</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>225</v>
+        <v>18</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059809726</t>
+          <t>9786059809528</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Doğanın Şifa Mucizesi</t>
+          <t>1 Dakikalık Farkındalık - Evinizde, İşinizde, İlişkinizde</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>17.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059809221</t>
+          <t>9786059545297</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Sana Rağmen Aşkı Sevdim</t>
+          <t>Sudoku</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>18.5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059809085</t>
+          <t>9786059545242</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Eyvah Yine Mi Ders?</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>19</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059961882</t>
+          <t>9786059545280</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Koruma</t>
+          <t>Çılgın Sayılar</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>18.52</v>
+        <v>39</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059545822</t>
+          <t>9786059545525</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Güreşçi Troller Maç 1</t>
+          <t>Süper Ajan Mumya - Kleopatra Macerası</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059545853</t>
+          <t>9786059545518</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Hayatınızdaki Çatışmalardan Kurtulun</t>
+          <t>Süper Ajan Mumya</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>21.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059545839</t>
+          <t>9786059545013</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Güreşçi Troller Maç 2</t>
+          <t>Anılar Ağacı</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>99</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059545815</t>
+          <t>9786059809955</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Gölge Adam</t>
+          <t>Setna Yükseliyor - Lanetli Mezar</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>79</v>
+        <v>280</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059545846</t>
+          <t>9786059809726</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Kara Yankı (Ciltli)</t>
+          <t>Doğanın Şifa Mucizesi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>45</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059809900</t>
+          <t>9786059809221</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Mucize</t>
+          <t>Sana Rağmen Aşkı Sevdim</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>15.5</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059809870</t>
+          <t>9786059809085</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Unutma Beni</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>20.5</v>
+        <v>19</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059809580</t>
+          <t>9786059961882</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Hep Seninle Olacağım</t>
+          <t>Koruma</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>23</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059809191</t>
+          <t>9786059545822</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Sonuna Kadar</t>
+          <t>Güreşçi Troller Maç 1</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786055092566</t>
+          <t>9786059545853</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Düğüne Beş Kala</t>
+          <t>Hayatınızdaki Çatışmalardan Kurtulun</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>16.67</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059545433</t>
+          <t>9786059545839</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Sırların Rengi</t>
+          <t>Güreşçi Troller Maç 2</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>40</v>
+        <v>99</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059545396</t>
+          <t>9786059545815</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>İyi Ejderha &amp; Kötü Ejderha (Ciltli)</t>
+          <t>Gölge Adam</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>35</v>
+        <v>79</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059545389</t>
+          <t>9786059545846</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Bab-ı Ali'den İkitelli'ye</t>
+          <t>Kara Yankı (Ciltli)</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>129</v>
+        <v>45</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059545426</t>
+          <t>9786059809900</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Kuantumaşk</t>
+          <t>Mucize</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>32.5</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059545419</t>
+          <t>9786059809870</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Bir Nefes Hayat</t>
+          <t>Unutma Beni</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>30</v>
+        <v>20.5</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059545372</t>
+          <t>9786059809580</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Orada Olmayan Kız</t>
+          <t>Hep Seninle Olacağım</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>27.5</v>
+        <v>23</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059545365</t>
+          <t>9786059809191</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>İskoç Savaşçı</t>
+          <t>Sonuna Kadar</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>74</v>
+        <v>18</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059545358</t>
+          <t>9786055092566</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Bir Dükün Kalbini Titretecek On Bir Skandal</t>
+          <t>Düğüne Beş Kala</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>37.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059545136</t>
+          <t>9786059545433</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Annemin Kokusu</t>
+          <t>Sırların Rengi</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059545204</t>
+          <t>9786059545396</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Hemingway’in Kadınları</t>
+          <t>İyi Ejderha &amp; Kötü Ejderha (Ciltli)</t>
         </is>
       </c>
       <c r="C406" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059545143</t>
+          <t>9786059545389</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Zombiler</t>
+          <t>Bab-ı Ali'den İkitelli'ye</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>14</v>
+        <v>129</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059545150</t>
+          <t>9786059545426</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Zombiler - Virüs</t>
+          <t>Kuantumaşk</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>14</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059545167</t>
+          <t>9786059545419</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Zombiler - Salgın</t>
+          <t>Bir Nefes Hayat</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059545235</t>
+          <t>9786059545372</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık</t>
+          <t>Orada Olmayan Kız</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>39</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059545228</t>
+          <t>9786059545365</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>İyi Hırsız</t>
+          <t>İskoç Savaşçı</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>22</v>
+        <v>74</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059545211</t>
+          <t>9786059545358</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Berenin İntikamı</t>
+          <t>Bir Dükün Kalbini Titretecek On Bir Skandal</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>23</v>
+        <v>37.5</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059809429</t>
+          <t>9786059545136</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kuki'nin Acayip Günlüğü 1 - Size Okumayın Demedim mi?</t>
+          <t>Annemin Kokusu</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>30</v>
+        <v>35</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059809498</t>
+          <t>9786059545204</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Kefaret (Ciltli)</t>
+          <t>Hemingway’in Kadınları</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059809825</t>
+          <t>9786059545143</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>İlk Aşk</t>
+          <t>Zombiler</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>23</v>
+        <v>14</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059809818</t>
+          <t>9786059545150</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Belki Bir Gün</t>
+          <t>Zombiler - Virüs</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>32.5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059809702</t>
+          <t>9786059545167</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Savaşın Şarkısı</t>
+          <t>Zombiler - Salgın</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>44</v>
+        <v>14</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059809733</t>
+          <t>9786059545235</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Şurina (Ciltli)</t>
+          <t>Ayrılık</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>43.12</v>
+        <v>39</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059809337</t>
+          <t>9786059545228</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimin Prensi 1.Cilt (Ciltli)</t>
+          <t>İyi Hırsız</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>25</v>
+        <v>22</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059961189</t>
+          <t>9786059545211</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Kolaylaştırın</t>
+          <t>Kırmızı Berenin İntikamı</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059961165</t>
+          <t>9786059809429</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Biri Sır mı Dedi?</t>
+          <t>Kuki'nin Acayip Günlüğü 1 - Size Okumayın Demedim mi?</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>18</v>
+        <v>30</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055092887</t>
+          <t>9786059809498</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kafdağı’ndan Masallar</t>
+          <t>Kefaret (Ciltli)</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>11.57</v>
+        <v>37</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055092870</t>
+          <t>9786059809825</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Son Vaka</t>
+          <t>İlk Aşk</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>11.57</v>
+        <v>23</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055092856</t>
+          <t>9786059809818</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Kızıl Dosya</t>
+          <t>Belki Bir Gün</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>12.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786055092832</t>
+          <t>9786059809702</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Bohemya’da Skandal</t>
+          <t>Aşk ve Savaşın Şarkısı</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>17</v>
+        <v>44</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786055092825</t>
+          <t>9786059809733</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Baskerville Tazısı</t>
+          <t>Şurina (Ciltli)</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>17</v>
+        <v>43.12</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786055092788</t>
+          <t>9786059809337</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Dürrüşehvar Sultan</t>
+          <t>Düşlerimin Prensi 1.Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>23.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786055092849</t>
+          <t>9786059961189</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Dörtlerin Yemini</t>
+          <t>Hayatı Kolaylaştırın</t>
         </is>
       </c>
       <c r="C428" s="1">
         <v>17</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059961981</t>
+          <t>9786059961165</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Eş</t>
+          <t>Biri Sır mı Dedi?</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>9.9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786055092993</t>
+          <t>9786055092887</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Renkleri</t>
+          <t>Kafdağı’ndan Masallar</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>19.44</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786055092528</t>
+          <t>9786055092870</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Elde Var Üçün Biri</t>
+          <t>Sherlock Holmes - Son Vaka</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>14.81</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059961141</t>
+          <t>9786055092856</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Uzakta Bir Deniz</t>
+          <t>Sherlock Holmes - Kızıl Dosya</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>18.5</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786055092573</t>
+          <t>9786055092832</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Hannibal Doğuyor</t>
+          <t>Sherlock Holmes - Bohemya’da Skandal</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>248</v>
+        <v>17</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786055092580</t>
+          <t>9786055092825</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Gümüş Nilüfer</t>
+          <t>Sherlock Holmes - Baskerville Tazısı</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>20.37</v>
+        <v>17</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786055092511</t>
+          <t>9786055092788</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Yalancı Sevda</t>
+          <t>Dürrüşehvar Sultan</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>18.52</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786055092313</t>
+          <t>9786055092849</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Satranç</t>
+          <t>Sherlock Holmes - Dörtlerin Yemini</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>5.56</v>
+        <v>17</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786055395254</t>
+          <t>9786059961981</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Küpe Çiçeği</t>
+          <t>Kiralık Eş</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>21.3</v>
+        <v>9.9</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786055395971</t>
+          <t>9786055092993</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Daha Kaliteli Bir Yaşam</t>
+          <t>Mutluluğun Renkleri</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>13.89</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786055092115</t>
+          <t>9786055092528</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Kon-Tiki</t>
+          <t>Elde Var Üçün Biri</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>16.67</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786055092139</t>
+          <t>9786059961141</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Jessie Lamb’in Vasiyeti</t>
+          <t>Geçmiş Uzakta Bir Deniz</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>15.74</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786055092146</t>
+          <t>9786055092573</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>İntikam Ateşi</t>
+          <t>Hannibal Doğuyor</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>20.37</v>
+        <v>350</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786055395902</t>
+          <t>9786055092580</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>İskoçyalı’nın Aşkı</t>
+          <t>Gümüş Nilüfer</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>17.59</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786055395599</t>
+          <t>9786055092511</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>İlişki Durumu: Karmaşık</t>
+          <t>Yalancı Sevda</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>17.59</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786055395292</t>
+          <t>9786055092313</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Buzda Aşk</t>
+          <t>Satranç</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>15.74</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786055395094</t>
+          <t>9786055395254</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gardenya</t>
+          <t>Küpe Çiçeği</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>11.57</v>
+        <v>21.3</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786055913984</t>
+          <t>9786055395971</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gardenya</t>
+          <t>Daha Kaliteli Bir Yaşam</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>22.22</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055913991</t>
+          <t>9786055092115</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yeniden</t>
+          <t>Kon-Tiki</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>15.74</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786055395087</t>
+          <t>9786055092139</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Aşk Seni Bulursa</t>
+          <t>Jessie Lamb’in Vasiyeti</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>9.17</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059961110</t>
+          <t>9786055092146</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Aşk Seni Bulursa</t>
+          <t>İntikam Ateşi</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>18</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055395384</t>
+          <t>9786055395902</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Aşk Her Yerde</t>
+          <t>İskoçyalı’nın Aşkı</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>16.67</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786055092221</t>
+          <t>9786055395599</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kendinizi Ödüllendirin</t>
+          <t>İlişki Durumu: Karmaşık</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>21.5</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786059809887</t>
+          <t>9786055395292</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Aşktan Yana</t>
+          <t>Buzda Aşk</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>35</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786059809863</t>
+          <t>9786055395094</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Sadece Arkadaşız</t>
+          <t>Beyaz Gardenya</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>17</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786059961738</t>
+          <t>9786055913984</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Senin İçin</t>
+          <t>Beyaz Gardenya</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>18.52</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786059961752</t>
+          <t>9786055913991</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Bahse Var Mısın?</t>
+          <t>Aşk Yeniden</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>22</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786059961745</t>
+          <t>9786055395087</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Aşk Şans İşidir</t>
+          <t>Aşk Seni Bulursa</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>20.37</v>
+        <v>9.17</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786059961776</t>
+          <t>9786059961110</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Hayat Kısa Mükemmelleştirmeye Bak</t>
+          <t>Aşk Seni Bulursa</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>21</v>
+        <v>18</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786059961547</t>
+          <t>9786055395384</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Gölge Kadınlar</t>
+          <t>Aşk Her Yerde</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>18.52</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786059961783</t>
+          <t>9786055092221</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>İşine Aşık Ol</t>
+          <t>Kendinizi Ödüllendirin</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>15.74</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786059809405</t>
+          <t>9786059809887</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Bir Yalnızın Depresif Güncesi</t>
+          <t>Kalbim Aşktan Yana</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>12</v>
+        <v>35</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786059809603</t>
+          <t>9786059809863</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Bir Çapkını Baştan Çıkarmanın Dokuz Yolu</t>
+          <t>Sadece Arkadaşız</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>129</v>
+        <v>17</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786059809542</t>
+          <t>9786059961738</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Deli (Ciltli)</t>
+          <t>Senin İçin</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>37</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786059809467</t>
+          <t>9786059961752</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimin Prensi 2. Cilt</t>
+          <t>Bahse Var Mısın?</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>32.5</v>
+        <v>22</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786059809474</t>
+          <t>9786059961745</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimin Prensi 2. Cilt (Ciltli)</t>
+          <t>Aşk Şans İşidir</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>25</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786257359191</t>
+          <t>9786059961776</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Son Durak Auschwitz</t>
+          <t>Hayat Kısa Mükemmelleştirmeye Bak</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>79</v>
+        <v>21</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786059545068</t>
+          <t>9786059961547</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Medikal Medyum</t>
+          <t>Gölge Kadınlar</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>169</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786059545099</t>
+          <t>9786059961783</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Yol 1: Hayat Hırsızı</t>
+          <t>İşine Aşık Ol</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>35</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786059809771</t>
+          <t>9786059809405</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Sen (Ciltli)</t>
+          <t>Bir Yalnızın Depresif Güncesi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>169</v>
+        <v>12</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786059809740</t>
+          <t>9786059809603</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Senin Yerin Benim Yanım</t>
+          <t>Bir Çapkını Baştan Çıkarmanın Dokuz Yolu</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>35</v>
+        <v>129</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786059809757</t>
+          <t>9786059809542</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalp Hırsızı</t>
+          <t>Deli (Ciltli)</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>18.52</v>
+        <v>37</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786059809696</t>
+          <t>9786059809467</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Kılıçtan Daha Keskin</t>
+          <t>Düşlerimin Prensi 2. Cilt</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>25.5</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786059809559</t>
+          <t>9786059809474</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>2 Aşk Arasında</t>
+          <t>Düşlerimin Prensi 2. Cilt (Ciltli)</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>139</v>
+        <v>25</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786059809627</t>
+          <t>9786257359191</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Kendi Divanında Bir Psikanalist</t>
+          <t>Son Durak Auschwitz</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>23</v>
+        <v>79</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786059809634</t>
+          <t>9786059545068</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Vegas’ta Olan Vegasta Kalır</t>
+          <t>Medikal Medyum</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>20.37</v>
+        <v>169</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786059809610</t>
+          <t>9786059545099</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Beni Yeniden Sev</t>
+          <t>Yol 1: Hayat Hırsızı</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>20</v>
+        <v>35</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786059809535</t>
+          <t>9786059809771</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Cehennemin Kızıl Hakikati (Ciltli)</t>
+          <t>Sen (Ciltli)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>209</v>
+        <v>169</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786059809399</t>
+          <t>9786059809740</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Her Yerde Sen</t>
+          <t>Senin Yerin Benim Yanım</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786059809245</t>
+          <t>9786059809757</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Sen Benimsin</t>
+          <t>Bir Kalp Hırsızı</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>18</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786059809023</t>
+          <t>9786059809696</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Kuralsız Oyun</t>
+          <t>Kılıçtan Daha Keskin</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>18.52</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786059961721</t>
+          <t>9786059809559</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Düşlerin Terzisi</t>
+          <t>2 Aşk Arasında</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>119</v>
+        <v>139</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786059809078</t>
+          <t>9786059809627</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Hiç Hesapta Yokken</t>
+          <t>Kendi Divanında Bir Psikanalist</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>16.67</v>
+        <v>23</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786059961608</t>
+          <t>9786059809634</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Yeni Günün Işığı</t>
+          <t>Vegas’ta Olan Vegasta Kalır</t>
         </is>
       </c>
       <c r="C482" s="1">
         <v>20.37</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059961271</t>
+          <t>9786059809610</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Martının Çığlığı</t>
+          <t>Beni Yeniden Sev</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>8</v>
+        <v>20</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786059961288</t>
+          <t>9786059809535</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Mutlu İnsanlar Çiftliği</t>
+          <t>Cehennemin Kızıl Hakikati (Ciltli)</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>7.41</v>
+        <v>209</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786059961301</t>
+          <t>9786059809399</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Sıkı Dost</t>
+          <t>Her Yerde Sen</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>7.41</v>
+        <v>17</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786059961295</t>
+          <t>9786059809245</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Sivri Akıllılar</t>
+          <t>Sen Benimsin</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>7.41</v>
+        <v>18</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786059961325</t>
+          <t>9786059809023</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık</t>
+          <t>Kuralsız Oyun</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>7.41</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786059961332</t>
+          <t>9786059961721</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Yurtsever Karınca</t>
+          <t>Düşlerin Terzisi</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>7.41</v>
+        <v>119</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786059961318</t>
+          <t>9786059809078</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Sıram Konuşuyor</t>
+          <t>Hiç Hesapta Yokken</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>7.41</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786059961349</t>
+          <t>9786059961608</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Şımarık</t>
+          <t>Yeni Günün Işığı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>7.41</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786059809665</t>
+          <t>9786059961271</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Hayata</t>
+          <t>Martının Çığlığı</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>129</v>
+        <v>8</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786059809139</t>
+          <t>9786059961288</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Ruhunu Aşka Teslim Et</t>
+          <t>Mutlu İnsanlar Çiftliği</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>21.5</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786059809030</t>
+          <t>9786059961301</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Benim Komik Ailem</t>
+          <t>Sıkı Dost</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>16</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786059809054</t>
+          <t>9786059961295</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Benim Komik Ailem Tatilde</t>
+          <t>Sivri Akıllılar</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>16</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786059809047</t>
+          <t>9786059961325</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Benim Komik Ailem Büyüyor</t>
+          <t>Yalnızlık</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>16</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786059809153</t>
+          <t>9786059961332</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın İzi</t>
+          <t>Yurtsever Karınca</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>24</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786059809146</t>
+          <t>9786059961318</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Bıraktığın Yerde Bekler Mi Aşk?</t>
+          <t>Sıram Konuşuyor</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>18</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786059961714</t>
+          <t>9786059961349</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Suikast</t>
+          <t>Şımarık</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>20.37</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786059961523</t>
+          <t>9786059809665</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim Kitabı - Mutluluk</t>
+          <t>Başka Bir Hayata</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>18</v>
+        <v>129</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786059961585</t>
+          <t>9786059809139</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>İçgüdü</t>
+          <t>Ruhunu Aşka Teslim Et</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>18.52</v>
+        <v>21.5</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786059961530</t>
+          <t>9786059809030</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Aranan Aşk Bulundu</t>
+          <t>Benim Komik Ailem</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>20.37</v>
+        <v>16</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786059545303</t>
+          <t>9786059809054</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Ruhlar</t>
+          <t>Benim Komik Ailem Tatilde</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>23</v>
+        <v>16</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786059545310</t>
+          <t>9786059809047</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Deli Kız (Ciltli)</t>
+          <t>Benim Komik Ailem Büyüyor</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>139</v>
+        <v>16</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786059809795</t>
+          <t>9786059809153</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Sıska Şövalye</t>
+          <t>Şeytanın İzi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>14</v>
+        <v>24</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786059809788</t>
+          <t>9786059809146</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Korkusuz Korsan</t>
+          <t>Bıraktığın Yerde Bekler Mi Aşk?</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>11.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786059809832</t>
+          <t>9786059961714</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Sensin</t>
+          <t>Suikast</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>23</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786059809849</t>
+          <t>9786059961523</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Eski Aşklar Yeni Başlangıçlar</t>
+          <t>Kişisel Gelişim Kitabı - Mutluluk</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>23.5</v>
+        <v>18</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786059961790</t>
+          <t>9786059961585</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Kalp Yolunu Seçer</t>
+          <t>İçgüdü</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>23</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786059961264</t>
+          <t>9786059961530</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Lokmacık</t>
+          <t>Aranan Aşk Bulundu</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>7.41</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786059809672</t>
+          <t>9786059545303</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Külkedisinin Zayıflama Hikayesi (Ciltli)</t>
+          <t>Kayıp Ruhlar</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>34.5</v>
+        <v>23</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786059809658</t>
+          <t>9786059545310</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Macera Avcıları -1 Kasabadaki Herkes Kaçırıldı</t>
+          <t>Deli Kız (Ciltli)</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>17</v>
+        <v>139</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786059809641</t>
+          <t>9786059809795</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Macera Avcıları - 2 Sivilceli Zombiler</t>
+          <t>Sıska Şövalye</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786059809511</t>
+          <t>9786059809788</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Bir Anda</t>
+          <t>Korkusuz Korsan</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>18</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786059961257</t>
+          <t>9786059809832</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Limon Kokusu</t>
+          <t>Mutluluk Sensin</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>18.52</v>
+        <v>23</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786059961363</t>
+          <t>9786059809849</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Küçük Bir Aşk Hikayesi</t>
+          <t>Eski Aşklar Yeni Başlangıçlar</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>20</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786055092450</t>
+          <t>9786059961790</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Aşka İkinci Şans</t>
+          <t>Kalp Yolunu Seçer</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>40</v>
+        <v>23</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786059809412</t>
+          <t>9786059961264</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Kuki'nin Acayip Günlüğü 2 - Kızlar, Sırlar, Falan Filan</t>
+          <t>Lokmacık</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>30</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786059961639</t>
+          <t>9786059809672</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Hafta Sonu Kaçamağı</t>
+          <t>Külkedisinin Zayıflama Hikayesi (Ciltli)</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>20</v>
+        <v>34.5</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786059961554</t>
+          <t>9786059809658</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Atatürk’ü Ben Öldürdüm</t>
+          <t>Macera Avcıları -1 Kasabadaki Herkes Kaçırıldı</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>26</v>
+        <v>17</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786055092771</t>
+          <t>9786059809641</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Masalı</t>
+          <t>Macera Avcıları - 2 Sivilceli Zombiler</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>6.48</v>
+        <v>15</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786055092535</t>
+          <t>9786059809511</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>İşaretli Yerlerden Seviniz</t>
+          <t>Beklenmedik Bir Anda</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>10.19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786055092764</t>
+          <t>9786059961257</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Tutsak Sevgiler</t>
+          <t>Limon Kokusu</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>17.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786055092597</t>
+          <t>9786059961363</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Evin Tanıdık Odaları</t>
+          <t>Küçük Bir Aşk Hikayesi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>32.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786059809573</t>
+          <t>9786055092450</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Hannibal Doğuyor (Ciltli)</t>
+          <t>Aşka İkinci Şans</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786055092795</t>
+          <t>9786059809412</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Saklı Mevsim</t>
+          <t>Kuki'nin Acayip Günlüğü 2 - Kızlar, Sırlar, Falan Filan</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>14.81</v>
+        <v>30</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786055092757</t>
+          <t>9786059961639</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Umuda Dokunmak</t>
+          <t>Hafta Sonu Kaçamağı</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786055092191</t>
+          <t>9786059961554</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Bırak Pencerenden İçeri Süzülsün Hayat</t>
+          <t>Atatürk’ü Ben Öldürdüm</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>14.81</v>
+        <v>26</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786059809214</t>
+          <t>9786055092771</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Bizi Ayırana Dek</t>
+          <t>Sevgi Masalı</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>20</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786059809207</t>
+          <t>9786055092535</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Gözde Bekar</t>
+          <t>İşaretli Yerlerden Seviniz</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>17</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786059961684</t>
+          <t>9786055092764</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Sevgili</t>
+          <t>Tutsak Sevgiler</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>16.67</v>
+        <v>17.5</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786059961172</t>
+          <t>9786055092597</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Kiralık Eş</t>
+          <t>Yabancı Evin Tanıdık Odaları</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>20</v>
+        <v>32.5</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786055092894</t>
+          <t>9786059809573</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Doğadaki Dostlarım</t>
+          <t>Hannibal Doğuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>11.57</v>
+        <v>33</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786055092863</t>
+          <t>9786055092795</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Holmes - Mavi Yakut</t>
+          <t>Saklı Mevsim</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>11.57</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786059809290</t>
+          <t>9786055092757</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mevsimi</t>
+          <t>Umuda Dokunmak</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>18</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786059809344</t>
+          <t>9786055092191</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Sen Bilmesen de</t>
+          <t>Bırak Pencerenden İçeri Süzülsün Hayat</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>25.5</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786059809313</t>
+          <t>9786059809214</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Astrolojiyle Hayatınızı Değiştirin</t>
+          <t>Ölüm Bizi Ayırana Dek</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786059809320</t>
+          <t>9786059809207</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Bir Hayalin Peşinde</t>
+          <t>Gözde Bekar</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786059809306</t>
+          <t>9786059961684</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Düşlerimin Prensi 1. Cilt</t>
+          <t>Kiralık Sevgili</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>22</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786059961868</t>
+          <t>9786059961172</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Yasak Sevgili</t>
+          <t>Kiralık Eş</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>16.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786059961493</t>
+          <t>9786055092894</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Uzaylılarla Karşılaşma</t>
+          <t>Doğadaki Dostlarım</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>25</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786059961486</t>
+          <t>9786055092863</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Mektubun Sırrı</t>
+          <t>Sherlock Holmes - Mavi Yakut</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>9.26</v>
+        <v>11.57</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786059961455</t>
+          <t>9786059809290</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Kayıp Kitabın Gizemi</t>
+          <t>Aşk Mevsimi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>30</v>
+        <v>18</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786059961479</t>
+          <t>9786059809344</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Kaybolan Robot</t>
+          <t>Sen Bilmesen de</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>7.41</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786059961462</t>
+          <t>9786059809313</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Hayalet Sesleri</t>
+          <t>Astrolojiyle Hayatınızı Değiştirin</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>25</v>
+        <v>16</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786055092719</t>
+          <t>9786059809320</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Dede Korkut Hikayeleri</t>
+          <t>Bir Hayalin Peşinde</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>13</v>
+        <v>20</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786055092696</t>
+          <t>9786059809306</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ten Seçme Öyküler</t>
+          <t>Düşlerimin Prensi 1. Cilt</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>94</v>
+        <v>22</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786055092542</t>
+          <t>9786059961868</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Kalbim İntiharla Sunar</t>
+          <t>Yasak Sevgili</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>10.19</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786055092559</t>
+          <t>9786059961493</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Bilmediğin Gibi</t>
+          <t>Sherlock Sam ve Uzaylılarla Karşılaşma</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>10.19</v>
+        <v>25</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786055092306</t>
+          <t>9786059961486</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Giden Yolda İletişim</t>
+          <t>Sherlock Sam ve Mektubun Sırrı</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>21</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786055092320</t>
+          <t>9786059961455</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Pamuk Ayna</t>
+          <t>Sherlock Sam ve Kayıp Kitabın Gizemi</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786055092337</t>
+          <t>9786059961479</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Oyunbozan</t>
+          <t>Sherlock Sam ve Kaybolan Robot</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786059809061</t>
+          <t>9786059961462</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Baharı Beklerken</t>
+          <t>Sherlock Sam ve Hayalet Sesleri</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>18.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786059961707</t>
+          <t>9786055092719</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Rüya</t>
+          <t>Dede Korkut Hikayeleri</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>20.37</v>
+        <v>13</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786059961615</t>
+          <t>9786055092696</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Kara Pazar</t>
+          <t>Atatürk'ten Seçme Öyküler</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>19</v>
+        <v>94</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786059961240</t>
+          <t>9786055092542</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Kitapların Arasında</t>
+          <t>Kalbim İntiharla Sunar</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>8</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786059961233</t>
+          <t>9786055092559</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Kavruk Efe</t>
+          <t>Her Şey Bilmediğin Gibi</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>8</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786059961226</t>
+          <t>9786055092306</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Heves</t>
+          <t>Başarıya Giden Yolda İletişim</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>8</v>
+        <v>21</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786059961219</t>
+          <t>9786055092320</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Hava Yolu</t>
+          <t>Pamuk Ayna</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>8</v>
+        <v>20</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786059961202</t>
+          <t>9786055092337</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Baston</t>
+          <t>Oyunbozan</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>7.41</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786059961196</t>
+          <t>9786059809061</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Anneme Armağan</t>
+          <t>Baharı Beklerken</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>7.41</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786059961066</t>
+          <t>9786059961707</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : Konuşan Fırçalar</t>
+          <t>En Güzel Rüya</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>7</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786059961059</t>
+          <t>9786059961615</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : Komşu Çocuğu</t>
+          <t>Kara Pazar</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>7</v>
+        <v>19</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786059961042</t>
+          <t>9786059961240</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : İştah</t>
+          <t>Kitapların Arasında</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786059961035</t>
+          <t>9786059961233</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : Elma Fidanı</t>
+          <t>Kavruk Efe</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786059545662</t>
+          <t>9786059961226</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Okulu - Kilitli (Ciltli)</t>
+          <t>Heves</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>21</v>
+        <v>8</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786059545631</t>
+          <t>9786059961219</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Canavarlar Okulu - Kaçış (Ciltli)</t>
+          <t>Hava Yolu</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>21</v>
+        <v>8</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786059961097</t>
+          <t>9786059961202</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Bıcırık Öykü Dizisi : Yurt Sevgisi</t>
+          <t>Baston</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>7</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786055092627</t>
+          <t>9786059961196</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Evine Hoş Geldin</t>
+          <t>Anneme Armağan</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786055092474</t>
+          <t>9786059961066</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Güller İçinde Yalnız</t>
+          <t>Bıcırık Öykü Dizisi : Konuşan Fırçalar</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>20.37</v>
+        <v>7</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786257359276</t>
+          <t>9786059961059</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>4. Maymun</t>
+          <t>Bıcırık Öykü Dizisi : Komşu Çocuğu</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>345</v>
+        <v>7</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786057649676</t>
+          <t>9786059961042</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Unorthodox</t>
+          <t>Bıcırık Öykü Dizisi : İştah</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>164</v>
+        <v>7</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786257359443</t>
+          <t>9786059961035</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Montessori Koordinasyon ve Yaşam Becerileri Kitabı</t>
+          <t>Bıcırık Öykü Dizisi : Elma Fidanı</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>54</v>
+        <v>7</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786055913397</t>
+          <t>9786059545662</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Kelebek Etkisi</t>
+          <t>Canavarlar Okulu - Kilitli (Ciltli)</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>13.89</v>
+        <v>21</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786055913748</t>
+          <t>9786059545631</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Kapımızdaki Düşman: Uyuşturucu</t>
+          <t>Canavarlar Okulu - Kaçış (Ciltli)</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>10.19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786055913588</t>
+          <t>9786059961097</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>The Last 13 Days</t>
+          <t>Bıcırık Öykü Dizisi : Yurt Sevgisi</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>12.96</v>
+        <v>7</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786055092368</t>
+          <t>9786055092627</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Testi Kırılmadan</t>
+          <t>Evine Hoş Geldin</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>23.5</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786057649324</t>
+          <t>9786055092474</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Kötü Çocuk Yoktur</t>
+          <t>Güller İçinde Yalnız</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>54</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786057649232</t>
+          <t>9786257359276</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Cari Mora</t>
+          <t>4. Maymun</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>129</v>
+        <v>450</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786055092207</t>
+          <t>9786057649676</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Freud’un Kız Kardeşi (Ciltli)</t>
+          <t>Unorthodox</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>18.52</v>
+        <v>164</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257359467</t>
+          <t>9786257359443</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Bedenin Hafızası</t>
+          <t>Montessori Koordinasyon ve Yaşam Becerileri Kitabı</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>154</v>
+        <v>54</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786257359498</t>
+          <t>9786055913397</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Su Gibi Ol Arkadaşım</t>
+          <t>Kelebek Etkisi</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>84</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786257359429</t>
+          <t>9786055913748</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Ruh Eşini Bulduğunda</t>
+          <t>Kapımızdaki Düşman: Uyuşturucu</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>69</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257359306</t>
+          <t>9786055913588</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Bir Düşmandan Daha Fazlası</t>
+          <t>The Last 13 Days</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>74</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786257359542</t>
+          <t>9786055092368</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Hastalıkları ve Doğru Bilinen Yanlışlar</t>
+          <t>Testi Kırılmadan</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>166</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786055092436</t>
+          <t>9786057649324</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>İbretlik Paylaşım</t>
+          <t>Kötü Çocuk Yoktur</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>14</v>
+        <v>54</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257359030</t>
+          <t>9786057649232</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Düşler</t>
+          <t>Cari Mora</t>
         </is>
       </c>
       <c r="C586" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786057649577</t>
+          <t>9786055092207</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Avcı</t>
+          <t>Freud’un Kız Kardeşi (Ciltli)</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>245</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786055395124</t>
+          <t>9786257359467</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Tutkulu Aşk</t>
+          <t>Bedenin Hafızası</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>20.37</v>
+        <v>154</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9789752473713</t>
+          <t>9786257359498</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>İnsanın Değeri - Bir Leonardo da Vinci Romanı</t>
+          <t>Su Gibi Ol Arkadaşım</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>119</v>
+        <v>84</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786057649249</t>
+          <t>9786257359429</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Aşk Dileği</t>
+          <t>Ruh Eşini Bulduğunda</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>285</v>
+        <v>69</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257359368</t>
+          <t>9786257359306</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Sana Ait</t>
+          <t>Bir Düşmandan Daha Fazlası</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>315</v>
+        <v>74</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257359337</t>
+          <t>9786257359542</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Yanık Mektuplar Derneği</t>
+          <t>Çocuk Hastalıkları ve Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>69</v>
+        <v>166</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786057649805</t>
+          <t>9786055092436</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Ya Hiç Tanışmasaydık</t>
+          <t>İbretlik Paylaşım</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>169</v>
+        <v>14</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786057649812</t>
+          <t>9786257359030</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Kendini Doğuran Kadınlar</t>
+          <t>Tehlikeli Düşler</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>154</v>
+        <v>129</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786057649485</t>
+          <t>9786057649577</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Dante Denklemi</t>
+          <t>Avcı</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>109</v>
+        <v>245</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257359245</t>
+          <t>9786055395124</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Sevgili Aaron</t>
+          <t>Tutkulu Aşk</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>375</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786057649409</t>
+          <t>9789752473713</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Maskesiz</t>
+          <t>İnsanın Değeri - Bir Leonardo da Vinci Romanı</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>199.5</v>
+        <v>119</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786057649911</t>
+          <t>9786057649249</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Paris'te Uzun Bir Gece</t>
+          <t>Aşk Dileği</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>59</v>
+        <v>285</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786057649294</t>
+          <t>9786257359368</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Asi</t>
+          <t>Kalbim Sana Ait</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>189.5</v>
+        <v>315</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786055092054</t>
+          <t>9786257359337</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Ben Kemik Torbası</t>
+          <t>Yanık Mektuplar Derneği</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>20</v>
+        <v>69</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786052164969</t>
+          <t>9786057649805</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Kapının Ardındaki Ben</t>
+          <t>Ya Hiç Tanışmasaydık</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>62</v>
+        <v>169</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257359016</t>
+          <t>9786057649812</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Öyle Bir Geçer Zaman Ki</t>
+          <t>Kendini Doğuran Kadınlar</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>198</v>
+        <v>154</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786057649119</t>
+          <t>9786057649485</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Minerva</t>
+          <t>Dante Denklemi</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>168.4</v>
+        <v>109</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786257359061</t>
+          <t>9786257359245</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Peaky Blinders</t>
+          <t>Sevgili Aaron</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>99</v>
+        <v>450</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786057649201</t>
+          <t>9786057649409</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Arzular</t>
+          <t>Maskesiz</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>56</v>
+        <v>199.5</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786052164938</t>
+          <t>9786057649911</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Sudaki İzler</t>
+          <t>Paris'te Uzun Bir Gece</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>40</v>
+        <v>59</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786057649195</t>
+          <t>9786057649294</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Pervane</t>
+          <t>Asi</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>139</v>
+        <v>189.5</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786052164747</t>
+          <t>9786055092054</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Karikatürler</t>
+          <t>Ben Kemik Torbası</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>238.5</v>
+        <v>20</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786052164693</t>
+          <t>9786052164969</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Dracul</t>
+          <t>Kapının Ardındaki Ben</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>41.5</v>
+        <v>62</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786052164761</t>
+          <t>9786257359016</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Çizgi Öyküler</t>
+          <t>Öyle Bir Geçer Zaman Ki</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>238.5</v>
+        <v>198</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786052164709</t>
+          <t>9786057649119</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Boğulmadan Hemen Önce</t>
+          <t>Minerva</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>25.5</v>
+        <v>168.4</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786052164754</t>
+          <t>9786257359061</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Karikatürler 2</t>
+          <t>Peaky Blinders</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>238.5</v>
+        <v>99</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786059961646</t>
+          <t>9786057649201</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Şeytanın Kolyesi</t>
+          <t>Tehlikeli Arzular</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>26</v>
+        <v>56</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786057649522</t>
+          <t>9786052164938</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Kır Zincirlerini</t>
+          <t>Sudaki İzler</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>89</v>
+        <v>40</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786057649515</t>
+          <t>9786057649195</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>Sahte Aşık</t>
+          <t>Pervane</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>49</v>
+        <v>139</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052164563</t>
+          <t>9786052164747</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Yolunu Kaybeden Anıların Bekçisi</t>
+          <t>Karikatürler</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>28</v>
+        <v>238.5</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786052164556</t>
+          <t>9786052164693</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Aile Çevresi</t>
+          <t>Dracul</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>245</v>
+        <v>41.5</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052164358</t>
+          <t>9786052164761</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Şüpheci Zihinler</t>
+          <t>Çizgi Öyküler</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>35.5</v>
+        <v>238.5</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786057649263</t>
+          <t>9786052164709</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>İhanet</t>
+          <t>Boğulmadan Hemen Önce</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>245</v>
+        <v>25.5</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052164921</t>
+          <t>9786052164754</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Karikatürler - 4</t>
+          <t>Karikatürler 2</t>
         </is>
       </c>
       <c r="C620" s="1">
         <v>238.5</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786057649072</t>
+          <t>9786059961646</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Ben Ne Söylerim Çocuğum Ne Anlar</t>
+          <t>Şeytanın Kolyesi</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>168</v>
+        <v>26</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786057649010</t>
+          <t>9786057649522</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Tutku</t>
+          <t>Kır Zincirlerini</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>129</v>
+        <v>89</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786052164570</t>
+          <t>9786057649515</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Çocuklu Hayat</t>
+          <t>Sahte Aşık</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>248</v>
+        <v>49</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052164532</t>
+          <t>9786052164563</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>İki Ateş Arasında</t>
+          <t>Yolunu Kaybeden Anıların Bekçisi</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>49</v>
+        <v>28</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786052164365</t>
+          <t>9786052164556</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Savaşları 2 - Labirentteki Kahraman</t>
+          <t>Aile Çevresi</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>20</v>
+        <v>245</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786052164341</t>
+          <t>9786052164358</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Dinozor Savaşları 1 - Dinozorların Yükselişi</t>
+          <t>Şüpheci Zihinler</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>14</v>
+        <v>35.5</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786057649157</t>
+          <t>9786057649263</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Sevgili</t>
+          <t>İhanet</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>98.5</v>
+        <v>245</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786057649164</t>
+          <t>9786052164921</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Gazap</t>
+          <t>Karikatürler - 4</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>139</v>
+        <v>238.5</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786059809689</t>
+          <t>9786057649072</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Külkedisinin Zayıflama Hikayesi</t>
+          <t>Ben Ne Söylerim Çocuğum Ne Anlar</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>27.5</v>
+        <v>168</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052164884</t>
+          <t>9786057649010</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Durduracak Değilim</t>
+          <t>Tutku</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>118.5</v>
+        <v>129</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786259603155</t>
+          <t>9786052164570</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Bulmaca Ustası</t>
+          <t>Çocuklu Hayat</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>345</v>
+        <v>248</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786259603148</t>
+          <t>9786052164532</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Sonların Tanrısı</t>
+          <t>İki Ateş Arasında</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>395</v>
+        <v>49</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786259603131</t>
+          <t>9786052164365</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Bozulan Yemin</t>
+          <t>Dinozor Savaşları 2 - Labirentteki Kahraman</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>298</v>
+        <v>20</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786259603100</t>
+          <t>9786052164341</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Rota 14 Günde Aşk</t>
+          <t>Dinozor Savaşları 1 - Dinozorların Yükselişi</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>298</v>
+        <v>14</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786259603124</t>
+          <t>9786057649157</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Bitmek Bilmeyen Kötü Günler</t>
+          <t>Gizemli Sevgili</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>298</v>
+        <v>98.5</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786259592190</t>
+          <t>9786057649164</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Geriye Kalanlar Sergisi</t>
+          <t>Gazap</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>248</v>
+        <v>139</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786259592145</t>
+          <t>9786059809689</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Şah ve Mat</t>
+          <t>Külkedisinin Zayıflama Hikayesi</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>395</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786259728568</t>
+          <t>9786052164884</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>En Yakın Arkadaşını Baştan Çıkarmanın 10 Yolu</t>
+          <t>Kendimi Durduracak Değilim</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>400</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786259728520</t>
+          <t>9786259603155</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Drina’da Son Gün</t>
+          <t>Bulmaca Ustası</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786259592183</t>
+          <t>9786259603148</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Karanlık Sular Altında</t>
+          <t>Sonların Tanrısı</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>445</v>
+        <v>395</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786259592138</t>
+          <t>9786259603131</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Sağlık</t>
+          <t>Bozulan Yemin</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>278</v>
+        <v>395</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786259592169</t>
+          <t>9786259603100</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Kalori Saymadan Kilo Ver</t>
+          <t>Rota 14 Günde Aşk</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>248</v>
+        <v>375</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786259728582</t>
+          <t>9786259603124</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Köy Yerinde Cinayet</t>
+          <t>Bitmek Bilmeyen Kötü Günler</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>228</v>
+        <v>345</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786259728575</t>
+          <t>9786259592190</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Kâbus'un Yemini</t>
+          <t>Geriye Kalanlar Sergisi</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>348</v>
+        <v>310</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786259728513</t>
+          <t>9786259592145</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Bir Çift Yürek</t>
+          <t>Şah ve Mat</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>225</v>
+        <v>445</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786259592107</t>
+          <t>9786259728568</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Buda’nın Kalbi Zihinsel ve Sezgisel Bir Uyanış Rehberi</t>
+          <t>En Yakın Arkadaşını Baştan Çıkarmanın 10 Yolu</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>285</v>
+        <v>400</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786259592114</t>
+          <t>9786259728520</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Trump ve Zamanın Sonu</t>
+          <t>Drina’da Son Gün</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>210</v>
+        <v>395</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786259592121</t>
+          <t>9786259592183</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Ukde</t>
+          <t>Karanlık Sular Altında</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>195</v>
+        <v>445</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786259728551</t>
+          <t>9786259592138</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Kaya</t>
+          <t>Bilinçli Sağlık</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786259551685</t>
+          <t>9786259592169</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Bekleyiş</t>
+          <t>Kalori Saymadan Kilo Ver</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786259728544</t>
+          <t>9786259728582</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Kulti</t>
+          <t>Köy Yerinde Cinayet</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>395</v>
+        <v>285</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786259728537</t>
+          <t>9786259728575</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Kendini Sevmekle Başlar</t>
+          <t>Kâbus'un Yemini</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786259551630</t>
+          <t>9786259728513</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Bağları</t>
+          <t>Bir Çift Yürek</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>395</v>
+        <v>249</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786259728506</t>
+          <t>9786259592107</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Kalp</t>
+          <t>Buda’nın Kalbi Zihinsel ve Sezgisel Bir Uyanış Rehberi</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786259551647</t>
+          <t>9786259592114</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Emily Wilde’ın Öteki Diyarlar Haritası</t>
+          <t>Trump ve Zamanın Sonu</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786259551661</t>
+          <t>9786259592121</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Soğukkanlı Yalancı</t>
+          <t>Ukde</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>375</v>
+        <v>225</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786259551678</t>
+          <t>9786259728551</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Ben Kendim ve Diğerleri</t>
+          <t>Kaya</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>198.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786259551654</t>
+          <t>9786259551685</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Graham Etkisi</t>
+          <t>Bekleyiş</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>395</v>
+        <v>450</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786259551692</t>
+          <t>9786259728544</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Beyinden Bağırsağa</t>
+          <t>Kulti</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>290</v>
+        <v>445</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786259551609</t>
+          <t>9786259728537</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Işık</t>
+          <t>Mucizeler Kendini Sevmekle Başlar</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>330</v>
+        <v>345</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786259551623</t>
+          <t>9786259551630</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Yarım Kalmasın</t>
+          <t>Sevgi Bağları</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>285</v>
+        <v>395</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786259551616</t>
+          <t>9786259728506</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Şevrole İmpala</t>
+          <t>Kanlı Kalp</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>198</v>
+        <v>450</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786256755826</t>
+          <t>9786259551647</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Tanrıların Adaları</t>
+          <t>Emily Wilde’ın Öteki Diyarlar Haritası</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786256755765</t>
+          <t>9786259551661</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Hanfendi Bi’ Bakar mısınız?</t>
+          <t>Soğukkanlı Yalancı</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>275</v>
+        <v>425</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786256947597</t>
+          <t>9786259551678</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Zihnin Arka Bahçesi</t>
+          <t>Ben Kendim ve Diğerleri</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786259990019</t>
+          <t>9786259551654</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Acımasız Karteller Kutulu Set (4 Kitap Takım)</t>
+          <t>Graham Etkisi</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>808</v>
+        <v>495</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257359597</t>
+          <t>9786259551692</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Sen Git Aşk Bana Kalsın</t>
+          <t>Beyinden Bağırsağa</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257359580</t>
+          <t>9786259551609</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>6. Yaramaz Çocuk</t>
+          <t>Lanetli Işık</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786055395919</t>
+          <t>9786259551623</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Çocukların Tanrısı</t>
+          <t>Yarım Kalmasın</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786055092658</t>
+          <t>9786259551616</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Hannibal</t>
+          <t>Şevrole İmpala</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>285</v>
+        <v>247.5</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786059961158</t>
+          <t>9786256755826</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ejder</t>
+          <t>Tanrıların Adaları</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786055092986</t>
+          <t>9786256755765</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Kuzuların Sessizliği</t>
+          <t>Hanfendi Bi’ Bakar mısınız?</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>295</v>
+        <v>345</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786055092153</t>
+          <t>9786256947597</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Drina’da Son Gün</t>
+          <t>Zihnin Arka Bahçesi</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>275</v>
+        <v>210</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786057649706</t>
+          <t>9786259990019</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Masalları</t>
+          <t>Acımasız Karteller Kutulu Set (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>178</v>
+        <v>808</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786257359078</t>
+          <t>9786257359597</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Ruhu İyileştirmek</t>
+          <t>Sen Git Aşk Bana Kalsın</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>198</v>
+        <v>225</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786256755888</t>
+          <t>9786257359580</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Küçük İyilikler</t>
+          <t>6. Yaramaz Çocuk</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>258</v>
+        <v>495</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786256755932</t>
+          <t>9786055395919</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Kalıpları Kırın</t>
+          <t>Mutsuz Çocukların Tanrısı</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>298</v>
+        <v>245</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786256755956</t>
+          <t>9786055092658</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Âşık Erkekler Söz Ver Bana</t>
+          <t>Hannibal</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>320</v>
+        <v>395</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786256755918</t>
+          <t>9786059961158</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>İş Para Cinsellik</t>
+          <t>Kızıl Ejder</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786256755949</t>
+          <t>9786055092986</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Noel'de Buluşalım</t>
+          <t>Kuzuların Sessizliği</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>275</v>
+        <v>295</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786256755963</t>
+          <t>9786055092153</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Gece Günlüğü</t>
+          <t>Drina’da Son Gün</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>220</v>
+        <v>345</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786256755901</t>
+          <t>9786057649706</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Maame</t>
+          <t>Anadolu Masalları</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786256755925</t>
+          <t>9786257359078</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Asi Âşık</t>
+          <t>Ruhu İyileştirmek</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>345</v>
+        <v>198</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786256755895</t>
+          <t>9786256755888</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Gelin</t>
+          <t>Küçük İyilikler</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>425</v>
+        <v>258</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786256755864</t>
+          <t>9786256755932</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Mafya Günlükleri #3: Nefret</t>
+          <t>Kalıpları Kırın</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>340</v>
+        <v>375</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786256755819</t>
+          <t>9786256755956</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Ev Arkadaşım Bir Vampir</t>
+          <t>Âşık Erkekler Söz Ver Bana</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>315</v>
+        <v>395</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786256755840</t>
+          <t>9786256755918</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma</t>
+          <t>İş Para Cinsellik</t>
         </is>
       </c>
       <c r="C687" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786256755291</t>
+          <t>9786256755949</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Aşk Olsun!</t>
+          <t>Noel'de Buluşalım</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786256755833</t>
+          <t>9786256755963</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Islık</t>
+          <t>Gece Günlüğü</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786256755857</t>
+          <t>9786256755901</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Metafor</t>
+          <t>Maame</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>255</v>
+        <v>345</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786256755796</t>
+          <t>9786256755925</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Sanmasınlar Yıkıldık</t>
+          <t>Asi Âşık</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>228</v>
+        <v>395</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786256755789</t>
+          <t>9786256755895</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Kader</t>
+          <t>Gelin</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>395</v>
+        <v>425</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786256755772</t>
+          <t>9786256755864</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Umutsuz</t>
+          <t>Kanlı Mafya Günlükleri #3: Nefret</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>335</v>
+        <v>395</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786256755734</t>
+          <t>9786256755819</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Gece Yarısına Çeyrek Kala</t>
+          <t>Ev Arkadaşım Bir Vampir</t>
         </is>
       </c>
       <c r="C694" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786256755611</t>
+          <t>9786256755840</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Hazine</t>
+          <t>Çarpışma</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>395</v>
+        <v>345</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786256755727</t>
+          <t>9786256755291</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Aile Oyunu</t>
+          <t>Aşk Olsun!</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>298</v>
+        <v>275</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786256755710</t>
+          <t>9786256755833</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Gelecek Yaz Bu Zamanlar</t>
+          <t>Islık</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786057649935</t>
+          <t>9786256755857</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Theta Healing: Sen ve Yaratıcı</t>
+          <t>Metafor</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786256755680</t>
+          <t>9786256755796</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Benimle Gölde Buluş</t>
+          <t>Sanmasınlar Yıkıldık</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>345</v>
+        <v>285</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786256755642</t>
+          <t>9786256755789</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Bir Mucizedir Yaşamak</t>
+          <t>Kader</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>368</v>
+        <v>445</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786256755703</t>
+          <t>9786256755772</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Anastasia</t>
+          <t>Umutsuz</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>690</v>
+        <v>425</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786256755666</t>
+          <t>9786256755734</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Tek</t>
+          <t>Gece Yarısına Çeyrek Kala</t>
         </is>
       </c>
       <c r="C702" s="1">
         <v>395</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786256755673</t>
+          <t>9786256755611</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Ben Değil Sen</t>
+          <t>Hazine</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>220</v>
+        <v>495</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786256755697</t>
+          <t>9786256755727</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Dağ Diyarı Sürgünleri</t>
+          <t>Aile Oyunu</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>245</v>
+        <v>298</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786256947719</t>
+          <t>9786256755710</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Subliminal Mesajlarla - Bilinçaltının Gücü</t>
+          <t>Gelecek Yaz Bu Zamanlar</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786257359474</t>
+          <t>9786057649935</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Yaşanacak Uzun Bir Hayat Kaldı</t>
+          <t>Theta Healing: Sen ve Yaratıcı</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>178</v>
+        <v>295</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786057649546</t>
+          <t>9786256755680</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Yenidoğan Bakımı ve İlkyardım</t>
+          <t>Benimle Gölde Buluş</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>365</v>
+        <v>395</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786057649553</t>
+          <t>9786256755642</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Lukov’dan Sevgiler</t>
+          <t>Bir Mucizedir Yaşamak</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>395</v>
+        <v>368</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786256755321</t>
+          <t>9786256755703</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Pervasız</t>
+          <t>Anastasia</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>345</v>
+        <v>690</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786256755604</t>
+          <t>9786256755666</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Bütün Kuğular Beyazdır</t>
+          <t>Tek</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>330</v>
+        <v>450</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786256755628</t>
+          <t>9786256755673</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>İstanbul'un Kayıp Adası Vordonisi</t>
+          <t>Ben Değil Sen</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>198</v>
+        <v>275</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786256755635</t>
+          <t>9786256755697</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Mafya Günlükleri 2: Görev</t>
+          <t>Dağ Diyarı Sürgünleri</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>325</v>
+        <v>245</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786256755598</t>
+          <t>9786256947719</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Gözyaşlarım İftiharla Sunar</t>
+          <t>Subliminal Mesajlarla - Bilinçaltının Gücü</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786256947696</t>
+          <t>9786257359474</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Ya Suçlu Lektinse!</t>
+          <t>Yaşanacak Uzun Bir Hayat Kaldı</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>275</v>
+        <v>178</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786256755116</t>
+          <t>9786057649546</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Elbet Açacak İçimdeki Nilüfer</t>
+          <t>Yenidoğan Bakımı ve İlkyardım</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>248</v>
+        <v>395</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786256947528</t>
+          <t>9786057649553</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Sığınak</t>
+          <t>Lukov’dan Sevgiler</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>345</v>
+        <v>495</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786256755581</t>
+          <t>9786256755321</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Ambrosia</t>
+          <t>Pervasız</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>295</v>
+        <v>395</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786256755574</t>
+          <t>9786256755604</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Dönüştüren Zihin</t>
+          <t>Bütün Kuğular Beyazdır</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>255</v>
+        <v>365</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786256755567</t>
+          <t>9786256755628</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Nerden Düştük Bu Aşka!</t>
+          <t>İstanbul'un Kayıp Adası Vordonisi</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>225</v>
+        <v>198</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786256755550</t>
+          <t>9786256755635</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Ek Gıda Macerası Başlasın</t>
+          <t>Kanlı Mafya Günlükleri 2: Görev</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>260</v>
+        <v>395</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786256755284</t>
+          <t>9786256755598</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Karınca Sensin</t>
+          <t>Gözyaşlarım İftiharla Sunar</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>253</v>
+        <v>325</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786256755314</t>
+          <t>9786256947696</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Aşık Erkekler: Çılgın, Sersem ve Tutkulu</t>
+          <t>Ya Suçlu Lektinse!</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>368</v>
+        <v>325</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786256755307</t>
+          <t>9786256755116</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Varis</t>
+          <t>Elbet Açacak İçimdeki Nilüfer</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>345</v>
+        <v>248</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786256755277</t>
+          <t>9786256947528</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Emily Wilde’ın Periler Ansiklopedisi</t>
+          <t>Sığınak</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>375</v>
+        <v>425</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786256755253</t>
+          <t>9786256755581</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğe Dönüş</t>
+          <t>Ambrosia</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>315</v>
+        <v>295</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786256755260</t>
+          <t>9786256755574</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Bazen Bırakmak Gerekir</t>
+          <t>Dönüştüren Zihin</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>260</v>
+        <v>255</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786055092498</t>
+          <t>9786256755567</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Erkekler İçin Yaratıcı Yazma</t>
+          <t>Nerden Düştük Bu Aşka!</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>40</v>
+        <v>280</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786256755215</t>
+          <t>9786256755550</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Gizli Formül</t>
+          <t>Ek Gıda Macerası Başlasın</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>255</v>
+        <v>325</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786256755246</t>
+          <t>9786256755284</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Pişmanlıklar Koleksiyonu</t>
+          <t>Karınca Sensin</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>298</v>
+        <v>315</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786256755192</t>
+          <t>9786256755314</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Buz</t>
+          <t>Aşık Erkekler: Çılgın, Sersem ve Tutkulu</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>265</v>
+        <v>425</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786256755239</t>
+          <t>9786256755307</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Kanlı Mafya Günlükleri #1: Onur</t>
+          <t>Kayıp Varis</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>315</v>
+        <v>395</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786256755222</t>
+          <t>9786256755277</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Kozmetik mi Zehir mi?</t>
+          <t>Emily Wilde’ın Periler Ansiklopedisi</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>228</v>
+        <v>375</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786256755178</t>
+          <t>9786256755253</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Lanetli Lütuf</t>
+          <t>Gerçeğe Dönüş</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>330</v>
+        <v>315</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786256755208</t>
+          <t>9786256755260</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Miras</t>
+          <t>Bazen Bırakmak Gerekir</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>395</v>
+        <v>325</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786256755161</t>
+          <t>9786055092498</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Memleket Mevzuları</t>
+          <t>Erkekler İçin Yaratıcı Yazma</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>185</v>
+        <v>40</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786256755123</t>
+          <t>9786256755215</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Zalim Prens</t>
+          <t>Gizli Formül</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>345</v>
+        <v>255</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786256755185</t>
+          <t>9786256755246</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Duygularını Çözen Kaderini Yazar</t>
+          <t>Pişmanlıklar Koleksiyonu</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>255</v>
+        <v>375</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786256755154</t>
+          <t>9786256755192</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yollar Rhodes’a Çıkar</t>
+          <t>Buz</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>445</v>
+        <v>265</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786256755147</t>
+          <t>9786256755239</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Çaresiz</t>
+          <t>Kanlı Mafya Günlükleri #1: Onur</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>349</v>
+        <v>365</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786256755130</t>
+          <t>9786256755222</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Dönüm Noktası</t>
+          <t>Kozmetik mi Zehir mi?</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>345</v>
+        <v>285</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786256947702</t>
+          <t>9786256755178</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>İlişki Dansı</t>
+          <t>Lanetli Lütuf</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>248</v>
+        <v>425</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786256755109</t>
+          <t>9786256755208</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Oyuna Dönüş</t>
+          <t>Miras</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>310</v>
+        <v>495</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786256755079</t>
+          <t>9786256755161</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Biz Hiç Kavga Etmeyiz!</t>
+          <t>Memleket Mevzuları</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>265</v>
+        <v>185</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786256755093</t>
+          <t>9786256755123</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Sıfırı Görmek</t>
+          <t>Zalim Prens</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>276</v>
+        <v>395</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786256755086</t>
+          <t>9786256755185</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Anahtarlar - Başarının ve Mutluluğun Sırları</t>
+          <t>Duygularını Çözen Kaderini Yazar</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>249</v>
+        <v>320</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786256755055</t>
+          <t>9786256755154</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Ormandaki Sır</t>
+          <t>Tüm Yollar Rhodes’a Çıkar</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>365</v>
+        <v>495</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786256755062</t>
+          <t>9786256755147</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Weyward</t>
+          <t>Çaresiz</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>375</v>
+        <v>425</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786256755048</t>
+          <t>9786256755130</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>1 Hayat 12 Beceri</t>
+          <t>Dönüm Noktası</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>255</v>
+        <v>395</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786256755031</t>
+          <t>9786256947702</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Düştü</t>
+          <t>İlişki Dansı</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>178</v>
+        <v>310</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786256947733</t>
+          <t>9786256755109</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Görünmez Bağlar</t>
+          <t>Oyuna Dönüş</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>368</v>
+        <v>388</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786256755024</t>
+          <t>9786256755079</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Kişiler Doğru Keşkeler</t>
+          <t>Biz Hiç Kavga Etmeyiz!</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>275</v>
+        <v>265</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786256947993</t>
+          <t>9786256755093</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Yarı Zamanlı Yalnız</t>
+          <t>Sıfırı Görmek</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>245</v>
+        <v>325</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786256947757</t>
+          <t>9786256755086</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Kalpsiz</t>
+          <t>Sihirli Anahtarlar - Başarının ve Mutluluğun Sırları</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>345</v>
+        <v>295</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786256755017</t>
+          <t>9786256755055</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Aşk, Teorik Olarak</t>
+          <t>Ormandaki Sır</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>380</v>
+        <v>395</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786256947740</t>
+          <t>9786256755062</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Vahşi Bir Büyü</t>
+          <t>Weyward</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>365</v>
+        <v>450</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786256947726</t>
+          <t>9786256755048</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Yanmışsam Yanlışsın</t>
+          <t>1 Hayat 12 Beceri</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>160</v>
+        <v>295</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786256947320</t>
+          <t>9786256755031</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>7 Uyanış Yüzleşme Kabul</t>
+          <t>Kudüs Düştü</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>260</v>
+        <v>178</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786256947627</t>
+          <t>9786256947733</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Ben Nasıl Büyük Adam Olucam?</t>
+          <t>Görünmez Bağlar</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>220</v>
+        <v>368</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786256947689</t>
+          <t>9786256755024</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Boşluğun Çığlığı</t>
+          <t>Yanlış Kişiler Doğru Keşkeler</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>178</v>
+        <v>345</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786256947665</t>
+          <t>9786256947993</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Rengi</t>
+          <t>Yarı Zamanlı Yalnız</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>298</v>
+        <v>295</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786256947436</t>
+          <t>9786256947757</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Medikal Medyum</t>
+          <t>Kalpsiz</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>685</v>
+        <v>395</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786256947511</t>
+          <t>9786256755017</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Kül Mevsimi</t>
+          <t>Aşk, Teorik Olarak</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>185</v>
+        <v>425</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786256947566</t>
+          <t>9786256947740</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Çöl Yıldızı</t>
+          <t>Vahşi Bir Büyü</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>368</v>
+        <v>395</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786256947658</t>
+          <t>9786256947726</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Yalanlar</t>
+          <t>Yanmışsam Yanlışsın</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>248</v>
+        <v>200</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786256947634</t>
+          <t>9786256947320</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz</t>
+          <t>7 Uyanış Yüzleşme Kabul</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>345</v>
+        <v>325</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786256947641</t>
+          <t>9786256947627</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Aşka Dönüş</t>
+          <t>Ben Nasıl Büyük Adam Olucam?</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>315</v>
+        <v>220</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786256947603</t>
+          <t>9786256947689</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Vurucu</t>
+          <t>Boşluğun Çığlığı</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>298</v>
+        <v>178</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786256947580</t>
+          <t>9786256947665</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Düşünceni Değiştir - Hayatın Değişsin</t>
+          <t>Gecenin Rengi</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>285</v>
+        <v>375</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786256947573</t>
+          <t>9786256947436</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>İyileşmek İçin Arınma</t>
+          <t>Medikal Medyum</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>675</v>
+        <v>785</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786256947610</t>
+          <t>9786256947511</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Çat Kapı Aşk</t>
+          <t>Kül Mevsimi</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>276</v>
+        <v>185</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786256947542</t>
+          <t>9786256947566</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Nedir Bu NFT?</t>
+          <t>Çöl Yıldızı</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>148</v>
+        <v>450</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786256947535</t>
+          <t>9786256947658</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Sensiz Olmaz</t>
+          <t>Beyaz Yalanlar</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>245</v>
+        <v>248</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786256947559</t>
+          <t>9786256947634</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Uslu Çocuk Olmayı Bırak</t>
+          <t>Kusursuz</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>345</v>
+        <v>395</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786256947450</t>
+          <t>9786256947641</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Örümcek Kuşu</t>
+          <t>Aşka Dönüş</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>368</v>
+        <v>395</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786256947467</t>
+          <t>9786256947603</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Cesur Kızlara Yol Arkadaşları - 1</t>
+          <t>Vurucu</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>375</v>
+        <v>298</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786256947504</t>
+          <t>9786256947580</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Zamansız</t>
+          <t>Düşünceni Değiştir - Hayatın Değişsin</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786256947498</t>
+          <t>9786256947573</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Baba Olmayı Çok Sevdim - Enbaba ve Kızları</t>
+          <t>İyileşmek İçin Arınma</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>240</v>
+        <v>850</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786256947429</t>
+          <t>9786256947610</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Uyumsuz</t>
+          <t>Çat Kapı Aşk</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>368</v>
+        <v>345</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786256947443</t>
+          <t>9786256947542</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Sıcak Çatışma</t>
+          <t>Nedir Bu NFT?</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>345</v>
+        <v>148</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786256947177</t>
+          <t>9786256947535</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Bu Yalnızlık Bana Fazla Bölüşelim mi?</t>
+          <t>Sensiz Olmaz</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786256947474</t>
+          <t>9786256947559</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Beynin Sırları ve Manyetik Şifreleri RTMS - Enerji Tıbbı</t>
+          <t>Uslu Çocuk Olmayı Bırak</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>285</v>
+        <v>425</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786256947405</t>
+          <t>9786256947450</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Öfkenin İzi</t>
+          <t>Örümcek Kuşu</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>178</v>
+        <v>460</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786256947412</t>
+          <t>9786256947467</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>İlk Sette Aşk Yangını</t>
+          <t>Cesur Kızlara Yol Arkadaşları - 1</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>345</v>
+        <v>425</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786256947221</t>
+          <t>9786256947504</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Kuytu</t>
+          <t>Zamansız</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786256947375</t>
+          <t>9786256947498</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Seryaver Salih Bozok</t>
+          <t>Baba Olmayı Çok Sevdim - Enbaba ve Kızları</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786256947368</t>
+          <t>9786256947429</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Sıfırın Altında</t>
+          <t>Uyumsuz</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>225</v>
+        <v>450</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786256947344</t>
+          <t>9786256947443</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Derin Hüzün - Dumlupınar Denizaltısının Anlatılmayan Hikayesi</t>
+          <t>Sıcak Çatışma</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>198</v>
+        <v>395</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786256947351</t>
+          <t>9786256947177</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Seri Katiller Gölgesinde Aşk</t>
+          <t>Bu Yalnızlık Bana Fazla Bölüşelim mi?</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>248</v>
+        <v>345</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786256947337</t>
+          <t>9786256947474</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Aralıklı Oruç ve Düşük Karbonhidratlı Beslenme</t>
+          <t>Beynin Sırları ve Manyetik Şifreleri RTMS - Enerji Tıbbı</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786256947306</t>
+          <t>9786256947405</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Şafağın Rengi</t>
+          <t>Öfkenin İzi</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>368</v>
+        <v>178</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786256947313</t>
+          <t>9786256947412</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Takip</t>
+          <t>İlk Sette Aşk Yangını</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>145</v>
+        <v>395</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786256947207</t>
+          <t>9786256947221</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Önce Ben Sonra Biz</t>
+          <t>Kuytu</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>198</v>
+        <v>345</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786256947214</t>
+          <t>9786256947375</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Çömez</t>
+          <t>Seryaver Salih Bozok</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786256947269</t>
+          <t>9786256947368</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Christie’nin Yasak Aşkı</t>
+          <t>Sıfırın Altında</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786256947252</t>
+          <t>9786256947344</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Sırrı</t>
+          <t>Derin Hüzün - Dumlupınar Denizaltısının Anlatılmayan Hikayesi</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>189</v>
+        <v>198</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786256947283</t>
+          <t>9786256947351</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Her Yazın Ardından</t>
+          <t>Seri Katiller Gölgesinde Aşk</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>325</v>
+        <v>248</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786256947290</t>
+          <t>9786256947337</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yaşama Sarılmak</t>
+          <t>Aralıklı Oruç ve Düşük Karbonhidratlı Beslenme</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>198</v>
+        <v>345</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786256947276</t>
+          <t>9786256947306</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Akılcı ve Bilimsel Takviye Rehberi</t>
+          <t>Şafağın Rengi</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>228</v>
+        <v>450</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786256947160</t>
+          <t>9786256947313</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Güneş Duası</t>
+          <t>Takip</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>268</v>
+        <v>145</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786258400960</t>
+          <t>9786256947207</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Hey Güzellik</t>
+          <t>Önce Ben Sonra Biz</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>320</v>
+        <v>247.5</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786256947184</t>
+          <t>9786256947214</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Aşk Çıkmazı</t>
+          <t>Çömez</t>
         </is>
       </c>
       <c r="C801" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786256947153</t>
+          <t>9786256947269</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Filikadaki Yabancı</t>
+          <t>Christie’nin Yasak Aşkı</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>225</v>
+        <v>345</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786256947238</t>
+          <t>9786256947252</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Geçmişin Hayaletleri</t>
+          <t>Her Şeyin Sırrı</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>276</v>
+        <v>189</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786256947191</t>
+          <t>9786256947283</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Senin Hikayen Hangisi?</t>
+          <t>Her Yazın Ardından</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>285</v>
+        <v>395</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786258400922</t>
+          <t>9786256947290</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Aşk Yeniden</t>
+          <t>Yeniden Yaşama Sarılmak</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>276</v>
+        <v>198</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786258400946</t>
+          <t>9786256947276</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Seçme Öyküler</t>
+          <t>Akılcı ve Bilimsel Takviye Rehberi</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>168</v>
+        <v>285</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786256947009</t>
+          <t>9786256947160</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Şair</t>
+          <t>Güneş Duası</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>445</v>
+        <v>335</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786258400991</t>
+          <t>9786258400960</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Korkuluk</t>
+          <t>Hey Güzellik</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>395</v>
+        <v>320</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786258400939</t>
+          <t>9786256947184</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>45’ten Sonra</t>
+          <t>Aşk Çıkmazı</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786258400908</t>
+          <t>9786256947153</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Etkili Gençlerin 7 Alışkanlığı</t>
+          <t>Filikadaki Yabancı</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786258400977</t>
+          <t>9786256947238</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Ortası</t>
+          <t>Geçmişin Hayaletleri</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>368</v>
+        <v>276</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786258400984</t>
+          <t>9786256947191</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Sokağın Yalnız Çocuğu</t>
+          <t>Senin Hikayen Hangisi?</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>168</v>
+        <v>285</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786258400854</t>
+          <t>9786258400922</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Ahu</t>
+          <t>Aşk Yeniden</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>209</v>
+        <v>295</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786258400823</t>
+          <t>9786258400946</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Fotoğraftaki Çocuk</t>
+          <t>Seçme Öyküler</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>285</v>
+        <v>210</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786258400892</t>
+          <t>9786256947009</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarımızın Duyguları</t>
+          <t>Şair</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>210</v>
+        <v>495</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786258400885</t>
+          <t>9786258400991</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Aynı Çatı Altında</t>
+          <t>Korkuluk</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>225</v>
+        <v>495</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786258400878</t>
+          <t>9786258400939</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Paradoksları</t>
+          <t>45’ten Sonra</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>335</v>
+        <v>425</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786258400694</t>
+          <t>9786258400908</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Son Sınıf</t>
+          <t>Etkili Gençlerin 7 Alışkanlığı</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>278</v>
+        <v>425</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786258400847</t>
+          <t>9786258400977</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Miço</t>
+          <t>Gecenin Ortası</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786258400830</t>
+          <t>9786258400984</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Ateşi Yakanlar</t>
+          <t>Sokağın Yalnız Çocuğu</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>345</v>
+        <v>210</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786258400786</t>
+          <t>9786258400854</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Çıkmam Lazım Hayat Kaçıyor</t>
+          <t>Ahu</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>275</v>
+        <v>209</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786258400809</t>
+          <t>9786258400823</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz</t>
+          <t>Fotoğraftaki Çocuk</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>220</v>
+        <v>285</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786258400779</t>
+          <t>9786258400892</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Rezil Dünya</t>
+          <t>Çocuklarımızın Duyguları</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>278</v>
+        <v>210</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786258400748</t>
+          <t>9786258400885</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hipotezi (Ciltli)</t>
+          <t>Aynı Çatı Altında</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>445</v>
+        <v>245</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786258400793</t>
+          <t>9786258400878</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Kronik Hastalıklara Çözüm Var</t>
+          <t>Sağlık Paradoksları</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>398</v>
+        <v>419</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786258400649</t>
+          <t>9786258400694</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Sarduvan</t>
+          <t>Son Sınıf</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>298</v>
+        <v>278</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786258400663</t>
+          <t>9786258400847</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Aşkla Randevu</t>
+          <t>Miço</t>
         </is>
       </c>
       <c r="C827" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786258400632</t>
+          <t>9786258400830</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Grup</t>
+          <t>Ateşi Yakanlar</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786258400717</t>
+          <t>9786258400786</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Terzi</t>
+          <t>Çıkmam Lazım Hayat Kaçıyor</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>340</v>
+        <v>325</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786258400755</t>
+          <t>9786258400809</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Kendi Ayak İzini Oluşturan Kadınlar</t>
+          <t>Sonsuz</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786258400625</t>
+          <t>9786258400779</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Reçetesi</t>
+          <t>Rezil Dünya</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>189</v>
+        <v>348</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786258400687</t>
+          <t>9786258400748</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Berber Dükkanı Sohbetleri</t>
+          <t>Aşk Hipotezi (Ciltli)</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>255</v>
+        <v>495</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786258400731</t>
+          <t>9786258400793</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Şevrole Belayir</t>
+          <t>Kronik Hastalıklara Çözüm Var</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>205</v>
+        <v>495</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786258400601</t>
+          <t>9786258400649</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Beyindeki Aşk</t>
+          <t>Sarduvan</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>365</v>
+        <v>375</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786258400540</t>
+          <t>9786258400663</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Günün Sonu</t>
+          <t>Aşkla Randevu</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>368</v>
+        <v>425</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786258400380</t>
+          <t>9786258400632</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>O Sokağa Asla Girme</t>
+          <t>Grup</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>239</v>
+        <v>306</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786258400229</t>
+          <t>9786258400717</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Asal</t>
+          <t>Terzi</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>168</v>
+        <v>425</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786257359870</t>
+          <t>9786258400755</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Salinger’ın Mektupları</t>
+          <t>Kendi Ayak İzini Oluşturan Kadınlar</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>168</v>
+        <v>280</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786257359894</t>
+          <t>9786258400625</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Sanal Para: Sentetik İnsan - Lego Din ve Mahşerin Dört Atlısı</t>
+          <t>Mevlana Reçetesi</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>335</v>
+        <v>189</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786257359863</t>
+          <t>9786258400687</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>İtiraz</t>
+          <t>Berber Dükkanı Sohbetleri</t>
         </is>
       </c>
       <c r="C840" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786057649256</t>
+          <t>9786258400731</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>1 Yeni Bildiriminiz Var</t>
+          <t>Şevrole Belayir</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>415</v>
+        <v>250</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786258400564</t>
+          <t>9786258400601</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Sürfile Makası</t>
+          <t>Beyindeki Aşk</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>278</v>
+        <v>450</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786258400618</t>
+          <t>9786258400540</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Beyindeki Aşk (Ciltli)</t>
+          <t>Günün Sonu</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>415</v>
+        <v>460</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786258400588</t>
+          <t>9786258400380</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Bütünüyle İnsan Olmak</t>
+          <t>O Sokağa Asla Girme</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>198</v>
+        <v>239</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786258400595</t>
+          <t>9786258400229</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Ali Şamil Büyük Taarruz'un Küçük Tanığı</t>
+          <t>Asal</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>218</v>
+        <v>168</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786258400472</t>
+          <t>9786257359870</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Lizge</t>
+          <t>Salinger’ın Mektupları</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>278</v>
+        <v>168</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786258400519</t>
+          <t>9786257359894</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Kadın Hisseder Erkek Fark Etmez</t>
+          <t>Sanal Para: Sentetik İnsan - Lego Din ve Mahşerin Dört Atlısı</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>240</v>
+        <v>335</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786258400397</t>
+          <t>9786257359863</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Andromeda Evrimi</t>
+          <t>İtiraz</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>245</v>
+        <v>400</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786258400441</t>
+          <t>9786057649256</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Ben Sizin Mükemmel Meksikalı Kızınız Değilim</t>
+          <t>1 Yeni Bildiriminiz Var</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>245</v>
+        <v>495</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786258400489</t>
+          <t>9786258400564</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Karar</t>
+          <t>Sürfile Makası</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>285</v>
+        <v>278</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786258400502</t>
+          <t>9786258400618</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>İyi Kız Karmaşası</t>
+          <t>Beyindeki Aşk (Ciltli)</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>395</v>
+        <v>525</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786258400496</t>
+          <t>9786258400588</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>5. Kan</t>
+          <t>Bütünüyle İnsan Olmak</t>
         </is>
       </c>
       <c r="C852" s="1">
         <v>198</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786258400458</t>
+          <t>9786258400595</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Nebo’nun Mavi Kitabı</t>
+          <t>Ali Şamil Büyük Taarruz'un Küçük Tanığı</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>129</v>
+        <v>275</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786258400410</t>
+          <t>9786258400472</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Eyfel</t>
+          <t>Lizge</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>225</v>
+        <v>278</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786258400403</t>
+          <t>9786258400519</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Taht</t>
+          <t>Kadın Hisseder Erkek Fark Etmez</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>245</v>
+        <v>300</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786258400199</t>
+          <t>9786258400397</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Skandallar Kraliçesi</t>
+          <t>Andromeda Evrimi</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>276</v>
+        <v>245</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786258400427</t>
+          <t>9786258400441</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Aşık Erkekler Gizli Görevde</t>
+          <t>Ben Sizin Mükemmel Meksikalı Kızınız Değilim</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>345</v>
+        <v>300</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786258400434</t>
+          <t>9786258400489</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Metaverse</t>
+          <t>Karar</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>195</v>
+        <v>325</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786258400151</t>
+          <t>9786258400502</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Yiyerek Özgürleş</t>
+          <t>İyi Kız Karmaşası</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>178</v>
+        <v>395</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786258400168</t>
+          <t>9786258400496</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Onay</t>
+          <t>5. Kan</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>345</v>
+        <v>198</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786258400182</t>
+          <t>9786258400458</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Mukadder</t>
+          <t>Nebo’nun Mavi Kitabı</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>248</v>
+        <v>129</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786258400175</t>
+          <t>9786258400410</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Dokunulmaz</t>
+          <t>Eyfel</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>265</v>
+        <v>225</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786258400090</t>
+          <t>9786258400403</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Aslanın İni</t>
+          <t>Taht</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>278</v>
+        <v>245</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786258400120</t>
+          <t>9786258400199</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Unread Message</t>
+          <t>Skandallar Kraliçesi</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>325</v>
+        <v>345</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786258400106</t>
+          <t>9786258400427</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Ben Orada Yokken</t>
+          <t>Aşık Erkekler Gizli Görevde</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>178</v>
+        <v>395</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786258400137</t>
+          <t>9786258400434</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>İçimde Söven Biri Var</t>
+          <t>Metaverse</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>178.5</v>
+        <v>195</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786258400076</t>
+          <t>9786258400151</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Karmaşa</t>
+          <t>Yiyerek Özgürleş</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>220</v>
+        <v>178</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786257359832</t>
+          <t>9786258400168</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Durumu Üzerine 50 Yanlış Bilgi</t>
+          <t>Onay</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>185</v>
+        <v>395</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786257359856</t>
+          <t>9786258400182</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Sırma'nın Günlüğü</t>
+          <t>Mukadder</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>295</v>
+        <v>248</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786257359849</t>
+          <t>9786258400175</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Kaderimiz Kalbimizden Dökülsün</t>
+          <t>Dokunulmaz</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>245</v>
+        <v>265</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786257359757</t>
+          <t>9786258400090</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Başkana İki Ölü Balık Gönderen Adam</t>
+          <t>Aslanın İni</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>198</v>
+        <v>278</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786257359795</t>
+          <t>9786258400120</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Aşk Hipotezi</t>
+          <t>Unread Message</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>360</v>
+        <v>325</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786257359771</t>
+          <t>9786258400106</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Ölümsüz İnsan</t>
+          <t>Ben Orada Yokken</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>248</v>
+        <v>225</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786257359764</t>
+          <t>9786258400137</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Dostlar Kitabı</t>
+          <t>İçimde Söven Biri Var</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>275</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786257359788</t>
+          <t>9786258400076</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Cici Kız Olmayı Bırak</t>
+          <t>Tatlı Karmaşa</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>285</v>
+        <v>275</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786257359818</t>
+          <t>9786257359832</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Sakin Ebeveyn</t>
+          <t>Dünyanın Durumu Üzerine 50 Yanlış Bilgi</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>298</v>
+        <v>185</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786257359733</t>
+          <t>9786257359856</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Sonra Sen Geldin</t>
+          <t>Sırma'nın Günlüğü</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>285</v>
+        <v>295</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786257359696</t>
+          <t>9786257359849</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Miralayın Kızı Süreyya</t>
+          <t>Kaderimiz Kalbimizden Dökülsün</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>285</v>
+        <v>295</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786257359726</t>
+          <t>9786257359757</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Kaç Yıl Geçti Aradan</t>
+          <t>Başkana İki Ölü Balık Gönderen Adam</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>285</v>
+        <v>198</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786257359689</t>
+          <t>9786257359795</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bize Yakıştı</t>
+          <t>Aşk Hipotezi</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>199</v>
+        <v>425</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786257359627</t>
+          <t>9786257359771</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mutluluklar Kitabı</t>
+          <t>Ölümsüz İnsan</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>345</v>
+        <v>248</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786257359634</t>
+          <t>9786257359764</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Okumak Yolda Olmaktır</t>
+          <t>Kayıp Dostlar Kitabı</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>155</v>
+        <v>275</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786257359566</t>
+          <t>9786257359788</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Rahmi Bey</t>
+          <t>Cici Kız Olmayı Bırak</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786257359573</t>
+          <t>9786257359818</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Perina</t>
+          <t>Sakin Ebeveyn</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>285</v>
+        <v>375</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786257359658</t>
+          <t>9786257359733</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Kraliyet Mürebbiyesi</t>
+          <t>Sonra Sen Geldin</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>275</v>
+        <v>285</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786257359665</t>
+          <t>9786257359696</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Hiç Tanımadım Hiç Unutmadım</t>
+          <t>Miralayın Kızı Süreyya</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>198.5</v>
+        <v>285</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786257359603</t>
+          <t>9786257359726</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Bizi Büyüten Deniz</t>
+          <t>Kaç Yıl Geçti Aradan</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>178</v>
+        <v>285</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786257359610</t>
+          <t>9786257359689</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Aşk Geceleri</t>
+          <t>Aşk Bize Yakıştı</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>255</v>
+        <v>199</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786257359672</t>
+          <t>9786257359627</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Dedikoducu Beyin</t>
+          <t>Küçük Mutluluklar Kitabı</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>275</v>
+        <v>345</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786257359559</t>
+          <t>9786257359634</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Kendini Gizleyen İnsan</t>
+          <t>Okumak Yolda Olmaktır</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>375</v>
+        <v>155</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786257359535</t>
+          <t>9786257359566</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Sıdıka Hanım</t>
+          <t>Rahmi Bey</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>295</v>
+        <v>260</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786257359528</t>
+          <t>9786257359573</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Asıl Adı Atiye</t>
+          <t>Perina</t>
         </is>
       </c>
       <c r="C892" s="1">
         <v>285</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786257359481</t>
+          <t>9786257359658</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Cesur Kızlara Yol Arkadaşları - 2</t>
+          <t>Kraliyet Mürebbiyesi</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786257359511</t>
+          <t>9786257359665</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Tebeşir Tozu</t>
+          <t>Hiç Tanımadım Hiç Unutmadım</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786257359504</t>
+          <t>9786257359603</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Menajer - Transferin Gizli Yüzü</t>
+          <t>Bizi Büyüten Deniz</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>220</v>
+        <v>178</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786257359382</t>
+          <t>9786257359610</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Herakleitos ile Yaşam ve Felsefe (Ciltli)</t>
+          <t>Aşk Geceleri</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786257359412</t>
+          <t>9786257359672</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gülleri Kurutma</t>
+          <t>Dedikoducu Beyin</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>245</v>
+        <v>275</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786257359375</t>
+          <t>9786257359559</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Spinoza ile Yaşam ve Felsefe (Ciltli)</t>
+          <t>Kendini Gizleyen İnsan</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786257359450</t>
+          <t>9786257359535</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Sizi Uyutabilirim</t>
+          <t>Sıdıka Hanım</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>310</v>
+        <v>295</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786257359436</t>
+          <t>9786257359528</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kudüs’te Gece Dersleri</t>
+          <t>Asıl Adı Atiye</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>245</v>
+        <v>285</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786257359405</t>
+          <t>9786257359481</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Güven Sizsiniz</t>
+          <t>Cesur Kızlara Yol Arkadaşları - 2</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786257359399</t>
+          <t>9786257359511</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>2040’a Ne Kaldı?</t>
+          <t>Tebeşir Tozu</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786257359351</t>
+          <t>9786257359504</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Erkekler ve Bazı İhtimaller</t>
+          <t>Menajer - Transferin Gizli Yüzü</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>198</v>
+        <v>220</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786257359344</t>
+          <t>9786257359382</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Aşık Erkekler Kitap Kulübü</t>
+          <t>Herakleitos ile Yaşam ve Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>345</v>
+        <v>225</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786257359320</t>
+          <t>9786257359412</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Bir Elmanın İki Yarısı</t>
+          <t>Beyaz Gülleri Kurutma</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>276</v>
+        <v>295</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786257359313</t>
+          <t>9786257359375</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Kara Buz</t>
+          <t>Spinoza ile Yaşam ve Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>368</v>
+        <v>225</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786257359184</t>
+          <t>9786257359450</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Şedaraban</t>
+          <t>Sizi Uyutabilirim</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>195</v>
+        <v>385</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786257359290</t>
+          <t>9786257359436</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Nişancı</t>
+          <t>Küçük Kudüs’te Gece Dersleri</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786257359252</t>
+          <t>9786257359405</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Kimliksiz</t>
+          <t>Güven Sizsiniz</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786257359238</t>
+          <t>9786257359399</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Güller Açarken</t>
+          <t>2040’a Ne Kaldı?</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786257359214</t>
+          <t>9786257359351</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Hayal Kurmak İncitmez</t>
+          <t>Kadınlar Erkekler ve Bazı İhtimaller</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>178</v>
+        <v>198</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786257359221</t>
+          <t>9786257359344</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Kabul</t>
+          <t>Aşık Erkekler Kitap Kulübü</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>248</v>
+        <v>395</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786257359177</t>
+          <t>9786257359320</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Cesaret</t>
+          <t>Bir Elmanın İki Yarısı</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>365</v>
+        <v>345</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786257359207</t>
+          <t>9786257359313</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Üzümlü Kek</t>
+          <t>Kara Buz</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>345</v>
+        <v>460</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786257359139</t>
+          <t>9786257359184</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Kilo</t>
+          <t>Şedaraban</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786257359146</t>
+          <t>9786257359290</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Yangın Gecesi</t>
+          <t>Nişancı</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>368</v>
+        <v>425</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786257359122</t>
+          <t>9786257359252</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Uygar</t>
+          <t>Kimliksiz</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786257359160</t>
+          <t>9786257359238</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Tarifsiz Neşe Değerli Hüzün</t>
+          <t>Beyaz Güller Açarken</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786257359153</t>
+          <t>9786257359214</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Merdümgiriz</t>
+          <t>Hayal Kurmak İncitmez</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>345</v>
+        <v>178</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786257359108</t>
+          <t>9786257359221</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Ayakkabıların Bilgeliği</t>
+          <t>Kabul</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>240</v>
+        <v>248</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786257359115</t>
+          <t>9786257359177</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Elebaşı</t>
+          <t>Cesaret</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786257359092</t>
+          <t>9786257359207</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>İyi ki Anneyim İyi ki Babayım</t>
+          <t>Üzümlü Kek</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786257359085</t>
+          <t>9786257359139</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Var Böyle Tipler - Atasözleri ve Deyimler Sözlüğü</t>
+          <t>Kilo</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>139</v>
+        <v>220</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786257359054</t>
+          <t>9786257359146</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Var Böyle Tipler Atasözleri ve Deyimler Sözlüğü (Ciltli)</t>
+          <t>Yangın Gecesi</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>159</v>
+        <v>450</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786257359047</t>
+          <t>9786257359122</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Gecenin Kutsal Karanlığı</t>
+          <t>Uygar</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>368</v>
+        <v>245</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786257359023</t>
+          <t>9786257359160</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Değişime Baştan Başla</t>
+          <t>Tarifsiz Neşe Değerli Hüzün</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786257359009</t>
+          <t>9786257359153</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Akıncı</t>
+          <t>Merdümgiriz</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>315</v>
+        <v>395</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786057649980</t>
+          <t>9786257359108</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Anlaşılmak Lükstür - Sözün Büyüsü 1. Kitap</t>
+          <t>Kırmızı Ayakkabıların Bilgeliği</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786057649973</t>
+          <t>9786257359115</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Tanrı ile Dostluk</t>
+          <t>Elebaşı</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>268</v>
+        <v>245</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786057649966</t>
+          <t>9786257359092</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Velkam on Bord - Bir Apaçi Masalı 6</t>
+          <t>İyi ki Anneyim İyi ki Babayım</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>148.5</v>
+        <v>280</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786057649959</t>
+          <t>9786257359085</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>İntikam Mevsimi</t>
+          <t>Var Böyle Tipler - Atasözleri ve Deyimler Sözlüğü</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>220</v>
+        <v>139</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786057649874</t>
+          <t>9786257359054</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Gazoz Kapaklarının Peşinde (Ciltli)</t>
+          <t>Var Böyle Tipler Atasözleri ve Deyimler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>228.5</v>
+        <v>159</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786057649942</t>
+          <t>9786257359047</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Öpücük</t>
+          <t>Gecenin Kutsal Karanlığı</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>285</v>
+        <v>445</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786057649928</t>
+          <t>9786257359023</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Oyun</t>
+          <t>Değişime Baştan Başla</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>368</v>
+        <v>240</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786057649881</t>
+          <t>9786257359009</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Seni Gömmem İmkansız</t>
+          <t>Akıncı</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>138.5</v>
+        <v>395</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786057649829</t>
+          <t>9786057649980</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Yedi Element</t>
+          <t>Anlaşılmak Lükstür - Sözün Büyüsü 1. Kitap</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786057649836</t>
+          <t>9786057649973</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Değnek Senin Elinde</t>
+          <t>Tanrı ile Dostluk</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>310</v>
+        <v>335</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786057649850</t>
+          <t>9786057649966</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Gitme</t>
+          <t>Velkam on Bord - Bir Apaçi Masalı 6</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>345</v>
+        <v>148.5</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786057649867</t>
+          <t>9786057649959</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Duanın Kanatlarında</t>
+          <t>İntikam Mevsimi</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>315</v>
+        <v>220</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786057649713</t>
+          <t>9786057649874</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Nietszche ile Yaşam ve Felsefe (Ciltli)</t>
+          <t>Gazoz Kapaklarının Peşinde (Ciltli)</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>225</v>
+        <v>228.5</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786057649720</t>
+          <t>9786057649942</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Descartes ile Yaşam ve Felsefe (Ciltli)</t>
+          <t>Sonsuz Öpücük</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>225</v>
+        <v>350</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786057649744</t>
+          <t>9786057649928</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>İbn Rüşd ile Yaşam ve Felsefe (Ciltli)</t>
+          <t>Oyun</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>225</v>
+        <v>460</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786057649843</t>
+          <t>9786057649881</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Okunmamış Mesaj</t>
+          <t>Seni Gömmem İmkansız</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>345</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786057649799</t>
+          <t>9786057649829</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Tarihini Yazsam Yeniden</t>
+          <t>Dünyayı Değiştiren Yedi Element</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786057649768</t>
+          <t>9786057649836</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler Gerçek Olsa</t>
+          <t>Sihirli Değnek Senin Elinde</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>285</v>
+        <v>310</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786057649775</t>
+          <t>9786057649850</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Sarı ve Gergedan</t>
+          <t>Gitme</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>198</v>
+        <v>450</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786057649737</t>
+          <t>9786057649867</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Theta Healing - Ruh Eşinizi Bulun</t>
+          <t>Duanın Kanatlarında</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>368</v>
+        <v>395</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786057649782</t>
+          <t>9786057649713</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Gazoz Kapaklarının Peşinde</t>
+          <t>Nietszche ile Yaşam ve Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>178.5</v>
+        <v>225</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786057649751</t>
+          <t>9786057649720</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Rastlantı</t>
+          <t>Descartes ile Yaşam ve Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>259</v>
+        <v>225</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786057649690</t>
+          <t>9786057649744</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Bir Şehri Okumak</t>
+          <t>İbn Rüşd ile Yaşam ve Felsefe (Ciltli)</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786057649683</t>
+          <t>9786057649843</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Gece Vardiyası</t>
+          <t>Okunmamış Mesaj</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>368</v>
+        <v>395</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786057649621</t>
+          <t>9786057649799</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Her Güne Bir Motivasyon Kartı</t>
+          <t>Aşkın Tarihini Yazsam Yeniden</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>359</v>
+        <v>280</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786057649492</t>
+          <t>9786057649768</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Beş Denklem</t>
+          <t>Mucizeler Gerçek Olsa</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>368</v>
+        <v>350</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786057649652</t>
+          <t>9786057649775</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Kornelyus’un Ezgisi</t>
+          <t>Kırmızı Sarı ve Gergedan</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>265</v>
+        <v>198</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786057649669</t>
+          <t>9786057649737</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Fikri Hür Vicdanı Hür</t>
+          <t>Theta Healing - Ruh Eşinizi Bulun</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>198</v>
+        <v>450</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786057649591</t>
+          <t>9786057649782</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Kırık Aşklar Limanı</t>
+          <t>Gazoz Kapaklarının Peşinde</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>245</v>
+        <v>178.5</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786057649560</t>
+          <t>9786057649751</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Yenilenen Beden</t>
+          <t>Rastlantı</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>695</v>
+        <v>345</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786057649614</t>
+          <t>9786057649690</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Risk</t>
+          <t>Bir Şehri Okumak</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>368</v>
+        <v>300</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786057649607</t>
+          <t>9786057649683</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Arafın İki Yüzü</t>
+          <t>Gece Vardiyası</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>198</v>
+        <v>450</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786057649584</t>
+          <t>9786057649621</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Frekansınız Kaç?</t>
+          <t>Her Güne Bir Motivasyon Kartı</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>178</v>
+        <v>359</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786057649508</t>
+          <t>9786057649492</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Takip</t>
+          <t>Dünyayı Değiştiren Beş Denklem</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>368</v>
+        <v>450</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786057649478</t>
+          <t>9786057649652</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>%100 Şifa</t>
+          <t>Kornelyus’un Ezgisi</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786057649454</t>
+          <t>9786057649669</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Gitmek De Kalmak Da Zor Geldiğinde</t>
+          <t>Fikri Hür Vicdanı Hür</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>240</v>
+        <v>198</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786057649461</t>
+          <t>9786057649591</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Hep Seni Diledim</t>
+          <t>Kırık Aşklar Limanı</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>285</v>
+        <v>245</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786057649447</t>
+          <t>9786057649560</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Çaylak</t>
+          <t>Yenilenen Beden</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>248</v>
+        <v>795</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786057649430</t>
+          <t>9786057649614</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Theta Healing - Derin İnançları Bulun</t>
+          <t>Risk</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>249</v>
+        <v>450</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786057649188</t>
+          <t>9786057649607</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Redd-i Akıl</t>
+          <t>Arafın İki Yüzü</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>40</v>
+        <v>198</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786057649416</t>
+          <t>9786057649584</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Birim - Hücresel Sağlıktan Ruhsal Yolculuğa</t>
+          <t>Frekansınız Kaç?</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>395</v>
+        <v>178</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786057649393</t>
+          <t>9786057649508</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Uyuyan Güzel Uyandı</t>
+          <t>Takip</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>278</v>
+        <v>460</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786057649355</t>
+          <t>9786057649478</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Vahşi</t>
+          <t>%100 Şifa</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786057649379</t>
+          <t>9786057649454</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Bir Yol Bin İhtimal</t>
+          <t>Gitmek De Kalmak Da Zor Geldiğinde</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>148</v>
+        <v>300</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786057649331</t>
+          <t>9786057649461</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Benim Yolum Benim Oyunum</t>
+          <t>Hep Seni Diledim</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786057649348</t>
+          <t>9786057649447</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Hokus Pokus</t>
+          <t>Çaylak</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>96</v>
+        <v>248</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786057649362</t>
+          <t>9786057649430</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş</t>
+          <t>Theta Healing - Derin İnançları Bulun</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>330</v>
+        <v>295</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786057649317</t>
+          <t>9786057649188</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Gölgedeki Adam</t>
+          <t>Redd-i Akıl</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>189</v>
+        <v>40</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786057649300</t>
+          <t>9786057649416</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Hayat Bir Oyun</t>
+          <t>Birim - Hücresel Sağlıktan Ruhsal Yolculuğa</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>245</v>
+        <v>445</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786057649270</t>
+          <t>9786057649393</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Tiroit Tedavisi</t>
+          <t>Uyuyan Güzel Uyandı</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>595</v>
+        <v>325</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786057649287</t>
+          <t>9786057649355</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>50 Soruda Kanser</t>
+          <t>Vahşi</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>198</v>
+        <v>275</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786057649225</t>
+          <t>9786057649379</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Varoluşun Yedi Seviyesi</t>
+          <t>Bir Yol Bin İhtimal</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>368</v>
+        <v>148</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786057649218</t>
+          <t>9786057649331</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Yaz ve Sakla</t>
+          <t>Benim Yolum Benim Oyunum</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>168</v>
+        <v>220</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786057649140</t>
+          <t>9786057649348</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Hayat Değiştiren Yiyecekler</t>
+          <t>Hokus Pokus</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>685</v>
+        <v>96</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786052164778</t>
+          <t>9786057649362</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Devriye</t>
+          <t>Soğuk Savaş</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>198</v>
+        <v>410</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786052164983</t>
+          <t>9786057649317</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Arşivde Saklı Kalan İtiraflar</t>
+          <t>Gölgedeki Adam</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>245</v>
+        <v>189</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786057649126</t>
+          <t>9786057649300</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Ölüm</t>
+          <t>Hayat Bir Oyun</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>218</v>
+        <v>245</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786057649058</t>
+          <t>9786057649270</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyunla Başlar (3-6 Yaş)</t>
+          <t>Tiroit Tedavisi</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>198</v>
+        <v>695</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786057649041</t>
+          <t>9786057649287</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Hayat Oyunla Başlar (0-3 Yaş)</t>
+          <t>50 Soruda Kanser</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>225</v>
+        <v>198</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786057649065</t>
+          <t>9786057649225</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Hayat Evde Başlar</t>
+          <t>Varoluşun Yedi Seviyesi</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>248</v>
+        <v>425</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786057649133</t>
+          <t>9786057649218</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Rabia Yeni Hayat</t>
+          <t>Yaz ve Sakla</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>198</v>
+        <v>168</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786057649034</t>
+          <t>9786057649140</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Bahara Açılan Pencere</t>
+          <t>Hayat Değiştiren Yiyecekler</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>245</v>
+        <v>785</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786052164990</t>
+          <t>9786052164778</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>İsteğin Benim İçin Emirdir</t>
+          <t>Devriye</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>330</v>
+        <v>198</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786057649003</t>
+          <t>9786052164983</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Savaşçı</t>
+          <t>Arşivde Saklı Kalan İtiraflar</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>199</v>
+        <v>295</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786052164976</t>
+          <t>9786057649126</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Vazgeçtim Sanma Sadece Büyüdüm</t>
+          <t>Tatlı Ölüm</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>275</v>
+        <v>218</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786052164853</t>
+          <t>9786057649058</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Bu İş Kafada Bitiyor!</t>
+          <t>Hayat Oyunla Başlar (3-6 Yaş)</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>245</v>
+        <v>198</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786052164785</t>
+          <t>9786057649041</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Bütün Kuzgunlar Siyahtır</t>
+          <t>Hayat Oyunla Başlar (0-3 Yaş)</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>368</v>
+        <v>225</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786052164549</t>
+          <t>9786057649065</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Theta Healing - Hastalıklar ve Rahatsızlıklar</t>
+          <t>Hayat Evde Başlar</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>545</v>
+        <v>248</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786052164464</t>
+          <t>9786057649133</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Şurina (Ciltsiz)</t>
+          <t>Rabia Yeni Hayat</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>368</v>
+        <v>198</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786052164457</t>
+          <t>9786057649034</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Şurimşine (Ciltsiz)</t>
+          <t>Bahara Açılan Pencere</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786052164433</t>
+          <t>9786052164990</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Deli (Ciltsiz)</t>
+          <t>İsteğin Benim İçin Emirdir</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>375</v>
+        <v>395</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786052164440</t>
+          <t>9786057649003</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Deli Kız (Ciltsiz)</t>
+          <t>Savaşçı</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>368</v>
+        <v>199</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786052164389</t>
+          <t>9786052164976</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Çocuklu Hayat Ajandası</t>
+          <t>Vazgeçtim Sanma Sadece Büyüdüm</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>198</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786052164402</t>
+          <t>9786052164853</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Tanrı İle Birlik</t>
+          <t>Bu İş Kafada Bitiyor!</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>220</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786052164396</t>
+          <t>9786052164785</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Milena Eve Dönüyor</t>
+          <t>Bütün Kuzgunlar Siyahtır</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>198</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786052164372</t>
+          <t>9786052164549</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Guguk Kuşu</t>
+          <t>Theta Healing - Hastalıklar ve Rahatsızlıklar</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>375</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786052164297</t>
+          <t>9786052164464</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Kan ve Ateş - Gladyatör Okulu 2 (Ciltli)</t>
+          <t>Şurina (Ciltsiz)</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>129</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786052164266</t>
+          <t>9786052164457</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Aziz</t>
+          <t>Şurimşine (Ciltsiz)</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>308</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786052164129</t>
+          <t>9786052164433</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Nereye Bakarsan Bak Allah Orada</t>
+          <t>Deli (Ciltsiz)</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>225</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786052164167</t>
+          <t>9786052164440</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>O İyi Mi?</t>
+          <t>Deli Kız (Ciltsiz)</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>275</v>
+        <v>368</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786052164112</t>
+          <t>9786052164389</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Theta Healing Ritim</t>
+          <t>Çocuklu Hayat Ajandası</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>290</v>
+        <v>198</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786052164082</t>
+          <t>9786052164402</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Bütün Öyküler</t>
+          <t>Tanrı İle Birlik</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>168</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786052164136</t>
+          <t>9786052164396</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Sınıftaki Afacan - Atıl'ın Maceraları 1</t>
+          <t>Milena Eve Dönüyor</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>168</v>
+        <v>198</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786052164150</t>
+          <t>9786052164372</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Leonardo Olmak</t>
+          <t>Guguk Kuşu</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>154</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786059545198</t>
+          <t>9786052164297</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Gücü Adına</t>
+          <t>Kan ve Ateş - Gladyatör Okulu 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>118.5</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786052164068</t>
+          <t>9786052164266</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Uçuk Kaçık Loretta</t>
+          <t>Aziz</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>168</v>
+        <v>308</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786059545709</t>
+          <t>9786052164129</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Mektubun Sırrı (Ciltli)</t>
+          <t>Nereye Bakarsan Bak Allah Orada</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>119</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786059545716</t>
+          <t>9786052164167</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Sherlock Sam ve Uzaylılarla Karşılaşma (Ciltli)</t>
+          <t>O İyi Mi?</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>119</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786059545730</t>
+          <t>9786052164112</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>İleri Theta Healing</t>
+          <t>Theta Healing Ritim</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>425</v>
+        <v>325</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786059545532</t>
+          <t>9786052164082</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Kuantum Başarı</t>
+          <t>Bütün Öyküler</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>315</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786059545761</t>
+          <t>9786052164136</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Prenses Leia'nın Günlüğü (Ciltli)</t>
+          <t>Sınıftaki Afacan - Atıl'ın Maceraları 1</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>28</v>
+        <v>210</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786059545402</t>
+          <t>9786052164150</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Lovecraft'ın Külleri</t>
+          <t>Leonardo Olmak</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>129</v>
+        <v>154</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786059545334</t>
+          <t>9786059545198</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Setna Yükseliyor - Ruh Hırsızı</t>
+          <t>Kelimelerin Gücü Adına</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>225</v>
+        <v>118.5</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786059545341</t>
+          <t>9786052164068</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Ötesinde</t>
+          <t>Uçuk Kaçık Loretta</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>35</v>
+        <v>168</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786059545327</t>
+          <t>9786059545709</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Göl Çocukları</t>
+          <t>Sherlock Sam ve Mektubun Sırrı (Ciltli)</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>149</v>
+        <v>119</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786059545129</t>
+          <t>9786059545716</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Allah'ın Neresinde?</t>
+          <t>Sherlock Sam ve Uzaylılarla Karşılaşma (Ciltli)</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>225</v>
+        <v>119</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786059545105</t>
+          <t>9786059545730</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Theta Healing Sıra Dışı Enerji Yaklaşımına Giriş</t>
+          <t>İleri Theta Healing</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>550</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786059545112</t>
+          <t>9786059545532</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Setna Yükseliyor</t>
+          <t>Kuantum Başarı</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786257359269</t>
+          <t>9786059545761</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Kalbim Sende Kalmış</t>
+          <t>Prenses Leia'nın Günlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>275</v>
+        <v>28</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786059809948</t>
+          <t>9786059545402</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Normal</t>
+          <t>Lovecraft'ın Külleri</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>245</v>
+        <v>129</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786059809368</t>
+          <t>9786059545334</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Pinokyo'nun Rüyası</t>
+          <t>Setna Yükseliyor - Ruh Hırsızı</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786055913533</t>
+          <t>9786059545341</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Kusursuz Veda</t>
+          <t>Mutluluğun Ötesinde</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>295</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786059961899</t>
+          <t>9786059545327</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Tibet’in Gençlik Pınarı 1. Kitap</t>
+          <t>Göl Çocukları</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>225</v>
+        <v>198</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786055395155</t>
+          <t>9786059545129</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Leyl</t>
+          <t>Tanrı Allah'ın Neresinde?</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786059961622</t>
+          <t>9786059545105</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Hayal</t>
+          <t>Theta Healing Sıra Dışı Enerji Yaklaşımına Giriş</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>340</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786055913670</t>
+          <t>9786059545112</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Biraz Nezaket Lütfen - Sosyal Yaşam ve İş Dünyasında</t>
+          <t>Setna Yükseliyor</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786056362934</t>
+          <t>9786257359269</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Yaz Dedi Tanrı</t>
+          <t>Kalbim Sende Kalmış</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>138.5</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786055395827</t>
+          <t>9786059809948</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Kızlar İçin El Kitabı</t>
+          <t>Normal</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>30</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786055156169</t>
+          <t>9786059809368</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Kelebek ve Dalgıç</t>
+          <t>Pinokyo'nun Rüyası</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>210</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786056402739</t>
+          <t>9786055913533</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Kan Ağacı</t>
+          <t>Kusursuz Veda</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>285.2</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
+          <t>9786059961899</t>
+        </is>
+      </c>
+      <c r="B1038" s="1" t="inlineStr">
+        <is>
+          <t>Tibet’in Gençlik Pınarı 1. Kitap</t>
+        </is>
+      </c>
+      <c r="C1038" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:3">
+      <c r="A1039" s="1" t="inlineStr">
+        <is>
+          <t>9786055395155</t>
+        </is>
+      </c>
+      <c r="B1039" s="1" t="inlineStr">
+        <is>
+          <t>Leyl</t>
+        </is>
+      </c>
+      <c r="C1039" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:3">
+      <c r="A1040" s="1" t="inlineStr">
+        <is>
+          <t>9786059961622</t>
+        </is>
+      </c>
+      <c r="B1040" s="1" t="inlineStr">
+        <is>
+          <t>Hayal</t>
+        </is>
+      </c>
+      <c r="C1040" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:3">
+      <c r="A1041" s="1" t="inlineStr">
+        <is>
+          <t>9786055913670</t>
+        </is>
+      </c>
+      <c r="B1041" s="1" t="inlineStr">
+        <is>
+          <t>Biraz Nezaket Lütfen - Sosyal Yaşam ve İş Dünyasında</t>
+        </is>
+      </c>
+      <c r="C1041" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:3">
+      <c r="A1042" s="1" t="inlineStr">
+        <is>
+          <t>9786056362934</t>
+        </is>
+      </c>
+      <c r="B1042" s="1" t="inlineStr">
+        <is>
+          <t>Yaz Dedi Tanrı</t>
+        </is>
+      </c>
+      <c r="C1042" s="1">
+        <v>138.5</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:3">
+      <c r="A1043" s="1" t="inlineStr">
+        <is>
+          <t>9786055395827</t>
+        </is>
+      </c>
+      <c r="B1043" s="1" t="inlineStr">
+        <is>
+          <t>Kızlar İçin El Kitabı</t>
+        </is>
+      </c>
+      <c r="C1043" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:3">
+      <c r="A1044" s="1" t="inlineStr">
+        <is>
+          <t>9786055156169</t>
+        </is>
+      </c>
+      <c r="B1044" s="1" t="inlineStr">
+        <is>
+          <t>Kelebek ve Dalgıç</t>
+        </is>
+      </c>
+      <c r="C1044" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:3">
+      <c r="A1045" s="1" t="inlineStr">
+        <is>
+          <t>9786056402739</t>
+        </is>
+      </c>
+      <c r="B1045" s="1" t="inlineStr">
+        <is>
+          <t>Kan Ağacı</t>
+        </is>
+      </c>
+      <c r="C1045" s="1">
+        <v>285.2</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:3">
+      <c r="A1046" s="1" t="inlineStr">
+        <is>
           <t>9786059961660</t>
         </is>
       </c>
-      <c r="B1038" s="1" t="inlineStr">
+      <c r="B1046" s="1" t="inlineStr">
         <is>
           <t>Her Gün Hüzün - Sol Ayağım 2</t>
         </is>
       </c>
-      <c r="C1038" s="1">
-        <v>249</v>
+      <c r="C1046" s="1">
+        <v>295</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>