--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -85,355 +85,370 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255841377</t>
+          <t>9786255841827</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kanserle Mücadelenizde Dizginleri Ele Alın</t>
+          <t>Mağara İnsanı Gibi Nasıl Uyunur?</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>319</v>
+        <v>339</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256149380</t>
+          <t>9786255841377</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Namaste</t>
+          <t>Kanserle Mücadelenizde Dizginleri Ele Alın</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>229</v>
+        <v>319</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256149397</t>
+          <t>9786256149380</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Elon Musk</t>
+          <t>Namaste</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>229</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255587787</t>
+          <t>9786256149397</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Beyninize Hoş Geldiniz</t>
+          <t>Elon Musk</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>299</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255587794</t>
+          <t>9786255587787</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Beynine Hoş Geldiniz</t>
+          <t>Beyninize Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>299</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255587299</t>
+          <t>9786255587794</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İkinci Beyninizi Kurun</t>
+          <t>Çocuğunuzun Beynine Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>290</v>
+        <v>299</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255587756</t>
+          <t>9786255587299</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Bırak Yapsınlar Teorisi</t>
+          <t>İkinci Beyninizi Kurun</t>
         </is>
       </c>
       <c r="C8" s="1">
         <v>329</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256149984</t>
+          <t>9786255587756</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Yarına Yarım Kalmasın</t>
+          <t>Bırak Yapsınlar Teorisi</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>289</v>
+        <v>329</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256149878</t>
+          <t>9786256149984</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Düşündüğün Gibi Değil</t>
+          <t>Yarına Yarım Kalmasın</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>210</v>
+        <v>289</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256772267</t>
+          <t>9786256149878</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Wabi-Sabi - Kusurdaki Bilgelik</t>
+          <t>Düşündüğün Gibi Değil</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>170</v>
+        <v>210</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256372221</t>
+          <t>9786256772267</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Büyük Blöf</t>
+          <t>Wabi-Sabi - Kusurdaki Bilgelik</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>179</v>
+        <v>170</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256372108</t>
+          <t>9786256372221</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Duygusal İlkyardım</t>
+          <t>Büyük Blöf</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>150</v>
+        <v>179</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256372085</t>
+          <t>9786256372108</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Biyografik: Sherlock (Ciltli)</t>
+          <t>Duygusal İlkyardım</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>199</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256372092</t>
+          <t>9786256372085</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Biyografik: Leonardo (Ciltli)</t>
+          <t>Biyografik: Sherlock (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256372078</t>
+          <t>9786256372092</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>2030 – Bu Dünya ve Onun Kuralları Sona Eriyor</t>
+          <t>Biyografik: Leonardo (Ciltli)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>170</v>
+        <v>199</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786257671910</t>
+          <t>9786256372078</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ichigo Ichie</t>
+          <t>2030 – Bu Dünya ve Onun Kuralları Sona Eriyor</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257671903</t>
+          <t>9786257671910</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gelecekten Günlükler</t>
+          <t>Ichigo Ichie</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257671811</t>
+          <t>9786257671903</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ergen Beyninin Gizli Yaşamı</t>
+          <t>Gelecekten Günlükler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257671781</t>
+          <t>9786257671811</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Biyografik Van Gogh (Ciltli)</t>
+          <t>Ergen Beyninin Gizli Yaşamı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>199</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257671774</t>
+          <t>9786257671781</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Biyografik Shakespeare (Ciltli)</t>
+          <t>Biyografik Van Gogh (Ciltli)</t>
         </is>
       </c>
       <c r="C21" s="1">
         <v>199</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
+          <t>9786257671774</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>Biyografik Shakespeare (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
           <t>9786257671767</t>
         </is>
       </c>
-      <c r="B22" s="1" t="inlineStr">
+      <c r="B23" s="1" t="inlineStr">
         <is>
           <t>Milyarder ve Keşiş</t>
         </is>
       </c>
-      <c r="C22" s="1">
+      <c r="C23" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>