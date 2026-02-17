--- v1 (2025-12-18)
+++ v2 (2026-02-17)
@@ -85,370 +85,475 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255841827</t>
+          <t>9786258733709</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Mağara İnsanı Gibi Nasıl Uyunur?</t>
+          <t>Dijital Dharma</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>339</v>
+        <v>379</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255841377</t>
+          <t>9786258733785</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Kanserle Mücadelenizde Dizginleri Ele Alın</t>
+          <t>İnsan Düşününce</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>319</v>
+        <v>129</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256149380</t>
+          <t>9786258733815</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Namaste</t>
+          <t>Hasta Odasında Yaşam</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>229</v>
+        <v>179</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256149397</t>
+          <t>9786258733792</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Elon Musk</t>
+          <t>Bir Gün Yirmi Dört Saatte Nasıl Yaşanır?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>129</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255587787</t>
+          <t>9786258733808</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Beyninize Hoş Geldiniz</t>
+          <t>Arkadaş Kazanma ve İnsanları Etkileme Kılavuzu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>299</v>
+        <v>199</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255587794</t>
+          <t>9786255841964</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Çocuğunuzun Beynine Hoş Geldiniz</t>
+          <t>5 Saniye Kuralı</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>299</v>
+        <v>329</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255587299</t>
+          <t>9786258733426</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>İkinci Beyninizi Kurun</t>
+          <t>Zenginliğin 5 Türü</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>329</v>
+        <v>399</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255587756</t>
+          <t>9786255841827</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bırak Yapsınlar Teorisi</t>
+          <t>Mağara İnsanı Gibi Nasıl Uyunur?</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>329</v>
+        <v>339</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786256149984</t>
+          <t>9786255841377</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yarına Yarım Kalmasın</t>
+          <t>Kanserle Mücadelenizde Dizginleri Ele Alın</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>289</v>
+        <v>319</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786256149878</t>
+          <t>9786256149380</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Düşündüğün Gibi Değil</t>
+          <t>Namaste</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>210</v>
+        <v>259</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256772267</t>
+          <t>9786256149397</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Wabi-Sabi - Kusurdaki Bilgelik</t>
+          <t>Elon Musk</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>170</v>
+        <v>499</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256372221</t>
+          <t>9786255587787</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Büyük Blöf</t>
+          <t>Beyninize Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>179</v>
+        <v>329</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256372108</t>
+          <t>9786255587794</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Duygusal İlkyardım</t>
+          <t>Çocuğunuzun Beynine Hoş Geldiniz</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>150</v>
+        <v>329</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256372085</t>
+          <t>9786255587299</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Biyografik: Sherlock (Ciltli)</t>
+          <t>İkinci Beyninizi Kurun</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>199</v>
+        <v>329</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786256372092</t>
+          <t>9786255587756</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Biyografik: Leonardo (Ciltli)</t>
+          <t>Bırak Yapsınlar Teorisi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>199</v>
+        <v>359</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256372078</t>
+          <t>9786256149984</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>2030 – Bu Dünya ve Onun Kuralları Sona Eriyor</t>
+          <t>Yarına Yarım Kalmasın</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>170</v>
+        <v>329</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257671910</t>
+          <t>9786256149878</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Ichigo Ichie</t>
+          <t>Düşündüğün Gibi Değil</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>200</v>
+        <v>259</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257671903</t>
+          <t>9786256772267</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Gelecekten Günlükler</t>
+          <t>Wabi-Sabi - Kusurdaki Bilgelik</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>170</v>
+        <v>259</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786257671811</t>
+          <t>9786256372221</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Ergen Beyninin Gizli Yaşamı</t>
+          <t>Büyük Blöf</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>160</v>
+        <v>259</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786257671781</t>
+          <t>9786256372108</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Biyografik Van Gogh (Ciltli)</t>
+          <t>Duygusal İlkyardım</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>199</v>
+        <v>209</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257671774</t>
+          <t>9786256372085</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Biyografik Shakespeare (Ciltli)</t>
+          <t>Biyografik: Sherlock (Ciltli)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>199</v>
+        <v>329</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
+          <t>9786256372092</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>Biyografik: Leonardo (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786256372078</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>2030 – Bu Dünya ve Onun Kuralları Sona Eriyor</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786257671910</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>Ichigo Ichie</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786257671903</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>Gelecekten Günlükler</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786257671811</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>Ergen Beyninin Gizli Yaşamı</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786257671781</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>Biyografik Van Gogh (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786257671774</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>Biyografik Shakespeare (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
           <t>9786257671767</t>
         </is>
       </c>
-      <c r="B23" s="1" t="inlineStr">
+      <c r="B30" s="1" t="inlineStr">
         <is>
           <t>Milyarder ve Keşiş</t>
         </is>
       </c>
-      <c r="C23" s="1">
-        <v>150</v>
+      <c r="C30" s="1">
+        <v>199</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>