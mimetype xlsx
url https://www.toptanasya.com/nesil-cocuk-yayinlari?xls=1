--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -85,4855 +85,4930 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255807106</t>
+          <t>9786255807175</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Gagalı Kuş</t>
+          <t>Ajan Kabartı 1</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255807113</t>
+          <t>9786255807182</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çanta Taşıyan Çocuk</t>
+          <t>Canavar Çocuk</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255807045</t>
+          <t>9786255807151</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt’un Gözlüklü İlk Günü (Ciltli)</t>
+          <t>Minik Kalplerin Kur'an Sözlüğü</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>350</v>
+        <v>450</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255807076</t>
+          <t>9786255807137</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İsoryama Uzaydan Gelen Dostlar</t>
+          <t>İsoryama - Sevgi Gezegeni</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255807083</t>
+          <t>9786255807144</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>İsoryama Uzay Yolculuğu</t>
+          <t>Amayrosi - Nefretin Sevgiye Dönüştüğü Gezegen</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>110</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255807069</t>
+          <t>9786255807106</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Arkadaşım</t>
+          <t>Kırmızı Gagalı Kuş</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>110</v>
+        <v>140</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255807052</t>
+          <t>9786255807113</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Rüzgâr Saçlı Kız</t>
+          <t>Çanta Taşıyan Çocuk</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786256365940</t>
+          <t>9786255807045</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dedem Bir Rüya Tamircisi</t>
+          <t>Küçük Kurt’un Gözlüklü İlk Günü (Ciltli)</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255807007</t>
+          <t>9786255807076</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yaz Kampı</t>
+          <t>İsoryama Uzaydan Gelen Dostlar</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255807014</t>
+          <t>9786255807083</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Okul Kütüphanesi</t>
+          <t>İsoryama Uzay Yolculuğu</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255807021</t>
+          <t>9786255807069</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Köşk</t>
+          <t>Gizemli Arkadaşım</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>135</v>
+        <v>110</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256653627</t>
+          <t>9786255807052</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gecenin Kedisi</t>
+          <t>Rüzgâr Saçlı Kız</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256653634</t>
+          <t>9786256365940</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sumsum Kütüphanesi</t>
+          <t>Dedem Bir Rüya Tamircisi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786256653153</t>
+          <t>9786255807007</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız</t>
+          <t>Gizemli Yaz Kampı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051835594</t>
+          <t>9786255807014</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tali İngilizce 1. Set (10 Kitap)</t>
+          <t>Gizemli Okul Kütüphanesi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051312286</t>
+          <t>9786255807021</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Louie Etkinlik Dizisi (4 Kitap Takım)</t>
+          <t>Gizemli Köşk</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>40</v>
+        <v>135</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051313610</t>
+          <t>9786256653627</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Of Yaaa! Yine mi Ödev?</t>
+          <t>Beyaz Gecenin Kedisi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051310763</t>
+          <t>9786256653634</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Hastanede Sucuk Partisi</t>
+          <t>Sumsum Kütüphanesi</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051835662</t>
+          <t>9786256653153</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Zeynep’in Aşırı Komik Maceraları 2</t>
+          <t>Kuyruklu Yıldız</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256653078</t>
+          <t>9786051835594</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dua</t>
+          <t>Tali İngilizce 1. Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>260</v>
+        <v>500</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256653115</t>
+          <t>9786051312286</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Uçan Otobüs - Afili Mahalle 4 (Ciltli)</t>
+          <t>Louie Etkinlik Dizisi (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>240</v>
+        <v>40</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256653054</t>
+          <t>9786051313610</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gizli İşler Tayfası 1 - Çaylak Yazar İş Başında</t>
+          <t>Of Yaaa! Yine mi Ödev?</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051832906</t>
+          <t>9786051310763</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Kitap'ın Peşinde - Efsane Tayfa 2</t>
+          <t>Hastanede Sucuk Partisi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>12</v>
+        <v>140</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9879752696266</t>
+          <t>9786051835662</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi</t>
+          <t>Zeynep’in Aşırı Komik Maceraları 2</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>25</v>
+        <v>400</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051833101</t>
+          <t>9786256653078</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tali Boyama Serisi (4 Kitap)</t>
+          <t>Çocuklar İçin Dua</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256653146</t>
+          <t>9786256653115</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Tayfa Limonata</t>
+          <t>Uçan Otobüs - Afili Mahalle 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256653139</t>
+          <t>9786256653054</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Devler Yaşıyor</t>
+          <t>Gizli İşler Tayfası 1 - Çaylak Yazar İş Başında</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256653948</t>
+          <t>9786051832906</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hava Durumu ve Dedem</t>
+          <t>Esrarengiz Kitap'ın Peşinde - Efsane Tayfa 2</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>170</v>
+        <v>12</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256365513</t>
+          <t>9879752696266</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Annem Bir Fenomen Peki Ben Kimim?</t>
+          <t>Değerler Eğitimi</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>170</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256653108</t>
+          <t>9786051833101</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Bir Ramazan Gecesi Rüyası</t>
+          <t>Tali Boyama Serisi (4 Kitap)</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>99</v>
+        <v>130</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256653962</t>
+          <t>9786256653146</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Ay’daki Roket</t>
+          <t>Tayfa Limonata</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256653979</t>
+          <t>9786256653139</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Karton Ev</t>
+          <t>Eyvah Devler Yaşıyor</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>100</v>
+        <v>120</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256653955</t>
+          <t>9786256653948</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>İpi Sıkı Tut</t>
+          <t>Hava Durumu ve Dedem</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>125</v>
+        <v>170</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256653993</t>
+          <t>9786256365513</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Hayal Pastanesi</t>
+          <t>Annem Bir Fenomen Peki Ben Kimim?</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>90</v>
+        <v>170</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256653085</t>
+          <t>9786256653108</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bizim Apartman</t>
+          <t>Bir Ramazan Gecesi Rüyası</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>90</v>
+        <v>99</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256653122</t>
+          <t>9786256653962</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Pijama Kardeşliği</t>
+          <t>Ay’daki Roket</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256653986</t>
+          <t>9786256653979</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Arabalar</t>
+          <t>Karton Ev</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752696662</t>
+          <t>9786256653955</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri - 1: Hz. Adem (Aleyhisselam)</t>
+          <t>İpi Sıkı Tut</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>70</v>
+        <v>125</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051310770</t>
+          <t>9786256653993</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Bayan Beton Çivisi</t>
+          <t>Hayal Pastanesi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051627762</t>
+          <t>9786256653085</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzaylının Günlüğü - Bizim Matrak Sınıf Serisi 3</t>
+          <t>Bizim Apartman</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752695740</t>
+          <t>9786256653122</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yetim Çocuk</t>
+          <t>Pijama Kardeşliği</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>80</v>
+        <v>90</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051313351</t>
+          <t>9786256653986</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Ne Güzel Şey!</t>
+          <t>Konuşan Arabalar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>75</v>
+        <v>90</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789754081244</t>
+          <t>9789752696662</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Canım Peygamberim (Ciltli)</t>
+          <t>Peygamber Hikayeleri - 1: Hz. Adem (Aleyhisselam)</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>450</v>
+        <v>70</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786256653931</t>
+          <t>9786051310770</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sticker - Dinimi Öğreniyorum</t>
+          <t>Bayan Beton Çivisi</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786256365568</t>
+          <t>9786051627762</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ün Kuşları</t>
+          <t>Bir Uzaylının Günlüğü - Bizim Matrak Sınıf Serisi 3</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786256653924</t>
+          <t>9789752695740</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yaz Sil Elifba</t>
+          <t>Yetim Çocuk</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786256653917</t>
+          <t>9786051313351</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ödül</t>
+          <t>Sevgi Ne Güzel Şey!</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>130</v>
+        <v>75</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786256653061</t>
+          <t>9789754081244</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Düşlere Kaçış İstasyonu</t>
+          <t>Canım Peygamberim (Ciltli)</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256653764</t>
+          <t>9786256653931</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Soru İşareti ve Dondurma</t>
+          <t>Bitmeyen Sticker - Dinimi Öğreniyorum</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256653771</t>
+          <t>9786256365568</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Allah Nasıl Yaratıyor?</t>
+          <t>Kudüs’ün Kuşları</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051831619</t>
+          <t>9786256653924</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Ebu Bekir'in Arkadaşlığı</t>
+          <t>Yaz Sil Elifba</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051831695</t>
+          <t>9786256653917</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Talha'nın Yiğitliği - Sahabelerle Değerler Eğitimi 1. Set</t>
+          <t>Büyük Ödül</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051831657</t>
+          <t>9786256653061</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Ali'nin Zekası</t>
+          <t>Düşlere Kaçış İstasyonu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786051831640</t>
+          <t>9786256653764</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Osman'ın Nezaketi</t>
+          <t>Soru İşareti ve Dondurma</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051310701</t>
+          <t>9786256653771</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Dananın Kuyruğu Kopuyor! - Patates Spor 1</t>
+          <t>Allah Nasıl Yaratıyor?</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051310695</t>
+          <t>9786051831619</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Teknik Traktör Lazım! - Patates Spor 2</t>
+          <t>Ebu Bekir'in Arkadaşlığı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051310725</t>
+          <t>9786051831695</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kupa Bizim Başka Yolu Yok! - Patates Spor 5</t>
+          <t>Talha'nın Yiğitliği - Sahabelerle Değerler Eğitimi 1. Set</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051627717</t>
+          <t>9786051831657</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor 3 - Eyvah Formalar Kayıp!</t>
+          <t>Ali'nin Zekası</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>120</v>
+        <v>100</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051831633</t>
+          <t>9786051831640</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Sahabelerle Değerler Eğitimi 2 - Ömerin Öfke Kontrolü</t>
+          <t>Osman'ın Nezaketi</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786256365797</t>
+          <t>9786051310701</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Peygamber Öyküleri (Ciltli)</t>
+          <t>Dananın Kuyruğu Kopuyor! - Patates Spor 1</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>360</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786256653092</t>
+          <t>9786051310695</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Soran Çocuk</t>
+          <t>Teknik Traktör Lazım! - Patates Spor 2</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>125</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786256653566</t>
+          <t>9786051310725</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Bizim Mucitler (5 Kitap)</t>
+          <t>Kupa Bizim Başka Yolu Yok! - Patates Spor 5</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786256653757</t>
+          <t>9786051627717</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimi Tanıyorum (2 Cilt)</t>
+          <t>Patatesspor 3 - Eyvah Formalar Kayıp!</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>700</v>
+        <v>120</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786256653740</t>
+          <t>9786051831633</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihine Yolculuk</t>
+          <t>Sahabelerle Değerler Eğitimi 2 - Ömerin Öfke Kontrolü</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>490</v>
+        <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256365520</t>
+          <t>9786256365797</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Canım Peygamberim (Ciltli)</t>
+          <t>Çocuklar İçin Peygamber Öyküleri (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>500</v>
+        <v>360</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256653641</t>
+          <t>9786256653092</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Çevre Savaşçıları - Temiz Çevre, Temiz Gelecek (Ciltli)</t>
+          <t>Kur’an’ı Soran Çocuk</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256653733</t>
+          <t>9786256653566</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Zufi ile Allah'ın İsimlerini Öğreniyorum (8 Kitap)</t>
+          <t>Bizim Mucitler (5 Kitap)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256653559</t>
+          <t>9786256653757</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Onu da Biz Yaptık</t>
+          <t>Peygamberimi Tanıyorum (2 Cilt)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>110</v>
+        <v>700</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256653542</t>
+          <t>9786256653740</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Navigasyon Yokken Biz Vardık</t>
+          <t>Bilim Tarihine Yolculuk</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>110</v>
+        <v>490</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256653511</t>
+          <t>9786256365520</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Kim Çıkardı Bu İcatları</t>
+          <t>Canım Peygamberim (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>110</v>
+        <v>500</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256653535</t>
+          <t>9786256653641</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Bir, İki, Üç, Tıp!</t>
+          <t>Çevre Savaşçıları - Temiz Çevre, Temiz Gelecek (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256653528</t>
+          <t>9786256653733</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Astronomi Benim İşim</t>
+          <t>Zufi ile Allah'ın İsimlerini Öğreniyorum (8 Kitap)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>110</v>
+        <v>600</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256653580</t>
+          <t>9786256653559</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Okulda Uzaylı Avı</t>
+          <t>Onu da Biz Yaptık</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256653481</t>
+          <t>9786256653542</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzaylının Günlüğü</t>
+          <t>Navigasyon Yokken Biz Vardık</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256653504</t>
+          <t>9786256653511</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sınıf Kopya Çekmez</t>
+          <t>Kim Çıkardı Bu İcatları</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256653467</t>
+          <t>9786256653535</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Gürültülü Patırtılı Şeyler</t>
+          <t>Bir, İki, Üç, Tıp!</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>160</v>
+        <v>110</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256653573</t>
+          <t>9786256653528</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bayan Beton Çivisi</t>
+          <t>Astronomi Benim İşim</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>140</v>
+        <v>110</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256653368</t>
+          <t>9786256653580</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kainat Gezgini Efecan (10 Kitap)</t>
+          <t>Okulda Uzaylı Avı</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>500</v>
+        <v>140</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256653382</t>
+          <t>9786256653481</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Düğüm Artık Çözülüyor</t>
+          <t>Bir Uzaylının Günlüğü</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256653375</t>
+          <t>9786256653504</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Ters Döndürecek Formül!</t>
+          <t>Bizim Sınıf Kopya Çekmez</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256653399</t>
+          <t>9786256653467</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>100 Aldım Düşüp Bayıldım</t>
+          <t>Gürültülü Patırtılı Şeyler</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256653245</t>
+          <t>9786256653573</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Özgür Olunca</t>
+          <t>Bayan Beton Çivisi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256653238</t>
+          <t>9786256653368</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Çocuklardan İlhamla Kolayca Elif-Ba</t>
+          <t>Kainat Gezgini Efecan (10 Kitap)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>150</v>
+        <v>500</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051310398</t>
+          <t>9786256653382</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Emilie Uyumak İstemiyor</t>
+          <t>Düğüm Artık Çözülüyor</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>70</v>
+        <v>160</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256653177</t>
+          <t>9786256653375</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Uzay Çocuğu</t>
+          <t>Dünyayı Ters Döndürecek Formül!</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256653252</t>
+          <t>9786256653399</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Aslanları</t>
+          <t>100 Aldım Düşüp Bayıldım</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256365995</t>
+          <t>9786256653245</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>40 Geceye 40 Masal (Ciltli)</t>
+          <t>Kudüs Özgür Olunca</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256653016</t>
+          <t>9786256653238</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Yetim Çocuk</t>
+          <t>Çocuklardan İlhamla Kolayca Elif-Ba</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786256653023</t>
+          <t>9786051310398</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Hikayeleri - Fedakar Annem</t>
+          <t>Emilie Uyumak İstemiyor</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256653009</t>
+          <t>9786256653177</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Hikayeleri - Haram Yemenin Sonu</t>
+          <t>Uzay Çocuğu</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256365964</t>
+          <t>9786256653252</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları – 2</t>
+          <t>Çanakkale Aslanları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256365957</t>
+          <t>9786256365995</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları – 1</t>
+          <t>40 Geceye 40 Masal (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256365780</t>
+          <t>9786256653016</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor ve Top Ağlarda (5 Kitap+Soru Kitapçığı)</t>
+          <t>Yetim Çocuk</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>420</v>
+        <v>90</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256365599</t>
+          <t>9786256653023</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor İngiltere'de</t>
+          <t>Değerler Eğitimi Hikayeleri - Fedakar Annem</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256365612</t>
+          <t>9786256653009</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor Çin'de</t>
+          <t>Değerler Eğitimi Hikayeleri - Haram Yemenin Sonu</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>75</v>
+        <v>70</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256365629</t>
+          <t>9786256365964</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor Brezilya’da</t>
+          <t>Zaman Yolcuları – 2</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256365636</t>
+          <t>9786256365957</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor Almanya'da</t>
+          <t>Zaman Yolcuları – 1</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>75</v>
+        <v>100</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256365643</t>
+          <t>9786256365780</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor Afrika'da</t>
+          <t>Patatesspor ve Top Ağlarda (5 Kitap+Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>75</v>
+        <v>420</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256653047</t>
+          <t>9786256365599</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Ne Güzel Şey!</t>
+          <t>Patatesspor İngiltere'de</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256653030</t>
+          <t>9786256365612</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Vatanını Kim Sevmez ki?</t>
+          <t>Patatesspor Çin'de</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256365933</t>
+          <t>9786256365629</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihine Yolculuk (Ciltli)</t>
+          <t>Patatesspor Brezilya’da</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>590</v>
+        <v>75</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256365926</t>
+          <t>9786256365636</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İlginç Hayvanlar (10 Kitap)</t>
+          <t>Patatesspor Almanya'da</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>390</v>
+        <v>75</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256365544</t>
+          <t>9786256365643</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Uzaya Giden Otobüs</t>
+          <t>Patatesspor Afrika'da</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256365537</t>
+          <t>9786256653047</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Organik Çocuk</t>
+          <t>Sevgi Ne Güzel Şey!</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256365803</t>
+          <t>9786256653030</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Korkak Korkuluk</t>
+          <t>Vatanını Kim Sevmez ki?</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256365728</t>
+          <t>9786256365933</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor Macera Başlıyor (5 Kitap+Soru Kitapçığı)</t>
+          <t>Dünya Tarihine Yolculuk (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>420</v>
+        <v>590</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256365551</t>
+          <t>9786256365926</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Ev</t>
+          <t>İlginç Hayvanlar (10 Kitap)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256365810</t>
+          <t>9786256365544</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Hayalini Kuruyorum Peygamberimi Tanıyorum - Birinci Kitap</t>
+          <t>Uzaya Giden Otobüs</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>375</v>
+        <v>90</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256365759</t>
+          <t>9786256365537</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Haydi Bastır Patates! - Patatesspor ve Top Ağlarda</t>
+          <t>Organik Çocuk</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256365735</t>
+          <t>9786256365803</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor Kampta - Patatesspor ve Top Ağlarda</t>
+          <t>Korkak Korkuluk</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256365681</t>
+          <t>9786256365728</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Formalar Kayıp! - Patatesspor Ve Top Ağlarda</t>
+          <t>Patatesspor Macera Başlıyor (5 Kitap+Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>90</v>
+        <v>420</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256365773</t>
+          <t>9786256365551</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Ters Köşe - Patatesspor Ve Top Ağlarda</t>
+          <t>Oyuncak Ev</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256365698</t>
+          <t>9786256365810</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yumurtaspor Maçı - Patatesspor ve Top Ağlarda</t>
+          <t>Hayalini Kuruyorum Peygamberimi Tanıyorum - Birinci Kitap</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>90</v>
+        <v>375</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256365506</t>
+          <t>9786256365759</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Allah'ım (10 Kitap)</t>
+          <t>Haydi Bastır Patates! - Patatesspor ve Top Ağlarda</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>500</v>
+        <v>90</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256365605</t>
+          <t>9786256365735</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor Dünya Kupasında(5 Kitap + Soru Kitapçığı)</t>
+          <t>Patatesspor Kampta - Patatesspor ve Top Ağlarda</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>350</v>
+        <v>90</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256365742</t>
+          <t>9786256365681</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kupa Bizim Başka Yolu Yok! - Patatesspor Macera Başlıyor</t>
+          <t>Eyvah Formalar Kayıp! - Patatesspor Ve Top Ağlarda</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256365711</t>
+          <t>9786256365773</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Şut ve Goool! - Patatesspor Macera Başlıyor</t>
+          <t>Ters Köşe - Patatesspor Ve Top Ağlarda</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256365704</t>
+          <t>9786256365698</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Teknik Traktör Lazım! - Patatesspor Macera Başlıyor</t>
+          <t>Yumurtaspor Maçı - Patatesspor ve Top Ağlarda</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256365766</t>
+          <t>9786256365506</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Golcü Aranıyor! - Patatesspor Macera Başlıyor</t>
+          <t>Benim Güzel Allah'ım (10 Kitap)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>90</v>
+        <v>500</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256365674</t>
+          <t>9786256365605</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Dananın Kuyruğu Kopuyor! - Patatesspor Macera Başlıyor</t>
+          <t>Patatesspor Dünya Kupasında(5 Kitap + Soru Kitapçığı)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>90</v>
+        <v>350</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256365650</t>
+          <t>9786256365742</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hadis - Küçük Kalplere (Ciltli)</t>
+          <t>Kupa Bizim Başka Yolu Yok! - Patatesspor Macera Başlıyor</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256365667</t>
+          <t>9786256365711</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Ben de Seni Çok Seviyorum Allah'ım</t>
+          <t>Şut ve Goool! - Patatesspor Macera Başlıyor</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256365575</t>
+          <t>9786256365704</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Hangimizi Daha Çok Seviyorsun?</t>
+          <t>Teknik Traktör Lazım! - Patatesspor Macera Başlıyor</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256365582</t>
+          <t>9786256365766</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Dağılan Misketler</t>
+          <t>Golcü Aranıyor! - Patatesspor Macera Başlıyor</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256365391</t>
+          <t>9786256365674</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli İkizler ve Hayvan Dostları</t>
+          <t>Dananın Kuyruğu Kopuyor! - Patatesspor Macera Başlıyor</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>390</v>
+        <v>90</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256365278</t>
+          <t>9786256365650</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Paylaşılamayan Kalemler</t>
+          <t>Çocuklar İçin Hadis - Küçük Kalplere (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>160</v>
+        <v>260</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256365261</t>
+          <t>9786256365667</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Misafir Oyuncak Kutusu - Duygularımı Fark Ediyorum 4</t>
+          <t>Ben de Seni Çok Seviyorum Allah'ım</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256365285</t>
+          <t>9786256365575</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Seccadelerim</t>
+          <t>Hangimizi Daha Çok Seviyorsun?</t>
         </is>
       </c>
       <c r="C129" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256365254</t>
+          <t>9786256365582</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Kutsal</t>
+          <t>Dağılan Misketler</t>
         </is>
       </c>
       <c r="C130" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256365247</t>
+          <t>9786256365391</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Araba - Duygularımı Fark Ediyorum 3</t>
+          <t>Eğlenceli İkizler ve Hayvan Dostları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256365131</t>
+          <t>9786256365278</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Doğayı Ve Hayvanları Seviyorum</t>
+          <t>Paylaşılamayan Kalemler</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256365230</t>
+          <t>9786256365261</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuk ile Dinimi Öğreniyorum (5 Kitap)</t>
+          <t>Misafir Oyuncak Kutusu - Duygularımı Fark Ediyorum 4</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>900</v>
+        <v>160</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256365193</t>
+          <t>9786256365285</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Pırtigo’nun Patırtıları - İlginç Bilgiç Kardeşler</t>
+          <t>Benim Güzel Seccadelerim</t>
         </is>
       </c>
       <c r="C134" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256365209</t>
+          <t>9786256365254</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Em Nine’nin Dönüşümü - İlginç Bilgiç Kardeşler</t>
+          <t>Kutsal</t>
         </is>
       </c>
       <c r="C135" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256365216</t>
+          <t>9786256365247</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Çocukça Ramazan Takvimi</t>
+          <t>Unutulan Araba - Duygularımı Fark Ediyorum 3</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256365032</t>
+          <t>9786256365131</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Günler ve Çocuk</t>
+          <t>Doğayı Ve Hayvanları Seviyorum</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256365223</t>
+          <t>9786256365230</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Geldiğinde</t>
+          <t>Meraklı Çocuk ile Dinimi Öğreniyorum (5 Kitap)</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>240</v>
+        <v>900</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256365001</t>
+          <t>9786256365193</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Ramazan ve Çocuk</t>
+          <t>Pırtigo’nun Patırtıları - İlginç Bilgiç Kardeşler</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256365179</t>
+          <t>9786256365209</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Beklenen</t>
+          <t>Em Nine’nin Dönüşümü - İlginç Bilgiç Kardeşler</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256365186</t>
+          <t>9786256365216</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Acaba Benden Ne Olur ?</t>
+          <t>Çocukça Ramazan Takvimi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256365155</t>
+          <t>9786256365032</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İbadet Hayatımın Neresinde?</t>
+          <t>Mübarek Günler ve Çocuk</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256365162</t>
+          <t>9786256365223</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hayatımın Neresinde?</t>
+          <t>Ramazan Geldiğinde</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256365148</t>
+          <t>9786256365001</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Allah Hayatımın Neresinde?</t>
+          <t>Ramazan ve Çocuk</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>1000000383492</t>
+          <t>9786256365179</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Huzme Kitaplığı Set (3 Kitap)</t>
+          <t>Beklenen</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256365025</t>
+          <t>9786256365186</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Namaz ve Çocuk</t>
+          <t>Acaba Benden Ne Olur ?</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256365049</t>
+          <t>9786256365155</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Çocuk</t>
+          <t>İbadet Hayatımın Neresinde?</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256365018</t>
+          <t>9786256365162</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Peygamber ve Çocuk</t>
+          <t>Peygamber Hayatımın Neresinde?</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256365063</t>
+          <t>9786256365148</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Mocuk</t>
+          <t>Allah Hayatımın Neresinde?</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786256365056</t>
+          <t>1000000383492</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Senin Gözünde Ben</t>
+          <t>Huzme Kitaplığı Set (3 Kitap)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256365070</t>
+          <t>9786256365025</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Başörtülerim</t>
+          <t>Namaz ve Çocuk</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057170194</t>
+          <t>9786256365049</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimin Hayvan Dostları</t>
+          <t>Kur’an ve Çocuk</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057170187</t>
+          <t>9786256365018</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Hayale Uçan Kuşlar</t>
+          <t>Peygamber ve Çocuk</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057170170</t>
+          <t>9786256365063</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir</t>
+          <t>Çocuk ve Mocuk</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057170163</t>
+          <t>9786256365056</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kalplere Çocuk Siyeri (Ciltli)</t>
+          <t>Senin Gözünde Ben</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>260</v>
+        <v>160</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057170118</t>
+          <t>9786256365070</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeze Yolculuk (10 Kitap)</t>
+          <t>Benim Güzel Başörtülerim</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>390</v>
+        <v>160</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057149909</t>
+          <t>9786057170194</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Tavuklar Yumurta Yer mi? - İlker Hepyaşar 5</t>
+          <t>Peygamberimin Hayvan Dostları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786051835600</t>
+          <t>9786057170187</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Tali İngilizce 2. Set (10 Kitap)</t>
+          <t>Hayale Uçan Kuşlar</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786051831718</t>
+          <t>9786057170170</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Said'in Kanaatkarlığı</t>
+          <t>Davetsiz Misafir</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057092014</t>
+          <t>9786057170163</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Yunus Emre</t>
+          <t>Küçük Kalplere Çocuk Siyeri (Ciltli)</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786051832807</t>
+          <t>9786057170118</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Zeka Eğitimi Etkinlikli Boyama Kitabı</t>
+          <t>Bilinmeze Yolculuk (10 Kitap)</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057170149</t>
+          <t>9786057149909</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Şahin Bey - Kurtuluş Savaşı Kahramanları</t>
+          <t>Tavuklar Yumurta Yer mi? - İlker Hepyaşar 5</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786057170156</t>
+          <t>9786051835600</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Giden İlk Bıyıklı - Afili Mahalle 3 (Ciltli)</t>
+          <t>Tali İngilizce 2. Set (10 Kitap)</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786057135278</t>
+          <t>9786051831718</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Günlüğü</t>
+          <t>Said'in Kanaatkarlığı</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057149923</t>
+          <t>9786057092014</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Hayalini Kuruyorum Peygamberimi Tanıyorum - İkinci Kitap</t>
+          <t>Çocuklar İçin Yunus Emre</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>375</v>
+        <v>100</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786057149916</t>
+          <t>9786051832807</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>İlker Hepyaşar (5 Kitap Set)</t>
+          <t>Sosyal Zeka Eğitimi Etkinlikli Boyama Kitabı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057135292</t>
+          <t>9786057170149</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Düşmesem de İnecektim - İlker Hepyaşar 4</t>
+          <t>Şahin Bey - Kurtuluş Savaşı Kahramanları</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057135285</t>
+          <t>9786057170156</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Evcil Penguen - İlker Hepyaşar 3</t>
+          <t>Ay’a Giden İlk Bıyıklı - Afili Mahalle 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057122834</t>
+          <t>9786057135278</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Dimeşk</t>
+          <t>Ramazan Günlüğü</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057122841</t>
+          <t>9786057149923</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bilge Dedem</t>
+          <t>Hayalini Kuruyorum Peygamberimi Tanıyorum - İkinci Kitap</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>350</v>
+        <v>375</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057135247</t>
+          <t>9786057149916</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Hikayeleri Seti</t>
+          <t>İlker Hepyaşar (5 Kitap Set)</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057135209</t>
+          <t>9786057135292</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Yusuf - İslam’ın Şartlarını Soruyor</t>
+          <t>Düşmesem de İnecektim - İlker Hepyaşar 4</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>450</v>
+        <v>100</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057122803</t>
+          <t>9786057135285</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Anne Okulumu Seviyorum (Ciltli)</t>
+          <t>Evcil Penguen - İlker Hepyaşar 3</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057122810</t>
+          <t>9786057122834</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Anne Tabletimi Verir misin? (Ciltli)</t>
+          <t>Dimeşk</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057092090</t>
+          <t>9786057122841</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular Baba</t>
+          <t>Bilge Dedem</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057092069</t>
+          <t>9786057135247</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Somi’nin Şemsiyesi</t>
+          <t>Farkındalık Hikayeleri Seti</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057092083</t>
+          <t>9786057135209</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Umut Hep Var</t>
+          <t>Meraklı Yusuf - İslam’ın Şartlarını Soruyor</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057092076</t>
+          <t>9786057122803</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Alpaka Kabarık</t>
+          <t>Anne Okulumu Seviyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057092052</t>
+          <t>9786057122810</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Sensin 2 Set Bir Arada - 8 Kitap Takım</t>
+          <t>Anne Tabletimi Verir misin? (Ciltli)</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>550</v>
+        <v>220</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786051833231</t>
+          <t>9786057092090</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Sensin 2</t>
+          <t>İyi Uykular Baba</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057092038</t>
+          <t>9786057092069</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Uçuşa Hazır mısınız? / İlker Hepyaşar 1</t>
+          <t>Somi’nin Şemsiyesi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057092045</t>
+          <t>9786057092083</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Dönmeyen Dolap / İlker Hepyaşar 2</t>
+          <t>Umut Hep Var</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>100</v>
+        <v>170</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786255807120</t>
+          <t>9786057092076</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Evsiz Ben'in Hikayesi</t>
+          <t>Alpaka Kabarık</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057092021</t>
+          <t>9786057092052</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Adab-ı Muaşeret</t>
+          <t>Dedektif Sensin 2 Set Bir Arada - 8 Kitap Takım</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>100</v>
+        <v>550</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786051836706</t>
+          <t>9786051833231</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Anne Beni Anla - Yusuf Duygularını İfade Ediyor (Ciltli)</t>
+          <t>Dedektif Sensin 2</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786051836690</t>
+          <t>9786057092038</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Anne Benimle Kal - Yusuf Korkusunu Yeniyor (Ciltli)</t>
+          <t>Uçuşa Hazır mısınız? / İlker Hepyaşar 1</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786051836713</t>
+          <t>9786057092045</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Anne Bence Anlaşabiliriz - Yusuf Güzelce Söylüyor (Ciltli)</t>
+          <t>Dönmeyen Dolap / İlker Hepyaşar 2</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786051836799</t>
+          <t>9786255807120</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Kankiler - Afili Mahalle 2 (Ciltli)</t>
+          <t>Evsiz Ben'in Hikayesi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786051836232</t>
+          <t>9786057092021</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Şirin Kedi - Çevir Oku Serisi 4 (Ciltli)</t>
+          <t>Çocuklar İçin Adab-ı Muaşeret</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051836225</t>
+          <t>9786051836706</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Çevir Oku Serisi 3 (Ciltli)</t>
+          <t>Anne Beni Anla - Yusuf Duygularını İfade Ediyor (Ciltli)</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786051836218</t>
+          <t>9786051836690</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Cingöz ile Camgöz, Efe’nin Zavallı Midesi - Çevir Oku Serisi 2 (Ciltli)</t>
+          <t>Anne Benimle Kal - Yusuf Korkusunu Yeniyor (Ciltli)</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051833378</t>
+          <t>9786051836713</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Arpacı Kumrusu, Çalışkan Mehmet - Çevir Oku Serisi 1 (Ciltli)</t>
+          <t>Anne Bence Anlaşabiliriz - Yusuf Güzelce Söylüyor (Ciltli)</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786051834078</t>
+          <t>9786051836799</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Macera Peşinde (10 Kitap Takım)</t>
+          <t>Maskeli Kankiler - Afili Mahalle 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051836058</t>
+          <t>9786051836232</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bir Şey (Ciltli)</t>
+          <t>Şirin Kedi - Çevir Oku Serisi 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051836065</t>
+          <t>9786051836225</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Benim Özelim (Ciltli)</t>
+          <t>Çevir Oku Serisi 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786051836072</t>
+          <t>9786051836218</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Anne Beni Leylekler mi Getirdi? (Ciltli)</t>
+          <t>Cingöz ile Camgöz, Efe’nin Zavallı Midesi - Çevir Oku Serisi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786256365971</t>
+          <t>9786051833378</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Tarla Arena - Afili Mahalle 1 (Ciltli)</t>
+          <t>Arpacı Kumrusu, Çalışkan Mehmet - Çevir Oku Serisi 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786051833941</t>
+          <t>9786051834078</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Gölge Dünya Seti - 5 Kitap Takım</t>
+          <t>Afacanlar Macera Peşinde (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C198" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051835754</t>
+          <t>9786051836058</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mehmet Akif Ersoy</t>
+          <t>Tatlı Bir Şey (Ciltli)</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>100</v>
+        <v>240</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051832104</t>
+          <t>9786051836065</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Yusuf</t>
+          <t>Benim Özelim (Ciltli)</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051312477</t>
+          <t>9786051836072</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Acaba Nasıl? (10 Kitap Takım)</t>
+          <t>Anne Beni Leylekler mi Getirdi? (Ciltli)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786051835488</t>
+          <t>9786256365971</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Gizli İşler Tayfası Set (5 Cilt Takım)</t>
+          <t>Tarla Arena - Afili Mahalle 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>570</v>
+        <v>240</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051834276</t>
+          <t>9786051833941</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle 365 Gün Güzel İnsanlar (Ciltli)</t>
+          <t>Gölge Dünya Seti - 5 Kitap Takım</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>750</v>
+        <v>390</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786051835402</t>
+          <t>9786051835754</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Gizli İşler Tayfası 5 - Ninemin Sosyalleşme Planı</t>
+          <t>Çocuklar İçin Mehmet Akif Ersoy</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>150</v>
+        <v>100</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051835426</t>
+          <t>9786051832104</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Gizli İşler Tayfası 4 - Hesaplı İşler Peşinde</t>
+          <t>Meraklı Yusuf</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786051831701</t>
+          <t>9786051312477</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Zübeyir'in Kararlılığı</t>
+          <t>Acaba Nasıl? (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786051831671</t>
+          <t>9786051835488</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ebu Ubeyde'nin Güvenilirliği</t>
+          <t>Gizli İşler Tayfası Set (5 Cilt Takım)</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>100</v>
+        <v>570</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786051831688</t>
+          <t>9786051834276</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Sa'd'ın Sabri</t>
+          <t>Hikayelerle 365 Gün Güzel İnsanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>100</v>
+        <v>750</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786051831664</t>
+          <t>9786051835402</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahman'ın Cömertliği</t>
+          <t>Gizli İşler Tayfası 5 - Ninemin Sosyalleşme Planı</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051835365</t>
+          <t>9786051835426</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Minik Kalplere Dört İnci Söz</t>
+          <t>Gizli İşler Tayfası 4 - Hesaplı İşler Peşinde</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786051832876</t>
+          <t>9786051831701</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Sosyal Zeka Eğitimi (10 Kitap Takım) - Tali 3. Set</t>
+          <t>Zübeyir'in Kararlılığı</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>700</v>
+        <v>100</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051834283</t>
+          <t>9786051831671</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Çocuk İlmihali (Ciltli)</t>
+          <t>Ebu Ubeyde'nin Güvenilirliği</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786051834238</t>
+          <t>9786051831688</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>My Wise Grandpa 2 (Ciltli)</t>
+          <t>Sa'd'ın Sabri</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051830155</t>
+          <t>9786051831664</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Seti 2 (10 Kitap)</t>
+          <t>Abdurrahman'ın Cömertliği</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051834221</t>
+          <t>9786051835365</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>My Wise Grandpa 1 (Ciltli)</t>
+          <t>Minik Kalplere Dört İnci Söz</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>250</v>
+        <v>100</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786051834061</t>
+          <t>9786051832876</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Sahabelerle Değerler Eğitimi (10 Kitap Takım)</t>
+          <t>Öykülerle Sosyal Zeka Eğitimi (10 Kitap Takım) - Tali 3. Set</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>490</v>
+        <v>700</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051834054</t>
+          <t>9786051834283</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Minik Kalplere Bir-İnci Söz</t>
+          <t>Çocuk İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>100</v>
+        <v>260</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9789752696655</t>
+          <t>9786051834238</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri Seti (13 Kitap)</t>
+          <t>My Wise Grandpa 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>700</v>
+        <v>250</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786256365988</t>
+          <t>9786051830155</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Masal İstediğin Gibi Bitsin! (Ciltli)</t>
+          <t>Değerler Eğitimi Seti 2 (10 Kitap)</t>
         </is>
       </c>
       <c r="C219" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786051622767</t>
+          <t>9786051834221</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin İman ve İbadet Bilinci - Çıkrık ve Masura (10 Kitap Set)</t>
+          <t>My Wise Grandpa 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>490</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051315249</t>
+          <t>9786051834061</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Profesör Çorapsöküğü (5 Kitap Takım)</t>
+          <t>Sahabelerle Değerler Eğitimi (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>590</v>
+        <v>490</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786051833873</t>
+          <t>9786051834054</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ben Çanakkale</t>
+          <t>Minik Kalplere Bir-İnci Söz</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>110</v>
+        <v>100</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786051830759</t>
+          <t>9789752696655</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Zeka ve Dikkat Geliştirme Seti (10 Kitap)</t>
+          <t>Peygamber Hikayeleri Seti (13 Kitap)</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786051831527</t>
+          <t>9786256365988</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Gizli İşler Tayfası 3 - Gölge'yi Kurtarma Operasyonu</t>
+          <t>Masal İstediğin Gibi Bitsin! (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786051315386</t>
+          <t>9786051622767</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Hikayeleri (11 Kitap Kutulu Set)</t>
+          <t>Okul Öncesi Çocuklar İçin İman ve İbadet Bilinci - Çıkrık ve Masura (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>720</v>
+        <v>490</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051629612</t>
+          <t>9786051315249</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Uçaklar</t>
+          <t>Profesör Çorapsöküğü (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>40</v>
+        <v>590</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786051629674</t>
+          <t>9786051833873</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaklı Ders</t>
+          <t>Ben Çanakkale</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>40</v>
+        <v>110</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051315447</t>
+          <t>9786051830759</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Bizim Matrak Sınıf (5 Kitap Takım)</t>
+          <t>Çoklu Zeka ve Dikkat Geliştirme Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>590</v>
+        <v>400</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786051627991</t>
+          <t>9786051831527</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Sensin (4 Kitap Takım)</t>
+          <t>Gizli İşler Tayfası 3 - Gölge'yi Kurtarma Operasyonu</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786051629261</t>
+          <t>9786051315386</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Büyükler! - Kamil ve Aşırı Geyik Hikayeleri</t>
+          <t>Değerler Eğitimi Hikayeleri (11 Kitap Kutulu Set)</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>100</v>
+        <v>720</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786051313252</t>
+          <t>9786051629612</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Erdem Hikayeleri - Dürüst Ol Ki Mutlu Olasın (12 Kitap Set)</t>
+          <t>Kağıt Uçaklar</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>800</v>
+        <v>40</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786256653788</t>
+          <t>9786051629674</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Bici Bici Masallar (Ciltli)</t>
+          <t>Oyuncaklı Ders</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>240</v>
+        <v>40</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786256653795</t>
+          <t>9786051315447</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Gıdı Gıdı Masallar (Ciltli)</t>
+          <t>Bizim Matrak Sınıf (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>240</v>
+        <v>590</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786051627786</t>
+          <t>9786051627991</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İmdaaat Dersimiz İngilizce -Bizim Matrak Sınıf Serisi 4</t>
+          <t>Dedektif Sensin (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786051627755</t>
+          <t>9786051629261</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Dinozorların Selamı Var - Bizim Matrak Sınıf Serisi 2</t>
+          <t>Ah Şu Büyükler! - Kamil ve Aşırı Geyik Hikayeleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786051310749</t>
+          <t>9786051313252</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Hademe (5 Kitap Takım)</t>
+          <t>Erdem Hikayeleri - Dürüst Ol Ki Mutlu Olasın (12 Kitap Set)</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>550</v>
+        <v>800</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786051626208</t>
+          <t>9786256653788</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur'anım</t>
+          <t>Bici Bici Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786051626178</t>
+          <t>9786256653795</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Burada Türkçe Konuşuyoruz 4: Sizin Orda Ne Diyorlar?</t>
+          <t>Gıdı Gıdı Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>50</v>
+        <v>240</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786051626161</t>
+          <t>9786051627786</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Burada Türkçe Konuşuyoruz 2: Siz Var Ne Demek?</t>
+          <t>İmdaaat Dersimiz İngilizce -Bizim Matrak Sınıf Serisi 4</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>50</v>
+        <v>160</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786256653856</t>
+          <t>9786051627755</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Vatan İçin</t>
+          <t>Dinozorların Selamı Var - Bizim Matrak Sınıf Serisi 2</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9799752692410</t>
+          <t>9786051310749</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Varlıkların Dilinden Efendimiz</t>
+          <t>Çılgın Hademe (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786051623917</t>
+          <t>9786051626208</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Gizli İşler Tayfası 2 - Korkunç Fikirler İstasyonu</t>
+          <t>Benim Kur'anım</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786255807090</t>
+          <t>9786051626178</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Çakma Öğrenci</t>
+          <t>Burada Türkçe Konuşuyoruz 4: Sizin Orda Ne Diyorlar?</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>220</v>
+        <v>50</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786051621791</t>
+          <t>9786051626161</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kepçe İz Peşinde</t>
+          <t>Burada Türkçe Konuşuyoruz 2: Siz Var Ne Demek?</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>160</v>
+        <v>50</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256653900</t>
+          <t>9786256653856</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Ozon Tabakasını Kim Dikecek?</t>
+          <t>Vatan İçin</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>160</v>
+        <v>90</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9789752695429</t>
+          <t>9799752692410</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Can’ın Hatıra Defteri</t>
+          <t>Varlıkların Dilinden Efendimiz</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789752696778</t>
+          <t>9786051623917</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri 12: Hz. İsa (Aleyhisselam)</t>
+          <t>Gizli İşler Tayfası 2 - Korkunç Fikirler İstasyonu</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>70</v>
+        <v>150</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786051621982</t>
+          <t>9786255807090</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Benim Haccım</t>
+          <t>Çakma Öğrenci</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786051621937</t>
+          <t>9786051621791</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kafa Patlatan 100 Zeka Sorusu 5 (Zeka Anahtarı)</t>
+          <t>Dedektif Kepçe İz Peşinde</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>60</v>
+        <v>160</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051314426</t>
+          <t>9786256653900</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>40 Salavat Boyama</t>
+          <t>Ozon Tabakasını Kim Dikecek?</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786051314167</t>
+          <t>9789752695429</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Oruç Tutuyorum - Etkinlikli Öğreniyorum 6. Kitap</t>
+          <t>Can’ın Hatıra Defteri</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>120</v>
+        <v>90</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786051628059</t>
+          <t>9789752696778</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>365 Gün Siyer Saati (Ciltli)</t>
+          <t>Peygamber Hikayeleri 12: Hz. İsa (Aleyhisselam)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>750</v>
+        <v>70</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786051629735</t>
+          <t>9786051621982</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıflar İçin Değerler Eğitimi Seti-1 (10 Kitap Takım)</t>
+          <t>Benim Haccım</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789752696709</t>
+          <t>9786051621937</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri - 5: Hz. İsmali (Aleyhisselam)</t>
+          <t>Kafa Patlatan 100 Zeka Sorusu 5 (Zeka Anahtarı)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>70</v>
+        <v>60</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789752696747</t>
+          <t>9786051314426</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar Peygamber Hz. Davud Aleyhisselam</t>
+          <t>40 Salavat Boyama</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789752696686</t>
+          <t>9786051314167</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Kayadan Deve Çıkaran Peygamber - Hz. Salih Aleyhisselam</t>
+          <t>Oruç Tutuyorum - Etkinlikli Öğreniyorum 6. Kitap</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>65</v>
+        <v>120</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789752699915</t>
+          <t>9786051628059</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>40 Ayet Boyama</t>
+          <t>365 Gün Siyer Saati (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>120</v>
+        <v>750</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051314587</t>
+          <t>9786051629735</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>40 Dua Boyama</t>
+          <t>1. Sınıflar İçin Değerler Eğitimi Seti-1 (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789752693999</t>
+          <t>9789752696709</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Masal Gemisi (Ciltli)</t>
+          <t>Peygamber Hikayeleri - 5: Hz. İsmali (Aleyhisselam)</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>290</v>
+        <v>70</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786256653894</t>
+          <t>9789752696747</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Kepçe ve Arkadaşları</t>
+          <t>Hükümdar Peygamber Hz. Davud Aleyhisselam</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>160</v>
+        <v>65</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786256653870</t>
+          <t>9789752696686</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Şehzade Murat</t>
+          <t>Kayadan Deve Çıkaran Peygamber - Hz. Salih Aleyhisselam</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>80</v>
+        <v>65</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789752698581</t>
+          <t>9789752699915</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Dünya Devleti Yıkılıyor</t>
+          <t>40 Ayet Boyama</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>45</v>
+        <v>120</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786256653221</t>
+          <t>9786051314587</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Zengin Olan Dilenci</t>
+          <t>40 Dua Boyama</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789752695542</t>
+          <t>9789752693999</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Ayı Zirzop</t>
+          <t>Masal Gemisi (Ciltli)</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786051313368</t>
+          <t>9786256653894</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Var mı Arkadaşlık Gibisi ?</t>
+          <t>Kepçe ve Arkadaşları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789758499519</t>
+          <t>9786256653870</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Üç Kaçak Yolcu</t>
+          <t>Şehzade Murat</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786051313450</t>
+          <t>9789752698581</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Camileri Öğreniyorum</t>
+          <t>Dünya Devleti Yıkılıyor</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>120</v>
+        <v>45</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256653160</t>
+          <t>9786256653221</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Çocuk</t>
+          <t>Zengin Olan Dilenci</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786051313276</t>
+          <t>9789752695542</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Tarih Cesaretle Yazılır!</t>
+          <t>Yaramaz Ayı Zirzop</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9789752699502</t>
+          <t>9786051313368</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Tali Sırasını Bekliyor</t>
+          <t>Var mı Arkadaşlık Gibisi ?</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>65</v>
+        <v>90</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789752695344</t>
+          <t>9789758499519</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Sular Altında Bir Ülke</t>
+          <t>Üç Kaçak Yolcu</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051310046</t>
+          <t>9786051313450</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Seni Tanımak Ne Güzel Allah’ım (Ciltli)</t>
+          <t>Türkiye’deki Camileri Öğreniyorum</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9789752699441</t>
+          <t>9786256653160</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Tali Öykülerle Duygusal Zeka Eğitimi Serisi (3-7 Yaş) + Etkinlikli Boyama Kitabı 2. Set (10 Kitap Takım)</t>
+          <t>Tuhaf Çocuk</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>700</v>
+        <v>90</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051310756</t>
+          <t>9786051313276</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Okulda Curcuna Var</t>
+          <t>Tarih Cesaretle Yazılır!</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786051310787</t>
+          <t>9789752699502</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Çikolata Fabrikası</t>
+          <t>Tali Sırasını Bekliyor</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>140</v>
+        <v>65</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789757055846</t>
+          <t>9789752695344</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kılmayı Öğreniyorum Kız - Boyama</t>
+          <t>Sular Altında Bir Ülke</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051314174</t>
+          <t>9786051310046</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kılıyorum - Etkinlikli Öğreniyorum 5. Kitap</t>
+          <t>Seni Tanımak Ne Güzel Allah’ım (Ciltli)</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051314181</t>
+          <t>9789752699441</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Abdest Alıyorum - Etkinlikli Öğreniyorum 4. Kitap</t>
+          <t>Tali Öykülerle Duygusal Zeka Eğitimi Serisi (3-7 Yaş) + Etkinlikli Boyama Kitabı 2. Set (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>120</v>
+        <v>700</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9789757055839</t>
+          <t>9786051310756</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kılmayı Öğreniyorum Erkek - Boyama</t>
+          <t>Okulda Curcuna Var</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>40</v>
+        <v>140</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789752696310</t>
+          <t>9786051310787</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Memleketim</t>
+          <t>Nükleer Çikolata Fabrikası</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>70</v>
+        <v>140</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786051313436</t>
+          <t>9789757055846</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Mekke ve Medine’yi Öğreniyorum</t>
+          <t>Namaz Kılmayı Öğreniyorum Kız - Boyama</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786256653184</t>
+          <t>9786051314174</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kahraman</t>
+          <t>Namaz Kılıyorum - Etkinlikli Öğreniyorum 5. Kitap</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786051311357</t>
+          <t>9786051314181</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Küçük Beyler - Gökhan’ın Otobüsü (Ciltli)</t>
+          <t>Abdest Alıyorum - Etkinlikli Öğreniyorum 4. Kitap</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786051311326</t>
+          <t>9789757055839</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Küçük Beyler - Fatih’in Arabası (Ciltli)</t>
+          <t>Namaz Kılmayı Öğreniyorum Erkek - Boyama</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>190</v>
+        <v>40</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789752695320</t>
+          <t>9789752696310</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Öğreniyorum</t>
+          <t>Memleketim</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786256653191</t>
+          <t>9786051313436</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Köy Çocuğu</t>
+          <t>Mekke ve Medine’yi Öğreniyorum</t>
         </is>
       </c>
       <c r="C286" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786051313306</t>
+          <t>9786256653184</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kim Demiş Fedakarlık Zor Diye ?</t>
+          <t>Küçük Kahraman</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786256653214</t>
+          <t>9786051311357</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Karıncalar Savaşı</t>
+          <t>Küçük Beyler - Gökhan’ın Otobüsü (Ciltli)</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>100</v>
+        <v>190</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789752697997</t>
+          <t>9786051311326</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>İstanbullu Masallar (Ciltli)</t>
+          <t>Küçük Beyler - Fatih’in Arabası (Ciltli)</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789752696280</t>
+          <t>9789752695320</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İki Kardeş</t>
+          <t>Kur’an Öğreniyorum</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>70</v>
+        <v>120</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789752695788</t>
+          <t>9786256653191</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Ahiret İnancı</t>
+          <t>Köy Çocuğu</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051310121</t>
+          <t>9786051313306</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle 365 Gün İman Esasları (Ciltli)</t>
+          <t>Kim Demiş Fedakarlık Zor Diye ?</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>600</v>
+        <v>90</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9789752694873</t>
+          <t>9786256653214</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle 365 Gün Hadis (Ciltli)</t>
+          <t>Karıncalar Savaşı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>750</v>
+        <v>100</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789752698260</t>
+          <t>9789752697997</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle 365 Gün Güzel Davranış (Ciltli)</t>
+          <t>İstanbullu Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>750</v>
+        <v>290</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789752697294</t>
+          <t>9789752696280</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle 365 Gün Dua (Ciltli)</t>
+          <t>İki Kardeş</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>750</v>
+        <v>70</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789752695870</t>
+          <t>9789752695788</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle 365 Gün Dini Kelime (Ciltli)</t>
+          <t>Hikayelerle Ahiret İnancı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9789752695405</t>
+          <t>9786051310121</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Heyecanlı Yolculuk</t>
+          <t>Hikayelerle 365 Gün İman Esasları (Ciltli)</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>90</v>
+        <v>600</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051313580</t>
+          <t>9789752694873</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Haydi, Kantine Hücuuum!</t>
+          <t>Hikayelerle 365 Gün Hadis (Ciltli)</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>140</v>
+        <v>750</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786051313320</t>
+          <t>9789752698260</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yardımlaşınca Güzel</t>
+          <t>Hikayelerle 365 Gün Güzel Davranış (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>90</v>
+        <v>750</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789752696297</t>
+          <t>9789752697294</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Haram Yemenin Sonu</t>
+          <t>Hikayelerle 365 Gün Dua (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>55</v>
+        <v>750</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051313290</t>
+          <t>9789752695870</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ha Gayret Başaracaksın!</t>
+          <t>Hikayelerle 365 Gün Dini Kelime (Ciltli)</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>90</v>
+        <v>750</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789752697829</t>
+          <t>9789752695405</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Güzel Davranış Romanları (10 Kitap Takım)</t>
+          <t>Heyecanlı Yolculuk</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>720</v>
+        <v>90</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9789752696266</t>
+          <t>9786051313580</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Hikayeleri-Fedakar Annem</t>
+          <t>Haydi, Kantine Hücuuum!</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>55</v>
+        <v>140</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786051313627</t>
+          <t>9786051313320</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Veli Toplantısı!</t>
+          <t>Hayat Yardımlaşınca Güzel</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789752697553</t>
+          <t>9789752696297</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikli Boyama Kitabı (Çıkartmalı)</t>
+          <t>Haram Yemenin Sonu</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>150</v>
+        <v>55</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789752694927</t>
+          <t>9786051313290</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Elifba Boyama</t>
+          <t>Ha Gayret Başaracaksın!</t>
         </is>
       </c>
       <c r="C306" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786051313337</t>
+          <t>9789752697829</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Dürüst Ol ki Mutlu Olasın</t>
+          <t>Güzel Davranış Romanları (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>90</v>
+        <v>720</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786051313443</t>
+          <t>9789752696266</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki Camileri Öğreniyorum</t>
+          <t>Değerler Eğitimi Hikayeleri-Fedakar Annem</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>120</v>
+        <v>55</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789752695795</t>
+          <t>9786051313627</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Doktor Olacağım</t>
+          <t>Eyvah, Veli Toplantısı!</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>80</v>
+        <v>140</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786051313344</t>
+          <t>9789752697553</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Dayanışma En Büyük Güçtür!</t>
+          <t>Etkinlikli Boyama Kitabı (Çıkartmalı)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786051313245</t>
+          <t>9789752694927</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Çıtır Çıtır Masallar (Ciltli)</t>
+          <t>Elifba Boyama</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051313283</t>
+          <t>9786051313337</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Çevre Bize Emanet</t>
+          <t>Dürüst Ol ki Mutlu Olasın</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051313313</t>
+          <t>9786051313443</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Çalışkanlık İçeri Tembellik Dışarı</t>
+          <t>Dünyadaki Camileri Öğreniyorum</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786255807038</t>
+          <t>9789752695795</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Canavar Robot</t>
+          <t>Doktor Olacağım</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786256653863</t>
+          <t>9786051313344</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Bizim Can</t>
+          <t>Dayanışma En Büyük Güçtür!</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>100</v>
+        <v>90</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786051311982</t>
+          <t>9786051313245</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Biricik İbadetim Namaz</t>
+          <t>Çıtır Çıtır Masallar (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786051313597</t>
+          <t>9786051313283</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Başıma İcat Çıkardım!</t>
+          <t>Çevre Bize Emanet</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>140</v>
+        <v>90</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786051312941</t>
+          <t>9786051313313</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Ailemi Çok Seviyorum (Ciltli)</t>
+          <t>Çalışkanlık İçeri Tembellik Dışarı</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786051313269</t>
+          <t>9786255807038</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Adil Olan Kazanır</t>
+          <t>Canavar Robot</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789757055853</t>
+          <t>9786256653863</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Abdest Almayı Öğreniyorum</t>
+          <t>Bizim Can</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>40</v>
+        <v>100</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789752696419</t>
+          <t>9786051311982</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis Boyama</t>
+          <t>Biricik İbadetim Namaz</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
+          <t>9786051313597</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>Başıma İcat Çıkardım!</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9786051312941</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Ailemi Çok Seviyorum (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
+          <t>9786051313269</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Adil Olan Kazanır</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9789757055853</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>Abdest Almayı Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9789752696419</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>40 Hadis Boyama</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
           <t>9789752694675</t>
         </is>
       </c>
-      <c r="B322" s="1" t="inlineStr">
+      <c r="B327" s="1" t="inlineStr">
         <is>
           <t>40 Geceye 40 Masal (Ciltli)</t>
         </is>
       </c>
-      <c r="C322" s="1">
+      <c r="C327" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>