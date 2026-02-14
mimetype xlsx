--- v1 (2025-12-18)
+++ v2 (2026-02-14)
@@ -85,4930 +85,15070 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255807175</t>
+          <t>9786255807311</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ajan Kabartı 1</t>
+          <t>Ayetlerle Büyüyen Çocuk (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255807182</t>
+          <t>9786051835631</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Canavar Çocuk</t>
+          <t>Neden Hep Ben (Zeynep 2. Seri)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786255807151</t>
+          <t>9786051315140</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Minik Kalplerin Kur'an Sözlüğü</t>
+          <t>Küçük Kaşifin Boyama Kitabı (12 Kitap)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>450</v>
+        <v>60</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255807137</t>
+          <t>9786051314129</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İsoryama - Sevgi Gezegeni</t>
+          <t>Gülücük - 5 Yaşasın Yemek Yemeeek!</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>110</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255807144</t>
+          <t>9786051314112</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Amayrosi - Nefretin Sevgiye Dönüştüğü Gezegen</t>
+          <t>Gülücük - 3 Ve Yolculuk Başlıyor</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>110</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255807106</t>
+          <t>9786051832852</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Gagalı Kuş</t>
+          <t>Tali Toplamayı Öğreniyor</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>140</v>
+        <v>75</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255807113</t>
+          <t>9786051832838</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Çanta Taşıyan Çocuk</t>
+          <t>Tali Kurallara Uyuyor</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255807045</t>
+          <t>9786051832869</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kurt’un Gözlüklü İlk Günü (Ciltli)</t>
+          <t>Tali Çıkarmayı Öğreniyor</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>350</v>
+        <v>75</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255807076</t>
+          <t>9786051832821</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>İsoryama Uzaydan Gelen Dostlar</t>
+          <t>Tali Bilim İnsanı Oluyor</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>110</v>
+        <v>75</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786255807083</t>
+          <t>9786051832784</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İsoryama Uzay Yolculuğu</t>
+          <t>Tali Babasını Çok Seviyor</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>110</v>
+        <v>75</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255807069</t>
+          <t>9786051832814</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Arkadaşım</t>
+          <t>Tali Arkadaşını Affediyor</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>110</v>
+        <v>75</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255807052</t>
+          <t>9786051314105</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Rüzgâr Saçlı Kız</t>
+          <t>Gülücük - 4 Oyun Bizim İşimiz</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786256365940</t>
+          <t>9786051314075</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Dedem Bir Rüya Tamircisi</t>
+          <t>Gülücük - 2 Evde Eğlence Zamanı!</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>90</v>
+        <v>20</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255807007</t>
+          <t>9786051314099</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Yaz Kampı</t>
+          <t>Gülücük - 1 Biri Okul mu Dedi?</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>135</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255807014</t>
+          <t>9786051245355</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Okul Kütüphanesi</t>
+          <t>Popcorn İsmini Arıyor</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>135</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255807021</t>
+          <t>9786051833644</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Köşk</t>
+          <t>Altın Öyküler (Kutulu 5 Kitap Set)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>135</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256653627</t>
+          <t>9786051627748</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Gecenin Kedisi</t>
+          <t>Patates Spor Macera Devam Ediyor 2. Set (5 Kitap)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786256653634</t>
+          <t>9786051832081</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sumsum Kütüphanesi</t>
+          <t>Sahabelerle Değerler Eğitimi (2. Set)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>290</v>
+        <v>60.19</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256653153</t>
+          <t>9786051831626</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yıldız</t>
+          <t>Sahabelerle Değerler Eğitimi (1. Set)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>200</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786051835594</t>
+          <t>9786051622552</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Tali İngilizce 1. Set (10 Kitap)</t>
+          <t>Temel Dini Bilgiler Rehberim Seti (4 Kitap Takım)</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>500</v>
+        <v>72</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051312286</t>
+          <t>9786051629865</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Louie Etkinlik Dizisi (4 Kitap Takım)</t>
+          <t>Nerede Bu Cennet?</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>40</v>
+        <v>4</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051313610</t>
+          <t>9786051629889</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Of Yaaa! Yine mi Ödev?</t>
+          <t>Uzaylı Tavuklar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>140</v>
+        <v>4</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051310763</t>
+          <t>9786051629803</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Hastanede Sucuk Partisi</t>
+          <t>Beştaş Oyunu</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>140</v>
+        <v>4</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051835662</t>
+          <t>9786051629858</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Zeynep’in Aşırı Komik Maceraları 2</t>
+          <t>Kırmızı Rüzgargülü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>400</v>
+        <v>4</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256653078</t>
+          <t>9786051629872</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Dua</t>
+          <t>Oltaya Gelen Balık</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>260</v>
+        <v>4</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256653115</t>
+          <t>9786051629841</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Uçan Otobüs - Afili Mahalle 4 (Ciltli)</t>
+          <t>Küçük İtfaiyeci Mercan</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>240</v>
+        <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256653054</t>
+          <t>9786051629834</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gizli İşler Tayfası 1 - Çaylak Yazar İş Başında</t>
+          <t>Kardan Adam ve Ceketi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>150</v>
+        <v>4</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051832906</t>
+          <t>9786051629896</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Esrarengiz Kitap'ın Peşinde - Efsane Tayfa 2</t>
+          <t>Çamurdan Şehirler</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>12</v>
+        <v>4</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9879752696266</t>
+          <t>9786051629797</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi</t>
+          <t>10 Numara Çocuk</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>25</v>
+        <v>4</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786051833101</t>
+          <t>9786051629810</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Tali Boyama Serisi (4 Kitap)</t>
+          <t>Dedektiflik Oyunu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>130</v>
+        <v>4</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256653146</t>
+          <t>9786051832715</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Tayfa Limonata</t>
+          <t>Bilge Dedem 2: Dedelerimden Mektup Var (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786256653139</t>
+          <t>9786051832708</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Devler Yaşıyor</t>
+          <t>Bilge Dedem 1: Dedelerimden Mektup Var (Ciltli)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>60</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786256653948</t>
+          <t>9786051832982</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hava Durumu ve Dedem</t>
+          <t>Cennet Vatanım</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>170</v>
+        <v>20</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786256365513</t>
+          <t>9786051832890</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Annem Bir Fenomen Peki Ben Kimim?</t>
+          <t>Efsane Tayfa (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>170</v>
+        <v>60</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786256653108</t>
+          <t>9789752694040</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Bir Ramazan Gecesi Rüyası</t>
+          <t>Yavru Maymun ile Yavru Zürafa Kuralları Öğreniyor</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>99</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786256653962</t>
+          <t>9786051313825</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ay’daki Roket</t>
+          <t>Sevimli Denizci</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786256653979</t>
+          <t>9789752699359</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Karton Ev</t>
+          <t>Piti Piti Masal Sepeti (Ciltli)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786256653955</t>
+          <t>9786051313214</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İpi Sıkı Tut</t>
+          <t>Minik Kuşun Duası</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>125</v>
+        <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786256653993</t>
+          <t>9786051313207</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hayal Pastanesi</t>
+          <t>Tatlı Bebeğin Duası</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>90</v>
+        <v>7</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786256653085</t>
+          <t>9786051313191</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bizim Apartman</t>
+          <t>Sarı Kedinin  Duası</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>90</v>
+        <v>7</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786256653122</t>
+          <t>9786051313184</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Pijama Kardeşliği</t>
+          <t>Güzel Papatyanın Duası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>90</v>
+        <v>7</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786256653986</t>
+          <t>9786051313177</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Arabalar</t>
+          <t>Küçük Tohumun Duası</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>90</v>
+        <v>7</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752696662</t>
+          <t>9799756401315</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri - 1: Hz. Adem (Aleyhisselam)</t>
+          <t>Peygamberimizin Son Yılları</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>70</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051310770</t>
+          <t>9789752695177</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Bayan Beton Çivisi</t>
+          <t>Abdullah Bin Ömer</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>120</v>
+        <v>30</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051627762</t>
+          <t>9789752699267</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzaylının Günlüğü - Bizim Matrak Sınıf Serisi 3</t>
+          <t>Peygamberimizin Mutlu Yuvası (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>140</v>
+        <v>40</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752695740</t>
+          <t>9789756401323</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Yetim Çocuk</t>
+          <t>Peygamberimizin Güzel Huyları</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>80</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051313351</t>
+          <t>9789752695153</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Ne Güzel Şey!</t>
+          <t>Enes Bin Malik  - Peygamberimize Hizmet Eden Çocuk</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>75</v>
+        <v>8</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789754081244</t>
+          <t>9789752693241</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Canım Peygamberim (Ciltli)</t>
+          <t>Peygamberime Mektup Yazdım</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>450</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786256653931</t>
+          <t>9786051310312</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Sticker - Dinimi Öğreniyorum</t>
+          <t>Peygamberim Canım Benim</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>160</v>
+        <v>24</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786256365568</t>
+          <t>9786051312026</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’ün Kuşları</t>
+          <t>Peygamber Şekerleri (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786256653924</t>
+          <t>9786051310718</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yaz Sil Elifba</t>
+          <t>Şut ve Goool! - Patates Spor 4</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786256653917</t>
+          <t>9786051310688</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Büyük Ödül</t>
+          <t>Golcü Aranıyor! - Patates Spor 1</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>130</v>
+        <v>70</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786256653061</t>
+          <t>3990000013393</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Düşlere Kaçış İstasyonu</t>
+          <t>Pamuk ile Kurnaz Fare</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786256653764</t>
+          <t>9789752697188</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Soru İşareti ve Dondurma</t>
+          <t>Padişahın Yüzüğü</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>140</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786256653771</t>
+          <t>9789752697171</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Allah Nasıl Yaratıyor?</t>
+          <t>Padişahın Çirkin Oğlu</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>140</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051831619</t>
+          <t>9789752697164</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Ebu Bekir'in Arkadaşlığı</t>
+          <t>Padişah Olan Dilenci</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>100</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051831695</t>
+          <t>9789752697140</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Talha'nın Yiğitliği - Sahabelerle Değerler Eğitimi 1. Set</t>
+          <t>Padişah ile Yaşlı Adam</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>100</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786051831657</t>
+          <t>9786051314211</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Ali'nin Zekası</t>
+          <t>Özgür At</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>100</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051831640</t>
+          <t>9786051311821</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Osman'ın Nezaketi</t>
+          <t>Ördek Vakvaka</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>100</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786051310701</t>
+          <t>9789752692855</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Dananın Kuyruğu Kopuyor! - Patates Spor 1</t>
+          <t>Öğretmenim Diyor ki... (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>120</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786051310695</t>
+          <t>9786051312774</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Teknik Traktör Lazım! - Patates Spor 2</t>
+          <t>Öfff! Şu Çöplerden Bıktım!</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786051310725</t>
+          <t>9786051312873</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kupa Bizim Başka Yolu Yok! - Patates Spor 5</t>
+          <t>Osman Gazi’nin Rüyası</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>120</v>
+        <v>40</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786051627717</t>
+          <t>9789752698253</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor 3 - Eyvah Formalar Kayıp!</t>
+          <t>Oruç Yıldızı</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>120</v>
+        <v>3</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786051831633</t>
+          <t>9786051312408</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sahabelerle Değerler Eğitimi 2 - Ömerin Öfke Kontrolü</t>
+          <t>Oruç Tuttum Sevinçten Uçtum</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>100</v>
+        <v>18</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786256365797</t>
+          <t>9786051313702</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Peygamber Öyküleri (Ciltli)</t>
+          <t>Origami</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>360</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786256653092</t>
+          <t>9786051310794</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Soran Çocuk</t>
+          <t>Okulda Uzaylı Avı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>125</v>
+        <v>100</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786256653566</t>
+          <t>9789756503843</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Bizim Mucitler (5 Kitap)</t>
+          <t>Nur Dağından Bir Işık Beni Seven Peygamberim 1</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>450</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786256653757</t>
+          <t>9786051310251</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimi Tanıyorum (2 Cilt)</t>
+          <t>Noktadan Noktaya Birleştir ve Boya Serisi (5 Kitap Takım)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>700</v>
+        <v>40</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786256653740</t>
+          <t>9786051310244</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bilim Tarihine Yolculuk</t>
+          <t>Vahşi Hayvanlar</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>490</v>
+        <v>8</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786256365520</t>
+          <t>9786051310282</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Canım Peygamberim (Ciltli)</t>
+          <t>Noktadan Noktaya Birleştir ve Boya Serisi - Taşıtlar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>500</v>
+        <v>8</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786256653641</t>
+          <t>9786051310275</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Çevre Savaşçıları - Temiz Çevre, Temiz Gelecek (Ciltli)</t>
+          <t>Meyveler-Sebzeler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>240</v>
+        <v>8</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786256653733</t>
+          <t>9786051310237</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Zufi ile Allah'ın İsimlerini Öğreniyorum (8 Kitap)</t>
+          <t>Evcil Hayvanlar</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>600</v>
+        <v>8</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786256653559</t>
+          <t>9786051310268</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Onu da Biz Yaptık</t>
+          <t>Noktadan Noktaya Birleştir ve Boya Serisi - Dinozorlar</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>110</v>
+        <v>8</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786256653542</t>
+          <t>9789752696099</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Navigasyon Yokken Biz Vardık</t>
+          <t>Neden Temiz Olmalıyız?</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>110</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786256653511</t>
+          <t>9799752690089</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kim Çıkardı Bu İcatları</t>
+          <t>Neden Şişmanım Meraklı Bilgiler 6</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>110</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786256653535</t>
+          <t>9789752696075</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Bir, İki, Üç, Tıp!</t>
+          <t>Neden Saygılı Olmalıyız</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>110</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786256653528</t>
+          <t>9789752696105</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Astronomi Benim İşim</t>
+          <t>Neden Savurgan Olmamalıyız?</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>110</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786256653580</t>
+          <t>9786051312699</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Okulda Uzaylı Avı</t>
+          <t>Neden Okula Gidiyorum?</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>140</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786256653481</t>
+          <t>9789756503997</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzaylının Günlüğü</t>
+          <t>Müslümanlar Kardeştir Beni Seven Peygamberim 4</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>160</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786256653504</t>
+          <t>9786051314242</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bizim Sınıf Kopya Çekmez</t>
+          <t>Mutlu Deve</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>160</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786256653467</t>
+          <t>9786051314259</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Gürültülü Patırtılı Şeyler</t>
+          <t>Moritos Adası</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>160</v>
+        <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786256653573</t>
+          <t>9799756503989</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bayan Beton Çivisi</t>
+          <t>Medine Yollarında Beni Seven Peygamberim 3</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>140</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786256653368</t>
+          <t>9799752690072</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kainat Gezgini Efecan (10 Kitap)</t>
+          <t>Maviş’ime Ne Oldu? Meraklı Bilgiler 7</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>500</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786256653382</t>
+          <t>9789752698468</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Düğüm Artık Çözülüyor</t>
+          <t>Mavi Kırmızı Pembe Her Yer Dolu Renklerle</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>160</v>
+        <v>6</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786256653375</t>
+          <t>9786051311647</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Ters Döndürecek Formül!</t>
+          <t>Masal Masal Hoppala (Ciltli)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786256653399</t>
+          <t>9786051311654</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>100 Aldım Düşüp Bayıldım</t>
+          <t>Masal Masal Cuppala (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>140</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786256653245</t>
+          <t>9799752692113</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Özgür Olunca</t>
+          <t>Masal Kurdu Tıngır Mıngır</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>120</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786256653238</t>
+          <t>9786051313665</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Çocuklardan İlhamla Kolayca Elif-Ba</t>
+          <t>Masal Devi Şigibo (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786051310398</t>
+          <t>9789752695665</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Emilie Uyumak İstemiyor</t>
+          <t>Mahmut Dede’nin Terazisi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>70</v>
+        <v>3</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786256653177</t>
+          <t>9786051312194</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Uzay Çocuğu</t>
+          <t>Louie Oyun Oynamayı Seviyor</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>90</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786256653252</t>
+          <t>9786051312262</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Aslanları</t>
+          <t>Louie Bana Gemi Çiz</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>280</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786256365995</t>
+          <t>9786051312279</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>40 Geceye 40 Masal (Ciltli)</t>
+          <t>Louie Bana Ev Çiz</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>290</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786256653016</t>
+          <t>9786051312255</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Yetim Çocuk</t>
+          <t>Louie Bana Çiftlik Çiz</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>90</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786256653023</t>
+          <t>9786051312217</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Hikayeleri - Fedakar Annem</t>
+          <t>Louie Arabaları Seviyor</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>70</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786256653009</t>
+          <t>9786051312200</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Hikayeleri - Haram Yemenin Sonu</t>
+          <t>Louie Ailesini Seviyor</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>70</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786256365964</t>
+          <t>9789752692701</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları – 2</t>
+          <t>Küçük Kalplere Kur’an Hikayeleri</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>14</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786256365957</t>
+          <t>9786051311289</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Zaman Yolcuları – 1</t>
+          <t>Küçük Hanımlar Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>100</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786256365780</t>
+          <t>9786051311272</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor ve Top Ağlarda (5 Kitap+Soru Kitapçığı)</t>
+          <t>Küçük Hanımlar Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>420</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786256365599</t>
+          <t>9786051311128</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor İngiltere'de</t>
+          <t>Küçük Hanımlar - Zeynep Marketçilik Oynuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>75</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786256365612</t>
+          <t>9786051311135</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor Çin'de</t>
+          <t>Küçük Hanımlar - Rana Oyuncak Bebeğiyle Oynuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>75</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786256365629</t>
+          <t>9786051312248</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor Brezilya’da</t>
+          <t>Louie Bana Küçük Hayvanlar Çiz</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>75</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786256365636</t>
+          <t>9786051312224</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor Almanya'da</t>
+          <t>Louie Kardeşini Seviyor</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>75</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786256365643</t>
+          <t>9786051311142</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor Afrika'da</t>
+          <t>Küçük Hanımlar - Mine Doktorculuk Oynuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>75</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786256653047</t>
+          <t>9786051311111</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Ne Güzel Şey!</t>
+          <t>Küçük Hanımlar - İrem Öğretmencilik Oynuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>90</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786256653030</t>
+          <t>9786051311166</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Vatanını Kim Sevmez ki?</t>
+          <t>Küçük Hanımlar - Elif Temizlik Oyunu Oynuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>90</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786256365933</t>
+          <t>9786051311159</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihine Yolculuk (Ciltli)</t>
+          <t>Küçük Hanımlar - Eda Yemek Oyunu Oynuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>590</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786256365926</t>
+          <t>9786051311173</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İlginç Hayvanlar (10 Kitap)</t>
+          <t>Küçük Hanımlar - Duygu Veterinercilik Oynuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>390</v>
+        <v>15</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786256365544</t>
+          <t>9786051311180</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Uzaya Giden Otobüs</t>
+          <t>Küçük Hanımlar - Azra Kuaförcülük Oynuyor (Ciltli)</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>90</v>
+        <v>15</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786256365537</t>
+          <t>9786051311937</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Organik Çocuk</t>
+          <t>Küçük Çoban</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>90</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786256365803</t>
+          <t>9786051311265</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Korkak Korkuluk</t>
+          <t>Küçük Beyler Boyama Kitabı 2</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>100</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786256365728</t>
+          <t>9786051311258</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor Macera Başlıyor (5 Kitap+Soru Kitapçığı)</t>
+          <t>Küçük Beyler Boyama Kitabı 1</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>420</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786256365551</t>
+          <t>9786051311319</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Oyuncak Ev</t>
+          <t>Küçük Beyler - Zafer’in Teknesi (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>160</v>
+        <v>80</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786256365810</t>
+          <t>9786051311340</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Hayalini Kuruyorum Peygamberimi Tanıyorum - Birinci Kitap</t>
+          <t>Küçük Beyler - Yusuf’un Motosikleti (Ciltli)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>375</v>
+        <v>80</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786256365759</t>
+          <t>9786051311425</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Haydi Bastır Patates! - Patatesspor ve Top Ağlarda</t>
+          <t>Küçük Beyler - Yavuz’un Yarış Arabası (Ciltli)</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786256365735</t>
+          <t>9786051311432</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor Kampta - Patatesspor ve Top Ağlarda</t>
+          <t>Küçük Beyler - Uğur’un Kamyonu (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>90</v>
+        <v>160</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786256365681</t>
+          <t>9786051311418</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Formalar Kayıp! - Patatesspor Ve Top Ağlarda</t>
+          <t>Küçük Beyler - Sertaç’ın Ambulansı (Ciltli)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786256365773</t>
+          <t>9786051311364</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Ters Köşe - Patatesspor Ve Top Ağlarda</t>
+          <t>Küçük Beyler - Ömer’in İtfaiye Aracı (Ciltli)</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786256365698</t>
+          <t>9786051311401</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yumurtaspor Maçı - Patatesspor ve Top Ağlarda</t>
+          <t>Küçük Beyler - Mustafa’nın Vinci (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786256365506</t>
+          <t>9786051311302</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Allah'ım (10 Kitap)</t>
+          <t>Küçük Beyler - Murat’ın Uçağı (Ciltli)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>500</v>
+        <v>35</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786256365605</t>
+          <t>9786051311449</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Patatesspor Dünya Kupasında(5 Kitap + Soru Kitapçığı)</t>
+          <t>Küçük Beyler - Mert’in Helikopteri (Ciltli)</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>350</v>
+        <v>70</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786256365742</t>
+          <t>9786051311395</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Kupa Bizim Başka Yolu Yok! - Patatesspor Macera Başlıyor</t>
+          <t>Küçük Beyler - Emir’in Çöp Kamyonu (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786256365711</t>
+          <t>9786051311388</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Şut ve Goool! - Patatesspor Macera Başlıyor</t>
+          <t>Küçük Beyler - Ali’nin İş Makinası (Ciltli)</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>90</v>
+        <v>25</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786256365704</t>
+          <t>9786051311890</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Teknik Traktör Lazım! - Patatesspor Macera Başlıyor</t>
+          <t>Kurnaz Tilki</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>90</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786256365766</t>
+          <t>9789752695160</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Golcü Aranıyor! - Patatesspor Macera Başlıyor</t>
+          <t>Kur’an’ı En İyi Bilen Çocuk - Abdullah bin Abbas (r.a.)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>90</v>
+        <v>30</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786256365674</t>
+          <t>9786051311883</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Dananın Kuyruğu Kopuyor! - Patatesspor Macera Başlıyor</t>
+          <t>Kötü Huylu Karga</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>90</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786256365650</t>
+          <t>9786051311524</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Hadis - Küçük Kalplere (Ciltli)</t>
+          <t>Köpük Yeni Bir Şemsiye Alıyor</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>260</v>
+        <v>20</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786256365667</t>
+          <t>9786051311517</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Ben de Seni Çok Seviyorum Allah'ım</t>
+          <t>Köpük Kardan Adam Yapıyor</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786256365575</t>
+          <t>9786051311494</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hangimizi Daha Çok Seviyorsun?</t>
+          <t>Köpük Çiçek Topluyor</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786256365582</t>
+          <t>9786051311487</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Dağılan Misketler</t>
+          <t>Köpük Çamaşır Yıkıyor</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>160</v>
+        <v>20</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786256365391</t>
+          <t>9799756401223</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli İkizler ve Hayvan Dostları</t>
+          <t>İbretli Hikayeler 9 Konuşan Kurt</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>390</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786256365278</t>
+          <t>9786051312507</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Paylaşılamayan Kalemler</t>
+          <t>Kiraz Nasıl Yaratılıyor?</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>160</v>
+        <v>3</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786256365261</t>
+          <t>9789752698529</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Misafir Oyuncak Kutusu - Duygularımı Fark Ediyorum 4</t>
+          <t>Kıtalara Sığmayan Osmanlı (6 Kitap) - Bilgi Çarkı Hediyeli</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>160</v>
+        <v>60</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786256365285</t>
+          <t>9789752696808</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Seccadelerim</t>
+          <t>Keloğlan Yeraltı Köftecisi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>160</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786256365254</t>
+          <t>9789752696815</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kutsal</t>
+          <t>Keloğlan Şakacı Dev</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>160</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786256365247</t>
+          <t>9789752696792</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Unutulan Araba - Duygularımı Fark Ediyorum 3</t>
+          <t>Keloğlan Bitli Saray</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>160</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786256365131</t>
+          <t>9786051312491</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Doğayı Ve Hayvanları Seviyorum</t>
+          <t>Kelebek Nasıl Yaratılıyor?</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786256365230</t>
+          <t>9789752698413</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Çocuk ile Dinimi Öğreniyorum (5 Kitap)</t>
+          <t>Kedim Köpeğim Tavşanım Hayvanlar Benim Arkadaşım</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>900</v>
+        <v>6</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786256365193</t>
+          <t>9786051311852</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Pırtigo’nun Patırtıları - İlginç Bilgiç Kardeşler</t>
+          <t>Kedi Olan Köpek</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>160</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786256365209</t>
+          <t>9786051312576</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Em Nine’nin Dönüşümü - İlginç Bilgiç Kardeşler</t>
+          <t>Kazak Nasıl Yapılıyor?</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>160</v>
+        <v>15</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786256365216</t>
+          <t>9786051314273</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çocukça Ramazan Takvimi</t>
+          <t>Kayıp Şarkılar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>240</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786256365032</t>
+          <t>9786051312828</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Günler ve Çocuk</t>
+          <t>Karma Etkinlikler - 6</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>4</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786256365223</t>
+          <t>9786051311692</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Geldiğinde</t>
+          <t>Karma Etkinlikler - 5</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>240</v>
+        <v>4</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786256365001</t>
+          <t>9786051311456</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Ramazan ve Çocuk</t>
+          <t>Karma Etkinlikler - 4</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>4</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786256365179</t>
+          <t>9786051313153</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Beklenen</t>
+          <t>Karma Etkinlikler - 3</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>160</v>
+        <v>4</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786256365186</t>
+          <t>9786051313146</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Acaba Benden Ne Olur ?</t>
+          <t>Karma Etkinlikler - 2</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>160</v>
+        <v>4</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786256365155</t>
+          <t>9786051313139</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İbadet Hayatımın Neresinde?</t>
+          <t>Karma Etkinlikler - 1</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>4</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786256365162</t>
+          <t>9789752695061</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hayatımın Neresinde?</t>
+          <t>Karıncanın Haccı (Hac)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>150</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786256365148</t>
+          <t>9786051311906</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Allah Hayatımın Neresinde?</t>
+          <t>Karınca Birliği</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>150</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>1000000383492</t>
+          <t>9789752699045</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Huzme Kitaplığı Set (3 Kitap)</t>
+          <t>Kardeşim Olmadan Yüzüm Gülmez!</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>400</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786256365025</t>
+          <t>9799756401773</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Namaz ve Çocuk</t>
+          <t>Kardeşim Cennette mi? Meraklı Bilgiler 5</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>200</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786256365049</t>
+          <t>9786051311784</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Çocuk</t>
+          <t>Kardeş Böcekler</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>200</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786256365018</t>
+          <t>9786051311838</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Peygamber ve Çocuk</t>
+          <t>Kararlı Balıklar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>200</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786256365063</t>
+          <t>9799758499631</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Mocuk</t>
+          <t>İnancın Zaferi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>170</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786256365056</t>
+          <t>9786051313092</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Senin Gözünde Ben</t>
+          <t>Tavşancık ve Gökyüzü - İlk Okuma Serisi 8</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>160</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786256365070</t>
+          <t>9786051313085</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Başörtülerim</t>
+          <t>Şirin Kedi - İlk Okuma Serisi 7</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>160</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786057170194</t>
+          <t>9786051313078</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimin Hayvan Dostları</t>
+          <t>Şifalı Elma - İlk Okuma Serisi 6</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>170</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057170187</t>
+          <t>9786051313061</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hayale Uçan Kuşlar</t>
+          <t>Kendini Beğenmeyen Ağaç - İlk Okuma Serisi 5</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>170</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057170170</t>
+          <t>9786051313054</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Davetsiz Misafir</t>
+          <t>Efe’nin Zavallı Midesi - İlk Okuma Serisi 4</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>170</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057170163</t>
+          <t>9786051313030</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kalplere Çocuk Siyeri (Ciltli)</t>
+          <t>Çalışkan Mehmet - İlk Okuma Serisi 2</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>260</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057170118</t>
+          <t>9786051313047</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeze Yolculuk (10 Kitap)</t>
+          <t>Cingöz ile Camgöz - İlk Okuma Serisi 3</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>390</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057149909</t>
+          <t>9786051313023</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Tavuklar Yumurta Yer mi? - İlker Hepyaşar 5</t>
+          <t>Arpacı Kumrusu - İlk Okuma Serisi 1</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>100</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786051835600</t>
+          <t>9799756401247</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Tali İngilizce 2. Set (10 Kitap)</t>
+          <t>İki Yolcu</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>500</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786051831718</t>
+          <t>9789752695641</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Said'in Kanaatkarlığı</t>
+          <t>İki Kirazın Sohbeti</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>100</v>
+        <v>3</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057092014</t>
+          <t>9789756401293</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Yunus Emre</t>
+          <t>İbretli Hikayeler 3 İki Kardeş</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>100</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786051832807</t>
+          <t>9789752694866</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Zeka Eğitimi Etkinlikli Boyama Kitabı</t>
+          <t>Işık Hızı Yolculuğu Peygamberimizin Mucizeleri</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>150</v>
+        <v>12</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786057170149</t>
+          <t>9799757055463</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Şahin Bey - Kurtuluş Savaşı Kahramanları</t>
+          <t>Issız Orman</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>90</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786057170156</t>
+          <t>9789752698994</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Ay’a Giden İlk Bıyıklı - Afili Mahalle 3 (Ciltli)</t>
+          <t>Hz. Zeynep</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>240</v>
+        <v>30</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786057135278</t>
+          <t>9789752699007</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ramazan Günlüğü</t>
+          <t>Hz. Ümmü Seleme</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>190</v>
+        <v>30</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786057149923</t>
+          <t>9786051314266</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Hayalini Kuruyorum Peygamberimi Tanıyorum - İkinci Kitap</t>
+          <t>Kağıt Gemi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>375</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786057149916</t>
+          <t>9789752694514</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>İlker Hepyaşar (5 Kitap Set)</t>
+          <t>Hippo ile Tippo - Temizlik Bilinci</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>450</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057135292</t>
+          <t>9789752698963</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Düşmesem de İnecektim - İlker Hepyaşar 4</t>
+          <t>Hz. Hatice</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057135285</t>
+          <t>9786051312811</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Evcil Penguen - İlker Hepyaşar 3</t>
+          <t>Hikaye Kutusu (Ciltli)</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>100</v>
+        <v>20</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786057122834</t>
+          <t>9789752695634</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Dimeşk</t>
+          <t>Herşeyin Bir Ustası Var</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>240</v>
+        <v>3</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786057122841</t>
+          <t>9789752698987</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Bilge Dedem</t>
+          <t>Hz. Fatıma</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>350</v>
+        <v>8</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786057135247</t>
+          <t>9789752697195</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Hikayeleri Seti</t>
+          <t>Her Şey O’nu Anlatıyor</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>400</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786057135209</t>
+          <t>9786051311333</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Yusuf - İslam’ın Şartlarını Soruyor</t>
+          <t>Küçük Beyler - Mehmet’in Traktörü (Ciltli)</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>450</v>
+        <v>25</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057122803</t>
+          <t>9786051311371</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Anne Okulumu Seviyorum (Ciltli)</t>
+          <t>Küçük Beyler - Emre’nin Treni (Ciltli)</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>220</v>
+        <v>70</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057122810</t>
+          <t>9786051311500</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Anne Tabletimi Verir misin? (Ciltli)</t>
+          <t>Köpük Kek Yapıyor</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>220</v>
+        <v>20</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786057092090</t>
+          <t>9786051315188</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>İyi Uykular Baba</t>
+          <t>Ağaçlar - Küçük Kaşifin Boyama Kitabı Serisi 9</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>220</v>
+        <v>5</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786057092069</t>
+          <t>9786051315195</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Somi’nin Şemsiyesi</t>
+          <t>İş Araçları - Küçük Kaşifin Boyama Kitabı Serisi 12</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>170</v>
+        <v>5</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786057092083</t>
+          <t>9786051315164</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Umut Hep Var</t>
+          <t>Sebzeler - Küçük Kaşifin Boyama Kitabı Serisi 7</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>170</v>
+        <v>5</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057092076</t>
+          <t>9786051315225</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Alpaka Kabarık</t>
+          <t>Hava ve Uzay - Küçük Kaşifin Boyama Kitabı Serisi 11</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>170</v>
+        <v>5</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057092052</t>
+          <t>9786051315270</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Sensin 2 Set Bir Arada - 8 Kitap Takım</t>
+          <t>Ulaşım Araçları - Küçük Kaşifin Boyama Kitabı Serisi 10</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>550</v>
+        <v>5</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786051833231</t>
+          <t>9786051315171</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Sensin 2</t>
+          <t>Çiçekler - Küçük Kaşifin Boyama Kitabı Serisi 8</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>290</v>
+        <v>5</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786057092038</t>
+          <t>9789752694248</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Uçuşa Hazır mısınız? / İlker Hepyaşar 1</t>
+          <t>Çöller Kraliçesi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>100</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786057092045</t>
+          <t>9789752694538</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Dönmeyen Dolap / İlker Hepyaşar 2</t>
+          <t>Bilmezsen Korkarsın Tabi</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786255807120</t>
+          <t>9786051311234</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Evsiz Ben'in Hikayesi</t>
+          <t>Renkle Boyama Bebek</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>140</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057092021</t>
+          <t>9789752696761</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Adab-ı Muaşeret</t>
+          <t>Balığın Yuttuğu Peygamber Hz. Yunus Aleyhisselam</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>100</v>
+        <v>35</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051836706</t>
+          <t>9789752696723</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Anne Beni Anla - Yusuf Duygularını İfade Ediyor (Ciltli)</t>
+          <t>Sabır Kahramanı Peygamber Hz. Eyüp Aleyhisselam</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786051836690</t>
+          <t>9789752696716</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Anne Benimle Kal - Yusuf Korkusunu Yeniyor (Ciltli)</t>
+          <t>Rüya Yorumcusu Peygamber Hz. Yusuf Aleyhisselam</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>220</v>
+        <v>35</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051836713</t>
+          <t>9789752697652</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Anne Bence Anlaşabiliriz - Yusuf Güzelce Söylüyor (Ciltli)</t>
+          <t>Küçük Kalplere Peygamberimizden Hikayeler</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>220</v>
+        <v>60</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786051836799</t>
+          <t>9789752696839</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Maskeli Kankiler - Afili Mahalle 2 (Ciltli)</t>
+          <t>Keloğlan Yılankale Büyücü</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>240</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786051836232</t>
+          <t>9789752696822</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Şirin Kedi - Çevir Oku Serisi 4 (Ciltli)</t>
+          <t>Keloğlan Cüce Marangoz</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>290</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786051836225</t>
+          <t>9786051311203</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Çevir Oku Serisi 3 (Ciltli)</t>
+          <t>Boyama Bebek: Küçük Canlılar</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>290</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786051836218</t>
+          <t>9786051311210</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Cingöz ile Camgöz, Efe’nin Zavallı Midesi - Çevir Oku Serisi 2 (Ciltli)</t>
+          <t>Boyama Bebek: Çiftlik Hayvanları</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>290</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786051833378</t>
+          <t>9789752694286</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Arpacı Kumrusu, Çalışkan Mehmet - Çevir Oku Serisi 1 (Ciltli)</t>
+          <t>Sevgi Kuşları</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>290</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786051834078</t>
+          <t>9789752694279</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Afacanlar Macera Peşinde (10 Kitap Takım)</t>
+          <t>Gururlu Fil</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>390</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786051836058</t>
+          <t>9789752694255</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Bir Şey (Ciltli)</t>
+          <t>Güneşin Yavruları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>240</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786051836065</t>
+          <t>9789752696501</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Benim Özelim (Ciltli)</t>
+          <t>Cipcan Halık İsmini Öğreniyor 1</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>280</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786051836072</t>
+          <t>9786051625409</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Anne Beni Leylekler mi Getirdi? (Ciltli)</t>
+          <t>Elif Doktor Olmak İstiyor - 5</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>240</v>
+        <v>20</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786256365971</t>
+          <t>9786051625423</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Tarla Arena - Afili Mahalle 1 (Ciltli)</t>
+          <t>Elif Kardeşini Çok Seviyor - 3</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>240</v>
+        <v>12</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786051833941</t>
+          <t>9786051625416</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Gölge Dünya Seti - 5 Kitap Takım</t>
+          <t>Elif Resim Yapıyor - 4</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>390</v>
+        <v>12</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786051835754</t>
+          <t>9786051625447</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Mehmet Akif Ersoy</t>
+          <t>Elif Telefon Numarasını Ezberliyor - 2</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>100</v>
+        <v>30</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786051832104</t>
+          <t>9786051625393</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Yusuf</t>
+          <t>Elif Ağaç Dikiyor - 1</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>450</v>
+        <v>20</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786051312477</t>
+          <t>9786051310671</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Acaba Nasıl? (10 Kitap Takım)</t>
+          <t>Patates Spor (5 Kitap Takım Kutulu)</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>600</v>
+        <v>260</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786051835488</t>
+          <t>9786051622309</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Gizli İşler Tayfası Set (5 Cilt Takım)</t>
+          <t>Benim Güzel Ayaklarım</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>570</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786051834276</t>
+          <t>9786051622446</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle 365 Gün Güzel İnsanlar (Ciltli)</t>
+          <t>Çoban Ali'nin Hayali</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>750</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786051835402</t>
+          <t>9786051622439</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Gizli İşler Tayfası 5 - Ninemin Sosyalleşme Planı</t>
+          <t>Vazodaki Dev Papatya</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>150</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786051835426</t>
+          <t>9786051622392</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Gizli İşler Tayfası 4 - Hesaplı İşler Peşinde</t>
+          <t>İki Küçük Bulutçuk</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>150</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786051831701</t>
+          <t>9786051621913</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Zübeyir'in Kararlılığı</t>
+          <t>Deniz'in Düşleri 3: Uzay Denilen Acayip Şey</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051831671</t>
+          <t>9786051621906</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Ebu Ubeyde'nin Güvenilirliği</t>
+          <t>Deniz'in Düşleri 4: Sindirilmiş Sindirim</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>100</v>
+        <v>25</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786051831688</t>
+          <t>9786051622828</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Sa'd'ın Sabri</t>
+          <t>Çıkrık ve Masura Korsan Kediler</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051831664</t>
+          <t>9786051622866</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Abdurrahman'ın Cömertliği</t>
+          <t>Çıkrık ve Masura Yardım Takımı</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786051835365</t>
+          <t>9786051622835</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Minik Kalplere Dört İnci Söz</t>
+          <t>Çıkrık ve Masura Lunapark Macerası</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>100</v>
+        <v>5</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786051832876</t>
+          <t>9786051622804</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Sosyal Zeka Eğitimi (10 Kitap Takım) - Tali 3. Set</t>
+          <t>Çıkrık ve Masura Kedi Namazı</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>700</v>
+        <v>5</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786051834283</t>
+          <t>9786051622842</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Çocuk İlmihali (Ciltli)</t>
+          <t>Çıkrık ve Masura Scooter Şoförü</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>260</v>
+        <v>5</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786051834238</t>
+          <t>9786051622811</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>My Wise Grandpa 2 (Ciltli)</t>
+          <t>Çıkrık ve Masura Kedi Parkı</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>250</v>
+        <v>5</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786051830155</t>
+          <t>9786051622774</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Seti 2 (10 Kitap)</t>
+          <t>Çıkrık ve Masura Balon Yolcusu</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>290</v>
+        <v>5</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786051834221</t>
+          <t>3990000028118</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>My Wise Grandpa 1 (Ciltli)</t>
+          <t>Akıl Küpü Kitaplar (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>250</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051834061</t>
+          <t>9786051311227</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Sahabelerle Değerler Eğitimi (10 Kitap Takım)</t>
+          <t>Boyama Bebek; Yabani Hayvanlar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>490</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786051834054</t>
+          <t>9786051622521</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Minik Kalplere Bir-İnci Söz</t>
+          <t>İtikat - Temel Dini Bilgiler Rehberim</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>100</v>
+        <v>80</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9789752696655</t>
+          <t>9789752698536</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri Seti (13 Kitap)</t>
+          <t>Kıtalara Sığmayan Osmanlı: 1 Bir Devlet Kuruluyor</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>700</v>
+        <v>10</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786256365988</t>
+          <t>9789752696693</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Masal İstediğin Gibi Bitsin! (Ciltli)</t>
+          <t>Ateşin Yakmadığı Peygamber Hz. İbrahim Aleyhisselam</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>290</v>
+        <v>35</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786051622767</t>
+          <t>9789752695658</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesi Çocuklar İçin İman ve İbadet Bilinci - Çıkrık ve Masura (10 Kitap Set)</t>
+          <t>Benim Güzel Allah'ım-8 Kır Gezisi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>490</v>
+        <v>3</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786051315249</t>
+          <t>9789752694422</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Profesör Çorapsöküğü (5 Kitap Takım)</t>
+          <t>Dur Yolcu! Burası Çanakkale</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>590</v>
+        <v>40</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786051833873</t>
+          <t>9789752698550</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Ben Çanakkale</t>
+          <t>Kıtalara Sığmayan Osmanlı 3: Osmanlı Dünyaya Hükmediyor</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>110</v>
+        <v>25</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786051830759</t>
+          <t>9789752694415</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Çoklu Zeka ve Dikkat Geliştirme Seti (10 Kitap)</t>
+          <t>Ulubatlı Hasan İstanbul'un Fethi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>400</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786051831527</t>
+          <t>9789752693753</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Gizli İşler Tayfası 3 - Gölge'yi Kurtarma Operasyonu</t>
+          <t>Dünyanın En Güçlü Çocuğu</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786051315386</t>
+          <t>9789752698567</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Hikayeleri (11 Kitap Kutulu Set)</t>
+          <t>Kıtalar Sığmayan Osmanlı: 4 Lale Devri Yaşanıyor</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>720</v>
+        <v>45</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786051629612</t>
+          <t>9789752698543</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Kağıt Uçaklar</t>
+          <t>Kıtalara Sığmayan Osmanlı: 2 / Yeni Bir Çağ Açılıyor</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786051629674</t>
+          <t>9789752698574</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Oyuncaklı Ders</t>
+          <t>Kıtalara Sığmayan Osmanlı: 5 Yenilikler Osmanlı'yı Değiştiriyor</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>40</v>
+        <v>45</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786051315447</t>
+          <t>9789752698901</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Bizim Matrak Sınıf (5 Kitap Takım)</t>
+          <t>Mutluluk Ülkesi Masalları (Ciltli)</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>590</v>
+        <v>13</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786051627991</t>
+          <t>9786051313832</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Sensin (4 Kitap Takım)</t>
+          <t>Küçük Serçe</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>290</v>
+        <v>10</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786051629261</t>
+          <t>9786051313795</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Büyükler! - Kamil ve Aşırı Geyik Hikayeleri</t>
+          <t>Minik Tırtıl</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>100</v>
+        <v>10</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786051313252</t>
+          <t>9786051313788</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Erdem Hikayeleri - Dürüst Ol Ki Mutlu Olasın (12 Kitap Set)</t>
+          <t>Mutlu Yunus</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>800</v>
+        <v>10</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786256653788</t>
+          <t>9786051622781</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bici Bici Masallar (Ciltli)</t>
+          <t>Çıkrık ve Masura Balık Yakalama Oyunu</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>240</v>
+        <v>5</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786256653795</t>
+          <t>9786051622798</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Gıdı Gıdı Masallar (Ciltli)</t>
+          <t>Çıkrık ve Masura Karpuz Maçı</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>240</v>
+        <v>5</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786051627786</t>
+          <t>9786051622859</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İmdaaat Dersimiz İngilizce -Bizim Matrak Sınıf Serisi 4</t>
+          <t>Çıkrık ve Masura Yaramazlık Peşinde</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>160</v>
+        <v>5</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786051627755</t>
+          <t>9789752694262</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Dinozorların Selamı Var - Bizim Matrak Sınıf Serisi 2</t>
+          <t>Neşeli Cırcır</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>160</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786051310749</t>
+          <t>9786051314433</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Hademe (5 Kitap Takım)</t>
+          <t>Gürültülü Patırtılı Şeyler</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786051626208</t>
+          <t>9789752694163</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Benim Kur'anım</t>
+          <t>Benim Güzel Annem</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>80</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786051626178</t>
+          <t>9786051314686</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Burada Türkçe Konuşuyoruz 4: Sizin Orda Ne Diyorlar?</t>
+          <t>Namazı Çok Seviyorum</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>50</v>
+        <v>7</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786051626161</t>
+          <t>9786051314679</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Burada Türkçe Konuşuyoruz 2: Siz Var Ne Demek?</t>
+          <t>Başörtümle Çok Mutluyum</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>50</v>
+        <v>7</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786256653856</t>
+          <t>9786051314846</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Vatan İçin</t>
+          <t>Sağlıklıyım, Şükrediyorum</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>90</v>
+        <v>7</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9799752692410</t>
+          <t>9786051314655</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Varlıkların Dilinden Efendimiz</t>
+          <t>5 Minik Mümin</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>120</v>
+        <v>7</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786051623917</t>
+          <t>9786051314693</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Gizli İşler Tayfası 2 - Korkunç Fikirler İstasyonu</t>
+          <t>Teşekkürler Allahım</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>150</v>
+        <v>7</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786255807090</t>
+          <t>3990000028886</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çakma Öğrenci</t>
+          <t>Masal İstediğin Gibi Bitsin! (10 Kitap)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>220</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786051621791</t>
+          <t>9789752697645</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Dedektif Kepçe İz Peşinde</t>
+          <t>Peygamber Hikayeleri-13: Hz. Muhammed</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786256653900</t>
+          <t>9789752698970</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ozon Tabakasını Kim Dikecek?</t>
+          <t>Peygamberimizin Mutlu Yuvası 2: Hz. Aişe</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>160</v>
+        <v>8</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9789752695429</t>
+          <t>9799756401254</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Can’ın Hatıra Defteri</t>
+          <t>İbretli Hikayeler 7 Hem Ziyaret, Hem Ticaret</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>90</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9789752696778</t>
+          <t>9789752696082</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri 12: Hz. İsa (Aleyhisselam)</t>
+          <t>Hayvanları Neden Korumalıyız?</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>70</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786051621982</t>
+          <t>9789752695191</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Benim Haccım</t>
+          <t>Haydi Oyun Oynayalım</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>100</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786051621937</t>
+          <t>9789756401262</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Kafa Patlatan 100 Zeka Sorusu 5 (Zeka Anahtarı)</t>
+          <t>İbretli Hikayeler 6 Hayat Yolu</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>60</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051314426</t>
+          <t>9789752692596</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>40 Salavat Boyama</t>
+          <t>Hay: Issız Adada Bir Çocuk</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>120</v>
+        <v>5</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786051314167</t>
+          <t>9786051312781</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Oruç Tutuyorum - Etkinlikli Öğreniyorum 6. Kitap</t>
+          <t>Hastaneye Gitmek İstemiyorum!</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>120</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786051628059</t>
+          <t>9799756401766</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>365 Gün Siyer Saati (Ciltli)</t>
+          <t>Hastalık Güzel Mi? Meraklı Bilgiler 4</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>750</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786051629735</t>
+          <t>9789752695290</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>1. Sınıflar İçin Değerler Eğitimi Seti-1 (10 Kitap Takım)</t>
+          <t>Haline Şükreden Eşek</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>290</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789752696709</t>
+          <t>9789752696877</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Hikayeleri - 5: Hz. İsmali (Aleyhisselam)</t>
+          <t>Hacivat ve Karagöz - Zamanı Tanıyalım</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>70</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9789752696747</t>
+          <t>9789752696914</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Hükümdar Peygamber Hz. Davud Aleyhisselam</t>
+          <t>Hacivat ve Karagöz - Vücudumuzu Keşfedelim</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>65</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789752696686</t>
+          <t>9789752696907</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Kayadan Deve Çıkaran Peygamber - Hz. Salih Aleyhisselam</t>
+          <t>Hacivat ve Karagöz - Trafiğe Çıkalım</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>65</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789752699915</t>
+          <t>9789752696884</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>40 Ayet Boyama</t>
+          <t>Hacivat ve Karagöz - Sağlıklı Beslenelim</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>120</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786051314587</t>
+          <t>9789752696891</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>40 Dua Boyama</t>
+          <t>Hacivat ve Karagöz - Komşuluğu Öğrenelim</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>120</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789752693999</t>
+          <t>9789752696860</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Masal Gemisi (Ciltli)</t>
+          <t>Hacivat ve Karagöz - Alışverişe Gidelim</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>290</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786256653894</t>
+          <t>9786051312118</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kepçe ve Arkadaşları</t>
+          <t>Güzel Davrandım Kalp Kazandım</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>160</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786256653870</t>
+          <t>9789752699724</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Şehzade Murat</t>
+          <t>Gülücük Fide</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>80</v>
+        <v>10</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789752698581</t>
+          <t>9789752695948</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Dünya Devleti Yıkılıyor</t>
+          <t>Gülücük 5 - Yaşasın Yemek Yemeeek!</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>45</v>
+        <v>7</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786256653221</t>
+          <t>9789752695931</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Zengin Olan Dilenci</t>
+          <t>Gülücük 4 - Oyun Bizim İşimiz</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>80</v>
+        <v>7</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9789752695542</t>
+          <t>9789752695924</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Ayı Zirzop</t>
+          <t>Gülücük 3 - Ve Yolculuk Başlıyor</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>100</v>
+        <v>7</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786051313368</t>
+          <t>9789752695917</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Var mı Arkadaşlık Gibisi ?</t>
+          <t>Gülücük 2 - Evde Eğlence Zamanı!</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>90</v>
+        <v>7</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789758499519</t>
+          <t>9789752695900</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Üç Kaçak Yolcu</t>
+          <t>Gülücük 1 - Biri Okul mu Dedi?</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>90</v>
+        <v>7</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786051313450</t>
+          <t>9786051312514</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Camileri Öğreniyorum</t>
+          <t>Güller Nasıl Yaratılıyor?</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>120</v>
+        <v>3</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786256653160</t>
+          <t>9789752698482</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Çocuk</t>
+          <t>Görür Duyar İncelerim Her Şeye Dikkat Ederim</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>90</v>
+        <v>6</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786051313276</t>
+          <t>9789752694491</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Tarih Cesaretle Yazılır!</t>
+          <t>Görevini Unutan Saat</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>90</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789752699502</t>
+          <t>9789752698505</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Tali Sırasını Bekliyor</t>
+          <t>Gör İşit Tat Kokla Sıcak Soğuk Elinle Yokla</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>65</v>
+        <v>6</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789752695344</t>
+          <t>9789752695627</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Sular Altında Bir Ülke</t>
+          <t>Gizli Kameralar</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>100</v>
+        <v>3</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051310046</t>
+          <t>9786051311814</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Seni Tanımak Ne Güzel Allah’ım (Ciltli)</t>
+          <t>Fare ile Fil</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>320</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9789752699441</t>
+          <t>9789752695054</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Tali Öykülerle Duygusal Zeka Eğitimi Serisi (3-7 Yaş) + Etkinlikli Boyama Kitabı 2. Set (10 Kitap Takım)</t>
+          <t>Fakir’in Hakkı (Zekat)</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>700</v>
+        <v>1.39</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786051310756</t>
+          <t>9799752690058</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Okulda Curcuna Var</t>
+          <t>Evimiz Niye Sobalı? Meraklı Bilgiler 9</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>140</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786051310787</t>
+          <t>9789752698390</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Çikolata Fabrikası</t>
+          <t>Etkinlikli Okul Öncesi Eğitim Seti (12 Kitap)</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>140</v>
+        <v>72</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789757055846</t>
+          <t>9789752695016</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kılmayı Öğreniyorum Kız - Boyama</t>
+          <t>Eşyalar Konuşuyor</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>40</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786051314174</t>
+          <t>9799756401230</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kılıyorum - Etkinlikli Öğreniyorum 5. Kitap</t>
+          <t>İbretli Hikayeler 9 En Kolay Kazanç</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>120</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786051314181</t>
+          <t>9786051310435</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Abdest Alıyorum - Etkinlikli Öğreniyorum 4. Kitap</t>
+          <t>Emilie Yıkanmak İstemiyor</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9789757055839</t>
+          <t>9786051310404</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kılmayı Öğreniyorum Erkek - Boyama</t>
+          <t>Emilie Yatağını Islattı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>40</v>
+        <v>70</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789752696310</t>
+          <t>9786051310367</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Memleketim</t>
+          <t>Emilie ve Kuzenleri</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>70</v>
+        <v>40</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786051313436</t>
+          <t>9786051310442</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Mekke ve Medine’yi Öğreniyorum</t>
+          <t>Emilie ve Kayıp Kaz</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786256653184</t>
+          <t>9786051310381</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Küçük Kahraman</t>
+          <t>Emilie ve Arthur</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>130</v>
+        <v>70</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786051311357</t>
+          <t>9786051310428</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Küçük Beyler - Gökhan’ın Otobüsü (Ciltli)</t>
+          <t>Emilie Pasta Yapıyor</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786051311326</t>
+          <t>9786051310374</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Küçük Beyler - Fatih’in Arabası (Ciltli)</t>
+          <t>Emilie Keyifsiz</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>190</v>
+        <v>70</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789752695320</t>
+          <t>9786051310466</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Öğreniyorum</t>
+          <t>Emilie Kamp Yapıyor</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786256653191</t>
+          <t>9786051310459</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Köy Çocuğu</t>
+          <t>Emilie Kabus Görüyor</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>120</v>
+        <v>70</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786051313306</t>
+          <t>9786051310411</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kim Demiş Fedakarlık Zor Diye ?</t>
+          <t>Emilie Davette</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>90</v>
+        <v>70</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786256653214</t>
+          <t>9786051310343</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Karıncalar Savaşı</t>
+          <t>Emilie</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>100</v>
+        <v>70</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9789752697997</t>
+          <t>9799756401209</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İstanbullu Masallar (Ciltli)</t>
+          <t>İbretli Hikayeler 2 Emanet Çiftlik</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>290</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9789752696280</t>
+          <t>9789754082241</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İki Kardeş</t>
+          <t>Elmas Nine</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>70</v>
+        <v>2.55</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9789752695788</t>
+          <t>9789752698475</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle Ahiret İnancı</t>
+          <t>Elim Ayağım Kulağım Ben Minik Bir İnsanım</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>120</v>
+        <v>6</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051310121</t>
+          <t>9786051312545</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle 365 Gün İman Esasları (Ciltli)</t>
+          <t>Ekmek Nasıl Yapılıyor?</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>600</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9789752694873</t>
+          <t>9789756401309</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle 365 Gün Hadis (Ciltli)</t>
+          <t>Ebu Cendel’in Zincirleri Beni Seven Peygamberim 5</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>750</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9789752698260</t>
+          <t>9789752694507</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle 365 Gün Güzel Davranış (Ciltli)</t>
+          <t>Dürüst Gitar - Dürüst Olma Bilinci</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>750</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9789752697294</t>
+          <t>9789752698406</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle 365 Gün Dua (Ciltli)</t>
+          <t>Doktor Mühendis Öğretmen Hangi Mesleği Seçsem</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>750</v>
+        <v>6</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9789752695870</t>
+          <t>9799756503866</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Hikayelerle 365 Gün Dini Kelime (Ciltli)</t>
+          <t>Dinmeyen Gözyaşları Beni Seven Peygamberim 2</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>750</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9789752695405</t>
+          <t>9786051311876</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Heyecanlı Yolculuk</t>
+          <t>Dertli Alp Keçisi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>90</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786051313580</t>
+          <t>9786051312521</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Haydi, Kantine Hücuuum!</t>
+          <t>Deniz Kaplumbağası Nasıl Yaratılıyor?</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>140</v>
+        <v>3</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786051313320</t>
+          <t>9789752698437</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Hayat Yardımlaşınca Güzel</t>
+          <t>Daire Kare Üçgen Haydi Şekilleri Öğren</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>90</v>
+        <v>6</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789752696297</t>
+          <t>9789752695504</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Haram Yemenin Sonu</t>
+          <t>Dahilerle Yarışalım</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>55</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786051313290</t>
+          <t>9789752699014</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Ha Gayret Başaracaksın!</t>
+          <t>Çok Fazla Yemem Hep Kendimi Düşünmem!</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>90</v>
+        <v>35</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789752697829</t>
+          <t>9789752697935</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Güzel Davranış Romanları (10 Kitap Takım)</t>
+          <t>Çocukları Çok Seven Peygamberim</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>720</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9789752696266</t>
+          <t>9789752699052</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Değerler Eğitimi Hikayeleri-Fedakar Annem</t>
+          <t>Çocuğum Olmadan Adım Bile Atmam!</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>55</v>
+        <v>45</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786051313627</t>
+          <t>9786051311760</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Eyvah, Veli Toplantısı!</t>
+          <t>Çizgili Zürafalar</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>140</v>
+        <v>0.93</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789752697553</t>
+          <t>9789752698420</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Etkinlikli Boyama Kitabı (Çıkartmalı)</t>
+          <t>Çiçek Tahıl Ağaç Bitkilere Yer Aç</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>150</v>
+        <v>6</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789752694927</t>
+          <t>9789752699748</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Elifba Boyama</t>
+          <t>Çıtıpıtılar Piknikte</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>90</v>
+        <v>10</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786051313337</t>
+          <t>9789752697881</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Dürüst Ol ki Mutlu Olasın</t>
+          <t>Çanakkale Aslanları</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786051313443</t>
+          <t>9789752695597</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki Camileri Öğreniyorum</t>
+          <t>Çamurdan Meyve Olur mu?</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>120</v>
+        <v>3</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789752695795</t>
+          <t>9789752697133</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Doktor Olacağım</t>
+          <t>Cömert Padişah</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>80</v>
+        <v>2.31</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786051313344</t>
+          <t>9789752696563</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Dayanışma En Büyük Güçtür!</t>
+          <t>Cipcan Şafi İsmini Öğreniyor 7</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>90</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786051313245</t>
+          <t>9789752696495</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Çıtır Çıtır Masallar (Ciltli)</t>
+          <t>Cipcan Rezzak İsmini Öğreniyor 3</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>290</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786051313283</t>
+          <t>9789752696488</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Çevre Bize Emanet</t>
+          <t>Cipcan Rahman İsmini Öğreniyor 2</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>90</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786051313313</t>
+          <t>9789752696532</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Çalışkanlık İçeri Tembellik Dışarı</t>
+          <t>Cipcan Muhyi İsmini Öğreniyor 9</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>90</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786255807038</t>
+          <t>9789752696518</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Canavar Robot</t>
+          <t>Cipcan Kuddüs İsmini Öğreniyor 6</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>100</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786256653863</t>
+          <t>9789752696556</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Bizim Can</t>
+          <t>Cipcan Hakim İsmini Öğreniyor 8</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>100</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786051311982</t>
+          <t>9789752696549</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Biricik İbadetim Namaz</t>
+          <t>Cipcan Fettah İsmini Öğreniyor 4</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>180</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786051313597</t>
+          <t>9789752696525</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Başıma İcat Çıkardım!</t>
+          <t>Cipcan Basir İsmini Öğreniyor 10</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>140</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786051312941</t>
+          <t>9789752696570</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Ailemi Çok Seviyorum (Ciltli)</t>
+          <t>Cipcan Adil İsmini Öğreniyor 5</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>200</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786051313269</t>
+          <t>9789757055266</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Adil Olan Kazanır</t>
+          <t>Cennete Koşan 10 Arkadaş</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>90</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789757055853</t>
+          <t>9786051310053</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Abdest Almayı Öğreniyorum</t>
+          <t>Canım Kitabım Kur’an (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>40</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9789752696419</t>
+          <t>9789752696969</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>40 Hadis Boyama</t>
+          <t>Can Muhammed</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>120</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
+          <t>9786051312743</t>
+        </is>
+      </c>
+      <c r="B327" s="1" t="inlineStr">
+        <is>
+          <t>Bu Duygular Ne İşe Yarıyor Ki</t>
+        </is>
+      </c>
+      <c r="C327" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="328" spans="1:3">
+      <c r="A328" s="1" t="inlineStr">
+        <is>
+          <t>9799752692243</t>
+        </is>
+      </c>
+      <c r="B328" s="1" t="inlineStr">
+        <is>
+          <t>Bora Hayatı Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C328" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="329" spans="1:3">
+      <c r="A329" s="1" t="inlineStr">
+        <is>
+          <t>9789756401453</t>
+        </is>
+      </c>
+      <c r="B329" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Evde Ramazan</t>
+        </is>
+      </c>
+      <c r="C329" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="330" spans="1:3">
+      <c r="A330" s="1" t="inlineStr">
+        <is>
+          <t>9789752695603</t>
+        </is>
+      </c>
+      <c r="B330" s="1" t="inlineStr">
+        <is>
+          <t>Bizi Kimler Dinliyor?</t>
+        </is>
+      </c>
+      <c r="C330" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="331" spans="1:3">
+      <c r="A331" s="1" t="inlineStr">
+        <is>
+          <t>9799758499723</t>
+        </is>
+      </c>
+      <c r="B331" s="1" t="inlineStr">
+        <is>
+          <t>Bir Garip Adam</t>
+        </is>
+      </c>
+      <c r="C331" s="1">
+        <v>4.17</v>
+      </c>
+    </row>
+    <row r="332" spans="1:3">
+      <c r="A332" s="1" t="inlineStr">
+        <is>
+          <t>9786051312538</t>
+        </is>
+      </c>
+      <c r="B332" s="1" t="inlineStr">
+        <is>
+          <t>Binalar Nasıl Yapılıyor?</t>
+        </is>
+      </c>
+      <c r="C332" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="333" spans="1:3">
+      <c r="A333" s="1" t="inlineStr">
+        <is>
+          <t>9786051310329</t>
+        </is>
+      </c>
+      <c r="B333" s="1" t="inlineStr">
+        <is>
+          <t>Bi Dolu Şehir Bi Dünya Masal</t>
+        </is>
+      </c>
+      <c r="C333" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="334" spans="1:3">
+      <c r="A334" s="1" t="inlineStr">
+        <is>
+          <t>9789752694521</t>
+        </is>
+      </c>
+      <c r="B334" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Diş Gezegeni</t>
+        </is>
+      </c>
+      <c r="C334" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="335" spans="1:3">
+      <c r="A335" s="1" t="inlineStr">
+        <is>
+          <t>9789752698512</t>
+        </is>
+      </c>
+      <c r="B335" s="1" t="inlineStr">
+        <is>
+          <t>Beş Altı Yedi Sayılar Çok Eğlenceli</t>
+        </is>
+      </c>
+      <c r="C335" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="336" spans="1:3">
+      <c r="A336" s="1" t="inlineStr">
+        <is>
+          <t>9789752694101</t>
+        </is>
+      </c>
+      <c r="B336" s="1" t="inlineStr">
+        <is>
+          <t>Besmele Hazinesi</t>
+        </is>
+      </c>
+      <c r="C336" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" s="1" t="inlineStr">
+        <is>
+          <t>9789752695443</t>
+        </is>
+      </c>
+      <c r="B337" s="1" t="inlineStr">
+        <is>
+          <t>Benim Orucum</t>
+        </is>
+      </c>
+      <c r="C337" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" s="1" t="inlineStr">
+        <is>
+          <t>9789752697034</t>
+        </is>
+      </c>
+      <c r="B338" s="1" t="inlineStr">
+        <is>
+          <t>Benim Namazım</t>
+        </is>
+      </c>
+      <c r="C338" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="339" spans="1:3">
+      <c r="A339" s="1" t="inlineStr">
+        <is>
+          <t>9789752695979</t>
+        </is>
+      </c>
+      <c r="B339" s="1" t="inlineStr">
+        <is>
+          <t>Benim Kurbanım</t>
+        </is>
+      </c>
+      <c r="C339" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="340" spans="1:3">
+      <c r="A340" s="1" t="inlineStr">
+        <is>
+          <t>9789752695283</t>
+        </is>
+      </c>
+      <c r="B340" s="1" t="inlineStr">
+        <is>
+          <t>Dilsiz Papağan</t>
+        </is>
+      </c>
+      <c r="C340" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="341" spans="1:3">
+      <c r="A341" s="1" t="inlineStr">
+        <is>
+          <t>9789752693197</t>
+        </is>
+      </c>
+      <c r="B341" s="1" t="inlineStr">
+        <is>
+          <t>Benekli Tatil Arkadaşım</t>
+        </is>
+      </c>
+      <c r="C341" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="342" spans="1:3">
+      <c r="A342" s="1" t="inlineStr">
+        <is>
+          <t>9789752696051</t>
+        </is>
+      </c>
+      <c r="B342" s="1" t="inlineStr">
+        <is>
+          <t>Bencil İnsanlar Neden Sevilmez</t>
+        </is>
+      </c>
+      <c r="C342" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="343" spans="1:3">
+      <c r="A343" s="1" t="inlineStr">
+        <is>
+          <t>9786051312064</t>
+        </is>
+      </c>
+      <c r="B343" s="1" t="inlineStr">
+        <is>
+          <t>Ben Artık Okulda Büyük Bir Kızım!</t>
+        </is>
+      </c>
+      <c r="C343" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="344" spans="1:3">
+      <c r="A344" s="1" t="inlineStr">
+        <is>
+          <t>9786051312095</t>
+        </is>
+      </c>
+      <c r="B344" s="1" t="inlineStr">
+        <is>
+          <t>Ben Artık Okulda Büyük Bir Çocuğum</t>
+        </is>
+      </c>
+      <c r="C344" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="345" spans="1:3">
+      <c r="A345" s="1" t="inlineStr">
+        <is>
+          <t>9786051312057</t>
+        </is>
+      </c>
+      <c r="B345" s="1" t="inlineStr">
+        <is>
+          <t>Ben Artık Evde Büyük Bir Kızım</t>
+        </is>
+      </c>
+      <c r="C345" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="346" spans="1:3">
+      <c r="A346" s="1" t="inlineStr">
+        <is>
+          <t>9786051312088</t>
+        </is>
+      </c>
+      <c r="B346" s="1" t="inlineStr">
+        <is>
+          <t>Ben Artık Evde Büyük Bir Çocuğum</t>
+        </is>
+      </c>
+      <c r="C346" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="347" spans="1:3">
+      <c r="A347" s="1" t="inlineStr">
+        <is>
+          <t>9786051312040</t>
+        </is>
+      </c>
+      <c r="B347" s="1" t="inlineStr">
+        <is>
+          <t>Ben Artık Büyük Bir Kızım</t>
+        </is>
+      </c>
+      <c r="C347" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="348" spans="1:3">
+      <c r="A348" s="1" t="inlineStr">
+        <is>
+          <t>9786051312071</t>
+        </is>
+      </c>
+      <c r="B348" s="1" t="inlineStr">
+        <is>
+          <t>Ben Artık Büyük Bir Çocuğum</t>
+        </is>
+      </c>
+      <c r="C348" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="349" spans="1:3">
+      <c r="A349" s="1" t="inlineStr">
+        <is>
+          <t>9786051312729</t>
+        </is>
+      </c>
+      <c r="B349" s="1" t="inlineStr">
+        <is>
+          <t>Dikkatli Olmazsam Ne Olur?</t>
+        </is>
+      </c>
+      <c r="C349" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="350" spans="1:3">
+      <c r="A350" s="1" t="inlineStr">
+        <is>
+          <t>9789752699588</t>
+        </is>
+      </c>
+      <c r="B350" s="1" t="inlineStr">
+        <is>
+          <t>Bediüzzaman Dede</t>
+        </is>
+      </c>
+      <c r="C350" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="351" spans="1:3">
+      <c r="A351" s="1" t="inlineStr">
+        <is>
+          <t>9786051310855</t>
+        </is>
+      </c>
+      <c r="B351" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Kitapları - Yabani Hayvanlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C351" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="352" spans="1:3">
+      <c r="A352" s="1" t="inlineStr">
+        <is>
+          <t>9786051310909</t>
+        </is>
+      </c>
+      <c r="B352" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Kitapları - Ulaşım Araçları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C352" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="353" spans="1:3">
+      <c r="A353" s="1" t="inlineStr">
+        <is>
+          <t>9786051310947</t>
+        </is>
+      </c>
+      <c r="B353" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Kitapları - Sebzeler</t>
+        </is>
+      </c>
+      <c r="C353" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="354" spans="1:3">
+      <c r="A354" s="1" t="inlineStr">
+        <is>
+          <t>9786051310862</t>
+        </is>
+      </c>
+      <c r="B354" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Kitapları - Renkler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C354" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="355" spans="1:3">
+      <c r="A355" s="1" t="inlineStr">
+        <is>
+          <t>9786051310954</t>
+        </is>
+      </c>
+      <c r="B355" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Kitapları - Orman (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C355" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="356" spans="1:3">
+      <c r="A356" s="1" t="inlineStr">
+        <is>
+          <t>9786051310817</t>
+        </is>
+      </c>
+      <c r="B356" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Kitapları - Meyveler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C356" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="357" spans="1:3">
+      <c r="A357" s="1" t="inlineStr">
+        <is>
+          <t>9786051310930</t>
+        </is>
+      </c>
+      <c r="B357" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Kitapları - Küçük Köpekler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C357" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="358" spans="1:3">
+      <c r="A358" s="1" t="inlineStr">
+        <is>
+          <t>9786051310978</t>
+        </is>
+      </c>
+      <c r="B358" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Kitapları - Küçük Kediler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C358" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="359" spans="1:3">
+      <c r="A359" s="1" t="inlineStr">
+        <is>
+          <t>9786051310831</t>
+        </is>
+      </c>
+      <c r="B359" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Kitapları - Küçük Canlılar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C359" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="360" spans="1:3">
+      <c r="A360" s="1" t="inlineStr">
+        <is>
+          <t>9786051310886</t>
+        </is>
+      </c>
+      <c r="B360" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Kitapları - Hareket Edenler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C360" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="361" spans="1:3">
+      <c r="A361" s="1" t="inlineStr">
+        <is>
+          <t>9786051310879</t>
+        </is>
+      </c>
+      <c r="B361" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Kitapları - Evcil Hayvanlar ve Yavruları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C361" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="362" spans="1:3">
+      <c r="A362" s="1" t="inlineStr">
+        <is>
+          <t>9786051310961</t>
+        </is>
+      </c>
+      <c r="B362" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Kitapları - Doğa (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C362" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="363" spans="1:3">
+      <c r="A363" s="1" t="inlineStr">
+        <is>
+          <t>9786051310923</t>
+        </is>
+      </c>
+      <c r="B363" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Kitapları - Deniz (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C363" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="364" spans="1:3">
+      <c r="A364" s="1" t="inlineStr">
+        <is>
+          <t>9786051312880</t>
+        </is>
+      </c>
+      <c r="B364" s="1" t="inlineStr">
+        <is>
+          <t>Destanlaşan Zaferler</t>
+        </is>
+      </c>
+      <c r="C364" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="365" spans="1:3">
+      <c r="A365" s="1" t="inlineStr">
+        <is>
+          <t>9789754082227</t>
+        </is>
+      </c>
+      <c r="B365" s="1" t="inlineStr">
+        <is>
+          <t>Balıkçının Oğlu</t>
+        </is>
+      </c>
+      <c r="C365" s="1">
+        <v>2.55</v>
+      </c>
+    </row>
+    <row r="366" spans="1:3">
+      <c r="A366" s="1" t="inlineStr">
+        <is>
+          <t>9789754082258</t>
+        </is>
+      </c>
+      <c r="B366" s="1" t="inlineStr">
+        <is>
+          <t>Aynur’un Annesi</t>
+        </is>
+      </c>
+      <c r="C366" s="1">
+        <v>2.55</v>
+      </c>
+    </row>
+    <row r="367" spans="1:3">
+      <c r="A367" s="1" t="inlineStr">
+        <is>
+          <t>9789752695313</t>
+        </is>
+      </c>
+      <c r="B367" s="1" t="inlineStr">
+        <is>
+          <t>Ayı İle Avcının Dostluğu</t>
+        </is>
+      </c>
+      <c r="C367" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="368" spans="1:3">
+      <c r="A368" s="1" t="inlineStr">
+        <is>
+          <t>9789756401279</t>
+        </is>
+      </c>
+      <c r="B368" s="1" t="inlineStr">
+        <is>
+          <t>İbretli Hikayeler 5 Askerin Görevi</t>
+        </is>
+      </c>
+      <c r="C368" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="369" spans="1:3">
+      <c r="A369" s="1" t="inlineStr">
+        <is>
+          <t>9786051312750</t>
+        </is>
+      </c>
+      <c r="B369" s="1" t="inlineStr">
+        <is>
+          <t>Artık Büyümek İstiyorum</t>
+        </is>
+      </c>
+      <c r="C369" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="370" spans="1:3">
+      <c r="A370" s="1" t="inlineStr">
+        <is>
+          <t>9789752699021</t>
+        </is>
+      </c>
+      <c r="B370" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaşım Olmadan Su Bile İçmem!</t>
+        </is>
+      </c>
+      <c r="C370" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="371" spans="1:3">
+      <c r="A371" s="1" t="inlineStr">
+        <is>
+          <t>9789752698499</t>
+        </is>
+      </c>
+      <c r="B371" s="1" t="inlineStr">
+        <is>
+          <t>Araba Uçak Gemi Taşıtlar Gezdirir Bizi</t>
+        </is>
+      </c>
+      <c r="C371" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="372" spans="1:3">
+      <c r="A372" s="1" t="inlineStr">
+        <is>
+          <t>9789752698307</t>
+        </is>
+      </c>
+      <c r="B372" s="1" t="inlineStr">
+        <is>
+          <t>Allah’ı Tanımak İstiyorum</t>
+        </is>
+      </c>
+      <c r="C372" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="373" spans="1:3">
+      <c r="A373" s="1" t="inlineStr">
+        <is>
+          <t>9789754080291</t>
+        </is>
+      </c>
+      <c r="B373" s="1" t="inlineStr">
+        <is>
+          <t>Çocuğun Ramazanı</t>
+        </is>
+      </c>
+      <c r="C373" s="1">
+        <v>4.63</v>
+      </c>
+    </row>
+    <row r="374" spans="1:3">
+      <c r="A374" s="1" t="inlineStr">
+        <is>
+          <t>9786051310848</t>
+        </is>
+      </c>
+      <c r="B374" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Kitapları - Çiftlik (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C374" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="375" spans="1:3">
+      <c r="A375" s="1" t="inlineStr">
+        <is>
+          <t>9786051312897</t>
+        </is>
+      </c>
+      <c r="B375" s="1" t="inlineStr">
+        <is>
+          <t>Allah Nasıl Yaratıyor?</t>
+        </is>
+      </c>
+      <c r="C375" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="376" spans="1:3">
+      <c r="A376" s="1" t="inlineStr">
+        <is>
+          <t>9786051311845</t>
+        </is>
+      </c>
+      <c r="B376" s="1" t="inlineStr">
+        <is>
+          <t>Alican ile Ercan</t>
+        </is>
+      </c>
+      <c r="C376" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="377" spans="1:3">
+      <c r="A377" s="1" t="inlineStr">
+        <is>
+          <t>9786051311777</t>
+        </is>
+      </c>
+      <c r="B377" s="1" t="inlineStr">
+        <is>
+          <t>Alaycı Alabalık</t>
+        </is>
+      </c>
+      <c r="C377" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="378" spans="1:3">
+      <c r="A378" s="1" t="inlineStr">
+        <is>
+          <t>9789752696044</t>
+        </is>
+      </c>
+      <c r="B378" s="1" t="inlineStr">
+        <is>
+          <t>Alay Etmek Neden Yanlış?</t>
+        </is>
+      </c>
+      <c r="C378" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="379" spans="1:3">
+      <c r="A379" s="1" t="inlineStr">
+        <is>
+          <t>9786051311920</t>
+        </is>
+      </c>
+      <c r="B379" s="1" t="inlineStr">
+        <is>
+          <t>Akvaryum Güzeli</t>
+        </is>
+      </c>
+      <c r="C379" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="380" spans="1:3">
+      <c r="A380" s="1" t="inlineStr">
+        <is>
+          <t>9786051312712</t>
+        </is>
+      </c>
+      <c r="B380" s="1" t="inlineStr">
+        <is>
+          <t>Abur Cubura Bayılırım</t>
+        </is>
+      </c>
+      <c r="C380" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="381" spans="1:3">
+      <c r="A381" s="1" t="inlineStr">
+        <is>
+          <t>9789752699755</t>
+        </is>
+      </c>
+      <c r="B381" s="1" t="inlineStr">
+        <is>
+          <t>A Acayip Masallar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C381" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="382" spans="1:3">
+      <c r="A382" s="1" t="inlineStr">
+        <is>
+          <t>9789752694750</t>
+        </is>
+      </c>
+      <c r="B382" s="1" t="inlineStr">
+        <is>
+          <t>99 İnci Allah’ın Güzel İsimleri</t>
+        </is>
+      </c>
+      <c r="C382" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="383" spans="1:3">
+      <c r="A383" s="1" t="inlineStr">
+        <is>
+          <t>9786051310893</t>
+        </is>
+      </c>
+      <c r="B383" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Kitapları - Bebeklerin Hayatı (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C383" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="384" spans="1:3">
+      <c r="A384" s="1" t="inlineStr">
+        <is>
+          <t>9789752693708</t>
+        </is>
+      </c>
+      <c r="B384" s="1" t="inlineStr">
+        <is>
+          <t>4 Mevsim Arkadaş</t>
+        </is>
+      </c>
+      <c r="C384" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="385" spans="1:3">
+      <c r="A385" s="1" t="inlineStr">
+        <is>
+          <t>9789752695030</t>
+        </is>
+      </c>
+      <c r="B385" s="1" t="inlineStr">
+        <is>
+          <t>24 Altın (Namaz)</t>
+        </is>
+      </c>
+      <c r="C385" s="1">
+        <v>1.39</v>
+      </c>
+    </row>
+    <row r="386" spans="1:3">
+      <c r="A386" s="1" t="inlineStr">
+        <is>
+          <t>9789752694958</t>
+        </is>
+      </c>
+      <c r="B386" s="1" t="inlineStr">
+        <is>
+          <t>2. Abdülhamid’in Çocukluk Düşleri</t>
+        </is>
+      </c>
+      <c r="C386" s="1">
+        <v>5.09</v>
+      </c>
+    </row>
+    <row r="387" spans="1:3">
+      <c r="A387" s="1" t="inlineStr">
+        <is>
+          <t>9789752693777</t>
+        </is>
+      </c>
+      <c r="B387" s="1" t="inlineStr">
+        <is>
+          <t>12 Yaşında Bir Sultan Fatih Sultan Mehmed</t>
+        </is>
+      </c>
+      <c r="C387" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="388" spans="1:3">
+      <c r="A388" s="1" t="inlineStr">
+        <is>
+          <t>9786051314198</t>
+        </is>
+      </c>
+      <c r="B388" s="1" t="inlineStr">
+        <is>
+          <t>Bulut Otobüs</t>
+        </is>
+      </c>
+      <c r="C388" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="389" spans="1:3">
+      <c r="A389" s="1" t="inlineStr">
+        <is>
+          <t>9786051315737</t>
+        </is>
+      </c>
+      <c r="B389" s="1" t="inlineStr">
+        <is>
+          <t>Kafa Patlatan 100 Zeka Sorusu 3</t>
+        </is>
+      </c>
+      <c r="C389" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="390" spans="1:3">
+      <c r="A390" s="1" t="inlineStr">
+        <is>
+          <t>9789756401286</t>
+        </is>
+      </c>
+      <c r="B390" s="1" t="inlineStr">
+        <is>
+          <t>Bin Bahçıvan İbretli Hikayeler 4</t>
+        </is>
+      </c>
+      <c r="C390" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="391" spans="1:3">
+      <c r="A391" s="1" t="inlineStr">
+        <is>
+          <t>9786051315560</t>
+        </is>
+      </c>
+      <c r="B391" s="1" t="inlineStr">
+        <is>
+          <t>Kafa Patlatan 100 Zeka Sorusu - 1</t>
+        </is>
+      </c>
+      <c r="C391" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="392" spans="1:3">
+      <c r="A392" s="1" t="inlineStr">
+        <is>
+          <t>9789752695269</t>
+        </is>
+      </c>
+      <c r="B392" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Karınca</t>
+        </is>
+      </c>
+      <c r="C392" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="393" spans="1:3">
+      <c r="A393" s="1" t="inlineStr">
+        <is>
+          <t>9786051310916</t>
+        </is>
+      </c>
+      <c r="B393" s="1" t="inlineStr">
+        <is>
+          <t>Bebek Kitapları - Dağ (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C393" s="1">
+        <v>11.11</v>
+      </c>
+    </row>
+    <row r="394" spans="1:3">
+      <c r="A394" s="1" t="inlineStr">
+        <is>
+          <t>9786051314327</t>
+        </is>
+      </c>
+      <c r="B394" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an Kursu Boyama Seti (4 Kitap)</t>
+        </is>
+      </c>
+      <c r="C394" s="1">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="395" spans="1:3">
+      <c r="A395" s="1" t="inlineStr">
+        <is>
+          <t>9789752693852</t>
+        </is>
+      </c>
+      <c r="B395" s="1" t="inlineStr">
+        <is>
+          <t>Çıtı Pıtı Kutu Kutu Şiirler</t>
+        </is>
+      </c>
+      <c r="C395" s="1">
+        <v>7.5</v>
+      </c>
+    </row>
+    <row r="396" spans="1:3">
+      <c r="A396" s="1" t="inlineStr">
+        <is>
+          <t>9786051833699</t>
+        </is>
+      </c>
+      <c r="B396" s="1" t="inlineStr">
+        <is>
+          <t>Fizik / Teknik Mucitleri - Minyatürlerle Mucitler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C396" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="397" spans="1:3">
+      <c r="A397" s="1" t="inlineStr">
+        <is>
+          <t>9786051830742</t>
+        </is>
+      </c>
+      <c r="B397" s="1" t="inlineStr">
+        <is>
+          <t>Çoklu Zeka ve Dikkat Geliştirme Seti - 10</t>
+        </is>
+      </c>
+      <c r="C397" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="398" spans="1:3">
+      <c r="A398" s="1" t="inlineStr">
+        <is>
+          <t>9786051830735</t>
+        </is>
+      </c>
+      <c r="B398" s="1" t="inlineStr">
+        <is>
+          <t>Çoklu Zeka ve Dikkat Geliştirme Seti - 9</t>
+        </is>
+      </c>
+      <c r="C398" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="399" spans="1:3">
+      <c r="A399" s="1" t="inlineStr">
+        <is>
+          <t>9786051830728</t>
+        </is>
+      </c>
+      <c r="B399" s="1" t="inlineStr">
+        <is>
+          <t>Çoklu Zeka ve Dikkat Geliştirme Seti - 8</t>
+        </is>
+      </c>
+      <c r="C399" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="400" spans="1:3">
+      <c r="A400" s="1" t="inlineStr">
+        <is>
+          <t>9786051830711</t>
+        </is>
+      </c>
+      <c r="B400" s="1" t="inlineStr">
+        <is>
+          <t>Çoklu Zeka ve Dikkat Geliştirme Seti - 7</t>
+        </is>
+      </c>
+      <c r="C400" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="401" spans="1:3">
+      <c r="A401" s="1" t="inlineStr">
+        <is>
+          <t>9786051830704</t>
+        </is>
+      </c>
+      <c r="B401" s="1" t="inlineStr">
+        <is>
+          <t>Çoklu Zeka ve Dikkat Geliştirme Seti - 6</t>
+        </is>
+      </c>
+      <c r="C401" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="402" spans="1:3">
+      <c r="A402" s="1" t="inlineStr">
+        <is>
+          <t>9786051830698</t>
+        </is>
+      </c>
+      <c r="B402" s="1" t="inlineStr">
+        <is>
+          <t>Çoklu Zeka ve Dikkat Geliştirme Seti - 5</t>
+        </is>
+      </c>
+      <c r="C402" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="403" spans="1:3">
+      <c r="A403" s="1" t="inlineStr">
+        <is>
+          <t>9786051830681</t>
+        </is>
+      </c>
+      <c r="B403" s="1" t="inlineStr">
+        <is>
+          <t>Çoklu Zeka ve Dikkat Geliştirme Seti - 4</t>
+        </is>
+      </c>
+      <c r="C403" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="404" spans="1:3">
+      <c r="A404" s="1" t="inlineStr">
+        <is>
+          <t>9786051830674</t>
+        </is>
+      </c>
+      <c r="B404" s="1" t="inlineStr">
+        <is>
+          <t>Çoklu Zeka ve Dikkat Geliştirme Seti - 3</t>
+        </is>
+      </c>
+      <c r="C404" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="405" spans="1:3">
+      <c r="A405" s="1" t="inlineStr">
+        <is>
+          <t>9786051830667</t>
+        </is>
+      </c>
+      <c r="B405" s="1" t="inlineStr">
+        <is>
+          <t>Çoklu Zeka ve Dikkat Geliştirme Seti - 2</t>
+        </is>
+      </c>
+      <c r="C405" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="406" spans="1:3">
+      <c r="A406" s="1" t="inlineStr">
+        <is>
+          <t>9786051830650</t>
+        </is>
+      </c>
+      <c r="B406" s="1" t="inlineStr">
+        <is>
+          <t>Çoklu Zeka ve Dikkat Geliştirme Seti - 1</t>
+        </is>
+      </c>
+      <c r="C406" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="407" spans="1:3">
+      <c r="A407" s="1" t="inlineStr">
+        <is>
+          <t>9786051621814</t>
+        </is>
+      </c>
+      <c r="B407" s="1" t="inlineStr">
+        <is>
+          <t>Kafa Patlatan 100 Zeka Sorusu - 4</t>
+        </is>
+      </c>
+      <c r="C407" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="408" spans="1:3">
+      <c r="A408" s="1" t="inlineStr">
+        <is>
+          <t>9786051629308</t>
+        </is>
+      </c>
+      <c r="B408" s="1" t="inlineStr">
+        <is>
+          <t>Kamil ve Aşırı Geyik Hikayeleri (5 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C408" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="409" spans="1:3">
+      <c r="A409" s="1" t="inlineStr">
+        <is>
+          <t>9786051833811</t>
+        </is>
+      </c>
+      <c r="B409" s="1" t="inlineStr">
+        <is>
+          <t>Sevr Mağarası’nın Gizemli Bekçileri - Altın Öyküler</t>
+        </is>
+      </c>
+      <c r="C409" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="410" spans="1:3">
+      <c r="A410" s="1" t="inlineStr">
+        <is>
+          <t>9786051833798</t>
+        </is>
+      </c>
+      <c r="B410" s="1" t="inlineStr">
+        <is>
+          <t>Yunus Balığı ve Mucize Yolculuk - Altın Öyküler</t>
+        </is>
+      </c>
+      <c r="C410" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="411" spans="1:3">
+      <c r="A411" s="1" t="inlineStr">
+        <is>
+          <t>9786051833767</t>
+        </is>
+      </c>
+      <c r="B411" s="1" t="inlineStr">
+        <is>
+          <t>Toprak Ülkesinin Sevimli Devesi - Altın Öyküler</t>
+        </is>
+      </c>
+      <c r="C411" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="412" spans="1:3">
+      <c r="A412" s="1" t="inlineStr">
+        <is>
+          <t>9786051833705</t>
+        </is>
+      </c>
+      <c r="B412" s="1" t="inlineStr">
+        <is>
+          <t>Akıllı Kıtmir’in Sadakati - Altın Öyküler</t>
+        </is>
+      </c>
+      <c r="C412" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="413" spans="1:3">
+      <c r="A413" s="1" t="inlineStr">
+        <is>
+          <t>9786051833675</t>
+        </is>
+      </c>
+      <c r="B413" s="1" t="inlineStr">
+        <is>
+          <t>Hüthüt ve Harikalar Ülkesi - Altın Öyküler</t>
+        </is>
+      </c>
+      <c r="C413" s="1">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="414" spans="1:3">
+      <c r="A414" s="1" t="inlineStr">
+        <is>
+          <t>9786051832944</t>
+        </is>
+      </c>
+      <c r="B414" s="1" t="inlineStr">
+        <is>
+          <t>Okul Takımı Kuruluyor - Efsane Tayfa 1</t>
+        </is>
+      </c>
+      <c r="C414" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="415" spans="1:3">
+      <c r="A415" s="1" t="inlineStr">
+        <is>
+          <t>9786051832937</t>
+        </is>
+      </c>
+      <c r="B415" s="1" t="inlineStr">
+        <is>
+          <t>Müzede Hırsız Avı - Efsane Tayfa 3</t>
+        </is>
+      </c>
+      <c r="C415" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="416" spans="1:3">
+      <c r="A416" s="1" t="inlineStr">
+        <is>
+          <t>9786051832920</t>
+        </is>
+      </c>
+      <c r="B416" s="1" t="inlineStr">
+        <is>
+          <t>İzci Kampında Panik - Efsane Tayfa 5</t>
+        </is>
+      </c>
+      <c r="C416" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="417" spans="1:3">
+      <c r="A417" s="1" t="inlineStr">
+        <is>
+          <t>9786051832913</t>
+        </is>
+      </c>
+      <c r="B417" s="1" t="inlineStr">
+        <is>
+          <t>Gezegenler Arası Yolculuk - Efsane Tayfa 4</t>
+        </is>
+      </c>
+      <c r="C417" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="418" spans="1:3">
+      <c r="A418" s="1" t="inlineStr">
+        <is>
+          <t>3990000065848</t>
+        </is>
+      </c>
+      <c r="B418" s="1" t="inlineStr">
+        <is>
+          <t>Pırpır'ın Dua Günlüğü (5 Kitap)</t>
+        </is>
+      </c>
+      <c r="C418" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="419" spans="1:3">
+      <c r="A419" s="1" t="inlineStr">
+        <is>
+          <t>9786051629575</t>
+        </is>
+      </c>
+      <c r="B419" s="1" t="inlineStr">
+        <is>
+          <t>Dinozor Müzesi</t>
+        </is>
+      </c>
+      <c r="C419" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="420" spans="1:3">
+      <c r="A420" s="1" t="inlineStr">
+        <is>
+          <t>9786051629544</t>
+        </is>
+      </c>
+      <c r="B420" s="1" t="inlineStr">
+        <is>
+          <t>Bahçede Orman - Değerler Eğitimi Seti 9</t>
+        </is>
+      </c>
+      <c r="C420" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="421" spans="1:3">
+      <c r="A421" s="1" t="inlineStr">
+        <is>
+          <t>9786051629636</t>
+        </is>
+      </c>
+      <c r="B421" s="1" t="inlineStr">
+        <is>
+          <t>Lunaparkta Eğlence</t>
+        </is>
+      </c>
+      <c r="C421" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="422" spans="1:3">
+      <c r="A422" s="1" t="inlineStr">
+        <is>
+          <t>9786051629667</t>
+        </is>
+      </c>
+      <c r="B422" s="1" t="inlineStr">
+        <is>
+          <t>Ormanda Piknik</t>
+        </is>
+      </c>
+      <c r="C422" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="423" spans="1:3">
+      <c r="A423" s="1" t="inlineStr">
+        <is>
+          <t>9786051629698</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Tekerlekli Yarış</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9786051629629</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Işık Macerası</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786051629537</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Abur Cubur</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9786051629551</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Bilgisayar Oyunu</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9786051629643</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Okulda İki Hayvan</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786051629650</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Okuma Bayramı</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
+          <t>9786051629704</t>
+        </is>
+      </c>
+      <c r="B429" s="1" t="inlineStr">
+        <is>
+          <t>Yüzme Havuzunda Eğlence</t>
+        </is>
+      </c>
+      <c r="C429" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="430" spans="1:3">
+      <c r="A430" s="1" t="inlineStr">
+        <is>
+          <t>9786051629728</t>
+        </is>
+      </c>
+      <c r="B430" s="1" t="inlineStr">
+        <is>
+          <t>Vapur Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C430" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="431" spans="1:3">
+      <c r="A431" s="1" t="inlineStr">
+        <is>
+          <t>9786051629568</t>
+        </is>
+      </c>
+      <c r="B431" s="1" t="inlineStr">
+        <is>
+          <t>Dev Pasta</t>
+        </is>
+      </c>
+      <c r="C431" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="432" spans="1:3">
+      <c r="A432" s="1" t="inlineStr">
+        <is>
+          <t>9786051629599</t>
+        </is>
+      </c>
+      <c r="B432" s="1" t="inlineStr">
+        <is>
+          <t>Kantin Sırası</t>
+        </is>
+      </c>
+      <c r="C432" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="433" spans="1:3">
+      <c r="A433" s="1" t="inlineStr">
+        <is>
+          <t>9786051629582</t>
+        </is>
+      </c>
+      <c r="B433" s="1" t="inlineStr">
+        <is>
+          <t>İtfaiyeci Fillo</t>
+        </is>
+      </c>
+      <c r="C433" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="434" spans="1:3">
+      <c r="A434" s="1" t="inlineStr">
+        <is>
+          <t>9786051629681</t>
+        </is>
+      </c>
+      <c r="B434" s="1" t="inlineStr">
+        <is>
+          <t>Süper Güçlü Yardım Aracı</t>
+        </is>
+      </c>
+      <c r="C434" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="435" spans="1:3">
+      <c r="A435" s="1" t="inlineStr">
+        <is>
+          <t>9786051629711</t>
+        </is>
+      </c>
+      <c r="B435" s="1" t="inlineStr">
+        <is>
+          <t>Tiyatroda Eşek Kovalamaca</t>
+        </is>
+      </c>
+      <c r="C435" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="436" spans="1:3">
+      <c r="A436" s="1" t="inlineStr">
+        <is>
+          <t>9786051629605</t>
+        </is>
+      </c>
+      <c r="B436" s="1" t="inlineStr">
+        <is>
+          <t>Kardan Adamın Çantası</t>
+        </is>
+      </c>
+      <c r="C436" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="437" spans="1:3">
+      <c r="A437" s="1" t="inlineStr">
+        <is>
+          <t>9789752699984</t>
+        </is>
+      </c>
+      <c r="B437" s="1" t="inlineStr">
+        <is>
+          <t>Kokarca Arkadaş Bulabilecek Mi?</t>
+        </is>
+      </c>
+      <c r="C437" s="1">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="438" spans="1:3">
+      <c r="A438" s="1" t="inlineStr">
+        <is>
+          <t>9789752699977</t>
+        </is>
+      </c>
+      <c r="B438" s="1" t="inlineStr">
+        <is>
+          <t>Sabırsız Kavunlar Ne Yapsın?</t>
+        </is>
+      </c>
+      <c r="C438" s="1">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="439" spans="1:3">
+      <c r="A439" s="1" t="inlineStr">
+        <is>
+          <t>9789752699960</t>
+        </is>
+      </c>
+      <c r="B439" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Güzelliğini Nasıl Keşfediyor?</t>
+        </is>
+      </c>
+      <c r="C439" s="1">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="440" spans="1:3">
+      <c r="A440" s="1" t="inlineStr">
+        <is>
+          <t>9789752699946</t>
+        </is>
+      </c>
+      <c r="B440" s="1" t="inlineStr">
+        <is>
+          <t>Siyah Kuzu Neden Yalnız?</t>
+        </is>
+      </c>
+      <c r="C440" s="1">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="441" spans="1:3">
+      <c r="A441" s="1" t="inlineStr">
+        <is>
+          <t>9789752699991</t>
+        </is>
+      </c>
+      <c r="B441" s="1" t="inlineStr">
+        <is>
+          <t>Tavşancığın Evi Neresi?</t>
+        </is>
+      </c>
+      <c r="C441" s="1">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="442" spans="1:3">
+      <c r="A442" s="1" t="inlineStr">
+        <is>
+          <t>3990000071261</t>
+        </is>
+      </c>
+      <c r="B442" s="1" t="inlineStr">
+        <is>
+          <t>Tali Tidies His Room / Behavioural Training With Stories 1 (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C442" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="443" spans="1:3">
+      <c r="A443" s="1" t="inlineStr">
+        <is>
+          <t>9786051629285</t>
+        </is>
+      </c>
+      <c r="B443" s="1" t="inlineStr">
+        <is>
+          <t>Kamil 5 - Annesinin Süper Çocuğu Ben!</t>
+        </is>
+      </c>
+      <c r="C443" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="444" spans="1:3">
+      <c r="A444" s="1" t="inlineStr">
+        <is>
+          <t>9786051629292</t>
+        </is>
+      </c>
+      <c r="B444" s="1" t="inlineStr">
+        <is>
+          <t>Kamil 4 - Korku Canavarını Yendim!</t>
+        </is>
+      </c>
+      <c r="C444" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="445" spans="1:3">
+      <c r="A445" s="1" t="inlineStr">
+        <is>
+          <t>9786051629278</t>
+        </is>
+      </c>
+      <c r="B445" s="1" t="inlineStr">
+        <is>
+          <t>Kamil 3 - Üşengeçlik Gibisi Yok!</t>
+        </is>
+      </c>
+      <c r="C445" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="446" spans="1:3">
+      <c r="A446" s="1" t="inlineStr">
+        <is>
+          <t>9786051629254</t>
+        </is>
+      </c>
+      <c r="B446" s="1" t="inlineStr">
+        <is>
+          <t>Kamil 2 - Ders Zili Kime Çalıyor?</t>
+        </is>
+      </c>
+      <c r="C446" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="447" spans="1:3">
+      <c r="A447" s="1" t="inlineStr">
+        <is>
+          <t>9786051628172</t>
+        </is>
+      </c>
+      <c r="B447" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Çatlatan 100 Akıl Oyunu 1 - Akıl Şifresi</t>
+        </is>
+      </c>
+      <c r="C447" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="448" spans="1:3">
+      <c r="A448" s="1" t="inlineStr">
+        <is>
+          <t>9786051628165</t>
+        </is>
+      </c>
+      <c r="B448" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Çatlatan 100 Akıl Oyunu 2 - Akıl Çemberi</t>
+        </is>
+      </c>
+      <c r="C448" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="449" spans="1:3">
+      <c r="A449" s="1" t="inlineStr">
+        <is>
+          <t>9786051628202</t>
+        </is>
+      </c>
+      <c r="B449" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Çatlatan 100 Akıl Oyunu 5 - Akıl Kutusu</t>
+        </is>
+      </c>
+      <c r="C449" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="450" spans="1:3">
+      <c r="A450" s="1" t="inlineStr">
+        <is>
+          <t>9786051628196</t>
+        </is>
+      </c>
+      <c r="B450" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Çatlatan 100 Akıl Oyunu 4 - Akıl Kodu</t>
+        </is>
+      </c>
+      <c r="C450" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="451" spans="1:3">
+      <c r="A451" s="1" t="inlineStr">
+        <is>
+          <t>9786051833682</t>
+        </is>
+      </c>
+      <c r="B451" s="1" t="inlineStr">
+        <is>
+          <t>Mimari Mucitleri - Minyatürlerle Mucitler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C451" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="452" spans="1:3">
+      <c r="A452" s="1" t="inlineStr">
+        <is>
+          <t>9786051628189</t>
+        </is>
+      </c>
+      <c r="B452" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Çatlatan 100 Akıl Oyunu 3 - Akıl Küpü</t>
+        </is>
+      </c>
+      <c r="C452" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="453" spans="1:3">
+      <c r="A453" s="1" t="inlineStr">
+        <is>
+          <t>9786051833668</t>
+        </is>
+      </c>
+      <c r="B453" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafya Mucitleri - Minyatürlerle Mucitler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C453" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="454" spans="1:3">
+      <c r="A454" s="1" t="inlineStr">
+        <is>
+          <t>9786051833781</t>
+        </is>
+      </c>
+      <c r="B454" s="1" t="inlineStr">
+        <is>
+          <t>Tıp / Kimya Mucitleri - Minyatürlerle Mucitler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C454" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="455" spans="1:3">
+      <c r="A455" s="1" t="inlineStr">
+        <is>
+          <t>9786051833651</t>
+        </is>
+      </c>
+      <c r="B455" s="1" t="inlineStr">
+        <is>
+          <t>Astronomi Mucitleri - Minyatürlerle Mucitler (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C455" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="456" spans="1:3">
+      <c r="A456" s="1" t="inlineStr">
+        <is>
+          <t>9786051833750</t>
+        </is>
+      </c>
+      <c r="B456" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor İngiltere'de - Patates Spor 5</t>
+        </is>
+      </c>
+      <c r="C456" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="457" spans="1:3">
+      <c r="A457" s="1" t="inlineStr">
+        <is>
+          <t>9786051833736</t>
+        </is>
+      </c>
+      <c r="B457" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor Almanya'da - Patates Spor 3</t>
+        </is>
+      </c>
+      <c r="C457" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="458" spans="1:3">
+      <c r="A458" s="1" t="inlineStr">
+        <is>
+          <t>9786051833743</t>
+        </is>
+      </c>
+      <c r="B458" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor Brezilya’da - Patates Spor 4</t>
+        </is>
+      </c>
+      <c r="C458" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="459" spans="1:3">
+      <c r="A459" s="1" t="inlineStr">
+        <is>
+          <t>9786051833620</t>
+        </is>
+      </c>
+      <c r="B459" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor Afrika’da - Patates Spor 2</t>
+        </is>
+      </c>
+      <c r="C459" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="460" spans="1:3">
+      <c r="A460" s="1" t="inlineStr">
+        <is>
+          <t>9786051833637</t>
+        </is>
+      </c>
+      <c r="B460" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor Çin'de - Patates Spor 1</t>
+        </is>
+      </c>
+      <c r="C460" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="461" spans="1:3">
+      <c r="A461" s="1" t="inlineStr">
+        <is>
+          <t>9786051833729</t>
+        </is>
+      </c>
+      <c r="B461" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor 3 (5 Kitap)</t>
+        </is>
+      </c>
+      <c r="C461" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="462" spans="1:3">
+      <c r="A462" s="1" t="inlineStr">
+        <is>
+          <t>9786051622538</t>
+        </is>
+      </c>
+      <c r="B462" s="1" t="inlineStr">
+        <is>
+          <t>İbadet - Temel Dini Bilgiler Rehberim</t>
+        </is>
+      </c>
+      <c r="C462" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="463" spans="1:3">
+      <c r="A463" s="1" t="inlineStr">
+        <is>
+          <t>9786051622545</t>
+        </is>
+      </c>
+      <c r="B463" s="1" t="inlineStr">
+        <is>
+          <t>Siyer - Temel Dini Bilgiler Rehberim</t>
+        </is>
+      </c>
+      <c r="C463" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="464" spans="1:3">
+      <c r="A464" s="1" t="inlineStr">
+        <is>
+          <t>9786051626185</t>
+        </is>
+      </c>
+      <c r="B464" s="1" t="inlineStr">
+        <is>
+          <t>Burada Türkçe Konuşuyoruz 5: Hani Derler Ya..</t>
+        </is>
+      </c>
+      <c r="C464" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="465" spans="1:3">
+      <c r="A465" s="1" t="inlineStr">
+        <is>
+          <t>9786051626147</t>
+        </is>
+      </c>
+      <c r="B465" s="1" t="inlineStr">
+        <is>
+          <t>Burada Türkçe Konuşuyoruz 3: Cool Olma Kendin Ol!</t>
+        </is>
+      </c>
+      <c r="C465" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="466" spans="1:3">
+      <c r="A466" s="1" t="inlineStr">
+        <is>
+          <t>9786051626154</t>
+        </is>
+      </c>
+      <c r="B466" s="1" t="inlineStr">
+        <is>
+          <t>Burada Türkçe Konuşuyoruz 1: Hatalıysam Söyle</t>
+        </is>
+      </c>
+      <c r="C466" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="467" spans="1:3">
+      <c r="A467" s="1" t="inlineStr">
+        <is>
+          <t>9786051624969</t>
+        </is>
+      </c>
+      <c r="B467" s="1" t="inlineStr">
+        <is>
+          <t>Zufi ile Allah’ın İsimlerini Öğreniyorum 4: Allah Bize Rızık Verir</t>
+        </is>
+      </c>
+      <c r="C467" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="468" spans="1:3">
+      <c r="A468" s="1" t="inlineStr">
+        <is>
+          <t>9786051624976</t>
+        </is>
+      </c>
+      <c r="B468" s="1" t="inlineStr">
+        <is>
+          <t>Zufi ile Allah’ın İsimlerini Öğreniyorum 3: Allah Bizi Duyar</t>
+        </is>
+      </c>
+      <c r="C468" s="1">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="469" spans="1:3">
+      <c r="A469" s="1" t="inlineStr">
+        <is>
+          <t>9786051624983</t>
+        </is>
+      </c>
+      <c r="B469" s="1" t="inlineStr">
+        <is>
+          <t>Zufi ile Allah’ın İsimlerini Öğreniyorum 2: Allah Bizi Görür</t>
+        </is>
+      </c>
+      <c r="C469" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="470" spans="1:3">
+      <c r="A470" s="1" t="inlineStr">
+        <is>
+          <t>9786051624990</t>
+        </is>
+      </c>
+      <c r="B470" s="1" t="inlineStr">
+        <is>
+          <t>Zufi ile Allah’ın İsimlerini Öğreniyorum 1: Bizi Allah Yarattı</t>
+        </is>
+      </c>
+      <c r="C470" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="471" spans="1:3">
+      <c r="A471" s="1" t="inlineStr">
+        <is>
+          <t>9786051625164</t>
+        </is>
+      </c>
+      <c r="B471" s="1" t="inlineStr">
+        <is>
+          <t>Helal Kazanç</t>
+        </is>
+      </c>
+      <c r="C471" s="1">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="472" spans="1:3">
+      <c r="A472" s="1" t="inlineStr">
+        <is>
+          <t>3990000032121</t>
+        </is>
+      </c>
+      <c r="B472" s="1" t="inlineStr">
+        <is>
+          <t>Tali Tidies His Room / Behavioural Training With Stories 2 (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C472" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="473" spans="1:3">
+      <c r="A473" s="1" t="inlineStr">
+        <is>
+          <t>9786051622323</t>
+        </is>
+      </c>
+      <c r="B473" s="1" t="inlineStr">
+        <is>
+          <t>Benim Güzel Kalbim</t>
+        </is>
+      </c>
+      <c r="C473" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="474" spans="1:3">
+      <c r="A474" s="1" t="inlineStr">
+        <is>
+          <t>9786051621869</t>
+        </is>
+      </c>
+      <c r="B474" s="1" t="inlineStr">
+        <is>
+          <t>Denizin Düşleri (5 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C474" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="475" spans="1:3">
+      <c r="A475" s="1" t="inlineStr">
+        <is>
+          <t>9786051315553</t>
+        </is>
+      </c>
+      <c r="B475" s="1" t="inlineStr">
+        <is>
+          <t>Kafa Patlatan 100 Zeka Sorusu Seti (5 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C475" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="476" spans="1:3">
+      <c r="A476" s="1" t="inlineStr">
+        <is>
+          <t>9786051627779</t>
+        </is>
+      </c>
+      <c r="B476" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Sınıf Kopya Çekmez - Bizim Matrak Sınıf Serisi 5</t>
+        </is>
+      </c>
+      <c r="C476" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="477" spans="1:3">
+      <c r="A477" s="1" t="inlineStr">
+        <is>
+          <t>9786051313818</t>
+        </is>
+      </c>
+      <c r="B477" s="1" t="inlineStr">
+        <is>
+          <t>Keman Çalan Çiçek</t>
+        </is>
+      </c>
+      <c r="C477" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="478" spans="1:3">
+      <c r="A478" s="1" t="inlineStr">
+        <is>
+          <t>9786051313801</t>
+        </is>
+      </c>
+      <c r="B478" s="1" t="inlineStr">
+        <is>
+          <t>Hophop Kurbağa</t>
+        </is>
+      </c>
+      <c r="C478" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="479" spans="1:3">
+      <c r="A479" s="1" t="inlineStr">
+        <is>
+          <t>9786051312903</t>
+        </is>
+      </c>
+      <c r="B479" s="1" t="inlineStr">
+        <is>
+          <t>Zirve Mücadelesi</t>
+        </is>
+      </c>
+      <c r="C479" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="480" spans="1:3">
+      <c r="A480" s="1" t="inlineStr">
+        <is>
+          <t>9789752695580</t>
+        </is>
+      </c>
+      <c r="B480" s="1" t="inlineStr">
+        <is>
+          <t>Zikir Fikir Şükür</t>
+        </is>
+      </c>
+      <c r="C480" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="481" spans="1:3">
+      <c r="A481" s="1" t="inlineStr">
+        <is>
+          <t>9789752695139</t>
+        </is>
+      </c>
+      <c r="B481" s="1" t="inlineStr">
+        <is>
+          <t>Zeyd B. Sabit</t>
+        </is>
+      </c>
+      <c r="C481" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="482" spans="1:3">
+      <c r="A482" s="1" t="inlineStr">
+        <is>
+          <t>9786051312767</t>
+        </is>
+      </c>
+      <c r="B482" s="1" t="inlineStr">
+        <is>
+          <t>Zenginim Beş Duyum Var</t>
+        </is>
+      </c>
+      <c r="C482" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="483" spans="1:3">
+      <c r="A483" s="1" t="inlineStr">
+        <is>
+          <t>9789752696068</t>
+        </is>
+      </c>
+      <c r="B483" s="1" t="inlineStr">
+        <is>
+          <t>Zamanımızı Nasıl Değerlendirmeliyiz ?</t>
+        </is>
+      </c>
+      <c r="C483" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="484" spans="1:3">
+      <c r="A484" s="1" t="inlineStr">
+        <is>
+          <t>9786051312910</t>
+        </is>
+      </c>
+      <c r="B484" s="1" t="inlineStr">
+        <is>
+          <t>Zaferlere Veda</t>
+        </is>
+      </c>
+      <c r="C484" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="485" spans="1:3">
+      <c r="A485" s="1" t="inlineStr">
+        <is>
+          <t>9799756503668</t>
+        </is>
+      </c>
+      <c r="B485" s="1" t="inlineStr">
+        <is>
+          <t>Yuvadaki Çocuklar</t>
+        </is>
+      </c>
+      <c r="C485" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="486" spans="1:3">
+      <c r="A486" s="1" t="inlineStr">
+        <is>
+          <t>9789752695115</t>
+        </is>
+      </c>
+      <c r="B486" s="1" t="inlineStr">
+        <is>
+          <t>Yumurta Makinesi Kim Yapıyor?</t>
+        </is>
+      </c>
+      <c r="C486" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="487" spans="1:3">
+      <c r="A487" s="1" t="inlineStr">
+        <is>
+          <t>9786051312552</t>
+        </is>
+      </c>
+      <c r="B487" s="1" t="inlineStr">
+        <is>
+          <t>Yoğurt Nasıl Yapılıyor?</t>
+        </is>
+      </c>
+      <c r="C487" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="488" spans="1:3">
+      <c r="A488" s="1" t="inlineStr">
+        <is>
+          <t>9789752695993</t>
+        </is>
+      </c>
+      <c r="B488" s="1" t="inlineStr">
+        <is>
+          <t>Yıldız Gözlü Melek Yüzlü Şiirler</t>
+        </is>
+      </c>
+      <c r="C488" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="489" spans="1:3">
+      <c r="A489" s="1" t="inlineStr">
+        <is>
+          <t>9789752699069</t>
+        </is>
+      </c>
+      <c r="B489" s="1" t="inlineStr">
+        <is>
+          <t>Yazın Biriktirmezsem Kışın Aç Kalırım!</t>
+        </is>
+      </c>
+      <c r="C489" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="490" spans="1:3">
+      <c r="A490" s="1" t="inlineStr">
+        <is>
+          <t>9789752694095</t>
+        </is>
+      </c>
+      <c r="B490" s="1" t="inlineStr">
+        <is>
+          <t>Yavru Tavşan ile Yavru Sincap Yardımlaşmayı Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C490" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="491" spans="1:3">
+      <c r="A491" s="1" t="inlineStr">
+        <is>
+          <t>9789752694088</t>
+        </is>
+      </c>
+      <c r="B491" s="1" t="inlineStr">
+        <is>
+          <t>Yavru Penguen ile Yavru Fok Balığı Çevre Temizliğini Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C491" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="492" spans="1:3">
+      <c r="A492" s="1" t="inlineStr">
+        <is>
+          <t>9786051315218</t>
+        </is>
+      </c>
+      <c r="B492" s="1" t="inlineStr">
+        <is>
+          <t>Evcil Hayvanlar - Küçük Kaşifin Boyama Kitabı 1</t>
+        </is>
+      </c>
+      <c r="C492" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="493" spans="1:3">
+      <c r="A493" s="1" t="inlineStr">
+        <is>
+          <t>9786051315201</t>
+        </is>
+      </c>
+      <c r="B493" s="1" t="inlineStr">
+        <is>
+          <t>Dinazorlar - Küçük Kaşifin Boyama Kitabı Serisi 4</t>
+        </is>
+      </c>
+      <c r="C493" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="494" spans="1:3">
+      <c r="A494" s="1" t="inlineStr">
+        <is>
+          <t>9786051314990</t>
+        </is>
+      </c>
+      <c r="B494" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Madalyonunun Gizemi</t>
+        </is>
+      </c>
+      <c r="C494" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="495" spans="1:3">
+      <c r="A495" s="1" t="inlineStr">
+        <is>
+          <t>9786051315232</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Kuşlar - Küçük Kaşifin Boyama Kitabı Serisi 5</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
+          <t>9786051315287</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Yabani Hayvanlar - Küçük Kaşifin Boyama Kitabı Serisi 2</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786051315256</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Suda Yaşayan Hayvanlar - Küçük Kaşifin Boyama Kitabı Serisi 3</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786051311807</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Yavru Pelikan</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786051311869</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Yavru Kuşlar</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9789752694071</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Yavru Kurbağa ile Yavru Ördek Özür Dilemeyi Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9789752694064</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Yavru Köpek ile Yavru Fare Lütfen Demeyi Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9789752694057</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Yavru Kedi ile Yavru Kaplumbağa Teşekkür Etmeyi Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9789756503324</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlı Oduncu ile Padişah</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9789752699038</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>Yardım Etmezsem Boyum Uzamaz!</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9789758499397</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Yaramaz Piti</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9789752695306</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Yalancı Çakal</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9789752696136</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Yalan Söylemek Neden Kötü?</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786051313375</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Vatanını Kim Sevmez ki!</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
+          <t>9789752695146</t>
+        </is>
+      </c>
+      <c r="B509" s="1" t="inlineStr">
+        <is>
+          <t>Üsame bin Zeyd</t>
+        </is>
+      </c>
+      <c r="C509" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="510" spans="1:3">
+      <c r="A510" s="1" t="inlineStr">
+        <is>
+          <t>9799758499730</t>
+        </is>
+      </c>
+      <c r="B510" s="1" t="inlineStr">
+        <is>
+          <t>Üç Arkadaş</t>
+        </is>
+      </c>
+      <c r="C510" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="511" spans="1:3">
+      <c r="A511" s="1" t="inlineStr">
+        <is>
+          <t>9789752698444</t>
+        </is>
+      </c>
+      <c r="B511" s="1" t="inlineStr">
+        <is>
+          <t>Uzun Kısa Kalın İnce Kavramlar Her Yerde</t>
+        </is>
+      </c>
+      <c r="C511" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="512" spans="1:3">
+      <c r="A512" s="1" t="inlineStr">
+        <is>
+          <t>9786051312736</t>
+        </is>
+      </c>
+      <c r="B512" s="1" t="inlineStr">
+        <is>
+          <t>Uyumak İstemiyorum Ya!</t>
+        </is>
+      </c>
+      <c r="C512" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="513" spans="1:3">
+      <c r="A513" s="1" t="inlineStr">
+        <is>
+          <t>9786051311944</t>
+        </is>
+      </c>
+      <c r="B513" s="1" t="inlineStr">
+        <is>
+          <t>Uyanık Geyik</t>
+        </is>
+      </c>
+      <c r="C513" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="514" spans="1:3">
+      <c r="A514" s="1" t="inlineStr">
+        <is>
+          <t>9786051314228</t>
+        </is>
+      </c>
+      <c r="B514" s="1" t="inlineStr">
+        <is>
+          <t>Uçan Bisiklet</t>
+        </is>
+      </c>
+      <c r="C514" s="1">
+        <v>2.55</v>
+      </c>
+    </row>
+    <row r="515" spans="1:3">
+      <c r="A515" s="1" t="inlineStr">
+        <is>
+          <t>9789752697355</t>
+        </is>
+      </c>
+      <c r="B515" s="1" t="inlineStr">
+        <is>
+          <t>Topuz - Yaman Çekirge</t>
+        </is>
+      </c>
+      <c r="C515" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="516" spans="1:3">
+      <c r="A516" s="1" t="inlineStr">
+        <is>
+          <t>9789752697362</t>
+        </is>
+      </c>
+      <c r="B516" s="1" t="inlineStr">
+        <is>
+          <t>Topuz - İzin Dede</t>
+        </is>
+      </c>
+      <c r="C516" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="517" spans="1:3">
+      <c r="A517" s="1" t="inlineStr">
+        <is>
+          <t>9789752697379</t>
+        </is>
+      </c>
+      <c r="B517" s="1" t="inlineStr">
+        <is>
+          <t>Topuz - Hayal mi? Gerçek mi?</t>
+        </is>
+      </c>
+      <c r="C517" s="1">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="518" spans="1:3">
+      <c r="A518" s="1" t="inlineStr">
+        <is>
+          <t>9786051312934</t>
+        </is>
+      </c>
+      <c r="B518" s="1" t="inlineStr">
+        <is>
+          <t>Tini Mini Masal Treni (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C518" s="1">
+        <v>10.19</v>
+      </c>
+    </row>
+    <row r="519" spans="1:3">
+      <c r="A519" s="1" t="inlineStr">
+        <is>
+          <t>9789752698451</t>
+        </is>
+      </c>
+      <c r="B519" s="1" t="inlineStr">
+        <is>
+          <t>Tik Tak Tik Tak Zamanı Yakala Şipşak</t>
+        </is>
+      </c>
+      <c r="C519" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="520" spans="1:3">
+      <c r="A520" s="1" t="inlineStr">
+        <is>
+          <t>9789752695610</t>
+        </is>
+      </c>
+      <c r="B520" s="1" t="inlineStr">
+        <is>
+          <t>Teşekkür Ederim Allah’ım</t>
+        </is>
+      </c>
+      <c r="C520" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="521" spans="1:3">
+      <c r="A521" s="1" t="inlineStr">
+        <is>
+          <t>9799756401193</t>
+        </is>
+      </c>
+      <c r="B521" s="1" t="inlineStr">
+        <is>
+          <t>İbretli Hikayeler 1 Terzi ve Model</t>
+        </is>
+      </c>
+      <c r="C521" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="522" spans="1:3">
+      <c r="A522" s="1" t="inlineStr">
+        <is>
+          <t>9789758499601</t>
+        </is>
+      </c>
+      <c r="B522" s="1" t="inlineStr">
+        <is>
+          <t>Tekir ile Joli</t>
+        </is>
+      </c>
+      <c r="C522" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="523" spans="1:3">
+      <c r="A523" s="1" t="inlineStr">
+        <is>
+          <t>9786051312484</t>
+        </is>
+      </c>
+      <c r="B523" s="1" t="inlineStr">
+        <is>
+          <t>Tavuk Nasıl Yaratılıyor?</t>
+        </is>
+      </c>
+      <c r="C523" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="524" spans="1:3">
+      <c r="A524" s="1" t="inlineStr">
+        <is>
+          <t>9789756503539</t>
+        </is>
+      </c>
+      <c r="B524" s="1" t="inlineStr">
+        <is>
+          <t>Tatlı Çilekler</t>
+        </is>
+      </c>
+      <c r="C524" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="525" spans="1:3">
+      <c r="A525" s="1" t="inlineStr">
+        <is>
+          <t>9786051312927</t>
+        </is>
+      </c>
+      <c r="B525" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Yazan Kahramanlar</t>
+        </is>
+      </c>
+      <c r="C525" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="526" spans="1:3">
+      <c r="A526" s="1" t="inlineStr">
+        <is>
+          <t>9789752699489</t>
+        </is>
+      </c>
+      <c r="B526" s="1" t="inlineStr">
+        <is>
+          <t>Tali’nin Kardeşi Doğuyor</t>
+        </is>
+      </c>
+      <c r="C526" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="527" spans="1:3">
+      <c r="A527" s="1" t="inlineStr">
+        <is>
+          <t>9789752697522</t>
+        </is>
+      </c>
+      <c r="B527" s="1" t="inlineStr">
+        <is>
+          <t>Tali Yemeklerini Yiyor</t>
+        </is>
+      </c>
+      <c r="C527" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="528" spans="1:3">
+      <c r="A528" s="1" t="inlineStr">
+        <is>
+          <t>9789752697478</t>
+        </is>
+      </c>
+      <c r="B528" s="1" t="inlineStr">
+        <is>
+          <t>Tali Yardım Ediyor</t>
+        </is>
+      </c>
+      <c r="C528" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="529" spans="1:3">
+      <c r="A529" s="1" t="inlineStr">
+        <is>
+          <t>9786051310510</t>
+        </is>
+      </c>
+      <c r="B529" s="1" t="inlineStr">
+        <is>
+          <t>Tali Washes His Hands</t>
+        </is>
+      </c>
+      <c r="C529" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="530" spans="1:3">
+      <c r="A530" s="1" t="inlineStr">
+        <is>
+          <t>9786051311548</t>
+        </is>
+      </c>
+      <c r="B530" s="1" t="inlineStr">
+        <is>
+          <t>Tali Waits His Turn</t>
+        </is>
+      </c>
+      <c r="C530" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="531" spans="1:3">
+      <c r="A531" s="1" t="inlineStr">
+        <is>
+          <t>9786051310503</t>
+        </is>
+      </c>
+      <c r="B531" s="1" t="inlineStr">
+        <is>
+          <t>Tali Tidies His Room</t>
+        </is>
+      </c>
+      <c r="C531" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="532" spans="1:3">
+      <c r="A532" s="1" t="inlineStr">
+        <is>
+          <t>9786051310527</t>
+        </is>
+      </c>
+      <c r="B532" s="1" t="inlineStr">
+        <is>
+          <t>Tali Tells The Truth</t>
+        </is>
+      </c>
+      <c r="C532" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="533" spans="1:3">
+      <c r="A533" s="1" t="inlineStr">
+        <is>
+          <t>9786051311555</t>
+        </is>
+      </c>
+      <c r="B533" s="1" t="inlineStr">
+        <is>
+          <t>Tali Stands Up For Himself</t>
+        </is>
+      </c>
+      <c r="C533" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="534" spans="1:3">
+      <c r="A534" s="1" t="inlineStr">
+        <is>
+          <t>9789752697539</t>
+        </is>
+      </c>
+      <c r="B534" s="1" t="inlineStr">
+        <is>
+          <t>Tali Söz Dinliyor</t>
+        </is>
+      </c>
+      <c r="C534" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="535" spans="1:3">
+      <c r="A535" s="1" t="inlineStr">
+        <is>
+          <t>9789752699472</t>
+        </is>
+      </c>
+      <c r="B535" s="1" t="inlineStr">
+        <is>
+          <t>Tali Sorumluluğunu Öğreniyor</t>
+        </is>
+      </c>
+      <c r="C535" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="536" spans="1:3">
+      <c r="A536" s="1" t="inlineStr">
+        <is>
+          <t>9786051310558</t>
+        </is>
+      </c>
+      <c r="B536" s="1" t="inlineStr">
+        <is>
+          <t>Tali Shares His Things</t>
+        </is>
+      </c>
+      <c r="C536" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="537" spans="1:3">
+      <c r="A537" s="1" t="inlineStr">
+        <is>
+          <t>9789752699533</t>
+        </is>
+      </c>
+      <c r="B537" s="1" t="inlineStr">
+        <is>
+          <t>Tali Okula Gidiyor</t>
+        </is>
+      </c>
+      <c r="C537" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="538" spans="1:3">
+      <c r="A538" s="1" t="inlineStr">
+        <is>
+          <t>9789752697454</t>
+        </is>
+      </c>
+      <c r="B538" s="1" t="inlineStr">
+        <is>
+          <t>Tali Odasını Topluyor</t>
+        </is>
+      </c>
+      <c r="C538" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="539" spans="1:3">
+      <c r="A539" s="1" t="inlineStr">
+        <is>
+          <t>9786051310572</t>
+        </is>
+      </c>
+      <c r="B539" s="1" t="inlineStr">
+        <is>
+          <t>Tali Listens His Elders</t>
+        </is>
+      </c>
+      <c r="C539" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="540" spans="1:3">
+      <c r="A540" s="1" t="inlineStr">
+        <is>
+          <t>9786051311609</t>
+        </is>
+      </c>
+      <c r="B540" s="1" t="inlineStr">
+        <is>
+          <t>Tali Learns Responsibility</t>
+        </is>
+      </c>
+      <c r="C540" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="541" spans="1:3">
+      <c r="A541" s="1" t="inlineStr">
+        <is>
+          <t>9786051311579</t>
+        </is>
+      </c>
+      <c r="B541" s="1" t="inlineStr">
+        <is>
+          <t>Tali Knows His Mistakes</t>
+        </is>
+      </c>
+      <c r="C541" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="542" spans="1:3">
+      <c r="A542" s="1" t="inlineStr">
+        <is>
+          <t>9789752699465</t>
+        </is>
+      </c>
+      <c r="B542" s="1" t="inlineStr">
+        <is>
+          <t>Tali Kendine Güveniyor</t>
+        </is>
+      </c>
+      <c r="C542" s="1">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="543" spans="1:3">
+      <c r="A543" s="1" t="inlineStr">
+        <is>
+          <t>9789752699496</t>
+        </is>
+      </c>
+      <c r="B543" s="1" t="inlineStr">
+        <is>
+          <t>Tali Karanlıktan Korkmuyor</t>
+        </is>
+      </c>
+      <c r="C543" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="544" spans="1:3">
+      <c r="A544" s="1" t="inlineStr">
+        <is>
+          <t>9786051311586</t>
+        </is>
+      </c>
+      <c r="B544" s="1" t="inlineStr">
+        <is>
+          <t>Tali is in Hospital</t>
+        </is>
+      </c>
+      <c r="C544" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="545" spans="1:3">
+      <c r="A545" s="1" t="inlineStr">
+        <is>
+          <t>9786051311012</t>
+        </is>
+      </c>
+      <c r="B545" s="1" t="inlineStr">
+        <is>
+          <t>Emotional Intelligence Training With Stories (öykülerle Duygusal Zeka Eğitimi Seti) 10 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C545" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="546" spans="1:3">
+      <c r="A546" s="1" t="inlineStr">
+        <is>
+          <t>9786051311630</t>
+        </is>
+      </c>
+      <c r="B546" s="1" t="inlineStr">
+        <is>
+          <t>Tali Isn’t Afraid of the Dark</t>
+        </is>
+      </c>
+      <c r="C546" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="547" spans="1:3">
+      <c r="A547" s="1" t="inlineStr">
+        <is>
+          <t>9786051310589</t>
+        </is>
+      </c>
+      <c r="B547" s="1" t="inlineStr">
+        <is>
+          <t>Tali Holds His Elder’s Hand</t>
+        </is>
+      </c>
+      <c r="C547" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="548" spans="1:3">
+      <c r="A548" s="1" t="inlineStr">
+        <is>
+          <t>9786051310497</t>
+        </is>
+      </c>
+      <c r="B548" s="1" t="inlineStr">
+        <is>
+          <t>Tali Helps Out</t>
+        </is>
+      </c>
+      <c r="C548" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="549" spans="1:3">
+      <c r="A549" s="1" t="inlineStr">
+        <is>
+          <t>9789752699526</t>
+        </is>
+      </c>
+      <c r="B549" s="1" t="inlineStr">
+        <is>
+          <t>Tali Hatasını Anlıyor</t>
+        </is>
+      </c>
+      <c r="C549" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="550" spans="1:3">
+      <c r="A550" s="1" t="inlineStr">
+        <is>
+          <t>9789752699519</t>
+        </is>
+      </c>
+      <c r="B550" s="1" t="inlineStr">
+        <is>
+          <t>Tali Hastanede Yatıyor</t>
+        </is>
+      </c>
+      <c r="C550" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="551" spans="1:3">
+      <c r="A551" s="1" t="inlineStr">
+        <is>
+          <t>9786051311562</t>
+        </is>
+      </c>
+      <c r="B551" s="1" t="inlineStr">
+        <is>
+          <t>Tali Has a Sister</t>
+        </is>
+      </c>
+      <c r="C551" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="552" spans="1:3">
+      <c r="A552" s="1" t="inlineStr">
+        <is>
+          <t>9789752699458</t>
+        </is>
+      </c>
+      <c r="B552" s="1" t="inlineStr">
+        <is>
+          <t>Tali Hakkını Arıyor</t>
+        </is>
+      </c>
+      <c r="C552" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="553" spans="1:3">
+      <c r="A553" s="1" t="inlineStr">
+        <is>
+          <t>9786051311623</t>
+        </is>
+      </c>
+      <c r="B553" s="1" t="inlineStr">
+        <is>
+          <t>Tali Goes to School</t>
+        </is>
+      </c>
+      <c r="C553" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="554" spans="1:3">
+      <c r="A554" s="1" t="inlineStr">
+        <is>
+          <t>9786051310534</t>
+        </is>
+      </c>
+      <c r="B554" s="1" t="inlineStr">
+        <is>
+          <t>Tali Goes To Bed Early</t>
+        </is>
+      </c>
+      <c r="C554" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="555" spans="1:3">
+      <c r="A555" s="1" t="inlineStr">
+        <is>
+          <t>9786051310541</t>
+        </is>
+      </c>
+      <c r="B555" s="1" t="inlineStr">
+        <is>
+          <t>Tali Gives Back What He Finds</t>
+        </is>
+      </c>
+      <c r="C555" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="556" spans="1:3">
+      <c r="A556" s="1" t="inlineStr">
+        <is>
+          <t>9789752697515</t>
+        </is>
+      </c>
+      <c r="B556" s="1" t="inlineStr">
+        <is>
+          <t>Tali Eşyalarını Paylaşıyor</t>
+        </is>
+      </c>
+      <c r="C556" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="557" spans="1:3">
+      <c r="A557" s="1" t="inlineStr">
+        <is>
+          <t>9789752697492</t>
+        </is>
+      </c>
+      <c r="B557" s="1" t="inlineStr">
+        <is>
+          <t>Tali Erken Yatıyor</t>
+        </is>
+      </c>
+      <c r="C557" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="558" spans="1:3">
+      <c r="A558" s="1" t="inlineStr">
+        <is>
+          <t>9789752697461</t>
+        </is>
+      </c>
+      <c r="B558" s="1" t="inlineStr">
+        <is>
+          <t>Tali Ellerini Yıkıyor</t>
+        </is>
+      </c>
+      <c r="C558" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="559" spans="1:3">
+      <c r="A559" s="1" t="inlineStr">
+        <is>
+          <t>9786051310565</t>
+        </is>
+      </c>
+      <c r="B559" s="1" t="inlineStr">
+        <is>
+          <t>Tali Eats His Meals</t>
+        </is>
+      </c>
+      <c r="C559" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="560" spans="1:3">
+      <c r="A560" s="1" t="inlineStr">
+        <is>
+          <t>9789752697485</t>
+        </is>
+      </c>
+      <c r="B560" s="1" t="inlineStr">
+        <is>
+          <t>Tali Doğruyu Söylüyor</t>
+        </is>
+      </c>
+      <c r="C560" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="561" spans="1:3">
+      <c r="A561" s="1" t="inlineStr">
+        <is>
+          <t>9786051311593</t>
+        </is>
+      </c>
+      <c r="B561" s="1" t="inlineStr">
+        <is>
+          <t>Tali Deals With Mocking</t>
+        </is>
+      </c>
+      <c r="C561" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="562" spans="1:3">
+      <c r="A562" s="1" t="inlineStr">
+        <is>
+          <t>9789752697546</t>
+        </is>
+      </c>
+      <c r="B562" s="1" t="inlineStr">
+        <is>
+          <t>Tali Büyüklerinin Elini Tutuyor</t>
+        </is>
+      </c>
+      <c r="C562" s="1">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="563" spans="1:3">
+      <c r="A563" s="1" t="inlineStr">
+        <is>
+          <t>9789752697508</t>
+        </is>
+      </c>
+      <c r="B563" s="1" t="inlineStr">
+        <is>
+          <t>Tali Bulduğu Eşyayı Sahibine Veriyor</t>
+        </is>
+      </c>
+      <c r="C563" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="564" spans="1:3">
+      <c r="A564" s="1" t="inlineStr">
+        <is>
+          <t>9786051310619</t>
+        </is>
+      </c>
+      <c r="B564" s="1" t="inlineStr">
+        <is>
+          <t>Tali Becomes Self - Confident</t>
+        </is>
+      </c>
+      <c r="C564" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="565" spans="1:3">
+      <c r="A565" s="1" t="inlineStr">
+        <is>
+          <t>9789752699540</t>
+        </is>
+      </c>
+      <c r="B565" s="1" t="inlineStr">
+        <is>
+          <t>Tali Alayla Başa Çıkıyor</t>
+        </is>
+      </c>
+      <c r="C565" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="566" spans="1:3">
+      <c r="A566" s="1" t="inlineStr">
+        <is>
+          <t>9789752697157</t>
+        </is>
+      </c>
+      <c r="B566" s="1" t="inlineStr">
+        <is>
+          <t>Şifa Bulan Padişah</t>
+        </is>
+      </c>
+      <c r="C566" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="567" spans="1:3">
+      <c r="A567" s="1" t="inlineStr">
+        <is>
+          <t>9789752696129</t>
+        </is>
+      </c>
+      <c r="B567" s="1" t="inlineStr">
+        <is>
+          <t>Şımarık Çocuklar Neden Sevilmez?</t>
+        </is>
+      </c>
+      <c r="C567" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="568" spans="1:3">
+      <c r="A568" s="1" t="inlineStr">
+        <is>
+          <t>9789752699717</t>
+        </is>
+      </c>
+      <c r="B568" s="1" t="inlineStr">
+        <is>
+          <t>Süt Fabrikası Möndi</t>
+        </is>
+      </c>
+      <c r="C568" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="569" spans="1:3">
+      <c r="A569" s="1" t="inlineStr">
+        <is>
+          <t>9789752691636</t>
+        </is>
+      </c>
+      <c r="B569" s="1" t="inlineStr">
+        <is>
+          <t>Süt Denizi</t>
+        </is>
+      </c>
+      <c r="C569" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="570" spans="1:3">
+      <c r="A570" s="1" t="inlineStr">
+        <is>
+          <t>9799752690065</t>
+        </is>
+      </c>
+      <c r="B570" s="1" t="inlineStr">
+        <is>
+          <t>Sürmeli Kurban mı Olacak? Meraklı Bilgiler 8</t>
+        </is>
+      </c>
+      <c r="C570" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="571" spans="1:3">
+      <c r="A571" s="1" t="inlineStr">
+        <is>
+          <t>9786051310664</t>
+        </is>
+      </c>
+      <c r="B571" s="1" t="inlineStr">
+        <is>
+          <t>Süper Defter 2 - Süper Güçlerim Olsa Allah’la Konuşabilir miyim?</t>
+        </is>
+      </c>
+      <c r="C571" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="572" spans="1:3">
+      <c r="A572" s="1" t="inlineStr">
+        <is>
+          <t>9786051310060</t>
+        </is>
+      </c>
+      <c r="B572" s="1" t="inlineStr">
+        <is>
+          <t>Süper Gözlerim Olsa Allah’ı Görebilir miyim?</t>
+        </is>
+      </c>
+      <c r="C572" s="1">
+        <v>5.56</v>
+      </c>
+    </row>
+    <row r="573" spans="1:3">
+      <c r="A573" s="1" t="inlineStr">
+        <is>
+          <t>9799756401759</t>
+        </is>
+      </c>
+      <c r="B573" s="1" t="inlineStr">
+        <is>
+          <t>Şifa Veren Kim? Meraklı Bilgiler 3</t>
+        </is>
+      </c>
+      <c r="C573" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="574" spans="1:3">
+      <c r="A574" s="1" t="inlineStr">
+        <is>
+          <t>9799752690041</t>
+        </is>
+      </c>
+      <c r="B574" s="1" t="inlineStr">
+        <is>
+          <t>Sünnetten Kaçılır Mı? Meraklı Bilgiler 10</t>
+        </is>
+      </c>
+      <c r="C574" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="575" spans="1:3">
+      <c r="A575" s="1" t="inlineStr">
+        <is>
+          <t>9789754082234</t>
+        </is>
+      </c>
+      <c r="B575" s="1" t="inlineStr">
+        <is>
+          <t>Sultanlar Sultanı</t>
+        </is>
+      </c>
+      <c r="C575" s="1">
+        <v>2.55</v>
+      </c>
+    </row>
+    <row r="576" spans="1:3">
+      <c r="A576" s="1" t="inlineStr">
+        <is>
+          <t>9786051312705</t>
+        </is>
+      </c>
+      <c r="B576" s="1" t="inlineStr">
+        <is>
+          <t>Spor Yapmak Zorunda Mıyım?</t>
+        </is>
+      </c>
+      <c r="C576" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="577" spans="1:3">
+      <c r="A577" s="1" t="inlineStr">
+        <is>
+          <t>9789752696112</t>
+        </is>
+      </c>
+      <c r="B577" s="1" t="inlineStr">
+        <is>
+          <t>Söz Dinlemek Neden Önemli?</t>
+        </is>
+      </c>
+      <c r="C577" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="578" spans="1:3">
+      <c r="A578" s="1" t="inlineStr">
+        <is>
+          <t>9789752698161</t>
+        </is>
+      </c>
+      <c r="B578" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Ülkesi Masalları</t>
+        </is>
+      </c>
+      <c r="C578" s="1">
+        <v>12.04</v>
+      </c>
+    </row>
+    <row r="579" spans="1:3">
+      <c r="A579" s="1" t="inlineStr">
+        <is>
+          <t>9789756401330</t>
+        </is>
+      </c>
+      <c r="B579" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Peygamberi</t>
+        </is>
+      </c>
+      <c r="C579" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="580" spans="1:3">
+      <c r="A580" s="1" t="inlineStr">
+        <is>
+          <t>9799756401742</t>
+        </is>
+      </c>
+      <c r="B580" s="1" t="inlineStr">
+        <is>
+          <t>Sarı Yaprak Neden Düşüyor? Meraklı Bilgiler 2</t>
+        </is>
+      </c>
+      <c r="C580" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="581" spans="1:3">
+      <c r="A581" s="1" t="inlineStr">
+        <is>
+          <t>9786051314235</t>
+        </is>
+      </c>
+      <c r="B581" s="1" t="inlineStr">
+        <is>
+          <t>Sarı Balon</t>
+        </is>
+      </c>
+      <c r="C581" s="1">
+        <v>2.55</v>
+      </c>
+    </row>
+    <row r="582" spans="1:3">
+      <c r="A582" s="1" t="inlineStr">
+        <is>
+          <t>9789752695023</t>
+        </is>
+      </c>
+      <c r="B582" s="1" t="inlineStr">
+        <is>
+          <t>Sarah’ın İmanı (Kelime-i Şehadet)</t>
+        </is>
+      </c>
+      <c r="C582" s="1">
+        <v>1.39</v>
+      </c>
+    </row>
+    <row r="583" spans="1:3">
+      <c r="A583" s="1" t="inlineStr">
+        <is>
+          <t>9789752695672</t>
+        </is>
+      </c>
+      <c r="B583" s="1" t="inlineStr">
+        <is>
+          <t>Saksıdaki Fabrikalar</t>
+        </is>
+      </c>
+      <c r="C583" s="1">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="584" spans="1:3">
+      <c r="A584" s="1" t="inlineStr">
+        <is>
+          <t>9789752694484</t>
+        </is>
+      </c>
+      <c r="B584" s="1" t="inlineStr">
+        <is>
+          <t>Sakin Sandal</t>
+        </is>
+      </c>
+      <c r="C584" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="585" spans="1:3">
+      <c r="A585" s="1" t="inlineStr">
+        <is>
+          <t>9786051311791</t>
+        </is>
+      </c>
+      <c r="B585" s="1" t="inlineStr">
+        <is>
+          <t>Saf Kuzucuk</t>
+        </is>
+      </c>
+      <c r="C585" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="586" spans="1:3">
+      <c r="A586" s="1" t="inlineStr">
+        <is>
+          <t>9786051311913</t>
+        </is>
+      </c>
+      <c r="B586" s="1" t="inlineStr">
+        <is>
+          <t>Sabırsız Tavşan</t>
+        </is>
+      </c>
+      <c r="C586" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="587" spans="1:3">
+      <c r="A587" s="1" t="inlineStr">
+        <is>
+          <t>9789752698628</t>
+        </is>
+      </c>
+      <c r="B587" s="1" t="inlineStr">
+        <is>
+          <t>Renkli Denizaltı Ülkesi Masalları (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C587" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="588" spans="1:3">
+      <c r="A588" s="1" t="inlineStr">
+        <is>
+          <t>9789752695047</t>
+        </is>
+      </c>
+      <c r="B588" s="1" t="inlineStr">
+        <is>
+          <t>Ramazan’ın Orucu (Oruç)</t>
+        </is>
+      </c>
+      <c r="C588" s="1">
+        <v>1.39</v>
+      </c>
+    </row>
+    <row r="589" spans="1:3">
+      <c r="A589" s="1" t="inlineStr">
+        <is>
+          <t>9786051312415</t>
+        </is>
+      </c>
+      <c r="B589" s="1" t="inlineStr">
+        <is>
+          <t>Ramazan Günlüğüm</t>
+        </is>
+      </c>
+      <c r="C589" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="590" spans="1:3">
+      <c r="A590" s="1" t="inlineStr">
+        <is>
+          <t>9786051312330</t>
+        </is>
+      </c>
+      <c r="B590" s="1" t="inlineStr">
+        <is>
+          <t>Rabbimi Tanıdım Mutlu Oldum</t>
+        </is>
+      </c>
+      <c r="C590" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="591" spans="1:3">
+      <c r="A591" s="1" t="inlineStr">
+        <is>
+          <t>9789752699731</t>
+        </is>
+      </c>
+      <c r="B591" s="1" t="inlineStr">
+        <is>
+          <t>Piti’nin Yaprak Koleksiyonu</t>
+        </is>
+      </c>
+      <c r="C591" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="592" spans="1:3">
+      <c r="A592" s="1" t="inlineStr">
+        <is>
+          <t>9786051629087</t>
+        </is>
+      </c>
+      <c r="B592" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Çocuklar İçin Matematiksel Düşünme Seti 4 - Paylaştırmanın Mutluluğu</t>
+        </is>
+      </c>
+      <c r="C592" s="1">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="593" spans="1:3">
+      <c r="A593" s="1" t="inlineStr">
+        <is>
+          <t>9786051629117</t>
+        </is>
+      </c>
+      <c r="B593" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Çocuklar İçin Matematiksel Düşünme Seti 3 - Çıkarmanın Hafifliği</t>
+        </is>
+      </c>
+      <c r="C593" s="1">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="594" spans="1:3">
+      <c r="A594" s="1" t="inlineStr">
+        <is>
+          <t>9786051629100</t>
+        </is>
+      </c>
+      <c r="B594" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Çocuklar İçin Matematiksel Düşünme Seti 2 - Toplamanın Ağırlığı</t>
+        </is>
+      </c>
+      <c r="C594" s="1">
+        <v>6.5</v>
+      </c>
+    </row>
+    <row r="595" spans="1:3">
+      <c r="A595" s="1" t="inlineStr">
+        <is>
+          <t>9786051629094</t>
+        </is>
+      </c>
+      <c r="B595" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Çocuklar İçin Matematiksel Düşünme Seti 1 - Sayılarla Oynayalım</t>
+        </is>
+      </c>
+      <c r="C595" s="1">
+        <v>5.6</v>
+      </c>
+    </row>
+    <row r="596" spans="1:3">
+      <c r="A596" s="1" t="inlineStr">
+        <is>
+          <t>9786051629063</t>
+        </is>
+      </c>
+      <c r="B596" s="1" t="inlineStr">
+        <is>
+          <t>Varlıkların İlginç Öyküleri - Bildiğin Gibi Değil</t>
+        </is>
+      </c>
+      <c r="C596" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="597" spans="1:3">
+      <c r="A597" s="1" t="inlineStr">
+        <is>
+          <t>9786051628042</t>
+        </is>
+      </c>
+      <c r="B597" s="1" t="inlineStr">
+        <is>
+          <t>Zihin Çatlatan 100 Akıl Oyunu (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C597" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="598" spans="1:3">
+      <c r="A598" s="1" t="inlineStr">
+        <is>
+          <t>9786051315706</t>
+        </is>
+      </c>
+      <c r="B598" s="1" t="inlineStr">
+        <is>
+          <t>Kafa Patlatan 100 Zeka Sorusu - 2</t>
+        </is>
+      </c>
+      <c r="C598" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="599" spans="1:3">
+      <c r="A599" s="1" t="inlineStr">
+        <is>
+          <t>9786051831176</t>
+        </is>
+      </c>
+      <c r="B599" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaşım Kur'an</t>
+        </is>
+      </c>
+      <c r="C599" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="600" spans="1:3">
+      <c r="A600" s="1" t="inlineStr">
+        <is>
+          <t>3990000038011</t>
+        </is>
+      </c>
+      <c r="B600" s="1" t="inlineStr">
+        <is>
+          <t>Öykülerle Davranış Eğitimi Serisi (3-7 Yaş) + Etkinlikli Boyama Kitabı (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C600" s="1">
+        <v>27.78</v>
+      </c>
+    </row>
+    <row r="601" spans="1:3">
+      <c r="A601" s="1" t="inlineStr">
+        <is>
+          <t>9786051627724</t>
+        </is>
+      </c>
+      <c r="B601" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor 5 - Haydi Bastır Patates!</t>
+        </is>
+      </c>
+      <c r="C601" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="602" spans="1:3">
+      <c r="A602" s="1" t="inlineStr">
+        <is>
+          <t>9786051627731</t>
+        </is>
+      </c>
+      <c r="B602" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor 4 - Patatesspor Kampta</t>
+        </is>
+      </c>
+      <c r="C602" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="603" spans="1:3">
+      <c r="A603" s="1" t="inlineStr">
+        <is>
+          <t>9786051627700</t>
+        </is>
+      </c>
+      <c r="B603" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor 2 - Yumurtaspor Maçı</t>
+        </is>
+      </c>
+      <c r="C603" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="604" spans="1:3">
+      <c r="A604" s="1" t="inlineStr">
+        <is>
+          <t>9786051627694</t>
+        </is>
+      </c>
+      <c r="B604" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor 1 - Ters Köşe!</t>
+        </is>
+      </c>
+      <c r="C604" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="605" spans="1:3">
+      <c r="A605" s="1" t="inlineStr">
+        <is>
+          <t>9786051622378</t>
+        </is>
+      </c>
+      <c r="B605" s="1" t="inlineStr">
+        <is>
+          <t>Organlarımla Allah'a Şükrediyorum (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C605" s="1">
+        <v>23.15</v>
+      </c>
+    </row>
+    <row r="606" spans="1:3">
+      <c r="A606" s="1" t="inlineStr">
+        <is>
+          <t>9786051624808</t>
+        </is>
+      </c>
+      <c r="B606" s="1" t="inlineStr">
+        <is>
+          <t>İkizlerin Umre Günlüğü</t>
+        </is>
+      </c>
+      <c r="C606" s="1">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="607" spans="1:3">
+      <c r="A607" s="1" t="inlineStr">
+        <is>
+          <t>3990000016630</t>
+        </is>
+      </c>
+      <c r="B607" s="1" t="inlineStr">
+        <is>
+          <t>İlk Okuma Serisi (8 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C607" s="1">
+        <v>18.52</v>
+      </c>
+    </row>
+    <row r="608" spans="1:3">
+      <c r="A608" s="1" t="inlineStr">
+        <is>
+          <t>9786051315539</t>
+        </is>
+      </c>
+      <c r="B608" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf Yatağını Islatıyor</t>
+        </is>
+      </c>
+      <c r="C608" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" s="1" t="inlineStr">
+        <is>
+          <t>9786051315522</t>
+        </is>
+      </c>
+      <c r="B609" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf Doktora Gidiyor</t>
+        </is>
+      </c>
+      <c r="C609" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="610" spans="1:3">
+      <c r="A610" s="1" t="inlineStr">
+        <is>
+          <t>9786051315515</t>
+        </is>
+      </c>
+      <c r="B610" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf Bakıcıya Bırakılıyor</t>
+        </is>
+      </c>
+      <c r="C610" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="611" spans="1:3">
+      <c r="A611" s="1" t="inlineStr">
+        <is>
+          <t>9786051315508</t>
+        </is>
+      </c>
+      <c r="B611" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf Arka Koltukta Oturuyor</t>
+        </is>
+      </c>
+      <c r="C611" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="612" spans="1:3">
+      <c r="A612" s="1" t="inlineStr">
+        <is>
+          <t>9786051315492</t>
+        </is>
+      </c>
+      <c r="B612" s="1" t="inlineStr">
+        <is>
+          <t>Yusuf Okula Gidiyor</t>
+        </is>
+      </c>
+      <c r="C612" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="613" spans="1:3">
+      <c r="A613" s="1" t="inlineStr">
+        <is>
+          <t>9789752698727</t>
+        </is>
+      </c>
+      <c r="B613" s="1" t="inlineStr">
+        <is>
+          <t>Uykucu Balık Muşi</t>
+        </is>
+      </c>
+      <c r="C613" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="614" spans="1:3">
+      <c r="A614" s="1" t="inlineStr">
+        <is>
+          <t>9789752698703</t>
+        </is>
+      </c>
+      <c r="B614" s="1" t="inlineStr">
+        <is>
+          <t>Süslü Balık Süsi</t>
+        </is>
+      </c>
+      <c r="C614" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="615" spans="1:3">
+      <c r="A615" s="1" t="inlineStr">
+        <is>
+          <t>9789752698697</t>
+        </is>
+      </c>
+      <c r="B615" s="1" t="inlineStr">
+        <is>
+          <t>Sevimli Balık Yunoş</t>
+        </is>
+      </c>
+      <c r="C615" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="616" spans="1:3">
+      <c r="A616" s="1" t="inlineStr">
+        <is>
+          <t>9789752698673</t>
+        </is>
+      </c>
+      <c r="B616" s="1" t="inlineStr">
+        <is>
+          <t>Tombul Balık Boli</t>
+        </is>
+      </c>
+      <c r="C616" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="617" spans="1:3">
+      <c r="A617" s="1" t="inlineStr">
+        <is>
+          <t>9789752698659</t>
+        </is>
+      </c>
+      <c r="B617" s="1" t="inlineStr">
+        <is>
+          <t>Yavru Salyangoz Sali</t>
+        </is>
+      </c>
+      <c r="C617" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="618" spans="1:3">
+      <c r="A618" s="1" t="inlineStr">
+        <is>
+          <t>9789752698710</t>
+        </is>
+      </c>
+      <c r="B618" s="1" t="inlineStr">
+        <is>
+          <t>Şakacı Balık Şakşak</t>
+        </is>
+      </c>
+      <c r="C618" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="619" spans="1:3">
+      <c r="A619" s="1" t="inlineStr">
+        <is>
+          <t>9789752698635</t>
+        </is>
+      </c>
+      <c r="B619" s="1" t="inlineStr">
+        <is>
+          <t>İncili Balık Cici</t>
+        </is>
+      </c>
+      <c r="C619" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="620" spans="1:3">
+      <c r="A620" s="1" t="inlineStr">
+        <is>
+          <t>9789752698666</t>
+        </is>
+      </c>
+      <c r="B620" s="1" t="inlineStr">
+        <is>
+          <t>Kraliçe Balık Balina</t>
+        </is>
+      </c>
+      <c r="C620" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="621" spans="1:3">
+      <c r="A621" s="1" t="inlineStr">
+        <is>
+          <t>9786051310022</t>
+        </is>
+      </c>
+      <c r="B621" s="1" t="inlineStr">
+        <is>
+          <t>Neden Kimse Brokoli Yemiyor?</t>
+        </is>
+      </c>
+      <c r="C621" s="1">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="622" spans="1:3">
+      <c r="A622" s="1" t="inlineStr">
+        <is>
+          <t>9786051310008</t>
+        </is>
+      </c>
+      <c r="B622" s="1" t="inlineStr">
+        <is>
+          <t>Mızıkçı Keçi Neden Pişman?</t>
+        </is>
+      </c>
+      <c r="C622" s="1">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="623" spans="1:3">
+      <c r="A623" s="1" t="inlineStr">
+        <is>
+          <t>9789752699953</t>
+        </is>
+      </c>
+      <c r="B623" s="1" t="inlineStr">
+        <is>
+          <t>En Güzel Mevsim Hangisi?</t>
+        </is>
+      </c>
+      <c r="C623" s="1">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="624" spans="1:3">
+      <c r="A624" s="1" t="inlineStr">
+        <is>
+          <t>9786051622316</t>
+        </is>
+      </c>
+      <c r="B624" s="1" t="inlineStr">
+        <is>
+          <t>Benim Güzel Gözlerim</t>
+        </is>
+      </c>
+      <c r="C624" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="625" spans="1:3">
+      <c r="A625" s="1" t="inlineStr">
+        <is>
+          <t>9786051311470</t>
+        </is>
+      </c>
+      <c r="B625" s="1" t="inlineStr">
+        <is>
+          <t>Köpük Serisi (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C625" s="1">
+        <v>18.5</v>
+      </c>
+    </row>
+    <row r="626" spans="1:3">
+      <c r="A626" s="1" t="inlineStr">
+        <is>
+          <t>9786051318455</t>
+        </is>
+      </c>
+      <c r="B626" s="1" t="inlineStr">
+        <is>
+          <t>Robotikuş ve Uzay Gözetleme Kulesi</t>
+        </is>
+      </c>
+      <c r="C626" s="1">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="627" spans="1:3">
+      <c r="A627" s="1" t="inlineStr">
+        <is>
+          <t>9786051621616</t>
+        </is>
+      </c>
+      <c r="B627" s="1" t="inlineStr">
+        <is>
+          <t>Düş Bahçesinde Masal Ağacı</t>
+        </is>
+      </c>
+      <c r="C627" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="628" spans="1:3">
+      <c r="A628" s="1" t="inlineStr">
+        <is>
+          <t>9786051629827</t>
+        </is>
+      </c>
+      <c r="B628" s="1" t="inlineStr">
+        <is>
+          <t>Hadislerle Değerler Eğitimi (10 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C628" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="629" spans="1:3">
+      <c r="A629" s="1" t="inlineStr">
+        <is>
+          <t>9786051629070</t>
+        </is>
+      </c>
+      <c r="B629" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Çocuklar İçin Matematiksel Düşünme Seti</t>
+        </is>
+      </c>
+      <c r="C629" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="630" spans="1:3">
+      <c r="A630" s="1" t="inlineStr">
+        <is>
+          <t>9786051625324</t>
+        </is>
+      </c>
+      <c r="B630" s="1" t="inlineStr">
+        <is>
+          <t>Pür Dikkat Öğreniyorum-2</t>
+        </is>
+      </c>
+      <c r="C630" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="631" spans="1:3">
+      <c r="A631" s="1" t="inlineStr">
+        <is>
+          <t>9786051625317</t>
+        </is>
+      </c>
+      <c r="B631" s="1" t="inlineStr">
+        <is>
+          <t>Pür Dikkat Öğreniyorum-1</t>
+        </is>
+      </c>
+      <c r="C631" s="1">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="632" spans="1:3">
+      <c r="A632" s="1" t="inlineStr">
+        <is>
+          <t>9786051623931</t>
+        </is>
+      </c>
+      <c r="B632" s="1" t="inlineStr">
+        <is>
+          <t>İlkokul Öğrencileri için Dikkat Geliştirme Seti - 2</t>
+        </is>
+      </c>
+      <c r="C632" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="633" spans="1:3">
+      <c r="A633" s="1" t="inlineStr">
+        <is>
+          <t>9786051623924</t>
+        </is>
+      </c>
+      <c r="B633" s="1" t="inlineStr">
+        <is>
+          <t>İlkokul Öğrencileri için Dikkat Geliştirme Seti - 1</t>
+        </is>
+      </c>
+      <c r="C633" s="1">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="634" spans="1:3">
+      <c r="A634" s="1" t="inlineStr">
+        <is>
+          <t>9786051622422</t>
+        </is>
+      </c>
+      <c r="B634" s="1" t="inlineStr">
+        <is>
+          <t>Oyuncakların Şarkısı</t>
+        </is>
+      </c>
+      <c r="C634" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="635" spans="1:3">
+      <c r="A635" s="1" t="inlineStr">
+        <is>
+          <t>9789752698642</t>
+        </is>
+      </c>
+      <c r="B635" s="1" t="inlineStr">
+        <is>
+          <t>Elektrikli Balık Eli</t>
+        </is>
+      </c>
+      <c r="C635" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="636" spans="1:3">
+      <c r="A636" s="1" t="inlineStr">
+        <is>
+          <t>9786051622361</t>
+        </is>
+      </c>
+      <c r="B636" s="1" t="inlineStr">
+        <is>
+          <t>Benim Güzel Tenim</t>
+        </is>
+      </c>
+      <c r="C636" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="637" spans="1:3">
+      <c r="A637" s="1" t="inlineStr">
+        <is>
+          <t>9786051622354</t>
+        </is>
+      </c>
+      <c r="B637" s="1" t="inlineStr">
+        <is>
+          <t>Benim Güzel Midem</t>
+        </is>
+      </c>
+      <c r="C637" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="638" spans="1:3">
+      <c r="A638" s="1" t="inlineStr">
+        <is>
+          <t>9786051622347</t>
+        </is>
+      </c>
+      <c r="B638" s="1" t="inlineStr">
+        <is>
+          <t>Benim Güzel Kulaklarım</t>
+        </is>
+      </c>
+      <c r="C638" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="639" spans="1:3">
+      <c r="A639" s="1" t="inlineStr">
+        <is>
+          <t>9786051622330</t>
+        </is>
+      </c>
+      <c r="B639" s="1" t="inlineStr">
+        <is>
+          <t>Benim Güzel Kemiklerim</t>
+        </is>
+      </c>
+      <c r="C639" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="640" spans="1:3">
+      <c r="A640" s="1" t="inlineStr">
+        <is>
+          <t>9786051622293</t>
+        </is>
+      </c>
+      <c r="B640" s="1" t="inlineStr">
+        <is>
+          <t>Benim Güzel Ellerim</t>
+        </is>
+      </c>
+      <c r="C640" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="641" spans="1:3">
+      <c r="A641" s="1" t="inlineStr">
+        <is>
+          <t>9786051622569</t>
+        </is>
+      </c>
+      <c r="B641" s="1" t="inlineStr">
+        <is>
+          <t>Ahlak - Temel Dini Bilgiler Rehberim</t>
+        </is>
+      </c>
+      <c r="C641" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="642" spans="1:3">
+      <c r="A642" s="1" t="inlineStr">
+        <is>
+          <t>9786051622286</t>
+        </is>
+      </c>
+      <c r="B642" s="1" t="inlineStr">
+        <is>
+          <t>Benim Güzel Burnum</t>
+        </is>
+      </c>
+      <c r="C642" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="643" spans="1:3">
+      <c r="A643" s="1" t="inlineStr">
+        <is>
+          <t>9786051622279</t>
+        </is>
+      </c>
+      <c r="B643" s="1" t="inlineStr">
+        <is>
+          <t>Benim Güzel Ağzım</t>
+        </is>
+      </c>
+      <c r="C643" s="1">
+        <v>2.31</v>
+      </c>
+    </row>
+    <row r="644" spans="1:3">
+      <c r="A644" s="1" t="inlineStr">
+        <is>
+          <t>9786051310015</t>
+        </is>
+      </c>
+      <c r="B644" s="1" t="inlineStr">
+        <is>
+          <t>Ateşböceği Kıvılcım Kimden Korkuyor?</t>
+        </is>
+      </c>
+      <c r="C644" s="1">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="645" spans="1:3">
+      <c r="A645" s="1" t="inlineStr">
+        <is>
+          <t>9786051310039</t>
+        </is>
+      </c>
+      <c r="B645" s="1" t="inlineStr">
+        <is>
+          <t>Arkadaşları Çekirgeye Yardım Edecek Mi?</t>
+        </is>
+      </c>
+      <c r="C645" s="1">
+        <v>3.5</v>
+      </c>
+    </row>
+    <row r="646" spans="1:3">
+      <c r="A646" s="1" t="inlineStr">
+        <is>
+          <t>9786051628011</t>
+        </is>
+      </c>
+      <c r="B646" s="1" t="inlineStr">
+        <is>
+          <t>Dedektif Sensin 4 - Markette Şantaj</t>
+        </is>
+      </c>
+      <c r="C646" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="647" spans="1:3">
+      <c r="A647" s="1" t="inlineStr">
+        <is>
+          <t>9786051628035</t>
+        </is>
+      </c>
+      <c r="B647" s="1" t="inlineStr">
+        <is>
+          <t>Dedektif Sensin 3 - Çıldırmış Dinozorlar</t>
+        </is>
+      </c>
+      <c r="C647" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="648" spans="1:3">
+      <c r="A648" s="1" t="inlineStr">
+        <is>
+          <t>9786051628028</t>
+        </is>
+      </c>
+      <c r="B648" s="1" t="inlineStr">
+        <is>
+          <t>Dedektif Sensin 2 - Piramitlerde Saldırı</t>
+        </is>
+      </c>
+      <c r="C648" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="649" spans="1:3">
+      <c r="A649" s="1" t="inlineStr">
+        <is>
+          <t>9786051628004</t>
+        </is>
+      </c>
+      <c r="B649" s="1" t="inlineStr">
+        <is>
+          <t>Dedektif Sensin 1 - Köşkte Soygun</t>
+        </is>
+      </c>
+      <c r="C649" s="1">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="650" spans="1:3">
+      <c r="A650" s="1" t="inlineStr">
+        <is>
+          <t>9786051625003</t>
+        </is>
+      </c>
+      <c r="B650" s="1" t="inlineStr">
+        <is>
+          <t>Zufi İle Allah'ın İsimlerini Öğreniyorum (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C650" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="651" spans="1:3">
+      <c r="A651" s="1" t="inlineStr">
+        <is>
+          <t>9786051621890</t>
+        </is>
+      </c>
+      <c r="B651" s="1" t="inlineStr">
+        <is>
+          <t>Deniz'in Düşleri 5: Boşaltım Sistemi</t>
+        </is>
+      </c>
+      <c r="C651" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="652" spans="1:3">
+      <c r="A652" s="1" t="inlineStr">
+        <is>
+          <t>9786051621883</t>
+        </is>
+      </c>
+      <c r="B652" s="1" t="inlineStr">
+        <is>
+          <t>Deniz'in Düşleri 2:  Kar Düşleri</t>
+        </is>
+      </c>
+      <c r="C652" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="653" spans="1:3">
+      <c r="A653" s="1" t="inlineStr">
+        <is>
+          <t>9786051621876</t>
+        </is>
+      </c>
+      <c r="B653" s="1" t="inlineStr">
+        <is>
+          <t>Deniz'in Düşleri 1: Merhaba Kemik Adam! 1</t>
+        </is>
+      </c>
+      <c r="C653" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="654" spans="1:3">
+      <c r="A654" s="1" t="inlineStr">
+        <is>
+          <t>9786051832616</t>
+        </is>
+      </c>
+      <c r="B654" s="1" t="inlineStr">
+        <is>
+          <t>Padişah ve Yaşlı Adam</t>
+        </is>
+      </c>
+      <c r="C654" s="1">
+        <v>2.3</v>
+      </c>
+    </row>
+    <row r="655" spans="1:3">
+      <c r="A655" s="1" t="inlineStr">
+        <is>
+          <t>9786051836355</t>
+        </is>
+      </c>
+      <c r="B655" s="1" t="inlineStr">
+        <is>
+          <t>Zufi İle Allah’ın İsimlerini Öğreniyorum - 2 (4 Kitap)</t>
+        </is>
+      </c>
+      <c r="C655" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="656" spans="1:3">
+      <c r="A656" s="1" t="inlineStr">
+        <is>
+          <t>9786051315157</t>
+        </is>
+      </c>
+      <c r="B656" s="1" t="inlineStr">
+        <is>
+          <t>Meyveler - Küçük Kaşifin Boyama Kitabı Serisi 6</t>
+        </is>
+      </c>
+      <c r="C656" s="1">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="657" spans="1:3">
+      <c r="A657" s="1" t="inlineStr">
+        <is>
+          <t>9786051626130</t>
+        </is>
+      </c>
+      <c r="B657" s="1" t="inlineStr">
+        <is>
+          <t>Burada Türkçe Konuşuyoruz (5 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C657" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="658" spans="1:3">
+      <c r="A658" s="1" t="inlineStr">
+        <is>
+          <t>9786051314204</t>
+        </is>
+      </c>
+      <c r="B658" s="1" t="inlineStr">
+        <is>
+          <t>El Yazılı Masallar (6 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C658" s="1">
+        <v>15.28</v>
+      </c>
+    </row>
+    <row r="659" spans="1:3">
+      <c r="A659" s="1" t="inlineStr">
+        <is>
+          <t>9786051622415</t>
+        </is>
+      </c>
+      <c r="B659" s="1" t="inlineStr">
+        <is>
+          <t>Minnoş'un Pişmanlığı</t>
+        </is>
+      </c>
+      <c r="C659" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="660" spans="1:3">
+      <c r="A660" s="1" t="inlineStr">
+        <is>
+          <t>9786051622408</t>
+        </is>
+      </c>
+      <c r="B660" s="1" t="inlineStr">
+        <is>
+          <t>Kınalıkuzu Nerede?</t>
+        </is>
+      </c>
+      <c r="C660" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="661" spans="1:3">
+      <c r="A661" s="1" t="inlineStr">
+        <is>
+          <t>9786051832593</t>
+        </is>
+      </c>
+      <c r="B661" s="1" t="inlineStr">
+        <is>
+          <t>Karga ile Papağan</t>
+        </is>
+      </c>
+      <c r="C661" s="1">
+        <v>1.16</v>
+      </c>
+    </row>
+    <row r="662" spans="1:3">
+      <c r="A662" s="1" t="inlineStr">
+        <is>
+          <t>9789752696730</t>
+        </is>
+      </c>
+      <c r="B662" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber Hikayeleri - 8: Hz. Musa (Aleyhisselam)</t>
+        </is>
+      </c>
+      <c r="C662" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="663" spans="1:3">
+      <c r="A663" s="1" t="inlineStr">
+        <is>
+          <t>9789752696754</t>
+        </is>
+      </c>
+      <c r="B663" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber Hikayeleri -10: Hz. Süleyman (Aleyhisselam)</t>
+        </is>
+      </c>
+      <c r="C663" s="1">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="664" spans="1:3">
+      <c r="A664" s="1" t="inlineStr">
+        <is>
+          <t>9786051311951</t>
+        </is>
+      </c>
+      <c r="B664" s="1" t="inlineStr">
+        <is>
+          <t>Akıllı Kaplumbağa</t>
+        </is>
+      </c>
+      <c r="C664" s="1">
+        <v>0.93</v>
+      </c>
+    </row>
+    <row r="665" spans="1:3">
+      <c r="A665" s="1" t="inlineStr">
+        <is>
+          <t>9789752698680</t>
+        </is>
+      </c>
+      <c r="B665" s="1" t="inlineStr">
+        <is>
+          <t>Akıllı Balık Pupi</t>
+        </is>
+      </c>
+      <c r="C665" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="666" spans="1:3">
+      <c r="A666" s="1" t="inlineStr">
+        <is>
+          <t>9799756401735</t>
+        </is>
+      </c>
+      <c r="B666" s="1" t="inlineStr">
+        <is>
+          <t>Annem Beni Seviyor mu? Meraklı Bilgiler 1</t>
+        </is>
+      </c>
+      <c r="C666" s="1">
+        <v>1.85</v>
+      </c>
+    </row>
+    <row r="667" spans="1:3">
+      <c r="A667" s="1" t="inlineStr">
+        <is>
+          <t>3990000002223</t>
+        </is>
+      </c>
+      <c r="B667" s="1" t="inlineStr">
+        <is>
+          <t>Altı Dil Bilen Harika Çocuk - Zeyd Bin Sabit (r.a.)</t>
+        </is>
+      </c>
+      <c r="C667" s="1">
+        <v>3.24</v>
+      </c>
+    </row>
+    <row r="668" spans="1:3">
+      <c r="A668" s="1" t="inlineStr">
+        <is>
+          <t>9789752694293</t>
+        </is>
+      </c>
+      <c r="B668" s="1" t="inlineStr">
+        <is>
+          <t>Alparslan   Malazgirt Zaferi</t>
+        </is>
+      </c>
+      <c r="C668" s="1">
+        <v>6.48</v>
+      </c>
+    </row>
+    <row r="669" spans="1:3">
+      <c r="A669" s="1" t="inlineStr">
+        <is>
+          <t>3990000002212</t>
+        </is>
+      </c>
+      <c r="B669" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Çocukları Peygamberimizi Tanıyor</t>
+        </is>
+      </c>
+      <c r="C669" s="1">
+        <v>9.26</v>
+      </c>
+    </row>
+    <row r="670" spans="1:3">
+      <c r="A670" s="1" t="inlineStr">
+        <is>
+          <t>9789752699571</t>
+        </is>
+      </c>
+      <c r="B670" s="1" t="inlineStr">
+        <is>
+          <t>Duygusal Zeka Eğitimi Etkinlikli Boyama Kitabı - Tali 2</t>
+        </is>
+      </c>
+      <c r="C670" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="671" spans="1:3">
+      <c r="A671" s="1" t="inlineStr">
+        <is>
+          <t>9786051312569</t>
+        </is>
+      </c>
+      <c r="B671" s="1" t="inlineStr">
+        <is>
+          <t>Dondurma Nasıl Yapılıyor?</t>
+        </is>
+      </c>
+      <c r="C671" s="1">
+        <v>2.78</v>
+      </c>
+    </row>
+    <row r="672" spans="1:3">
+      <c r="A672" s="1" t="inlineStr">
+        <is>
+          <t>9789752695276</t>
+        </is>
+      </c>
+      <c r="B672" s="1" t="inlineStr">
+        <is>
+          <t>Akıllı Balık</t>
+        </is>
+      </c>
+      <c r="C672" s="1">
+        <v>3.7</v>
+      </c>
+    </row>
+    <row r="673" spans="1:3">
+      <c r="A673" s="1" t="inlineStr">
+        <is>
+          <t>3994051832678</t>
+        </is>
+      </c>
+      <c r="B673" s="1" t="inlineStr">
+        <is>
+          <t>Şaşkın Karınca : Masallarla Karakter Eğitimi</t>
+        </is>
+      </c>
+      <c r="C673" s="1">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="674" spans="1:3">
+      <c r="A674" s="1" t="inlineStr">
+        <is>
+          <t>9786051312231</t>
+        </is>
+      </c>
+      <c r="B674" s="1" t="inlineStr">
+        <is>
+          <t>Louie Seviyor Dizisi (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C674" s="1">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="675" spans="1:3">
+      <c r="A675" s="1" t="inlineStr">
+        <is>
+          <t>9786051313108</t>
+        </is>
+      </c>
+      <c r="B675" s="1" t="inlineStr">
+        <is>
+          <t>Karma Etkinlikler Seti (6 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C675" s="1">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="676" spans="1:3">
+      <c r="A676" s="1" t="inlineStr">
+        <is>
+          <t>9786051834429</t>
+        </is>
+      </c>
+      <c r="B676" s="1" t="inlineStr">
+        <is>
+          <t>Hayalini Kuruyorum Peygamberimi Tanıyorum - Birinci Kitap</t>
+        </is>
+      </c>
+      <c r="C676" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="677" spans="1:3">
+      <c r="A677" s="1" t="inlineStr">
+        <is>
+          <t>9786051834399</t>
+        </is>
+      </c>
+      <c r="B677" s="1" t="inlineStr">
+        <is>
+          <t>Hayvanlar Konuşuyor</t>
+        </is>
+      </c>
+      <c r="C677" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="678" spans="1:3">
+      <c r="A678" s="1" t="inlineStr">
+        <is>
+          <t>9786255807175</t>
+        </is>
+      </c>
+      <c r="B678" s="1" t="inlineStr">
+        <is>
+          <t>Ajan Kabartı 1</t>
+        </is>
+      </c>
+      <c r="C678" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="679" spans="1:3">
+      <c r="A679" s="1" t="inlineStr">
+        <is>
+          <t>9786255807182</t>
+        </is>
+      </c>
+      <c r="B679" s="1" t="inlineStr">
+        <is>
+          <t>Canavar Çocuk</t>
+        </is>
+      </c>
+      <c r="C679" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="680" spans="1:3">
+      <c r="A680" s="1" t="inlineStr">
+        <is>
+          <t>9786255807151</t>
+        </is>
+      </c>
+      <c r="B680" s="1" t="inlineStr">
+        <is>
+          <t>Minik Kalplerin Kur'an Sözlüğü</t>
+        </is>
+      </c>
+      <c r="C680" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="681" spans="1:3">
+      <c r="A681" s="1" t="inlineStr">
+        <is>
+          <t>9786255807137</t>
+        </is>
+      </c>
+      <c r="B681" s="1" t="inlineStr">
+        <is>
+          <t>İsoryama - Sevgi Gezegeni</t>
+        </is>
+      </c>
+      <c r="C681" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="682" spans="1:3">
+      <c r="A682" s="1" t="inlineStr">
+        <is>
+          <t>9786255807144</t>
+        </is>
+      </c>
+      <c r="B682" s="1" t="inlineStr">
+        <is>
+          <t>Amayrosi - Nefretin Sevgiye Dönüştüğü Gezegen</t>
+        </is>
+      </c>
+      <c r="C682" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="683" spans="1:3">
+      <c r="A683" s="1" t="inlineStr">
+        <is>
+          <t>9786255807106</t>
+        </is>
+      </c>
+      <c r="B683" s="1" t="inlineStr">
+        <is>
+          <t>Kırmızı Gagalı Kuş</t>
+        </is>
+      </c>
+      <c r="C683" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="684" spans="1:3">
+      <c r="A684" s="1" t="inlineStr">
+        <is>
+          <t>9786255807113</t>
+        </is>
+      </c>
+      <c r="B684" s="1" t="inlineStr">
+        <is>
+          <t>Çanta Taşıyan Çocuk</t>
+        </is>
+      </c>
+      <c r="C684" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="685" spans="1:3">
+      <c r="A685" s="1" t="inlineStr">
+        <is>
+          <t>9786255807045</t>
+        </is>
+      </c>
+      <c r="B685" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kurt’un Gözlüklü İlk Günü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C685" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="686" spans="1:3">
+      <c r="A686" s="1" t="inlineStr">
+        <is>
+          <t>9786255807076</t>
+        </is>
+      </c>
+      <c r="B686" s="1" t="inlineStr">
+        <is>
+          <t>İsoryama Uzaydan Gelen Dostlar</t>
+        </is>
+      </c>
+      <c r="C686" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="687" spans="1:3">
+      <c r="A687" s="1" t="inlineStr">
+        <is>
+          <t>9786255807083</t>
+        </is>
+      </c>
+      <c r="B687" s="1" t="inlineStr">
+        <is>
+          <t>İsoryama Uzay Yolculuğu</t>
+        </is>
+      </c>
+      <c r="C687" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="688" spans="1:3">
+      <c r="A688" s="1" t="inlineStr">
+        <is>
+          <t>9786255807069</t>
+        </is>
+      </c>
+      <c r="B688" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Arkadaşım</t>
+        </is>
+      </c>
+      <c r="C688" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="689" spans="1:3">
+      <c r="A689" s="1" t="inlineStr">
+        <is>
+          <t>9786255807052</t>
+        </is>
+      </c>
+      <c r="B689" s="1" t="inlineStr">
+        <is>
+          <t>Rüzgâr Saçlı Kız</t>
+        </is>
+      </c>
+      <c r="C689" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="690" spans="1:3">
+      <c r="A690" s="1" t="inlineStr">
+        <is>
+          <t>9786256365940</t>
+        </is>
+      </c>
+      <c r="B690" s="1" t="inlineStr">
+        <is>
+          <t>Dedem Bir Rüya Tamircisi</t>
+        </is>
+      </c>
+      <c r="C690" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="691" spans="1:3">
+      <c r="A691" s="1" t="inlineStr">
+        <is>
+          <t>9786255807007</t>
+        </is>
+      </c>
+      <c r="B691" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Yaz Kampı</t>
+        </is>
+      </c>
+      <c r="C691" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="692" spans="1:3">
+      <c r="A692" s="1" t="inlineStr">
+        <is>
+          <t>9786255807014</t>
+        </is>
+      </c>
+      <c r="B692" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Okul Kütüphanesi</t>
+        </is>
+      </c>
+      <c r="C692" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="693" spans="1:3">
+      <c r="A693" s="1" t="inlineStr">
+        <is>
+          <t>9786255807021</t>
+        </is>
+      </c>
+      <c r="B693" s="1" t="inlineStr">
+        <is>
+          <t>Gizemli Köşk</t>
+        </is>
+      </c>
+      <c r="C693" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="694" spans="1:3">
+      <c r="A694" s="1" t="inlineStr">
+        <is>
+          <t>9786256653627</t>
+        </is>
+      </c>
+      <c r="B694" s="1" t="inlineStr">
+        <is>
+          <t>Beyaz Gecenin Kedisi</t>
+        </is>
+      </c>
+      <c r="C694" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="695" spans="1:3">
+      <c r="A695" s="1" t="inlineStr">
+        <is>
+          <t>9786256653634</t>
+        </is>
+      </c>
+      <c r="B695" s="1" t="inlineStr">
+        <is>
+          <t>Sumsum Kütüphanesi</t>
+        </is>
+      </c>
+      <c r="C695" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="696" spans="1:3">
+      <c r="A696" s="1" t="inlineStr">
+        <is>
+          <t>9786256653153</t>
+        </is>
+      </c>
+      <c r="B696" s="1" t="inlineStr">
+        <is>
+          <t>Kuyruklu Yıldız</t>
+        </is>
+      </c>
+      <c r="C696" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="697" spans="1:3">
+      <c r="A697" s="1" t="inlineStr">
+        <is>
+          <t>9786051835594</t>
+        </is>
+      </c>
+      <c r="B697" s="1" t="inlineStr">
+        <is>
+          <t>Tali İngilizce 1. Set (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C697" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="698" spans="1:3">
+      <c r="A698" s="1" t="inlineStr">
+        <is>
+          <t>9786051312286</t>
+        </is>
+      </c>
+      <c r="B698" s="1" t="inlineStr">
+        <is>
+          <t>Louie Etkinlik Dizisi (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C698" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="699" spans="1:3">
+      <c r="A699" s="1" t="inlineStr">
+        <is>
+          <t>9786051313610</t>
+        </is>
+      </c>
+      <c r="B699" s="1" t="inlineStr">
+        <is>
+          <t>Of Yaaa! Yine mi Ödev?</t>
+        </is>
+      </c>
+      <c r="C699" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="700" spans="1:3">
+      <c r="A700" s="1" t="inlineStr">
+        <is>
+          <t>9786051310763</t>
+        </is>
+      </c>
+      <c r="B700" s="1" t="inlineStr">
+        <is>
+          <t>Hastanede Sucuk Partisi</t>
+        </is>
+      </c>
+      <c r="C700" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="701" spans="1:3">
+      <c r="A701" s="1" t="inlineStr">
+        <is>
+          <t>9786051835662</t>
+        </is>
+      </c>
+      <c r="B701" s="1" t="inlineStr">
+        <is>
+          <t>Zeynep’in Aşırı Komik Maceraları 2</t>
+        </is>
+      </c>
+      <c r="C701" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="702" spans="1:3">
+      <c r="A702" s="1" t="inlineStr">
+        <is>
+          <t>9786256653078</t>
+        </is>
+      </c>
+      <c r="B702" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Dua</t>
+        </is>
+      </c>
+      <c r="C702" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="703" spans="1:3">
+      <c r="A703" s="1" t="inlineStr">
+        <is>
+          <t>9786256653115</t>
+        </is>
+      </c>
+      <c r="B703" s="1" t="inlineStr">
+        <is>
+          <t>Uçan Otobüs - Afili Mahalle 4 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C703" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="704" spans="1:3">
+      <c r="A704" s="1" t="inlineStr">
+        <is>
+          <t>9786256653054</t>
+        </is>
+      </c>
+      <c r="B704" s="1" t="inlineStr">
+        <is>
+          <t>Gizli İşler Tayfası 1 - Çaylak Yazar İş Başında</t>
+        </is>
+      </c>
+      <c r="C704" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="705" spans="1:3">
+      <c r="A705" s="1" t="inlineStr">
+        <is>
+          <t>9786051832906</t>
+        </is>
+      </c>
+      <c r="B705" s="1" t="inlineStr">
+        <is>
+          <t>Esrarengiz Kitap'ın Peşinde - Efsane Tayfa 2</t>
+        </is>
+      </c>
+      <c r="C705" s="1">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="706" spans="1:3">
+      <c r="A706" s="1" t="inlineStr">
+        <is>
+          <t>9879752696266</t>
+        </is>
+      </c>
+      <c r="B706" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Eğitimi</t>
+        </is>
+      </c>
+      <c r="C706" s="1">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="707" spans="1:3">
+      <c r="A707" s="1" t="inlineStr">
+        <is>
+          <t>9786051833101</t>
+        </is>
+      </c>
+      <c r="B707" s="1" t="inlineStr">
+        <is>
+          <t>Tali Boyama Serisi (4 Kitap)</t>
+        </is>
+      </c>
+      <c r="C707" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="708" spans="1:3">
+      <c r="A708" s="1" t="inlineStr">
+        <is>
+          <t>9786256653146</t>
+        </is>
+      </c>
+      <c r="B708" s="1" t="inlineStr">
+        <is>
+          <t>Tayfa Limonata</t>
+        </is>
+      </c>
+      <c r="C708" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="709" spans="1:3">
+      <c r="A709" s="1" t="inlineStr">
+        <is>
+          <t>9786256653139</t>
+        </is>
+      </c>
+      <c r="B709" s="1" t="inlineStr">
+        <is>
+          <t>Eyvah Devler Yaşıyor</t>
+        </is>
+      </c>
+      <c r="C709" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="710" spans="1:3">
+      <c r="A710" s="1" t="inlineStr">
+        <is>
+          <t>9786256653948</t>
+        </is>
+      </c>
+      <c r="B710" s="1" t="inlineStr">
+        <is>
+          <t>Hava Durumu ve Dedem</t>
+        </is>
+      </c>
+      <c r="C710" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="711" spans="1:3">
+      <c r="A711" s="1" t="inlineStr">
+        <is>
+          <t>9786256365513</t>
+        </is>
+      </c>
+      <c r="B711" s="1" t="inlineStr">
+        <is>
+          <t>Annem Bir Fenomen Peki Ben Kimim?</t>
+        </is>
+      </c>
+      <c r="C711" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="712" spans="1:3">
+      <c r="A712" s="1" t="inlineStr">
+        <is>
+          <t>9786256653108</t>
+        </is>
+      </c>
+      <c r="B712" s="1" t="inlineStr">
+        <is>
+          <t>Bir Ramazan Gecesi Rüyası</t>
+        </is>
+      </c>
+      <c r="C712" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="713" spans="1:3">
+      <c r="A713" s="1" t="inlineStr">
+        <is>
+          <t>9786256653962</t>
+        </is>
+      </c>
+      <c r="B713" s="1" t="inlineStr">
+        <is>
+          <t>Ay’daki Roket</t>
+        </is>
+      </c>
+      <c r="C713" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="714" spans="1:3">
+      <c r="A714" s="1" t="inlineStr">
+        <is>
+          <t>9786256653979</t>
+        </is>
+      </c>
+      <c r="B714" s="1" t="inlineStr">
+        <is>
+          <t>Karton Ev</t>
+        </is>
+      </c>
+      <c r="C714" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="715" spans="1:3">
+      <c r="A715" s="1" t="inlineStr">
+        <is>
+          <t>9786256653955</t>
+        </is>
+      </c>
+      <c r="B715" s="1" t="inlineStr">
+        <is>
+          <t>İpi Sıkı Tut</t>
+        </is>
+      </c>
+      <c r="C715" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="716" spans="1:3">
+      <c r="A716" s="1" t="inlineStr">
+        <is>
+          <t>9786256653993</t>
+        </is>
+      </c>
+      <c r="B716" s="1" t="inlineStr">
+        <is>
+          <t>Hayal Pastanesi</t>
+        </is>
+      </c>
+      <c r="C716" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="717" spans="1:3">
+      <c r="A717" s="1" t="inlineStr">
+        <is>
+          <t>9786256653085</t>
+        </is>
+      </c>
+      <c r="B717" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Apartman</t>
+        </is>
+      </c>
+      <c r="C717" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="718" spans="1:3">
+      <c r="A718" s="1" t="inlineStr">
+        <is>
+          <t>9786256653122</t>
+        </is>
+      </c>
+      <c r="B718" s="1" t="inlineStr">
+        <is>
+          <t>Pijama Kardeşliği</t>
+        </is>
+      </c>
+      <c r="C718" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="719" spans="1:3">
+      <c r="A719" s="1" t="inlineStr">
+        <is>
+          <t>9786256653986</t>
+        </is>
+      </c>
+      <c r="B719" s="1" t="inlineStr">
+        <is>
+          <t>Konuşan Arabalar</t>
+        </is>
+      </c>
+      <c r="C719" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="720" spans="1:3">
+      <c r="A720" s="1" t="inlineStr">
+        <is>
+          <t>9789752696662</t>
+        </is>
+      </c>
+      <c r="B720" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber Hikayeleri - 1: Hz. Adem (Aleyhisselam)</t>
+        </is>
+      </c>
+      <c r="C720" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="721" spans="1:3">
+      <c r="A721" s="1" t="inlineStr">
+        <is>
+          <t>9786051310770</t>
+        </is>
+      </c>
+      <c r="B721" s="1" t="inlineStr">
+        <is>
+          <t>Bayan Beton Çivisi</t>
+        </is>
+      </c>
+      <c r="C721" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="722" spans="1:3">
+      <c r="A722" s="1" t="inlineStr">
+        <is>
+          <t>9786051627762</t>
+        </is>
+      </c>
+      <c r="B722" s="1" t="inlineStr">
+        <is>
+          <t>Bir Uzaylının Günlüğü - Bizim Matrak Sınıf Serisi 3</t>
+        </is>
+      </c>
+      <c r="C722" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="723" spans="1:3">
+      <c r="A723" s="1" t="inlineStr">
+        <is>
+          <t>9789752695740</t>
+        </is>
+      </c>
+      <c r="B723" s="1" t="inlineStr">
+        <is>
+          <t>Yetim Çocuk</t>
+        </is>
+      </c>
+      <c r="C723" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="724" spans="1:3">
+      <c r="A724" s="1" t="inlineStr">
+        <is>
+          <t>9786051313351</t>
+        </is>
+      </c>
+      <c r="B724" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Ne Güzel Şey!</t>
+        </is>
+      </c>
+      <c r="C724" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="725" spans="1:3">
+      <c r="A725" s="1" t="inlineStr">
+        <is>
+          <t>9789754081244</t>
+        </is>
+      </c>
+      <c r="B725" s="1" t="inlineStr">
+        <is>
+          <t>Canım Peygamberim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C725" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="726" spans="1:3">
+      <c r="A726" s="1" t="inlineStr">
+        <is>
+          <t>9786256653931</t>
+        </is>
+      </c>
+      <c r="B726" s="1" t="inlineStr">
+        <is>
+          <t>Bitmeyen Sticker - Dinimi Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C726" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="727" spans="1:3">
+      <c r="A727" s="1" t="inlineStr">
+        <is>
+          <t>9786256365568</t>
+        </is>
+      </c>
+      <c r="B727" s="1" t="inlineStr">
+        <is>
+          <t>Kudüs’ün Kuşları</t>
+        </is>
+      </c>
+      <c r="C727" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="728" spans="1:3">
+      <c r="A728" s="1" t="inlineStr">
+        <is>
+          <t>9786256653924</t>
+        </is>
+      </c>
+      <c r="B728" s="1" t="inlineStr">
+        <is>
+          <t>Yaz Sil Elifba</t>
+        </is>
+      </c>
+      <c r="C728" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="729" spans="1:3">
+      <c r="A729" s="1" t="inlineStr">
+        <is>
+          <t>9786256653917</t>
+        </is>
+      </c>
+      <c r="B729" s="1" t="inlineStr">
+        <is>
+          <t>Büyük Ödül</t>
+        </is>
+      </c>
+      <c r="C729" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="730" spans="1:3">
+      <c r="A730" s="1" t="inlineStr">
+        <is>
+          <t>9786256653061</t>
+        </is>
+      </c>
+      <c r="B730" s="1" t="inlineStr">
+        <is>
+          <t>Düşlere Kaçış İstasyonu</t>
+        </is>
+      </c>
+      <c r="C730" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="731" spans="1:3">
+      <c r="A731" s="1" t="inlineStr">
+        <is>
+          <t>9786256653764</t>
+        </is>
+      </c>
+      <c r="B731" s="1" t="inlineStr">
+        <is>
+          <t>Soru İşareti ve Dondurma</t>
+        </is>
+      </c>
+      <c r="C731" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="732" spans="1:3">
+      <c r="A732" s="1" t="inlineStr">
+        <is>
+          <t>9786256653771</t>
+        </is>
+      </c>
+      <c r="B732" s="1" t="inlineStr">
+        <is>
+          <t>Allah Nasıl Yaratıyor?</t>
+        </is>
+      </c>
+      <c r="C732" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="733" spans="1:3">
+      <c r="A733" s="1" t="inlineStr">
+        <is>
+          <t>9786051831619</t>
+        </is>
+      </c>
+      <c r="B733" s="1" t="inlineStr">
+        <is>
+          <t>Ebu Bekir'in Arkadaşlığı</t>
+        </is>
+      </c>
+      <c r="C733" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="734" spans="1:3">
+      <c r="A734" s="1" t="inlineStr">
+        <is>
+          <t>9786051831695</t>
+        </is>
+      </c>
+      <c r="B734" s="1" t="inlineStr">
+        <is>
+          <t>Talha'nın Yiğitliği - Sahabelerle Değerler Eğitimi 1. Set</t>
+        </is>
+      </c>
+      <c r="C734" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="735" spans="1:3">
+      <c r="A735" s="1" t="inlineStr">
+        <is>
+          <t>9786051831657</t>
+        </is>
+      </c>
+      <c r="B735" s="1" t="inlineStr">
+        <is>
+          <t>Ali'nin Zekası</t>
+        </is>
+      </c>
+      <c r="C735" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="736" spans="1:3">
+      <c r="A736" s="1" t="inlineStr">
+        <is>
+          <t>9786051831640</t>
+        </is>
+      </c>
+      <c r="B736" s="1" t="inlineStr">
+        <is>
+          <t>Osman'ın Nezaketi</t>
+        </is>
+      </c>
+      <c r="C736" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="737" spans="1:3">
+      <c r="A737" s="1" t="inlineStr">
+        <is>
+          <t>9786051310701</t>
+        </is>
+      </c>
+      <c r="B737" s="1" t="inlineStr">
+        <is>
+          <t>Dananın Kuyruğu Kopuyor! - Patates Spor 1</t>
+        </is>
+      </c>
+      <c r="C737" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="738" spans="1:3">
+      <c r="A738" s="1" t="inlineStr">
+        <is>
+          <t>9786051310695</t>
+        </is>
+      </c>
+      <c r="B738" s="1" t="inlineStr">
+        <is>
+          <t>Teknik Traktör Lazım! - Patates Spor 2</t>
+        </is>
+      </c>
+      <c r="C738" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="739" spans="1:3">
+      <c r="A739" s="1" t="inlineStr">
+        <is>
+          <t>9786051310725</t>
+        </is>
+      </c>
+      <c r="B739" s="1" t="inlineStr">
+        <is>
+          <t>Kupa Bizim Başka Yolu Yok! - Patates Spor 5</t>
+        </is>
+      </c>
+      <c r="C739" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="740" spans="1:3">
+      <c r="A740" s="1" t="inlineStr">
+        <is>
+          <t>9786051627717</t>
+        </is>
+      </c>
+      <c r="B740" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor 3 - Eyvah Formalar Kayıp!</t>
+        </is>
+      </c>
+      <c r="C740" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="741" spans="1:3">
+      <c r="A741" s="1" t="inlineStr">
+        <is>
+          <t>9786051831633</t>
+        </is>
+      </c>
+      <c r="B741" s="1" t="inlineStr">
+        <is>
+          <t>Sahabelerle Değerler Eğitimi 2 - Ömerin Öfke Kontrolü</t>
+        </is>
+      </c>
+      <c r="C741" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="742" spans="1:3">
+      <c r="A742" s="1" t="inlineStr">
+        <is>
+          <t>9786256365797</t>
+        </is>
+      </c>
+      <c r="B742" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Peygamber Öyküleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C742" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="743" spans="1:3">
+      <c r="A743" s="1" t="inlineStr">
+        <is>
+          <t>9786256653092</t>
+        </is>
+      </c>
+      <c r="B743" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an’ı Soran Çocuk</t>
+        </is>
+      </c>
+      <c r="C743" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="744" spans="1:3">
+      <c r="A744" s="1" t="inlineStr">
+        <is>
+          <t>9786256653566</t>
+        </is>
+      </c>
+      <c r="B744" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Mucitler (5 Kitap)</t>
+        </is>
+      </c>
+      <c r="C744" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="745" spans="1:3">
+      <c r="A745" s="1" t="inlineStr">
+        <is>
+          <t>9786256653757</t>
+        </is>
+      </c>
+      <c r="B745" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimi Tanıyorum (2 Cilt)</t>
+        </is>
+      </c>
+      <c r="C745" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="746" spans="1:3">
+      <c r="A746" s="1" t="inlineStr">
+        <is>
+          <t>9786256653740</t>
+        </is>
+      </c>
+      <c r="B746" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Tarihine Yolculuk</t>
+        </is>
+      </c>
+      <c r="C746" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="747" spans="1:3">
+      <c r="A747" s="1" t="inlineStr">
+        <is>
+          <t>9786256365520</t>
+        </is>
+      </c>
+      <c r="B747" s="1" t="inlineStr">
+        <is>
+          <t>Canım Peygamberim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C747" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="748" spans="1:3">
+      <c r="A748" s="1" t="inlineStr">
+        <is>
+          <t>9786256653641</t>
+        </is>
+      </c>
+      <c r="B748" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Savaşçıları - Temiz Çevre, Temiz Gelecek (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C748" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="749" spans="1:3">
+      <c r="A749" s="1" t="inlineStr">
+        <is>
+          <t>9786256653733</t>
+        </is>
+      </c>
+      <c r="B749" s="1" t="inlineStr">
+        <is>
+          <t>Zufi ile Allah'ın İsimlerini Öğreniyorum (8 Kitap)</t>
+        </is>
+      </c>
+      <c r="C749" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="750" spans="1:3">
+      <c r="A750" s="1" t="inlineStr">
+        <is>
+          <t>9786256653559</t>
+        </is>
+      </c>
+      <c r="B750" s="1" t="inlineStr">
+        <is>
+          <t>Onu da Biz Yaptık</t>
+        </is>
+      </c>
+      <c r="C750" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="751" spans="1:3">
+      <c r="A751" s="1" t="inlineStr">
+        <is>
+          <t>9786256653542</t>
+        </is>
+      </c>
+      <c r="B751" s="1" t="inlineStr">
+        <is>
+          <t>Navigasyon Yokken Biz Vardık</t>
+        </is>
+      </c>
+      <c r="C751" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="752" spans="1:3">
+      <c r="A752" s="1" t="inlineStr">
+        <is>
+          <t>9786256653511</t>
+        </is>
+      </c>
+      <c r="B752" s="1" t="inlineStr">
+        <is>
+          <t>Kim Çıkardı Bu İcatları</t>
+        </is>
+      </c>
+      <c r="C752" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="753" spans="1:3">
+      <c r="A753" s="1" t="inlineStr">
+        <is>
+          <t>9786256653535</t>
+        </is>
+      </c>
+      <c r="B753" s="1" t="inlineStr">
+        <is>
+          <t>Bir, İki, Üç, Tıp!</t>
+        </is>
+      </c>
+      <c r="C753" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="754" spans="1:3">
+      <c r="A754" s="1" t="inlineStr">
+        <is>
+          <t>9786256653528</t>
+        </is>
+      </c>
+      <c r="B754" s="1" t="inlineStr">
+        <is>
+          <t>Astronomi Benim İşim</t>
+        </is>
+      </c>
+      <c r="C754" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="755" spans="1:3">
+      <c r="A755" s="1" t="inlineStr">
+        <is>
+          <t>9786256653580</t>
+        </is>
+      </c>
+      <c r="B755" s="1" t="inlineStr">
+        <is>
+          <t>Okulda Uzaylı Avı</t>
+        </is>
+      </c>
+      <c r="C755" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="756" spans="1:3">
+      <c r="A756" s="1" t="inlineStr">
+        <is>
+          <t>9786256653481</t>
+        </is>
+      </c>
+      <c r="B756" s="1" t="inlineStr">
+        <is>
+          <t>Bir Uzaylının Günlüğü</t>
+        </is>
+      </c>
+      <c r="C756" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="757" spans="1:3">
+      <c r="A757" s="1" t="inlineStr">
+        <is>
+          <t>9786256653504</t>
+        </is>
+      </c>
+      <c r="B757" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Sınıf Kopya Çekmez</t>
+        </is>
+      </c>
+      <c r="C757" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="758" spans="1:3">
+      <c r="A758" s="1" t="inlineStr">
+        <is>
+          <t>9786256653467</t>
+        </is>
+      </c>
+      <c r="B758" s="1" t="inlineStr">
+        <is>
+          <t>Gürültülü Patırtılı Şeyler</t>
+        </is>
+      </c>
+      <c r="C758" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="759" spans="1:3">
+      <c r="A759" s="1" t="inlineStr">
+        <is>
+          <t>9786256653573</t>
+        </is>
+      </c>
+      <c r="B759" s="1" t="inlineStr">
+        <is>
+          <t>Bayan Beton Çivisi</t>
+        </is>
+      </c>
+      <c r="C759" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="760" spans="1:3">
+      <c r="A760" s="1" t="inlineStr">
+        <is>
+          <t>9786256653368</t>
+        </is>
+      </c>
+      <c r="B760" s="1" t="inlineStr">
+        <is>
+          <t>Kainat Gezgini Efecan (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C760" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="761" spans="1:3">
+      <c r="A761" s="1" t="inlineStr">
+        <is>
+          <t>9786256653382</t>
+        </is>
+      </c>
+      <c r="B761" s="1" t="inlineStr">
+        <is>
+          <t>Düğüm Artık Çözülüyor</t>
+        </is>
+      </c>
+      <c r="C761" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="762" spans="1:3">
+      <c r="A762" s="1" t="inlineStr">
+        <is>
+          <t>9786256653375</t>
+        </is>
+      </c>
+      <c r="B762" s="1" t="inlineStr">
+        <is>
+          <t>Dünyayı Ters Döndürecek Formül!</t>
+        </is>
+      </c>
+      <c r="C762" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="763" spans="1:3">
+      <c r="A763" s="1" t="inlineStr">
+        <is>
+          <t>9786256653399</t>
+        </is>
+      </c>
+      <c r="B763" s="1" t="inlineStr">
+        <is>
+          <t>100 Aldım Düşüp Bayıldım</t>
+        </is>
+      </c>
+      <c r="C763" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="764" spans="1:3">
+      <c r="A764" s="1" t="inlineStr">
+        <is>
+          <t>9786256653245</t>
+        </is>
+      </c>
+      <c r="B764" s="1" t="inlineStr">
+        <is>
+          <t>Kudüs Özgür Olunca</t>
+        </is>
+      </c>
+      <c r="C764" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="765" spans="1:3">
+      <c r="A765" s="1" t="inlineStr">
+        <is>
+          <t>9786256653238</t>
+        </is>
+      </c>
+      <c r="B765" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklardan İlhamla Kolayca Elif-Ba</t>
+        </is>
+      </c>
+      <c r="C765" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="766" spans="1:3">
+      <c r="A766" s="1" t="inlineStr">
+        <is>
+          <t>9786051310398</t>
+        </is>
+      </c>
+      <c r="B766" s="1" t="inlineStr">
+        <is>
+          <t>Emilie Uyumak İstemiyor</t>
+        </is>
+      </c>
+      <c r="C766" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="767" spans="1:3">
+      <c r="A767" s="1" t="inlineStr">
+        <is>
+          <t>9786256653177</t>
+        </is>
+      </c>
+      <c r="B767" s="1" t="inlineStr">
+        <is>
+          <t>Uzay Çocuğu</t>
+        </is>
+      </c>
+      <c r="C767" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="768" spans="1:3">
+      <c r="A768" s="1" t="inlineStr">
+        <is>
+          <t>9786256653252</t>
+        </is>
+      </c>
+      <c r="B768" s="1" t="inlineStr">
+        <is>
+          <t>Çanakkale Aslanları</t>
+        </is>
+      </c>
+      <c r="C768" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="769" spans="1:3">
+      <c r="A769" s="1" t="inlineStr">
+        <is>
+          <t>9786256365995</t>
+        </is>
+      </c>
+      <c r="B769" s="1" t="inlineStr">
+        <is>
+          <t>40 Geceye 40 Masal (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C769" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="770" spans="1:3">
+      <c r="A770" s="1" t="inlineStr">
+        <is>
+          <t>9786256653016</t>
+        </is>
+      </c>
+      <c r="B770" s="1" t="inlineStr">
+        <is>
+          <t>Yetim Çocuk</t>
+        </is>
+      </c>
+      <c r="C770" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="771" spans="1:3">
+      <c r="A771" s="1" t="inlineStr">
+        <is>
+          <t>9786256653023</t>
+        </is>
+      </c>
+      <c r="B771" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Eğitimi Hikayeleri - Fedakar Annem</t>
+        </is>
+      </c>
+      <c r="C771" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="772" spans="1:3">
+      <c r="A772" s="1" t="inlineStr">
+        <is>
+          <t>9786256653009</t>
+        </is>
+      </c>
+      <c r="B772" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Eğitimi Hikayeleri - Haram Yemenin Sonu</t>
+        </is>
+      </c>
+      <c r="C772" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="773" spans="1:3">
+      <c r="A773" s="1" t="inlineStr">
+        <is>
+          <t>9786256365964</t>
+        </is>
+      </c>
+      <c r="B773" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Yolcuları – 2</t>
+        </is>
+      </c>
+      <c r="C773" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="774" spans="1:3">
+      <c r="A774" s="1" t="inlineStr">
+        <is>
+          <t>9786256365957</t>
+        </is>
+      </c>
+      <c r="B774" s="1" t="inlineStr">
+        <is>
+          <t>Zaman Yolcuları – 1</t>
+        </is>
+      </c>
+      <c r="C774" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="775" spans="1:3">
+      <c r="A775" s="1" t="inlineStr">
+        <is>
+          <t>9786256365780</t>
+        </is>
+      </c>
+      <c r="B775" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor ve Top Ağlarda (5 Kitap+Soru Kitapçığı)</t>
+        </is>
+      </c>
+      <c r="C775" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="776" spans="1:3">
+      <c r="A776" s="1" t="inlineStr">
+        <is>
+          <t>9786256365599</t>
+        </is>
+      </c>
+      <c r="B776" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor İngiltere'de</t>
+        </is>
+      </c>
+      <c r="C776" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="777" spans="1:3">
+      <c r="A777" s="1" t="inlineStr">
+        <is>
+          <t>9786256365612</t>
+        </is>
+      </c>
+      <c r="B777" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor Çin'de</t>
+        </is>
+      </c>
+      <c r="C777" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="778" spans="1:3">
+      <c r="A778" s="1" t="inlineStr">
+        <is>
+          <t>9786256365629</t>
+        </is>
+      </c>
+      <c r="B778" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor Brezilya’da</t>
+        </is>
+      </c>
+      <c r="C778" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="779" spans="1:3">
+      <c r="A779" s="1" t="inlineStr">
+        <is>
+          <t>9786256365636</t>
+        </is>
+      </c>
+      <c r="B779" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor Almanya'da</t>
+        </is>
+      </c>
+      <c r="C779" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="780" spans="1:3">
+      <c r="A780" s="1" t="inlineStr">
+        <is>
+          <t>9786256365643</t>
+        </is>
+      </c>
+      <c r="B780" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor Afrika'da</t>
+        </is>
+      </c>
+      <c r="C780" s="1">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="781" spans="1:3">
+      <c r="A781" s="1" t="inlineStr">
+        <is>
+          <t>9786256653047</t>
+        </is>
+      </c>
+      <c r="B781" s="1" t="inlineStr">
+        <is>
+          <t>Sevgi Ne Güzel Şey!</t>
+        </is>
+      </c>
+      <c r="C781" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="782" spans="1:3">
+      <c r="A782" s="1" t="inlineStr">
+        <is>
+          <t>9786256653030</t>
+        </is>
+      </c>
+      <c r="B782" s="1" t="inlineStr">
+        <is>
+          <t>Vatanını Kim Sevmez ki?</t>
+        </is>
+      </c>
+      <c r="C782" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="783" spans="1:3">
+      <c r="A783" s="1" t="inlineStr">
+        <is>
+          <t>9786256365933</t>
+        </is>
+      </c>
+      <c r="B783" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Tarihine Yolculuk (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C783" s="1">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="784" spans="1:3">
+      <c r="A784" s="1" t="inlineStr">
+        <is>
+          <t>9786256365926</t>
+        </is>
+      </c>
+      <c r="B784" s="1" t="inlineStr">
+        <is>
+          <t>İlginç Hayvanlar (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C784" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="785" spans="1:3">
+      <c r="A785" s="1" t="inlineStr">
+        <is>
+          <t>9786256365544</t>
+        </is>
+      </c>
+      <c r="B785" s="1" t="inlineStr">
+        <is>
+          <t>Uzaya Giden Otobüs</t>
+        </is>
+      </c>
+      <c r="C785" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="786" spans="1:3">
+      <c r="A786" s="1" t="inlineStr">
+        <is>
+          <t>9786256365537</t>
+        </is>
+      </c>
+      <c r="B786" s="1" t="inlineStr">
+        <is>
+          <t>Organik Çocuk</t>
+        </is>
+      </c>
+      <c r="C786" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="787" spans="1:3">
+      <c r="A787" s="1" t="inlineStr">
+        <is>
+          <t>9786256365803</t>
+        </is>
+      </c>
+      <c r="B787" s="1" t="inlineStr">
+        <is>
+          <t>Korkak Korkuluk</t>
+        </is>
+      </c>
+      <c r="C787" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="788" spans="1:3">
+      <c r="A788" s="1" t="inlineStr">
+        <is>
+          <t>9786256365728</t>
+        </is>
+      </c>
+      <c r="B788" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor Macera Başlıyor (5 Kitap+Soru Kitapçığı)</t>
+        </is>
+      </c>
+      <c r="C788" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="789" spans="1:3">
+      <c r="A789" s="1" t="inlineStr">
+        <is>
+          <t>9786256365551</t>
+        </is>
+      </c>
+      <c r="B789" s="1" t="inlineStr">
+        <is>
+          <t>Oyuncak Ev</t>
+        </is>
+      </c>
+      <c r="C789" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="790" spans="1:3">
+      <c r="A790" s="1" t="inlineStr">
+        <is>
+          <t>9786256365810</t>
+        </is>
+      </c>
+      <c r="B790" s="1" t="inlineStr">
+        <is>
+          <t>Hayalini Kuruyorum Peygamberimi Tanıyorum - Birinci Kitap</t>
+        </is>
+      </c>
+      <c r="C790" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="791" spans="1:3">
+      <c r="A791" s="1" t="inlineStr">
+        <is>
+          <t>9786256365759</t>
+        </is>
+      </c>
+      <c r="B791" s="1" t="inlineStr">
+        <is>
+          <t>Haydi Bastır Patates! - Patatesspor ve Top Ağlarda</t>
+        </is>
+      </c>
+      <c r="C791" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="792" spans="1:3">
+      <c r="A792" s="1" t="inlineStr">
+        <is>
+          <t>9786256365735</t>
+        </is>
+      </c>
+      <c r="B792" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor Kampta - Patatesspor ve Top Ağlarda</t>
+        </is>
+      </c>
+      <c r="C792" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="793" spans="1:3">
+      <c r="A793" s="1" t="inlineStr">
+        <is>
+          <t>9786256365681</t>
+        </is>
+      </c>
+      <c r="B793" s="1" t="inlineStr">
+        <is>
+          <t>Eyvah Formalar Kayıp! - Patatesspor Ve Top Ağlarda</t>
+        </is>
+      </c>
+      <c r="C793" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="794" spans="1:3">
+      <c r="A794" s="1" t="inlineStr">
+        <is>
+          <t>9786256365773</t>
+        </is>
+      </c>
+      <c r="B794" s="1" t="inlineStr">
+        <is>
+          <t>Ters Köşe - Patatesspor Ve Top Ağlarda</t>
+        </is>
+      </c>
+      <c r="C794" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="795" spans="1:3">
+      <c r="A795" s="1" t="inlineStr">
+        <is>
+          <t>9786256365698</t>
+        </is>
+      </c>
+      <c r="B795" s="1" t="inlineStr">
+        <is>
+          <t>Yumurtaspor Maçı - Patatesspor ve Top Ağlarda</t>
+        </is>
+      </c>
+      <c r="C795" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="796" spans="1:3">
+      <c r="A796" s="1" t="inlineStr">
+        <is>
+          <t>9786256365506</t>
+        </is>
+      </c>
+      <c r="B796" s="1" t="inlineStr">
+        <is>
+          <t>Benim Güzel Allah'ım (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C796" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="797" spans="1:3">
+      <c r="A797" s="1" t="inlineStr">
+        <is>
+          <t>9786256365605</t>
+        </is>
+      </c>
+      <c r="B797" s="1" t="inlineStr">
+        <is>
+          <t>Patatesspor Dünya Kupasında(5 Kitap + Soru Kitapçığı)</t>
+        </is>
+      </c>
+      <c r="C797" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="798" spans="1:3">
+      <c r="A798" s="1" t="inlineStr">
+        <is>
+          <t>9786256365742</t>
+        </is>
+      </c>
+      <c r="B798" s="1" t="inlineStr">
+        <is>
+          <t>Kupa Bizim Başka Yolu Yok! - Patatesspor Macera Başlıyor</t>
+        </is>
+      </c>
+      <c r="C798" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="799" spans="1:3">
+      <c r="A799" s="1" t="inlineStr">
+        <is>
+          <t>9786256365711</t>
+        </is>
+      </c>
+      <c r="B799" s="1" t="inlineStr">
+        <is>
+          <t>Şut ve Goool! - Patatesspor Macera Başlıyor</t>
+        </is>
+      </c>
+      <c r="C799" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="800" spans="1:3">
+      <c r="A800" s="1" t="inlineStr">
+        <is>
+          <t>9786256365704</t>
+        </is>
+      </c>
+      <c r="B800" s="1" t="inlineStr">
+        <is>
+          <t>Teknik Traktör Lazım! - Patatesspor Macera Başlıyor</t>
+        </is>
+      </c>
+      <c r="C800" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="801" spans="1:3">
+      <c r="A801" s="1" t="inlineStr">
+        <is>
+          <t>9786256365766</t>
+        </is>
+      </c>
+      <c r="B801" s="1" t="inlineStr">
+        <is>
+          <t>Golcü Aranıyor! - Patatesspor Macera Başlıyor</t>
+        </is>
+      </c>
+      <c r="C801" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="802" spans="1:3">
+      <c r="A802" s="1" t="inlineStr">
+        <is>
+          <t>9786256365674</t>
+        </is>
+      </c>
+      <c r="B802" s="1" t="inlineStr">
+        <is>
+          <t>Dananın Kuyruğu Kopuyor! - Patatesspor Macera Başlıyor</t>
+        </is>
+      </c>
+      <c r="C802" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="803" spans="1:3">
+      <c r="A803" s="1" t="inlineStr">
+        <is>
+          <t>9786256365650</t>
+        </is>
+      </c>
+      <c r="B803" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Hadis - Küçük Kalplere (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C803" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="804" spans="1:3">
+      <c r="A804" s="1" t="inlineStr">
+        <is>
+          <t>9786256365667</t>
+        </is>
+      </c>
+      <c r="B804" s="1" t="inlineStr">
+        <is>
+          <t>Ben de Seni Çok Seviyorum Allah'ım</t>
+        </is>
+      </c>
+      <c r="C804" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="805" spans="1:3">
+      <c r="A805" s="1" t="inlineStr">
+        <is>
+          <t>9786256365575</t>
+        </is>
+      </c>
+      <c r="B805" s="1" t="inlineStr">
+        <is>
+          <t>Hangimizi Daha Çok Seviyorsun?</t>
+        </is>
+      </c>
+      <c r="C805" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="806" spans="1:3">
+      <c r="A806" s="1" t="inlineStr">
+        <is>
+          <t>9786256365582</t>
+        </is>
+      </c>
+      <c r="B806" s="1" t="inlineStr">
+        <is>
+          <t>Dağılan Misketler</t>
+        </is>
+      </c>
+      <c r="C806" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="807" spans="1:3">
+      <c r="A807" s="1" t="inlineStr">
+        <is>
+          <t>9786256365391</t>
+        </is>
+      </c>
+      <c r="B807" s="1" t="inlineStr">
+        <is>
+          <t>Eğlenceli İkizler ve Hayvan Dostları</t>
+        </is>
+      </c>
+      <c r="C807" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="808" spans="1:3">
+      <c r="A808" s="1" t="inlineStr">
+        <is>
+          <t>9786256365278</t>
+        </is>
+      </c>
+      <c r="B808" s="1" t="inlineStr">
+        <is>
+          <t>Paylaşılamayan Kalemler</t>
+        </is>
+      </c>
+      <c r="C808" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="809" spans="1:3">
+      <c r="A809" s="1" t="inlineStr">
+        <is>
+          <t>9786256365261</t>
+        </is>
+      </c>
+      <c r="B809" s="1" t="inlineStr">
+        <is>
+          <t>Misafir Oyuncak Kutusu - Duygularımı Fark Ediyorum 4</t>
+        </is>
+      </c>
+      <c r="C809" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="810" spans="1:3">
+      <c r="A810" s="1" t="inlineStr">
+        <is>
+          <t>9786256365285</t>
+        </is>
+      </c>
+      <c r="B810" s="1" t="inlineStr">
+        <is>
+          <t>Benim Güzel Seccadelerim</t>
+        </is>
+      </c>
+      <c r="C810" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="811" spans="1:3">
+      <c r="A811" s="1" t="inlineStr">
+        <is>
+          <t>9786256365254</t>
+        </is>
+      </c>
+      <c r="B811" s="1" t="inlineStr">
+        <is>
+          <t>Kutsal</t>
+        </is>
+      </c>
+      <c r="C811" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="812" spans="1:3">
+      <c r="A812" s="1" t="inlineStr">
+        <is>
+          <t>9786256365247</t>
+        </is>
+      </c>
+      <c r="B812" s="1" t="inlineStr">
+        <is>
+          <t>Unutulan Araba - Duygularımı Fark Ediyorum 3</t>
+        </is>
+      </c>
+      <c r="C812" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="813" spans="1:3">
+      <c r="A813" s="1" t="inlineStr">
+        <is>
+          <t>9786256365131</t>
+        </is>
+      </c>
+      <c r="B813" s="1" t="inlineStr">
+        <is>
+          <t>Doğayı Ve Hayvanları Seviyorum</t>
+        </is>
+      </c>
+      <c r="C813" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="814" spans="1:3">
+      <c r="A814" s="1" t="inlineStr">
+        <is>
+          <t>9786256365230</t>
+        </is>
+      </c>
+      <c r="B814" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Çocuk ile Dinimi Öğreniyorum (5 Kitap)</t>
+        </is>
+      </c>
+      <c r="C814" s="1">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="815" spans="1:3">
+      <c r="A815" s="1" t="inlineStr">
+        <is>
+          <t>9786256365193</t>
+        </is>
+      </c>
+      <c r="B815" s="1" t="inlineStr">
+        <is>
+          <t>Pırtigo’nun Patırtıları - İlginç Bilgiç Kardeşler</t>
+        </is>
+      </c>
+      <c r="C815" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="816" spans="1:3">
+      <c r="A816" s="1" t="inlineStr">
+        <is>
+          <t>9786256365209</t>
+        </is>
+      </c>
+      <c r="B816" s="1" t="inlineStr">
+        <is>
+          <t>Em Nine’nin Dönüşümü - İlginç Bilgiç Kardeşler</t>
+        </is>
+      </c>
+      <c r="C816" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="817" spans="1:3">
+      <c r="A817" s="1" t="inlineStr">
+        <is>
+          <t>9786256365216</t>
+        </is>
+      </c>
+      <c r="B817" s="1" t="inlineStr">
+        <is>
+          <t>Çocukça Ramazan Takvimi</t>
+        </is>
+      </c>
+      <c r="C817" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="818" spans="1:3">
+      <c r="A818" s="1" t="inlineStr">
+        <is>
+          <t>9786256365032</t>
+        </is>
+      </c>
+      <c r="B818" s="1" t="inlineStr">
+        <is>
+          <t>Mübarek Günler ve Çocuk</t>
+        </is>
+      </c>
+      <c r="C818" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="819" spans="1:3">
+      <c r="A819" s="1" t="inlineStr">
+        <is>
+          <t>9786256365223</t>
+        </is>
+      </c>
+      <c r="B819" s="1" t="inlineStr">
+        <is>
+          <t>Ramazan Geldiğinde</t>
+        </is>
+      </c>
+      <c r="C819" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="820" spans="1:3">
+      <c r="A820" s="1" t="inlineStr">
+        <is>
+          <t>9786256365001</t>
+        </is>
+      </c>
+      <c r="B820" s="1" t="inlineStr">
+        <is>
+          <t>Ramazan ve Çocuk</t>
+        </is>
+      </c>
+      <c r="C820" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="821" spans="1:3">
+      <c r="A821" s="1" t="inlineStr">
+        <is>
+          <t>9786256365179</t>
+        </is>
+      </c>
+      <c r="B821" s="1" t="inlineStr">
+        <is>
+          <t>Beklenen</t>
+        </is>
+      </c>
+      <c r="C821" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="822" spans="1:3">
+      <c r="A822" s="1" t="inlineStr">
+        <is>
+          <t>9786256365186</t>
+        </is>
+      </c>
+      <c r="B822" s="1" t="inlineStr">
+        <is>
+          <t>Acaba Benden Ne Olur ?</t>
+        </is>
+      </c>
+      <c r="C822" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="823" spans="1:3">
+      <c r="A823" s="1" t="inlineStr">
+        <is>
+          <t>9786256365155</t>
+        </is>
+      </c>
+      <c r="B823" s="1" t="inlineStr">
+        <is>
+          <t>İbadet Hayatımın Neresinde?</t>
+        </is>
+      </c>
+      <c r="C823" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="824" spans="1:3">
+      <c r="A824" s="1" t="inlineStr">
+        <is>
+          <t>9786256365162</t>
+        </is>
+      </c>
+      <c r="B824" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber Hayatımın Neresinde?</t>
+        </is>
+      </c>
+      <c r="C824" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="825" spans="1:3">
+      <c r="A825" s="1" t="inlineStr">
+        <is>
+          <t>9786256365148</t>
+        </is>
+      </c>
+      <c r="B825" s="1" t="inlineStr">
+        <is>
+          <t>Allah Hayatımın Neresinde?</t>
+        </is>
+      </c>
+      <c r="C825" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="826" spans="1:3">
+      <c r="A826" s="1" t="inlineStr">
+        <is>
+          <t>1000000383492</t>
+        </is>
+      </c>
+      <c r="B826" s="1" t="inlineStr">
+        <is>
+          <t>Huzme Kitaplığı Set (3 Kitap)</t>
+        </is>
+      </c>
+      <c r="C826" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="827" spans="1:3">
+      <c r="A827" s="1" t="inlineStr">
+        <is>
+          <t>9786256365025</t>
+        </is>
+      </c>
+      <c r="B827" s="1" t="inlineStr">
+        <is>
+          <t>Namaz ve Çocuk</t>
+        </is>
+      </c>
+      <c r="C827" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="828" spans="1:3">
+      <c r="A828" s="1" t="inlineStr">
+        <is>
+          <t>9786256365049</t>
+        </is>
+      </c>
+      <c r="B828" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Çocuk</t>
+        </is>
+      </c>
+      <c r="C828" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="829" spans="1:3">
+      <c r="A829" s="1" t="inlineStr">
+        <is>
+          <t>9786256365018</t>
+        </is>
+      </c>
+      <c r="B829" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber ve Çocuk</t>
+        </is>
+      </c>
+      <c r="C829" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="830" spans="1:3">
+      <c r="A830" s="1" t="inlineStr">
+        <is>
+          <t>9786256365063</t>
+        </is>
+      </c>
+      <c r="B830" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk ve Mocuk</t>
+        </is>
+      </c>
+      <c r="C830" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="831" spans="1:3">
+      <c r="A831" s="1" t="inlineStr">
+        <is>
+          <t>9786256365056</t>
+        </is>
+      </c>
+      <c r="B831" s="1" t="inlineStr">
+        <is>
+          <t>Senin Gözünde Ben</t>
+        </is>
+      </c>
+      <c r="C831" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="832" spans="1:3">
+      <c r="A832" s="1" t="inlineStr">
+        <is>
+          <t>9786256365070</t>
+        </is>
+      </c>
+      <c r="B832" s="1" t="inlineStr">
+        <is>
+          <t>Benim Güzel Başörtülerim</t>
+        </is>
+      </c>
+      <c r="C832" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="833" spans="1:3">
+      <c r="A833" s="1" t="inlineStr">
+        <is>
+          <t>9786057170194</t>
+        </is>
+      </c>
+      <c r="B833" s="1" t="inlineStr">
+        <is>
+          <t>Peygamberimin Hayvan Dostları</t>
+        </is>
+      </c>
+      <c r="C833" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="834" spans="1:3">
+      <c r="A834" s="1" t="inlineStr">
+        <is>
+          <t>9786057170187</t>
+        </is>
+      </c>
+      <c r="B834" s="1" t="inlineStr">
+        <is>
+          <t>Hayale Uçan Kuşlar</t>
+        </is>
+      </c>
+      <c r="C834" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="835" spans="1:3">
+      <c r="A835" s="1" t="inlineStr">
+        <is>
+          <t>9786057170170</t>
+        </is>
+      </c>
+      <c r="B835" s="1" t="inlineStr">
+        <is>
+          <t>Davetsiz Misafir</t>
+        </is>
+      </c>
+      <c r="C835" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="836" spans="1:3">
+      <c r="A836" s="1" t="inlineStr">
+        <is>
+          <t>9786057170163</t>
+        </is>
+      </c>
+      <c r="B836" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kalplere Çocuk Siyeri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C836" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="837" spans="1:3">
+      <c r="A837" s="1" t="inlineStr">
+        <is>
+          <t>9786057170118</t>
+        </is>
+      </c>
+      <c r="B837" s="1" t="inlineStr">
+        <is>
+          <t>Bilinmeze Yolculuk (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C837" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="838" spans="1:3">
+      <c r="A838" s="1" t="inlineStr">
+        <is>
+          <t>9786057149909</t>
+        </is>
+      </c>
+      <c r="B838" s="1" t="inlineStr">
+        <is>
+          <t>Tavuklar Yumurta Yer mi? - İlker Hepyaşar 5</t>
+        </is>
+      </c>
+      <c r="C838" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="839" spans="1:3">
+      <c r="A839" s="1" t="inlineStr">
+        <is>
+          <t>9786051835600</t>
+        </is>
+      </c>
+      <c r="B839" s="1" t="inlineStr">
+        <is>
+          <t>Tali İngilizce 2. Set (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C839" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="840" spans="1:3">
+      <c r="A840" s="1" t="inlineStr">
+        <is>
+          <t>9786051831718</t>
+        </is>
+      </c>
+      <c r="B840" s="1" t="inlineStr">
+        <is>
+          <t>Said'in Kanaatkarlığı</t>
+        </is>
+      </c>
+      <c r="C840" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="841" spans="1:3">
+      <c r="A841" s="1" t="inlineStr">
+        <is>
+          <t>9786057092014</t>
+        </is>
+      </c>
+      <c r="B841" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Yunus Emre</t>
+        </is>
+      </c>
+      <c r="C841" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="842" spans="1:3">
+      <c r="A842" s="1" t="inlineStr">
+        <is>
+          <t>9786051832807</t>
+        </is>
+      </c>
+      <c r="B842" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Zeka Eğitimi Etkinlikli Boyama Kitabı</t>
+        </is>
+      </c>
+      <c r="C842" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="843" spans="1:3">
+      <c r="A843" s="1" t="inlineStr">
+        <is>
+          <t>9786057170149</t>
+        </is>
+      </c>
+      <c r="B843" s="1" t="inlineStr">
+        <is>
+          <t>Şahin Bey - Kurtuluş Savaşı Kahramanları</t>
+        </is>
+      </c>
+      <c r="C843" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="844" spans="1:3">
+      <c r="A844" s="1" t="inlineStr">
+        <is>
+          <t>9786057170156</t>
+        </is>
+      </c>
+      <c r="B844" s="1" t="inlineStr">
+        <is>
+          <t>Ay’a Giden İlk Bıyıklı - Afili Mahalle 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C844" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="845" spans="1:3">
+      <c r="A845" s="1" t="inlineStr">
+        <is>
+          <t>9786057135278</t>
+        </is>
+      </c>
+      <c r="B845" s="1" t="inlineStr">
+        <is>
+          <t>Ramazan Günlüğü</t>
+        </is>
+      </c>
+      <c r="C845" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="846" spans="1:3">
+      <c r="A846" s="1" t="inlineStr">
+        <is>
+          <t>9786057149923</t>
+        </is>
+      </c>
+      <c r="B846" s="1" t="inlineStr">
+        <is>
+          <t>Hayalini Kuruyorum Peygamberimi Tanıyorum - İkinci Kitap</t>
+        </is>
+      </c>
+      <c r="C846" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="847" spans="1:3">
+      <c r="A847" s="1" t="inlineStr">
+        <is>
+          <t>9786057149916</t>
+        </is>
+      </c>
+      <c r="B847" s="1" t="inlineStr">
+        <is>
+          <t>İlker Hepyaşar (5 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C847" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="848" spans="1:3">
+      <c r="A848" s="1" t="inlineStr">
+        <is>
+          <t>9786057135292</t>
+        </is>
+      </c>
+      <c r="B848" s="1" t="inlineStr">
+        <is>
+          <t>Düşmesem de İnecektim - İlker Hepyaşar 4</t>
+        </is>
+      </c>
+      <c r="C848" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="849" spans="1:3">
+      <c r="A849" s="1" t="inlineStr">
+        <is>
+          <t>9786057135285</t>
+        </is>
+      </c>
+      <c r="B849" s="1" t="inlineStr">
+        <is>
+          <t>Evcil Penguen - İlker Hepyaşar 3</t>
+        </is>
+      </c>
+      <c r="C849" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="850" spans="1:3">
+      <c r="A850" s="1" t="inlineStr">
+        <is>
+          <t>9786057122834</t>
+        </is>
+      </c>
+      <c r="B850" s="1" t="inlineStr">
+        <is>
+          <t>Dimeşk</t>
+        </is>
+      </c>
+      <c r="C850" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="851" spans="1:3">
+      <c r="A851" s="1" t="inlineStr">
+        <is>
+          <t>9786057122841</t>
+        </is>
+      </c>
+      <c r="B851" s="1" t="inlineStr">
+        <is>
+          <t>Bilge Dedem</t>
+        </is>
+      </c>
+      <c r="C851" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="852" spans="1:3">
+      <c r="A852" s="1" t="inlineStr">
+        <is>
+          <t>9786057135247</t>
+        </is>
+      </c>
+      <c r="B852" s="1" t="inlineStr">
+        <is>
+          <t>Farkındalık Hikayeleri Seti</t>
+        </is>
+      </c>
+      <c r="C852" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="853" spans="1:3">
+      <c r="A853" s="1" t="inlineStr">
+        <is>
+          <t>9786057135209</t>
+        </is>
+      </c>
+      <c r="B853" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Yusuf - İslam’ın Şartlarını Soruyor</t>
+        </is>
+      </c>
+      <c r="C853" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="854" spans="1:3">
+      <c r="A854" s="1" t="inlineStr">
+        <is>
+          <t>9786057122803</t>
+        </is>
+      </c>
+      <c r="B854" s="1" t="inlineStr">
+        <is>
+          <t>Anne Okulumu Seviyorum (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C854" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="855" spans="1:3">
+      <c r="A855" s="1" t="inlineStr">
+        <is>
+          <t>9786057122810</t>
+        </is>
+      </c>
+      <c r="B855" s="1" t="inlineStr">
+        <is>
+          <t>Anne Tabletimi Verir misin? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C855" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="856" spans="1:3">
+      <c r="A856" s="1" t="inlineStr">
+        <is>
+          <t>9786057092090</t>
+        </is>
+      </c>
+      <c r="B856" s="1" t="inlineStr">
+        <is>
+          <t>İyi Uykular Baba</t>
+        </is>
+      </c>
+      <c r="C856" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="857" spans="1:3">
+      <c r="A857" s="1" t="inlineStr">
+        <is>
+          <t>9786057092069</t>
+        </is>
+      </c>
+      <c r="B857" s="1" t="inlineStr">
+        <is>
+          <t>Somi’nin Şemsiyesi</t>
+        </is>
+      </c>
+      <c r="C857" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="858" spans="1:3">
+      <c r="A858" s="1" t="inlineStr">
+        <is>
+          <t>9786057092083</t>
+        </is>
+      </c>
+      <c r="B858" s="1" t="inlineStr">
+        <is>
+          <t>Umut Hep Var</t>
+        </is>
+      </c>
+      <c r="C858" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="859" spans="1:3">
+      <c r="A859" s="1" t="inlineStr">
+        <is>
+          <t>9786057092076</t>
+        </is>
+      </c>
+      <c r="B859" s="1" t="inlineStr">
+        <is>
+          <t>Alpaka Kabarık</t>
+        </is>
+      </c>
+      <c r="C859" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="860" spans="1:3">
+      <c r="A860" s="1" t="inlineStr">
+        <is>
+          <t>9786057092052</t>
+        </is>
+      </c>
+      <c r="B860" s="1" t="inlineStr">
+        <is>
+          <t>Dedektif Sensin 2 Set Bir Arada - 8 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C860" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="861" spans="1:3">
+      <c r="A861" s="1" t="inlineStr">
+        <is>
+          <t>9786051833231</t>
+        </is>
+      </c>
+      <c r="B861" s="1" t="inlineStr">
+        <is>
+          <t>Dedektif Sensin 2</t>
+        </is>
+      </c>
+      <c r="C861" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="862" spans="1:3">
+      <c r="A862" s="1" t="inlineStr">
+        <is>
+          <t>9786057092038</t>
+        </is>
+      </c>
+      <c r="B862" s="1" t="inlineStr">
+        <is>
+          <t>Uçuşa Hazır mısınız? / İlker Hepyaşar 1</t>
+        </is>
+      </c>
+      <c r="C862" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="863" spans="1:3">
+      <c r="A863" s="1" t="inlineStr">
+        <is>
+          <t>9786057092045</t>
+        </is>
+      </c>
+      <c r="B863" s="1" t="inlineStr">
+        <is>
+          <t>Dönmeyen Dolap / İlker Hepyaşar 2</t>
+        </is>
+      </c>
+      <c r="C863" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="864" spans="1:3">
+      <c r="A864" s="1" t="inlineStr">
+        <is>
+          <t>9786255807120</t>
+        </is>
+      </c>
+      <c r="B864" s="1" t="inlineStr">
+        <is>
+          <t>Evsiz Ben'in Hikayesi</t>
+        </is>
+      </c>
+      <c r="C864" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="865" spans="1:3">
+      <c r="A865" s="1" t="inlineStr">
+        <is>
+          <t>9786057092021</t>
+        </is>
+      </c>
+      <c r="B865" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Adab-ı Muaşeret</t>
+        </is>
+      </c>
+      <c r="C865" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="866" spans="1:3">
+      <c r="A866" s="1" t="inlineStr">
+        <is>
+          <t>9786051836706</t>
+        </is>
+      </c>
+      <c r="B866" s="1" t="inlineStr">
+        <is>
+          <t>Anne Beni Anla - Yusuf Duygularını İfade Ediyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C866" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="867" spans="1:3">
+      <c r="A867" s="1" t="inlineStr">
+        <is>
+          <t>9786051836690</t>
+        </is>
+      </c>
+      <c r="B867" s="1" t="inlineStr">
+        <is>
+          <t>Anne Benimle Kal - Yusuf Korkusunu Yeniyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C867" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="868" spans="1:3">
+      <c r="A868" s="1" t="inlineStr">
+        <is>
+          <t>9786051836713</t>
+        </is>
+      </c>
+      <c r="B868" s="1" t="inlineStr">
+        <is>
+          <t>Anne Bence Anlaşabiliriz - Yusuf Güzelce Söylüyor (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C868" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="869" spans="1:3">
+      <c r="A869" s="1" t="inlineStr">
+        <is>
+          <t>9786051836799</t>
+        </is>
+      </c>
+      <c r="B869" s="1" t="inlineStr">
+        <is>
+          <t>Maskeli Kankiler - Afili Mahalle 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C869" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="870" spans="1:3">
+      <c r="A870" s="1" t="inlineStr">
+        <is>
+          <t>9786051836232</t>
+        </is>
+      </c>
+      <c r="B870" s="1" t="inlineStr">
+        <is>
+          <t>Şirin Kedi - Çevir Oku Serisi 4 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C870" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="871" spans="1:3">
+      <c r="A871" s="1" t="inlineStr">
+        <is>
+          <t>9786051836225</t>
+        </is>
+      </c>
+      <c r="B871" s="1" t="inlineStr">
+        <is>
+          <t>Çevir Oku Serisi 3 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C871" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="872" spans="1:3">
+      <c r="A872" s="1" t="inlineStr">
+        <is>
+          <t>9786051836218</t>
+        </is>
+      </c>
+      <c r="B872" s="1" t="inlineStr">
+        <is>
+          <t>Cingöz ile Camgöz, Efe’nin Zavallı Midesi - Çevir Oku Serisi 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C872" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="873" spans="1:3">
+      <c r="A873" s="1" t="inlineStr">
+        <is>
+          <t>9786051833378</t>
+        </is>
+      </c>
+      <c r="B873" s="1" t="inlineStr">
+        <is>
+          <t>Arpacı Kumrusu, Çalışkan Mehmet - Çevir Oku Serisi 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C873" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="874" spans="1:3">
+      <c r="A874" s="1" t="inlineStr">
+        <is>
+          <t>9786051834078</t>
+        </is>
+      </c>
+      <c r="B874" s="1" t="inlineStr">
+        <is>
+          <t>Afacanlar Macera Peşinde (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C874" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="875" spans="1:3">
+      <c r="A875" s="1" t="inlineStr">
+        <is>
+          <t>9786051836058</t>
+        </is>
+      </c>
+      <c r="B875" s="1" t="inlineStr">
+        <is>
+          <t>Tatlı Bir Şey (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C875" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="876" spans="1:3">
+      <c r="A876" s="1" t="inlineStr">
+        <is>
+          <t>9786051836065</t>
+        </is>
+      </c>
+      <c r="B876" s="1" t="inlineStr">
+        <is>
+          <t>Benim Özelim (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C876" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="877" spans="1:3">
+      <c r="A877" s="1" t="inlineStr">
+        <is>
+          <t>9786051836072</t>
+        </is>
+      </c>
+      <c r="B877" s="1" t="inlineStr">
+        <is>
+          <t>Anne Beni Leylekler mi Getirdi? (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C877" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="878" spans="1:3">
+      <c r="A878" s="1" t="inlineStr">
+        <is>
+          <t>9786256365971</t>
+        </is>
+      </c>
+      <c r="B878" s="1" t="inlineStr">
+        <is>
+          <t>Tarla Arena - Afili Mahalle 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C878" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="879" spans="1:3">
+      <c r="A879" s="1" t="inlineStr">
+        <is>
+          <t>9786051833941</t>
+        </is>
+      </c>
+      <c r="B879" s="1" t="inlineStr">
+        <is>
+          <t>Gölge Dünya Seti - 5 Kitap Takım</t>
+        </is>
+      </c>
+      <c r="C879" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="880" spans="1:3">
+      <c r="A880" s="1" t="inlineStr">
+        <is>
+          <t>9786051835754</t>
+        </is>
+      </c>
+      <c r="B880" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar İçin Mehmet Akif Ersoy</t>
+        </is>
+      </c>
+      <c r="C880" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="881" spans="1:3">
+      <c r="A881" s="1" t="inlineStr">
+        <is>
+          <t>9786051832104</t>
+        </is>
+      </c>
+      <c r="B881" s="1" t="inlineStr">
+        <is>
+          <t>Meraklı Yusuf</t>
+        </is>
+      </c>
+      <c r="C881" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="882" spans="1:3">
+      <c r="A882" s="1" t="inlineStr">
+        <is>
+          <t>9786051312477</t>
+        </is>
+      </c>
+      <c r="B882" s="1" t="inlineStr">
+        <is>
+          <t>Acaba Nasıl? (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C882" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="883" spans="1:3">
+      <c r="A883" s="1" t="inlineStr">
+        <is>
+          <t>9786051835488</t>
+        </is>
+      </c>
+      <c r="B883" s="1" t="inlineStr">
+        <is>
+          <t>Gizli İşler Tayfası Set (5 Cilt Takım)</t>
+        </is>
+      </c>
+      <c r="C883" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="884" spans="1:3">
+      <c r="A884" s="1" t="inlineStr">
+        <is>
+          <t>9786051834276</t>
+        </is>
+      </c>
+      <c r="B884" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle 365 Gün Güzel İnsanlar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C884" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="885" spans="1:3">
+      <c r="A885" s="1" t="inlineStr">
+        <is>
+          <t>9786051835402</t>
+        </is>
+      </c>
+      <c r="B885" s="1" t="inlineStr">
+        <is>
+          <t>Gizli İşler Tayfası 5 - Ninemin Sosyalleşme Planı</t>
+        </is>
+      </c>
+      <c r="C885" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="886" spans="1:3">
+      <c r="A886" s="1" t="inlineStr">
+        <is>
+          <t>9786051835426</t>
+        </is>
+      </c>
+      <c r="B886" s="1" t="inlineStr">
+        <is>
+          <t>Gizli İşler Tayfası 4 - Hesaplı İşler Peşinde</t>
+        </is>
+      </c>
+      <c r="C886" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="887" spans="1:3">
+      <c r="A887" s="1" t="inlineStr">
+        <is>
+          <t>9786051831701</t>
+        </is>
+      </c>
+      <c r="B887" s="1" t="inlineStr">
+        <is>
+          <t>Zübeyir'in Kararlılığı</t>
+        </is>
+      </c>
+      <c r="C887" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="888" spans="1:3">
+      <c r="A888" s="1" t="inlineStr">
+        <is>
+          <t>9786051831671</t>
+        </is>
+      </c>
+      <c r="B888" s="1" t="inlineStr">
+        <is>
+          <t>Ebu Ubeyde'nin Güvenilirliği</t>
+        </is>
+      </c>
+      <c r="C888" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="889" spans="1:3">
+      <c r="A889" s="1" t="inlineStr">
+        <is>
+          <t>9786051831688</t>
+        </is>
+      </c>
+      <c r="B889" s="1" t="inlineStr">
+        <is>
+          <t>Sa'd'ın Sabri</t>
+        </is>
+      </c>
+      <c r="C889" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="890" spans="1:3">
+      <c r="A890" s="1" t="inlineStr">
+        <is>
+          <t>9786051831664</t>
+        </is>
+      </c>
+      <c r="B890" s="1" t="inlineStr">
+        <is>
+          <t>Abdurrahman'ın Cömertliği</t>
+        </is>
+      </c>
+      <c r="C890" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="891" spans="1:3">
+      <c r="A891" s="1" t="inlineStr">
+        <is>
+          <t>9786051835365</t>
+        </is>
+      </c>
+      <c r="B891" s="1" t="inlineStr">
+        <is>
+          <t>Minik Kalplere Dört İnci Söz</t>
+        </is>
+      </c>
+      <c r="C891" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="892" spans="1:3">
+      <c r="A892" s="1" t="inlineStr">
+        <is>
+          <t>9786051832876</t>
+        </is>
+      </c>
+      <c r="B892" s="1" t="inlineStr">
+        <is>
+          <t>Öykülerle Sosyal Zeka Eğitimi (10 Kitap Takım) - Tali 3. Set</t>
+        </is>
+      </c>
+      <c r="C892" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="893" spans="1:3">
+      <c r="A893" s="1" t="inlineStr">
+        <is>
+          <t>9786051834283</t>
+        </is>
+      </c>
+      <c r="B893" s="1" t="inlineStr">
+        <is>
+          <t>Çocuk İlmihali (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C893" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="894" spans="1:3">
+      <c r="A894" s="1" t="inlineStr">
+        <is>
+          <t>9786051834238</t>
+        </is>
+      </c>
+      <c r="B894" s="1" t="inlineStr">
+        <is>
+          <t>My Wise Grandpa 2 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C894" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="895" spans="1:3">
+      <c r="A895" s="1" t="inlineStr">
+        <is>
+          <t>9786051830155</t>
+        </is>
+      </c>
+      <c r="B895" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Eğitimi Seti 2 (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C895" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="896" spans="1:3">
+      <c r="A896" s="1" t="inlineStr">
+        <is>
+          <t>9786051834221</t>
+        </is>
+      </c>
+      <c r="B896" s="1" t="inlineStr">
+        <is>
+          <t>My Wise Grandpa 1 (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C896" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="897" spans="1:3">
+      <c r="A897" s="1" t="inlineStr">
+        <is>
+          <t>9786051834061</t>
+        </is>
+      </c>
+      <c r="B897" s="1" t="inlineStr">
+        <is>
+          <t>Sahabelerle Değerler Eğitimi (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C897" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="898" spans="1:3">
+      <c r="A898" s="1" t="inlineStr">
+        <is>
+          <t>9786051834054</t>
+        </is>
+      </c>
+      <c r="B898" s="1" t="inlineStr">
+        <is>
+          <t>Minik Kalplere Bir-İnci Söz</t>
+        </is>
+      </c>
+      <c r="C898" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="899" spans="1:3">
+      <c r="A899" s="1" t="inlineStr">
+        <is>
+          <t>9789752696655</t>
+        </is>
+      </c>
+      <c r="B899" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber Hikayeleri Seti (13 Kitap)</t>
+        </is>
+      </c>
+      <c r="C899" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="900" spans="1:3">
+      <c r="A900" s="1" t="inlineStr">
+        <is>
+          <t>9786256365988</t>
+        </is>
+      </c>
+      <c r="B900" s="1" t="inlineStr">
+        <is>
+          <t>Masal İstediğin Gibi Bitsin! (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C900" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="901" spans="1:3">
+      <c r="A901" s="1" t="inlineStr">
+        <is>
+          <t>9786051622767</t>
+        </is>
+      </c>
+      <c r="B901" s="1" t="inlineStr">
+        <is>
+          <t>Okul Öncesi Çocuklar İçin İman ve İbadet Bilinci - Çıkrık ve Masura (10 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C901" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="902" spans="1:3">
+      <c r="A902" s="1" t="inlineStr">
+        <is>
+          <t>9786051315249</t>
+        </is>
+      </c>
+      <c r="B902" s="1" t="inlineStr">
+        <is>
+          <t>Profesör Çorapsöküğü (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C902" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="903" spans="1:3">
+      <c r="A903" s="1" t="inlineStr">
+        <is>
+          <t>9786051833873</t>
+        </is>
+      </c>
+      <c r="B903" s="1" t="inlineStr">
+        <is>
+          <t>Ben Çanakkale</t>
+        </is>
+      </c>
+      <c r="C903" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="904" spans="1:3">
+      <c r="A904" s="1" t="inlineStr">
+        <is>
+          <t>9786051830759</t>
+        </is>
+      </c>
+      <c r="B904" s="1" t="inlineStr">
+        <is>
+          <t>Çoklu Zeka ve Dikkat Geliştirme Seti (10 Kitap)</t>
+        </is>
+      </c>
+      <c r="C904" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="905" spans="1:3">
+      <c r="A905" s="1" t="inlineStr">
+        <is>
+          <t>9786051831527</t>
+        </is>
+      </c>
+      <c r="B905" s="1" t="inlineStr">
+        <is>
+          <t>Gizli İşler Tayfası 3 - Gölge'yi Kurtarma Operasyonu</t>
+        </is>
+      </c>
+      <c r="C905" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="906" spans="1:3">
+      <c r="A906" s="1" t="inlineStr">
+        <is>
+          <t>9786051315386</t>
+        </is>
+      </c>
+      <c r="B906" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Eğitimi Hikayeleri (11 Kitap Kutulu Set)</t>
+        </is>
+      </c>
+      <c r="C906" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="907" spans="1:3">
+      <c r="A907" s="1" t="inlineStr">
+        <is>
+          <t>9786051629612</t>
+        </is>
+      </c>
+      <c r="B907" s="1" t="inlineStr">
+        <is>
+          <t>Kağıt Uçaklar</t>
+        </is>
+      </c>
+      <c r="C907" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="908" spans="1:3">
+      <c r="A908" s="1" t="inlineStr">
+        <is>
+          <t>9786051629674</t>
+        </is>
+      </c>
+      <c r="B908" s="1" t="inlineStr">
+        <is>
+          <t>Oyuncaklı Ders</t>
+        </is>
+      </c>
+      <c r="C908" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="909" spans="1:3">
+      <c r="A909" s="1" t="inlineStr">
+        <is>
+          <t>9786051315447</t>
+        </is>
+      </c>
+      <c r="B909" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Matrak Sınıf (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C909" s="1">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="910" spans="1:3">
+      <c r="A910" s="1" t="inlineStr">
+        <is>
+          <t>9786051627991</t>
+        </is>
+      </c>
+      <c r="B910" s="1" t="inlineStr">
+        <is>
+          <t>Dedektif Sensin (4 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C910" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="911" spans="1:3">
+      <c r="A911" s="1" t="inlineStr">
+        <is>
+          <t>9786051629261</t>
+        </is>
+      </c>
+      <c r="B911" s="1" t="inlineStr">
+        <is>
+          <t>Ah Şu Büyükler! - Kamil ve Aşırı Geyik Hikayeleri</t>
+        </is>
+      </c>
+      <c r="C911" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="912" spans="1:3">
+      <c r="A912" s="1" t="inlineStr">
+        <is>
+          <t>9786051313252</t>
+        </is>
+      </c>
+      <c r="B912" s="1" t="inlineStr">
+        <is>
+          <t>Erdem Hikayeleri - Dürüst Ol Ki Mutlu Olasın (12 Kitap Set)</t>
+        </is>
+      </c>
+      <c r="C912" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="913" spans="1:3">
+      <c r="A913" s="1" t="inlineStr">
+        <is>
+          <t>9786256653788</t>
+        </is>
+      </c>
+      <c r="B913" s="1" t="inlineStr">
+        <is>
+          <t>Bici Bici Masallar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C913" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="914" spans="1:3">
+      <c r="A914" s="1" t="inlineStr">
+        <is>
+          <t>9786256653795</t>
+        </is>
+      </c>
+      <c r="B914" s="1" t="inlineStr">
+        <is>
+          <t>Gıdı Gıdı Masallar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C914" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="915" spans="1:3">
+      <c r="A915" s="1" t="inlineStr">
+        <is>
+          <t>9786051627786</t>
+        </is>
+      </c>
+      <c r="B915" s="1" t="inlineStr">
+        <is>
+          <t>İmdaaat Dersimiz İngilizce -Bizim Matrak Sınıf Serisi 4</t>
+        </is>
+      </c>
+      <c r="C915" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="916" spans="1:3">
+      <c r="A916" s="1" t="inlineStr">
+        <is>
+          <t>9786051627755</t>
+        </is>
+      </c>
+      <c r="B916" s="1" t="inlineStr">
+        <is>
+          <t>Dinozorların Selamı Var - Bizim Matrak Sınıf Serisi 2</t>
+        </is>
+      </c>
+      <c r="C916" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="917" spans="1:3">
+      <c r="A917" s="1" t="inlineStr">
+        <is>
+          <t>9786051310749</t>
+        </is>
+      </c>
+      <c r="B917" s="1" t="inlineStr">
+        <is>
+          <t>Çılgın Hademe (5 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C917" s="1">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="918" spans="1:3">
+      <c r="A918" s="1" t="inlineStr">
+        <is>
+          <t>9786051626208</t>
+        </is>
+      </c>
+      <c r="B918" s="1" t="inlineStr">
+        <is>
+          <t>Benim Kur'anım</t>
+        </is>
+      </c>
+      <c r="C918" s="1">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="919" spans="1:3">
+      <c r="A919" s="1" t="inlineStr">
+        <is>
+          <t>9786051626178</t>
+        </is>
+      </c>
+      <c r="B919" s="1" t="inlineStr">
+        <is>
+          <t>Burada Türkçe Konuşuyoruz 4: Sizin Orda Ne Diyorlar?</t>
+        </is>
+      </c>
+      <c r="C919" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="920" spans="1:3">
+      <c r="A920" s="1" t="inlineStr">
+        <is>
+          <t>9786051626161</t>
+        </is>
+      </c>
+      <c r="B920" s="1" t="inlineStr">
+        <is>
+          <t>Burada Türkçe Konuşuyoruz 2: Siz Var Ne Demek?</t>
+        </is>
+      </c>
+      <c r="C920" s="1">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="921" spans="1:3">
+      <c r="A921" s="1" t="inlineStr">
+        <is>
+          <t>9786256653856</t>
+        </is>
+      </c>
+      <c r="B921" s="1" t="inlineStr">
+        <is>
+          <t>Vatan İçin</t>
+        </is>
+      </c>
+      <c r="C921" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="922" spans="1:3">
+      <c r="A922" s="1" t="inlineStr">
+        <is>
+          <t>9799752692410</t>
+        </is>
+      </c>
+      <c r="B922" s="1" t="inlineStr">
+        <is>
+          <t>Varlıkların Dilinden Efendimiz</t>
+        </is>
+      </c>
+      <c r="C922" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="923" spans="1:3">
+      <c r="A923" s="1" t="inlineStr">
+        <is>
+          <t>9786051623917</t>
+        </is>
+      </c>
+      <c r="B923" s="1" t="inlineStr">
+        <is>
+          <t>Gizli İşler Tayfası 2 - Korkunç Fikirler İstasyonu</t>
+        </is>
+      </c>
+      <c r="C923" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="924" spans="1:3">
+      <c r="A924" s="1" t="inlineStr">
+        <is>
+          <t>9786255807090</t>
+        </is>
+      </c>
+      <c r="B924" s="1" t="inlineStr">
+        <is>
+          <t>Çakma Öğrenci</t>
+        </is>
+      </c>
+      <c r="C924" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="925" spans="1:3">
+      <c r="A925" s="1" t="inlineStr">
+        <is>
+          <t>9786051621791</t>
+        </is>
+      </c>
+      <c r="B925" s="1" t="inlineStr">
+        <is>
+          <t>Dedektif Kepçe İz Peşinde</t>
+        </is>
+      </c>
+      <c r="C925" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="926" spans="1:3">
+      <c r="A926" s="1" t="inlineStr">
+        <is>
+          <t>9786256653900</t>
+        </is>
+      </c>
+      <c r="B926" s="1" t="inlineStr">
+        <is>
+          <t>Ozon Tabakasını Kim Dikecek?</t>
+        </is>
+      </c>
+      <c r="C926" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="927" spans="1:3">
+      <c r="A927" s="1" t="inlineStr">
+        <is>
+          <t>9789752695429</t>
+        </is>
+      </c>
+      <c r="B927" s="1" t="inlineStr">
+        <is>
+          <t>Can’ın Hatıra Defteri</t>
+        </is>
+      </c>
+      <c r="C927" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="928" spans="1:3">
+      <c r="A928" s="1" t="inlineStr">
+        <is>
+          <t>9789752696778</t>
+        </is>
+      </c>
+      <c r="B928" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber Hikayeleri 12: Hz. İsa (Aleyhisselam)</t>
+        </is>
+      </c>
+      <c r="C928" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="929" spans="1:3">
+      <c r="A929" s="1" t="inlineStr">
+        <is>
+          <t>9786051621982</t>
+        </is>
+      </c>
+      <c r="B929" s="1" t="inlineStr">
+        <is>
+          <t>Benim Haccım</t>
+        </is>
+      </c>
+      <c r="C929" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="930" spans="1:3">
+      <c r="A930" s="1" t="inlineStr">
+        <is>
+          <t>9786051621937</t>
+        </is>
+      </c>
+      <c r="B930" s="1" t="inlineStr">
+        <is>
+          <t>Kafa Patlatan 100 Zeka Sorusu 5 (Zeka Anahtarı)</t>
+        </is>
+      </c>
+      <c r="C930" s="1">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="931" spans="1:3">
+      <c r="A931" s="1" t="inlineStr">
+        <is>
+          <t>9786051314426</t>
+        </is>
+      </c>
+      <c r="B931" s="1" t="inlineStr">
+        <is>
+          <t>40 Salavat Boyama</t>
+        </is>
+      </c>
+      <c r="C931" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="932" spans="1:3">
+      <c r="A932" s="1" t="inlineStr">
+        <is>
+          <t>9786051314167</t>
+        </is>
+      </c>
+      <c r="B932" s="1" t="inlineStr">
+        <is>
+          <t>Oruç Tutuyorum - Etkinlikli Öğreniyorum 6. Kitap</t>
+        </is>
+      </c>
+      <c r="C932" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="933" spans="1:3">
+      <c r="A933" s="1" t="inlineStr">
+        <is>
+          <t>9786051628059</t>
+        </is>
+      </c>
+      <c r="B933" s="1" t="inlineStr">
+        <is>
+          <t>365 Gün Siyer Saati (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C933" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="934" spans="1:3">
+      <c r="A934" s="1" t="inlineStr">
+        <is>
+          <t>9786051629735</t>
+        </is>
+      </c>
+      <c r="B934" s="1" t="inlineStr">
+        <is>
+          <t>1. Sınıflar İçin Değerler Eğitimi Seti-1 (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C934" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="935" spans="1:3">
+      <c r="A935" s="1" t="inlineStr">
+        <is>
+          <t>9789752696709</t>
+        </is>
+      </c>
+      <c r="B935" s="1" t="inlineStr">
+        <is>
+          <t>Peygamber Hikayeleri - 5: Hz. İsmali (Aleyhisselam)</t>
+        </is>
+      </c>
+      <c r="C935" s="1">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="936" spans="1:3">
+      <c r="A936" s="1" t="inlineStr">
+        <is>
+          <t>9789752696747</t>
+        </is>
+      </c>
+      <c r="B936" s="1" t="inlineStr">
+        <is>
+          <t>Hükümdar Peygamber Hz. Davud Aleyhisselam</t>
+        </is>
+      </c>
+      <c r="C936" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="937" spans="1:3">
+      <c r="A937" s="1" t="inlineStr">
+        <is>
+          <t>9789752696686</t>
+        </is>
+      </c>
+      <c r="B937" s="1" t="inlineStr">
+        <is>
+          <t>Kayadan Deve Çıkaran Peygamber - Hz. Salih Aleyhisselam</t>
+        </is>
+      </c>
+      <c r="C937" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="938" spans="1:3">
+      <c r="A938" s="1" t="inlineStr">
+        <is>
+          <t>9789752699915</t>
+        </is>
+      </c>
+      <c r="B938" s="1" t="inlineStr">
+        <is>
+          <t>40 Ayet Boyama</t>
+        </is>
+      </c>
+      <c r="C938" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="939" spans="1:3">
+      <c r="A939" s="1" t="inlineStr">
+        <is>
+          <t>9786051314587</t>
+        </is>
+      </c>
+      <c r="B939" s="1" t="inlineStr">
+        <is>
+          <t>40 Dua Boyama</t>
+        </is>
+      </c>
+      <c r="C939" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="940" spans="1:3">
+      <c r="A940" s="1" t="inlineStr">
+        <is>
+          <t>9789752693999</t>
+        </is>
+      </c>
+      <c r="B940" s="1" t="inlineStr">
+        <is>
+          <t>Masal Gemisi (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C940" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="941" spans="1:3">
+      <c r="A941" s="1" t="inlineStr">
+        <is>
+          <t>9786256653894</t>
+        </is>
+      </c>
+      <c r="B941" s="1" t="inlineStr">
+        <is>
+          <t>Kepçe ve Arkadaşları</t>
+        </is>
+      </c>
+      <c r="C941" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="942" spans="1:3">
+      <c r="A942" s="1" t="inlineStr">
+        <is>
+          <t>9786256653870</t>
+        </is>
+      </c>
+      <c r="B942" s="1" t="inlineStr">
+        <is>
+          <t>Şehzade Murat</t>
+        </is>
+      </c>
+      <c r="C942" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="943" spans="1:3">
+      <c r="A943" s="1" t="inlineStr">
+        <is>
+          <t>9789752698581</t>
+        </is>
+      </c>
+      <c r="B943" s="1" t="inlineStr">
+        <is>
+          <t>Dünya Devleti Yıkılıyor</t>
+        </is>
+      </c>
+      <c r="C943" s="1">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="944" spans="1:3">
+      <c r="A944" s="1" t="inlineStr">
+        <is>
+          <t>9786256653221</t>
+        </is>
+      </c>
+      <c r="B944" s="1" t="inlineStr">
+        <is>
+          <t>Zengin Olan Dilenci</t>
+        </is>
+      </c>
+      <c r="C944" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="945" spans="1:3">
+      <c r="A945" s="1" t="inlineStr">
+        <is>
+          <t>9789752695542</t>
+        </is>
+      </c>
+      <c r="B945" s="1" t="inlineStr">
+        <is>
+          <t>Yaramaz Ayı Zirzop</t>
+        </is>
+      </c>
+      <c r="C945" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="946" spans="1:3">
+      <c r="A946" s="1" t="inlineStr">
+        <is>
+          <t>9786051313368</t>
+        </is>
+      </c>
+      <c r="B946" s="1" t="inlineStr">
+        <is>
+          <t>Var mı Arkadaşlık Gibisi ?</t>
+        </is>
+      </c>
+      <c r="C946" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="947" spans="1:3">
+      <c r="A947" s="1" t="inlineStr">
+        <is>
+          <t>9789758499519</t>
+        </is>
+      </c>
+      <c r="B947" s="1" t="inlineStr">
+        <is>
+          <t>Üç Kaçak Yolcu</t>
+        </is>
+      </c>
+      <c r="C947" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="948" spans="1:3">
+      <c r="A948" s="1" t="inlineStr">
+        <is>
+          <t>9786051313450</t>
+        </is>
+      </c>
+      <c r="B948" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’deki Camileri Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C948" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="949" spans="1:3">
+      <c r="A949" s="1" t="inlineStr">
+        <is>
+          <t>9786256653160</t>
+        </is>
+      </c>
+      <c r="B949" s="1" t="inlineStr">
+        <is>
+          <t>Tuhaf Çocuk</t>
+        </is>
+      </c>
+      <c r="C949" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="950" spans="1:3">
+      <c r="A950" s="1" t="inlineStr">
+        <is>
+          <t>9786051313276</t>
+        </is>
+      </c>
+      <c r="B950" s="1" t="inlineStr">
+        <is>
+          <t>Tarih Cesaretle Yazılır!</t>
+        </is>
+      </c>
+      <c r="C950" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="951" spans="1:3">
+      <c r="A951" s="1" t="inlineStr">
+        <is>
+          <t>9789752699502</t>
+        </is>
+      </c>
+      <c r="B951" s="1" t="inlineStr">
+        <is>
+          <t>Tali Sırasını Bekliyor</t>
+        </is>
+      </c>
+      <c r="C951" s="1">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="952" spans="1:3">
+      <c r="A952" s="1" t="inlineStr">
+        <is>
+          <t>9789752695344</t>
+        </is>
+      </c>
+      <c r="B952" s="1" t="inlineStr">
+        <is>
+          <t>Sular Altında Bir Ülke</t>
+        </is>
+      </c>
+      <c r="C952" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="953" spans="1:3">
+      <c r="A953" s="1" t="inlineStr">
+        <is>
+          <t>9786051310046</t>
+        </is>
+      </c>
+      <c r="B953" s="1" t="inlineStr">
+        <is>
+          <t>Seni Tanımak Ne Güzel Allah’ım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C953" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="954" spans="1:3">
+      <c r="A954" s="1" t="inlineStr">
+        <is>
+          <t>9789752699441</t>
+        </is>
+      </c>
+      <c r="B954" s="1" t="inlineStr">
+        <is>
+          <t>Tali Öykülerle Duygusal Zeka Eğitimi Serisi (3-7 Yaş) + Etkinlikli Boyama Kitabı 2. Set (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C954" s="1">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="955" spans="1:3">
+      <c r="A955" s="1" t="inlineStr">
+        <is>
+          <t>9786051310756</t>
+        </is>
+      </c>
+      <c r="B955" s="1" t="inlineStr">
+        <is>
+          <t>Okulda Curcuna Var</t>
+        </is>
+      </c>
+      <c r="C955" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="956" spans="1:3">
+      <c r="A956" s="1" t="inlineStr">
+        <is>
+          <t>9786051310787</t>
+        </is>
+      </c>
+      <c r="B956" s="1" t="inlineStr">
+        <is>
+          <t>Nükleer Çikolata Fabrikası</t>
+        </is>
+      </c>
+      <c r="C956" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="957" spans="1:3">
+      <c r="A957" s="1" t="inlineStr">
+        <is>
+          <t>9789757055846</t>
+        </is>
+      </c>
+      <c r="B957" s="1" t="inlineStr">
+        <is>
+          <t>Namaz Kılmayı Öğreniyorum Kız - Boyama</t>
+        </is>
+      </c>
+      <c r="C957" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="958" spans="1:3">
+      <c r="A958" s="1" t="inlineStr">
+        <is>
+          <t>9786051314174</t>
+        </is>
+      </c>
+      <c r="B958" s="1" t="inlineStr">
+        <is>
+          <t>Namaz Kılıyorum - Etkinlikli Öğreniyorum 5. Kitap</t>
+        </is>
+      </c>
+      <c r="C958" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="959" spans="1:3">
+      <c r="A959" s="1" t="inlineStr">
+        <is>
+          <t>9786051314181</t>
+        </is>
+      </c>
+      <c r="B959" s="1" t="inlineStr">
+        <is>
+          <t>Abdest Alıyorum - Etkinlikli Öğreniyorum 4. Kitap</t>
+        </is>
+      </c>
+      <c r="C959" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="960" spans="1:3">
+      <c r="A960" s="1" t="inlineStr">
+        <is>
+          <t>9789757055839</t>
+        </is>
+      </c>
+      <c r="B960" s="1" t="inlineStr">
+        <is>
+          <t>Namaz Kılmayı Öğreniyorum Erkek - Boyama</t>
+        </is>
+      </c>
+      <c r="C960" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="961" spans="1:3">
+      <c r="A961" s="1" t="inlineStr">
+        <is>
+          <t>9789752696310</t>
+        </is>
+      </c>
+      <c r="B961" s="1" t="inlineStr">
+        <is>
+          <t>Memleketim</t>
+        </is>
+      </c>
+      <c r="C961" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="962" spans="1:3">
+      <c r="A962" s="1" t="inlineStr">
+        <is>
+          <t>9786051313436</t>
+        </is>
+      </c>
+      <c r="B962" s="1" t="inlineStr">
+        <is>
+          <t>Mekke ve Medine’yi Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C962" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="963" spans="1:3">
+      <c r="A963" s="1" t="inlineStr">
+        <is>
+          <t>9786256653184</t>
+        </is>
+      </c>
+      <c r="B963" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Kahraman</t>
+        </is>
+      </c>
+      <c r="C963" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="964" spans="1:3">
+      <c r="A964" s="1" t="inlineStr">
+        <is>
+          <t>9786051311357</t>
+        </is>
+      </c>
+      <c r="B964" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Beyler - Gökhan’ın Otobüsü (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C964" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="965" spans="1:3">
+      <c r="A965" s="1" t="inlineStr">
+        <is>
+          <t>9786051311326</t>
+        </is>
+      </c>
+      <c r="B965" s="1" t="inlineStr">
+        <is>
+          <t>Küçük Beyler - Fatih’in Arabası (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C965" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="966" spans="1:3">
+      <c r="A966" s="1" t="inlineStr">
+        <is>
+          <t>9789752695320</t>
+        </is>
+      </c>
+      <c r="B966" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C966" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="967" spans="1:3">
+      <c r="A967" s="1" t="inlineStr">
+        <is>
+          <t>9786256653191</t>
+        </is>
+      </c>
+      <c r="B967" s="1" t="inlineStr">
+        <is>
+          <t>Köy Çocuğu</t>
+        </is>
+      </c>
+      <c r="C967" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="968" spans="1:3">
+      <c r="A968" s="1" t="inlineStr">
+        <is>
+          <t>9786051313306</t>
+        </is>
+      </c>
+      <c r="B968" s="1" t="inlineStr">
+        <is>
+          <t>Kim Demiş Fedakarlık Zor Diye ?</t>
+        </is>
+      </c>
+      <c r="C968" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="969" spans="1:3">
+      <c r="A969" s="1" t="inlineStr">
+        <is>
+          <t>9786256653214</t>
+        </is>
+      </c>
+      <c r="B969" s="1" t="inlineStr">
+        <is>
+          <t>Karıncalar Savaşı</t>
+        </is>
+      </c>
+      <c r="C969" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="970" spans="1:3">
+      <c r="A970" s="1" t="inlineStr">
+        <is>
+          <t>9789752697997</t>
+        </is>
+      </c>
+      <c r="B970" s="1" t="inlineStr">
+        <is>
+          <t>İstanbullu Masallar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C970" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="971" spans="1:3">
+      <c r="A971" s="1" t="inlineStr">
+        <is>
+          <t>9789752696280</t>
+        </is>
+      </c>
+      <c r="B971" s="1" t="inlineStr">
+        <is>
+          <t>İki Kardeş</t>
+        </is>
+      </c>
+      <c r="C971" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="972" spans="1:3">
+      <c r="A972" s="1" t="inlineStr">
+        <is>
+          <t>9789752695788</t>
+        </is>
+      </c>
+      <c r="B972" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle Ahiret İnancı</t>
+        </is>
+      </c>
+      <c r="C972" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="973" spans="1:3">
+      <c r="A973" s="1" t="inlineStr">
+        <is>
+          <t>9786051310121</t>
+        </is>
+      </c>
+      <c r="B973" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle 365 Gün İman Esasları (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C973" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="974" spans="1:3">
+      <c r="A974" s="1" t="inlineStr">
+        <is>
+          <t>9789752694873</t>
+        </is>
+      </c>
+      <c r="B974" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle 365 Gün Hadis (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C974" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="975" spans="1:3">
+      <c r="A975" s="1" t="inlineStr">
+        <is>
+          <t>9789752698260</t>
+        </is>
+      </c>
+      <c r="B975" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle 365 Gün Güzel Davranış (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C975" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="976" spans="1:3">
+      <c r="A976" s="1" t="inlineStr">
+        <is>
+          <t>9789752697294</t>
+        </is>
+      </c>
+      <c r="B976" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle 365 Gün Dua (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C976" s="1">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="977" spans="1:3">
+      <c r="A977" s="1" t="inlineStr">
+        <is>
+          <t>9789752695870</t>
+        </is>
+      </c>
+      <c r="B977" s="1" t="inlineStr">
+        <is>
+          <t>Hikayelerle 365 Gün Dini Kelime (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C977" s="1">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="978" spans="1:3">
+      <c r="A978" s="1" t="inlineStr">
+        <is>
+          <t>9789752695405</t>
+        </is>
+      </c>
+      <c r="B978" s="1" t="inlineStr">
+        <is>
+          <t>Heyecanlı Yolculuk</t>
+        </is>
+      </c>
+      <c r="C978" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="979" spans="1:3">
+      <c r="A979" s="1" t="inlineStr">
+        <is>
+          <t>9786051313580</t>
+        </is>
+      </c>
+      <c r="B979" s="1" t="inlineStr">
+        <is>
+          <t>Haydi, Kantine Hücuuum!</t>
+        </is>
+      </c>
+      <c r="C979" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="980" spans="1:3">
+      <c r="A980" s="1" t="inlineStr">
+        <is>
+          <t>9786051313320</t>
+        </is>
+      </c>
+      <c r="B980" s="1" t="inlineStr">
+        <is>
+          <t>Hayat Yardımlaşınca Güzel</t>
+        </is>
+      </c>
+      <c r="C980" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="981" spans="1:3">
+      <c r="A981" s="1" t="inlineStr">
+        <is>
+          <t>9789752696297</t>
+        </is>
+      </c>
+      <c r="B981" s="1" t="inlineStr">
+        <is>
+          <t>Haram Yemenin Sonu</t>
+        </is>
+      </c>
+      <c r="C981" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="982" spans="1:3">
+      <c r="A982" s="1" t="inlineStr">
+        <is>
+          <t>9786051313290</t>
+        </is>
+      </c>
+      <c r="B982" s="1" t="inlineStr">
+        <is>
+          <t>Ha Gayret Başaracaksın!</t>
+        </is>
+      </c>
+      <c r="C982" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="983" spans="1:3">
+      <c r="A983" s="1" t="inlineStr">
+        <is>
+          <t>9789752697829</t>
+        </is>
+      </c>
+      <c r="B983" s="1" t="inlineStr">
+        <is>
+          <t>Güzel Davranış Romanları (10 Kitap Takım)</t>
+        </is>
+      </c>
+      <c r="C983" s="1">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="984" spans="1:3">
+      <c r="A984" s="1" t="inlineStr">
+        <is>
+          <t>9789752696266</t>
+        </is>
+      </c>
+      <c r="B984" s="1" t="inlineStr">
+        <is>
+          <t>Değerler Eğitimi Hikayeleri-Fedakar Annem</t>
+        </is>
+      </c>
+      <c r="C984" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="985" spans="1:3">
+      <c r="A985" s="1" t="inlineStr">
+        <is>
+          <t>9786051313627</t>
+        </is>
+      </c>
+      <c r="B985" s="1" t="inlineStr">
+        <is>
+          <t>Eyvah, Veli Toplantısı!</t>
+        </is>
+      </c>
+      <c r="C985" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="986" spans="1:3">
+      <c r="A986" s="1" t="inlineStr">
+        <is>
+          <t>9789752697553</t>
+        </is>
+      </c>
+      <c r="B986" s="1" t="inlineStr">
+        <is>
+          <t>Etkinlikli Boyama Kitabı (Çıkartmalı)</t>
+        </is>
+      </c>
+      <c r="C986" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="987" spans="1:3">
+      <c r="A987" s="1" t="inlineStr">
+        <is>
+          <t>9789752694927</t>
+        </is>
+      </c>
+      <c r="B987" s="1" t="inlineStr">
+        <is>
+          <t>Elifba Boyama</t>
+        </is>
+      </c>
+      <c r="C987" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="988" spans="1:3">
+      <c r="A988" s="1" t="inlineStr">
+        <is>
+          <t>9786051313337</t>
+        </is>
+      </c>
+      <c r="B988" s="1" t="inlineStr">
+        <is>
+          <t>Dürüst Ol ki Mutlu Olasın</t>
+        </is>
+      </c>
+      <c r="C988" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="989" spans="1:3">
+      <c r="A989" s="1" t="inlineStr">
+        <is>
+          <t>9786051313443</t>
+        </is>
+      </c>
+      <c r="B989" s="1" t="inlineStr">
+        <is>
+          <t>Dünyadaki Camileri Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C989" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="990" spans="1:3">
+      <c r="A990" s="1" t="inlineStr">
+        <is>
+          <t>9789752695795</t>
+        </is>
+      </c>
+      <c r="B990" s="1" t="inlineStr">
+        <is>
+          <t>Doktor Olacağım</t>
+        </is>
+      </c>
+      <c r="C990" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="991" spans="1:3">
+      <c r="A991" s="1" t="inlineStr">
+        <is>
+          <t>9786051313344</t>
+        </is>
+      </c>
+      <c r="B991" s="1" t="inlineStr">
+        <is>
+          <t>Dayanışma En Büyük Güçtür!</t>
+        </is>
+      </c>
+      <c r="C991" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="992" spans="1:3">
+      <c r="A992" s="1" t="inlineStr">
+        <is>
+          <t>9786051313245</t>
+        </is>
+      </c>
+      <c r="B992" s="1" t="inlineStr">
+        <is>
+          <t>Çıtır Çıtır Masallar (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C992" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="993" spans="1:3">
+      <c r="A993" s="1" t="inlineStr">
+        <is>
+          <t>9786051313283</t>
+        </is>
+      </c>
+      <c r="B993" s="1" t="inlineStr">
+        <is>
+          <t>Çevre Bize Emanet</t>
+        </is>
+      </c>
+      <c r="C993" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="994" spans="1:3">
+      <c r="A994" s="1" t="inlineStr">
+        <is>
+          <t>9786051313313</t>
+        </is>
+      </c>
+      <c r="B994" s="1" t="inlineStr">
+        <is>
+          <t>Çalışkanlık İçeri Tembellik Dışarı</t>
+        </is>
+      </c>
+      <c r="C994" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="995" spans="1:3">
+      <c r="A995" s="1" t="inlineStr">
+        <is>
+          <t>9786255807038</t>
+        </is>
+      </c>
+      <c r="B995" s="1" t="inlineStr">
+        <is>
+          <t>Canavar Robot</t>
+        </is>
+      </c>
+      <c r="C995" s="1">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="996" spans="1:3">
+      <c r="A996" s="1" t="inlineStr">
+        <is>
+          <t>9786256653863</t>
+        </is>
+      </c>
+      <c r="B996" s="1" t="inlineStr">
+        <is>
+          <t>Bizim Can</t>
+        </is>
+      </c>
+      <c r="C996" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="997" spans="1:3">
+      <c r="A997" s="1" t="inlineStr">
+        <is>
+          <t>9786051311982</t>
+        </is>
+      </c>
+      <c r="B997" s="1" t="inlineStr">
+        <is>
+          <t>Biricik İbadetim Namaz</t>
+        </is>
+      </c>
+      <c r="C997" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="998" spans="1:3">
+      <c r="A998" s="1" t="inlineStr">
+        <is>
+          <t>9786051313597</t>
+        </is>
+      </c>
+      <c r="B998" s="1" t="inlineStr">
+        <is>
+          <t>Başıma İcat Çıkardım!</t>
+        </is>
+      </c>
+      <c r="C998" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="999" spans="1:3">
+      <c r="A999" s="1" t="inlineStr">
+        <is>
+          <t>9786051312941</t>
+        </is>
+      </c>
+      <c r="B999" s="1" t="inlineStr">
+        <is>
+          <t>Ailemi Çok Seviyorum (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C999" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:3">
+      <c r="A1000" s="1" t="inlineStr">
+        <is>
+          <t>9786051313269</t>
+        </is>
+      </c>
+      <c r="B1000" s="1" t="inlineStr">
+        <is>
+          <t>Adil Olan Kazanır</t>
+        </is>
+      </c>
+      <c r="C1000" s="1">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:3">
+      <c r="A1001" s="1" t="inlineStr">
+        <is>
+          <t>9789757055853</t>
+        </is>
+      </c>
+      <c r="B1001" s="1" t="inlineStr">
+        <is>
+          <t>Abdest Almayı Öğreniyorum</t>
+        </is>
+      </c>
+      <c r="C1001" s="1">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:3">
+      <c r="A1002" s="1" t="inlineStr">
+        <is>
+          <t>9789752696419</t>
+        </is>
+      </c>
+      <c r="B1002" s="1" t="inlineStr">
+        <is>
+          <t>40 Hadis Boyama</t>
+        </is>
+      </c>
+      <c r="C1002" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:3">
+      <c r="A1003" s="1" t="inlineStr">
+        <is>
           <t>9789752694675</t>
         </is>
       </c>
-      <c r="B327" s="1" t="inlineStr">
+      <c r="B1003" s="1" t="inlineStr">
         <is>
           <t>40 Geceye 40 Masal (Ciltli)</t>
         </is>
       </c>
-      <c r="C327" s="1">
+      <c r="C1003" s="1">
         <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>