--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -85,1630 +85,1645 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789754080469</t>
+          <t>9786259370804</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tuzak</t>
+          <t>Yutan Eleman 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>25</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051833002</t>
+          <t>9789754080469</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tuş Bakışı - Tuş Beyinli 5 (Ciltli)</t>
+          <t>Tuzak</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>150</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051629056</t>
+          <t>9786051833002</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Mevlana - Kahraman Avcısı Kerem'in Not Defteri-3</t>
+          <t>Tuş Bakışı - Tuş Beyinli 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>10.19</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051831831</t>
+          <t>9786051629056</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Milletler</t>
+          <t>Kahramanım Mevlana - Kahraman Avcısı Kerem'in Not Defteri-3</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051831824</t>
+          <t>9786051831831</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Atasözleri</t>
+          <t>Çılgın Milletler</t>
         </is>
       </c>
       <c r="C6" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051313535</t>
+          <t>9786051831824</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Memleket Kazan Ben Kepçe</t>
+          <t>Çılgın Atasözleri</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>10</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051313238</t>
+          <t>9786051313535</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif ve Ben</t>
+          <t>Memleket Kazan Ben Kepçe</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>12.04</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786051621807</t>
+          <t>9786051313238</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Peygamberimizin Hayatı</t>
+          <t>Mehmet Akif ve Ben</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>35</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9799754080291</t>
+          <t>9786051621807</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Ulak</t>
+          <t>Gençler İçin Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>50</v>
+        <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786051313849</t>
+          <t>9799754080291</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>İyi Ki Var Hüzün İyi Ki Var Mutluluk</t>
+          <t>Ulak</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>40</v>
+        <v>50</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051624396</t>
+          <t>9786051313849</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Gıcıklığın Lüzumu Var! - Tuş Beyinli 1 (Ciltli)</t>
+          <t>İyi Ki Var Hüzün İyi Ki Var Mutluluk</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786051623368</t>
+          <t>9786051624396</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Gençler için Tarihi Değiştiren Olaylar</t>
+          <t>Gıcıklığın Lüzumu Var! - Tuş Beyinli 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>40</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051623351</t>
+          <t>9786051623368</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Tarihi Değiştiren Liderler</t>
+          <t>Gençler için Tarihi Değiştiren Olaylar</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786051314525</t>
+          <t>9786051623351</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Kazan Ben Kepçe</t>
+          <t>Gençler İçin Tarihi Değiştiren Liderler</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>10</v>
+        <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786051311005</t>
+          <t>9786051314525</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Gizemini Arayan Genç Hayy Bin Yakzan</t>
+          <t>Avrupa Kazan Ben Kepçe</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786051312347</t>
+          <t>9786051311005</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Uzayda Gizemli Arayış</t>
+          <t>Varlığın Gizemini Arayan Genç Hayy Bin Yakzan</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>40</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051310077</t>
+          <t>9786051312347</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğun Işığı Seni Aydınlatsın!</t>
+          <t>Uzayda Gizemli Arayış</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>6.48</v>
+        <v>40</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786051312101</t>
+          <t>9786051310077</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Ruhun Kelebek Kanatları</t>
+          <t>Sonsuzluğun Işığı Seni Aydınlatsın!</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>30</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786051310084</t>
+          <t>9786051312101</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kalbini İyileştirmek İster misin?</t>
+          <t>Ruhun Kelebek Kanatları</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>7.41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9789752699564</t>
+          <t>9786051310084</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Enes’in Günlüğü - Enes Bin Malik’in (r.a.) Hayatı</t>
+          <t>Kalbini İyileştirmek İster misin?</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>15</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051314341</t>
+          <t>9789752699564</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ressamlar</t>
+          <t>Enes’in Günlüğü - Enes Bin Malik’in (r.a.) Hayatı</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786051310114</t>
+          <t>9786051314341</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım Olur Musun?</t>
+          <t>Çılgın Ressamlar</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>5.56</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786051832555</t>
+          <t>9786051310114</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Deyimler</t>
+          <t>Yol Arkadaşım Olur Musun?</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>11.11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786051832074</t>
+          <t>9786051832555</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Bitkiler</t>
+          <t>Çılgın Deyimler</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>23.15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786051832029</t>
+          <t>9786051832074</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Arabalar</t>
+          <t>Çılgın Bitkiler</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>9.26</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786051314303</t>
+          <t>9786051832029</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Kaşifler</t>
+          <t>Çılgın Arabalar</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051627106</t>
+          <t>9786051314303</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Avcısı Kerem (5 Kitap Kutulu)</t>
+          <t>Çılgın Kaşifler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>55</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786051834382</t>
+          <t>9786051627106</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kapıları</t>
+          <t>Kahraman Avcısı Kerem (5 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>50</v>
+        <v>55</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786051830131</t>
+          <t>9786051834382</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Tarih</t>
+          <t>Zamanın Kapıları</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>11.11</v>
+        <v>50</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9796051629055</t>
+          <t>9786051830131</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Mevlana - Kahraman Avcısı Kerem 3 (Ciltli)</t>
+          <t>Çılgın Tarih</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>30</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786051313887</t>
+          <t>9796051629055</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Çılgın İcatlar</t>
+          <t>Kahramanım Mevlana - Kahraman Avcısı Kerem 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786051830858</t>
+          <t>9786051313887</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Aşk 5 Vakittir</t>
+          <t>Çılgın İcatlar</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786051627113</t>
+          <t>9786051830858</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Fatih - Kahraman Avcısı Kerem 1 (Ciltli)</t>
+          <t>Aşk 5 Vakittir</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>30</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786051627984</t>
+          <t>9786051627113</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Tuş Beyinli 2 - Aramızda Kalmasın (Ciltli)</t>
+          <t>Kahramanım Fatih - Kahraman Avcısı Kerem 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>150</v>
+        <v>30</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051627069</t>
+          <t>9786051627984</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Hadis El Kitabı - 2 : Bir Hayat ve Edep Rehberi</t>
+          <t>Tuş Beyinli 2 - Aramızda Kalmasın (Ciltli)</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>50</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786051627076</t>
+          <t>9786051627069</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hadis El Kitabı-1: Bir İman ve Ahlak Rehberi</t>
+          <t>Hadis El Kitabı - 2 : Bir Hayat ve Edep Rehberi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786051627090</t>
+          <t>9786051627076</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Hadis El Kitabı - 4: Peygamber Efendimizi (sav) Tanıma Rehberi</t>
+          <t>Hadis El Kitabı-1: Bir İman ve Ahlak Rehberi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>20</v>
+        <v>10</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051833804</t>
+          <t>9786051627090</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Galaksi (Ciltli)</t>
+          <t>Hadis El Kitabı - 4: Peygamber Efendimizi (sav) Tanıma Rehberi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>20</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786051628066</t>
+          <t>9786051833804</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Mimar Sinan (Ciltli)</t>
+          <t>Çılgın Galaksi (Ciltli)</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>30</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786051315089</t>
+          <t>9786051628066</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Macera Geliyorum Demez!</t>
+          <t>Kahramanım Mimar Sinan (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786051623337</t>
+          <t>9786051315089</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gençler için Osmanlı Tarihi</t>
+          <t>Macera Geliyorum Demez!</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786051314648</t>
+          <t>9786051623337</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mucize Avcısı</t>
+          <t>Gençler için Osmanlı Tarihi</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>8.33</v>
+        <v>20</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786051831725</t>
+          <t>9786051314648</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Yunus Emre</t>
+          <t>Mucize Avcısı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>10.19</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786051625058</t>
+          <t>9786051831725</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Müzisyenler</t>
+          <t>Kahramanım Yunus Emre</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>11.11</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786051830186</t>
+          <t>9786051625058</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Nasreddin Hoca (Ciltli)</t>
+          <t>Çılgın Müzisyenler</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>20</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786051626222</t>
+          <t>9786051830186</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Dört Halife Dönemi</t>
+          <t>Kahramanım Nasreddin Hoca (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786051313917</t>
+          <t>9786051626222</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Biri Bizi Durdursun!</t>
+          <t>Gençler İçin Dört Halife Dönemi</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786051627205</t>
+          <t>9786051313917</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Aşk Neden Can Yakar?</t>
+          <t>Biri Bizi Durdursun!</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>22</v>
+        <v>30</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786051627199</t>
+          <t>9786051627205</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>İçiyorsak Sebebi Var</t>
+          <t>Aşk Neden Can Yakar?</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>18</v>
+        <v>22</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786051835945</t>
+          <t>9786051627199</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Liderler Seti - 10 Kitap Takım</t>
+          <t>İçiyorsak Sebebi Var</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>450</v>
+        <v>18</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786051835556</t>
+          <t>9786051835945</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Kapıları</t>
+          <t>Tarihe Yön Veren Liderler Seti - 10 Kitap Takım</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>70</v>
+        <v>450</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786051833521</t>
+          <t>9786051835556</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Tarih Romanları Seti (12 Kitap)</t>
+          <t>Zamanın Kapıları</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>540</v>
+        <v>70</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786051833125</t>
+          <t>9786051833521</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın En Gıcık Bakkalı - Tuş Beyinli 7 (Ciltli)</t>
+          <t>Gençler İçin Tarih Romanları Seti (12 Kitap)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>540</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786259520568</t>
+          <t>9786051833125</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Yutan Eleman 1 (Ciltli)</t>
+          <t>Dünyanın En Gıcık Bakkalı - Tuş Beyinli 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786051833057</t>
+          <t>9786259520568</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Milletler (Ciltli)</t>
+          <t>Yutan Eleman 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786051833576</t>
+          <t>9786051833057</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Çılgın İcatlar (Ciltli)</t>
+          <t>Çılgın Milletler (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786051833071</t>
+          <t>9786051833576</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Mucitler (Ciltli)</t>
+          <t>Çılgın İcatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786259520513</t>
+          <t>9786051833071</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gıcıkgiller Apartmanı 5 - Kendini Kurtarmak (Ciltli)</t>
+          <t>Çılgın Mucitler (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786259520520</t>
+          <t>9786259520513</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Bitkiler (Ciltli)</t>
+          <t>Gıcıkgiller Apartmanı 5 - Kendini Kurtarmak (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786259436913</t>
+          <t>9786259520520</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Milletler (Ciltli)</t>
+          <t>Çılgın Bitkiler (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786259466477</t>
+          <t>9786259436913</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına Sayılar (Ciltli)</t>
+          <t>Çılgın Milletler (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786259436920</t>
+          <t>9786259466477</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Çılgın İcatlar (Ciltli)</t>
+          <t>Vay Canına Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786259436951</t>
+          <t>9786259436920</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Tuş Beyinli 1 - Gıcıklığın Lüzumu Var! (Ciltli)</t>
+          <t>Çılgın İcatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786259436968</t>
+          <t>9786259436951</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tuş Beyinli 7 - Dünyanın En Gıcık Bakkalı (Ciltli)</t>
+          <t>Tuş Beyinli 1 - Gıcıklığın Lüzumu Var! (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786259466408</t>
+          <t>9786259436968</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tuş Beyinli 2 - Aramızda Kalmasın (Ciltli)</t>
+          <t>Tuş Beyinli 7 - Dünyanın En Gıcık Bakkalı (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786259436982</t>
+          <t>9786259466408</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Tuş Beyinli 5 - Tuş Bakışı (Ciltli)</t>
+          <t>Tuş Beyinli 2 - Aramızda Kalmasın (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786259436944</t>
+          <t>9786259436982</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Atasözleri (Ciltli)</t>
+          <t>Tuş Beyinli 5 - Tuş Bakışı (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786259466439</t>
+          <t>9786259436944</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Gıcıkgiller Apartmanı 4 - Duyguları Kurtarmak (Ciltli)</t>
+          <t>Çılgın Atasözleri (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786259436937</t>
+          <t>9786259466439</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Galaksi (Ciltli)</t>
+          <t>Gıcıkgiller Apartmanı 4 - Duyguları Kurtarmak (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786259466415</t>
+          <t>9786259436937</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Mucitler (Ciltli)</t>
+          <t>Çılgın Galaksi (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786259436999</t>
+          <t>9786259466415</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına Sosyal Bilgiler (Ciltli)</t>
+          <t>Çılgın Mucitler (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786057091598</t>
+          <t>9786259436999</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Gıcıkgiller Apartmanı 3 - Yılları Kurtarmak (Ciltli)</t>
+          <t>Vay Canına Sosyal Bilgiler (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786057091581</t>
+          <t>9786057091598</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Gök Yeleli Atlılar - Yükselen Uygarlık ve Bögü Kağan</t>
+          <t>Gıcıkgiller Apartmanı 3 - Yılları Kurtarmak (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057091574</t>
+          <t>9786057091581</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Gök Yeleli Atlılar - Bengü Taşlar ve Bilge Kağan</t>
+          <t>Gök Yeleli Atlılar - Yükselen Uygarlık ve Bögü Kağan</t>
         </is>
       </c>
       <c r="C75" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786057091567</t>
+          <t>9786057091574</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Gıcıkgiller Apartmanı 2 - İnsanlığı Kurtarmak (Ciltli)</t>
+          <t>Gök Yeleli Atlılar - Bengü Taşlar ve Bilge Kağan</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786057091550</t>
+          <t>9786057091567</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Sultan Alparslan</t>
+          <t>Gıcıkgiller Apartmanı 2 - İnsanlığı Kurtarmak (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>85</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786051833262</t>
+          <t>9786057091550</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına Türkçe (Ciltli)</t>
+          <t>Sultan Alparslan</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>240</v>
+        <v>85</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786057091543</t>
+          <t>9786051833262</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Gök Yeleli Atlılar - Altın Tuğ ve Mete Han</t>
+          <t>Vay Canına Türkçe (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786051833996</t>
+          <t>9786057091543</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına Dinozorlar (Ciltli)</t>
+          <t>Gök Yeleli Atlılar - Altın Tuğ ve Mete Han</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786057091536</t>
+          <t>9786051833996</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Tuş Beyinli-8 (Ciltli)</t>
+          <t>Vay Canına Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786057091529</t>
+          <t>9786057091536</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına Fen Bilgisi</t>
+          <t>Tuş Beyinli-8 (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786057091512</t>
+          <t>9786057091529</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Vay Canına Kuşlar (Ciltli)</t>
+          <t>Vay Canına Fen Bilgisi</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057091505</t>
+          <t>9786057091512</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Gıcıkgiller Apartmanı 1 - Kelimeleri Kurtarmak (Ciltli)</t>
+          <t>Vay Canına Kuşlar (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786051833200</t>
+          <t>9786057091505</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Yön Veren Bilginler (10 Kitap Takım)</t>
+          <t>Gıcıkgiller Apartmanı 1 - Kelimeleri Kurtarmak (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786259436975</t>
+          <t>9786051833200</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Deneyler (Ciltli)</t>
+          <t>Tarihe Yön Veren Bilginler (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786259520575</t>
+          <t>9786259436975</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Ressamlar (Ciltli)</t>
+          <t>Çılgın Deneyler (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786051833583</t>
+          <t>9786259520575</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Müzisyenler (Ciltli)</t>
+          <t>Çılgın Ressamlar (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786259520506</t>
+          <t>9786051833583</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Tuş Beyinli 6 - Tembel miyim? Dahi mi? (Ciltli)</t>
+          <t>Çılgın Müzisyenler (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786259466484</t>
+          <t>9786259520506</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Hayvanlar (Ciltli)</t>
+          <t>Tuş Beyinli 6 - Tembel miyim? Dahi mi? (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786051832968</t>
+          <t>9786259466484</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kunduz Şinasi - Sık Dişini Helası Cinayeti</t>
+          <t>Çılgın Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786259520537</t>
+          <t>9786051832968</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Tarih (Ciltli)</t>
+          <t>Kunduz Şinasi - Sık Dişini Helası Cinayeti</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786051834092</t>
+          <t>9786259520537</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Fatih'ten Bugüne Mektuplar</t>
+          <t>Çılgın Tarih (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786259466460</t>
+          <t>9786051834092</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Tuş Beyinli 4 - Başım Aklımda Değil (Ciltli)</t>
+          <t>Fatih'ten Bugüne Mektuplar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786259466446</t>
+          <t>9786259466460</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Deyimler (Ciltli)</t>
+          <t>Tuş Beyinli 4 - Başım Aklımda Değil (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786259436906</t>
+          <t>9786259466446</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Arabalar (Ciltli)</t>
+          <t>Çılgın Deyimler (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786259466453</t>
+          <t>9786259436906</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Tuş Beyinli 3 (Ciltli)</t>
+          <t>Çılgın Arabalar (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786051627083</t>
+          <t>9786259466453</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Hadis El Kitabı - 3 : Bir Takva ve Kulluk Rehberi</t>
+          <t>Tuş Beyinli 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>99</v>
+        <v>240</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786051627212</t>
+          <t>9786051627083</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Aşık da mı Olmayalım?</t>
+          <t>Hadis El Kitabı - 3 : Bir Takva ve Kulluk Rehberi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>99</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786051627182</t>
+          <t>9786051627212</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Seviyorsan Git Konuş Bence</t>
+          <t>Aşık da mı Olmayalım?</t>
         </is>
       </c>
       <c r="C100" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786259520544</t>
+          <t>9786051627182</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Çılgın Futbol (Ciltli)</t>
+          <t>Seviyorsan Git Konuş Bence</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786051625942</t>
+          <t>9786259520544</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Aklımda Deli Sorular</t>
+          <t>Çılgın Futbol (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786051830988</t>
+          <t>9786259520599</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Cennete Gidemezsek Yandık!</t>
+          <t>Aklımda Deli Sorular</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786051830940</t>
+          <t>9786051830988</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Şok!</t>
+          <t>Cennete Gidemezsek Yandık!</t>
         </is>
       </c>
       <c r="C104" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786051830933</t>
+          <t>9786051830940</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Allah Diyen Pense</t>
+          <t>Şeytan Şok!</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786051830865</t>
+          <t>9786051830933</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Cennete Kadar Yolun Var</t>
+          <t>Allah Diyen Pense</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
+          <t>9786051830865</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Cennete Kadar Yolun Var</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
           <t>9786259466491</t>
         </is>
       </c>
-      <c r="B107" s="1" t="inlineStr">
+      <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Çılgın Kaşifler (Ciltli)</t>
         </is>
       </c>
-      <c r="C107" s="1">
+      <c r="C108" s="1">
         <v>240</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>