--- v1 (2025-12-18)
+++ v2 (2026-02-17)
@@ -94,51 +94,51 @@
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
           <t>9786259370804</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Yutan Eleman 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9789754080469</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Tuzak</t>
         </is>
       </c>
       <c r="C3" s="1">
         <v>25</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786051833002</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
@@ -904,826 +904,826 @@
         <is>
           <t>9786051833125</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
           <t>Dünyanın En Gıcık Bakkalı - Tuş Beyinli 7 (Ciltli)</t>
         </is>
       </c>
       <c r="C55" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
           <t>9786259520568</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
           <t>Yutan Eleman 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
           <t>9786051833057</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
           <t>Çılgın Milletler (Ciltli)</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
           <t>9786051833576</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
           <t>Çılgın İcatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
           <t>9786051833071</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
           <t>Çılgın Mucitler (Ciltli)</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
           <t>9786259520513</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
           <t>Gıcıkgiller Apartmanı 5 - Kendini Kurtarmak (Ciltli)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
           <t>9786259520520</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Çılgın Bitkiler (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
           <t>9786259436913</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
           <t>Çılgın Milletler (Ciltli)</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
           <t>9786259466477</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
           <t>Vay Canına Sayılar (Ciltli)</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
           <t>9786259436920</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
           <t>Çılgın İcatlar (Ciltli)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
           <t>9786259436951</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
           <t>Tuş Beyinli 1 - Gıcıklığın Lüzumu Var! (Ciltli)</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
           <t>9786259436968</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
           <t>Tuş Beyinli 7 - Dünyanın En Gıcık Bakkalı (Ciltli)</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
           <t>9786259466408</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
           <t>Tuş Beyinli 2 - Aramızda Kalmasın (Ciltli)</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
           <t>9786259436982</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
           <t>Tuş Beyinli 5 - Tuş Bakışı (Ciltli)</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
           <t>9786259436944</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Çılgın Atasözleri (Ciltli)</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
           <t>9786259466439</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
           <t>Gıcıkgiller Apartmanı 4 - Duyguları Kurtarmak (Ciltli)</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
           <t>9786259436937</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
           <t>Çılgın Galaksi (Ciltli)</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
           <t>9786259466415</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
           <t>Çılgın Mucitler (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
           <t>9786259436999</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
           <t>Vay Canına Sosyal Bilgiler (Ciltli)</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
           <t>9786057091598</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
           <t>Gıcıkgiller Apartmanı 3 - Yılları Kurtarmak (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
           <t>9786057091581</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
           <t>Gök Yeleli Atlılar - Yükselen Uygarlık ve Bögü Kağan</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
           <t>9786057091574</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
           <t>Gök Yeleli Atlılar - Bengü Taşlar ve Bilge Kağan</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
           <t>9786057091567</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
           <t>Gıcıkgiller Apartmanı 2 - İnsanlığı Kurtarmak (Ciltli)</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
           <t>9786057091550</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
           <t>Sultan Alparslan</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>85</v>
+        <v>100</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
           <t>9786051833262</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
           <t>Vay Canına Türkçe (Ciltli)</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
           <t>9786057091543</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
           <t>Gök Yeleli Atlılar - Altın Tuğ ve Mete Han</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
           <t>9786051833996</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
           <t>Vay Canına Dinozorlar (Ciltli)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
           <t>9786057091536</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
           <t>Tuş Beyinli-8 (Ciltli)</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
           <t>9786057091529</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
           <t>Vay Canına Fen Bilgisi</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
           <t>9786057091512</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
           <t>Vay Canına Kuşlar (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
           <t>9786057091505</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
           <t>Gıcıkgiller Apartmanı 1 - Kelimeleri Kurtarmak (Ciltli)</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
           <t>9786051833200</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
           <t>Tarihe Yön Veren Bilginler (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C86" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
           <t>9786259436975</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
           <t>Çılgın Deneyler (Ciltli)</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
           <t>9786259520575</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
           <t>Çılgın Ressamlar (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
           <t>9786051833583</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
           <t>Çılgın Müzisyenler (Ciltli)</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
           <t>9786259520506</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
           <t>Tuş Beyinli 6 - Tembel miyim? Dahi mi? (Ciltli)</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
           <t>9786259466484</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
           <t>Çılgın Hayvanlar (Ciltli)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
           <t>9786051832968</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
           <t>Kunduz Şinasi - Sık Dişini Helası Cinayeti</t>
         </is>
       </c>
       <c r="C92" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
           <t>9786259520537</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
           <t>Çılgın Tarih (Ciltli)</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
           <t>9786051834092</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
           <t>Fatih'ten Bugüne Mektuplar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
           <t>9786259466460</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
           <t>Tuş Beyinli 4 - Başım Aklımda Değil (Ciltli)</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
           <t>9786259466446</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
           <t>Çılgın Deyimler (Ciltli)</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
           <t>9786259436906</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
           <t>Çılgın Arabalar (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
           <t>9786259466453</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
           <t>Tuş Beyinli 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
           <t>9786051627083</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
           <t>Hadis El Kitabı - 3 : Bir Takva ve Kulluk Rehberi</t>
         </is>
       </c>
       <c r="C99" s="1">
         <v>99</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
           <t>9786051627212</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
           <t>Aşık da mı Olmayalım?</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
           <t>9786051627182</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
           <t>Seviyorsan Git Konuş Bence</t>
         </is>
       </c>
       <c r="C101" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
           <t>9786259520544</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
           <t>Çılgın Futbol (Ciltli)</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
           <t>9786259520599</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
           <t>Aklımda Deli Sorular</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
           <t>9786051830988</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
           <t>Cennete Gidemezsek Yandık!</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
           <t>9786051830940</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
           <t>Şeytan Şok!</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
           <t>9786051830933</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
           <t>Allah Diyen Pense</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
           <t>9786051830865</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
           <t>Cennete Kadar Yolun Var</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
           <t>9786259466491</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
           <t>Çılgın Kaşifler (Ciltli)</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>