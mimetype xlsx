--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,18655 +85,18700 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786051837857</t>
+          <t>9786051838052</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ey Allah’ın Kulları Kardeş Olun</t>
+          <t>Nefsin Kusurları ve Kurtuluş Yolları</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>140</v>
+        <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786051837864</t>
+          <t>9786051837895</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Her Kadın İyileşir</t>
+          <t>Ben Zübeyde</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786051836188</t>
+          <t>9786051837871</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Podyumdan Hakikate Yürüyüş</t>
+          <t>Üzüntüsüz Yaşamak</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786051837833</t>
+          <t>9786051837857</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Ölmeden Dirildim</t>
+          <t>Ey Allah’ın Kulları Kardeş Olun</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786051837840</t>
+          <t>9786051837864</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Gelin Tacı</t>
+          <t>Her Kadın İyileşir</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786051837826</t>
+          <t>9786051836188</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>İmam Gazali Seti (10 Kitap)</t>
+          <t>Podyumdan Hakikate Yürüyüş</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>1200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786051837147</t>
+          <t>9786051837833</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Padişahları (10 Kitap)</t>
+          <t>Ölmeden Dirildim</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>1600</v>
+        <v>170</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752696143</t>
+          <t>9786051837840</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Mini Cevşen</t>
+          <t>Gelin Tacı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>30</v>
+        <v>120</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786051837031</t>
+          <t>9786051837826</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dert Etme Koçun Benim</t>
+          <t>İmam Gazali Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>200</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9799754081243</t>
+          <t>9786051837147</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Canım Peygamberim</t>
+          <t>Osmanlı Padişahları (10 Kitap)</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>15</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786051835655</t>
+          <t>9789752696143</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Aklım İki Karış</t>
+          <t>Mini Cevşen</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>10</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752699694</t>
+          <t>9786051837031</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Yol Arkadaşım</t>
+          <t>Dert Etme Koçun Benim</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>5.56</v>
+        <v>200</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786051628424</t>
+          <t>9799754081243</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Taraflarıyla Bediüzzaman Said Nursi</t>
+          <t>Canım Peygamberim</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>490</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786056554209</t>
+          <t>9786051835655</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Albümü (Küçük BOY)</t>
+          <t>Aklım İki Karış</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>420</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786056554216</t>
+          <t>9789752699694</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Albümü (Büyük Boy)</t>
+          <t>Yol Arkadaşım</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>500</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752695566</t>
+          <t>9786051628424</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Benim Güzel Allah'ım (10 Kitap Set)</t>
+          <t>Bilinmeyen Taraflarıyla Bediüzzaman Said Nursi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>30</v>
+        <v>490</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786051832845</t>
+          <t>9786056554209</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Tali Okulunu Seviyor 3. Set - Empati</t>
+          <t>Bediüzzaman Albümü (Küçük BOY)</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>50</v>
+        <v>420</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9799752691376</t>
+          <t>9786056554216</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Yusufçuk'tan Kim Korkar - Sevgi Yumağı Dizisi 9</t>
+          <t>Bediüzzaman Albümü (Büyük Boy)</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>2</v>
+        <v>500</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9799752690843</t>
+          <t>9789752695566</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Derin Millet Manifestosu</t>
+          <t>Benim Güzel Allah'ım (10 Kitap Set)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>4.6</v>
+        <v>30</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9799752690782</t>
+          <t>9786051832845</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ahir Zaman Melekleri</t>
+          <t>Tali Okulunu Seviyor 3. Set - Empati</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>10</v>
+        <v>50</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786051834351</t>
+          <t>9799752691376</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Rumeli'ye Son Veda</t>
+          <t>Yusufçuk'tan Kim Korkar - Sevgi Yumağı Dizisi 9</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>50</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9799758499457</t>
+          <t>9799752690843</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Siz Kimsiniz?</t>
+          <t>Derin Millet Manifestosu</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>9</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9789752697065</t>
+          <t>9799752690782</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Şerrinden</t>
+          <t>Ahir Zaman Melekleri</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>9.26</v>
+        <v>10</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9799752691765</t>
+          <t>9786051834351</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Peygamberi Beni Seven Peygamberim</t>
+          <t>Rumeli'ye Son Veda</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>11.11</v>
+        <v>50</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789752697676</t>
+          <t>9799758499457</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Merkezli Çocuk Eğitimi</t>
+          <t>Siz Kimsiniz?</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9799752692533</t>
+          <t>9789752697065</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Sessiz Adalet</t>
+          <t>Siyasetin Şerrinden</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786051310107</t>
+          <t>9799752691765</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Seni En Mutlu Günlere Götürebilirim</t>
+          <t>Sevgi Peygamberi Beni Seven Peygamberim</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>7.41</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789752696259</t>
+          <t>9789752697676</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Sarıkamış’ta Ne Var Paşam?</t>
+          <t>Sevgi Merkezli Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>3990000003786</t>
+          <t>9799752692533</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Said Nursi’nin Gözüyle Kadın</t>
+          <t>Sessiz Adalet</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>7.87</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9789752697003</t>
+          <t>9786051310107</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sahife-i Seccadiye ve Türkçe Açıklaması (Ciltli)</t>
+          <t>Seni En Mutlu Günlere Götürebilirim</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>18.52</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9789752696976</t>
+          <t>9789752696259</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Sahabenin Ateşle İmtihanı</t>
+          <t>Sarıkamış’ta Ne Var Paşam?</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9799754082752</t>
+          <t>3990000003786</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Dünyası</t>
+          <t>Said Nursi’nin Gözüyle Kadın</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>7.41</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752696242</t>
+          <t>9789752697003</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaşamın Sırları</t>
+          <t>Sahife-i Seccadiye ve Türkçe Açıklaması (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>12.96</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752693319</t>
+          <t>9789752696976</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Safahat</t>
+          <t>Sahabenin Ateşle İmtihanı</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>15</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786051312798</t>
+          <t>9799754082752</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Sabır Risalesi</t>
+          <t>Sahabe Dünyası</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>4.63</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9799752691703</t>
+          <t>9789752696242</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Ruhumuzu Keşif Yolculuğu</t>
+          <t>Sağlıklı Yaşamın Sırları</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>7.87</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9799756503132</t>
+          <t>9789752693319</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Zeka</t>
+          <t>Safahat</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>10.19</v>
+        <v>15</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786051313726</t>
+          <t>9786051312798</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Sahabilerden Gençlere Sesleniş</t>
+          <t>Sabır Risalesi</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>40</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752694200</t>
+          <t>9799752691703</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ruh Bakımı</t>
+          <t>Ruhumuzu Keşif Yolculuğu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>8.33</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9799758499129</t>
+          <t>9799756503132</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Romancının Romanı</t>
+          <t>Ruhsal Zeka</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752694965</t>
+          <t>9786051313726</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Romancılar Konuşuyor</t>
+          <t>Sahabilerden Gençlere Sesleniş</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>12.96</v>
+        <v>40</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789758499021</t>
+          <t>9789752694200</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur’da Geçen Ayet ve Hadis Mealleri (Ciltli)</t>
+          <t>Ruh Bakımı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>23.15</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752697720</t>
+          <t>9799758499129</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur’a Giriş</t>
+          <t>Romancının Romanı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>200</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789752691193</t>
+          <t>9789752694965</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Hizmetinde Metot</t>
+          <t>Romancılar Konuşuyor</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752697812</t>
+          <t>9789758499021</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Dersleri</t>
+          <t>Risale-i Nur’da Geçen Ayet ve Hadis Mealleri (Ciltli)</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>14.81</v>
+        <v>23.15</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752694651</t>
+          <t>9789752697720</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Risale Okumaları 4</t>
+          <t>Risale-i Nur’a Giriş</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>11.11</v>
+        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789752697898</t>
+          <t>9789752691193</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Risale Okumaları - Gölgeler ve Işıklar</t>
+          <t>Risale-i Nur Hizmetinde Metot</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>7.87</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9799752690300</t>
+          <t>9789752697812</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Risale - i Nur’dan Altın Sözler</t>
+          <t>Risale-i Nur Dersleri</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752693180</t>
+          <t>9789752694651</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Resulullah Kızlarını Nasıl Yetiştirdi?</t>
+          <t>Risale Okumaları 4</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>6.48</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9799752691017</t>
+          <t>9789752697898</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Rahibe Kety</t>
+          <t>Risale Okumaları - Gölgeler ve Işıklar</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>6.94</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752692435</t>
+          <t>9799752690300</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Rabbini Arayan Thomas</t>
+          <t>Risale - i Nur’dan Altın Sözler</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>30</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752694354</t>
+          <t>9789752693180</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Tehlike</t>
+          <t>Resulullah Kızlarını Nasıl Yetiştirdi?</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752697249</t>
+          <t>9799752691017</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Pozitif</t>
+          <t>Rahibe Kety</t>
         </is>
       </c>
       <c r="C54" s="1">
         <v>6.94</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789752697409</t>
+          <t>9789752692435</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Pireyi Nasıl Deve Yapıyoruz?</t>
+          <t>Rabbini Arayan Thomas</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>12</v>
+        <v>30</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9789752696945</t>
+          <t>9789752694354</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin Kardeşleri</t>
+          <t>Psikolojik Tehlike</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9799752691079</t>
+          <t>9789752697249</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Ramazanı ve Oruçları</t>
+          <t>Pozitif</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>6.48</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9789754080209</t>
+          <t>9789752697409</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Efendisi Peygamberimizin Hayatı - 2 (Ciltli)</t>
+          <t>Pireyi Nasıl Deve Yapıyoruz?</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>30</v>
+        <v>12</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9789757055242</t>
+          <t>9789752696945</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizden Günlük Dualar</t>
+          <t>Peygamberin Kardeşleri</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786051313719</t>
+          <t>9799752691079</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizden (a.s.m.) Gençlere Sesleniş</t>
+          <t>Peygamberimizin Ramazanı ve Oruçları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>15</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9789752693937</t>
+          <t>9789754080209</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Nasıl Bir Babaydı?</t>
+          <t>Kainatın Efendisi Peygamberimizin Hayatı - 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>8.33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9799752691536</t>
+          <t>9789757055242</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimiz Kadınlara Nasıl Davranırdı?</t>
+          <t>Peygamberimizden Günlük Dualar</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>6.48</v>
+        <v>20</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789758499984</t>
+          <t>9786051313719</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimi Seviyorum</t>
+          <t>Peygamberimizden (a.s.m.) Gençlere Sesleniş</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>9</v>
+        <v>15</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789758499540</t>
+          <t>9789752693937</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Peygamberce Yaşamak</t>
+          <t>Peygamberimiz Nasıl Bir Babaydı?</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>7.41</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>3990000006832</t>
+          <t>9799752691536</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Yıldızları Sahabe Dünyası</t>
+          <t>Peygamberimiz Kadınlara Nasıl Davranırdı?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>7.41</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786051312125</t>
+          <t>9789758499984</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Yıldızları</t>
+          <t>Peygamberimi Seviyorum</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>7.41</v>
+        <v>9</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9799752690508</t>
+          <t>9789758499540</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Öyküleri Hz. Adem’den Hz. Muhammed’e</t>
+          <t>Peygamberce Yaşamak</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>10.19</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9789757055006</t>
+          <t>3990000006832</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Peygamber Çizgisinde Yaşamak</t>
+          <t>Peygamber Yıldızları Sahabe Dünyası</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>8.33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9799756503231</t>
+          <t>9786051312125</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kurdela Öykü Tadında Hayatlar</t>
+          <t>Peygamber Yıldızları</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>5.09</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9789752695573</t>
+          <t>9799752690508</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Parçalanmış İmgeler</t>
+          <t>Peygamber Öyküleri Hz. Adem’den Hz. Muhammed’e</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>12.96</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9799758499747</t>
+          <t>9789757055006</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ötelere Yolculuk</t>
+          <t>Peygamber Çizgisinde Yaşamak</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>7.41</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9799756503514</t>
+          <t>9799756503231</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle İslam Ahlakı</t>
+          <t>Pembe Kurdela Öykü Tadında Hayatlar</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>9.26</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9799757055289</t>
+          <t>9789752695573</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Örnek Nesil İçin Sahabe Modeli</t>
+          <t>Parçalanmış İmgeler</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>10.65</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9789752693364</t>
+          <t>9799758499747</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Ömür Boyu Aşk  Bir Aile Klasiği</t>
+          <t>Ötelere Yolculuk</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9789752698895</t>
+          <t>9799756503514</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Ömer’ini Arayan Yüzyıl</t>
+          <t>Örneklerle İslam Ahlakı</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9789754081473</t>
+          <t>9799757055289</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Ölüm ve Sonrası</t>
+          <t>Örnek Nesil İçin Sahabe Modeli</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>8.33</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9789756401460</t>
+          <t>9789752693364</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlerden Hizmet Öyküleri</t>
+          <t>Ömür Boyu Aşk  Bir Aile Klasiği</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>5.56</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9799757055869</t>
+          <t>9789752698895</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenin Başarı Kılavuzu</t>
+          <t>Ömer’ini Arayan Yüzyıl</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9799758499792</t>
+          <t>9789754081473</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Öğretmeni Başarıya Götüren Yol</t>
+          <t>Ölüm ve Sonrası</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>12.96</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9789752693029</t>
+          <t>9789756401460</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Öğren Yaşa Anlat Kendini Yetiştirmenin 3 Vazgeçilmez Kuralı</t>
+          <t>Öğretmenlerden Hizmet Öyküleri</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>6.94</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9754082502707</t>
+          <t>9799757055869</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Külliyatı İndeks ve Fihristi (Ciltli)</t>
+          <t>Öğretmenin Başarı Kılavuzu</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>6.67</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9799752692335</t>
+          <t>9799758499792</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’yı Yıkan Cephe Filistin</t>
+          <t>Öğretmeni Başarıya Götüren Yol</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>12.04</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9799752691628</t>
+          <t>9789752693029</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Son Öyküsü</t>
+          <t>Öğren Yaşa Anlat Kendini Yetiştirmenin 3 Vazgeçilmez Kuralı</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>12.96</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9789752693678</t>
+          <t>9754082502707</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Peygamber Aşkı</t>
+          <t>Risale-i Nur Külliyatı İndeks ve Fihristi (Ciltli)</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>6.67</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9789752693654</t>
+          <t>9799752692335</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Gizli Tarihi</t>
+          <t>Osmanlı’yı Yıkan Cephe Filistin</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>15</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9789752695771</t>
+          <t>9799752691628</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın Fetih Yöntemleri</t>
+          <t>Osmanlı’nın Son Öyküsü</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9789752690516</t>
+          <t>9789752693678</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Pembe İncili Kaftan</t>
+          <t>Osmanlı’nın Peygamber Aşkı</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>20</v>
+        <v>6.67</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9789758499564</t>
+          <t>9789752693654</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e İslam Alimleri</t>
+          <t>Osmanlı’nın Gizli Tarihi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9799758499136</t>
+          <t>9789752695771</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Osmanlıda Aile Hayatı</t>
+          <t>Osmanlı’nın Fetih Yöntemleri</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9789752693142</t>
+          <t>9789752690516</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Büyüklerinden Hatıralar</t>
+          <t>Pembe İncili Kaftan</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>7.41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9789752698956</t>
+          <t>9789758499564</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Orduda ve Yargıda Darbeci Kuşatma</t>
+          <t>Osmanlı’dan Cumhuriyet’e İslam Alimleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>12.04</v>
+        <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9799752691031</t>
+          <t>9799758499136</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Olayların Kur’anca Yorumu</t>
+          <t>Osmanlıda Aile Hayatı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>40</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9789756401705</t>
+          <t>9789752693142</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Olaylar ve Örneklerle Nefis Terbiyesi</t>
+          <t>Osmanlı Büyüklerinden Hatıralar</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>8.33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9799752691604</t>
+          <t>9789752698956</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde Duygu ve Davranış Sorunları</t>
+          <t>Orduda ve Yargıda Darbeci Kuşatma</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>7.41</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9799758499969</t>
+          <t>9799752691031</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Nur’un Kahramanları</t>
+          <t>Olayların Kur’anca Yorumu</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>9.26</v>
+        <v>40</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9789752690028</t>
+          <t>9789756401705</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Cennet Bir Adım Ötende</t>
+          <t>Olaylar ve Örneklerle Nefis Terbiyesi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>40</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9789756503775</t>
+          <t>9799752691604</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Sana Bir Sır Vereceğim</t>
+          <t>Okul Öncesinde Duygu ve Davranış Sorunları</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>18</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9789758499496</t>
+          <t>9799758499969</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Sahibi Kim</t>
+          <t>Nur’un Kahramanları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>18</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9789757055662</t>
+          <t>9789752690028</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Nur Dede</t>
+          <t>Cennet Bir Adım Ötende</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>90</v>
+        <v>40</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9799752691895</t>
+          <t>9789756503775</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Nur Damlaları</t>
+          <t>Sana Bir Sır Vereceğim</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>7.87</v>
+        <v>18</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9799756503699</t>
+          <t>9789758499496</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Nur Bahçesinden Çiçekler</t>
+          <t>Kainatın Sahibi Kim</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>5.56</v>
+        <v>18</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9789752691407</t>
+          <t>9789757055662</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Nil’de Ölüm Küresel Isınma</t>
+          <t>Nur Dede</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>7.41</v>
+        <v>90</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9789752695238</t>
+          <t>9799752691895</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Onu Tanıyınca Her Şey Değişti</t>
+          <t>Nur Damlaları</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>30</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9789757055570</t>
+          <t>9799756503699</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Neden Örtünüyorum?</t>
+          <t>Nur Bahçesinden Çiçekler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9799752692137</t>
+          <t>9789752691407</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Neden Müslüman Oldular?</t>
+          <t>Nil’de Ölüm Küresel Isınma</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>5.56</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9789757055631</t>
+          <t>9789752695238</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Neden İntihar Ediyorlar?</t>
+          <t>Onu Tanıyınca Her Şey Değişti</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>12.96</v>
+        <v>30</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786051310633</t>
+          <t>9789757055570</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Nefes</t>
+          <t>Neden Örtünüyorum?</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9789752693951</t>
+          <t>9799752692137</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Ne Menem Menemen Kubilay Olayı</t>
+          <t>Neden Müslüman Oldular?</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>11.11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9789752693135</t>
+          <t>9789757055631</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Namazla Yeniden Doğdum</t>
+          <t>Neden İntihar Ediyorlar?</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>9.26</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9789754080964</t>
+          <t>9786051310633</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Namaz Niçin ve Nasıl Kılınır?</t>
+          <t>Nebevi Nefes</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>8.33</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9789752695221</t>
+          <t>9789752693951</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Namaz Kahramanları</t>
+          <t>Ne Menem Menemen Kubilay Olayı</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9789752690929</t>
+          <t>9789752693135</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Namaz İlmihali</t>
+          <t>Namazla Yeniden Doğdum</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9789756401101</t>
+          <t>9789754080964</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Müslümanca Yaşamak</t>
+          <t>Namaz Niçin ve Nasıl Kılınır?</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>6.94</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9799758499884</t>
+          <t>9789752695221</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Nasıl Yaşamalı</t>
+          <t>Namaz Kahramanları</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9799756401612</t>
+          <t>9789752690929</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Düşünürlerin Gözüyle  Said Nursi</t>
+          <t>Namaz İlmihali</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>12.96</v>
+        <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9789756503201</t>
+          <t>9789756401101</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Mübarek Aylar, Günler ve Geceler</t>
+          <t>Müslümanca Yaşamak</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>7</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9789752698819</t>
+          <t>9799758499884</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Mutsuz Evlilikler, Boşanmalar</t>
+          <t>Müslüman Nasıl Yaşamalı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9799756401896</t>
+          <t>9799756401612</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Mutluluğun Adresi</t>
+          <t>Müslüman Düşünürlerin Gözüyle  Said Nursi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>8.33</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9789752694330</t>
+          <t>9789756503201</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Musibetler Ne Söyler?</t>
+          <t>Mübarek Aylar, Günler ve Geceler</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>9.26</v>
+        <v>7</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9789752693630</t>
+          <t>9789752698819</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Muhammed İkbal</t>
+          <t>Mutsuz Evlilikler, Boşanmalar</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>6.94</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9789752693210</t>
+          <t>9799756401896</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Moğolların Gölgesinde Sultan ve Emirleri</t>
+          <t>Mutluluğun Adresi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>8.8</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9789752696983</t>
+          <t>9789752694330</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Minik Bebeğime Afiyetle</t>
+          <t>Musibetler Ne Söyler?</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9789752699403</t>
+          <t>9789752693630</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Minberden Gönüllere - 2</t>
+          <t>Muhammed İkbal</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>13</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9789752699397</t>
+          <t>9789752693210</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Minberden Gönüllere - 1</t>
+          <t>Moğolların Gölgesinde Sultan ve Emirleri</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>13</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9789756401439</t>
+          <t>9789752696983</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kimliği</t>
+          <t>Minik Bebeğime Afiyetle</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>9.26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9789752691711</t>
+          <t>9789752699403</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Mevlana’dan Hikayeler</t>
+          <t>Minberden Gönüllere - 2</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9799752692625</t>
+          <t>9789752699397</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Mevlana: Hayatı, Şahsiyeti, Tefekkürü</t>
+          <t>Minberden Gönüllere - 1</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>7.41</v>
+        <v>13</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9789752694606</t>
+          <t>9789756401439</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin Rumi’nin  Bütün Eserlerinden Seçmeler</t>
+          <t>Müslüman Kimliği</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9799752692229</t>
+          <t>9789752691711</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Meşveret Geleneğimiz ve Demokrasi</t>
+          <t>Mevlana’dan Hikayeler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>7.41</v>
+        <v>20</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9789752694880</t>
+          <t>9799752692625</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet’ten Günümüze Darbeli Demokrasi</t>
+          <t>Mevlana: Hayatı, Şahsiyeti, Tefekkürü</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>5.56</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9789752698871</t>
+          <t>9789752694606</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Meşhurlarla Gönül Sohbetleri - Mihmandar</t>
+          <t>Mevlana Celaleddin Rumi’nin  Bütün Eserlerinden Seçmeler</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>12.04</v>
+        <v>50</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9799756401681</t>
+          <t>9799752692229</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi’den Hikayeler</t>
+          <t>Meşveret Geleneğimiz ve Demokrasi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>7.87</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>3990000003779</t>
+          <t>9789752694880</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif: Hayatı, Sanatı, Mücadelesi</t>
+          <t>Meşrutiyet’ten Günümüze Darbeli Demokrasi</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>7.87</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9799754081731</t>
+          <t>9789752698871</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Mavi Yıldız</t>
+          <t>Meşhurlarla Gönül Sohbetleri - Mihmandar</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>60</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786051311678</t>
+          <t>9799756401681</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Matarama Kan Doldu</t>
+          <t>Mesnevi’den Hikayeler</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>40</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9789758499441</t>
+          <t>3990000003779</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Maneviyat Dünyamızda İz Bırakanlar</t>
+          <t>Mehmed Akif: Hayatı, Sanatı, Mücadelesi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>12.04</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9789754080544</t>
+          <t>9799754081731</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Malazgirt’te Bir Cuma Sabahı</t>
+          <t>Mavi Yıldız</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>140</v>
+        <v>60</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9789752694378</t>
+          <t>9786051311678</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Mahşerin İrfan Ordusu - Okuldan Çanakkale’ye</t>
+          <t>Matarama Kan Doldu</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9799757055210</t>
+          <t>9789758499441</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Mafya Kıskacında Vurgun</t>
+          <t>Maneviyat Dünyamızda İz Bırakanlar</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>30</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9799758499709</t>
+          <t>9789754080544</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Liseli Kızlar</t>
+          <t>Malazgirt’te Bir Cuma Sabahı</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>11.11</v>
+        <v>140</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9789752695849</t>
+          <t>9789752694378</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Liseli Annem</t>
+          <t>Mahşerin İrfan Ordusu - Okuldan Çanakkale’ye</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>7.41</v>
+        <v>35</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9799756503736</t>
+          <t>9799757055210</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Leyla Yalnız Kaldı</t>
+          <t>Mafya Kıskacında Vurgun</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>5.09</v>
+        <v>30</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9789752697386</t>
+          <t>9799758499709</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Kürt Meselesi’nin Açılımı</t>
+          <t>Liseli Kızlar</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9789752699298</t>
+          <t>9789752695849</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Kürt Meselesi ve Said Nursi</t>
+          <t>Liseli Annem</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>12.96</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9789756503027</t>
+          <t>9799756503736</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Kültürümüzü Etkileyen Okullar</t>
+          <t>Leyla Yalnız Kaldı</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>50</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9799752692601</t>
+          <t>9789752697386</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Kutsal Kaynaklar Işığında Gelecekten Haberler</t>
+          <t>Kürt Meselesi’nin Açılımı</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786051313658</t>
+          <t>9789752699298</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Yolculuk</t>
+          <t>Kürt Meselesi ve Said Nursi</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>25</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9789752693913</t>
+          <t>9789756503027</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Kurtuluş Savaşında Gökçen Efe Destanı</t>
+          <t>Kültürümüzü Etkileyen Okullar</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>18.52</v>
+        <v>50</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9799757055982</t>
+          <t>9799752692601</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Meşhurlardan Espriler</t>
+          <t>Kutsal Kaynaklar Işığında Gelecekten Haberler</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>25</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786051310091</t>
+          <t>9786051313658</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Onu Tanıdıkça Mutlu Olacaksın</t>
+          <t>Kutlu Yolculuk</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>6.48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9789752693395</t>
+          <t>9789752693913</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Şahidim Kılıcımdır</t>
+          <t>Kurtuluş Savaşında Gökçen Efe Destanı</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>6.67</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786051314860</t>
+          <t>9799757055982</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Ömer’in Çocukluğu</t>
+          <t>Meşhurlardan Espriler</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>6</v>
+        <v>25</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9789752691094</t>
+          <t>9786051310091</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Gençlik Problemleri ve Çözümler</t>
+          <t>Onu Tanıdıkça Mutlu Olacaksın</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>10.19</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9799758499761</t>
+          <t>9789752693395</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Mektupları</t>
+          <t>Şahidim Kılıcımdır</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>9.26</v>
+        <v>6.67</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9789754081862</t>
+          <t>9786051314860</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Gençlik İlmihali</t>
+          <t>Ömer’in Çocukluğu</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>12</v>
+        <v>6</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9789754080735</t>
+          <t>9789752691094</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin El Kitabı</t>
+          <t>Günümüzde Gençlik Problemleri ve Çözümler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>6.48</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9789752693234</t>
+          <t>9799758499761</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Cinsellik İmtihanı</t>
+          <t>Gençlik Mektupları</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786051310640</t>
+          <t>9789754081862</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Gençlerle İletişim</t>
+          <t>Gençlik İlmihali</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>12.96</v>
+        <v>12</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9799752691970</t>
+          <t>9789754080735</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Gençlere Din Kılavuzu</t>
+          <t>Gençliğin El Kitabı</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9799752692540</t>
+          <t>9789752693234</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Gençler Mesleğinizi Seçtiniz mi?</t>
+          <t>Gençliğin Cinsellik İmtihanı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9789752692732</t>
+          <t>9786051310640</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Gençler Başarı Uzak Değil</t>
+          <t>Gençlerle İletişim</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>7.41</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9789754080285</t>
+          <t>9799752691970</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Genç Kızlarla Başbaşa</t>
+          <t>Gençlere Din Kılavuzu</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9789752696358</t>
+          <t>9799752692540</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Gencim Dinimi Öğrenmek İstiyorum</t>
+          <t>Gençler Mesleğinizi Seçtiniz mi?</t>
         </is>
       </c>
       <c r="C163" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9789752694156</t>
+          <t>9789752692732</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel ve Modern Hurafeler Kıskacında Kadın</t>
+          <t>Gençler Başarı Uzak Değil</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>14.81</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786051313382</t>
+          <t>9789754080285</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Geleceğe Dönüş - Risale Okumaları 5</t>
+          <t>Genç Kızlarla Başbaşa</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>11.11</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786051313863</t>
+          <t>9789752696358</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Geldim Gördüm Sordum</t>
+          <t>Gencim Dinimi Öğrenmek İstiyorum</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9789752693807</t>
+          <t>9789752694156</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Mekke Tarihi</t>
+          <t>Geleneksel ve Modern Hurafeler Kıskacında Kadın</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>7.41</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9789756503720</t>
+          <t>9786051313382</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Geçimsizliğin Çözümü Var</t>
+          <t>Geleceğe Dönüş - Risale Okumaları 5</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9789752692787</t>
+          <t>9786051313863</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Gazi Osman Paşa Plevne’ye Saplanan Tuğ</t>
+          <t>Geldim Gördüm Sordum</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>6.94</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9799752692663</t>
+          <t>9789752693807</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Fıtratın Aşk Çağrısı</t>
+          <t>Geçmişten Günümüze Mekke Tarihi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>8</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9789752699335</t>
+          <t>9789756503720</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Fermuarlı Kur’anı Kerim Fermuarlı (Hafız Boy) (Ciltli)</t>
+          <t>Geçimsizliğin Çözümü Var</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786051310190</t>
+          <t>9789752692787</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Fatma - Dua Engel Tanımaz</t>
+          <t>Gazi Osman Paşa Plevne’ye Saplanan Tuğ</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>14</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9789752699632</t>
+          <t>9799752692663</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed</t>
+          <t>Fıtratın Aşk Çağrısı</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>13</v>
+        <v>8</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9799756503644</t>
+          <t>9789752699335</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Farklı Motivasyon Teknikleri: Anneler, Babalar ve Öğretmenler Anadolu ve Fen Liselerine Hazırlık Yapan Öğrencilere Yönelik</t>
+          <t>Fermuarlı Kur’anı Kerim Fermuarlı (Hafız Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>9.26</v>
+        <v>50</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9799756503095</t>
+          <t>9786051310190</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Farkınız İslam Olsun</t>
+          <t>Fatma - Dua Engel Tanımaz</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>90</v>
+        <v>14</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9789752699083</t>
+          <t>9789752699632</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>F1 Hızlı Okuma</t>
+          <t>Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>8.8</v>
+        <v>13</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9789752692718</t>
+          <t>9799756503644</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Çocuğum Bilgisayar Kullanıyor</t>
+          <t>Farklı Motivasyon Teknikleri: Anneler, Babalar ve Öğretmenler Anadolu ve Fen Liselerine Hazırlık Yapan Öğrencilere Yönelik</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9789757055563</t>
+          <t>9799756503095</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Eyvah Çocuğum Büyüdü</t>
+          <t>Farkınız İslam Olsun</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>7.41</v>
+        <v>90</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9799756401605</t>
+          <t>9789752699083</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Eyüp Sultan Hazretlerinden Kırk Hadis</t>
+          <t>F1 Hızlı Okuma</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>6.94</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9789752695375</t>
+          <t>9789752692718</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Eyüp Sultan (r.a.)</t>
+          <t>Eyvah! Çocuğum Bilgisayar Kullanıyor</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>7.87</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9789752698024</t>
+          <t>9789757055563</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ey Hakimler</t>
+          <t>Eyvah Çocuğum Büyüdü</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9789752694316</t>
+          <t>9799756401605</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Evrim ve Yaratılış</t>
+          <t>Eyüp Sultan Hazretlerinden Kırk Hadis</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>13.89</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786051312460</t>
+          <t>9789752695375</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Evren’den Allah’a</t>
+          <t>Eyüp Sultan (r.a.)</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>8.33</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9799758499273</t>
+          <t>9789752698024</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Evliliğin 10 Düşmanı</t>
+          <t>Ey Hakimler</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9799756401711</t>
+          <t>9789752694316</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Evde ve Okulda Başarılı Eğitimin Sırları</t>
+          <t>Evrim ve Yaratılış</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>12.04</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9799758499754</t>
+          <t>9786051312460</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Eşiniz Sizden Ne İster?</t>
+          <t>Evren’den Allah’a</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9799757055920</t>
+          <t>9799758499273</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Eşim Çocuğum ve Ben</t>
+          <t>Evliliğin 10 Düşmanı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>8.33</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9789752694705</t>
+          <t>9799756401711</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Esmaü’n - Nebi   Resulullah’ın (a.s.m.) İsimleri</t>
+          <t>Evde ve Okulda Başarılı Eğitimin Sırları</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>13.89</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9789752690912</t>
+          <t>9799758499754</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Ertelenen İslami Hayat</t>
+          <t>Eşiniz Sizden Ne İster?</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>5.09</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786051312675</t>
+          <t>9799757055920</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon’un Şifreleri</t>
+          <t>Eşim Çocuğum ve Ben</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>18</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9789752697591</t>
+          <t>9789752694705</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Ergenekon’un Medya ile Dansı</t>
+          <t>Esmaü’n - Nebi   Resulullah’ın (a.s.m.) İsimleri</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>10.19</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786051312859</t>
+          <t>9789752690912</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Engelli Sahabiler</t>
+          <t>Ertelenen İslami Hayat</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>20</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9789752693531</t>
+          <t>9786051312675</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Engelleri Aşanlar</t>
+          <t>Ergenekon’un Şifreleri</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>12.04</v>
+        <v>18</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789752691667</t>
+          <t>9789752697591</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>En Sevilen Öğretmen Hz. Muhammed</t>
+          <t>Ergenekon’un Medya ile Dansı</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>23</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9799756503330</t>
+          <t>9786051312859</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>En Sevgiliye</t>
+          <t>Engelli Sahabiler</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>6.67</v>
+        <v>20</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789752691155</t>
+          <t>9789752693531</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>En Sevgilinin Sevgilisi Hz. Aişe Hayatı ve Şahsiyeti</t>
+          <t>Engelleri Aşanlar</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9799752691260</t>
+          <t>9789752691667</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>En Sevgili’nin Dostları</t>
+          <t>En Sevilen Öğretmen Hz. Muhammed</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>14.81</v>
+        <v>23</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9799752692564</t>
+          <t>9799756503330</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>En Sevgili’nin Bahçesi Hz. Muhammed’in (s.a.v.) Hayatı</t>
+          <t>En Sevgiliye</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>15.74</v>
+        <v>6.67</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9799756503002</t>
+          <t>9789752691155</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Anne Şiirleri</t>
+          <t>En Sevgilinin Sevgilisi Hz. Aişe Hayatı ve Şahsiyeti</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789752692756</t>
+          <t>9799752691260</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Elveda Osmanlı</t>
+          <t>En Sevgili’nin Dostları</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>12.96</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9789752698772</t>
+          <t>9799752692564</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt’i Sevmek</t>
+          <t>En Sevgili’nin Bahçesi Hz. Muhammed’in (s.a.v.) Hayatı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>45</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786051312989</t>
+          <t>9799756503002</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Ehl-i Beyt Risalesi</t>
+          <t>En Güzel Anne Şiirleri</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>25</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9799752692427</t>
+          <t>9789752692756</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde ve Hayatta Çocuğumu Nasıl Yönlendirebilirim?</t>
+          <t>Elveda Osmanlı</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>12.04</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9799754082554</t>
+          <t>9789752698772</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Bediüzzaman Modeli</t>
+          <t>Ehl-i Beyt’i Sevmek</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>160</v>
+        <v>45</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9799752692649</t>
+          <t>9786051312989</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Döneminde Yüksek Başarı</t>
+          <t>Ehl-i Beyt Risalesi</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>8.33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9789754081770</t>
+          <t>9799752692427</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Ege’nin Kurtuluş Destanı Yörük Ali Efe Cilt: 3</t>
+          <t>Eğitimde ve Hayatta Çocuğumu Nasıl Yönlendirebilirim?</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9789754081756</t>
+          <t>9799754082554</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Ege’nin Kurtuluş Destanı Yörük Ali Efe Cilt: 1</t>
+          <t>Eğitimde Bediüzzaman Modeli</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>18.52</v>
+        <v>160</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9799752691864</t>
+          <t>9799752692649</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Efsane Kadın Nene Hatun</t>
+          <t>Eğitim Döneminde Yüksek Başarı</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>10.19</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9799758499990</t>
+          <t>9789754081770</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Efendimize Şiirler</t>
+          <t>Ege’nin Kurtuluş Destanı Yörük Ali Efe Cilt: 3</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>8.33</v>
+        <v>26</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789756503355</t>
+          <t>9789754081756</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Edebiyatçılarımızın Çocukluk Hatıraları</t>
+          <t>Ege’nin Kurtuluş Destanı Yörük Ali Efe Cilt: 1</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>14.81</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9799752691611</t>
+          <t>9799752691864</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Ebu Hureyre</t>
+          <t>Efsane Kadın Nene Hatun</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>7.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786051312156</t>
+          <t>9799758499990</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Düşünce Molası</t>
+          <t>Efendimize Şiirler</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>12.96</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789757055938</t>
+          <t>9789756503355</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Düşün ve Başar</t>
+          <t>Edebiyatçılarımızın Çocukluk Hatıraları</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>9.26</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786051311531</t>
+          <t>9799752691611</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Düşte Kördüğüm</t>
+          <t>Ebu Hureyre</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>5.56</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789758499489</t>
+          <t>9786051312156</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Ağlatanlar</t>
+          <t>Düşünce Molası</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>8</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9789752692671</t>
+          <t>9789757055938</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Dünyaya Gönderiliş Amacımız: Kulluk ve İmtihan</t>
+          <t>Düşün ve Başar</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9799752692656</t>
+          <t>9786051311531</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Dünyadaki Cennet  Mutlu Yuvamız</t>
+          <t>Düşte Kördüğüm</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>7.87</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9799752690096</t>
+          <t>9789758499489</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dünyada İslam’a Koşanlar</t>
+          <t>Dünyayı Ağlatanlar</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>12</v>
+        <v>8</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786051312804</t>
+          <t>9789752692671</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Duvarları Aşmak</t>
+          <t>Dünyaya Gönderiliş Amacımız: Kulluk ve İmtihan</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786051313634</t>
+          <t>9799752692656</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Duanız Olmasa Ne Öneminiz Var?</t>
+          <t>Dünyadaki Cennet  Mutlu Yuvamız</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>5.56</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786051310220</t>
+          <t>9799752690096</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Dua Terapisi</t>
+          <t>Dünyada İslam’a Koşanlar</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>60</v>
+        <v>12</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9799756503453</t>
+          <t>9786051312804</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Dört Halife Dönemi 2 (Ciltli)</t>
+          <t>Duvarları Aşmak</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9799756503446</t>
+          <t>9786051313634</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Dört Halife Dönemi</t>
+          <t>Duanız Olmasa Ne Öneminiz Var?</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>11.11</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9799756401988</t>
+          <t>9786051310220</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Dinde İletişim Dili</t>
+          <t>Dua Terapisi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>10.19</v>
+        <v>60</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9789752696204</t>
+          <t>9799756503453</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Die Nurculuk Bewegung</t>
+          <t>Dört Halife Dönemi 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>12.04</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789752695450</t>
+          <t>9799756503446</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Die Intelligenz der Seele (Ruhsal Zeka - Almanca)</t>
+          <t>Dört Halife Dönemi</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9799752691949</t>
+          <t>9799756401988</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Dersimiz Edebiyat</t>
+          <t>Dinde İletişim Dili</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>16</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9789757055396</t>
+          <t>9789752696204</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Depresyon, Panik ve Takıntılarımız</t>
+          <t>Die Nurculuk Bewegung</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>10</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9789752695733</t>
+          <t>9789752695450</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Das Gebetsbuch (Namaz Hocası)</t>
+          <t>Die Intelligenz der Seele (Ruhsal Zeka - Almanca)</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>15</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9799754082318</t>
+          <t>9799752691949</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Dağlı</t>
+          <t>Dersimiz Edebiyat</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>70</v>
+        <v>16</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789752698925</t>
+          <t>9789757055396</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Çözüm Mümkün</t>
+          <t>Depresyon, Panik ve Takıntılarımız</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>10.19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9789752692145</t>
+          <t>9789752695733</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Çocukta Öz Güven Gelişimi ve Karakter Eğitimi</t>
+          <t>Das Gebetsbuch (Namaz Hocası)</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>8.33</v>
+        <v>15</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9799752690324</t>
+          <t>9799754082318</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarınız Sizden Ne İster?</t>
+          <t>Dağlı</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>9.26</v>
+        <v>70</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9799752690775</t>
+          <t>9789752698925</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Çocukların Kaleminden İyilik ve Dostluk Öyküleri</t>
+          <t>Çözüm Mümkün</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>6.48</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789752690141</t>
+          <t>9789752692145</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Biz</t>
+          <t>Çocukta Öz Güven Gelişimi ve Karakter Eğitimi</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>12.04</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9789752694767</t>
+          <t>9799752690324</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Terbiyesinde Doğru Bilinen Yanlışlar</t>
+          <t>Çocuklarınız Sizden Ne İster?</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9789752695009</t>
+          <t>9799752690775</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Sahabiler (Ciltli)</t>
+          <t>Çocukların Kaleminden İyilik ve Dostluk Öyküleri</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>30</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9789752693173</t>
+          <t>9789752690141</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Psikolojisi</t>
+          <t>Çocuk ve Biz</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>25</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>3990000026774</t>
+          <t>9789752694767</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Bana Verin</t>
+          <t>Çocuk Terbiyesinde Doğru Bilinen Yanlışlar</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>8.33</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9789752694385</t>
+          <t>9789752695009</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Çocuğuma Dinimi Sevdiriyorum</t>
+          <t>Çocuk Sahabiler (Ciltli)</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>5.56</v>
+        <v>30</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9789752697850</t>
+          <t>9789752693173</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum Nasıl Daha Zeki Olur?</t>
+          <t>Çocuk Psikolojisi</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9789756503874</t>
+          <t>3990000026774</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Çığlık</t>
+          <t>Çocuğumu Bana Verin</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9789757055730</t>
+          <t>9789752694385</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Çete Ayşe 2</t>
+          <t>Çocuğuma Dinimi Sevdiriyorum</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>13.89</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789757055372</t>
+          <t>9789752697850</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Çete Ayşe 1</t>
+          <t>Çocuğum Nasıl Daha Zeki Olur?</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>14.81</v>
+        <v>12</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9799752690959</t>
+          <t>9789756503874</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Çaresizliği Bırak</t>
+          <t>Çığlık</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>6.48</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9799756503309</t>
+          <t>9789757055730</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Çalınan Mutluluk</t>
+          <t>Çete Ayşe 2</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>11.11</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786051311098</t>
+          <t>9789757055372</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Çağın Vicdanı: Bediüzzaman</t>
+          <t>Çete Ayşe 1</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>11.11</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9789752695702</t>
+          <t>9799752690959</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş İnkarcılığın Eskiçağ Silahı Reenkarnasyon</t>
+          <t>Çaresizliği Bırak</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>7.87</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9799752691918</t>
+          <t>9799756503309</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Cömertlik Öyküleri</t>
+          <t>Çalınan Mutluluk</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>6.94</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786051311241</t>
+          <t>9786051311098</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Cinsel Sağlıktan Mutlu Aileye</t>
+          <t>Çağın Vicdanı: Bediüzzaman</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>15.74</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9799752690348</t>
+          <t>9789752695702</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Cennet Çocukları</t>
+          <t>Çağdaş İnkarcılığın Eskiçağ Silahı Reenkarnasyon</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>10.19</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9799754081717</t>
+          <t>9799752691918</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Cengaver</t>
+          <t>Cömertlik Öyküleri</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>70</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789752697942</t>
+          <t>9786051311241</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Cehennemde Kahkaha</t>
+          <t>Cinsel Sağlıktan Mutlu Aileye</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789752693302</t>
+          <t>9799752690348</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Çam Dağı Ülkesi</t>
+          <t>Cennet Çocukları</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>6.94</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786051313603</t>
+          <t>9799754081717</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Cehennem Vadisi</t>
+          <t>Cengaver</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>30</v>
+        <v>70</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9789756401873</t>
+          <t>9789752697942</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Cahiliye: İnanç ve Zihniyet Olarak</t>
+          <t>Cehennemde Kahkaha</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>13.89</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9789752695467</t>
+          <t>9789752693302</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tehlike: Dünyevileşme</t>
+          <t>Çam Dağı Ülkesi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>5.09</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>3990000002220</t>
+          <t>9786051313603</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Büyük Rüya Tabirleri (Ciltli)</t>
+          <t>Cehennem Vadisi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>12.04</v>
+        <v>30</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9799758499860</t>
+          <t>9789756401873</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Ciltli)</t>
+          <t>Cahiliye: İnanç ve Zihniyet Olarak</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>200</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>3990000015201</t>
+          <t>9789752695467</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Büyük Buluşmalar - Risale Okumaları</t>
+          <t>Büyük Tehlike: Dünyevileşme</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>9.26</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9799756503149</t>
+          <t>3990000002220</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Büyü, Fal ve Kahenet</t>
+          <t>Büyük Rüya Tabirleri (Ciltli)</t>
         </is>
       </c>
       <c r="C261" s="1">
         <v>12.04</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9789752697744</t>
+          <t>9799758499860</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Bütün Yönleriyle Dört Halife Dönemi</t>
+          <t>Büyük Cevşen (Ciltli)</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>22</v>
+        <v>200</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789757055297</t>
+          <t>3990000015201</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Bu Vatanı Terkedenler Bütün Eserleri</t>
+          <t>Büyük Buluşmalar - Risale Okumaları</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>11.11</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789752694125</t>
+          <t>9799756503149</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bu Evde Mutlu Bir Aile Var</t>
+          <t>Büyü, Fal ve Kahenet</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>6.94</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9789752696389</t>
+          <t>9789752697744</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen ve Türkçe Açıklaması (Ciltli)</t>
+          <t>Bütün Yönleriyle Dört Halife Dönemi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>13.89</v>
+        <v>22</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789758499502</t>
+          <t>9789757055297</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen ve Türkçe Açıklaması (Ciltli)</t>
+          <t>Bu Vatanı Terkedenler Bütün Eserleri</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>14.81</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789754081497</t>
+          <t>9789752694125</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Boşlukta Yürümek</t>
+          <t>Bu Evde Mutlu Bir Aile Var</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>17</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9789752690479</t>
+          <t>9789752696389</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Bostan ve Gülistan’dan Seçme Öyküler</t>
+          <t>Büyük Cevşen ve Türkçe Açıklaması (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>5.56</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9799756503057</t>
+          <t>9789758499502</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Bizim Mahalle</t>
+          <t>Büyük Cevşen ve Türkçe Açıklaması (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>6.94</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9799756401346</t>
+          <t>9789754081497</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bizi Bırakma Anne</t>
+          <t>Boşlukta Yürümek</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>7.87</v>
+        <v>17</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9789752698079</t>
+          <t>9789752690479</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Biz Aslında Neyiz</t>
+          <t>Bostan ve Gülistan’dan Seçme Öyküler</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>12</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9789752695245</t>
+          <t>9799756503057</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Hesaplaşma</t>
+          <t>Bizim Mahalle</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>14.81</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9799756401889</t>
+          <t>9799756401346</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Bir Öğretmenin Günlüğü</t>
+          <t>Bizi Bırakma Anne</t>
         </is>
       </c>
       <c r="C273" s="1">
         <v>7.87</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9789752699434</t>
+          <t>9789752698079</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Bir Nehir Yangını</t>
+          <t>Biz Aslında Neyiz</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>7</v>
+        <v>12</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9789752693265</t>
+          <t>9789752695245</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Bir Hüzün Yolcusu</t>
+          <t>Bitmeyen Hesaplaşma</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>5.56</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9789757055648</t>
+          <t>9799756401889</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Bir Genç Kızın Günlüğü</t>
+          <t>Bir Öğretmenin Günlüğü</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>9.26</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786051313764</t>
+          <t>9789752699434</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Bir Devrin ve Bir Şehrin Muhteşem Öğretmeni Sandal Hoca</t>
+          <t>Bir Nehir Yangını</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786051312996</t>
+          <t>9789752693265</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Açıdan Kutadgu Bilig</t>
+          <t>Bir Hüzün Yolcusu</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>6.48</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9799754080307</t>
+          <t>9789757055648</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Binatlı</t>
+          <t>Bir Genç Kızın Günlüğü</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>45</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9789754080223</t>
+          <t>9786051313764</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Taraflarıyla Bediüzzaman Said Nursi</t>
+          <t>Bir Devrin ve Bir Şehrin Muhteşem Öğretmeni Sandal Hoca</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>490</v>
+        <v>14</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9789758499168</t>
+          <t>9786051312996</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Bilinmeyen Kadın</t>
+          <t>Bir Başka Açıdan Kutadgu Bilig</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9789752692985</t>
+          <t>9799754080307</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Gerçekler Işığında Gıdalar ve Sağlıklı Beslenme</t>
+          <t>Binatlı</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>9.26</v>
+        <v>45</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9799756503279</t>
+          <t>9789754080223</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Çalışmalarda Yeni Teknikler</t>
+          <t>Bilinmeyen Taraflarıyla Bediüzzaman Said Nursi</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>40</v>
+        <v>490</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9799757055081</t>
+          <t>9789758499168</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Bilim Açısından İmanın Altı Şartı</t>
+          <t>Bilinmeyen Kadın</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>7.41</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9789752693005</t>
+          <t>9789752692985</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Bilge Öğretmen Okumayı, Bilgiyi ve Çalışmayı Sevdiren</t>
+          <t>Bilimsel Gerçekler Işığında Gıdalar ve Sağlıklı Beslenme</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9789752695764</t>
+          <t>9799756503279</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Bezsiz Bebek</t>
+          <t>Bilimsel Çalışmalarda Yeni Teknikler</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>12.04</v>
+        <v>40</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9789752690851</t>
+          <t>9799757055081</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Beyin Gücünü Etkili Kullanma Sanatı</t>
+          <t>Bilim Açısından İmanın Altı Şartı</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>16.67</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9799756503064</t>
+          <t>9789752693005</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Zambak</t>
+          <t>Bilge Öğretmen Okumayı, Bilgiyi ve Çalışmayı Sevdiren</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>7.87</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9789752692923</t>
+          <t>9789752695764</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Diş</t>
+          <t>Bezsiz Bebek</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>15</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9789752697706</t>
+          <t>9789752690851</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ben Ve Öteki Rojin</t>
+          <t>Beyin Gücünü Etkili Kullanma Sanatı</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>12.04</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9789752690134</t>
+          <t>9799756503064</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman’la Yaşayan Öyküler-2</t>
+          <t>Beyaz Zambak</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>5.56</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9789752690943</t>
+          <t>9789752692923</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman’la Yaşayan Öyküler 3</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>5.56</v>
+        <v>15</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786051628073</t>
+          <t>9789752697706</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Kurtulan</t>
+          <t>Ben Ve Öteki Rojin</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>18</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786051626253</t>
+          <t>9789752690134</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Din Neden Gereklidir?</t>
+          <t>Bediüzzaman’la Yaşayan Öyküler-2</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>30</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786051621838</t>
+          <t>9789752690943</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Kulluğun Sembolü Namaz</t>
+          <t>Bediüzzaman’la Yaşayan Öyküler 3</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>7.41</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786051623061</t>
+          <t>9786051628073</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>La Fontaine’den Seçmeler</t>
+          <t>Kurtulan</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>5.56</v>
+        <v>18</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786051623290</t>
+          <t>9786051626253</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Fabrika Ayarlarımıza Dönüyoruz</t>
+          <t>Din Neden Gereklidir?</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786051623146</t>
+          <t>9786051621838</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Nasreddin Hoca Fıkraları</t>
+          <t>Kulluğun Sembolü Namaz</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>7</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9799758499228</t>
+          <t>9786051623061</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Müslüman Hıristiyan Diyaloğu</t>
+          <t>La Fontaine’den Seçmeler</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>10.19</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9799758499297</t>
+          <t>9786051623290</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Yaristanbul</t>
+          <t>Fabrika Ayarlarımıza Dönüyoruz</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>6.94</v>
+        <v>20</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786051314044</t>
+          <t>9786051623146</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Taşları Konuşturan Adam</t>
+          <t>Nasreddin Hoca Fıkraları</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786051627045</t>
+          <t>9799758499228</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Kaybedecek Neyin Var ki?</t>
+          <t>Kur'an'a Göre Müslüman Hıristiyan Diyaloğu</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>22</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786051624839</t>
+          <t>9799758499297</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Adem'in Hikayesi</t>
+          <t>Yaristanbul</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>11</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>3990000026187</t>
+          <t>9786051314044</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Azınlık ve Yabancı Okulların Türk Toplumuna Etkisi</t>
+          <t>Taşları Konuşturan Adam</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>13.89</v>
+        <v>14</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786051623313</t>
+          <t>9786051627045</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Mahşer</t>
+          <t>Kaybedecek Neyin Var ki?</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786051621845</t>
+          <t>9786051624839</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Endülüs'te Hazan</t>
+          <t>Adem'in Hikayesi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>40</v>
+        <v>11</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786051314440</t>
+          <t>3990000026187</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Derdimiz Aşk Olsun</t>
+          <t>Azınlık ve Yabancı Okulların Türk Toplumuna Etkisi</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>50</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9799752691994</t>
+          <t>9786051623313</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Ein Leichter Verdienst</t>
+          <t>Mahşer</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>4</v>
+        <v>23</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9799752692038</t>
+          <t>9786051621845</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Die Aufgabe Des Soldaten</t>
+          <t>Endülüs'te Hazan</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>4</v>
+        <v>40</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9799752692021</t>
+          <t>9786051314440</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Der Weg Des Lebens</t>
+          <t>Derdimiz Aşk Olsun</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>4</v>
+        <v>50</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9799752692052</t>
+          <t>9799752691994</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Sowohl Urlaub Als Auch Handel</t>
+          <t>Ein Leichter Verdienst</t>
         </is>
       </c>
       <c r="C311" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9799752692007</t>
+          <t>9799752692038</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Zwei Reisende</t>
+          <t>Die Aufgabe Des Soldaten</t>
         </is>
       </c>
       <c r="C312" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9799752692069</t>
+          <t>9799752692021</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Tausend Gartner</t>
+          <t>Der Weg Des Lebens</t>
         </is>
       </c>
       <c r="C313" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9799752692045</t>
+          <t>9799752692052</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Zwei Brüder</t>
+          <t>Sowohl Urlaub Als Auch Handel</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9799752692014</t>
+          <t>9799752692007</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Ders Schneider und Das Modell</t>
+          <t>Zwei Reisende</t>
         </is>
       </c>
       <c r="C315" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9799752692076</t>
+          <t>9799752692069</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Die Anvertraute Farm</t>
+          <t>Tausend Gartner</t>
         </is>
       </c>
       <c r="C316" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9799752691987</t>
+          <t>9799752692045</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Der Sprechende Wolf</t>
+          <t>Zwei Brüder</t>
         </is>
       </c>
       <c r="C317" s="1">
         <v>4</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9789752699922</t>
+          <t>9799752692014</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Kolay Okunan Hatlı Yasin-i Şerif</t>
+          <t>Ders Schneider und Das Modell</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>7.92</v>
+        <v>4</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789752697300</t>
+          <t>9799752692076</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim (Cami Boy) (Ciltli)</t>
+          <t>Die Anvertraute Farm</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>100</v>
+        <v>4</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9799756401216</t>
+          <t>9799752691987</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen (Çanta Boy 00501) (Ciltli)</t>
+          <t>Der Sprechende Wolf</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>11.11</v>
+        <v>4</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789752695887</t>
+          <t>9789752699922</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen ve Türkçe Açıklaması (Kolay Okunan Hat 00516) (Ciltli)</t>
+          <t>Kolay Okunan Hatlı Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>27.78</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9799757055470</t>
+          <t>9789752697300</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Büyük Tesbihat (Çanta Boy 0052) (Ciltli)</t>
+          <t>Kur'an-ı Kerim (Cami Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>8.8</v>
+        <v>100</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9799756401728</t>
+          <t>9799756401216</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Cevşenül Kebir ve Namaz Tesbihatı (00508)</t>
+          <t>Büyük Cevşen (Çanta Boy 00501) (Ciltli)</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>6.02</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9799756401971</t>
+          <t>9789752695887</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Şaheser Büyük Cevşen (Ciltli)</t>
+          <t>Büyük Cevşen ve Türkçe Açıklaması (Kolay Okunan Hat 00516) (Ciltli)</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>80</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786051622156</t>
+          <t>9799757055470</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Şehzade Katli</t>
+          <t>Büyük Tesbihat (Çanta Boy 0052) (Ciltli)</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>240</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786051315676</t>
+          <t>9799756401728</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Şebperest</t>
+          <t>Cevşenül Kebir ve Namaz Tesbihatı (00508)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>9</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786051834337</t>
+          <t>9799756401971</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Atamu Elması - Zülkarneyn</t>
+          <t>Şaheser Büyük Cevşen (Ciltli)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>50</v>
+        <v>80</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9796051628065</t>
+          <t>9786051622156</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Avcısı Kerem 2: Kahramanım Mimar Sinan (Ciltli)</t>
+          <t>Osmanlı'da Şehzade Katli</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>30</v>
+        <v>240</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786051832623</t>
+          <t>9786051315676</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Mevlana'dan Masallar (5 Kitap Kutulu)</t>
+          <t>Şebperest</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>20</v>
+        <v>9</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786051834245</t>
+          <t>9786051834337</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Sunguroğlu (Ciltli)</t>
+          <t>Atamu Elması - Zülkarneyn</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>200</v>
+        <v>50</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786051627915</t>
+          <t>9796051628065</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Ertuğrul Bey ve Kayılar</t>
+          <t>Kahraman Avcısı Kerem 2: Kahramanım Mimar Sinan (Ciltli)</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9799752692083</t>
+          <t>9786051832623</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan Adam (Rusça)</t>
+          <t>Mevlana'dan Masallar (5 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>5.56</v>
+        <v>20</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9789752691834</t>
+          <t>9786051834245</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Şaheser Büyük Cevşen (Çanta Boy, Kuşe, 6 Renk, Ciltli)</t>
+          <t>Sunguroğlu (Ciltli)</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786051834085</t>
+          <t>9786051627915</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Tepegöz - Dede Korkut Romanları 3</t>
+          <t>Ertuğrul Bey ve Kayılar</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786051834184</t>
+          <t>9799752692083</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Sünnete Göre Günlük Hayat - Cilt 1 (Ciltli)</t>
+          <t>Kendini Arayan Adam (Rusça)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>75</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786051832999</t>
+          <t>9789752691834</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Allah’ı Nasıl Anlamalı Nasıl Anlatmalı?</t>
+          <t>Şaheser Büyük Cevşen (Çanta Boy, Kuşe, 6 Renk, Ciltli)</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>25</v>
+        <v>320</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789752699304</t>
+          <t>9786051834085</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Çocuk Dostları (5 Kitap Kutulu)</t>
+          <t>Tepegöz - Dede Korkut Romanları 3</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>40</v>
+        <v>23</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786051834214</t>
+          <t>9786051834184</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'ya 3 Siyonist Suikast</t>
+          <t>Sünnete Göre Günlük Hayat - Cilt 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>24</v>
+        <v>75</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786051629148</t>
+          <t>9786051832999</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Seçilmiş Kadın Hz. Meryem</t>
+          <t>Allah’ı Nasıl Anlamalı Nasıl Anlatmalı?</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786051314297</t>
+          <t>9789752699304</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’nın İngiliz’le İmtihanı</t>
+          <t>Peygamberimizin Çocuk Dostları (5 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786051830834</t>
+          <t>9786051834214</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi</t>
+          <t>Osmanlı'ya 3 Siyonist Suikast</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786051830278</t>
+          <t>9786051629148</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Mucizeler</t>
+          <t>Seçilmiş Kadın Hz. Meryem</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>17</v>
+        <v>40</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786051831503</t>
+          <t>9786051314297</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Gizli Saklı Mevzular-1</t>
+          <t>Osmanlı’nın İngiliz’le İmtihanı</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786051831466</t>
+          <t>9786051830834</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ve Aşk Evliliğin Ellerinden Tuttu</t>
+          <t>Peygamberler Tarihi</t>
         </is>
       </c>
       <c r="C344" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786051831459</t>
+          <t>9786051830278</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Aşık-ı Sadık Hz. Hatice</t>
+          <t>Mucizeler</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786051831442</t>
+          <t>9786051831503</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Bamsı</t>
+          <t>Gizli Saklı Mevzular-1</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>60</v>
+        <v>20</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786051831510</t>
+          <t>9786051831466</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Gizli Saklı Mevzular-2</t>
+          <t>Ve Aşk Evliliğin Ellerinden Tuttu</t>
         </is>
       </c>
       <c r="C347" s="1">
         <v>20</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786051832746</t>
+          <t>9786051831459</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>6 Asırlık Devlet 6 Yılda Nasıl Yıkıldı?</t>
+          <t>Aşık-ı Sadık Hz. Hatice</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>35</v>
+        <v>18</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789752691005</t>
+          <t>9786051831442</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ergenlik Dönemi</t>
+          <t>Bamsı</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>3.61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9789752694309</t>
+          <t>9786051831510</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Al Yazmayı Gül Eylemek</t>
+          <t>Gizli Saklı Mevzular-2</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9789754080585</t>
+          <t>9786051832746</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Dinimizi Öğrenelim</t>
+          <t>6 Asırlık Devlet 6 Yılda Nasıl Yıkıldı?</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>1.85</v>
+        <v>35</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9789752693043</t>
+          <t>9789752691005</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>11 Eylül'e Rağmen Amerika'da Yükselen İslam</t>
+          <t>Ergenlik Dönemi</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>9.26</v>
+        <v>3.61</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9789757055457</t>
+          <t>9789752694309</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Cep İlmihali</t>
+          <t>Al Yazmayı Gül Eylemek</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>80</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786051628660</t>
+          <t>9789754080585</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>İtbarak - Karanlık Dünya 1</t>
+          <t>Dinimizi Öğrenelim</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>25</v>
+        <v>1.85</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786051625751</t>
+          <t>9789752693043</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Anılarımdaki Türkiye : Yavuz Bahadıroğlu</t>
+          <t>11 Eylül'e Rağmen Amerika'da Yükselen İslam</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786051830766</t>
+          <t>9789757055457</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Tükenmişlik Sendromu</t>
+          <t>Cep İlmihali</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>30</v>
+        <v>80</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786051830810</t>
+          <t>9786051628660</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kut'ül Amare</t>
+          <t>İtbarak - Karanlık Dünya 1</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>50</v>
+        <v>25</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786051628080</t>
+          <t>9786051625751</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kemalist Yalanlar</t>
+          <t>Anılarımdaki Türkiye : Yavuz Bahadıroğlu</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>190</v>
+        <v>19</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786051625966</t>
+          <t>9786051830766</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Ömer Seyfettin’den Seçmeler</t>
+          <t>Tükenmişlik Sendromu</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>14</v>
+        <v>30</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786051626215</t>
+          <t>9786051830810</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Efendimizle İlk Buluşma</t>
+          <t>Kut'ül Amare</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>12</v>
+        <v>50</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786051832036</t>
+          <t>9786051628080</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Boğaç Han</t>
+          <t>Kemalist Yalanlar</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>22</v>
+        <v>190</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786051831152</t>
+          <t>9786051625966</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Sana Yeni Bir Dünya Gerek</t>
+          <t>Ömer Seyfettin’den Seçmeler</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>25</v>
+        <v>14</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786051830773</t>
+          <t>9786051626215</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Seyahat Terapi</t>
+          <t>Efendimizle İlk Buluşma</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>18</v>
+        <v>12</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786051830803</t>
+          <t>9786051832036</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Kader Dedim ve Sustum</t>
+          <t>Boğaç Han</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>3990000832562</t>
+          <t>9786051831152</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Türk Piramitleri ve Lolan Güzeli</t>
+          <t>Sana Yeni Bir Dünya Gerek</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786051627243</t>
+          <t>9786051830773</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>İki Cihan Güneşi Peygamberimiz</t>
+          <t>Seyahat Terapi</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>65</v>
+        <v>18</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786051629346</t>
+          <t>9786051830803</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Hayat Sevince Güzel</t>
+          <t>Kader Dedim ve Sustum</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786051629018</t>
+          <t>3990000832562</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Sevgi Hikayeleri - 3</t>
+          <t>Beyaz Türk Piramitleri ve Lolan Güzeli</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>15</v>
+        <v>23</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786051628950</t>
+          <t>9786051627243</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Sevgi Hikayeleri  2</t>
+          <t>İki Cihan Güneşi Peygamberimiz</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>16.67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786051628844</t>
+          <t>9786051629346</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Hayatın İçinden Sevgi Hikayeleri 1</t>
+          <t>Hayat Sevince Güzel</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>16.67</v>
+        <v>45</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786051629049</t>
+          <t>9786051629018</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Devletin Kızı Lülü</t>
+          <t>Hayatın İçinden Sevgi Hikayeleri - 3</t>
         </is>
       </c>
       <c r="C371" s="1">
         <v>15</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786051629025</t>
+          <t>9786051628950</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Anne Babalar Çocuğunuzun Resimleri Size Ne Anlatır?</t>
+          <t>Hayatın İçinden Sevgi Hikayeleri  2</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>35</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786051628486</t>
+          <t>9786051628844</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Perdeyi Yar Kaldırır</t>
+          <t>Hayatın İçinden Sevgi Hikayeleri 1</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>20</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786051626765</t>
+          <t>9786051629049</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Doğu Medeniyetinin Yeniden Yükselişi</t>
+          <t>Devletin Kızı Lülü</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>3990000025349</t>
+          <t>9786051629025</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Efendisi Peygamberimizin Hayatı (2 Cilt Takım) (Ciltli)</t>
+          <t>Anne Babalar Çocuğunuzun Resimleri Size Ne Anlatır?</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>55</v>
+        <v>35</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786051622224</t>
+          <t>9786051628486</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Mühr-ü Süleyman</t>
+          <t>Perdeyi Yar Kaldırır</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>12</v>
+        <v>20</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786051314884</t>
+          <t>9786051626765</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Deyimler Sözlüğü (Özel Baskı)</t>
+          <t>Doğu Medeniyetinin Yeniden Yükselişi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>15</v>
+        <v>40</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786051314617</t>
+          <t>3990000025349</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Işığında Beden Dili</t>
+          <t>Kainatın Efendisi Peygamberimizin Hayatı (2 Cilt Takım) (Ciltli)</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>9</v>
+        <v>55</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9789752698147</t>
+          <t>9786051622224</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Şehadet Yıldızları</t>
+          <t>Mühr-ü Süleyman</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>10.19</v>
+        <v>12</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786051314877</t>
+          <t>9786051314884</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Atasözleri (Özel Baskı)</t>
+          <t>Açıklamalı Deyimler Sözlüğü (Özel Baskı)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>6.48</v>
+        <v>15</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786051314914</t>
+          <t>9786051314617</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Memleket Şiirleri Antolojisi (Özel Baskı)</t>
+          <t>Kur'an Işığında Beden Dili</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>7</v>
+        <v>9</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786051314853</t>
+          <t>9789752698147</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Göz Açıp Gördüğüm</t>
+          <t>Şehadet Yıldızları</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>8</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786051314921</t>
+          <t>9786051314877</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Seçme Bilmeceler (Özel Baskı)</t>
+          <t>Açıklamalı Atasözleri (Özel Baskı)</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>10</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9799752691277</t>
+          <t>9786051314914</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed'in Çağrısı Mekke Dönemi</t>
+          <t>Memleket Şiirleri Antolojisi (Özel Baskı)</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>15.74</v>
+        <v>7</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9789752694552</t>
+          <t>9786051314853</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Cepheden Çanakkale</t>
+          <t>Göz Açıp Gördüğüm</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>9.26</v>
+        <v>8</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786051314563</t>
+          <t>9786051314921</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Anneciğim Beni Tanıyor musun?</t>
+          <t>Seçme Bilmeceler (Özel Baskı)</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>27.78</v>
+        <v>10</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9799752690898</t>
+          <t>9799752691277</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Bereketin Formülü</t>
+          <t>Hz. Muhammed'in Çağrısı Mekke Dönemi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>9.26</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789752690202</t>
+          <t>9789752694552</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Işığında Küreselleşme ve Ahlak</t>
+          <t>Cepheden Çanakkale</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789752694323</t>
+          <t>9786051314563</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman'ın Fikri Programı</t>
+          <t>Anneciğim Beni Tanıyor musun?</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>11.11</v>
+        <v>27.78</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789752693876</t>
+          <t>9799752690898</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Batı'daki Mevlana</t>
+          <t>Bereketin Formülü</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>12.96</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789752699236</t>
+          <t>9789752690202</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Gençliğin Yol Haritası</t>
+          <t>Risale-i Nur Işığında Küreselleşme ve Ahlak</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>12.04</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9789752696648</t>
+          <t>9789752694323</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman'la Yaşayan Öyküler</t>
+          <t>Bediüzzaman'ın Fikri Programı</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9799752690881</t>
+          <t>9789752693876</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur Sohbetlerinde Etkili Anlatım</t>
+          <t>Batı'daki Mevlana</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786051313498</t>
+          <t>9789752699236</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Şefkat Yolu</t>
+          <t>Gençliğin Yol Haritası</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>10.19</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9789752699779</t>
+          <t>9789752696648</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Vesvese Risalesi</t>
+          <t>Bediüzzaman'la Yaşayan Öyküler</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>4.4</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789752699823</t>
+          <t>9799752690881</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Hapis Musibetine Düşenler İçin Medrese-i Yusufiye Risalesi</t>
+          <t>Risale-i Nur Sohbetlerinde Etkili Anlatım</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>4.63</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9789752699809</t>
+          <t>9786051313498</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Aile Risalesi</t>
+          <t>Şefkat Yolu</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>4.4</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789752699830</t>
+          <t>9789752699779</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Sabır Risalesi</t>
+          <t>Vesvese Risalesi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>3.7</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9789752699793</t>
+          <t>9789752699823</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Taziye Risalesi</t>
+          <t>Hapis Musibetine Düşenler İçin Medrese-i Yusufiye Risalesi</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>6.02</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789752699854</t>
+          <t>9789752699809</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Tefsiri</t>
+          <t>Aile Risalesi</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>3.7</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789752699847</t>
+          <t>9789752699830</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kader Risalesi</t>
+          <t>Sabır Risalesi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>5.09</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789752691070</t>
+          <t>9789752699793</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin (Aleyhissalatu Vesselam) Ramazanı</t>
+          <t>Taziye Risalesi</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>7.87</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786051314624</t>
+          <t>9789752699854</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Derin Çeteye Pusu</t>
+          <t>Fatiha Tefsiri</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>12.96</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9789752691049</t>
+          <t>9789752699847</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Edep Mektebinden Hatıralar</t>
+          <t>Kader Risalesi</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>6.48</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9789752691865</t>
+          <t>9789752691070</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Efsane Kadın Nene Hatun</t>
+          <t>Peygamberin (Aleyhissalatu Vesselam) Ramazanı</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>12.96</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786051621821</t>
+          <t>9786051314624</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Resulullah (a.s.m.) Döneminde Eğitim ve Öğretim</t>
+          <t>Derin Çeteye Pusu</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>13</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786051830926</t>
+          <t>9789752691049</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Harp Sanatı Muallimi Fatih Sultan Mehmet</t>
+          <t>Edep Mektebinden Hatıralar</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>30</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786051830124</t>
+          <t>9789752691865</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Hayat Seni Bekliyor</t>
+          <t>Efsane Kadın Nene Hatun</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>20</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786051830117</t>
+          <t>9786051621821</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Seni Seven Biri Var</t>
+          <t>Resulullah (a.s.m.) Döneminde Eğitim ve Öğretim</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>20</v>
+        <v>13</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786051627175</t>
+          <t>9786051830926</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Mercan Siyah İnci</t>
+          <t>Harp Sanatı Muallimi Fatih Sultan Mehmet</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>20</v>
+        <v>30</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786051629353</t>
+          <t>9786051830124</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yazar Olmak İstiyorum</t>
+          <t>Sonsuz Hayat Seni Bekliyor</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>30</v>
+        <v>20</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786051628646</t>
+          <t>9786051830117</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Ağlamak Geliyor İçimden</t>
+          <t>Seni Seven Biri Var</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786051624945</t>
+          <t>9786051627175</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Çağla Zamanı</t>
+          <t>Beyaz Mercan Siyah İnci</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>7</v>
+        <v>20</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786051627960</t>
+          <t>9786051629353</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Sanat Terapi</t>
+          <t>Yazar Olmak İstiyorum</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>11.11</v>
+        <v>30</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786051627885</t>
+          <t>9786051628646</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>A'mak-ı Hayal</t>
+          <t>Ağlamak Geliyor İçimden</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>40</v>
+        <v>25</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786051623184</t>
+          <t>9786051624945</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Anneciğim Ben Büyüyorum (Ciltli)</t>
+          <t>Çağla Zamanı</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>29.63</v>
+        <v>7</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786051830018</t>
+          <t>9786051627960</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Gözünden Allah Resulü (s.a.v.)</t>
+          <t>Sanat Terapi</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>110</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786051627533</t>
+          <t>9786051627885</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Kabe’yi İlk Gördüğümde</t>
+          <t>A'mak-ı Hayal</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>13</v>
+        <v>40</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786051626734</t>
+          <t>9786051623184</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Anneciğim Ben Büyüyorum (Ciltli)</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>12</v>
+        <v>29.63</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786051626512</t>
+          <t>9786051830018</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Gül Bahçesi</t>
+          <t>Gençlerin Gözünden Allah Resulü (s.a.v.)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>17</v>
+        <v>110</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786051315317</t>
+          <t>9786051627533</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Namaz ve Karakter Gelişimi</t>
+          <t>Kabe’yi İlk Gördüğümde</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>14.81</v>
+        <v>13</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786051625782</t>
+          <t>9786051626734</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Boya Küpü Serisi (Set)</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>20</v>
+        <v>12</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786051623849</t>
+          <t>9786051626512</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Seçme Tekerlemeler</t>
+          <t>Aşkın Gül Bahçesi</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>5</v>
+        <v>17</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786051315324</t>
+          <t>9786051315317</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Hasbahçede Sonbahar</t>
+          <t>Namaz ve Karakter Gelişimi</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>50</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786051315355</t>
+          <t>9786051625782</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Dini Konularda Kendini Kandırmanın 40 Yolu</t>
+          <t>Boya Küpü Serisi (Set)</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9789752696631</t>
+          <t>9786051623849</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>İpsiz Recep</t>
+          <t>Seçme Tekerlemeler</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>9.26</v>
+        <v>5</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9789752690714</t>
+          <t>9786051315324</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Okunuşuyla Namaz Tesbihatı</t>
+          <t>Hasbahçede Sonbahar</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>3</v>
+        <v>50</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786051831817</t>
+          <t>9786051315355</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>L'afedersin</t>
+          <t>Dini Konularda Kendini Kandırmanın 40 Yolu</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786051831794</t>
+          <t>9789752696631</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kolay, Kısa, Keyifli Felsefe -2</t>
+          <t>İpsiz Recep</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>14</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786051831787</t>
+          <t>9789752690714</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Kolay, Kısa, Keyifli Felsefe -1</t>
+          <t>Türkçe Okunuşuyla Namaz Tesbihatı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>14</v>
+        <v>3</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786051831749</t>
+          <t>9786051831817</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Gülnihal</t>
+          <t>L'afedersin</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>50</v>
+        <v>17</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786051625775</t>
+          <t>9786051831794</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Biz Birdik</t>
+          <t>Kolay, Kısa, Keyifli Felsefe -2</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>15.74</v>
+        <v>14</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786051623306</t>
+          <t>9786051831787</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Kalemi Kılıçtan Keskin Selçuklu Veziri - Vezir</t>
+          <t>Kolay, Kısa, Keyifli Felsefe -1</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>60</v>
+        <v>14</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786051315478</t>
+          <t>9786051831749</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif (Kolay Okunan Hatlı)</t>
+          <t>Gülnihal</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>7.92</v>
+        <v>50</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786051830162</t>
+          <t>9786051625775</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Asker Sofrası</t>
+          <t>Bir Zamanlar Biz Birdik</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>15</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786051626826</t>
+          <t>9786051623306</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Kelimelerin Sultanı Mihri Hatun</t>
+          <t>Kalemi Kılıçtan Keskin Selçuklu Veziri - Vezir</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>30</v>
+        <v>60</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786051624365</t>
+          <t>9786051315478</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Kalpteki Akıl</t>
+          <t>Yasin-i Şerif (Kolay Okunan Hatlı)</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>35</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786051623825</t>
+          <t>9786051830162</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Namaz İlmihali</t>
+          <t>Asker Sofrası</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>40</v>
+        <v>15</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786051315720</t>
+          <t>9786051626826</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Kılıçlarından Bir Kılıç: Halid Bin Velid</t>
+          <t>Kelimelerin Sultanı Mihri Hatun</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>16.67</v>
+        <v>30</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786051830643</t>
+          <t>9786051624365</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Miftah</t>
+          <t>Kalpteki Akıl</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>22.22</v>
+        <v>35</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786051629421</t>
+          <t>9786051623825</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Ali'nin Seccadesi</t>
+          <t>Namaz İlmihali</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>13</v>
+        <v>40</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786051629360</t>
+          <t>9786051315720</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Kırk Gram Tebessüm</t>
+          <t>Allah'ın Kılıçlarından Bir Kılıç: Halid Bin Velid</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>18</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786051628271</t>
+          <t>9786051830643</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Bir Duadır Seni Sevmek</t>
+          <t>Miftah</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>18</v>
+        <v>22.22</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786051622460</t>
+          <t>9786051629421</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman'ın Validesi Nuriye Ana</t>
+          <t>Ali'nin Seccadesi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786051622491</t>
+          <t>9786051629360</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Delailü'l-Hayrat ve Türkçe Açıklaması</t>
+          <t>Kırk Gram Tebessüm</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>290</v>
+        <v>18</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9789756503041</t>
+          <t>9786051628271</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Çözüm</t>
+          <t>Bir Duadır Seni Sevmek</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>9</v>
+        <v>18</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786051831138</t>
+          <t>9786051622460</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Şifalı Bitkiler</t>
+          <t>Bediüzzaman'ın Validesi Nuriye Ana</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>390</v>
+        <v>12</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786051830636</t>
+          <t>9786051622491</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Söz Yangını</t>
+          <t>Delailü'l-Hayrat ve Türkçe Açıklaması</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>20</v>
+        <v>290</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786051629339</t>
+          <t>9789756503041</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>1001 Nokta Padişahlar</t>
+          <t>Çözüm</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>75</v>
+        <v>9</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786051622613</t>
+          <t>9786051831138</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Yetiştirilmiş Hayatlar</t>
+          <t>Şifalı Bitkiler</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>14.81</v>
+        <v>390</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786051624419</t>
+          <t>9786051830636</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerimin Türkçe Meali</t>
+          <t>Söz Yangını</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>50</v>
+        <v>20</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786051314709</t>
+          <t>9786051629339</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Atasözleri</t>
+          <t>1001 Nokta Padişahlar</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>4.63</v>
+        <v>75</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786051315065</t>
+          <t>9786051622613</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Falaka</t>
+          <t>Yetiştirilmiş Hayatlar</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>10</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786051314822</t>
+          <t>9786051624419</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu (Özel Baskı)</t>
+          <t>Kur’an-ı Kerimin Türkçe Meali</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>3.7</v>
+        <v>50</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9789752693791</t>
+          <t>9786051314709</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Görgü Kuralları</t>
+          <t>Açıklamalı Atasözleri</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>25</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9789752699687</t>
+          <t>9786051315065</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Kuşatmadan Kucaklaşmaya</t>
+          <t>Falaka</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>7.41</v>
+        <v>10</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9789752693692</t>
+          <t>9786051314822</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Mişkatu'l Envar</t>
+          <t>Ömer'in Çocukluğu (Özel Baskı)</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>5.56</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786051314594</t>
+          <t>9789752693791</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Can Simitleri</t>
+          <t>Gençler İçin Görgü Kuralları</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>8.33</v>
+        <v>25</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786051314419</t>
+          <t>9789752699687</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Ülkemin Efsaneleri</t>
+          <t>Kuşatmadan Kucaklaşmaya</t>
         </is>
       </c>
       <c r="C459" s="1">
         <v>7.41</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786051315133</t>
+          <t>9789752693692</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Vatan Yahut Silistre</t>
+          <t>Mişkatu'l Envar</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>4.63</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786051314402</t>
+          <t>9786051314594</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Türkülerden Seçmeler</t>
+          <t>Can Simitleri</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>6.48</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786051314396</t>
+          <t>9786051314419</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Tiryaki Sözleri</t>
+          <t>Ülkemin Efsaneleri</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>7</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786051314570</t>
+          <t>9786051315133</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Gıybet Risalesi</t>
+          <t>Vatan Yahut Silistre</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>8.33</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786051314808</t>
+          <t>9786051314402</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Seçme Ninniler</t>
+          <t>Türkülerden Seçmeler</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>4.63</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786051314778</t>
+          <t>9786051314396</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Memleket Şiirleri Antolojisi</t>
+          <t>Tiryaki Sözleri</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>4.63</v>
+        <v>7</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786051626840</t>
+          <t>9786051314570</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Pratik Elif Ba</t>
+          <t>Gıybet Risalesi</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>7.92</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786051627144</t>
+          <t>9786051314808</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Erenleri</t>
+          <t>Seçme Ninniler</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>11.11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786051314730</t>
+          <t>9786051314778</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Göz Açıp Gördüğüm</t>
+          <t>Memleket Şiirleri Antolojisi</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>5.56</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786051314792</t>
+          <t>9786051626840</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Seçme Bilmeceler</t>
+          <t>Tecvidli Pratik Elif Ba</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>9.26</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786051314716</t>
+          <t>9786051627144</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Deyimler Sözlüğü (Ciltli)</t>
+          <t>Anadolu Erenleri</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>13</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9789757055761</t>
+          <t>9786051314730</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinin Konjonktürel Değişimi 3 - Osmanlı Akılcılığı</t>
+          <t>Göz Açıp Gördüğüm</t>
         </is>
       </c>
       <c r="C471" s="1">
         <v>5.56</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786051622484</t>
+          <t>9786051314792</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Heidi</t>
+          <t>Seçme Bilmeceler</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>14</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786051314938</t>
+          <t>9786051314716</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Seçme Ninniler (Özel Baskı)</t>
+          <t>Açıklamalı Deyimler Sözlüğü (Ciltli)</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786051629438</t>
+          <t>9789757055761</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Türkler Müslüman Oluyor - Hakan</t>
+          <t>İslam Tarihinin Konjonktürel Değişimi 3 - Osmanlı Akılcılığı</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>80</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786051628813</t>
+          <t>9786051622484</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur'da Geçen Terimler ve Ansiklopedik Bilgiler (Ciltli)</t>
+          <t>Heidi</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>225</v>
+        <v>14</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786051625300</t>
+          <t>9786051314938</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Rehberlik</t>
+          <t>Seçme Ninniler (Özel Baskı)</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>25</v>
+        <v>7</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786051623320</t>
+          <t>9786051629438</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Hasret-i Fatih</t>
+          <t>Türkler Müslüman Oluyor - Hakan</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>6.48</v>
+        <v>80</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786051623078</t>
+          <t>9786051628813</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Allah’ın Özel Kulları: Engelliler</t>
+          <t>Risale-i Nur'da Geçen Terimler ve Ansiklopedik Bilgiler (Ciltli)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>12.96</v>
+        <v>225</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9799756503460</t>
+          <t>9786051625300</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Gerçekleşen Rüyalar</t>
+          <t>Pozitif Rehberlik</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>8.8</v>
+        <v>25</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9789752693159</t>
+          <t>9786051623320</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Bilim Tartışmaları</t>
+          <t>Hasret-i Fatih</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9789752693609</t>
+          <t>9786051623078</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Enver Paşa : Hayatı ve Makaleleri</t>
+          <t>Allah’ın Özel Kulları: Engelliler</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9789752694392</t>
+          <t>9799756503460</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Esir Medeniyetin Şairi : Yahya Kemal</t>
+          <t>Gerçekleşen Rüyalar</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>8</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9789756503798</t>
+          <t>9789752693159</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Biyolojik Terör</t>
+          <t>İslam ve Bilim Tartışmaları</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9789752690448</t>
+          <t>9789752693609</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Bir Bayramdır Ramazan</t>
+          <t>Enver Paşa : Hayatı ve Makaleleri</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>5.09</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9789752690362</t>
+          <t>9789752694392</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Bilim Nereye Koşuyor?</t>
+          <t>Esir Medeniyetin Şairi : Yahya Kemal</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>6.48</v>
+        <v>8</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9799752692236</t>
+          <t>9789756503798</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım İstanbul</t>
+          <t>Biyolojik Terör</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>7.41</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786051314464</t>
+          <t>9789752690448</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Aydınbaba Yokuşu</t>
+          <t>Bir Bayramdır Ramazan</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>8</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9789752694408</t>
+          <t>9789752690362</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Haccı Yaşayanlar</t>
+          <t>Bilim Nereye Koşuyor?</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>9</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9789756401033</t>
+          <t>9799752692236</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Ilıkpembe</t>
+          <t>Adım Adım İstanbul</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>8.33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9789752693036</t>
+          <t>9786051314464</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Irmaklar Sonsuza Akar</t>
+          <t>Aydınbaba Yokuşu</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>11.11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9789756503880</t>
+          <t>9789752694408</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Işıkkoru</t>
+          <t>Haccı Yaşayanlar</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>8.8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9789752694118</t>
+          <t>9789756401033</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Güneşinden Çağımız İnsanına İrşat Rehberi</t>
+          <t>Ilıkpembe</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>6.94</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786051315690</t>
+          <t>9789752693036</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif</t>
+          <t>Irmaklar Sonsuza Akar</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>5.94</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9789756401591</t>
+          <t>9789756503880</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Zatürre Sars</t>
+          <t>Işıkkoru</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>6.94</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9789752693432</t>
+          <t>9789752694118</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Cennetle Müjdelenen Hanımlar</t>
+          <t>Kur'an Güneşinden Çağımız İnsanına İrşat Rehberi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>11.11</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9789752698086</t>
+          <t>9786051315690</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cevşen ve Türkçe Açıklaması (Ciltli)</t>
+          <t>Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>42</v>
+        <v>5.94</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9789752695214</t>
+          <t>9789756401591</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Hikem-i Ataiyye</t>
+          <t>Gizemli Zatürre Sars</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>20.37</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9789752695184</t>
+          <t>9789752693432</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Açıklamalı Kaside-i Celcelutiye ve Hizbü’l-Ekberi’n-Nuri (Ciltli)</t>
+          <t>Cennetle Müjdelenen Hanımlar</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9789752691087</t>
+          <t>9789752698086</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Türk Şiirinden Portreler</t>
+          <t>Büyük Cevşen ve Türkçe Açıklaması (Ciltli)</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>15.74</v>
+        <v>42</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786051310985</t>
+          <t>9789752695214</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Cevşenü’l Kebir - Satır Mealli (Ciltli)</t>
+          <t>Hikem-i Ataiyye</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>6.48</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9789754082487</t>
+          <t>9789752695184</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Risalei Nur Külliyatı 1.Cilt</t>
+          <t>Türkçe Açıklamalı Kaside-i Celcelutiye ve Hizbü’l-Ekberi’n-Nuri (Ciltli)</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>50.93</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9789756503676</t>
+          <t>9789752691087</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Cevşenü’l Kebir</t>
+          <t>Türk Şiirinden Portreler</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>13</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786051835617</t>
+          <t>9786051310985</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Said Nursi ile Okumak (Ciltli)</t>
+          <t>Cevşenü’l Kebir - Satır Mealli (Ciltli)</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>175</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9799756401964</t>
+          <t>9789754082487</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Nurdan İlhamlar</t>
+          <t>Risalei Nur Külliyatı 1.Cilt</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>6</v>
+        <v>50.93</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9789756401354</t>
+          <t>9789756503676</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Usuleyn Fıkıh ve Kelam Usulü</t>
+          <t>Cevşenü’l Kebir</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>11.5</v>
+        <v>13</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9799756401506</t>
+          <t>9786051835617</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Unutulmuş Günler</t>
+          <t>Kur'an'ı Said Nursi ile Okumak (Ciltli)</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>9</v>
+        <v>175</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9799756401582</t>
+          <t>9799756401964</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Çalacak Kapınız Var mı? - Herkesin Bir Hikayesi Var</t>
+          <t>Nurdan İlhamlar</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>7.2</v>
+        <v>6</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9799752690034</t>
+          <t>9789756401354</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mektebi</t>
+          <t>Usuleyn Fıkıh ve Kelam Usulü</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>8</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9799756503378</t>
+          <t>9799756401506</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Yapma Çiçekler</t>
+          <t>Unutulmuş Günler</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>7.5</v>
+        <v>9</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9789756503966</t>
+          <t>9799756401582</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Son Sabah</t>
+          <t>Çalacak Kapınız Var mı? - Herkesin Bir Hikayesi Var</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>6</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9799752690003</t>
+          <t>9799752690034</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>İslam İnancına Göre Nifak ve Münafık</t>
+          <t>Aşk Mektebi</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>14</v>
+        <v>8</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9799756503651</t>
+          <t>9799756503378</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Uzundereli İsmail</t>
+          <t>Yapma Çiçekler</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>8</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9799756503088</t>
+          <t>9789756503966</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Ayrılık Olmasaydı</t>
+          <t>Son Sabah</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>11</v>
+        <v>6</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9789756401415</t>
+          <t>9799752690003</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Işığında Sosyal Dayanışma</t>
+          <t>İslam İnancına Göre Nifak ve Münafık</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>5.5</v>
+        <v>14</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9789756401385</t>
+          <t>9799756503651</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Ortağımdan Niçin Ayrıldım?</t>
+          <t>Uzundereli İsmail</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>7.5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9799756401995</t>
+          <t>9799756503088</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Yüzlü Erkekler</t>
+          <t>Ayrılık Olmasaydı</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>7</v>
+        <v>11</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9789758499014</t>
+          <t>9789756401415</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Yürek Fısıltıları</t>
+          <t>Hadisler Işığında Sosyal Dayanışma</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>7.41</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9799756401483</t>
+          <t>9789756401385</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Dayan Kalbim</t>
+          <t>Ortağımdan Niçin Ayrıldım?</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>5.5</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9789756503829</t>
+          <t>9799756401995</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Yıllar Yıpranmasın</t>
+          <t>Yusuf Yüzlü Erkekler</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>12</v>
+        <v>7</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9799758499921</t>
+          <t>9789758499014</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Değişim Sürecinde Risale-i Nur Hareketi</t>
+          <t>Yürek Fısıltıları</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>8.5</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9799756401650</t>
+          <t>9799756401483</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Gölgelerle Oyun</t>
+          <t>Dayan Kalbim</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>10</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9799758499945</t>
+          <t>9789756503829</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Akıl ve Ahlak</t>
+          <t>Yıllar Yıpranmasın</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>8</v>
+        <v>12</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9789756503959</t>
+          <t>9799758499921</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Zamanı Kurcalayan Yazılar</t>
+          <t>Sosyal Değişim Sürecinde Risale-i Nur Hareketi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>10</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9789756503942</t>
+          <t>9799756401650</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Ülkeyi Kurcalayan Yazılar</t>
+          <t>Gölgelerle Oyun</t>
         </is>
       </c>
       <c r="C524" s="1">
         <v>10</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9799758499280</t>
+          <t>9799758499945</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Tebliğ Metotları 2</t>
+          <t>Akıl ve Ahlak</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>9.26</v>
+        <v>8</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9789756401491</t>
+          <t>9789756503959</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Elma Kokulu Ev</t>
+          <t>Zamanı Kurcalayan Yazılar</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>5.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9799756503170</t>
+          <t>9789756503942</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Annem Yıldızları Sayamaz</t>
+          <t>Ülkeyi Kurcalayan Yazılar</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>5.5</v>
+        <v>10</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9799752690270</t>
+          <t>9799758499280</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Bilim</t>
+          <t>Peygamberimizin Tebliğ Metotları 2</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>7.5</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9799752690409</t>
+          <t>9789756401491</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Yüreğini Mavi Tut</t>
+          <t>Elma Kokulu Ev</t>
         </is>
       </c>
       <c r="C529" s="1">
         <v>5.5</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>2789009956027</t>
+          <t>9799756503170</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Açıklamalı Meali Bordo</t>
+          <t>Annem Yıldızları Sayamaz</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>25</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9789752690462</t>
+          <t>9799752690270</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Aynaya Bakınca Söylenenler</t>
+          <t>İslam ve Bilim</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>7</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9799752690577</t>
+          <t>9799752690409</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Şiirden Şuura Geçmişten Günümüze Şiir</t>
+          <t>Yüreğini Mavi Tut</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>25</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9799756401957</t>
+          <t>2789009956027</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Herkes İçindeki Kente Gider</t>
+          <t>Kur'an-ı Kerim ve Açıklamalı Meali Bordo</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>7.2</v>
+        <v>25</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9799756401902</t>
+          <t>9789752690462</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Portreler</t>
+          <t>Aynaya Bakınca Söylenenler</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>11</v>
+        <v>7</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9799752690287</t>
+          <t>9799752690577</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Okunuşlu Cevşenü’l Kebir ve Meali (Transkripsiyonlu)</t>
+          <t>Şiirden Şuura Geçmişten Günümüze Şiir</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>10</v>
+        <v>25</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9789752690707</t>
+          <t>9799756401957</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Sonsuz Yürüyüş</t>
+          <t>Herkes İçindeki Kente Gider</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>9.5</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9789752690806</t>
+          <t>9799756401902</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Yokluğunda Buldum Seni</t>
+          <t>Portreler</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>5.5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9799752691178</t>
+          <t>9799752690287</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Kırk Konuda Ahlaki Hadisler</t>
+          <t>Türkçe Okunuşlu Cevşenü’l Kebir ve Meali (Transkripsiyonlu)</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>6.48</v>
+        <v>10</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9799752691482</t>
+          <t>9789752690707</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Yusufhan</t>
+          <t>Sonsuz Yürüyüş</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>6</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>2789009938481</t>
+          <t>9789752690806</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Kur'an-ı Kerim ve Açıklamalı Meali</t>
+          <t>Yokluğunda Buldum Seni</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>24.85</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9789757055181</t>
+          <t>9799752691178</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Peygamber Aleyhindeki İddialara Cevaplar</t>
+          <t>Kırk Konuda Ahlaki Hadisler</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>16.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9789752698840</t>
+          <t>9799752691482</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzamandan Çözümler</t>
+          <t>Yusufhan</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9789752694972</t>
+          <t>2789009938481</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim Orta Boy (Ciltli)</t>
+          <t>Kur'an-ı Kerim ve Açıklamalı Meali</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>750</v>
+        <v>24.85</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9789752699342</t>
+          <t>9789757055181</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ( Orta Boy - İki  Renk ) (Ciltli)</t>
+          <t>Kur'an ve Peygamber Aleyhindeki İddialara Cevaplar</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>49.5</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786051310183</t>
+          <t>9789752698840</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Kerim</t>
+          <t>Bediüzzamandan Çözümler</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>60</v>
+        <v>7</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9789752693470</t>
+          <t>9789752694972</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-ı Kerim ( Orta Boy İki Renk ) (Ciltli)</t>
+          <t>Kur’an-ı Kerim Orta Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>75</v>
+        <v>750</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9789752694910</t>
+          <t>9789752699342</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Kur’anı Kerim  Hafız Boy (Ciltli)</t>
+          <t>Kur’an-ı Kerim ( Orta Boy - İki  Renk ) (Ciltli)</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>27.72</v>
+        <v>49.5</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9789752693869</t>
+          <t>9786051310183</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’dan Reçeteler</t>
+          <t>Kur’an’ı Kerim</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>10</v>
+        <v>60</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9789752699274</t>
+          <t>9789752693470</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’daki Peygamber</t>
+          <t>Kur’an-ı Kerim ( Orta Boy İki Renk ) (Ciltli)</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>6.48</v>
+        <v>75</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9789752698185</t>
+          <t>9789752694910</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’daki Anne</t>
+          <t>Kur’anı Kerim  Hafız Boy (Ciltli)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>9.26</v>
+        <v>27.72</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9799752690676</t>
+          <t>9789752693869</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Müşkül Ayetler</t>
+          <t>Kur’an’dan Reçeteler</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>10.19</v>
+        <v>10</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9789754082852</t>
+          <t>9789752699274</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Çocuk</t>
+          <t>Kur’an’daki Peygamber</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786051312446</t>
+          <t>9789752698185</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet’ten Dualar</t>
+          <t>Kur’an’daki Anne</t>
         </is>
       </c>
       <c r="C553" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9799756401513</t>
+          <t>9799752690676</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Köy Enstitülerinden İmam-Hatip Okullarına Eğitim ve Kültür</t>
+          <t>Kur’an’da Müşkül Ayetler</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>7.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9799754081373</t>
+          <t>9789754082852</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Körfez Fitnesi</t>
+          <t>Kur’an’da Çocuk</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9789754082517</t>
+          <t>9786051312446</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Köprübaşı</t>
+          <t>Kur’an ve Sünnet’ten Dualar</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>20</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9799758499716</t>
+          <t>9799756401513</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Konuşmak Sanattır</t>
+          <t>Köy Enstitülerinden İmam-Hatip Okullarına Eğitim ve Kültür</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>5.09</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9799756503286</t>
+          <t>9799754081373</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Kitap Tiryakiliği</t>
+          <t>Körfez Fitnesi</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>9.26</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9799756503255</t>
+          <t>9789754082517</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Kitap Okumada Yeni Teknikler: Başarılı Bir Hayat İçin</t>
+          <t>Köprübaşı</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>10.19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9789752699106</t>
+          <t>9799758499716</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Kişilik ve Karakter Gelişiminde Çocukluk Sırrı</t>
+          <t>Konuşmak Sanattır</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>230</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9799756401377</t>
+          <t>9799756503286</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Kişilik İnşasında 365 Adım</t>
+          <t>Kitap Tiryakiliği</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9789754082524</t>
+          <t>9799756503255</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Kirazlımescit Sokağı</t>
+          <t>Kitap Okumada Yeni Teknikler: Başarılı Bir Hayat İçin</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>12</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>3990000002214</t>
+          <t>9789752699106</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Kiliseden Camiye Müslüman Olan Papazlar</t>
+          <t>Kişilik ve Karakter Gelişiminde Çocukluk Sırrı</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>7.87</v>
+        <v>230</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9789752697331</t>
+          <t>9799756401377</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Meydan’dan Kıble’ye</t>
+          <t>Kişilik İnşasında 365 Adım</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>7.41</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9799752692571</t>
+          <t>9789754082524</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Kod Adı: Kılıçbalığı 11 Eylül’ün Perde Arkası</t>
+          <t>Kirazlımescit Sokağı</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>9.26</v>
+        <v>12</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9789752696372</t>
+          <t>3990000002214</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Kız Çocuğu Nasıl Yetiştirilir?</t>
+          <t>Kiliseden Camiye Müslüman Olan Papazlar</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>10.19</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9789752693890</t>
+          <t>9789752697331</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Kış Bebeği</t>
+          <t>Kızıl Meydan’dan Kıble’ye</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>6.48</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786051314556</t>
+          <t>9799752692571</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Kısa Surelerin Sınırsız Dünyaları</t>
+          <t>Kod Adı: Kılıçbalığı 11 Eylül’ün Perde Arkası</t>
         </is>
       </c>
       <c r="C568" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9799756503415</t>
+          <t>9789752696372</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Kırmızıyı Hiç Sevmem</t>
+          <t>Kız Çocuğu Nasıl Yetiştirilir?</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>9.26</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9789754080421</t>
+          <t>9789752693890</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Kırım Kan Ağlıyor</t>
+          <t>Kış Bebeği</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>150</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9789752695726</t>
+          <t>9786051314556</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Kertenkele Çukuru</t>
+          <t>Kısa Surelerin Sınırsız Dünyaları</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9789752693166</t>
+          <t>9799756503415</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Kendini Tüketme Sade Yaşa Mutlu Ol!</t>
+          <t>Kırmızıyı Hiç Sevmem</t>
         </is>
       </c>
       <c r="C572" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9789757055051</t>
+          <t>9789754080421</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Kendini Okuyan Kadın</t>
+          <t>Kırım Kan Ağlıyor</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>7.41</v>
+        <v>150</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9789752696402</t>
+          <t>9789752695726</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Kendine Çok İyi Bak</t>
+          <t>Kertenkele Çukuru</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>5.56</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786051310213</t>
+          <t>9789752693166</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Kendi Gerçeğine Seyir</t>
+          <t>Kendini Tüketme Sade Yaşa Mutlu Ol!</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>45</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9799752692496</t>
+          <t>9789757055051</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Kendi Dilinden Peygamberimiz -1 Teşbih ve Temsilleriyle</t>
+          <t>Kendini Okuyan Kadın</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9789752691506</t>
+          <t>9789752696402</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Kelile ve Dimne</t>
+          <t>Kendine Çok İyi Bak</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>4.63</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786051313009</t>
+          <t>9786051310213</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Renk</t>
+          <t>Kendi Gerçeğine Seyir</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>75</v>
+        <v>45</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9799754081571</t>
+          <t>9799752692496</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Keşmekeş</t>
+          <t>Kendi Dilinden Peygamberimiz -1 Teşbih ve Temsilleriyle</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>22</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9789752692930</t>
+          <t>9789752691506</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Kavak Yelleri</t>
+          <t>Kelile ve Dimne</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>7.41</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9789752690790</t>
+          <t>9786051313009</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Kaşağı</t>
+          <t>Kayıp Renk</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>6.48</v>
+        <v>75</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9799752692380</t>
+          <t>9799754081571</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Karz-ı Hasen Allah İçin Borç Vermek</t>
+          <t>Keşmekeş</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>5.56</v>
+        <v>22</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9789758499670</t>
+          <t>9789752692930</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Yüzyılın Büyük Pedagojik Yanlışı</t>
+          <t>Kavak Yelleri</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>12</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9789752696273</t>
+          <t>9789752690790</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Karıncanın Aşkı</t>
+          <t>Kaşağı</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>5.56</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9799758499235</t>
+          <t>9799752692380</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Kendimizi Nasıl Yetiştirelim?</t>
+          <t>Karz-ı Hasen Allah İçin Borç Vermek</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>6.48</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9789752698239</t>
+          <t>9789758499670</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Karanfil Secdesi</t>
+          <t>Yüzyılın Büyük Pedagojik Yanlışı</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>7.41</v>
+        <v>12</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9789752694026</t>
+          <t>9789752696273</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Karakter Eğitim Seti (6 Kitap Takım)</t>
+          <t>Karıncanın Aşkı</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>13.89</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9799754080444</t>
+          <t>9799758499235</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Kara Şövalye</t>
+          <t>Kendimizi Nasıl Yetiştirelim?</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>50</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9799758499952</t>
+          <t>9789752698239</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Kapanmayan Yara</t>
+          <t>Karanfil Secdesi</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>7.87</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9789752699137</t>
+          <t>9789752694026</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Karakter Eğitim Seti (6 Kitap Takım)</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>13</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>3990000029058</t>
+          <t>9799754080444</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Kandil</t>
+          <t>Kara Şövalye</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>7.41</v>
+        <v>50</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9799752692366</t>
+          <t>9799758499952</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Kalplerin Güneşi</t>
+          <t>Kapanmayan Yara</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>7.41</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9789752690769</t>
+          <t>9789752699137</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Kalp Ülkesinin Sultanı Bediüzzaman Said Nursi</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>10.19</v>
+        <v>13</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9799756503118</t>
+          <t>3990000029058</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Kalp Ağrısı</t>
+          <t>Kandil</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>7.87</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786051314501</t>
+          <t>9799752692366</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Şehrinde</t>
+          <t>Kalplerin Güneşi</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>13</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9789754080193</t>
+          <t>9789752690769</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Efendisi Peygamberimizin Hayatı - 1 (Ciltli)</t>
+          <t>Kalp Ülkesinin Sultanı Bediüzzaman Said Nursi</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>18.52</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786051312651</t>
+          <t>9799756503118</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Kadınlara da Farzdır</t>
+          <t>Kalp Ağrısı</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>7.41</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9789752690745</t>
+          <t>9786051314501</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Kadın ve Aile İlmihali  Mutlu Bir Yuva İçin (Ciltli)</t>
+          <t>Kalbin Şehrinde</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>40</v>
+        <v>13</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9789752690738</t>
+          <t>9789754080193</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Kadın Psikolojisi</t>
+          <t>Kainatın Efendisi Peygamberimizin Hayatı - 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>24</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9799756503071</t>
+          <t>9786051312651</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Kadın Olmak Zor</t>
+          <t>Kadınlara da Farzdır</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9789757055877</t>
+          <t>9789752690745</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Kader Kapımı Çaldı</t>
+          <t>Kadın ve Aile İlmihali  Mutlu Bir Yuva İçin (Ciltli)</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9789752693524</t>
+          <t>9789752690738</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>İyi İnsan Olmak Yürek İster</t>
+          <t>Kadın Psikolojisi</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9789757055617</t>
+          <t>9799756503071</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>İtiraf Ediyorum</t>
+          <t>Kadın Olmak Zor</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>65</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9789752695474</t>
+          <t>9789757055877</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>İş’te İmaj Faktörü</t>
+          <t>Kader Kapımı Çaldı</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9789752697218</t>
+          <t>9789752693524</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>İşkence Koğuşlarından Siyaset Meydanına Alperen</t>
+          <t>İyi İnsan Olmak Yürek İster</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>7.87</v>
+        <v>20</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9789756401088</t>
+          <t>9789757055617</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>İstemenin Esrarı</t>
+          <t>İtiraf Ediyorum</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>9.26</v>
+        <v>65</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9799752692526</t>
+          <t>9789752695474</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Papaya Cevabı Tevhit, Tesis ve Kılıç Ekseninde</t>
+          <t>İş’te İmaj Faktörü</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>8.8</v>
+        <v>25</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786051313429</t>
+          <t>9789752697218</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>İslam’ın Altın Çağında İlim</t>
+          <t>İşkence Koğuşlarından Siyaset Meydanına Alperen</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>30</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9789756503911</t>
+          <t>9789756401088</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>İslam’da İnsani İlişkiler ve Ahlaki Hayat</t>
+          <t>İstemenin Esrarı</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>9.72</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9789756503423</t>
+          <t>9799752692526</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Avrupa'da İslam’a Gönül Verenler</t>
+          <t>İslam’ın Papaya Cevabı Tevhit, Tesis ve Kılıç Ekseninde</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>9.26</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9789752697096</t>
+          <t>9786051313429</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>İslam Ülkelerinden Mektup Arkadaşlarım (Ciltli)</t>
+          <t>İslam’ın Altın Çağında İlim</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>9.03</v>
+        <v>30</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9799757055173</t>
+          <t>9789756503911</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihinin Konjonktürel Değişimi</t>
+          <t>İslam’da İnsani İlişkiler ve Ahlaki Hayat</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>7.64</v>
+        <v>9.72</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9789752693074</t>
+          <t>9789756503423</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>İslam Büyüklerinden Gençliğe Sesleniş</t>
+          <t>Avrupa'da İslam’a Gönül Verenler</t>
         </is>
       </c>
       <c r="C613" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786051313559</t>
+          <t>9789752697096</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>İslam Alimlerinden Gençlere Sesleniş</t>
+          <t>İslam Ülkelerinden Mektup Arkadaşlarım (Ciltli)</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>40</v>
+        <v>9.03</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786051314358</t>
+          <t>9799757055173</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>İsimsiz Kitap</t>
+          <t>İslam Tarihinin Konjonktürel Değişimi</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>6.48</v>
+        <v>7.64</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9789757055945</t>
+          <t>9789752693074</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>İntikam</t>
+          <t>İslam Büyüklerinden Gençliğe Sesleniş</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>14.81</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>3990000003672</t>
+          <t>9786051313559</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Semasının Yıldızları</t>
+          <t>İslam Alimlerinden Gençlere Sesleniş</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>7.41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9789757055389</t>
+          <t>9786051314358</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>İnsanlık Ayağa Kalk</t>
+          <t>İsimsiz Kitap</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>30</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9799752692458</t>
+          <t>9789757055945</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığa Adanmış Bir Ömür: Said Nursi’nin Destanlaşan Hizmeti</t>
+          <t>İntikam</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>60</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786051312019</t>
+          <t>3990000003672</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Uyurlar Ölünce Uyanırlar</t>
+          <t>İnsanlık Semasının Yıldızları</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>13.89</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9799752692274</t>
+          <t>9789757055389</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Uçuruma Götüren Sözler</t>
+          <t>İnsanlık Ayağa Kalk</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>17</v>
+        <v>30</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9799752692472</t>
+          <t>9799752692458</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>İnsan Yetiştiren Ağaçlar</t>
+          <t>İnsanlığa Adanmış Bir Ömür: Said Nursi’nin Destanlaşan Hizmeti</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>7.41</v>
+        <v>60</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9789752694613</t>
+          <t>9786051312019</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>İnsan ve Şeytan</t>
+          <t>İnsanlar Uyurlar Ölünce Uyanırlar</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>9</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9799756401643</t>
+          <t>9799752692274</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>İman Hayata Geçince</t>
+          <t>İnsanı Uçuruma Götüren Sözler</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>10</v>
+        <v>17</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9789752692961</t>
+          <t>9799752692472</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>İman Esaslarının İspatı İmanın Altı Şartı</t>
+          <t>İnsan Yetiştiren Ağaçlar</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>11.11</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9789752693616</t>
+          <t>9789752694613</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>İmam-ı Rabbani Hayatı - Mektupları - Mücadelesi</t>
+          <t>İnsan ve Şeytan</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>5.56</v>
+        <v>9</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9789752693883</t>
+          <t>9799756401643</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>İlklerin Annesi Hz. Hatice</t>
+          <t>İman Hayata Geçince</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>8.33</v>
+        <v>10</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9789752698932</t>
+          <t>9789752692961</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>İlimlerin Diliyle Allah</t>
+          <t>İman Esaslarının İspatı İmanın Altı Şartı</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>13.89</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9799752691888</t>
+          <t>9789752693616</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>İkra! Okuma Psikolojisi</t>
+          <t>İmam-ı Rabbani Hayatı - Mektupları - Mücadelesi</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>6.94</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786051311463</t>
+          <t>9789752693883</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>İkindi Zamanı</t>
+          <t>İlklerin Annesi Hz. Hatice</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>10.19</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9789752697737</t>
+          <t>9789752698932</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>İki Sultan İki Kurban</t>
+          <t>İlimlerin Diliyle Allah</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>13</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9789752698802</t>
+          <t>9799752691888</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>İhanetler, Cinsel Sorunlar</t>
+          <t>İkra! Okuma Psikolojisi</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>7.41</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9789752697560</t>
+          <t>9786051311463</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>İffeti Yaşayanlar</t>
+          <t>İkindi Zamanı</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>7.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786051312392</t>
+          <t>9789752697737</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>İffet-i Kalp</t>
+          <t>İki Sultan İki Kurban</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>13.89</v>
+        <v>13</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9799752691499</t>
+          <t>9789752698802</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>İdeal Eğitim</t>
+          <t>İhanetler, Cinsel Sorunlar</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>8.33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9789752693647</t>
+          <t>9789752697560</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>İçtihad Hattında Mevlana ve Bediüzzaman</t>
+          <t>İffeti Yaşayanlar</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>6.48</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9799752691246</t>
+          <t>9786051312392</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Hafız</t>
+          <t>İffet-i Kalp</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>5.56</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9789752697751</t>
+          <t>9799752691499</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>İçimizdeki Gladio ile Yüzleşmek</t>
+          <t>İdeal Eğitim</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>12.96</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9789752697232</t>
+          <t>9789752693647</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Isparta Kahramanları</t>
+          <t>İçtihad Hattında Mevlana ve Bediüzzaman</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>8.33</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9799756401865</t>
+          <t>9799752691246</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Islam Und Aufklarung (İslam ve Aydınlanma)</t>
+          <t>İçimizdeki Hafız</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>8.33</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786051312132</t>
+          <t>9789752697751</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Irmağın Öte Yakası</t>
+          <t>İçimizdeki Gladio ile Yüzleşmek</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9789752696327</t>
+          <t>9789752697232</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Çağrısı Mekke Dönemi (Mavi Kapak)</t>
+          <t>Isparta Kahramanları</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>18.52</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9789752695207</t>
+          <t>9799756401865</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebubekir (r.a.)</t>
+          <t>Islam Und Aufklarung (İslam ve Aydınlanma)</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>14</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9789752699144</t>
+          <t>9786051312132</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Hürrem ve Mihrimah Sultan</t>
+          <t>Irmağın Öte Yakası</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>14</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786051314013</t>
+          <t>9789752696327</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Bir Peygamber</t>
+          <t>Hz. Muhammed’in Çağrısı Mekke Dönemi (Mavi Kapak)</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>11.11</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786051311081</t>
+          <t>9789752695207</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Hünkar Yolu</t>
+          <t>Hz. Ebubekir (r.a.)</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>60</v>
+        <v>14</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9799756503781</t>
+          <t>9789752699144</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kızmayan Öğretmen</t>
+          <t>Hürrem ve Mihrimah Sultan</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>6.02</v>
+        <v>14</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9799758499327</t>
+          <t>9786051314013</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Hicran</t>
+          <t>İçimizden Bir Peygamber</t>
         </is>
       </c>
       <c r="C648" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9799752691925</t>
+          <t>9786051311081</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Hızlı Okuma ile Öğrenme</t>
+          <t>Hünkar Yolu</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>12.96</v>
+        <v>60</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9789752692374</t>
+          <t>9799756503781</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Örnek Aile Hayatıyla Herkesin Öğretmeni Hz. Muhammed (a.s.m.)</t>
+          <t>Hiç Kızmayan Öğretmen</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>12.04</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9789752697256</t>
+          <t>9799758499327</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Örnek Öğretmen</t>
+          <t>Hicran</t>
         </is>
       </c>
       <c r="C651" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9789756401378</t>
+          <t>9799752691925</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Önsözü</t>
+          <t>Hızlı Okuma ile Öğrenme</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>6.67</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9799758499334</t>
+          <t>9789752692374</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Hayatı Aşkla Yaşamak</t>
+          <t>Örnek Aile Hayatıyla Herkesin Öğretmeni Hz. Muhammed (a.s.m.)</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9799756503606</t>
+          <t>9789752697256</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dilekçe</t>
+          <t>Her Yönüyle Örnek Öğretmen</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9789752690523</t>
+          <t>9789756401378</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Hayata Dair Öyküler</t>
+          <t>Hayatın Önsözü</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>11.11</v>
+        <v>6.67</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9789752695511</t>
+          <t>9799758499334</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Hayat Risale-i Nur Bilgelik</t>
+          <t>Hayatı Aşkla Yaşamak</t>
         </is>
       </c>
       <c r="C656" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9799756503576</t>
+          <t>9799756503606</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Herkesin Bir Hikayesi Var</t>
+          <t>Hayata Dilekçe</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>7.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9799754082639</t>
+          <t>9789752690523</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Hanımların Gözüyle Bediüzzaman</t>
+          <t>Hayata Dair Öyküler</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>8.8</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9789752694361</t>
+          <t>9789752695511</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Hanım Sahabeler (Ciltli)</t>
+          <t>Hayat Risale-i Nur Bilgelik</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>30</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9799752690690</t>
+          <t>9799756503576</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Hanım Hanıma Fetvalar</t>
+          <t>Herkesin Bir Hikayesi Var</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>4.63</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9799758499259</t>
+          <t>9799754082639</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Hançer Saplı Yüreğimde</t>
+          <t>Hanımların Gözüyle Bediüzzaman</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>35</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786051313689</t>
+          <t>9789752694361</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Haliliye Mesleği</t>
+          <t>Hanım Sahabeler (Ciltli)</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>7.41</v>
+        <v>30</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9789752696938</t>
+          <t>9799752690690</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Hacca Gittim</t>
+          <t>Hanım Hanıma Fetvalar</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>7</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9799758499853</t>
+          <t>9799758499259</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Güzel Sözler Antolojisi</t>
+          <t>Hançer Saplı Yüreğimde</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>12.04</v>
+        <v>35</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9799757055074</t>
+          <t>9786051313689</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>Güzel Konuşmanın Sırları</t>
+          <t>Haliliye Mesleği</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>12</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9799756401834</t>
+          <t>9789752696938</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Güzel Gören Güzel Düşünür</t>
+          <t>Hacca Gittim</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>10</v>
+        <v>7</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9789756401057</t>
+          <t>9799758499853</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Günümüzden Hizmet Öyküleri</t>
+          <t>Güzel Sözler Antolojisi</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>6.94</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9789752699656</t>
+          <t>9799757055074</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Güney Asya ve Uzak Doğu’da Osmanlı İzleri</t>
+          <t>Güzel Konuşmanın Sırları</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>7.87</v>
+        <v>12</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9799756401018</t>
+          <t>9799756401834</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Güneşe Uçan Kelebek</t>
+          <t>Güzel Gören Güzel Düşünür</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>7.64</v>
+        <v>10</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9789752693272</t>
+          <t>9789756401057</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Gül’ün Goncası Hz. Fatıma</t>
+          <t>Günümüzden Hizmet Öyküleri</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>8.33</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9789757055778</t>
+          <t>9789752699656</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Gülü Koklayamadım</t>
+          <t>Güney Asya ve Uzak Doğu’da Osmanlı İzleri</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>13.89</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9789756503478</t>
+          <t>9799756401018</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Gülü Arayan Adam</t>
+          <t>Güneşe Uçan Kelebek</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>12</v>
+        <v>7.64</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9799756401551</t>
+          <t>9789752693272</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Gülnihal / İlahiler - Kasideler</t>
+          <t>Gül’ün Goncası Hz. Fatıma</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>5.09</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9789752692794</t>
+          <t>9789757055778</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Güller Açarken Gel</t>
+          <t>Gülü Koklayamadım</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>9.26</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9799758499150</t>
+          <t>9789756503478</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Güldeste</t>
+          <t>Gülü Arayan Adam</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>20.37</v>
+        <v>12</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9799752691871</t>
+          <t>9799756401551</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Gül Nesli Hz. Fatıma ve Ehl-i Beyt</t>
+          <t>Gülnihal / İlahiler - Kasideler</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>10.19</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9799756503682</t>
+          <t>9789752692794</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnet Işığında Görgü</t>
+          <t>Güller Açarken Gel</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9789752693425</t>
+          <t>9799758499150</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Gönül Bahçesinde Mevlana</t>
+          <t>Güldeste</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>8.33</v>
+        <v>20.37</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786051310626</t>
+          <t>9799752691871</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Göklerin Kapıları</t>
+          <t>Gül Nesli Hz. Fatıma ve Ehl-i Beyt</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>8.33</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9799752690584</t>
+          <t>9799756503682</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Müfettiş Velidir</t>
+          <t>Kur’an ve Sünnet Işığında Görgü</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>9.26</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9789758499182</t>
+          <t>9789752693425</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Gerçeği Arayan Alman Doktor</t>
+          <t>Gönül Bahçesinde Mevlana</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>25</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9789752698031</t>
+          <t>9786051310626</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Kolay Okunan Hatlı Yasin-i Şerif</t>
+          <t>Göklerin Kapıları</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>30</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786051313733</t>
+          <t>9799752690584</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman’ın Bahadır ve Fedakar Talebesi Mustafa Osman</t>
+          <t>Gerçek Müfettiş Velidir</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>12.04</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9799756503620</t>
+          <t>9789758499182</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzamanca Bakışlar / Bakış Öyküleri</t>
+          <t>Gerçeği Arayan Alman Doktor</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>5.09</v>
+        <v>25</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9789752694170</t>
+          <t>9789752698031</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman ve Siyaset</t>
+          <t>Kolay Okunan Hatlı Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>12.04</v>
+        <v>30</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9789752699281</t>
+          <t>9786051313733</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi</t>
+          <t>Bediüzzaman’ın Bahadır ve Fedakar Talebesi Mustafa Osman</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>11.11</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9799756503897</t>
+          <t>9799756503620</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Batılı Düşünürlerin Gözüyle Said Nursi</t>
+          <t>Bediüzzamanca Bakışlar / Bakış Öyküleri</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>8.8</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9789752695535</t>
+          <t>9789752694170</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Batı Türk’ü Tanıdıkça</t>
+          <t>Bediüzzaman ve Siyaset</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>18.52</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9789752694446</t>
+          <t>9789752699281</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Batı İslam’ı Tanıdıkça</t>
+          <t>Bediüzzaman Said Nursi</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>18.52</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9799757055517</t>
+          <t>9799756503897</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Başkaldırıyorum</t>
+          <t>Batılı Düşünürlerin Gözüyle Said Nursi</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>30</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9789752690493</t>
+          <t>9789752695535</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Başını Vermeyen Şehit</t>
+          <t>Batı Türk’ü Tanıdıkça</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>3.7</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9799758499051</t>
+          <t>9789752694446</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Başarıya Götüren Yol</t>
+          <t>Batı İslam’ı Tanıdıkça</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>13.89</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9789752694460</t>
+          <t>9799757055517</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Başarının Manevi Dinamikleri ve Bediüzzaman</t>
+          <t>Başkaldırıyorum</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>35</v>
+        <v>30</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9799757055821</t>
+          <t>9789752690493</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Başarının 100 Kuralı</t>
+          <t>Başını Vermeyen Şehit</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>6.94</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9789758499571</t>
+          <t>9799758499051</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Yönetimin Sırları</t>
+          <t>Başarıya Götüren Yol</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>7.64</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9789752690165</t>
+          <t>9789752694460</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Başarı İnanç İşidir</t>
+          <t>Başarının Manevi Dinamikleri ve Bediüzzaman</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>13.89</v>
+        <v>35</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9799754081250</t>
+          <t>9799757055821</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Barla’da Diriliş</t>
+          <t>Başarının 100 Kuralı</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>150</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9789752693067</t>
+          <t>9789758499571</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Gerçek Yüzü</t>
+          <t>Başarılı Yönetimin Sırları</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>15.74</v>
+        <v>7.64</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9789752690011</t>
+          <t>9789752690165</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Auf Der Suche Nach Sich Selbst</t>
+          <t>Başarı İnanç İşidir</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>8.33</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9789752699328</t>
+          <t>9799754081250</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Ateşten Yıllar</t>
+          <t>Barla’da Diriliş</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>12.04</v>
+        <v>150</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9789752696426</t>
+          <t>9789752693067</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Atasını Kaybeden Ateist</t>
+          <t>Avrupa’nın Gerçek Yüzü</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>12.96</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9799756503590</t>
+          <t>9789752690011</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Aşkta Yanan Dede</t>
+          <t>Auf Der Suche Nach Sich Selbst</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9789756401071</t>
+          <t>9789752699328</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Aşk İtirafları</t>
+          <t>Ateşten Yıllar</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>6.02</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9789752693258</t>
+          <t>9789752696426</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Aşina Çehreler</t>
+          <t>Atasını Kaybeden Ateist</t>
         </is>
       </c>
       <c r="C704" s="1">
         <v>12.96</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9789752695498</t>
+          <t>9799756503590</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadet’te Ramazan</t>
+          <t>Aşkta Yanan Dede</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>5.56</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9789752697423</t>
+          <t>9789756401071</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadette Derin Fitne</t>
+          <t>Aşk İtirafları</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>14.81</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9789752693500</t>
+          <t>9789752693258</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Ashab-ı Suffe  Peygamber Okulunun Yıldızları (Ciltli)</t>
+          <t>Aşina Çehreler</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>35</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9789752690486</t>
+          <t>9789752695498</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Aradığını Bulan Kadın</t>
+          <t>Asr-ı Saadet’te Ramazan</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>6.48</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9789752697348</t>
+          <t>9789752697423</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Annelik Sanatı</t>
+          <t>Asr-ı Saadette Derin Fitne</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>12.04</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9789752694743</t>
+          <t>9789752693500</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Annelerimiz Ezvac-ı Tahirat</t>
+          <t>Ashab-ı Suffe  Peygamber Okulunun Yıldızları (Ciltli)</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>10.19</v>
+        <v>35</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786051311050</t>
+          <t>9789752690486</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Anne Kucağı Namaz</t>
+          <t>Aradığını Bulan Kadın</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>9</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9799752692519</t>
+          <t>9789752697348</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Aşk ve Esrar Mevlana’dan Hikmetli Sözler</t>
+          <t>Annelik Sanatı</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>8.8</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9789752691025</t>
+          <t>9789752694743</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Anne Babanın Çocuğa Yaklaşımı</t>
+          <t>Annelerimiz Ezvac-ı Tahirat</t>
         </is>
       </c>
       <c r="C713" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9789752697416</t>
+          <t>9786051311050</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Anne Baba Notunuz Kaç?</t>
+          <t>Anne Kucağı Namaz</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>11.11</v>
+        <v>9</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9789752698222</t>
+          <t>9799752692519</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>Altın Sayfalar</t>
+          <t>Aşk ve Esrar Mevlana’dan Hikmetli Sözler</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>12.96</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9789752693326</t>
+          <t>9789752691025</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Allah Dostlarından Yakarışlar</t>
+          <t>Anne Babanın Çocuğa Yaklaşımı</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>7.41</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9789752695863</t>
+          <t>9789752697416</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Ali Ulvi Kurucu</t>
+          <t>Anne Baba Notunuz Kaç?</t>
         </is>
       </c>
       <c r="C717" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9799756503637</t>
+          <t>9789752698222</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Alfya</t>
+          <t>Altın Sayfalar</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>11.11</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9799756503316</t>
+          <t>9789752693326</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Alevilik Sünnilik Meselesi: Risale-i Nur Işığında</t>
+          <t>Allah Dostlarından Yakarışlar</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9789752694828</t>
+          <t>9789752695863</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Aklım Kalbimde Kaldı</t>
+          <t>Ali Ulvi Kurucu</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>8.33</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786051311708</t>
+          <t>9799756503637</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Akıldan Kalbe Yolculuk</t>
+          <t>Alfya</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>10.19</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786051313399</t>
+          <t>9799756503316</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Akıl Kalbi Ararken</t>
+          <t>Alevilik Sünnilik Meselesi: Risale-i Nur Işığında</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>13</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9789752698383</t>
+          <t>9789752694828</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Akıl Ağrısı</t>
+          <t>Aklım Kalbimde Kaldı</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9789754082784</t>
+          <t>9786051311708</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Aileye Özel Fetvalar</t>
+          <t>Akıldan Kalbe Yolculuk</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>8.33</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9789752693494</t>
+          <t>9786051313399</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Ailede Sevgi İletişimi</t>
+          <t>Akıl Kalbi Ararken</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>28</v>
+        <v>13</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9799758499341</t>
+          <t>9789752698383</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Aile Okulu</t>
+          <t>Akıl Ağrısı</t>
         </is>
       </c>
       <c r="C726" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9789752697690</t>
+          <t>9789754082784</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Ahmed Fuad Efendi</t>
+          <t>Aileye Özel Fetvalar</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9799756503804</t>
+          <t>9789752693494</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Ah Şu Eşler</t>
+          <t>Ailede Sevgi İletişimi</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>7.41</v>
+        <v>28</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786051311746</t>
+          <t>9799758499341</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Ah Ahım Günahımdır</t>
+          <t>Aile Okulu</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9799752690683</t>
+          <t>9789752697690</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Ağlama Kızım</t>
+          <t>Ahmed Fuad Efendi</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>7.87</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9789752693401</t>
+          <t>9799756503804</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Ağalar Saltanatı</t>
+          <t>Ah Şu Eşler</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>10.19</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9789752694842</t>
+          <t>9786051311746</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Adnan Menderes</t>
+          <t>Ah Ahım Günahımdır</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>6.48</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9789752694002</t>
+          <t>9799752690683</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Adanmış Giraylar</t>
+          <t>Ağlama Kızım</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>5.56</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9799752690126</t>
+          <t>9789752693401</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Adam Gibi Vali</t>
+          <t>Ağalar Saltanatı</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>12.96</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9789752697089</t>
+          <t>9789752694842</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Adalet Timsali Hz. Ömer</t>
+          <t>Adnan Menderes</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>16.67</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9799754082646</t>
+          <t>9789752694002</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Namaz Tesbihatı ve Türkçe Okunuşu (Ciltli)</t>
+          <t>Adanmış Giraylar</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>20</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>3990000010715</t>
+          <t>9799752690126</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı İslam İlmihali (Ciltli)</t>
+          <t>Adam Gibi Vali</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>17.82</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9799754082271</t>
+          <t>9789752697089</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Dua Kitabı</t>
+          <t>Adalet Timsali Hz. Ömer</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>35</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9799754082684</t>
+          <t>9799754082646</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Açıklamalı Cevşenü’l-Kebir ve Türkçe Okunuşu (Ciltli)</t>
+          <t>Açıklamalı Namaz Tesbihatı ve Türkçe Okunuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>190</v>
+        <v>20</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9789752695856</t>
+          <t>3990000010715</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Abideleriyle Osmanlı İstanbul’u</t>
+          <t>Açıklamalı İslam İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>11.11</v>
+        <v>17.82</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9789752694712</t>
+          <t>9799754082271</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Abdülmecid Nursi’den Dersler</t>
+          <t>Açıklamalı Dua Kitabı</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>70</v>
+        <v>35</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9789752695962</t>
+          <t>9799754082684</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>68 Kuşağı</t>
+          <t>Açıklamalı Cevşenü’l-Kebir ve Türkçe Okunuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>11.11</v>
+        <v>190</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9799756503385</t>
+          <t>9789752695856</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>4 x 4 Dört Dörtlük Hikayeler, İlginç Olaylar, Espriler</t>
+          <t>Abideleriyle Osmanlı İstanbul’u</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>5.09</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9789752698109</t>
+          <t>9789752694712</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>365 Günde İslam</t>
+          <t>Abdülmecid Nursi’den Dersler</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>14.81</v>
+        <v>70</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9789752696365</t>
+          <t>9789752695962</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>21 Adımda Hedef 12</t>
+          <t>68 Kuşağı</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>7.5</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9789752694149</t>
+          <t>9799756503385</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>2037 İsa Mesih Döndü mü?</t>
+          <t>4 x 4 Dört Dörtlük Hikayeler, İlginç Olaylar, Espriler</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>11.11</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9789752698345</t>
+          <t>9789752698109</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>50. Vefat Yıldönümünde Bediüzzaman’ı Yazdılar</t>
+          <t>365 Günde İslam</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>8.33</v>
+        <v>14.81</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9789752694774</t>
+          <t>9789752696365</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>1453: 3 Nisan’dan 29 Mayıs’a Fetih Günlüğü</t>
+          <t>21 Adımda Hedef 12</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>12</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9789752698369</t>
+          <t>9789752694149</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>0002 Plakalı Günler</t>
+          <t>2037 İsa Mesih Döndü mü?</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>9.26</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9789752690530</t>
+          <t>9789752698345</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Zübeyir Abi Nur’a Adanan Bir Ömür</t>
+          <t>50. Vefat Yıldönümünde Bediüzzaman’ı Yazdılar</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9789756401910</t>
+          <t>9789752694774</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Ziya Osman Saba Sevgisi</t>
+          <t>1453: 3 Nisan’dan 29 Mayıs’a Fetih Günlüğü</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>12.5</v>
+        <v>12</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9799756503859</t>
+          <t>9789752698369</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Zirvenin Adımları 33 Altın Kural</t>
+          <t>0002 Plakalı Günler</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>5.56</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9789754081299</t>
+          <t>9789752690530</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Zindanda Şahlanış</t>
+          <t>Zübeyir Abi Nur’a Adanan Bir Ömür</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>15</v>
+        <v>11</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9789752693555</t>
+          <t>9789756401910</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Zihin-Kalp Ekseninde  Davranış Mühendisliği</t>
+          <t>Ziya Osman Saba Sevgisi</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>6.94</v>
+        <v>12.5</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9799758499648</t>
+          <t>9799756503859</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Yürekten Hikayeler</t>
+          <t>Zirvenin Adımları 33 Altın Kural</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>7</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9789757055679</t>
+          <t>9789754081299</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Yürek Seferi</t>
+          <t>Zindanda Şahlanış</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>11.11</v>
+        <v>15</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9789752698826</t>
+          <t>9789752693555</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>Yusuflar, Züleyhalar</t>
+          <t>Zihin-Kalp Ekseninde  Davranış Mühendisliği</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>13</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9789754081275</t>
+          <t>9799758499648</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>Yolumuzu Aydınlatan Işık</t>
+          <t>Yürekten Hikayeler</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>7.41</v>
+        <v>7</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9789754081565</t>
+          <t>9789757055679</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Yolbaşı</t>
+          <t>Yürek Seferi</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>14</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9789752693517</t>
+          <t>9789752698826</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Yıldız ve Ateşböcekleri</t>
+          <t>Yusuflar, Züleyhalar</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>15</v>
+        <v>13</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9799758499914</t>
+          <t>9789754081275</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Yeter Baba!</t>
+          <t>Yolumuzu Aydınlatan Işık</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>7.87</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9799756503712</t>
+          <t>9789754081565</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Melekleri</t>
+          <t>Yolbaşı</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>7.64</v>
+        <v>14</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9799756401841</t>
+          <t>9789752693517</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Doğanlar</t>
+          <t>Yıldız ve Ateşböcekleri</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>9.26</v>
+        <v>15</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9799752692120</t>
+          <t>9799758499914</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış İman Öyküleri</t>
+          <t>Yeter Baba!</t>
         </is>
       </c>
       <c r="C764" s="1">
         <v>7.87</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9799752691680</t>
+          <t>9799756503712</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Hikayelerle Ruh Sağlığını Koruma Yolları</t>
+          <t>Yeryüzü Melekleri</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>8.33</v>
+        <v>7.64</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9789754082326</t>
+          <t>9799756401841</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmamış Anılar</t>
+          <t>Yeniden Doğanlar</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>12</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9799756503392</t>
+          <t>9799752692120</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Bir Avuç Gül Bir Tutam Diken</t>
+          <t>Yaşanmış İman Öyküleri</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>8.33</v>
+        <v>7.87</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786051313986</t>
+          <t>9799752691680</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Yasin-i Şerif</t>
+          <t>Yaşanmış Hikayelerle Ruh Sağlığını Koruma Yolları</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>2.97</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9789752691223</t>
+          <t>9789754082326</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Psikolojisi Kurt Kapanından Huzur Limanına...</t>
+          <t>Yaşanmamış Anılar</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>11.11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9789752690639</t>
+          <t>9799756503392</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Efe</t>
+          <t>Yaşam Bir Avuç Gül Bir Tutam Diken</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>4.63</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9799752692175</t>
+          <t>9786051313986</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Yalın Ayaklı Sultan Bişr-i Hafi</t>
+          <t>Yasin-i Şerif</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>5.56</v>
+        <v>2.97</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9789752698123</t>
+          <t>9789752691223</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Yahudi Psikolojisi</t>
+          <t>Yalnızlık Psikolojisi Kurt Kapanından Huzur Limanına...</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>12.04</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9789752691162</t>
+          <t>9789752690639</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Wer Bist Du? Die Reise des Menschen Sen Kimsin? İnsanın Yolculuğu</t>
+          <t>Yalnız Efe</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>8.33</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9799756401674</t>
+          <t>9799752692175</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Vilayetlerin Sultanlığında Faziletlerin Sultanlığına Osmanlı</t>
+          <t>Yalın Ayaklı Sultan Bişr-i Hafi</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>12.96</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9789758499204</t>
+          <t>9789752698123</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Via Moderna: Yüzyılın Sorgulanması</t>
+          <t>Yahudi Psikolojisi</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>6.02</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>3990000027121</t>
+          <t>9789752691162</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Vasiyet</t>
+          <t>Wer Bist Du? Die Reise des Menschen Sen Kimsin? İnsanın Yolculuğu</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>9.26</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9799752691697</t>
+          <t>9799756401674</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Varlığın Sınırlarında Esrarlı Yolculuk</t>
+          <t>Vilayetlerin Sultanlığında Faziletlerin Sultanlığına Osmanlı</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>8.33</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9789757055488</t>
+          <t>9789758499204</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Üzüntüsüz Yaşamak</t>
+          <t>Via Moderna: Yüzyılın Sorgulanması</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>20</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9789752690721</t>
+          <t>3990000027121</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Sınavını Nasıl Kazandım?</t>
+          <t>Vasiyet</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>8.33</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9789752693982</t>
+          <t>9799752691697</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Üç Bilal</t>
+          <t>Varlığın Sınırlarında Esrarlı Yolculuk</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>6.94</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786051313412</t>
+          <t>9789757055488</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yürüyüş</t>
+          <t>Üzüntüsüz Yaşamak</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>9.26</v>
+        <v>20</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9799752690614</t>
+          <t>9789752690721</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Edebiyatçılarımız</t>
+          <t>Üniversite Sınavını Nasıl Kazandım?</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>11.11</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9789752690875</t>
+          <t>9789752693982</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Uhud’da Hamza Olmak Şehitlerin Efendisi Hz. Hamza (r.a)</t>
+          <t>Üç Bilal</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>8.33</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786051311036</t>
+          <t>9786051313412</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Ufuktaki Müjde</t>
+          <t>Uzun Yürüyüş</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>6.48</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9789752696587</t>
+          <t>9799752690614</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve İslam Dünyasında Gündem</t>
+          <t>Unutulmayan Edebiyatçılarımız</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>12.96</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9799756401698</t>
+          <t>9789752690875</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşünürlerin Gözüyle Said Nursi</t>
+          <t>Uhud’da Hamza Olmak Şehitlerin Efendisi Hz. Hamza (r.a)</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>12.04</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9799754080468</t>
+          <t>9786051311036</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Tuzak</t>
+          <t>Ufuktaki Müjde</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>50</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9789752693623</t>
+          <t>9789752696587</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Yahya Kemal Hayatı / Sanatı / Eserleri</t>
+          <t>Türkiye ve İslam Dünyasında Gündem</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>5.56</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9799754082806</t>
+          <t>9799756401698</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Topal Kasırga</t>
+          <t>Türk Düşünürlerin Gözüyle Said Nursi</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>50</v>
+        <v>12.04</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>3990000029059</t>
+          <t>9799754080468</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Tevekkül mü? Tembellik mi?</t>
+          <t>Tuzak</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>7.41</v>
+        <v>50</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786051313696</t>
+          <t>9789752693623</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Tevbeyi Yaşayanlar</t>
+          <t>Yahya Kemal Hayatı / Sanatı / Eserleri</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>90</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9789752695078</t>
+          <t>9799754082806</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Tecvidli Kur’an Elifbası</t>
+          <t>Topal Kasırga</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>35</v>
+        <v>50</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>3990000038749</t>
+          <t>3990000029059</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Tatbikli Namaz Rehberi</t>
+          <t>Tevekkül mü? Tembellik mi?</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>8.33</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9789752690189</t>
+          <t>9786051313696</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Taşla Konuşan Deha: Mimar Sinan</t>
+          <t>Tevbeyi Yaşayanlar</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>7.41</v>
+        <v>90</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9799752691963</t>
+          <t>9789752695078</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Tarihin Sarıkamış Duruşması</t>
+          <t>Tecvidli Kur’an Elifbası</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>13.89</v>
+        <v>35</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9789752693968</t>
+          <t>3990000038749</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizin Güler Yüzü</t>
+          <t>Tatbikli Namaz Rehberi</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>13.89</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9789752693456</t>
+          <t>9789752690189</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Tarihe Mal Olmuş Popüler Sözler</t>
+          <t>Taşla Konuşan Deha: Mimar Sinan</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>9.26</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786051312958</t>
+          <t>9799752691963</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Tarih Aynasında Ziya Gökalp</t>
+          <t>Tarihin Sarıkamış Duruşması</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>9</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9799756503019</t>
+          <t>9789752693968</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyeleri</t>
+          <t>Tarihimizin Güler Yüzü</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>7.64</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786051312644</t>
+          <t>9789752693456</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Şükrün ve Sevginin İfadesi Namaz</t>
+          <t>Tarihe Mal Olmuş Popüler Sözler</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>7.41</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9789754080452</t>
+          <t>9786051312958</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Şirpençe</t>
+          <t>Tarih Aynasında Ziya Gökalp</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>240</v>
+        <v>9</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9789752697102</t>
+          <t>9799756503019</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Şeytanı Ağlatma Vakti</t>
+          <t>Tapınak Şövalyeleri</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>11.11</v>
+        <v>7.64</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9799758499907</t>
+          <t>9786051312644</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Şeytan Cinler ve Satanizm</t>
+          <t>Şükrün ve Sevginin İfadesi Namaz</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>10.19</v>
+        <v>7.41</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9789752697911</t>
+          <t>9789754080452</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Şempanze Çocuklar</t>
+          <t>Şirpençe</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>5.56</v>
+        <v>240</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9789752695108</t>
+          <t>9789752697102</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Şefkat In Şiddet Out</t>
+          <t>Şimdi Şeytanı Ağlatma Vakti</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>6.94</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9789752691285</t>
+          <t>9799758499907</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Şark Kızı</t>
+          <t>Şeytan Cinler ve Satanizm</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>30</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786051311043</t>
+          <t>9789752697911</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Sürgün Sultan</t>
+          <t>Şempanze Çocuklar</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>9.26</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9789756401422</t>
+          <t>9789752695108</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin Dindeki Yeri</t>
+          <t>Şefkat In Şiddet Out</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>5.09</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9789752697904</t>
+          <t>9789752691285</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Surları Aşan Müjde Fatih</t>
+          <t>Şark Kızı</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>12.96</v>
+        <v>30</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>3990000003783</t>
+          <t>9786051311043</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Sunguroğlu Kaçırılan Prenses</t>
+          <t>Sürgün Sultan</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>6.94</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9799756503217</t>
+          <t>9789756401422</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Sunguroğlu Çalınan Hazine</t>
+          <t>Sünnetin Dindeki Yeri</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>50</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9789752693296</t>
+          <t>9789752697904</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülaziz Beyaz Atlının Ölümü</t>
+          <t>Surları Aşan Müjde Fatih</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>10.65</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786051311739</t>
+          <t>3990000003783</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Sufi: Bir Aşk Yolcusu</t>
+          <t>Sunguroğlu Kaçırılan Prenses</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>35</v>
+        <v>6.94</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9789752691674</t>
+          <t>9799756503217</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Sözlerin ve Renklerin Gizemi</t>
+          <t>Sunguroğlu Çalınan Hazine</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>7.64</v>
+        <v>50</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9799756503187</t>
+          <t>9789752693296</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Sökeli Cafer Efe</t>
+          <t>Sultan Abdülaziz Beyaz Atlının Ölümü</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>18.52</v>
+        <v>10.65</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9789752697027</t>
+          <t>9786051311739</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Kaderin Şifreleri</t>
+          <t>Sufi: Bir Aşk Yolcusu</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9789752692947</t>
+          <t>9789752691674</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Son Şahitler Bediüzzaman Said Nursi’yi Anlatıyor 6. Kitap</t>
+          <t>Sözlerin ve Renklerin Gizemi</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>35</v>
+        <v>7.64</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9799754082370</t>
+          <t>9799756503187</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Son Şahitler Bediüzzaman Said Nursi’yi Anlatıyor 3. Kitap</t>
+          <t>Sökeli Cafer Efe</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>30</v>
+        <v>18.52</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9799754082363</t>
+          <t>9789752697027</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Son Şahitler Bediüzzaman Said Nursi’yi Anlatıyor 2. Kitap</t>
+          <t>Sorularla Kaderin Şifreleri</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>30</v>
+        <v>10</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9799754082356</t>
+          <t>9789752692947</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Son Şahitler Bediüzzaman Said Nursi’yi Anlatıyor 1. Kitap</t>
+          <t>Son Şahitler Bediüzzaman Said Nursi’yi Anlatıyor 6. Kitap</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>230</v>
+        <v>35</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9789752698765</t>
+          <t>9799754082370</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Son Sığınak Aile</t>
+          <t>Son Şahitler Bediüzzaman Said Nursi’yi Anlatıyor 3. Kitap</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>50</v>
+        <v>30</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9799752690102</t>
+          <t>9799754082363</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Son Secde</t>
+          <t>Son Şahitler Bediüzzaman Said Nursi’yi Anlatıyor 2. Kitap</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>5.09</v>
+        <v>30</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9789752698321</t>
+          <t>9799754082356</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Son Osmanlı Vahdeddin</t>
+          <t>Son Şahitler Bediüzzaman Said Nursi’yi Anlatıyor 1. Kitap</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>9.26</v>
+        <v>230</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9789752696013</t>
+          <t>9789752698765</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Son İmparator</t>
+          <t>Son Sığınak Aile</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>60</v>
+        <v>50</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9799754082349</t>
+          <t>9799752690102</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Son Şahitler Bediüzzaman Said Nursi’yi Anlatıyor 4. Kitap</t>
+          <t>Son Secde</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>35</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9799754082301</t>
+          <t>9789752698321</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Baskın</t>
+          <t>Son Osmanlı Vahdeddin</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>50</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786051834405</t>
+          <t>9789752696013</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Sultan-ı Cihan Abdülhamid Han</t>
+          <t>Son İmparator</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>230</v>
+        <v>60</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786051832883</t>
+          <t>9799754082349</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Yakıcı Sözler</t>
+          <t>Son Şahitler Bediüzzaman Said Nursi’yi Anlatıyor 4. Kitap</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>17</v>
+        <v>35</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786051627120</t>
+          <t>9799754082301</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Korkma Sönmez!</t>
+          <t>Baskın</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>14</v>
+        <v>50</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9796051831724</t>
+          <t>9786051834405</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Kahramanım Yunus Emre - Kahraman Avcısı Kerem 5 (Ciltli)</t>
+          <t>Sultan-ı Cihan Abdülhamid Han</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>30</v>
+        <v>230</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9799752691314</t>
+          <t>9786051832883</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Beni Kim Anlayacak? - Sevgi Yumağı Dizisi 2</t>
+          <t>Yakıcı Sözler</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>2</v>
+        <v>17</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9799752691369</t>
+          <t>9786051627120</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Havucu Kim Yiyecek? - Sevgi Yumağı Dizisi 8</t>
+          <t>Korkma Sönmez!</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>2</v>
+        <v>14</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9789752694347</t>
+          <t>9796051831724</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Zümrüdü Anka Empatileri</t>
+          <t>Kahramanım Yunus Emre - Kahraman Avcısı Kerem 5 (Ciltli)</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>9.26</v>
+        <v>30</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786051832609</t>
+          <t>9799752691314</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Karakter Eğitimi (5 Kitap Kutulu)</t>
+          <t>Beni Kim Anlayacak? - Sevgi Yumağı Dizisi 2</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>130</v>
+        <v>2</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786051837796</t>
+          <t>9799752691369</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Tövbe Kitabı</t>
+          <t>Havucu Kim Yiyecek? - Sevgi Yumağı Dizisi 8</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>170</v>
+        <v>2</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786051837819</t>
+          <t>9789752694347</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Tahta Mektup</t>
+          <t>Zümrüdü Anka Empatileri</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>180</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786051837802</t>
+          <t>9786051832609</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Korku ve Ümit</t>
+          <t>Masallarla Karakter Eğitimi (5 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9789752697638</t>
+          <t>9786051837796</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur'da Felsefe Eleştirisi</t>
+          <t>Tövbe Kitabı</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>9.26</v>
+        <v>170</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786051626420</t>
+          <t>9786051837819</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Resulullah'ın (a.s.m.) Sofrası</t>
+          <t>Tahta Mektup</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>19</v>
+        <v>180</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9789752696952</t>
+          <t>9786051837802</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Karanlıktan Nur'a Hatıralarım</t>
+          <t>Korku ve Ümit</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>11.11</v>
+        <v>140</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9789752697584</t>
+          <t>9789752697638</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Çağrı</t>
+          <t>Risale-i Nur'da Felsefe Eleştirisi</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>10.19</v>
+        <v>9.26</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786051836331</t>
+          <t>9786051626420</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Renkleri Keşfet - Stresi Azaltma Sanatı</t>
+          <t>Resulullah'ın (a.s.m.) Sofrası</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>120</v>
+        <v>19</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786051837765</t>
+          <t>9789752696952</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar Anneleri ve Babaları Büyütür</t>
+          <t>Karanlıktan Nur'a Hatıralarım</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>220</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786051837772</t>
+          <t>9789752697584</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Ailede Sevgi Sohbetleri</t>
+          <t>İslam'a Çağrı</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>290</v>
+        <v>10.19</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786051837789</t>
+          <t>9786051836331</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Vayt Çaklıt Moda</t>
+          <t>Gizemli Renkleri Keşfet - Stresi Azaltma Sanatı</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9789757055150</t>
+          <t>9786051837765</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Vesvese (Sebepleri ve Kurtuluş Yolları)</t>
+          <t>Çocuklar Anneleri ve Babaları Büyütür</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786051837758</t>
+          <t>9786051837772</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>İhyau Ulumi'd-Din</t>
+          <t>Ailede Sevgi Sohbetleri</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786051837734</t>
+          <t>9786051837789</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Kötülüğü</t>
+          <t>Vayt Çaklıt Moda</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786051837741</t>
+          <t>9789757055150</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>İmam Azam Ebu Hanife</t>
+          <t>Vesvese (Sebepleri ve Kurtuluş Yolları)</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786051837710</t>
+          <t>9786051837758</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Anne Babalık Yolculuğunda Sabırsızlıkla Korkuyla, Kibirle ve Acziyetle Yüzleşmek</t>
+          <t>İhyau Ulumi'd-Din</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786051837727</t>
+          <t>9786051837734</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Bir Soru(n)dan Fazlası</t>
+          <t>Dünyanın Kötülüğü</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786051837673</t>
+          <t>9786051837741</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ebu Bekir</t>
+          <t>İmam Azam Ebu Hanife</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786051837680</t>
+          <t>9786051837710</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ömer</t>
+          <t>Anne Babalık Yolculuğunda Sabırsızlıkla Korkuyla, Kibirle ve Acziyetle Yüzleşmek</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786051837697</t>
+          <t>9786051837727</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Hz. Osman</t>
+          <t>Bir Soru(n)dan Fazlası</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786051837703</t>
+          <t>9786051837673</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali</t>
+          <t>Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C855" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786051837666</t>
+          <t>9786051837680</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse</t>
+          <t>Hz. Ömer</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786051837659</t>
+          <t>9786051837697</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Şifa ve Esmaü’l-Hüsna ile Dua</t>
+          <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786051837635</t>
+          <t>9786051837703</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Öfkenin Afetleri</t>
+          <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786051837642</t>
+          <t>9786051837666</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Mesajları</t>
+          <t>Hiç Kimse</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786051833842</t>
+          <t>9786051837659</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Ağabeyler Anlatıyor 7</t>
+          <t>Şifa ve Esmaü’l-Hüsna ile Dua</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9789752694699</t>
+          <t>9786051837635</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Ağabeyler Anlatıyor 2</t>
+          <t>Öfkenin Afetleri</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786051837611</t>
+          <t>9786051837642</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevda Öğretmen’in Gücü</t>
+          <t>Gençlik Mesajları</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9799752691284</t>
+          <t>9786051833842</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Şark Kızı</t>
+          <t>Ağabeyler Anlatıyor 7</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9789754081084</t>
+          <t>9789752694699</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Ağabeyler Anlatıyor 2</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9799758499808</t>
+          <t>9786051837611</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Aşk Böyle Yaşanır</t>
+          <t>Bir Sevda Öğretmen’in Gücü</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9789754081657</t>
+          <t>9799752691284</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan Adam</t>
+          <t>Şark Kızı</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786051837604</t>
+          <t>9789754081084</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Hadi Balkona Çıkalım</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786051837598</t>
+          <t>9799758499808</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Esselamü Aleyküm Pekin!</t>
+          <t>Aşk Böyle Yaşanır</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786051837574</t>
+          <t>9789754081657</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Kafamda Sesler Var</t>
+          <t>Kendini Arayan Adam</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>170</v>
+        <v>140</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786051837550</t>
+          <t>9786051837604</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Dil Belası</t>
+          <t>Hadi Balkona Çıkalım</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786051837581</t>
+          <t>9786051837598</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Mahkum</t>
+          <t>Esselamü Aleyküm Pekin!</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786051837567</t>
+          <t>9786051837574</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>152 Gün</t>
+          <t>Kafamda Sesler Var</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786051623115</t>
+          <t>9786051837550</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Bir Aşk</t>
+          <t>Dil Belası</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786051621975</t>
+          <t>9786051837581</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Zengin Olmanın Manevi Şifreleri</t>
+          <t>Mahkum</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786051831039</t>
+          <t>9786051837567</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Üç Yusuf Üç Rüya Üç Gömlek</t>
+          <t>152 Gün</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786051629971</t>
+          <t>9786051623115</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Sesleniyor</t>
+          <t>Kutlu Bir Aşk</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786051835778</t>
+          <t>9786051621975</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>İçinizdeki Dostu Keşfedin</t>
+          <t>Zengin Olmanın Manevi Şifreleri</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786051837529</t>
+          <t>9786051831039</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Kafayı Yemeden Yaşama Sanatı</t>
+          <t>Üç Yusuf Üç Rüya Üç Gömlek</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786051837536</t>
+          <t>9786051629971</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Formda Anneler ve Sağlıklı Bebekler</t>
+          <t>Çanakkale Sesleniyor</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786051837543</t>
+          <t>9786051835778</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Fırıncı Ağabey</t>
+          <t>İçinizdeki Dostu Keşfedin</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786051837499</t>
+          <t>9786051837529</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Fatih Duman Romanları (8 Kitap)</t>
+          <t>Kafayı Yemeden Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>1950</v>
+        <v>190</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786051837512</t>
+          <t>9786051837536</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Meczup</t>
+          <t>Formda Anneler ve Sağlıklı Bebekler</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786051836898</t>
+          <t>9786051837543</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Ene (Ciltli)</t>
+          <t>Fırıncı Ağabey</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>390</v>
+        <v>240</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786051837505</t>
+          <t>9786051837499</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan Adam</t>
+          <t>Fatih Duman Romanları (8 Kitap)</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>160</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786051837475</t>
+          <t>9786051837512</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi</t>
+          <t>Meczup</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786051837482</t>
+          <t>9786051836898</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Teselli Arayışı</t>
+          <t>Ene (Ciltli)</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786051833477</t>
+          <t>9786051837505</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin (a.s.m) Ramazanı</t>
+          <t>Kendini Arayan Adam</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9789752691810</t>
+          <t>9786051837475</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Son Umut</t>
+          <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786051837444</t>
+          <t>9786051837482</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Ben Nefsimi Temize Çıkarmam</t>
+          <t>Teselli Arayışı</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786051837451</t>
+          <t>9786051833477</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Hatıralarla Necip Fazıl</t>
+          <t>Peygamberin (a.s.m) Ramazanı</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9789757055990</t>
+          <t>9789752691810</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Düzceli Mehmet</t>
+          <t>Son Umut</t>
         </is>
       </c>
       <c r="C891" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786051837468</t>
+          <t>9786051837444</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Malazgirt'te Bir Cuma Sabahı</t>
+          <t>Ben Nefsimi Temize Çıkarmam</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786051837420</t>
+          <t>9786051837451</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Aşk Böyle Yaşanır</t>
+          <t>Gençler İçin Hatıralarla Necip Fazıl</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>160</v>
+        <v>390</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786051837413</t>
+          <t>9789757055990</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Şark Kızı</t>
+          <t>Düzceli Mehmet</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786051837390</t>
+          <t>9786051837468</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Kuyu</t>
+          <t>Malazgirt'te Bir Cuma Sabahı</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786051837406</t>
+          <t>9786051837420</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Musibet</t>
+          <t>Aşk Böyle Yaşanır</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786051837352</t>
+          <t>9786051837413</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Bir Ömür Bir Yastıkta</t>
+          <t>Şark Kızı</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786051837338</t>
+          <t>9786051837390</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Anne Sözü</t>
+          <t>Kuyu</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786051837345</t>
+          <t>9786051837406</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Okumak Nedir? - Okumayı Okumak</t>
+          <t>Musibet</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786051837321</t>
+          <t>9786051837352</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Deprem Gecesinde Büyük Sır</t>
+          <t>Bir Ömür Bir Yastıkta</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786051837314</t>
+          <t>9786051837338</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Asa</t>
+          <t>Anne Sözü</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786051837284</t>
+          <t>9786051837345</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Mecburen Atatürkçü</t>
+          <t>Okumak Nedir? - Okumayı Okumak</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786051837291</t>
+          <t>9786051837321</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Seher Vakti Uyanmak</t>
+          <t>Deprem Gecesinde Büyük Sır</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786051837260</t>
+          <t>9786051837314</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Hasılı</t>
+          <t>Asa</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786051837277</t>
+          <t>9786051837284</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Beyaz At</t>
+          <t>Mecburen Atatürkçü</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786051837246</t>
+          <t>9786051837291</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Zarife</t>
+          <t>Seher Vakti Uyanmak</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786051837253</t>
+          <t>9786051837260</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Zarafetname - Seven Onarmak İster</t>
+          <t>Hasılı</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786051837239</t>
+          <t>9786051837277</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Allah Her Yerde</t>
+          <t>Beyaz At</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786051837222</t>
+          <t>9786051837246</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Çikolata Çocuk</t>
+          <t>Zarife</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786051837215</t>
+          <t>9786051837253</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Heybe</t>
+          <t>Zarafetname - Seven Onarmak İster</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786051837208</t>
+          <t>9786051837239</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Peygamberimizin Hayatı</t>
+          <t>Allah Her Yerde</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786051837192</t>
+          <t>9786051837222</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Babacığım Anneciğim Bana Dinimi Sevdir</t>
+          <t>Çikolata Çocuk</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786051837185</t>
+          <t>9786051837215</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Allah Beni de Affeder mi?</t>
+          <t>Heybe</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786051837178</t>
+          <t>9786051837208</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlik Yüreklere Dokunmaktır</t>
+          <t>Gençler İçin Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786051837154</t>
+          <t>9786051837192</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Renk</t>
+          <t>Babacığım Anneciğim Bana Dinimi Sevdir</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786051837123</t>
+          <t>9786051837185</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Kalbini Temiz Tut</t>
+          <t>Allah Beni de Affeder mi?</t>
         </is>
       </c>
       <c r="C916" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786051837161</t>
+          <t>9786051837178</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Yaşanmış Örneklerle Hayat Dersleri</t>
+          <t>Öğretmenlik Yüreklere Dokunmaktır</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786051837116</t>
+          <t>9786051837154</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Bu Dünya İçin Yaratılmadın</t>
+          <t>Kayıp Renk</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786051837130</t>
+          <t>9786051837123</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Allah Her Şeyi Bilir</t>
+          <t>Kalbini Temiz Tut</t>
         </is>
       </c>
       <c r="C919" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786051837055</t>
+          <t>9786051837161</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Farklılıklarımızla Mutluyuz</t>
+          <t>Yaşanmış Örneklerle Hayat Dersleri</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786051837109</t>
+          <t>9786051837116</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Tarih Bunu da Yazsın</t>
+          <t>Bu Dünya İçin Yaratılmadın</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786051837086</t>
+          <t>9786051837130</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Geçmişimi Yaktım Geldim</t>
+          <t>Allah Her Şeyi Bilir</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786051837079</t>
+          <t>9786051837055</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>İki Dünya Arasında</t>
+          <t>Farklılıklarımızla Mutluyuz</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786051837062</t>
+          <t>9786051837109</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Nakkaş</t>
+          <t>Tarih Bunu da Yazsın</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786051837048</t>
+          <t>9786051837086</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Eşlerin El Kitabı</t>
+          <t>Geçmişimi Yaktım Geldim</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786051837024</t>
+          <t>9786051837079</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Ahi</t>
+          <t>İki Dünya Arasında</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786051836928</t>
+          <t>9786051837062</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Benim Özelim</t>
+          <t>Nakkaş</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786051831497</t>
+          <t>9786051837048</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Esma-i Hüsna ile Çocuk Terbiyesi</t>
+          <t>Mutlu Eşlerin El Kitabı</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786051834016</t>
+          <t>9786051837024</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Avrupa İnsan Hakları Mahkemesi’nden Risale-i Nur’lara Beraat</t>
+          <t>Ahi</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9789754082708</t>
+          <t>9786051836928</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Risale i Nur Külliyatı İndex ve Fihristi (Büyük Boy) (Ciltli)</t>
+          <t>Benim Özelim</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9789754082494</t>
+          <t>9786051831497</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Risalei Nur Külliyatı 2 (Ciltli)</t>
+          <t>Esma-i Hüsna ile Çocuk Terbiyesi</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786051833293</t>
+          <t>9786051834016</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Dersler Aramızı Bozamaz</t>
+          <t>Avrupa İnsan Hakları Mahkemesi’nden Risale-i Nur’lara Beraat</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786051835761</t>
+          <t>9789754082708</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Okul Öncesinde İlkokula: Büyüme Macerasında Altın Eşik</t>
+          <t>Risale i Nur Külliyatı İndex ve Fihristi (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C933" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9789757055969</t>
+          <t>9789754082494</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Yunus Emre</t>
+          <t>Risalei Nur Külliyatı 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>390</v>
+        <v>800</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9789758499212</t>
+          <t>9786051833293</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Mehmed Akif</t>
+          <t>Dersler Aramızı Bozamaz</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786051837017</t>
+          <t>9786051835761</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Kıs(s)a Yol</t>
+          <t>Okul Öncesinde İlkokula: Büyüme Macerasında Altın Eşik</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786051837000</t>
+          <t>9789757055969</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Kendimden Uzaklaşıyorum Sonra Tekrar Kendime Kavuşuyorum</t>
+          <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786051834252</t>
+          <t>9789758499212</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Sena - Bana Allah Yeter</t>
+          <t>Mehmed Akif</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786051836041</t>
+          <t>9786051837017</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Ne Acayip Şeyler Olmuş</t>
+          <t>Kıs(s)a Yol</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786051836997</t>
+          <t>9786051837000</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’da Anne Baba Okulu</t>
+          <t>Kendimden Uzaklaşıyorum Sonra Tekrar Kendime Kavuşuyorum</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786051836980</t>
+          <t>9786051834252</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Medeniyet Tasavvuru</t>
+          <t>Benim Adım Sena - Bana Allah Yeter</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786051836942</t>
+          <t>9786051836041</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Kalbin Sırları</t>
+          <t>Ne Acayip Şeyler Olmuş</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786051836966</t>
+          <t>9786051836997</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Evliliğimi Nasıl Kurtarırım ?</t>
+          <t>Kur’an’da Anne Baba Okulu</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786051836973</t>
+          <t>9786051836980</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumu Nasıl Anlarım ?</t>
+          <t>Medeniyet Tasavvuru</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786051836959</t>
+          <t>9786051836942</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Allah İçin Sevmek</t>
+          <t>Kalbin Sırları</t>
         </is>
       </c>
       <c r="C945" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786051836911</t>
+          <t>9786051836966</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Üzüm Buğusu</t>
+          <t>Evliliğimi Nasıl Kurtarırım ?</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786051836904</t>
+          <t>9786051836973</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Geçecek</t>
+          <t>Çocuğumu Nasıl Anlarım ?</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786051836935</t>
+          <t>9786051836959</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Arayış Soruları</t>
+          <t>Allah İçin Sevmek</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786051836850</t>
+          <t>9786051836911</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Seyda</t>
+          <t>Üzüm Buğusu</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786051836874</t>
+          <t>9786051836904</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Duam Neden Kabul Olmuyor?</t>
+          <t>Geçecek</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786051836881</t>
+          <t>9786051836935</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Ya Da Bir Günden Daha Az</t>
+          <t>Arayış Soruları</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786051836867</t>
+          <t>9786051836850</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Ben Rabia</t>
+          <t>Asr-ı Seyda</t>
         </is>
       </c>
       <c r="C952" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786051836843</t>
+          <t>9786051836874</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Aile Hayatımızda Peygamberimiz</t>
+          <t>Duam Neden Kabul Olmuyor?</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786051836324</t>
+          <t>9786051836881</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Dünyana Renk Kat - Stresi Azaltma Sanatı</t>
+          <t>Bir Gün Ya Da Bir Günden Daha Az</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786051836348</t>
+          <t>9786051836867</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Hayatın Renkleri - Stresi Azaltma Sanatı</t>
+          <t>Ben Rabia</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786051836317</t>
+          <t>9786051836843</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Kendi Rengini Seç - Stresi Azaltma Sanatı</t>
+          <t>Aile Hayatımızda Peygamberimiz</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786051836201</t>
+          <t>9786051836324</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Çocuğum İlkokula Hazır Mı?</t>
+          <t>Dünyana Renk Kat - Stresi Azaltma Sanatı</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>750</v>
+        <v>120</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786051836089</t>
+          <t>9786051836348</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>9 Ay 99 Dua</t>
+          <t>Hayatın Renkleri - Stresi Azaltma Sanatı</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786051833286</t>
+          <t>9786051836317</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Bi’ Tarihi Var - 2</t>
+          <t>Kendi Rengini Seç - Stresi Azaltma Sanatı</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786051833279</t>
+          <t>9786051836201</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Bi’ Tarihi Var - 1</t>
+          <t>Çocuğum İlkokula Hazır Mı?</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>130</v>
+        <v>750</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786051836010</t>
+          <t>9786051836089</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur’da Usul Kaideleri, Şer’i Istılah ve Tarifler (Ciltli)</t>
+          <t>9 Ay 99 Dua</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>800</v>
+        <v>200</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786051836027</t>
+          <t>9786051833286</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Ağabeyler Anlatıyor 8</t>
+          <t>Her Şeyin Bi’ Tarihi Var - 2</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>450</v>
+        <v>130</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786051835983</t>
+          <t>9786051833279</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Ötekiler - İntikam Ateşi</t>
+          <t>Her Şeyin Bi’ Tarihi Var - 1</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786051836003</t>
+          <t>9786051836010</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Arzuhal</t>
+          <t>Risale-i Nur’da Usul Kaideleri, Şer’i Istılah ve Tarifler (Ciltli)</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>390</v>
+        <v>800</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786051836034</t>
+          <t>9786051836027</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’yla Dertleri Ne?</t>
+          <t>Ağabeyler Anlatıyor 8</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>190</v>
+        <v>450</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786051832562</t>
+          <t>9786051835983</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Türk Piramitleri</t>
+          <t>Ötekiler - İntikam Ateşi</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786051833255</t>
+          <t>9786051836003</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Ruh Ziynetleri</t>
+          <t>Arzuhal</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>170</v>
+        <v>390</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786051835976</t>
+          <t>9786051836034</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'nın Derdi Ne?</t>
+          <t>Osmanlı’yla Dertleri Ne?</t>
         </is>
       </c>
       <c r="C968" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786051833910</t>
+          <t>9786051832562</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Şeyh Şamil - Kafkas Kartalı</t>
+          <t>Türk Piramitleri</t>
         </is>
       </c>
       <c r="C969" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786051835792</t>
+          <t>9786051833255</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Lal</t>
+          <t>Ruh Ziynetleri</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786051835808</t>
+          <t>9786051835976</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Cenazene Mahalle Bakkalı Gelir</t>
+          <t>Osmanlı'nın Derdi Ne?</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786051835785</t>
+          <t>9786051833910</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>O Balonda Babamın Nefesi Var</t>
+          <t>Şeyh Şamil - Kafkas Kartalı</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9789752696464</t>
+          <t>9786051835792</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Mesnevi-i Nuriye (Ciltli)</t>
+          <t>Lal</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786051833491</t>
+          <t>9786051835808</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Affet Beni Allah’ım</t>
+          <t>Cenazene Mahalle Bakkalı Gelir</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786051833453</t>
+          <t>9786051835785</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Yasaksız Diyet</t>
+          <t>O Balonda Babamın Nefesi Var</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786051833460</t>
+          <t>9789752696464</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Tozkoparan</t>
+          <t>Mesnevi-i Nuriye (Ciltli)</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786051835730</t>
+          <t>9786051833491</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Dağıldık Allah’ım Sen Topla Bizi</t>
+          <t>Affet Beni Allah’ım</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786051835747</t>
+          <t>9786051833453</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Efsaneleri</t>
+          <t>Yasaksız Diyet</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786051833446</t>
+          <t>9786051833460</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Ötekiler - Tılsımın Ateşi</t>
+          <t>Tozkoparan</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786051835723</t>
+          <t>9786051835730</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Anaokuluna İlk Adım</t>
+          <t>Dağıldık Allah’ım Sen Topla Bizi</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786051835433</t>
+          <t>9786051835747</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Peygamberin İzinde Dört Halife (Ciltli)</t>
+          <t>Anadolu Efsaneleri</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>600</v>
+        <v>160</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786051834023</t>
+          <t>9786051833446</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Bizcesi</t>
+          <t>Ötekiler - Tılsımın Ateşi</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786051834009</t>
+          <t>9786051835723</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Börü Pençesi</t>
+          <t>Anaokuluna İlk Adım</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786051835587</t>
+          <t>9786051835433</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Kimin Fanıyım ?</t>
+          <t>Peygamberin İzinde Dört Halife (Ciltli)</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786051835549</t>
+          <t>9786051834023</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Ayn Şın Kaf</t>
+          <t>İletişimin Bizcesi</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>650</v>
+        <v>100</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786051835563</t>
+          <t>9786051834009</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’den Cennete</t>
+          <t>Börü Pençesi</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786051835518</t>
+          <t>9786051835587</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Sol Yanım Acıyor Anne</t>
+          <t>Kimin Fanıyım ?</t>
         </is>
       </c>
       <c r="C987" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786051835532</t>
+          <t>9786051835549</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Evlenmeden Önce Böyle Değildin</t>
+          <t>Ayn Şın Kaf</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786051835525</t>
+          <t>9786051835563</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Karşı Köyün Delisi</t>
+          <t>Çanakkale’den Cennete</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786051835464</t>
+          <t>9786051835518</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Hali</t>
+          <t>Sol Yanım Acıyor Anne</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786051835471</t>
+          <t>9786051835532</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Kuzgun ve Devlet</t>
+          <t>Evlenmeden Önce Böyle Değildin</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786051835440</t>
+          <t>9786051835525</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Ama</t>
+          <t>Karşı Köyün Delisi</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786051835457</t>
+          <t>9786051835464</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Kışın Ardı Bahardır</t>
+          <t>Çocukluk Hali</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786051835396</t>
+          <t>9786051835471</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Zebun</t>
+          <t>Kuzgun ve Devlet</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9789752693593</t>
+          <t>9786051835440</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Risale-i Nur'dan Edebi Yansımalar</t>
+          <t>Ama</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786051834412</t>
+          <t>9786051835457</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>İslam İnanç İlmihali</t>
+          <t>Kışın Ardı Bahardır</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>390</v>
+        <v>190</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786051834368</t>
+          <t>9786051835396</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Bir Senden Gidemedim Haberin Yok</t>
+          <t>Zebun</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786051834375</t>
+          <t>9789752693593</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Kadına Rüşvet</t>
+          <t>Risale-i Nur'dan Edebi Yansımalar</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>320</v>
+        <v>250</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786051834344</t>
+          <t>9786051834412</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Anne Eli Değmiş Çocuk</t>
+          <t>İslam İnanç İlmihali</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>120</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786051834306</t>
+          <t>9786051834368</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Dağı Oğulları</t>
+          <t>Bir Senden Gidemedim Haberin Yok</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786051833484</t>
+          <t>9786051834375</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Kızılelma - Ayasofya</t>
+          <t>Kadına Rüşvet</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786051832753</t>
+          <t>9786051834344</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Bu Aralar Gelsen</t>
+          <t>Anne Eli Değmiş Çocuk</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>35</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786051833095</t>
+          <t>9786051834306</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Sen Buna Değersin</t>
+          <t>Tanrı Dağı Oğulları</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786051834108</t>
+          <t>9786051833484</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Efendimiz'in Sütannesi Hz. Halime</t>
+          <t>Kızılelma - Ayasofya</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786051834115</t>
+          <t>9786051832753</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Haz ve Hız Çağında Genç Olmak</t>
+          <t>Bu Aralar Gelsen</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>240</v>
+        <v>35</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786051833965</t>
+          <t>9786051833095</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Peygamberler Tarihi (Ciltli)</t>
+          <t>Sen Buna Değersin</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786051834047</t>
+          <t>9786051834108</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Yürek Yorgunu</t>
+          <t>Efendimiz'in Sütannesi Hz. Halime</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786051833866</t>
+          <t>9786051834115</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Kızılelma - Anadolu</t>
+          <t>Haz ve Hız Çağında Genç Olmak</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786051833828</t>
+          <t>9786051833965</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Kayıp Cennet 12 Adalar</t>
+          <t>Peygamberler Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786051833774</t>
+          <t>9786051834047</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Sünnete Göre Günlük Hayat - Cilt 2 (Ciltli)</t>
+          <t>Yürek Yorgunu</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>600</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786051833118</t>
+          <t>9786051833866</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Esila</t>
+          <t>Kızılelma - Anadolu</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786051833019</t>
+          <t>9786051833828</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Tapınak Şövalyeleri'nden 15 Temmuz’a Kumpas Tarihi</t>
+          <t>Kayıp Cennet 12 Adalar</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786051832975</t>
+          <t>9786051833774</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Hoşça Kal Ülkesi</t>
+          <t>Sünnete Göre Günlük Hayat - Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786051833026</t>
+          <t>9786051833118</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi Filozoflar (Ciltli)</t>
+          <t>Esila</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786051627953</t>
+          <t>9786051833019</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Eyvah! Çocuğum Bağımlı Mı?</t>
+          <t>Tapınak Şövalyeleri'nden 15 Temmuz’a Kumpas Tarihi</t>
         </is>
       </c>
       <c r="C1015" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786051832722</t>
+          <t>9786051832975</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Raziye Begüm Sultan</t>
+          <t>Hoşça Kal Ülkesi</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786051832692</t>
+          <t>9786051833026</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Dem</t>
+          <t>Çevrimiçi Filozoflar (Ciltli)</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786051832135</t>
+          <t>9786051627953</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>İkra</t>
+          <t>Eyvah! Çocuğum Bağımlı Mı?</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9796051312971</t>
+          <t>9786051832722</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Mazhar Olmak (Ciltli)</t>
+          <t>Raziye Begüm Sultan</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>450</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786051312972</t>
+          <t>9786051832692</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Mazhar Olmak (Albüm Hediyeli)</t>
+          <t>Dem</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786051832012</t>
+          <t>9786051832135</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Çantacı Necmi'den Nükteler</t>
+          <t>İkra</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786051832043</t>
+          <t>9796051312971</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>15 Temmuz Diriliş Destanı</t>
+          <t>Mazhar Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>140</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786051831480</t>
+          <t>9786051312972</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Bir Osmanlı Var İmiş</t>
+          <t>Mazhar Olmak (Albüm Hediyeli)</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786051831770</t>
+          <t>9786051832012</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Beş Vakit İnsan</t>
+          <t>Çantacı Necmi'den Nükteler</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786051831756</t>
+          <t>9786051832043</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Allah İçin Sev</t>
+          <t>15 Temmuz Diriliş Destanı</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786051831763</t>
+          <t>9786051831480</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Aşkın Suskunluğu</t>
+          <t>Bir Osmanlı Var İmiş</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>70</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786051831909</t>
+          <t>9786051831770</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Gönlüme Hü Düştü</t>
+          <t>Beş Vakit İnsan</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786051831732</t>
+          <t>9786051831756</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Senin Yolun</t>
+          <t>Allah İçin Sev</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786051831428</t>
+          <t>9786051831763</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Yüzük Darbesi</t>
+          <t>Aşkın Suskunluğu</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>200</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786051831169</t>
+          <t>9786051831909</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Bir Haykırış</t>
+          <t>Gönlüme Hü Düştü</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786051831251</t>
+          <t>9786051831732</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Kıl Beni Ey Namaz</t>
+          <t>Senin Yolun</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786051831015</t>
+          <t>9786051831428</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Yafes’in Oğulları</t>
+          <t>Yüzük Darbesi</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786051831145</t>
+          <t>9786051831169</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Son Kitap Sana Geldi</t>
+          <t>Kutlu Bir Haykırış</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786051831008</t>
+          <t>9786051831251</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Padişahların Akıl Hocaları</t>
+          <t>Kıl Beni Ey Namaz</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786051629322</t>
+          <t>9786051831015</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Gel Sana Aşkı Anlatıyım</t>
+          <t>Yafes’in Oğulları</t>
         </is>
       </c>
       <c r="C1035" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786051628677</t>
+          <t>9786051831145</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Zaman Aynası Namaz</t>
+          <t>Son Kitap Sana Geldi</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>230</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786051629780</t>
+          <t>9786051831008</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Fatih Hatıratı</t>
+          <t>Padişahların Akıl Hocaları</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786051628288</t>
+          <t>9786051629322</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Huyu Suyu Güzel Çocuk</t>
+          <t>Gel Sana Aşkı Anlatıyım</t>
         </is>
       </c>
       <c r="C1038" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786051628097</t>
+          <t>9786051628677</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Aşk Varsa Kusur Yoktur</t>
+          <t>Zaman Aynası Namaz</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786051628158</t>
+          <t>9786051629780</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Kösem Sultan</t>
+          <t>Fatih Hatıratı</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786051628653</t>
+          <t>9786051628288</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Mabedin Sırrı</t>
+          <t>Huyu Suyu Güzel Çocuk</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786051629391</t>
+          <t>9786051628097</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Aynasında Bediüzzaman</t>
+          <t>Aşk Varsa Kusur Yoktur</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786051629773</t>
+          <t>9786051628158</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>İstemesini Bilirsen Rabbin Gönlündekini Verecek</t>
+          <t>Kösem Sultan</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>130</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786051628837</t>
+          <t>9786051628653</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Ömrüme Doğan Güneş</t>
+          <t>Mabedin Sırrı</t>
         </is>
       </c>
       <c r="C1044" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786051628547</t>
+          <t>9786051629391</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Suyla Gelen Sağlık: Alkali Yaşam</t>
+          <t>Gerçeğin Aynasında Bediüzzaman</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786051628530</t>
+          <t>9786051629773</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>İmdat Aşık Oldum!</t>
+          <t>İstemesini Bilirsen Rabbin Gönlündekini Verecek</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786051315348</t>
+          <t>9786051628837</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Menemen</t>
+          <t>Ömrüme Doğan Güneş</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>120</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786051628493</t>
+          <t>9786051628547</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Küskün Paşalar</t>
+          <t>Suyla Gelen Sağlık: Alkali Yaşam</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786051623153</t>
+          <t>9786051628530</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Neyi Neden Yapar ? 1</t>
+          <t>İmdat Aşık Oldum!</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786051626871</t>
+          <t>9786051315348</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Bir Günde Nasıl Lider Olunur?</t>
+          <t>Menemen</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786051626666</t>
+          <t>9786051628493</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Kalbine Hatırlat</t>
+          <t>Küskün Paşalar</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>150</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786051627137</t>
+          <t>9786051623153</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Adı Aşk</t>
+          <t>Çocuk Neyi Neden Yapar ? 1</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786051626444</t>
+          <t>9786051626871</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Günümüze Işık Tutan Peygamber ve Sahabe Rüyaları</t>
+          <t>Bir Günde Nasıl Lider Olunur?</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786051627380</t>
+          <t>9786051626666</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Sünnete Göre Günlük Hayat (Ciltli)</t>
+          <t>Kalbine Hatırlat</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786051626833</t>
+          <t>9786051627137</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Bir Öğretmen</t>
+          <t>Adı Aşk</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786051622651</t>
+          <t>9786051626444</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Selam Olsun Hidayete Tabi Olanlara</t>
+          <t>Günümüze Işık Tutan Peygamber ve Sahabe Rüyaları</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786051622477</t>
+          <t>9786051627380</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf Terapisi</t>
+          <t>Sünnete Göre Günlük Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786051626246</t>
+          <t>9786051626833</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Sır: Aşıklar Ölmez</t>
+          <t>Kutlu Bir Öğretmen</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786051625997</t>
+          <t>9786051622651</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Sevdikleri Kadardır İnsan</t>
+          <t>Selam Olsun Hidayete Tabi Olanlara</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786051623757</t>
+          <t>9786051622477</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Mehmet De Düzce: La Recherche</t>
+          <t>Tasavvuf Terapisi</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786051315577</t>
+          <t>9786051626246</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Deryada Yunus Olmak</t>
+          <t>Sır: Aşıklar Ölmez</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786051626109</t>
+          <t>9786051625997</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Türk Basınında Bediüzzaman ve Risale-i Nur</t>
+          <t>Sevdikleri Kadardır İnsan</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9789752698949</t>
+          <t>9786051623757</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Efendisi Peygamberimizin Hayatı (Ciltli)</t>
+          <t>Mehmet De Düzce: La Recherche</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>590</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786051314051</t>
+          <t>9786051315577</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Örnek Ahlakı</t>
+          <t>Deryada Yunus Olmak</t>
         </is>
       </c>
       <c r="C1064" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9789752697874</t>
+          <t>9786051626109</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Efendisi Peygamberimizin Hayatı (2 Kitap Takım)</t>
+          <t>Türk Basınında Bediüzzaman ve Risale-i Nur</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>480</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786051622934</t>
+          <t>9789752698949</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Put</t>
+          <t>Kainatın Efendisi Peygamberimizin Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>160</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786051621852</t>
+          <t>9786051314051</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Yaşamak İstiyorum</t>
+          <t>Peygamberimizin Örnek Ahlakı</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9789752697607</t>
+          <t>9789752697874</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Değiştiren Suikastler</t>
+          <t>Kainatın Efendisi Peygamberimizin Hayatı (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9789754082616</t>
+          <t>9786051622934</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Bediüzzaman Said Nursi ve Devlet Felsefesi</t>
+          <t>Put</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9789752691148</t>
+          <t>9786051621852</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Günahına Ağlayan Adam</t>
+          <t>Yaşamak İstiyorum</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9799752692403</t>
+          <t>9789752697607</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Besinlerin Yolculuğu (Ciltli)</t>
+          <t>Tarihi Değiştiren Suikastler</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9799756503101</t>
+          <t>9789754082616</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Okunuşuyla Tesbihat ve Cevşen</t>
+          <t>Bediüzzaman Said Nursi ve Devlet Felsefesi</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>60</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786051315331</t>
+          <t>9786051318882</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Sabahsız Gece</t>
+          <t>Başkasının Günahına Ağlayan Adam</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786051625263</t>
+          <t>9799752692403</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Sultan 1. Kılıç Arslan</t>
+          <t>Besinlerin Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786051622606</t>
+          <t>9786051317885</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Ene</t>
+          <t>Türkçe Okunuşuyla Tesbihat ve Cevşen (Transkripsiyonlu)</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>260</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786051622170</t>
+          <t>9786051315331</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Kapına Geldim</t>
+          <t>Sabahsız Gece</t>
         </is>
       </c>
       <c r="C1076" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786051621999</t>
+          <t>9786051625263</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Bir Mükemmel Günün Hikayesi</t>
+          <t>Sultan 1. Kılıç Arslan</t>
         </is>
       </c>
       <c r="C1077" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9799752690645</t>
+          <t>9786051622606</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Muhammed Das Vorbild</t>
+          <t>Ene</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786051625287</t>
+          <t>9786051622170</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>İnancın Zaferi Çanakkale</t>
+          <t>Kapına Geldim</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9789752698130</t>
+          <t>9786051621999</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Risalesi</t>
+          <t>Bir Mükemmel Günün Hikayesi</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9789752691452</t>
+          <t>9799752690645</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Biz Osmanlıyız</t>
+          <t>Muhammed Das Vorbild</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786051625355</t>
+          <t>9786051625287</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Kutlu Bir Diriliş</t>
+          <t>İnancın Zaferi Çanakkale</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786051629988</t>
+          <t>9789752698130</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale'de Üç Muhammed</t>
+          <t>Hukuk Risalesi</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786051830148</t>
+          <t>9789752691452</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Neyi Neden Yapar ? 2</t>
+          <t>Biz Osmanlıyız</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786051622507</t>
+          <t>9786051625355</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Münacat ve Türkçe Açıklaması</t>
+          <t>Kutlu Bir Diriliş</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9789752691773</t>
+          <t>9786051629988</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Ağabeyler Anlatıyor 1</t>
+          <t>Çanakkale'de Üç Muhammed</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9789752691742</t>
+          <t>9786051830148</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Osman Gazi</t>
+          <t>Çocuk Neyi Neden Yapar ? 2</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9789752691780</t>
+          <t>9786051622507</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Orhan Gazi</t>
+          <t>Münacat ve Türkçe Açıklaması</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786051315638</t>
+          <t>9789752691773</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Delailü'n-Nur (Ciltli)</t>
+          <t>Ağabeyler Anlatıyor 1</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786051313566</t>
+          <t>9789752691742</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Zeynep'in Aşırı Komik Maceraları (5 Kitap)</t>
+          <t>Osman Gazi</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786051314143</t>
+          <t>9789752691780</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü (Orta Boy)</t>
+          <t>Orhan Gazi</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>40</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786051315362</t>
+          <t>9786051315638</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Pir</t>
+          <t>Delailü'n-Nur (Ciltli)</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786051315584</t>
+          <t>9786051313566</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>The Education Of Privacy For Children</t>
+          <t>Zeynep'in Aşırı Komik Maceraları (5 Kitap)</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786051315591</t>
+          <t>9786051314143</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>Yüzleşme Vakti</t>
+          <t>Amme Cüzü (Orta Boy)</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>160</v>
+        <v>40</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786051315102</t>
+          <t>9786051315362</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnet Işığında Şeytandan Günümüze Irkçılık</t>
+          <t>Pir</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9799752690317</t>
+          <t>9786051315584</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Cevşenü'l-Kebir</t>
+          <t>The Education Of Privacy For Children</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>50</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786051313672</t>
+          <t>9786051315591</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Eğitiminde Pozitif İletişim</t>
+          <t>Yüzleşme Vakti</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786051629315</t>
+          <t>9786051315102</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Kesilen Gitar</t>
+          <t>Kur'an ve Sünnet Işığında Şeytandan Günümüze Irkçılık</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786051628264</t>
+          <t>9799752690317</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Bu İhmale Gelmez</t>
+          <t>Cevşenü'l-Kebir</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>230</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786051830827</t>
+          <t>9786051313672</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Her Harfi Bir Melek Bekler</t>
+          <t>Çocuk Eğitiminde Pozitif İletişim</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786051621708</t>
+          <t>9786051629315</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Ağabeyler Anlatıyor 6</t>
+          <t>Kesilen Gitar</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786051830001</t>
+          <t>9786051628264</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Tutun</t>
+          <t>Çocuk Bu İhmale Gelmez</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9799756401810</t>
+          <t>9786051830827</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Namaz Tesbihatı</t>
+          <t>Her Harfi Bir Melek Bekler</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>90</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9789752698017</t>
+          <t>9786051621708</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Vicdan Ateşi</t>
+          <t>Ağabeyler Anlatıyor 6</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786051314600</t>
+          <t>9786051830001</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Hasret</t>
+          <t>Allah'a Tutun</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9799756401803</t>
+          <t>9799756401810</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Cevşenü'l Kebir</t>
+          <t>Namaz Tesbihatı</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>70</v>
+        <v>90</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9789756401521</t>
+          <t>9789752698017</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Nasıl Öğrenelim Okuyalım Anlayalım?</t>
+          <t>Vicdan Ateşi</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9799756503750</t>
+          <t>9786051314600</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>İksir (Ciltli)</t>
+          <t>Hasret</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>450</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786051315119</t>
+          <t>9799756401803</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Zengin Sahabiler</t>
+          <t>Cevşenü'l Kebir</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>140</v>
+        <v>70</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786051315263</t>
+          <t>9789756401521</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Gökyüzüne Bakmanın Faydaları</t>
+          <t>Kur'an'ı Nasıl Öğrenelim Okuyalım Anlayalım?</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9789758499144</t>
+          <t>9799756503750</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Güneş Batmadan</t>
+          <t>İksir (Ciltli)</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9789752697447</t>
+          <t>9786051315119</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Öykülerle Davranış Eğitimi Seti (10 Kitap) - Tali 1</t>
+          <t>Zengin Sahabiler</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>700</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9799756401926</t>
+          <t>9786051315263</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Tagebuch Eines Lehrers 1</t>
+          <t>Gökyüzüne Bakmanın Faydaları</t>
         </is>
       </c>
       <c r="C1113" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786051313993</t>
+          <t>9789758499144</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Oyun Zamanı</t>
+          <t>Güneş Batmadan</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9799756503705</t>
+          <t>9789752697447</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Şiirlerle Bediüzzaman</t>
+          <t>Öykülerle Davranış Eğitimi Seti (10 Kitap) - Tali 1</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>100</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9799754080741</t>
+          <t>9799756401926</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Şehzade Selim</t>
+          <t>Tagebuch Eines Lehrers 1</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9789754080537</t>
+          <t>9786051313993</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Sunguroğlu 3</t>
+          <t>Şimdi Oyun Zamanı</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9789754080513</t>
+          <t>9799756503705</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Sunguroğlu 2</t>
+          <t>Şiirlerle Bediüzzaman</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9799754080512</t>
+          <t>9799754080741</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Sunguroğlu 1</t>
+          <t>Şehzade Selim</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786051311975</t>
+          <t>9789754080537</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Sufi Pedagojisi</t>
+          <t>Sunguroğlu 3</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786051313474</t>
+          <t>9789754080513</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Sorularla ve Örnek Vakalarla Öfke Kontrolü</t>
+          <t>Sunguroğlu 2</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9789752698598</t>
+          <t>9799754080512</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Sorularla Panik Atak</t>
+          <t>Sunguroğlu 1</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786051313856</t>
+          <t>9786051311975</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Sonsuzluğa Uyanmak</t>
+          <t>Sufi Pedagojisi</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9799752691796</t>
+          <t>9786051313474</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Son Şahitler Bediüzzaman Said Nursi’yi Anlatıyor 5. Kitap</t>
+          <t>Sorularla ve Örnek Vakalarla Öfke Kontrolü</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9799752691253</t>
+          <t>9789752698598</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Terapisi - Siz Siz Olun</t>
+          <t>Sorularla Panik Atak</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9789752696396</t>
+          <t>9786051313856</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Sevda</t>
+          <t>Sonsuzluğa Uyanmak</t>
         </is>
       </c>
       <c r="C1126" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786051311661</t>
+          <t>9799752691796</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Sensin</t>
+          <t>Son Şahitler Bediüzzaman Said Nursi’yi Anlatıyor 5. Kitap</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9789756503348</t>
+          <t>9799752691253</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Selim ve Hande</t>
+          <t>Mutluluk Terapisi - Siz Siz Olun</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9789754080438</t>
+          <t>9789752696396</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Sel</t>
+          <t>Sevda</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9789752697775</t>
+          <t>9786051311661</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Secdede Son Nefes</t>
+          <t>Sensin</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9789752695382</t>
+          <t>9789756503348</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Said Nursi (Nur Dede-Almanca)</t>
+          <t>Selim ve Hande</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9799754082400</t>
+          <t>9789754080438</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Sahipsiz Saltanat</t>
+          <t>Sel</t>
         </is>
       </c>
       <c r="C1132" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9789752697713</t>
+          <t>9789752697775</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Sahabiler Ansiklopedisi (İki Cilt Bir Arada) (Ciltli)</t>
+          <t>Secdede Son Nefes</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>850</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9789752692992</t>
+          <t>9789752695382</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Resimli Osmanlı Tarihi (Ciltli)</t>
+          <t>Said Nursi (Nur Dede-Almanca)</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>900</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9789752695436</t>
+          <t>9799754082400</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Rahat Bırakın Beni</t>
+          <t>Sahipsiz Saltanat</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786051313962</t>
+          <t>9789752697713</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Rağmen</t>
+          <t>Sahabiler Ansiklopedisi (İki Cilt Bir Arada) (Ciltli)</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>180</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9789752693418</t>
+          <t>9789752692992</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Rabbini Arayan Thomas 2</t>
+          <t>Resimli Osmanlı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>200</v>
+        <v>900</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786051310299</t>
+          <t>9789752695436</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Yitik Sevda Kudüs</t>
+          <t>Rahat Bırakın Beni</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786051312163</t>
+          <t>9786051313962</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Yirminci Asrın Başlarında Alem-i İslam ve Japonya’da İslamiyet’in Yayılması</t>
+          <t>Rağmen</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>800</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9789752699151</t>
+          <t>9789752693418</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Yıldırım Bayezid</t>
+          <t>Rabbini Arayan Thomas 2</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9789757055952</t>
+          <t>9786051310299</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Çare</t>
+          <t>Yitik Sevda Kudüs</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>160</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9789752699168</t>
+          <t>9786051312163</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Üç Kıtanın Hakimi - Yavuz Sultan Selim</t>
+          <t>Yirminci Asrın Başlarında Alem-i İslam ve Japonya’da İslamiyet’in Yayılması</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>170</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786051313122</t>
+          <t>9789752699151</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Aşk İnanmakla Başlar</t>
+          <t>Yıldırım Bayezid</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9789758499304</t>
+          <t>9789757055952</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Uçurumdan Dönüş</t>
+          <t>Çare</t>
         </is>
       </c>
       <c r="C1144" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9789752691421</t>
+          <t>9789752699168</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Okunuşuyla Cevşenü’l Kebir (Transkripsiyonlu)</t>
+          <t>Üç Kıtanın Hakimi - Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>50</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9789752690288</t>
+          <t>9786051313122</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Okunuşlu Cevşenü’l Kebir ve Meali (Transkripsiyonlu) (Ciltli)</t>
+          <t>Aşk İnanmakla Başlar</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9789754081077</t>
+          <t>9789758499304</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Turgut Alp</t>
+          <t>Uçurumdan Dönüş</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>360</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786051312385</t>
+          <t>9789752691421</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Thomas Auf Der Suche Seinem Schöpfer</t>
+          <t>Türkçe Okunuşuyla Cevşenü’l Kebir (Transkripsiyonlu)</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786051312002</t>
+          <t>9789752690288</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>The Wonder of Childhood</t>
+          <t>Türkçe Okunuşlu Cevşenü’l Kebir ve Meali (Transkripsiyonlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786051310152</t>
+          <t>9789754081077</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Tesbihat (Almanca) (Ciltli)</t>
+          <t>Turgut Alp</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786051311074</t>
+          <t>9786051312385</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Tatil Sürecinde Çocuk Eğitimi</t>
+          <t>Thomas Auf Der Suche Seinem Schöpfer</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9789756401576</t>
+          <t>9786051312002</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Tarihimizden Yaşanmış Öyküler</t>
+          <t>The Wonder of Childhood</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9789752690332</t>
+          <t>9786051310152</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Esrarlı Gece</t>
+          <t>Tesbihat (Almanca) (Ciltli)</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786051313740</t>
+          <t>9786051311074</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Esma ile Yakarış</t>
+          <t>Tatil Sürecinde Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9789754081060</t>
+          <t>9789756401576</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Endülüs’e Veda</t>
+          <t>Tarihimizden Yaşanmış Öyküler</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>290</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9789756503836</t>
+          <t>9789752690332</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Emre</t>
+          <t>Esrarlı Gece</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9799754080567</t>
+          <t>9786051313740</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Elveda Buhara</t>
+          <t>Esma ile Yakarış</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9789752695528</t>
+          <t>9789754081060</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Açıklamalı El-Hizbü'l-Kur'aniyyü'l-Ekber (Ciltli)</t>
+          <t>Endülüs’e Veda</t>
         </is>
       </c>
       <c r="C1158" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786051312170</t>
+          <t>9789756503836</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Eğlenceli Okuma Etkinlikleri (Ciltli)</t>
+          <t>Emre</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786051311685</t>
+          <t>9799754080567</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Dürr ve Sadef</t>
+          <t>Elveda Buhara</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9789752693128</t>
+          <t>9789752695528</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonu Değil</t>
+          <t>Türkçe Açıklamalı El-Hizbü'l-Kur'aniyyü'l-Ekber (Ciltli)</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9789752698789</t>
+          <t>9786051312170</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Doğuda Aşk Böyle Yazılır</t>
+          <t>Eğlenceli Okuma Etkinlikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786051837628</t>
+          <t>9786051311685</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Doğru Düşünme ve Başarma Sanatı</t>
+          <t>Dürr ve Sadef</t>
         </is>
       </c>
       <c r="C1163" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9789752698352</t>
+          <t>9789752693128</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Demokratik Açılım Sürecinde Kardeşlik Projesi</t>
+          <t>Dünyanın Sonu Değil</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9789752698611</t>
+          <t>9789752698789</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Deccal ve Deccaliyet</t>
+          <t>Doğuda Aşk Böyle Yazılır</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9789752699175</t>
+          <t>9786051837628</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Çelebi Mehmed</t>
+          <t>Doğru Düşünme ve Başarma Sanatı</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9789752692817</t>
+          <t>9789752698352</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’de Şahlananlar</t>
+          <t>Demokratik Açılım Sürecinde Kardeşlik Projesi</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>290</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9789754081053</t>
+          <t>9789752698611</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Çaka Bey</t>
+          <t>Deccal ve Deccaliyet</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9789752699229</t>
+          <t>9789752699175</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Cennete Giden Günahkar</t>
+          <t>Çelebi Mehmed</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9799754081205</t>
+          <t>9789752692817</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan  2</t>
+          <t>Çanakkale’de Şahlananlar</t>
         </is>
       </c>
       <c r="C1170" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9799754081199</t>
+          <t>9789754081053</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Cem Sultan Cilt: 1</t>
+          <t>Çaka Bey</t>
         </is>
       </c>
       <c r="C1171" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9789752694583</t>
+          <t>9789752699229</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Candan Öte Sevmek Sahabenin Peygamber Aşkı</t>
+          <t>Cennete Giden Günahkar</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9789756503485</t>
+          <t>9799754081205</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Canan</t>
+          <t>Cem Sultan  2</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9789752694941</t>
+          <t>9799754081199</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Büyük Rüya Tabirleri</t>
+          <t>Cem Sultan Cilt: 1</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9789754081602</t>
+          <t>9789752694583</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Buhara Yanıyor</t>
+          <t>Candan Öte Sevmek Sahabenin Peygamber Aşkı</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786051314020</t>
+          <t>9789756503485</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Bozkırda İki Cengaver Tuğrul ve Çağrı Bey</t>
+          <t>Canan</t>
         </is>
       </c>
       <c r="C1176" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9799758499266</t>
+          <t>9789752694941</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Bir Destandır Çanakkale</t>
+          <t>Büyük Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786051310305</t>
+          <t>9789754081602</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Beni Bir Annem Sevmiş</t>
+          <t>Buhara Yanıyor</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9789758499694</t>
+          <t>9786051314020</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Aysel</t>
+          <t>Bozkırda İki Cengaver Tuğrul ve Çağrı Bey</t>
         </is>
       </c>
       <c r="C1179" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9789752693098</t>
+          <t>9789758499267</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Avukat Bekir Berk</t>
+          <t>Bir Destandır Çanakkale</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9789756503744</t>
+          <t>9786051310305</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Avrupalı Mevlevi</t>
+          <t>Beni Bir Annem Sevmiş</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9789752694668</t>
+          <t>9789758499694</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Ateşte Yeşerdim</t>
+          <t>Aysel</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>290</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9789752697959</t>
+          <t>9789752693098</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Ateşte Açan Çiçekler</t>
+          <t>Avukat Bekir Berk</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786051312422</t>
+          <t>9789756503744</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Sübhan</t>
+          <t>Avrupalı Mevlevi</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786051310732</t>
+          <t>9789752694668</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Revan</t>
+          <t>Ateşte Yeşerdim</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9789752690592</t>
+          <t>9789752697959</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Mevlana Celaleddin Rumi</t>
+          <t>Ateşte Açan Çiçekler</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786051312149</t>
+          <t>9786051312422</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Asi Gönül</t>
+          <t>Aşk-ı Sübhan</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9799758499198</t>
+          <t>9786051310732</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Peygamberimizin Dilinden Hac ve Umre</t>
+          <t>Aşk-ı Revan</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>130</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9789752698192</t>
+          <t>9789752690592</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Öpücük Kutusu</t>
+          <t>Mevlana Celaleddin Rumi</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9799757055746</t>
+          <t>9786051312149</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Önce Alkışladılar Sonra Öldürdüler</t>
+          <t>Asi Gönül</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9789757055976</t>
+          <t>9799758499198</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Öğrencinin Başarı Kılavuzu</t>
+          <t>Peygamberimizin Dilinden Hac ve Umre</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9789752697225</t>
+          <t>9789752698192</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Our Teacher’s Notebook Öğretmenin Not Defteri 1</t>
+          <t>Öpücük Kutusu</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9789752692909</t>
+          <t>9799757055746</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Cumhuriyet’e Son Bozgun</t>
+          <t>Önce Alkışladılar Sonra Öldürdüler</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9789752697072</t>
+          <t>9789757055976</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'yı Cihan Devleti Yapan 150 Sır</t>
+          <t>Öğrencinin Başarı Kılavuzu</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9789757055754</t>
+          <t>9789752697225</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İnsanı</t>
+          <t>Our Teacher’s Notebook Öğretmenin Not Defteri 1</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9789752696006</t>
+          <t>9789752692909</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Demokrasisinden Türkiye Cumhuriyetine</t>
+          <t>Osmanlı’dan Cumhuriyet’e Son Bozgun</t>
         </is>
       </c>
       <c r="C1196" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9789756401026</t>
+          <t>9789752697072</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Okuyuculardan İbretli Mektuplar</t>
+          <t>Osmanlı'yı Cihan Devleti Yapan 150 Sır</t>
         </is>
       </c>
       <c r="C1197" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9789752699670</t>
+          <t>9789757055754</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Nerineki Analitik Li Ser Jîyana Seide Nursi</t>
+          <t>Osmanlı İnsanı</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>100</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9789752693227</t>
+          <t>9789752696006</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Mutfaktan Kalbe Sevgiyle Pişirelim</t>
+          <t>Osmanlı Demokrasisinden Türkiye Cumhuriyetine</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9789754080971</t>
+          <t>9789756401026</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Mısır'a Doğru</t>
+          <t>Okuyuculardan İbretli Mektuplar</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>280</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9789754081022</t>
+          <t>9789752699670</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Söğüt Ertuğrul Gazi</t>
+          <t>Nerineki Analitik Li Ser Jîyana Seide Nursi</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>390</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786051312637</t>
+          <t>9789752693227</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Mekarimu’l-Ahlak - Ahlak Hadisleri (Ciltli)</t>
+          <t>Mutfaktan Kalbe Sevgiyle Pişirelim</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9789752698376</t>
+          <t>9789754080971</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Kur’an-Kerim Hatm-i Şerif Cüzleri (Kutulu)</t>
+          <t>Mısır'a Doğru</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9789752697430</t>
+          <t>9789754081022</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Hikmet Işığında Cevşen Şerhi (Ciltli)</t>
+          <t>Merhaba Söğüt Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>450</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786051311968</t>
+          <t>9786051312637</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Kendini Bulan Kadın</t>
+          <t>Mekarimu’l-Ahlak - Ahlak Hadisleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9789756401781</t>
+          <t>9789752698376</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Kendini Arayan Kadın</t>
+          <t>Kur’an-Kerim Hatm-i Şerif Cüzleri (Kutulu)</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>170</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9789757055808</t>
+          <t>9789752697430</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Kendimi Buldum</t>
+          <t>Kur'an ve Hikmet Işığında Cevşen Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>160</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9789752697928</t>
+          <t>9786051311968</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Kayıtdışı Tarihimiz</t>
+          <t>Kendini Bulan Kadın</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>350</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9789752698796</t>
+          <t>9789756401781</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Katılım Bankacılığı</t>
+          <t>Kendini Arayan Kadın</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9789752699120</t>
+          <t>9789757055808</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Kanuni Sultan Süleyman</t>
+          <t>Kendimi Buldum</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786051313405</t>
+          <t>9789752697928</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Kalpten Kalbe Terapi Mektupları</t>
+          <t>Kayıtdışı Tarihimiz</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>390</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9789756503522</t>
+          <t>9789752698796</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Kalp Sevmekten Yorulmaz</t>
+          <t>Katılım Bankacılığı</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9789752692848</t>
+          <t>9789752699120</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Efendisi Peygamberimizin Hayatı Mekke Dönemi 1</t>
+          <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9789752692831</t>
+          <t>9786051313405</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Kainatın Efendisi Peygamberimizin Hayatı Medine Dönemi 2</t>
+          <t>Kalpten Kalbe Terapi Mektupları</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9799758499822</t>
+          <t>9789756503522</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Esir</t>
+          <t>Kalp Sevmekten Yorulmaz</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>100</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9799752691857</t>
+          <t>9789752692848</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Zaman Bilinci</t>
+          <t>Kainatın Efendisi Peygamberimizin Hayatı Mekke Dönemi 1</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786051312668</t>
+          <t>9789752692831</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>İnsanı Uçurumdan Kurtaran Sözler</t>
+          <t>Kainatın Efendisi Peygamberimizin Hayatı Medine Dönemi 2</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9789752697263</t>
+          <t>9799758499822</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>İnanç ve İbadet İlmihali (Ciltli)</t>
+          <t>Esir</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>600</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786051310169</t>
+          <t>9799752691857</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>İlm-i Aşk</t>
+          <t>Zaman Bilinci</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786051311616</t>
+          <t>9786051312668</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali İlk Üç Halife ile Kavgalı mıydı?</t>
+          <t>İnsanı Uçurumdan Kurtaran Sözler</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9789752698116</t>
+          <t>9789752697263</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Hz. Ali (r.a.)</t>
+          <t>İnanç ve İbadet İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>240</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9789752699373</t>
+          <t>9786051310169</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Hizb-ü Envari’l-Hakaikı’n-Nuriye Büyük Cevşen Türkçe Okunuşlu ve Açıklamalı ( 2 Farklı Renkte) (Ciltli)</t>
+          <t>İlm-i Aşk</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>590</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9789752690387</t>
+          <t>9786051311616</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Hayat Alfabesi Varlık ve İmkan (Ciltli)</t>
+          <t>Hz. Ali İlk Üç Halife ile Kavgalı mıydı?</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9789752697614</t>
+          <t>9789752698116</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Haya Timsali Hz. Osman (r.a.)</t>
+          <t>Hz. Ali (r.a.)</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786051312439</t>
+          <t>9789752699373</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Haccın Kalbine Yolculuk</t>
+          <t>Hizb-ü Envari’l-Hakaikı’n-Nuriye Büyük Cevşen Türkçe Okunuşlu ve Açıklamalı ( 2 Farklı Renkte) (Ciltli)</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>100</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9799758499686</t>
+          <t>9789752690387</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>İsyan</t>
+          <t>Hayat Alfabesi Varlık ve İmkan (Ciltli)</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9789752699182</t>
+          <t>9789752697614</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Fatih Sultan Mehmed</t>
+          <t>Haya Timsali Hz. Osman (r.a.)</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9789752693050</t>
+          <t>9786051312439</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Ezanla Diriliş</t>
+          <t>Haccın Kalbine Yolculuk</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9789752696341</t>
+          <t>9799758499686</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Kul Olmak</t>
+          <t>İsyan</t>
         </is>
       </c>
       <c r="C1229" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786259466422</t>
+          <t>9789752699182</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Akif Dede</t>
+          <t>Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>220</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9799758499075</t>
+          <t>9789752693050</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Ailede ve Okulda Çocuk Eğitimi</t>
+          <t>Ezanla Diriliş</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786051311029</t>
+          <t>9789752696341</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Ağabeyler Anlatıyor 5</t>
+          <t>Allah’a Kul Olmak</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9789752698734</t>
+          <t>9786259466422</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Ağabeyler Anlatıyor 4</t>
+          <t>Akif Dede</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9789752697393</t>
+          <t>9799758499075</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Ağabeyler Anlatıyor 3</t>
+          <t>Ailede ve Okulda Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9789758499465</t>
+          <t>9786051311029</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım Evlilik</t>
+          <t>Ağabeyler Anlatıyor 5</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786051313955</t>
+          <t>9789752698734</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>9 Ay 99 Esma</t>
+          <t>Ağabeyler Anlatıyor 4</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9789752694620</t>
+          <t>9789752697393</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>63 Yıla Adanmış 63 Mektup</t>
+          <t>Ağabeyler Anlatıyor 3</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9789754080490</t>
+          <t>9789758499465</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>4. Murad  Cilt: 2</t>
+          <t>Adım Adım Evlilik</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9789754080483</t>
+          <t>9786051313955</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>4. Murad  Cilt: 1</t>
+          <t>9 Ay 99 Esma</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9789752692091</t>
+          <t>9789752694620</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>2. Murad</t>
+          <t>63 Yıla Adanmış 63 Mektup</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786051312620</t>
+          <t>9789754080490</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>1930 Yalancı Bahar</t>
+          <t>4. Murad  Cilt: 2</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
+          <t>9789754080483</t>
+        </is>
+      </c>
+      <c r="B1242" s="1" t="inlineStr">
+        <is>
+          <t>4. Murad  Cilt: 1</t>
+        </is>
+      </c>
+      <c r="C1242" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:3">
+      <c r="A1243" s="1" t="inlineStr">
+        <is>
+          <t>9789752692091</t>
+        </is>
+      </c>
+      <c r="B1243" s="1" t="inlineStr">
+        <is>
+          <t>2. Murad</t>
+        </is>
+      </c>
+      <c r="C1243" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:3">
+      <c r="A1244" s="1" t="inlineStr">
+        <is>
+          <t>9786051312620</t>
+        </is>
+      </c>
+      <c r="B1244" s="1" t="inlineStr">
+        <is>
+          <t>1930 Yalancı Bahar</t>
+        </is>
+      </c>
+      <c r="C1244" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:3">
+      <c r="A1245" s="1" t="inlineStr">
+        <is>
           <t>9789752691803</t>
         </is>
       </c>
-      <c r="B1242" s="1" t="inlineStr">
+      <c r="B1245" s="1" t="inlineStr">
         <is>
           <t>1. Murad</t>
         </is>
       </c>
-      <c r="C1242" s="1">
+      <c r="C1245" s="1">
         <v>170</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>