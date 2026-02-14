--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -109,156 +109,156 @@
         <is>
           <t>9786051838052</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
           <t>Nefsin Kusurları ve Kurtuluş Yolları</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>9786051837895</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
           <t>Ben Zübeyde</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
           <t>9786051837871</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
           <t>Üzüntüsüz Yaşamak</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>9786051837857</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Ey Allah’ın Kulları Kardeş Olun</t>
         </is>
       </c>
       <c r="C5" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
           <t>9786051837864</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
           <t>Her Kadın İyileşir</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
           <t>9786051836188</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
           <t>Podyumdan Hakikate Yürüyüş</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
           <t>9786051837833</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
           <t>Ölmeden Dirildim</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
           <t>9786051837840</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
           <t>Gelin Tacı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
           <t>9786051837826</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
           <t>İmam Gazali Seti (10 Kitap)</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>1200</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
           <t>9786051837147</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Padişahları (10 Kitap)</t>
         </is>
       </c>
       <c r="C11" s="1">
         <v>1600</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
           <t>9789752696143</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
@@ -6784,51 +6784,51 @@
         <is>
           <t>9786051622460</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
           <t>Bediüzzaman'ın Validesi Nuriye Ana</t>
         </is>
       </c>
       <c r="C447" s="1">
         <v>12</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
           <t>9786051622491</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
           <t>Delailü'l-Hayrat ve Türkçe Açıklaması</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>290</v>
+        <v>390</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
           <t>9789756503041</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
           <t>Çözüm</t>
         </is>
       </c>
       <c r="C449" s="1">
         <v>9</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
           <t>9786051831138</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
@@ -11194,51 +11194,51 @@
         <is>
           <t>9799754082271</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
           <t>Açıklamalı Dua Kitabı</t>
         </is>
       </c>
       <c r="C741" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
           <t>9799754082684</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
           <t>Açıklamalı Cevşenü’l-Kebir ve Türkçe Okunuşu (Ciltli)</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>190</v>
+        <v>210</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
           <t>9789752695856</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
           <t>Abideleriyle Osmanlı İstanbul’u</t>
         </is>
       </c>
       <c r="C743" s="1">
         <v>11.11</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
           <t>9789752694712</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
@@ -12634,81 +12634,81 @@
         <is>
           <t>9786051832609</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
           <t>Masallarla Karakter Eğitimi (5 Kitap Kutulu)</t>
         </is>
       </c>
       <c r="C837" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
           <t>9786051837796</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
           <t>Tövbe Kitabı</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
           <t>9786051837819</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
           <t>Tahta Mektup</t>
         </is>
       </c>
       <c r="C839" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
           <t>9786051837802</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
           <t>Korku ve Ümit</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
           <t>9789752697638</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
           <t>Risale-i Nur'da Felsefe Eleştirisi</t>
         </is>
       </c>
       <c r="C841" s="1">
         <v>9.26</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
           <t>9786051626420</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
@@ -12739,351 +12739,351 @@
         <is>
           <t>9789752697584</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
           <t>İslam'a Çağrı</t>
         </is>
       </c>
       <c r="C844" s="1">
         <v>10.19</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
           <t>9786051836331</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
           <t>Gizemli Renkleri Keşfet - Stresi Azaltma Sanatı</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
           <t>9786051837765</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
           <t>Çocuklar Anneleri ve Babaları Büyütür</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
           <t>9786051837772</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
           <t>Ailede Sevgi Sohbetleri</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
           <t>9786051837789</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
           <t>Vayt Çaklıt Moda</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
           <t>9789757055150</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
           <t>Vesvese (Sebepleri ve Kurtuluş Yolları)</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
           <t>9786051837758</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
           <t>İhyau Ulumi'd-Din</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
           <t>9786051837734</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
           <t>Dünyanın Kötülüğü</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
           <t>9786051837741</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
           <t>İmam Azam Ebu Hanife</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
           <t>9786051837710</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
           <t>Anne Babalık Yolculuğunda Sabırsızlıkla Korkuyla, Kibirle ve Acziyetle Yüzleşmek</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
           <t>9786051837727</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
           <t>Bir Soru(n)dan Fazlası</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
           <t>9786051837673</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
           <t>Hz. Ebu Bekir</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
           <t>9786051837680</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
           <t>Hz. Ömer</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
           <t>9786051837697</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
           <t>Hz. Osman</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
           <t>9786051837703</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
           <t>Hz. Ali</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
           <t>9786051837666</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
           <t>Hiç Kimse</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
           <t>9786051837659</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
           <t>Şifa ve Esmaü’l-Hüsna ile Dua</t>
         </is>
       </c>
       <c r="C860" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
           <t>9786051837635</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
           <t>Öfkenin Afetleri</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
           <t>9786051837642</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
           <t>Gençlik Mesajları</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
           <t>9786051833842</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
           <t>Ağabeyler Anlatıyor 7</t>
         </is>
       </c>
       <c r="C863" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
           <t>9789752694699</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
           <t>Ağabeyler Anlatıyor 2</t>
         </is>
       </c>
       <c r="C864" s="1">
         <v>450</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
           <t>9786051837611</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
           <t>Bir Sevda Öğretmen’in Gücü</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
           <t>9799752691284</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
           <t>Şark Kızı</t>
         </is>
       </c>
       <c r="C866" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
           <t>9789754081084</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
@@ -13099,636 +13099,636 @@
         <is>
           <t>9799758499808</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
           <t>Aşk Böyle Yaşanır</t>
         </is>
       </c>
       <c r="C868" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
           <t>9789754081657</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
           <t>Kendini Arayan Adam</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
           <t>9786051837604</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
           <t>Hadi Balkona Çıkalım</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
           <t>9786051837598</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
           <t>Esselamü Aleyküm Pekin!</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
           <t>9786051837574</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
           <t>Kafamda Sesler Var</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
           <t>9786051837550</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
           <t>Dil Belası</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
           <t>9786051837581</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
           <t>Mahkum</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
           <t>9786051837567</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
           <t>152 Gün</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
           <t>9786051623115</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
           <t>Kutlu Bir Aşk</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
           <t>9786051621975</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
           <t>Zengin Olmanın Manevi Şifreleri</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
           <t>9786051831039</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
           <t>Üç Yusuf Üç Rüya Üç Gömlek</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>340</v>
+        <v>390</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
           <t>9786051629971</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
           <t>Çanakkale Sesleniyor</t>
         </is>
       </c>
       <c r="C879" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
           <t>9786051835778</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
           <t>İçinizdeki Dostu Keşfedin</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
           <t>9786051837529</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
           <t>Kafayı Yemeden Yaşama Sanatı</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
           <t>9786051837536</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
           <t>Formda Anneler ve Sağlıklı Bebekler</t>
         </is>
       </c>
       <c r="C882" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
           <t>9786051837543</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
           <t>Fırıncı Ağabey</t>
         </is>
       </c>
       <c r="C883" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
           <t>9786051837499</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
           <t>Fatih Duman Romanları (8 Kitap)</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>1950</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
           <t>9786051837512</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
           <t>Meczup</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
           <t>9786051836898</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
           <t>Ene (Ciltli)</t>
         </is>
       </c>
       <c r="C886" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
           <t>9786051837505</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
           <t>Kendini Arayan Adam</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
           <t>9786051837475</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
           <t>Selahaddin Eyyubi</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
           <t>9786051837482</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
           <t>Teselli Arayışı</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
           <t>9786051833477</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
           <t>Peygamberin (a.s.m) Ramazanı</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
           <t>9789752691810</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
           <t>Son Umut</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
           <t>9786051837444</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
           <t>Ben Nefsimi Temize Çıkarmam</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
           <t>9786051837451</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
           <t>Gençler İçin Hatıralarla Necip Fazıl</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
           <t>9789757055990</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
           <t>Düzceli Mehmet</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
           <t>9786051837468</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
           <t>Malazgirt'te Bir Cuma Sabahı</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
           <t>9786051837420</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
           <t>Aşk Böyle Yaşanır</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
           <t>9786051837413</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
           <t>Şark Kızı</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
           <t>9786051837390</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
           <t>Kuyu</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
           <t>9786051837406</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
           <t>Musibet</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
           <t>9786051837352</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
           <t>Bir Ömür Bir Yastıkta</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
           <t>9786051837338</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
           <t>Anne Sözü</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
           <t>9786051837345</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
           <t>Okumak Nedir? - Okumayı Okumak</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
           <t>9786051837321</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
           <t>Deprem Gecesinde Büyük Sır</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
           <t>9786051837314</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
           <t>Asa</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
           <t>9786051837284</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
           <t>Mecburen Atatürkçü</t>
         </is>
       </c>
       <c r="C905" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
           <t>9786051837291</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
           <t>Seher Vakti Uyanmak</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
           <t>9786051837260</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
           <t>Hasılı</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
           <t>9786051837277</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
           <t>Beyaz At</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
           <t>9786051837246</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
           <t>Zarife</t>
         </is>
       </c>
       <c r="C909" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
           <t>9786051837253</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
@@ -13759,1101 +13759,1101 @@
         <is>
           <t>9786051837222</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
           <t>Çikolata Çocuk</t>
         </is>
       </c>
       <c r="C912" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
           <t>9786051837215</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
           <t>Heybe</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
           <t>9786051837208</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
           <t>Gençler İçin Peygamberimizin Hayatı</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
           <t>9786051837192</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
           <t>Babacığım Anneciğim Bana Dinimi Sevdir</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
           <t>9786051837185</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
           <t>Allah Beni de Affeder mi?</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
           <t>9786051837178</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
           <t>Öğretmenlik Yüreklere Dokunmaktır</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
           <t>9786051837154</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
           <t>Kayıp Renk</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
           <t>9786051837123</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
           <t>Kalbini Temiz Tut</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
           <t>9786051837161</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
           <t>Yaşanmış Örneklerle Hayat Dersleri</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
           <t>9786051837116</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
           <t>Bu Dünya İçin Yaratılmadın</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
           <t>9786051837130</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
           <t>Allah Her Şeyi Bilir</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
           <t>9786051837055</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
           <t>Farklılıklarımızla Mutluyuz</t>
         </is>
       </c>
       <c r="C923" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
           <t>9786051837109</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
           <t>Tarih Bunu da Yazsın</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
           <t>9786051837086</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
           <t>Geçmişimi Yaktım Geldim</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
           <t>9786051837079</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
           <t>İki Dünya Arasında</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
           <t>9786051837062</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
           <t>Nakkaş</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
           <t>9786051837048</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
           <t>Mutlu Eşlerin El Kitabı</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
           <t>9786051837024</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
           <t>Ahi</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>260</v>
+        <v>290</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
           <t>9786051836928</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
           <t>Benim Özelim</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
           <t>9786051831497</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
           <t>Esma-i Hüsna ile Çocuk Terbiyesi</t>
         </is>
       </c>
       <c r="C931" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
           <t>9786051834016</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
           <t>Avrupa İnsan Hakları Mahkemesi’nden Risale-i Nur’lara Beraat</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
           <t>9789754082708</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
           <t>Risale i Nur Külliyatı İndex ve Fihristi (Büyük Boy) (Ciltli)</t>
         </is>
       </c>
       <c r="C933" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
           <t>9789754082494</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
           <t>Risalei Nur Külliyatı 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>800</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
           <t>9786051833293</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
           <t>Dersler Aramızı Bozamaz</t>
         </is>
       </c>
       <c r="C935" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
           <t>9786051835761</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
           <t>Okul Öncesinde İlkokula: Büyüme Macerasında Altın Eşik</t>
         </is>
       </c>
       <c r="C936" s="1">
         <v>500</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
           <t>9789757055969</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
           <t>Yunus Emre</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
           <t>9789758499212</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
           <t>Mehmed Akif</t>
         </is>
       </c>
       <c r="C938" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
           <t>9786051837017</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
           <t>Kıs(s)a Yol</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
           <t>9786051837000</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
           <t>Kendimden Uzaklaşıyorum Sonra Tekrar Kendime Kavuşuyorum</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
           <t>9786051834252</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
           <t>Benim Adım Sena - Bana Allah Yeter</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
           <t>9786051836041</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
           <t>Ne Acayip Şeyler Olmuş</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
           <t>9786051836997</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
           <t>Kur’an’da Anne Baba Okulu</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
           <t>9786051836980</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
           <t>Medeniyet Tasavvuru</t>
         </is>
       </c>
       <c r="C944" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
           <t>9786051836942</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
           <t>Kalbin Sırları</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
           <t>9786051836966</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
           <t>Evliliğimi Nasıl Kurtarırım ?</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
           <t>9786051836973</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
           <t>Çocuğumu Nasıl Anlarım ?</t>
         </is>
       </c>
       <c r="C947" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
           <t>9786051836959</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
           <t>Allah İçin Sevmek</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
           <t>9786051836911</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
           <t>Üzüm Buğusu</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
           <t>9786051836904</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
           <t>Geçecek</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
           <t>9786051836935</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
           <t>Arayış Soruları</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
           <t>9786051836850</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
           <t>Asr-ı Seyda</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
           <t>9786051836874</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
           <t>Duam Neden Kabul Olmuyor?</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
           <t>9786051836881</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
           <t>Bir Gün Ya Da Bir Günden Daha Az</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
           <t>9786051836867</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
           <t>Ben Rabia</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
           <t>9786051836843</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
           <t>Aile Hayatımızda Peygamberimiz</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
           <t>9786051836324</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
           <t>Dünyana Renk Kat - Stresi Azaltma Sanatı</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
           <t>9786051836348</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
           <t>Hayatın Renkleri - Stresi Azaltma Sanatı</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
           <t>9786051836317</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
           <t>Kendi Rengini Seç - Stresi Azaltma Sanatı</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
           <t>9786051836201</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
           <t>Çocuğum İlkokula Hazır Mı?</t>
         </is>
       </c>
       <c r="C960" s="1">
         <v>750</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
           <t>9786051836089</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
           <t>9 Ay 99 Dua</t>
         </is>
       </c>
       <c r="C961" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
           <t>9786051833286</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
           <t>Her Şeyin Bi’ Tarihi Var - 2</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
           <t>9786051833279</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
           <t>Her Şeyin Bi’ Tarihi Var - 1</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
           <t>9786051836010</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
           <t>Risale-i Nur’da Usul Kaideleri, Şer’i Istılah ve Tarifler (Ciltli)</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
           <t>9786051836027</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
           <t>Ağabeyler Anlatıyor 8</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
           <t>9786051835983</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
           <t>Ötekiler - İntikam Ateşi</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
           <t>9786051836003</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
           <t>Arzuhal</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>390</v>
+        <v>400</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
           <t>9786051836034</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
           <t>Osmanlı’yla Dertleri Ne?</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
           <t>9786051832562</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
           <t>Türk Piramitleri</t>
         </is>
       </c>
       <c r="C969" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
           <t>9786051833255</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
           <t>Ruh Ziynetleri</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
           <t>9786051835976</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
           <t>Osmanlı'nın Derdi Ne?</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
           <t>9786051833910</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
           <t>Şeyh Şamil - Kafkas Kartalı</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
           <t>9786051835792</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
           <t>Lal</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
           <t>9786051835808</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
           <t>Cenazene Mahalle Bakkalı Gelir</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
           <t>9786051835785</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
           <t>O Balonda Babamın Nefesi Var</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
           <t>9789752696464</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
           <t>Mesnevi-i Nuriye (Ciltli)</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>500</v>
+        <v>650</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
           <t>9786051833491</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
           <t>Affet Beni Allah’ım</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
           <t>9786051833453</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
           <t>Yasaksız Diyet</t>
         </is>
       </c>
       <c r="C978" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
           <t>9786051833460</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
           <t>Tozkoparan</t>
         </is>
       </c>
       <c r="C979" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
           <t>9786051835730</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
           <t>Dağıldık Allah’ım Sen Topla Bizi</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
           <t>9786051835747</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
           <t>Anadolu Efsaneleri</t>
         </is>
       </c>
       <c r="C981" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
           <t>9786051833446</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
           <t>Ötekiler - Tılsımın Ateşi</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
           <t>9786051835723</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
           <t>Anaokuluna İlk Adım</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
           <t>9786051835433</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
           <t>Peygamberin İzinde Dört Halife (Ciltli)</t>
         </is>
       </c>
       <c r="C984" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
           <t>9786051834023</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
@@ -14869,306 +14869,306 @@
         <is>
           <t>9786051834009</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
           <t>Börü Pençesi</t>
         </is>
       </c>
       <c r="C986" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
           <t>9786051835587</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
           <t>Kimin Fanıyım ?</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
           <t>9786051835549</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
           <t>Ayn Şın Kaf</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>650</v>
+        <v>750</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
           <t>9786051835563</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
           <t>Çanakkale’den Cennete</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
           <t>9786051835518</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
           <t>Sol Yanım Acıyor Anne</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
           <t>9786051835532</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
           <t>Evlenmeden Önce Böyle Değildin</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
           <t>9786051835525</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
           <t>Karşı Köyün Delisi</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
           <t>9786051835464</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
           <t>Çocukluk Hali</t>
         </is>
       </c>
       <c r="C993" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
           <t>9786051835471</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
           <t>Kuzgun ve Devlet</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
           <t>9786051835440</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
           <t>Ama</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
           <t>9786051835457</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
           <t>Kışın Ardı Bahardır</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
           <t>9786051835396</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
           <t>Zebun</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
           <t>9789752693593</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
           <t>Risale-i Nur'dan Edebi Yansımalar</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
           <t>9786051834412</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
           <t>İslam İnanç İlmihali</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
           <t>9786051834368</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
           <t>Bir Senden Gidemedim Haberin Yok</t>
         </is>
       </c>
       <c r="C1000" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
           <t>9786051834375</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
           <t>Kadına Rüşvet</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
           <t>9786051834344</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
           <t>Anne Eli Değmiş Çocuk</t>
         </is>
       </c>
       <c r="C1002" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
           <t>9786051834306</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
           <t>Tanrı Dağı Oğulları</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
           <t>9786051833484</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
           <t>Kızılelma - Ayasofya</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
           <t>9786051832753</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
           <t>Bu Aralar Gelsen</t>
         </is>
       </c>
       <c r="C1005" s="1">
         <v>35</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
           <t>9786051833095</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
@@ -15184,1431 +15184,1431 @@
         <is>
           <t>9786051834108</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
           <t>Efendimiz'in Sütannesi Hz. Halime</t>
         </is>
       </c>
       <c r="C1007" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
           <t>9786051834115</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
           <t>Haz ve Hız Çağında Genç Olmak</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
           <t>9786051833965</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
           <t>Peygamberler Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>600</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
           <t>9786051834047</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
           <t>Yürek Yorgunu</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
           <t>9786051833866</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
           <t>Kızılelma - Anadolu</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>340</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
           <t>9786051833828</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
           <t>Kayıp Cennet 12 Adalar</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
           <t>9786051833774</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
           <t>Sünnete Göre Günlük Hayat - Cilt 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
           <t>9786051833118</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
           <t>Esila</t>
         </is>
       </c>
       <c r="C1014" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
           <t>9786051833019</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
           <t>Tapınak Şövalyeleri'nden 15 Temmuz’a Kumpas Tarihi</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
           <t>9786051832975</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
           <t>Hoşça Kal Ülkesi</t>
         </is>
       </c>
       <c r="C1016" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
           <t>9786051833026</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
           <t>Çevrimiçi Filozoflar (Ciltli)</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
           <t>9786051627953</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
           <t>Eyvah! Çocuğum Bağımlı Mı?</t>
         </is>
       </c>
       <c r="C1018" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
           <t>9786051832722</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
           <t>Raziye Begüm Sultan</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
           <t>9786051832692</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
           <t>Dem</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
           <t>9786051832135</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
           <t>İkra</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
           <t>9796051312971</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
           <t>Mazhar Olmak (Ciltli)</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
           <t>9786051312972</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
           <t>Mazhar Olmak (Albüm Hediyeli)</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
           <t>9786051832012</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
           <t>Çantacı Necmi'den Nükteler</t>
         </is>
       </c>
       <c r="C1024" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
           <t>9786051832043</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
           <t>15 Temmuz Diriliş Destanı</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
           <t>9786051831480</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
           <t>Bir Osmanlı Var İmiş</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
           <t>9786051831770</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
           <t>Beş Vakit İnsan</t>
         </is>
       </c>
       <c r="C1027" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
           <t>9786051831756</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
           <t>Allah İçin Sev</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
           <t>9786051831763</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
           <t>Aşkın Suskunluğu</t>
         </is>
       </c>
       <c r="C1029" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
           <t>9786051831909</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
           <t>Gönlüme Hü Düştü</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
           <t>9786051831732</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
           <t>Senin Yolun</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
           <t>9786051831428</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
           <t>Yüzük Darbesi</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
           <t>9786051831169</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
           <t>Kutlu Bir Haykırış</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
           <t>9786051831251</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
           <t>Kıl Beni Ey Namaz</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
           <t>9786051831015</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
           <t>Yafes’in Oğulları</t>
         </is>
       </c>
       <c r="C1035" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
           <t>9786051831145</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
           <t>Son Kitap Sana Geldi</t>
         </is>
       </c>
       <c r="C1036" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
           <t>9786051831008</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
           <t>Padişahların Akıl Hocaları</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
           <t>9786051629322</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
           <t>Gel Sana Aşkı Anlatıyım</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
           <t>9786051628677</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
           <t>Zaman Aynası Namaz</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
           <t>9786051629780</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
           <t>Fatih Hatıratı</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
           <t>9786051628288</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
           <t>Huyu Suyu Güzel Çocuk</t>
         </is>
       </c>
       <c r="C1041" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
           <t>9786051628097</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
           <t>Aşk Varsa Kusur Yoktur</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
           <t>9786051628158</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
           <t>Kösem Sultan</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
           <t>9786051628653</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
           <t>Mabedin Sırrı</t>
         </is>
       </c>
       <c r="C1044" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
           <t>9786051629391</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
           <t>Gerçeğin Aynasında Bediüzzaman</t>
         </is>
       </c>
       <c r="C1045" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
           <t>9786051629773</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
           <t>İstemesini Bilirsen Rabbin Gönlündekini Verecek</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
           <t>9786051628837</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
           <t>Ömrüme Doğan Güneş</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
           <t>9786051628547</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
           <t>Suyla Gelen Sağlık: Alkali Yaşam</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>350</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
           <t>9786051628530</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
           <t>İmdat Aşık Oldum!</t>
         </is>
       </c>
       <c r="C1049" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
           <t>9786051315348</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
           <t>Menemen</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
           <t>9786051628493</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
           <t>Küskün Paşalar</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
           <t>9786051623153</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
           <t>Çocuk Neyi Neden Yapar ? 1</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
           <t>9786051626871</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
           <t>Bir Günde Nasıl Lider Olunur?</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
           <t>9786051626666</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
           <t>Kalbine Hatırlat</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
           <t>9786051627137</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
           <t>Adı Aşk</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
           <t>9786051626444</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
           <t>Günümüze Işık Tutan Peygamber ve Sahabe Rüyaları</t>
         </is>
       </c>
       <c r="C1056" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
           <t>9786051627380</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
           <t>Sünnete Göre Günlük Hayat (Ciltli)</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>600</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
           <t>9786051626833</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
           <t>Kutlu Bir Öğretmen</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
           <t>9786051622651</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
           <t>Selam Olsun Hidayete Tabi Olanlara</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
           <t>9786051622477</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
           <t>Tasavvuf Terapisi</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
           <t>9786051626246</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
           <t>Sır: Aşıklar Ölmez</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
           <t>9786051625997</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
           <t>Sevdikleri Kadardır İnsan</t>
         </is>
       </c>
       <c r="C1062" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
           <t>9786051623757</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
           <t>Mehmet De Düzce: La Recherche</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
           <t>9786051315577</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
           <t>Deryada Yunus Olmak</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
           <t>9786051626109</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
           <t>Türk Basınında Bediüzzaman ve Risale-i Nur</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
           <t>9789752698949</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
           <t>Kainatın Efendisi Peygamberimizin Hayatı (Ciltli)</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>590</v>
+        <v>690</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
           <t>9786051314051</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
           <t>Peygamberimizin Örnek Ahlakı</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
           <t>9789752697874</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
           <t>Kainatın Efendisi Peygamberimizin Hayatı (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>480</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
           <t>9786051622934</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
           <t>Put</t>
         </is>
       </c>
       <c r="C1069" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
           <t>9786051621852</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
           <t>Yaşamak İstiyorum</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
           <t>9789752697607</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
           <t>Tarihi Değiştiren Suikastler</t>
         </is>
       </c>
       <c r="C1071" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
           <t>9789754082616</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
           <t>Bediüzzaman Said Nursi ve Devlet Felsefesi</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
           <t>9786051318882</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
           <t>Başkasının Günahına Ağlayan Adam</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
           <t>9799752692403</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
           <t>Besinlerin Yolculuğu (Ciltli)</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
           <t>9786051317885</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
           <t>Türkçe Okunuşuyla Tesbihat ve Cevşen (Transkripsiyonlu)</t>
         </is>
       </c>
       <c r="C1075" s="1">
         <v>90</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
           <t>9786051315331</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
           <t>Sabahsız Gece</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
           <t>9786051625263</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
           <t>Sultan 1. Kılıç Arslan</t>
         </is>
       </c>
       <c r="C1077" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
           <t>9786051622606</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
           <t>Ene</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
           <t>9786051622170</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
           <t>Kapına Geldim</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
           <t>9786051621999</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
           <t>Bir Mükemmel Günün Hikayesi</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
           <t>9799752690645</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
           <t>Muhammed Das Vorbild</t>
         </is>
       </c>
       <c r="C1081" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
           <t>9786051625287</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
           <t>İnancın Zaferi Çanakkale</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
           <t>9789752698130</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
           <t>Hukuk Risalesi</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
           <t>9789752691452</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
           <t>Biz Osmanlıyız</t>
         </is>
       </c>
       <c r="C1084" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
           <t>9786051625355</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
           <t>Kutlu Bir Diriliş</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
           <t>9786051629988</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
           <t>Çanakkale'de Üç Muhammed</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
           <t>9786051830148</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
           <t>Çocuk Neyi Neden Yapar ? 2</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
           <t>9786051622507</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
           <t>Münacat ve Türkçe Açıklaması</t>
         </is>
       </c>
       <c r="C1088" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
           <t>9789752691773</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
           <t>Ağabeyler Anlatıyor 1</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
           <t>9789752691742</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
           <t>Osman Gazi</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
           <t>9789752691780</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
           <t>Orhan Gazi</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
           <t>9786051315638</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
           <t>Delailü'n-Nur (Ciltli)</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
           <t>9786051313566</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
           <t>Zeynep'in Aşırı Komik Maceraları (5 Kitap)</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>500</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
           <t>9786051314143</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
           <t>Amme Cüzü (Orta Boy)</t>
         </is>
       </c>
       <c r="C1094" s="1">
         <v>40</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
           <t>9786051315362</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
           <t>Pir</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>330</v>
+        <v>360</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
           <t>9786051315584</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
           <t>The Education Of Privacy For Children</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
           <t>9786051315591</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
           <t>Yüzleşme Vakti</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
           <t>9786051315102</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
           <t>Kur'an ve Sünnet Işığında Şeytandan Günümüze Irkçılık</t>
         </is>
       </c>
       <c r="C1098" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
           <t>9799752690317</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
           <t>Cevşenü'l-Kebir</t>
         </is>
       </c>
       <c r="C1099" s="1">
         <v>50</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
           <t>9786051313672</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
           <t>Çocuk Eğitiminde Pozitif İletişim</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
           <t>9786051629315</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
           <t>Kesilen Gitar</t>
         </is>
       </c>
       <c r="C1101" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
           <t>9786051628264</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
@@ -16624,111 +16624,111 @@
         <is>
           <t>9786051830827</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
           <t>Her Harfi Bir Melek Bekler</t>
         </is>
       </c>
       <c r="C1103" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
           <t>9786051621708</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
           <t>Ağabeyler Anlatıyor 6</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
           <t>9786051830001</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
           <t>Allah'a Tutun</t>
         </is>
       </c>
       <c r="C1105" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
           <t>9799756401810</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
           <t>Namaz Tesbihatı</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
           <t>9789752698017</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
           <t>Vicdan Ateşi</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
           <t>9786051314600</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
           <t>Hasret</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
           <t>9799756401803</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
           <t>Cevşenü'l Kebir</t>
         </is>
       </c>
       <c r="C1109" s="1">
         <v>70</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
           <t>9789756401521</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
@@ -16759,1401 +16759,1401 @@
         <is>
           <t>9786051315119</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
           <t>Zengin Sahabiler</t>
         </is>
       </c>
       <c r="C1112" s="1">
         <v>140</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
           <t>9786051315263</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
           <t>Gökyüzüne Bakmanın Faydaları</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
           <t>9789758499144</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
           <t>Güneş Batmadan</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
           <t>9789752697447</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
           <t>Öykülerle Davranış Eğitimi Seti (10 Kitap) - Tali 1</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>700</v>
+        <v>800</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
           <t>9799756401926</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
           <t>Tagebuch Eines Lehrers 1</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
           <t>9786051313993</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
           <t>Şimdi Oyun Zamanı</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
           <t>9799756503705</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
           <t>Şiirlerle Bediüzzaman</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
           <t>9799754080741</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
           <t>Şehzade Selim</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
           <t>9789754080537</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
           <t>Sunguroğlu 3</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
           <t>9789754080513</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
           <t>Sunguroğlu 2</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
           <t>9799754080512</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
           <t>Sunguroğlu 1</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
           <t>9786051311975</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
           <t>Sufi Pedagojisi</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
           <t>9786051313474</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
           <t>Sorularla ve Örnek Vakalarla Öfke Kontrolü</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
           <t>9789752698598</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
           <t>Sorularla Panik Atak</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
           <t>9786051313856</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
           <t>Sonsuzluğa Uyanmak</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
           <t>9799752691796</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
           <t>Son Şahitler Bediüzzaman Said Nursi’yi Anlatıyor 5. Kitap</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>400</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
           <t>9799752691253</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
           <t>Mutluluk Terapisi - Siz Siz Olun</t>
         </is>
       </c>
       <c r="C1128" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
           <t>9789752696396</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
           <t>Sevda</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
           <t>9786051311661</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
           <t>Sensin</t>
         </is>
       </c>
       <c r="C1130" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
           <t>9789756503348</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
           <t>Selim ve Hande</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
           <t>9789754080438</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
           <t>Sel</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
           <t>9789752697775</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
           <t>Secdede Son Nefes</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
           <t>9789752695382</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
           <t>Said Nursi (Nur Dede-Almanca)</t>
         </is>
       </c>
       <c r="C1134" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
           <t>9799754082400</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
           <t>Sahipsiz Saltanat</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
           <t>9789752697713</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
           <t>Sahabiler Ansiklopedisi (İki Cilt Bir Arada) (Ciltli)</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>850</v>
+        <v>950</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
           <t>9789752692992</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
           <t>Resimli Osmanlı Tarihi (Ciltli)</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>900</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
           <t>9789752695436</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
           <t>Rahat Bırakın Beni</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
           <t>9786051313962</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
           <t>Rağmen</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
           <t>9789752693418</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
           <t>Rabbini Arayan Thomas 2</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
           <t>9786051310299</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
           <t>Yitik Sevda Kudüs</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
           <t>9786051312163</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
           <t>Yirminci Asrın Başlarında Alem-i İslam ve Japonya’da İslamiyet’in Yayılması</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>800</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
           <t>9789752699151</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
           <t>Yıldırım Bayezid</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
           <t>9789757055952</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
           <t>Çare</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
           <t>9789752699168</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
           <t>Üç Kıtanın Hakimi - Yavuz Sultan Selim</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
           <t>9786051313122</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
           <t>Aşk İnanmakla Başlar</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
           <t>9789758499304</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
           <t>Uçurumdan Dönüş</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
           <t>9789752691421</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
           <t>Türkçe Okunuşuyla Cevşenü’l Kebir (Transkripsiyonlu)</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
           <t>9789752690288</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
           <t>Türkçe Okunuşlu Cevşenü’l Kebir ve Meali (Transkripsiyonlu) (Ciltli)</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
           <t>9789754081077</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
           <t>Turgut Alp</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
           <t>9786051312385</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
           <t>Thomas Auf Der Suche Seinem Schöpfer</t>
         </is>
       </c>
       <c r="C1151" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
           <t>9786051312002</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
           <t>The Wonder of Childhood</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
           <t>9786051310152</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
           <t>Tesbihat (Almanca) (Ciltli)</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
           <t>9786051311074</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
           <t>Tatil Sürecinde Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C1154" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
           <t>9789756401576</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
           <t>Tarihimizden Yaşanmış Öyküler</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
           <t>9789752690332</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
           <t>Esrarlı Gece</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
           <t>9786051313740</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
           <t>Esma ile Yakarış</t>
         </is>
       </c>
       <c r="C1157" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
           <t>9789754081060</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
           <t>Endülüs’e Veda</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
           <t>9789756503836</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
           <t>Emre</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
           <t>9799754080567</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
           <t>Elveda Buhara</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
           <t>9789752695528</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
           <t>Türkçe Açıklamalı El-Hizbü'l-Kur'aniyyü'l-Ekber (Ciltli)</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
           <t>9786051312170</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
           <t>Eğlenceli Okuma Etkinlikleri (Ciltli)</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
           <t>9786051311685</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
           <t>Dürr ve Sadef</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
           <t>9789752693128</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
           <t>Dünyanın Sonu Değil</t>
         </is>
       </c>
       <c r="C1164" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
           <t>9789752698789</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
           <t>Doğuda Aşk Böyle Yazılır</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
           <t>9786051837628</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
           <t>Doğru Düşünme ve Başarma Sanatı</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
           <t>9789752698352</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
           <t>Demokratik Açılım Sürecinde Kardeşlik Projesi</t>
         </is>
       </c>
       <c r="C1167" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
           <t>9789752698611</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
           <t>Deccal ve Deccaliyet</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
           <t>9789752699175</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
           <t>Çelebi Mehmed</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
           <t>9789752692817</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
           <t>Çanakkale’de Şahlananlar</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
           <t>9789754081053</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
           <t>Çaka Bey</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
           <t>9789752699229</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
           <t>Cennete Giden Günahkar</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
           <t>9799754081205</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
           <t>Cem Sultan  2</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
           <t>9799754081199</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
           <t>Cem Sultan Cilt: 1</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
           <t>9789752694583</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
           <t>Candan Öte Sevmek Sahabenin Peygamber Aşkı</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
           <t>9789756503485</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
           <t>Canan</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
           <t>9789752694941</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
           <t>Büyük Rüya Tabirleri</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
           <t>9789754081602</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
           <t>Buhara Yanıyor</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
           <t>9786051314020</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
           <t>Bozkırda İki Cengaver Tuğrul ve Çağrı Bey</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
           <t>9789758499267</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
           <t>Bir Destandır Çanakkale</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
           <t>9786051310305</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
           <t>Beni Bir Annem Sevmiş</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
           <t>9789758499694</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
           <t>Aysel</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
           <t>9789752693098</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
           <t>Avukat Bekir Berk</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
           <t>9789756503744</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
           <t>Avrupalı Mevlevi</t>
         </is>
       </c>
       <c r="C1184" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
           <t>9789752694668</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
           <t>Ateşte Yeşerdim</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
           <t>9789752697959</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
           <t>Ateşte Açan Çiçekler</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
           <t>9786051312422</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
           <t>Aşk-ı Sübhan</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
           <t>9786051310732</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
           <t>Aşk-ı Revan</t>
         </is>
       </c>
       <c r="C1188" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
           <t>9789752690592</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
           <t>Mevlana Celaleddin Rumi</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
           <t>9786051312149</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
           <t>Asi Gönül</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
           <t>9799758499198</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
           <t>Peygamberimizin Dilinden Hac ve Umre</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
           <t>9789752698192</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
           <t>Öpücük Kutusu</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
           <t>9799757055746</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
           <t>Önce Alkışladılar Sonra Öldürdüler</t>
         </is>
       </c>
       <c r="C1193" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
           <t>9789757055976</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
           <t>Öğrencinin Başarı Kılavuzu</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
           <t>9789752697225</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
           <t>Our Teacher’s Notebook Öğretmenin Not Defteri 1</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
           <t>9789752692909</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
           <t>Osmanlı’dan Cumhuriyet’e Son Bozgun</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
           <t>9789752697072</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
           <t>Osmanlı'yı Cihan Devleti Yapan 150 Sır</t>
         </is>
       </c>
       <c r="C1197" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
           <t>9789757055754</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
           <t>Osmanlı İnsanı</t>
         </is>
       </c>
       <c r="C1198" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
           <t>9789752696006</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
           <t>Osmanlı Demokrasisinden Türkiye Cumhuriyetine</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
           <t>9789756401026</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
           <t>Okuyuculardan İbretli Mektuplar</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
           <t>9789752699670</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
           <t>Nerineki Analitik Li Ser Jîyana Seide Nursi</t>
         </is>
       </c>
       <c r="C1201" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
           <t>9789752693227</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
           <t>Mutfaktan Kalbe Sevgiyle Pişirelim</t>
         </is>
       </c>
       <c r="C1202" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
           <t>9789754080971</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
           <t>Mısır'a Doğru</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
           <t>9789754081022</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
           <t>Merhaba Söğüt Ertuğrul Gazi</t>
         </is>
       </c>
       <c r="C1204" s="1">
         <v>390</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
           <t>9786051312637</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
@@ -18169,216 +18169,216 @@
         <is>
           <t>9789752698376</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
           <t>Kur’an-Kerim Hatm-i Şerif Cüzleri (Kutulu)</t>
         </is>
       </c>
       <c r="C1206" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
           <t>9789752697430</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
           <t>Kur'an ve Hikmet Işığında Cevşen Şerhi (Ciltli)</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
           <t>9786051311968</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
           <t>Kendini Bulan Kadın</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
           <t>9789756401781</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
           <t>Kendini Arayan Kadın</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
           <t>9789757055808</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
           <t>Kendimi Buldum</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
           <t>9789752697928</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
           <t>Kayıtdışı Tarihimiz</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
           <t>9789752698796</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
           <t>Katılım Bankacılığı</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
           <t>9789752699120</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
           <t>Kanuni Sultan Süleyman</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
           <t>9786051313405</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
           <t>Kalpten Kalbe Terapi Mektupları</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>390</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
           <t>9789756503522</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
           <t>Kalp Sevmekten Yorulmaz</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
           <t>9789752692848</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
           <t>Kainatın Efendisi Peygamberimizin Hayatı Mekke Dönemi 1</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
           <t>9789752692831</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
           <t>Kainatın Efendisi Peygamberimizin Hayatı Medine Dönemi 2</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
           <t>9799758499822</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
           <t>Esir</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
           <t>9799752691857</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
           <t>Zaman Bilinci</t>
         </is>
       </c>
       <c r="C1219" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
           <t>9786051312668</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
@@ -18394,391 +18394,391 @@
         <is>
           <t>9789752697263</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
           <t>İnanç ve İbadet İlmihali (Ciltli)</t>
         </is>
       </c>
       <c r="C1221" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
           <t>9786051310169</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
           <t>İlm-i Aşk</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
           <t>9786051311616</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
           <t>Hz. Ali İlk Üç Halife ile Kavgalı mıydı?</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
           <t>9789752698116</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
           <t>Hz. Ali (r.a.)</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
           <t>9789752699373</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
           <t>Hizb-ü Envari’l-Hakaikı’n-Nuriye Büyük Cevşen Türkçe Okunuşlu ve Açıklamalı ( 2 Farklı Renkte) (Ciltli)</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>590</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
           <t>9789752690387</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
           <t>Hayat Alfabesi Varlık ve İmkan (Ciltli)</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
           <t>9789752697614</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
           <t>Haya Timsali Hz. Osman (r.a.)</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
           <t>9786051312439</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
           <t>Haccın Kalbine Yolculuk</t>
         </is>
       </c>
       <c r="C1228" s="1">
         <v>100</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
           <t>9799758499686</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
           <t>İsyan</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
           <t>9789752699182</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
           <t>Fatih Sultan Mehmed</t>
         </is>
       </c>
       <c r="C1230" s="1">
         <v>290</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
           <t>9789752693050</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
           <t>Ezanla Diriliş</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
           <t>9789752696341</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
           <t>Allah’a Kul Olmak</t>
         </is>
       </c>
       <c r="C1232" s="1">
         <v>120</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
           <t>9786259466422</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
           <t>Akif Dede</t>
         </is>
       </c>
       <c r="C1233" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
           <t>9799758499075</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
           <t>Ailede ve Okulda Çocuk Eğitimi</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
           <t>9786051311029</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
           <t>Ağabeyler Anlatıyor 5</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
           <t>9789752698734</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
           <t>Ağabeyler Anlatıyor 4</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>450</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
           <t>9789752697393</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
           <t>Ağabeyler Anlatıyor 3</t>
         </is>
       </c>
       <c r="C1237" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
           <t>9789758499465</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
           <t>Adım Adım Evlilik</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
           <t>9786051313955</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
           <t>9 Ay 99 Esma</t>
         </is>
       </c>
       <c r="C1239" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
           <t>9789752694620</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
           <t>63 Yıla Adanmış 63 Mektup</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
           <t>9789754080490</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
           <t>4. Murad  Cilt: 2</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
           <t>9789754080483</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
           <t>4. Murad  Cilt: 1</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
           <t>9789752692091</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
           <t>2. Murad</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
           <t>9786051312620</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
           <t>1930 Yalancı Bahar</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
           <t>9789752691803</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
           <t>1. Murad</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>