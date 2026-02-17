--- v0 (2025-11-02)
+++ v1 (2026-02-17)
@@ -85,6370 +85,6460 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>8682923928993</t>
+          <t>9786052781562</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>2025 Nesin Çocuk Takvimi - Sofralardan Masallara</t>
+          <t>Bir Keşif Öyküsü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>334</v>
+        <v>230</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>7331898514991</t>
+          <t>9786052781555</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>2025 Nesin Masa Takvimi - Sofralardan Masallara</t>
+          <t>Uykusunu Arayan Fil Yavrusu</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>170</v>
+        <v>269</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>8682923928863</t>
+          <t>9786052781517</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Nesin Yayınevi Çocuk Kitapları Seti I</t>
+          <t>Minik Hücreler Büyük Hikayeler</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>2305</v>
+        <v>269</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052781265</t>
+          <t>9786052781548</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Mitoloji - 1</t>
+          <t>Dünya Yuvarlak Mı?</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>149</v>
+        <v>364</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789759038649</t>
+          <t>9786052781531</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Üç Karagöz Oyunu</t>
+          <t>Sis Bulutu</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>6.48</v>
+        <v>364</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786055794316</t>
+          <t>9786052781524</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Şakacı Çocuklar</t>
+          <t>Yağmuru Durdurabilir Misin?</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>14</v>
+        <v>364</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786055794644</t>
+          <t>8682923928993</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sevgi Denizi</t>
+          <t>2025 Nesin Çocuk Takvimi - Sofralardan Masallara</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>12.96</v>
+        <v>334</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786055794613</t>
+          <t>7331898514991</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Papağanın Diriliş Öyküsü (Ciltli)</t>
+          <t>2025 Nesin Masa Takvimi - Sofralardan Masallara</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>27</v>
+        <v>170</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786055794460</t>
+          <t>8682923928863</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kurdu Kurtaran Kuzu</t>
+          <t>Nesin Yayınevi Çocuk Kitapları Seti I</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>11</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786055794507</t>
+          <t>9786052781265</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Pelerinli Kurtçuk</t>
+          <t>Bitmeyen Mitoloji - 1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>6.02</v>
+        <v>149</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786055794583</t>
+          <t>9789759038649</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı Pabuçlar</t>
+          <t>Üç Karagöz Oyunu</t>
         </is>
       </c>
       <c r="C12" s="1">
         <v>6.48</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786055794774</t>
+          <t>9786055794316</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Karga Agarak Apango</t>
+          <t>Şakacı Çocuklar</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>12.96</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786054702930</t>
+          <t>9786055794644</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Adapa</t>
+          <t>Sevgi Denizi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>14</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786054702985</t>
+          <t>9786055794613</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Mirza Memed ile Ejderha</t>
+          <t>Papağanın Diriliş Öyküsü (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>18</v>
+        <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786054883486</t>
+          <t>9786055794460</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Sarı Papağanlar Mavi Papağanlar</t>
+          <t>Kurdu Kurtaran Kuzu</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>17.59</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786054883295</t>
+          <t>9786055794507</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Halimiz Hal Değil</t>
+          <t>Kırmızı Pelerinli Kurtçuk</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>49</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786054883240</t>
+          <t>9786055794583</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere Masallar</t>
+          <t>Kırmızı Pabuçlar</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>43.52</v>
+        <v>6.48</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054883370</t>
+          <t>9786055794774</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Şehirden İndim Köye</t>
+          <t>Karga Agarak Apango</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>49</v>
+        <v>12.96</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786054883493</t>
+          <t>9786054702930</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yarış Başlıyor</t>
+          <t>Adapa</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786054883950</t>
+          <t>9786054702985</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gonca ile Yonca</t>
+          <t>Mirza Memed ile Ejderha</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>12</v>
+        <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786054883912</t>
+          <t>9786054883486</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Meral Çelen’in Anıları</t>
+          <t>Sarı Papağanlar Mavi Papağanlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>457.5</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054883936</t>
+          <t>9786054883295</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gülmekten Öldüren Öyküler 2 (Ciltli)</t>
+          <t>Halimiz Hal Değil</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>37</v>
+        <v>49</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786054883264</t>
+          <t>9786054883240</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Memurlar Memurlar</t>
+          <t>Büyüklere Masallar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>44</v>
+        <v>43.52</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054883363</t>
+          <t>9786054883370</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Zübüklüğün Sonu Yok</t>
+          <t>Şehirden İndim Köye</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>72</v>
+        <v>49</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786054883332</t>
+          <t>9786054883493</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Laiklik, Dincilik ve Atatürkçülük</t>
+          <t>Yarış Başlıyor</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>27</v>
+        <v>13</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786054702961</t>
+          <t>9786054883950</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Lokman Hekim ile Çırağı</t>
+          <t>Gonca ile Yonca</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059569088</t>
+          <t>9786054883912</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Klaus Liebe Harkort Mektuplaşmaları (Ciltli)</t>
+          <t>Meral Çelen’in Anıları</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>193</v>
+        <v>457.5</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9789754180701</t>
+          <t>9786054883936</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Anıtı Dikilen Sinek</t>
+          <t>Gülmekten Öldüren Öyküler 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>50</v>
+        <v>37</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9789754180480</t>
+          <t>9786054883264</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Borçlu Olduklarımız</t>
+          <t>Memurlar Memurlar</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>10</v>
+        <v>44</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054702954</t>
+          <t>9786054883363</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Her Şey Oyunla Başladı</t>
+          <t>Zübüklüğün Sonu Yok</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>14</v>
+        <v>72</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054702992</t>
+          <t>9786054883332</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Selahaddin Eyyubi ile Akıllı Kız</t>
+          <t>Laiklik, Dincilik ve Atatürkçülük</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>16</v>
+        <v>27</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786054702947</t>
+          <t>9786054702961</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Ayıkulak</t>
+          <t>Lokman Hekim ile Çırağı</t>
         </is>
       </c>
       <c r="C33" s="1">
         <v>14</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055794866</t>
+          <t>9786059569088</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hep Hayır! Diyen Aslan</t>
+          <t>Klaus Liebe Harkort Mektuplaşmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>8.8</v>
+        <v>193</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786055794439</t>
+          <t>9789754180701</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Gulliver Cüceler ve Devler Ülkesinde (Ciltli)</t>
+          <t>Anıtı Dikilen Sinek</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>17.59</v>
+        <v>50</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054702008</t>
+          <t>9789754180480</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Gazeteci Çocuk</t>
+          <t>Borçlu Olduklarımız</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>4.17</v>
+        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786055794576</t>
+          <t>9786054702954</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Fıkracı</t>
+          <t>Her Şey Oyunla Başladı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>11.11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055794354</t>
+          <t>9786054702992</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Denizatı Ülkesinde</t>
+          <t>Selahaddin Eyyubi ile Akıllı Kız</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055794262</t>
+          <t>9786054702947</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Güzel Şiirler</t>
+          <t>Ayıkulak</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789759038601</t>
+          <t>9786055794866</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Çiçu</t>
+          <t>Hep Hayır! Diyen Aslan</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>4.63</v>
+        <v>8.8</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786055794538</t>
+          <t>9786055794439</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çaykolik Kedi (Ciltli)</t>
+          <t>Gulliver Cüceler ve Devler Ülkesinde (Ciltli)</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>13.89</v>
+        <v>17.59</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786055794019</t>
+          <t>9786054702008</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Canım Oğlum Canım Babacım 2</t>
+          <t>Gazeteci Çocuk</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>26.85</v>
+        <v>4.17</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789759038595</t>
+          <t>9786055794576</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Canım Oğlum Canım Babacığım</t>
+          <t>Fıkracı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>26.85</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055794347</t>
+          <t>9786055794354</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Canım Kitaplığım</t>
+          <t>Denizatı Ülkesinde</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>14</v>
+        <v>12</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055794989</t>
+          <t>9786055794262</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Cambazlar (Ciltli)</t>
+          <t>Çocuklar İçin Güzel Şiirler</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>31</v>
+        <v>11</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786055794668</t>
+          <t>9789759038601</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bulut Kız Şimşek Oğlan</t>
+          <t>Çiçu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>11</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786055794446</t>
+          <t>9786055794538</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Ben ve Öğretmenim</t>
+          <t>Çaykolik Kedi (Ciltli)</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>133</v>
+        <v>13.89</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786055794279</t>
+          <t>9786055794019</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Barış Koyun Çocukların Adını</t>
+          <t>Canım Oğlum Canım Babacım 2</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>3.24</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789759038816</t>
+          <t>9789759038595</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Babam Aziz Nesin...</t>
+          <t>Canım Oğlum Canım Babacığım</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>8.33</v>
+        <v>26.85</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786055794521</t>
+          <t>9786055794347</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Maske</t>
+          <t>Canım Kitaplığım</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>11.11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786055794309</t>
+          <t>9786055794989</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Acayip Öyküler</t>
+          <t>Cambazlar (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>5.56</v>
+        <v>31</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059569057</t>
+          <t>9786055794668</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Sirk</t>
+          <t>Bulut Kız Şimşek Oğlan</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>21</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054883349</t>
+          <t>9786055794446</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Toplumu ve Demokrasi</t>
+          <t>Ben ve Öğretmenim</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>49</v>
+        <v>133</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054702190</t>
+          <t>9786055794279</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Little Jon</t>
+          <t>Barış Koyun Çocukların Adını</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>230</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054883011</t>
+          <t>9789759038816</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Aziz Dede'den Nasrettin Hoca Gülütleri (CD'li)</t>
+          <t>Babam Aziz Nesin...</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>2.78</v>
+        <v>8.33</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054883233</t>
+          <t>9786055794521</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Batı'ya Giden Yoldayız</t>
+          <t>Arkadaşım Maske</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>44</v>
+        <v>11.11</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054883325</t>
+          <t>9786055794309</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gülmekten Öldüren Öyküler</t>
+          <t>Acayip Öyküler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>44.44</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786055794125</t>
+          <t>9786059569057</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bastıbacak Virgül</t>
+          <t>Sirk</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>133</v>
+        <v>21</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786054883479</t>
+          <t>9786054883349</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Sokak Kedileri</t>
+          <t>Türkiye Toplumu ve Demokrasi</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>14</v>
+        <v>49</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>3990000052349</t>
+          <t>9786054702190</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bayan Aynur ile Bay Buyur</t>
+          <t>Little Jon</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>30</v>
+        <v>230</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054702107</t>
+          <t>9786054883011</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Baba Mirası</t>
+          <t>Aziz Dede'den Nasrettin Hoca Gülütleri (CD'li)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>30</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786054883868</t>
+          <t>9786054883233</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Bursaname</t>
+          <t>Batı'ya Giden Yoldayız</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>25</v>
+        <v>44</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786054883875</t>
+          <t>9786054883325</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kuyruğu Zilli Tilki</t>
+          <t>Gülmekten Öldüren Öyküler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>15.74</v>
+        <v>44.44</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9789754180473</t>
+          <t>9786055794125</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Bu Yurdu Bize Verenler</t>
+          <t>Bastıbacak Virgül</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>10</v>
+        <v>133</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9789754183061</t>
+          <t>9786054883479</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Ben de Çocuktum</t>
+          <t>Sokak Kedileri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>8</v>
+        <v>14</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786059569033</t>
+          <t>3990000052349</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Irak ve Mısır (Ciltli)</t>
+          <t>Bayan Aynur ile Bay Buyur</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052780688</t>
+          <t>9786054702107</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Ninemin Sandığı</t>
+          <t>Baba Mirası</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>159</v>
+        <v>30</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052780428</t>
+          <t>9786054883868</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Sert Çocuklar (Ciltli)</t>
+          <t>Bursaname</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>263</v>
+        <v>25</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786054883967</t>
+          <t>9786054883875</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere Masallar 1 (Ciltli)</t>
+          <t>Kuyruğu Zilli Tilki</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>33</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786059569194</t>
+          <t>9789754180473</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Bazı Kuşlar Uçtu</t>
+          <t>Bu Yurdu Bize Verenler</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>19.44</v>
+        <v>10</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786054883004</t>
+          <t>9789754183061</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Aziz Dede'den Hayvan Öyküleri</t>
+          <t>Ben de Çocuktum</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>3</v>
+        <v>8</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052781500</t>
+          <t>9786059569033</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Meraklısına Meşhur Matematiksel Bulmacalar - Tarihsel Notlar ve Yorumlarla</t>
+          <t>Irak ve Mısır (Ciltli)</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>470</v>
+        <v>29</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>7331898540426</t>
+          <t>9786052780688</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:71 Yıl:2006 – IV</t>
+          <t>Ninemin Sandığı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>141</v>
+        <v>159</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>7331898540433</t>
+          <t>9786052780428</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:72 Yıl:2007 – I</t>
+          <t>Sert Çocuklar (Ciltli)</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>141</v>
+        <v>263</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>7331898540440</t>
+          <t>9786054883967</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:73 Yıl:2007 - II</t>
+          <t>Büyüklere Masallar 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>141</v>
+        <v>33</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786055794972</t>
+          <t>9786059569194</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Söylence Dolu Anadolu</t>
+          <t>Bazı Kuşlar Uçtu</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>218</v>
+        <v>19.44</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052781494</t>
+          <t>9786054883004</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Denizin Cadıları</t>
+          <t>Aziz Dede'den Hayvan Öyküleri</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>438</v>
+        <v>3</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052781487</t>
+          <t>9786052781500</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Kodlama ile Geometrik Desenler : Sanat için Kodlama</t>
+          <t>Meraklısına Meşhur Matematiksel Bulmacalar - Tarihsel Notlar ve Yorumlarla</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>713</v>
+        <v>470</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052781470</t>
+          <t>7331898540426</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Haydi Uykuya Miyuki</t>
+          <t>Matematik Dünyası Dergisi Sayı:71 Yıl:2006 – IV</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>389</v>
+        <v>141</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>8682923928146</t>
+          <t>7331898540433</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>2022 Nesin Vakfı Duvar Takvimi</t>
+          <t>Matematik Dünyası Dergisi Sayı:72 Yıl:2007 – I</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>70</v>
+        <v>141</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>8682923928153</t>
+          <t>7331898540440</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>2022 Nesin Çocuk Takvimi</t>
+          <t>Matematik Dünyası Dergisi Sayı:73 Yıl:2007 - II</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>61.02</v>
+        <v>141</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786054702046</t>
+          <t>9786055794972</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Hışırtı</t>
+          <t>Söylence Dolu Anadolu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>80</v>
+        <v>218</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786054702084</t>
+          <t>9786052781494</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>En Masumlar İçerde</t>
+          <t>Büyülü Denizin Cadıları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>65</v>
+        <v>438</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786054883257</t>
+          <t>9786052781487</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>İstanbul’un Halleri</t>
+          <t>Yaratıcı Kodlama ile Geometrik Desenler : Sanat için Kodlama</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>70</v>
+        <v>713</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786054883226</t>
+          <t>9786052781470</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Aşk Öyküleri</t>
+          <t>Haydi Uykuya Miyuki</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>65</v>
+        <v>389</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059569026</t>
+          <t>8682923928146</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Darbeler Kitabı</t>
+          <t>2022 Nesin Vakfı Duvar Takvimi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>49</v>
+        <v>70</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786054702053</t>
+          <t>8682923928153</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bekarlık Sultanlıktır</t>
+          <t>2022 Nesin Çocuk Takvimi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>43</v>
+        <v>61.02</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786054883929</t>
+          <t>9786054702046</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Gülmekten Öldüren Öyküler 1 (Ciltli)</t>
+          <t>Hışırtı</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>49</v>
+        <v>80</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9789759038823</t>
+          <t>9786054702084</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Gerçekleşen Ütopya Nesin Vakfı Çocuk Cenneti</t>
+          <t>En Masumlar İçerde</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>50</v>
+        <v>65</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055794415</t>
+          <t>9786054883257</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Aziz Dede’den Masallar</t>
+          <t>İstanbul’un Halleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>13</v>
+        <v>70</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055794637</t>
+          <t>9786054883226</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ateşin Dereyi Kurtardığı Gece (Ciltli)</t>
+          <t>Aşk Öyküleri</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>15.74</v>
+        <v>65</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786054883356</t>
+          <t>9786059569026</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yazarlık, Edebiyat ve Dil Üstüne</t>
+          <t>Darbeler Kitabı</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>90</v>
+        <v>49</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786054883899</t>
+          <t>9786054702053</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin'in Güncesi - Mum Hala (Ciltli)</t>
+          <t>Bekarlık Sultanlıktır</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>320</v>
+        <v>43</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052780701</t>
+          <t>9786054883929</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Benim Teyzem Bir Başka</t>
+          <t>Gülmekten Öldüren Öyküler 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>116</v>
+        <v>49</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052780633</t>
+          <t>9789759038823</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Saçaklı Cadı ve Dev Günebakan</t>
+          <t>Gerçekleşen Ütopya Nesin Vakfı Çocuk Cenneti</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>162</v>
+        <v>50</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052780312</t>
+          <t>9786055794415</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Seto Bal</t>
+          <t>Aziz Dede’den Masallar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>52</v>
+        <v>13</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>7331898540747</t>
+          <t>9786055794637</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 120 Yıl:2025-1</t>
+          <t>Ateşin Dereyi Kurtardığı Gece (Ciltli)</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>282</v>
+        <v>15.74</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052781463</t>
+          <t>9786054883356</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>İçimdeki Mücevher (Ciltli)</t>
+          <t>Yazarlık, Edebiyat ve Dil Üstüne</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>744</v>
+        <v>90</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>7331898540730</t>
+          <t>9786054883899</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:69 Yıl:2006 - II</t>
+          <t>Aziz Nesin'in Güncesi - Mum Hala (Ciltli)</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>141</v>
+        <v>320</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>7331898540419</t>
+          <t>9786052780701</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:70 Yıl:2006 – III</t>
+          <t>Benim Teyzem Bir Başka</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>141</v>
+        <v>116</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>7331898540457</t>
+          <t>9786052780633</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:74 Yıl:2007 – III</t>
+          <t>Saçaklı Cadı ve Dev Günebakan</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>141</v>
+        <v>162</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>7331898540471</t>
+          <t>9786052780312</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:79 Yıl:2008 – IV</t>
+          <t>Seto Bal</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>141</v>
+        <v>52</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>7331898540488</t>
+          <t>7331898540747</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:81 Yıl:2009 - III-IV</t>
+          <t>Matematik Dünyası Dergisi Sayı: 120 Yıl:2025-1</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>141</v>
+        <v>282</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>7331898540495</t>
+          <t>9786052781463</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:82 Yıl:2010 - I</t>
+          <t>İçimdeki Mücevher (Ciltli)</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>141</v>
+        <v>744</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>7331898540501</t>
+          <t>7331898540730</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:84 Yıl:2010 – III</t>
+          <t>Matematik Dünyası Dergisi Sayı:69 Yıl:2006 - II</t>
         </is>
       </c>
       <c r="C105" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>7331898540518</t>
+          <t>7331898540419</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:85 Yıl:2010 - IV</t>
+          <t>Matematik Dünyası Dergisi Sayı:70 Yıl:2006 – III</t>
         </is>
       </c>
       <c r="C106" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>7331898540525</t>
+          <t>7331898540457</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:86 Yıl:2011 - I</t>
+          <t>Matematik Dünyası Dergisi Sayı:74 Yıl:2007 – III</t>
         </is>
       </c>
       <c r="C107" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>7331898540532</t>
+          <t>7331898540471</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:88 Yıl:2011 - III</t>
+          <t>Matematik Dünyası Dergisi Sayı:79 Yıl:2008 – IV</t>
         </is>
       </c>
       <c r="C108" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>7331898540549</t>
+          <t>7331898540488</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:89 Yıl:2011 - IV</t>
+          <t>Matematik Dünyası Dergisi Sayı:81 Yıl:2009 - III-IV</t>
         </is>
       </c>
       <c r="C109" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>7331898540556</t>
+          <t>7331898540495</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:90 Yıl:2012 - I</t>
+          <t>Matematik Dünyası Dergisi Sayı:82 Yıl:2010 - I</t>
         </is>
       </c>
       <c r="C110" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>7331898540563</t>
+          <t>7331898540501</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:91 Yıl:2012 – II</t>
+          <t>Matematik Dünyası Dergisi Sayı:84 Yıl:2010 – III</t>
         </is>
       </c>
       <c r="C111" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>7331898540570</t>
+          <t>7331898540518</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:92 Yıl:2012 - III</t>
+          <t>Matematik Dünyası Dergisi Sayı:85 Yıl:2010 - IV</t>
         </is>
       </c>
       <c r="C112" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>7331898540587</t>
+          <t>7331898540525</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:93 Yıl:2012 – IV</t>
+          <t>Matematik Dünyası Dergisi Sayı:86 Yıl:2011 - I</t>
         </is>
       </c>
       <c r="C113" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>7331898540594</t>
+          <t>7331898540532</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:94 Yıl:2013 - I</t>
+          <t>Matematik Dünyası Dergisi Sayı:88 Yıl:2011 - III</t>
         </is>
       </c>
       <c r="C114" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>7331898540600</t>
+          <t>7331898540549</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:95 Yıl:2013 - II</t>
+          <t>Matematik Dünyası Dergisi Sayı:89 Yıl:2011 - IV</t>
         </is>
       </c>
       <c r="C115" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>7331898540617</t>
+          <t>7331898540556</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:96 Yıl:2013 – III</t>
+          <t>Matematik Dünyası Dergisi Sayı:90 Yıl:2012 - I</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>7331898540624</t>
+          <t>7331898540563</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:97 Yıl:2013 - IV</t>
+          <t>Matematik Dünyası Dergisi Sayı:91 Yıl:2012 – II</t>
         </is>
       </c>
       <c r="C117" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>7331898540631</t>
+          <t>7331898540570</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:98 Yıl:2014 - I</t>
+          <t>Matematik Dünyası Dergisi Sayı:92 Yıl:2012 - III</t>
         </is>
       </c>
       <c r="C118" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>7331898540648</t>
+          <t>7331898540587</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:99 Yıl:2014 - II</t>
+          <t>Matematik Dünyası Dergisi Sayı:93 Yıl:2012 – IV</t>
         </is>
       </c>
       <c r="C119" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>7331898540655</t>
+          <t>7331898540594</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:100 Yıl:2014 - III</t>
+          <t>Matematik Dünyası Dergisi Sayı:94 Yıl:2013 - I</t>
         </is>
       </c>
       <c r="C120" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>7331898540662</t>
+          <t>7331898540600</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:101 Yıl:2014 – IV</t>
+          <t>Matematik Dünyası Dergisi Sayı:95 Yıl:2013 - II</t>
         </is>
       </c>
       <c r="C121" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>7331898540679</t>
+          <t>7331898540617</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:102 Yıl:2015</t>
+          <t>Matematik Dünyası Dergisi Sayı:96 Yıl:2013 – III</t>
         </is>
       </c>
       <c r="C122" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>7331898540686</t>
+          <t>7331898540624</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:103 Yıl:2015</t>
+          <t>Matematik Dünyası Dergisi Sayı:97 Yıl:2013 - IV</t>
         </is>
       </c>
       <c r="C123" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>7331898540693</t>
+          <t>7331898540631</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:104 Yıl:2016</t>
+          <t>Matematik Dünyası Dergisi Sayı:98 Yıl:2014 - I</t>
         </is>
       </c>
       <c r="C124" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>7331898540709</t>
+          <t>7331898540648</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:105 Yıl:2017</t>
+          <t>Matematik Dünyası Dergisi Sayı:99 Yıl:2014 - II</t>
         </is>
       </c>
       <c r="C125" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>7331898540716</t>
+          <t>7331898540655</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:106 Yıl:2018</t>
+          <t>Matematik Dünyası Dergisi Sayı:100 Yıl:2014 - III</t>
         </is>
       </c>
       <c r="C126" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>7331898540723</t>
+          <t>7331898540662</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 107 Yıl: 2019</t>
+          <t>Matematik Dünyası Dergisi Sayı:101 Yıl:2014 – IV</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>7331898540372</t>
+          <t>7331898540679</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 108-109 Yıl:2020</t>
+          <t>Matematik Dünyası Dergisi Sayı:102 Yıl:2015</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>282</v>
+        <v>141</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>7331898540389</t>
+          <t>7331898540686</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:110 Yıl:2021</t>
+          <t>Matematik Dünyası Dergisi Sayı:103 Yıl:2015</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>282</v>
+        <v>141</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055794620</t>
+          <t>7331898540693</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Paris’te (Ciltli)</t>
+          <t>Matematik Dünyası Dergisi Sayı:104 Yıl:2016</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>184</v>
+        <v>141</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786055794798</t>
+          <t>7331898540709</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Şiirin Tam Zamanıdır (Ciltli)</t>
+          <t>Matematik Dünyası Dergisi Sayı:105 Yıl:2017</t>
         </is>
       </c>
       <c r="C131" s="1">
         <v>141</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>7331898540396</t>
+          <t>7331898540716</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:111 Yıl:2022</t>
+          <t>Matematik Dünyası Dergisi Sayı:106 Yıl:2018</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>187.5</v>
+        <v>141</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>7331898540402</t>
+          <t>7331898540723</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı:112 Yıl:2022</t>
+          <t>Matematik Dünyası Dergisi Sayı: 107 Yıl: 2019</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>282</v>
+        <v>141</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>4444444443668</t>
+          <t>7331898540372</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 100</t>
+          <t>Matematik Dünyası Dergisi Sayı: 108-109 Yıl:2020</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>94</v>
+        <v>282</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>4444444443667</t>
+          <t>7331898540389</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 101</t>
+          <t>Matematik Dünyası Dergisi Sayı:110 Yıl:2021</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>94</v>
+        <v>282</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>4444444443666</t>
+          <t>9786055794620</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 102</t>
+          <t>Paris’te (Ciltli)</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>94</v>
+        <v>184</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>4444444443665</t>
+          <t>9786055794798</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 103</t>
+          <t>Şiirin Tam Zamanıdır (Ciltli)</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>94</v>
+        <v>141</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>4444444443664</t>
+          <t>7331898540396</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 104</t>
+          <t>Matematik Dünyası Dergisi Sayı:111 Yıl:2022</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>94</v>
+        <v>187.5</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>4444444443663</t>
+          <t>7331898540402</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 105</t>
+          <t>Matematik Dünyası Dergisi Sayı:112 Yıl:2022</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>94</v>
+        <v>282</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>4444444443662</t>
+          <t>4444444443668</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 106</t>
+          <t>Matematik Dünyası Dergisi Sayı: 100</t>
         </is>
       </c>
       <c r="C140" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>4444444443661</t>
+          <t>4444444443667</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 107</t>
+          <t>Matematik Dünyası Dergisi Sayı: 101</t>
         </is>
       </c>
       <c r="C141" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>4444444443660</t>
+          <t>4444444443666</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 108 - 109</t>
+          <t>Matematik Dünyası Dergisi Sayı: 102</t>
         </is>
       </c>
       <c r="C142" s="1">
         <v>94</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052781425</t>
+          <t>4444444443665</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Burun (Ciltli)</t>
+          <t>Matematik Dünyası Dergisi Sayı: 103</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>600</v>
+        <v>94</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>8682923928788</t>
+          <t>4444444443664</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İlk ve Ortaöğretim Matematik Seti</t>
+          <t>Matematik Dünyası Dergisi Sayı: 104</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>1579</v>
+        <v>94</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>8682923928665</t>
+          <t>4444444443663</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Ali Nesin'in Tüm Matematik Kitapları Seti</t>
+          <t>Matematik Dünyası Dergisi Sayı: 105</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>8400</v>
+        <v>94</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>8682923928795</t>
+          <t>4444444443662</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Ali Nesin’den Matematiğe Giriş Seti</t>
+          <t>Matematik Dünyası Dergisi Sayı: 106</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>1583</v>
+        <v>94</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>8682923928771</t>
+          <t>4444444443661</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Matematik Seti</t>
+          <t>Matematik Dünyası Dergisi Sayı: 107</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>5501</v>
+        <v>94</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>8682923928955</t>
+          <t>4444444443660</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ali Nesin’den Analiz Seti</t>
+          <t>Matematik Dünyası Dergisi Sayı: 108 - 109</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>2164</v>
+        <v>94</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>8682923928948</t>
+          <t>9786052781425</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Ali Nesin’den Fen Liseleri İçin Matematik Seti</t>
+          <t>Burun (Ciltli)</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>899</v>
+        <v>600</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9789759038830</t>
+          <t>8682923928788</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Laugh or Lament Selected Short Stories of Aziz Nesin</t>
+          <t>İlk ve Ortaöğretim Matematik Seti</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>288</v>
+        <v>1579</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052781456</t>
+          <t>8682923928665</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Piraye Hanım'ın Sürprizi</t>
+          <t>Ali Nesin'in Tüm Matematik Kitapları Seti</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>349</v>
+        <v>8400</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052781449</t>
+          <t>8682923928795</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Nereden Geldi Bu Dinozor</t>
+          <t>Ali Nesin’den Matematiğe Giriş Seti</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>389</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>7331898515042</t>
+          <t>8682923928771</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Nesin Defter Çizgili - Sofralardan Masallara</t>
+          <t>Dikkat Matematik Seti</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>135</v>
+        <v>5501</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>7331898515035</t>
+          <t>8682923928955</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Nesin Defter - Fasulye</t>
+          <t>Ali Nesin’den Analiz Seti</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>135</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>7331898515059</t>
+          <t>8682923928948</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Nesin Defter Çizgili - Karpuz</t>
+          <t>Ali Nesin’den Fen Liseleri İçin Matematik Seti</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>135</v>
+        <v>899</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>7331898515011</t>
+          <t>9789759038830</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Nesin Defter - Armut</t>
+          <t>Laugh or Lament Selected Short Stories of Aziz Nesin</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>135</v>
+        <v>288</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>7331898515004</t>
+          <t>9786052781456</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Nesin Defter - Üzüm</t>
+          <t>Piraye Hanım'ın Sürprizi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>135</v>
+        <v>349</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>7331898515028</t>
+          <t>9786052781449</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Nesin Defter - Mısır</t>
+          <t>Nereden Geldi Bu Dinozor</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>135</v>
+        <v>389</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>7331898514984</t>
+          <t>7331898515042</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Nesin Tarihsiz Bir Ajanda - Sofralardan Masallara</t>
+          <t>Nesin Defter Çizgili - Sofralardan Masallara</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>236</v>
+        <v>135</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>8682923928986</t>
+          <t>7331898515035</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>2025 Nesin Vakfı Duvar Takvimi</t>
+          <t>Nesin Defter - Fasulye</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>334</v>
+        <v>135</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052781432</t>
+          <t>7331898515059</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Öyle Değil mi?</t>
+          <t>Nesin Defter Çizgili - Karpuz</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>300</v>
+        <v>135</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>8682923928757</t>
+          <t>7331898515011</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Tüm Sayılar</t>
+          <t>Nesin Defter - Armut</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>7607</v>
+        <v>135</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052781418</t>
+          <t>7331898515004</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Mavi Portakal</t>
+          <t>Nesin Defter - Üzüm</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>233</v>
+        <v>135</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>4444444442985</t>
+          <t>7331898515028</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 119</t>
+          <t>Nesin Defter - Mısır</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>282</v>
+        <v>135</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052781401</t>
+          <t>7331898514984</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Ördekler Firarda</t>
+          <t>Nesin Tarihsiz Bir Ajanda - Sofralardan Masallara</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>258</v>
+        <v>236</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052781395</t>
+          <t>8682923928986</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Benim Teyzem Bir Başka</t>
+          <t>2025 Nesin Vakfı Duvar Takvimi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>198</v>
+        <v>334</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052781388</t>
+          <t>9786052781432</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Bir Varmış Birlik Varmış</t>
+          <t>Öyle Değil mi?</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>233</v>
+        <v>300</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>8682923928825</t>
+          <t>8682923928757</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin'den Şiirler: 3 Kitap 1 CD</t>
+          <t>Matematik Dünyası Dergisi Tüm Sayılar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>1153</v>
+        <v>7607</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>8682923928832</t>
+          <t>9786052781418</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin Bütün Oyunları-4 Cilt</t>
+          <t>Mavi Portakal</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>1533</v>
+        <v>233</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>8682923928641</t>
+          <t>4444444442985</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bir Dünya Masal Seti</t>
+          <t>Matematik Dünyası Dergisi Sayı: 119</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>1394</v>
+        <v>282</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>8682923928108</t>
+          <t>9786052781401</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin Çocuk Kitapları Seti</t>
+          <t>Ördekler Firarda</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>3951</v>
+        <v>258</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>8682923928627</t>
+          <t>9786052781395</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Daisy Hirst'ten 3 Kitap</t>
+          <t>Benim Teyzem Bir Başka</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>1155</v>
+        <v>198</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>8682923928764</t>
+          <t>9786052781388</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Nesin Yayınevi Kedili Kitaplar Seti</t>
+          <t>Bir Varmış Birlik Varmış</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>1176</v>
+        <v>233</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>8682923928634</t>
+          <t>8682923928825</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Anna Llenas'tan 4 Kitap</t>
+          <t>Aziz Nesin'den Şiirler: 3 Kitap 1 CD</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>2310</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>8682923928061</t>
+          <t>8682923928832</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin'in Bütün Romanları</t>
+          <t>Aziz Nesin Bütün Oyunları-4 Cilt</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>2445</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>8682923928702</t>
+          <t>8682923928641</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin Öyküleri Seti-IV: 11 Kitap</t>
+          <t>Bir Dünya Masal Seti</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>3237</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>8682923928696</t>
+          <t>8682923928108</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin Öyküleri Seti-III: 11 Kitap</t>
+          <t>Aziz Nesin Çocuk Kitapları Seti</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>3206</v>
+        <v>3951</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>8682923928689</t>
+          <t>8682923928627</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin Öyküleri Seti-II: 11 Kitap</t>
+          <t>Daisy Hirst'ten 3 Kitap</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>3261</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>8682923928672</t>
+          <t>8682923928764</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin Öyküleri Seti-I: 11 Kitap</t>
+          <t>Nesin Yayınevi Kedili Kitaplar Seti</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>3278</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>8682923928849</t>
+          <t>8682923928634</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin Yaşıyor: Ölümünden Sonra Yayımlanan Kitapları</t>
+          <t>Anna Llenas'tan 4 Kitap</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>4604</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>8682923928894</t>
+          <t>8682923928061</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin'in Gezileri</t>
+          <t>Aziz Nesin'in Bütün Romanları</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>1086</v>
+        <v>2445</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>8682923928931</t>
+          <t>8682923928702</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin'in Bütün Öyküleri</t>
+          <t>Aziz Nesin Öyküleri Seti-IV: 11 Kitap</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>13020</v>
+        <v>3237</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>8682923928870</t>
+          <t>8682923928696</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Nesin Yayınevi Çocuk Kitapları Seti II</t>
+          <t>Aziz Nesin Öyküleri Seti-III: 11 Kitap</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>2634</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>8682923928887</t>
+          <t>8682923928689</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Popüler Matematik Seti</t>
+          <t>Aziz Nesin Öyküleri Seti-II: 11 Kitap</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>3285</v>
+        <v>3261</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>8682923928900</t>
+          <t>8682923928672</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin'le Söyleşiler Seti</t>
+          <t>Aziz Nesin Öyküleri Seti-I: 11 Kitap</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>1361</v>
+        <v>3278</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>8682923928917</t>
+          <t>8682923928849</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Hem Büyüklere Hem Küçüklere Seti</t>
+          <t>Aziz Nesin Yaşıyor: Ölümünden Sonra Yayımlanan Kitapları</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>3749</v>
+        <v>4604</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>8682923928924</t>
+          <t>8682923928894</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Nesin Masal Kitapları Seti</t>
+          <t>Aziz Nesin'in Gezileri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>1892</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052781333</t>
+          <t>8682923928931</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Sabırlı Ol Miyuki</t>
+          <t>Aziz Nesin'in Bütün Öyküleri</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>389</v>
+        <v>13020</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>8682923928405</t>
+          <t>8682923928870</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası</t>
+          <t>Nesin Yayınevi Çocuk Kitapları Seti II</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>282</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052780046</t>
+          <t>8682923928887</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Zümrüt ile Asgerd</t>
+          <t>Popüler Matematik Seti</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>239</v>
+        <v>3285</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052780480</t>
+          <t>8682923928900</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Petra</t>
+          <t>Aziz Nesin'le Söyleşiler Seti</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>396</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052780473</t>
+          <t>8682923928917</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Anneanne Gezegeni</t>
+          <t>Hem Büyüklere Hem Küçüklere Seti</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>540</v>
+        <v>3749</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052780275</t>
+          <t>8682923928924</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Alfons, Bu Yaptığın Hiç Doğru Değil!</t>
+          <t>Nesin Masal Kitapları Seti</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>389</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9789759038144</t>
+          <t>9786052781333</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Vatan Sağolsun</t>
+          <t>Sabırlı Ol Miyuki</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>318</v>
+        <v>389</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786055794248</t>
+          <t>8682923928405</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Uyusana Tosunum</t>
+          <t>Matematik Dünyası</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>282</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9789759038694</t>
+          <t>9786052780046</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Surname</t>
+          <t>Zümrüt ile Asgerd</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>314</v>
+        <v>239</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9789759038465</t>
+          <t>9786052780480</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Sosyalizm Geliyor Savulun</t>
+          <t>Petra</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>304</v>
+        <v>396</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9789759038199</t>
+          <t>9786052780473</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Ölmüş Eşek</t>
+          <t>Anneanne Gezegeni</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>293</v>
+        <v>540</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9789759038946</t>
+          <t>9786052780275</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Mum Hala 2</t>
+          <t>Alfons, Bu Yaptığın Hiç Doğru Değil!</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>446</v>
+        <v>389</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9789759038892</t>
+          <t>9789759038144</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Oyun</t>
+          <t>Vatan Sağolsun</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>431</v>
+        <v>318</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786055794767</t>
+          <t>9786055794248</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Masal Battaniyesi</t>
+          <t>Uyusana Tosunum</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>360</v>
+        <v>282</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786055794101</t>
+          <t>9789759038694</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Korkudan Korkmak</t>
+          <t>Surname</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>288</v>
+        <v>314</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786055794187</t>
+          <t>9789759038465</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Konuşa Konuşa</t>
+          <t>Sosyalizm Geliyor Savulun</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>345</v>
+        <v>304</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786059569002</t>
+          <t>9789759038199</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Alamanya Alamanya Bizden Aptal Bulaman ya</t>
+          <t>Ölmüş Eşek</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>364</v>
+        <v>293</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9789754188561</t>
+          <t>9789759038946</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Adamı Zorla Deli Ederler</t>
+          <t>Mum Hala 2</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>446</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786054702978</t>
+          <t>9789759038892</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Matematikçi Portreleri</t>
+          <t>Matematik ve Oyun</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>431</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786055794781</t>
+          <t>9786055794767</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara En Güzel Öyküler</t>
+          <t>Masal Battaniyesi</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>239</v>
+        <v>360</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786055794286</t>
+          <t>9786055794101</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Çocuklara En Güzel Masallar</t>
+          <t>Korkudan Korkmak</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>269</v>
+        <v>288</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786055794682</t>
+          <t>9786055794187</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 2: Toros Canavarı - Hadi Öldürsene Canikom</t>
+          <t>İnsanlar Konuşa Konuşa</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>288</v>
+        <v>345</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9789759038564</t>
+          <t>9786059569002</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Birlikte Yaşadıklarım Birlikte Öldüklerim</t>
+          <t>Alamanya Alamanya Bizden Aptal Bulaman ya</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>525</v>
+        <v>364</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786055794163</t>
+          <t>9789754188561</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Bir Tutam Aydınlık</t>
+          <t>Adamı Zorla Deli Ederler</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>378</v>
+        <v>300</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786055794910</t>
+          <t>9786054702978</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Bilmem Ne Adası</t>
+          <t>Matematikçi Portreleri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>218</v>
+        <v>431</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9789759038120</t>
+          <t>9786055794781</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Bay Düdük</t>
+          <t>Çocuklara En Güzel Öyküler</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>282</v>
+        <v>239</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9789759038854</t>
+          <t>9786055794286</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin Bütün Şiirleri 1</t>
+          <t>Çocuklara En Güzel Masallar</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>345</v>
+        <v>269</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9789759038335</t>
+          <t>9786055794682</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Aşkım Dinimdir</t>
+          <t>Bütün Oyunları 2: Toros Canavarı - Hadi Öldürsene Canikom</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>312</v>
+        <v>288</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786055794132</t>
+          <t>9789759038564</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ah Biz Ödlek Aydınlar</t>
+          <t>Birlikte Yaşadıklarım Birlikte Öldüklerim</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>345</v>
+        <v>525</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786055794194</t>
+          <t>9786055794163</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Leyla İle Mecnun</t>
+          <t>Bir Tutam Aydınlık</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>259</v>
+        <v>378</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052780565</t>
+          <t>9786055794910</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Şahmeran Masalı</t>
+          <t>Bilmem Ne Adası</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>396</v>
+        <v>218</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9789759038304</t>
+          <t>9789759038120</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Rıfat Bey Neden Kaşınıyor</t>
+          <t>Bay Düdük</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>288</v>
+        <v>282</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9789759038175</t>
+          <t>9789759038854</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Gıdıgıdı</t>
+          <t>Aziz Nesin Bütün Şiirleri 1</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>312</v>
+        <v>345</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9789759038366</t>
+          <t>9789759038335</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Geriye Kalan</t>
+          <t>Aşkım Dinimdir</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>274</v>
+        <v>312</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052780725</t>
+          <t>9786055794132</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Büyülü Deniz</t>
+          <t>Ah Biz Ödlek Aydınlar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>304</v>
+        <v>345</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052780732</t>
+          <t>9786055794194</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Benim Canım Kendim</t>
+          <t>Leyla İle Mecnun</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>364</v>
+        <v>259</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052780527</t>
+          <t>9786052780565</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Alfons, Tavana Çamur Sıçramış</t>
+          <t>Yeşil Şahmeran Masalı</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>378</v>
+        <v>396</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052780350</t>
+          <t>9789759038304</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Büyük Kurt Küçük Kurt (3 Kitap Takım)</t>
+          <t>Rıfat Bey Neden Kaşınıyor</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>1077</v>
+        <v>288</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9789759038502</t>
+          <t>9789759038175</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Ben de Çocuktum</t>
+          <t>Gıdıgıdı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>259</v>
+        <v>312</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052780381</t>
+          <t>9789759038366</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Kitapları Hiç Sevmiyorum Artık!</t>
+          <t>Geriye Kalan</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>389</v>
+        <v>274</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052780411</t>
+          <t>9786052780725</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Armut'un A'sı Zürafa'nın Z'si</t>
+          <t>Büyülü Deniz</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>558</v>
+        <v>304</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052781289</t>
+          <t>9786052780732</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin'den 6 Çizgi - Roman Birden (Ciltli)</t>
+          <t>Benim Canım Kendim</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>794</v>
+        <v>364</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9789759038588</t>
+          <t>9786052780527</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yol</t>
+          <t>Alfons, Tavana Çamur Sıçramış</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>446</v>
+        <v>378</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9789759038151</t>
+          <t>9786052780350</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Renkli Namus Gazı</t>
+          <t>Büyük Kurt Küçük Kurt (3 Kitap Takım)</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>288</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786054702220</t>
+          <t>9789759038502</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Yurt Gezileri</t>
+          <t>Ben de Çocuktum</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>405</v>
+        <v>259</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9789759038090</t>
+          <t>9786052780381</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Biz Adam Olmayız</t>
+          <t>Kitapları Hiç Sevmiyorum Artık!</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>318</v>
+        <v>389</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786054883271</t>
+          <t>9786052780411</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Okuma Güncesi</t>
+          <t>Armut'un A'sı Zürafa'nın Z'si</t>
         </is>
       </c>
       <c r="C234" s="1">
         <v>558</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9789759038700</t>
+          <t>9786052781289</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Gol Kralı</t>
+          <t>Aziz Nesin'den 6 Çizgi - Roman Birden (Ciltli)</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>349</v>
+        <v>794</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052780671</t>
+          <t>9789759038588</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Benim Adım Sıkıntı</t>
+          <t>Yol</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>364</v>
+        <v>446</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052781371</t>
+          <t>9789759038151</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Damla ile Bambu</t>
+          <t>Yeşil Renkli Namus Gazı</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>330</v>
+        <v>288</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>8682923928559</t>
+          <t>9786054702220</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 118</t>
+          <t>Yurt Gezileri</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>282</v>
+        <v>405</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052781364</t>
+          <t>9789759038090</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Rutin</t>
+          <t>Biz Adam Olmayız</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>396</v>
+        <v>318</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>4440000003416</t>
+          <t>9786054883271</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 116</t>
+          <t>Okuma Güncesi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>282</v>
+        <v>558</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9782951504769</t>
+          <t>9789759038700</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Le Renard Quı Avaıt Un Grelot A La Queue</t>
+          <t>Gol Kralı</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>378</v>
+        <v>349</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059569200</t>
+          <t>9786052780671</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Bir Kedi Olsaydım (Ciltli)</t>
+          <t>Benim Adım Sıkıntı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>494</v>
+        <v>364</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786055794088</t>
+          <t>9786052781371</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Tek Yol</t>
+          <t>Damla ile Bambu</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>413</v>
+        <v>330</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9789759038373</t>
+          <t>8682923928559</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Tatlı Betüş</t>
+          <t>Matematik Dünyası Dergisi Sayı: 118</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>349</v>
+        <v>282</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786055794224</t>
+          <t>9786052781364</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sora Sora Cennet Bulunur</t>
+          <t>Rutin</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>349</v>
+        <v>396</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054702138</t>
+          <t>4440000003416</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sizin Memlekette Eşek Yok mu?</t>
+          <t>Matematik Dünyası Dergisi Sayı: 116</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>312</v>
+        <v>282</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9789759038106</t>
+          <t>9782951504769</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Nah Kalkınırız</t>
+          <t>Le Renard Quı Avaıt Un Grelot A La Queue</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>312</v>
+        <v>378</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786055794552</t>
+          <t>9786059569200</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Mini Mini Mualla</t>
+          <t>Bir Kedi Olsaydım (Ciltli)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>364</v>
+        <v>494</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786055794033</t>
+          <t>9786055794088</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Korku</t>
+          <t>Tek Yol</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>471</v>
+        <v>413</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786055794705</t>
+          <t>9789759038373</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Kedi Merdiveni</t>
+          <t>Tatlı Betüş</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>231</v>
+        <v>349</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786059569149</t>
+          <t>9786055794224</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Boşluk (Ciltli)</t>
+          <t>Sora Sora Cennet Bulunur</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>687</v>
+        <v>349</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786055794293</t>
+          <t>9786054702138</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Hayvanlar Takımı</t>
+          <t>Sizin Memlekette Eşek Yok mu?</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>240</v>
+        <v>312</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9789759038137</t>
+          <t>9789759038106</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Gözüne Gözlük</t>
+          <t>Nah Kalkınırız</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>282</v>
+        <v>312</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9789759038038</t>
+          <t>9786055794552</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Fil Hamdi</t>
+          <t>Mini Mini Mualla</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>288</v>
+        <v>364</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9789759038014</t>
+          <t>9786055794033</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Damda Deli Var</t>
+          <t>Matematik ve Korku</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>293</v>
+        <v>471</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786055794170</t>
+          <t>9786055794705</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Çuvala Doldurulmuş Kediler</t>
+          <t>Kedi Merdiveni</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>345</v>
+        <v>231</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786055794927</t>
+          <t>9786059569149</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Berber Nonoş</t>
+          <t>Boşluk (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>218</v>
+        <v>687</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9789759038533</t>
+          <t>9786055794293</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Benim Delilerim</t>
+          <t>Hayvanlar Takımı</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>378</v>
+        <v>240</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9789759038861</t>
+          <t>9789759038137</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin Bütün Şiirleri 2</t>
+          <t>Gözüne Gözlük</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>349</v>
+        <v>282</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786055794385</t>
+          <t>9789759038038</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşım Badem Ağacı</t>
+          <t>Fil Hamdi</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>233</v>
+        <v>288</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9789759038076</t>
+          <t>9789759038014</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Ah Biz Eşekler</t>
+          <t>Damda Deli Var</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>282</v>
+        <v>293</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054702145</t>
+          <t>9786055794170</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Taşlamalar - Azizname Hz. Dangalak</t>
+          <t>Çuvala Doldurulmuş Kediler</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>318</v>
+        <v>345</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9789759038434</t>
+          <t>9786055794927</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Rüyalarım Ziyan Olmasın</t>
+          <t>Berber Nonoş</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>312</v>
+        <v>218</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9789759038809</t>
+          <t>9789759038533</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Pırtlatan Bal</t>
+          <t>Benim Delilerim</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>248</v>
+        <v>378</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052780640</t>
+          <t>9789759038861</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Anıtı Dikilen Sinek</t>
+          <t>Aziz Nesin Bütün Şiirleri 2</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>274</v>
+        <v>349</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9789759038441</t>
+          <t>9786055794385</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Seyyahatname</t>
+          <t>Arkadaşım Badem Ağacı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>282</v>
+        <v>233</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9789759038274</t>
+          <t>9789759038076</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>İt Kuyruğu</t>
+          <t>Ah Biz Eşekler</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>304</v>
+        <v>282</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052780626</t>
+          <t>9786054702145</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Korkan Şemsiye</t>
+          <t>Taşlamalar - Azizname Hz. Dangalak</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>378</v>
+        <v>318</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>4440000003808</t>
+          <t>9789759038434</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 117</t>
+          <t>Rüyalarım Ziyan Olmasın</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>282</v>
+        <v>312</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052781357</t>
+          <t>9789759038809</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Bitmeyen Mitoloji - 2</t>
+          <t>Pırtlatan Bal</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>186</v>
+        <v>248</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052781340</t>
+          <t>9786052780640</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>SageMath ile Matematik</t>
+          <t>Anıtı Dikilen Sinek</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>525</v>
+        <v>274</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052781319</t>
+          <t>9789759038441</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Karasinek Mars Yolcusu</t>
+          <t>Seyyahatname</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>405</v>
+        <v>282</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052781326</t>
+          <t>9789759038274</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Ormanın İçi</t>
+          <t>İt Kuyruğu</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>389</v>
+        <v>304</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>4440000003066</t>
+          <t>9786052780626</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 115</t>
+          <t>Yağmurdan Korkan Şemsiye</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>187.5</v>
+        <v>378</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052781272</t>
+          <t>4440000003808</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Temel Olasılık Teorisi ve İstatistik 1</t>
+          <t>Matematik Dünyası Dergisi Sayı: 117</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>754</v>
+        <v>282</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052781302</t>
+          <t>9786052781357</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Kafamda Zıplayanlar</t>
+          <t>Bitmeyen Mitoloji - 2</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>389</v>
+        <v>186</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052781296</t>
+          <t>9786052781340</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Ay Işığında Ceviz Yiyen Ayı</t>
+          <t>SageMath ile Matematik</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>233</v>
+        <v>525</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052780862</t>
+          <t>9786052781319</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Yüzmeyi Seven Ada</t>
+          <t>Karasinek Mars Yolcusu</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>349</v>
+        <v>405</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>4440000002630</t>
+          <t>9786052781326</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 114</t>
+          <t>Ormanın İçi</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>282</v>
+        <v>389</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052780398</t>
+          <t>4440000003066</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Pako Yunke Okulda</t>
+          <t>Matematik Dünyası Dergisi Sayı: 115</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>218</v>
+        <v>187.5</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>4440000002172</t>
+          <t>9786052781272</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 113</t>
+          <t>Temel Olasılık Teorisi ve İstatistik 1</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>282</v>
+        <v>754</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>4440000001453</t>
+          <t>9786052781302</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 112</t>
+          <t>Kafamda Zıplayanlar</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>187.5</v>
+        <v>389</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052781258</t>
+          <t>9786052781296</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Parkta Kimsecikler Yok</t>
+          <t>Ay Işığında Ceviz Yiyen Ayı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>364</v>
+        <v>233</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>4440000000900</t>
+          <t>9786052780862</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 111</t>
+          <t>Yüzmeyi Seven Ada</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>187.5</v>
+        <v>349</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>4440000000901</t>
+          <t>4440000002630</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Matematik Dünyası Dergisi Sayı: 110</t>
+          <t>Matematik Dünyası Dergisi Sayı: 114</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>187.5</v>
+        <v>282</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9782951504745</t>
+          <t>9786052780398</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Dans Paris</t>
+          <t>Pako Yunke Okulda</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>141</v>
+        <v>218</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059569217</t>
+          <t>4440000002172</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Şermin</t>
+          <t>Matematik Dünyası Dergisi Sayı: 113</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>239</v>
+        <v>282</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052780763</t>
+          <t>4440000001453</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>İklim Dansı</t>
+          <t>Matematik Dünyası Dergisi Sayı: 112</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>349</v>
+        <v>187.5</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052780787</t>
+          <t>9786052781258</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Kış Dansı</t>
+          <t>Parkta Kimsecikler Yok</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>304</v>
+        <v>364</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052780602</t>
+          <t>4440000000900</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Japon Masalları</t>
+          <t>Matematik Dünyası Dergisi Sayı: 111</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>239</v>
+        <v>187.5</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052780770</t>
+          <t>4440000000901</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Çernobil'in Son Çocukları</t>
+          <t>Matematik Dünyası Dergisi Sayı: 110</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>389</v>
+        <v>187.5</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052780756</t>
+          <t>9782951504745</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Istanbul'dan Ne Haber</t>
+          <t>Dans Paris</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>318</v>
+        <v>141</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052780718</t>
+          <t>9786059569217</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Renk Canavarı Okulda (Ciltli)</t>
+          <t>Şermin</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>567</v>
+        <v>239</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052780749</t>
+          <t>9786052780763</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>İşsizlik (Ciltli)</t>
+          <t>İklim Dansı</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>516</v>
+        <v>349</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052780695</t>
+          <t>9786052780787</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Eğer</t>
+          <t>Kış Dansı</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>349</v>
+        <v>304</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052780664</t>
+          <t>9786052780602</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Boyalı Tilki Masalı (Ciltli)</t>
+          <t>En Güzel Japon Masalları</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>516</v>
+        <v>239</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052780657</t>
+          <t>9786052780770</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Oti Büyük Karınca</t>
+          <t>Çernobil'in Son Çocukları</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>216</v>
+        <v>389</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052780619</t>
+          <t>9786052780756</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Karmakarışık 1 Gün ve 15 Bilmece</t>
+          <t>Istanbul'dan Ne Haber</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>396</v>
+        <v>318</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052780541</t>
+          <t>9786052780718</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kolka Pankin Brezilya’ya Nasıl Uçtu (Ciltli)</t>
+          <t>Renk Canavarı Okulda (Ciltli)</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>536</v>
+        <v>567</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052780596</t>
+          <t>9786052780749</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Bir Zamanlar Bir Masal Varmış</t>
+          <t>İşsizlik (Ciltli)</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>396</v>
+        <v>516</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052780572</t>
+          <t>9786052780695</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Ayşe'nin Kilimleri</t>
+          <t>Eğer</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>389</v>
+        <v>349</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052780589</t>
+          <t>9786052780664</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Yola Çıkmak</t>
+          <t>Boyalı Tilki Masalı (Ciltli)</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>389</v>
+        <v>516</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052780534</t>
+          <t>9786052780657</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Toprak Abla</t>
+          <t>Oti Büyük Karınca</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>274</v>
+        <v>216</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052780558</t>
+          <t>9786052780619</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Aaahhh! (Ciltli)</t>
+          <t>Karmakarışık 1 Gün ve 15 Bilmece</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>558</v>
+        <v>396</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052780510</t>
+          <t>9786052780541</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Ejderhanı Nasıl Ateşlersin</t>
+          <t>Kolka Pankin Brezilya’ya Nasıl Uçtu (Ciltli)</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>494</v>
+        <v>536</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052780497</t>
+          <t>9786052780596</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Safi ve Ötekiler (Ciltli)</t>
+          <t>Bir Zamanlar Bir Masal Varmış</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>536</v>
+        <v>396</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052780459</t>
+          <t>9786052780572</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Anneannemin Fotoğrafları (Ciltli)</t>
+          <t>Ayşe'nin Kilimleri</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>349</v>
+        <v>389</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052780282</t>
+          <t>9786052780589</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Bu Yurdu Bize Verenler</t>
+          <t>Yola Çıkmak</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>239</v>
+        <v>389</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052780466</t>
+          <t>9786052780534</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Borçlu Olduklarımız</t>
+          <t>Toprak Abla</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>251</v>
+        <v>274</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052780435</t>
+          <t>9786052780558</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Karpuz Mevsimi</t>
+          <t>Aaahhh! (Ciltli)</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>239</v>
+        <v>558</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052780404</t>
+          <t>9786052780510</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Renk Canavarı (Ciltli)</t>
+          <t>Ejderhanı Nasıl Ateşlersin</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>567</v>
+        <v>494</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052780374</t>
+          <t>9786052780497</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Mamma, Erina ve Korda</t>
+          <t>Safi ve Ötekiler (Ciltli)</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>216</v>
+        <v>536</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052780367</t>
+          <t>9786052780459</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenimin Gizli Hayatı</t>
+          <t>Anneannemin Fotoğrafları (Ciltli)</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>364</v>
+        <v>349</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052780329</t>
+          <t>9786052780282</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Beklenmeyen Misafir - Büyük Kurt Küçük Kurt</t>
+          <t>Bu Yurdu Bize Verenler</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>364</v>
+        <v>239</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052780336</t>
+          <t>9786052780466</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Düşmek Bilmeyen Yaprak - Büyük Kurt ve Küçük Kurt</t>
+          <t>Borçlu Olduklarımız</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>349</v>
+        <v>251</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052780343</t>
+          <t>9786052780435</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Güzelim Portakal - Büyük Kurt ve Küçük Kurt</t>
+          <t>Karpuz Mevsimi</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>364</v>
+        <v>239</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052780299</t>
+          <t>9786052780404</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Konuşan Kalem</t>
+          <t>Renk Canavarı (Ciltli)</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>233</v>
+        <v>567</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052780305</t>
+          <t>9786052780374</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Matematik Laneti</t>
+          <t>Mamma, Erina ve Korda</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>396</v>
+        <v>216</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786054883998</t>
+          <t>9786052780367</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Annemin Aklı Bende Kaldı</t>
+          <t>Öğretmenimin Gizli Hayatı</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>345</v>
+        <v>364</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9782951504752</t>
+          <t>9786052780329</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>La Nuit Ou Le Feu Sauva La Rıvıere (Ciltli)</t>
+          <t>Beklenmeyen Misafir - Büyük Kurt Küçük Kurt</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>147</v>
+        <v>364</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786059569163</t>
+          <t>9786052780336</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Rüya Tamirhanesi - Bir Arkadaşlık Öyküsü 2</t>
+          <t>Düşmek Bilmeyen Yaprak - Büyük Kurt ve Küçük Kurt</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>259</v>
+        <v>349</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786059569125</t>
+          <t>9786052780343</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin - Tahsin Saraç Mektuplaşmaları - Büyük Dostum</t>
+          <t>Güzelim Portakal - Büyük Kurt ve Küçük Kurt</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>413</v>
+        <v>364</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786059569095</t>
+          <t>9786052780299</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin - Saliha Scheinhardt Mektuplaşmaları - Bozkır Fırtınası (Ciltli)</t>
+          <t>Konuşan Kalem</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>431</v>
+        <v>233</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786059569156</t>
+          <t>9786052780305</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Elvis Asla Yanılmaz</t>
+          <t>Matematik Laneti</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>278</v>
+        <v>396</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9789759038731</t>
+          <t>9786054883998</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Bizim Büyük Ailemiz</t>
+          <t>Annemin Aklı Bende Kaldı</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>396</v>
+        <v>345</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786059569101</t>
+          <t>9782951504752</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Bay Tam Tersi</t>
+          <t>La Nuit Ou Le Feu Sauva La Rıvıere (Ciltli)</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>364</v>
+        <v>147</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786059569132</t>
+          <t>9786059569163</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Taştan Adımlar</t>
+          <t>Rüya Tamirhanesi - Bir Arkadaşlık Öyküsü 2</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>389</v>
+        <v>259</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786059569064</t>
+          <t>9786059569125</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Eloisa ve Diğer Yaratıklar</t>
+          <t>Aziz Nesin - Tahsin Saraç Mektuplaşmaları - Büyük Dostum</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>364</v>
+        <v>413</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786054702206</t>
+          <t>9786059569095</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Little Jon (Yunanca)</t>
+          <t>Aziz Nesin - Saliha Scheinhardt Mektuplaşmaları - Bozkır Fırtınası (Ciltli)</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>345</v>
+        <v>431</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786054883974</t>
+          <t>9786059569156</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Büyüklere Masallar - 2</t>
+          <t>Elvis Asla Yanılmaz</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>431</v>
+        <v>278</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786054883851</t>
+          <t>9789759038731</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Ömrüne Sığmayan Adam: Aziz Nesin 1915-2015 (Ciltli)</t>
+          <t>Bizim Büyük Ailemiz</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>1268</v>
+        <v>396</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786054883905</t>
+          <t>9786059569101</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin - Ali Nesin Mektuplaşmaları (Ciltli)</t>
+          <t>Bay Tam Tersi</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>1459</v>
+        <v>364</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786054883837</t>
+          <t>9786059569132</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin'in Anıları (Ciltli)</t>
+          <t>Taştan Adımlar</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>1371</v>
+        <v>389</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786054883462</t>
+          <t>9786059569064</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Ninemin Yemekleri Dedemin Oyuncakları</t>
+          <t>Eloisa ve Diğer Yaratıklar</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>248</v>
+        <v>364</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786054883301</t>
+          <t>9786054702206</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Aydınlar Üstüne</t>
+          <t>Little Jon (Yunanca)</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>453</v>
+        <v>345</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786054883318</t>
+          <t>9786054883974</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Üstüne</t>
+          <t>Büyüklere Masallar - 2</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>471</v>
+        <v>431</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9789759038328</t>
+          <t>9786054883851</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Yedek Parça</t>
+          <t>Ömrüne Sığmayan Adam: Aziz Nesin 1915-2015 (Ciltli)</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>293</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9789759038472</t>
+          <t>9786054883905</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Yaşar Ne Yaşar Ne Yaşamaz</t>
+          <t>Aziz Nesin - Ali Nesin Mektuplaşmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>364</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786054883066</t>
+          <t>9786054883837</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Uzay Günlükleri (Ciltli)</t>
+          <t>Aziz Nesin'in Anıları (Ciltli)</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>251</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786054883400</t>
+          <t>9786054883462</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Ressamın Kedisi</t>
+          <t>Ninemin Yemekleri Dedemin Oyuncakları</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>224</v>
+        <v>248</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786054883042</t>
+          <t>9786054883301</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Kumpanya Nula</t>
+          <t>Aydınlar Üstüne</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>259</v>
+        <v>453</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9789759038496</t>
+          <t>9786054883318</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Zübük</t>
+          <t>Eğitim Üstüne</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>345</v>
+        <v>471</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786055794729</t>
+          <t>9789759038328</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Suçlanan ve Aklanan Yazılar</t>
+          <t>Yedek Parça</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>345</v>
+        <v>293</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786055794545</t>
+          <t>9789759038472</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Sporcu Milletiz Vesselam</t>
+          <t>Yaşar Ne Yaşar Ne Yaşamaz</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>318</v>
+        <v>364</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786055794651</t>
+          <t>9786054883066</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Sokağın Kuyruğu (Ciltli)</t>
+          <t>Uzay Günlükleri (Ciltli)</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>239</v>
+        <v>251</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9789759038250</t>
+          <t>9786054883400</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>İhtilali Nasıl Yaptık</t>
+          <t>Ressamın Kedisi</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>288</v>
+        <v>224</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9789759038786</t>
+          <t>9786054883042</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Irak ve Mısır</t>
+          <t>Kumpanya Nula</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>318</v>
+        <v>259</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9789759038243</t>
+          <t>9789759038496</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Hoptirinam</t>
+          <t>Zübük</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>288</v>
+        <v>345</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9789759038311</t>
+          <t>9786055794729</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Herkesin İşi Gücü Var</t>
+          <t>Suçlanan ve Aklanan Yazılar</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>312</v>
+        <v>345</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786054883288</t>
+          <t>9786055794545</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin Konuşuyor</t>
+          <t>Sporcu Milletiz Vesselam</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>304</v>
+        <v>318</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786054883059</t>
+          <t>9786055794651</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kuş Okulu</t>
+          <t>Sokağın Kuyruğu (Ciltli)</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>251</v>
+        <v>239</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786054883035</t>
+          <t>9789759038250</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Annemin Masalları</t>
+          <t>İhtilali Nasıl Yaptık</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>218</v>
+        <v>288</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786054883417</t>
+          <t>9789759038786</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Çırak Hlapiç'in Olağanüstü Maceraları</t>
+          <t>Irak ve Mısır</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>259</v>
+        <v>318</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9789759038182</t>
+          <t>9789759038243</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Nazik Alet</t>
+          <t>Hoptirinam</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>304</v>
+        <v>288</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786054702152</t>
+          <t>9789759038311</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Nasrettin Hoca Gülütler</t>
+          <t>Herkesin İşi Gücü Var</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>364</v>
+        <v>312</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9789759038939</t>
+          <t>9786054883288</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Mum Hala 1</t>
+          <t>Aziz Nesin Konuşuyor</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>431</v>
+        <v>304</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9789759038069</t>
+          <t>9786054883059</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Memleketin Birinde</t>
+          <t>Kuş Okulu</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>282</v>
+        <v>251</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786055794934</t>
+          <t>9786054883035</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Memet’in Kulesi</t>
+          <t>Annemin Masalları</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>349</v>
+        <v>218</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9789759038885</t>
+          <t>9786054883417</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Sonsuz</t>
+          <t>Çırak Hlapiç'in Olağanüstü Maceraları</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>471</v>
+        <v>259</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9789759038458</t>
+          <t>9789759038182</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Şimdiki Çocuklar Harika</t>
+          <t>Nazik Alet</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>318</v>
+        <v>304</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786054702183</t>
+          <t>9786054702152</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Minik Can</t>
+          <t>Nasrettin Hoca Gülütler</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>345</v>
+        <v>364</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786054702213</t>
+          <t>9789759038939</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Bala'nın Mektubu</t>
+          <t>Mum Hala 1</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>255</v>
+        <v>431</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786054702015</t>
+          <t>9789759038069</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Salkım Salkım Asılacak Adamlar</t>
+          <t>Memleketin Birinde</t>
         </is>
       </c>
       <c r="C363" s="1">
         <v>282</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786054702176</t>
+          <t>9786055794934</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Merhaba</t>
+          <t>Memet’in Kulesi</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>312</v>
+        <v>349</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786054702039</t>
+          <t>9789759038885</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Soruşturmada</t>
+          <t>Matematik ve Sonsuz</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>318</v>
+        <v>471</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786052780503</t>
+          <t>9789759038458</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Ömer'in Çocukluğu</t>
+          <t>Şimdiki Çocuklar Harika</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>239</v>
+        <v>318</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786055794118</t>
+          <t>9786054702183</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Poliste</t>
+          <t>Minik Can</t>
         </is>
       </c>
       <c r="C367" s="1">
         <v>345</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786054702114</t>
+          <t>9786054702213</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Deniz Aslanı</t>
+          <t>Bala'nın Mektubu</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>218</v>
+        <v>255</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786055794859</t>
+          <t>9786054702015</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Zaroken Niha Çi Jir in</t>
+          <t>Salkım Salkım Asılacak Adamlar</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>293</v>
+        <v>282</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9789759038083</t>
+          <t>9786054702176</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Yüz Liraya Bir Deli</t>
+          <t>Merhaba</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>281</v>
+        <v>312</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9789759038977</t>
+          <t>9786054702039</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Yokuşun Başı Böyle Gelmiş Böyle Gitmez 2</t>
+          <t>Soruşturmada</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>413</v>
+        <v>318</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9789759038960</t>
+          <t>9786052780503</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Yokuş Yukarı</t>
+          <t>Ömer'in Çocukluğu</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>345</v>
+        <v>239</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9789759038489</t>
+          <t>9786055794118</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Yetmiş Yaşım Merhaba</t>
+          <t>Poliste</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>288</v>
+        <v>345</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9789759038663</t>
+          <t>9786054702114</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Unutulmayan Rüyalar (Ciltli)</t>
+          <t>Deniz Aslanı</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>288</v>
+        <v>218</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786055794606</t>
+          <t>9786055794859</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Unutkan Mumi (Ciltli)</t>
+          <t>Zaroken Niha Çi Jir in</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>516</v>
+        <v>293</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786055794064</t>
+          <t>9789759038083</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Şarkısı Nazım</t>
+          <t>Yüz Liraya Bir Deli</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>398</v>
+        <v>281</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9789759038045</t>
+          <t>9789759038977</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Toros Canavarı</t>
+          <t>Yokuşun Başı Böyle Gelmiş Böyle Gitmez 2</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>288</v>
+        <v>413</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786055794750</t>
+          <t>9789759038960</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sırma Kedi ile Deliş Fare Tatil Köyünde</t>
+          <t>Yokuş Yukarı</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>251</v>
+        <v>345</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786055794569</t>
+          <t>9789759038489</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Bir Okul Günü</t>
+          <t>Yetmiş Yaşım Merhaba</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>364</v>
+        <v>288</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786055794743</t>
+          <t>9789759038663</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Sanat Yazıları</t>
+          <t>Unutulmayan Rüyalar (Ciltli)</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>446</v>
+        <v>288</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786055794590</t>
+          <t>9786055794606</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Postacı Piero ile Gece Bekçisi  Marcello (Ciltli)</t>
+          <t>Unutkan Mumi (Ciltli)</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>364</v>
+        <v>516</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786055794217</t>
+          <t>9786055794064</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Onursal Doktor Olamamanın Büyük Onuru</t>
+          <t>Türkiye Şarkısı Nazım</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>336</v>
+        <v>398</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786055794712</t>
+          <t>9789759038045</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Okulumu Kaybettim</t>
+          <t>Toros Canavarı</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>239</v>
+        <v>288</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786055794330</t>
+          <t>9786055794750</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Okullar İçin Kısa Oyunlar</t>
+          <t>Sırma Kedi ile Deliş Fare Tatil Köyünde</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>224</v>
+        <v>251</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786055794200</t>
+          <t>9786055794569</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Nutuk Makinesi</t>
+          <t>Sıradan Bir Okul Günü</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>282</v>
+        <v>364</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786055794026</t>
+          <t>9786055794743</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Matematik ve Develerle Eşekler</t>
+          <t>Sanat Yazıları</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>409</v>
+        <v>446</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9789759038427</t>
+          <t>9786055794590</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Mahmut ile Nigar</t>
+          <t>Postacı Piero ile Gece Bekçisi  Marcello (Ciltli)</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>288</v>
+        <v>364</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9789759038052</t>
+          <t>9786055794217</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Mahallenin Kısmeti</t>
+          <t>Onursal Doktor Olamamanın Büyük Onuru</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>312</v>
+        <v>336</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9789759038793</t>
+          <t>9786055794712</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Maçinli Kız İçin Ev</t>
+          <t>Okulumu Kaybettim</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>304</v>
+        <v>239</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9789759038298</t>
+          <t>9786055794330</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kördöğüşü</t>
+          <t>Okullar İçin Kısa Oyunlar</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>274</v>
+        <v>224</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9789759038281</t>
+          <t>9786055794200</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Koltuk</t>
+          <t>Nutuk Makinesi</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>293</v>
+        <v>282</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786055794996</t>
+          <t>9786055794026</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kim</t>
+          <t>Matematik ve Develerle Eşekler</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>288</v>
+        <v>409</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9789759038168</t>
+          <t>9789759038427</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Kazan Töreni</t>
+          <t>Mahmut ile Nigar</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>312</v>
+        <v>288</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9789759038403</t>
+          <t>9789759038052</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Kalpazanlık Bile Yapılamıyor</t>
+          <t>Mahallenin Kısmeti</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>288</v>
+        <v>312</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786055794453</t>
+          <t>9789759038793</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Japonya’dan Öyküler</t>
+          <t>Maçinli Kız İçin Ev</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>269</v>
+        <v>304</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9789759038267</t>
+          <t>9789759038298</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar Uyanıyor</t>
+          <t>Kördöğüşü</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>318</v>
+        <v>274</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786055794958</t>
+          <t>9789759038281</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>İncik Tom’un Sırrı</t>
+          <t>Koltuk</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>364</v>
+        <v>293</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9789759038397</t>
+          <t>9786055794996</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Hayvan Deyip de Geçme</t>
+          <t>Kim</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>318</v>
+        <v>288</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786055794941</t>
+          <t>9789759038168</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Havlamayı Unutan Köpek</t>
+          <t>Kazan Töreni</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>248</v>
+        <v>312</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9789759038236</t>
+          <t>9789759038403</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Havadan Sudan</t>
+          <t>Kalpazanlık Bile Yapılamıyor</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>282</v>
+        <v>288</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9789759038380</t>
+          <t>9786055794453</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Hangi Parti Kazanacak</t>
+          <t>Japonya’dan Öyküler</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>288</v>
+        <v>269</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9789759038229</t>
+          <t>9789759038267</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Gözünüz Aydın Efendim</t>
+          <t>İnsanlar Uyanıyor</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>312</v>
+        <v>318</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786055794842</t>
+          <t>9786055794958</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Gömüyü Arayan Adam</t>
+          <t>İncik Tom’un Sırrı</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>366</v>
+        <v>364</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786055794378</t>
+          <t>9789759038397</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Yunan Masalları</t>
+          <t>Hayvan Deyip de Geçme</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>240</v>
+        <v>318</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786055794514</t>
+          <t>9786055794941</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Romanya Masalları</t>
+          <t>Havlamayı Unutan Köpek</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>224</v>
+        <v>248</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786055794484</t>
+          <t>9789759038236</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Polonya Masalları</t>
+          <t>Havadan Sudan</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>233</v>
+        <v>282</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786055794477</t>
+          <t>9789759038380</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Macar Masalları</t>
+          <t>Hangi Parti Kazanacak</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>248</v>
+        <v>288</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786055794361</t>
+          <t>9789759038229</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>En Güzel Bulgar Masalları</t>
+          <t>Gözünüz Aydın Efendim</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>224</v>
+        <v>312</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9789759038021</t>
+          <t>9786055794842</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Deliler Boşandı</t>
+          <t>Gömüyü Arayan Adam</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>293</v>
+        <v>366</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9789759038359</t>
+          <t>9786055794378</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Büyük Grev</t>
+          <t>En Güzel Yunan Masalları</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>357</v>
+        <v>240</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786055794736</t>
+          <t>9786055794514</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 4</t>
+          <t>En Güzel Romanya Masalları</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>420</v>
+        <v>224</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786055794699</t>
+          <t>9786055794484</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 3</t>
+          <t>En Güzel Polonya Masalları</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>420</v>
+        <v>233</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786055794675</t>
+          <t>9786055794477</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Bütün Oyunları 1</t>
+          <t>En Güzel Macar Masalları</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>409</v>
+        <v>248</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786055794965</t>
+          <t>9786055794361</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Bulutların Arasında</t>
+          <t>En Güzel Bulgar Masalları</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>364</v>
+        <v>224</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9789759038922</t>
+          <t>9789759038021</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Bulgaristan’da Türkler Türkiye’de Kürtler</t>
+          <t>Deliler Boşandı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>318</v>
+        <v>293</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786055794835</t>
+          <t>9789759038359</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Bir Vicdan Davası</t>
+          <t>Büyük Grev</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>349</v>
+        <v>357</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059569170</t>
+          <t>9786055794736</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Bir Sürgünün Anıları</t>
+          <t>Bütün Oyunları 4</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>318</v>
+        <v>420</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9789759038212</t>
+          <t>9786055794699</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Bir Koltuk Nasıl Devrilir</t>
+          <t>Bütün Oyunları 3</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>304</v>
+        <v>420</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786055794149</t>
+          <t>9786055794675</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Bir Dokun Bin Dinle</t>
+          <t>Bütün Oyunları 1</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>349</v>
+        <v>409</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9789759038878</t>
+          <t>9786055794965</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin Aşk Şiirleri (Ciltli)</t>
+          <t>Bulutların Arasında</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>431</v>
+        <v>364</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9789759038519</t>
+          <t>9789759038922</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Az Gittik Uz Gittik</t>
+          <t>Bulgaristan’da Türkler Türkiye’de Kürtler</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>304</v>
+        <v>318</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786055794422</t>
+          <t>9786055794835</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Aklımın Çiçekleri</t>
+          <t>Bir Vicdan Davası</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>233</v>
+        <v>349</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
+          <t>9786059569170</t>
+        </is>
+      </c>
+      <c r="B423" s="1" t="inlineStr">
+        <is>
+          <t>Bir Sürgünün Anıları</t>
+        </is>
+      </c>
+      <c r="C423" s="1">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="424" spans="1:3">
+      <c r="A424" s="1" t="inlineStr">
+        <is>
+          <t>9789759038212</t>
+        </is>
+      </c>
+      <c r="B424" s="1" t="inlineStr">
+        <is>
+          <t>Bir Koltuk Nasıl Devrilir</t>
+        </is>
+      </c>
+      <c r="C424" s="1">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="425" spans="1:3">
+      <c r="A425" s="1" t="inlineStr">
+        <is>
+          <t>9786055794149</t>
+        </is>
+      </c>
+      <c r="B425" s="1" t="inlineStr">
+        <is>
+          <t>Bir Dokun Bin Dinle</t>
+        </is>
+      </c>
+      <c r="C425" s="1">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="426" spans="1:3">
+      <c r="A426" s="1" t="inlineStr">
+        <is>
+          <t>9789759038878</t>
+        </is>
+      </c>
+      <c r="B426" s="1" t="inlineStr">
+        <is>
+          <t>Aziz Nesin Aşk Şiirleri (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C426" s="1">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="427" spans="1:3">
+      <c r="A427" s="1" t="inlineStr">
+        <is>
+          <t>9789759038519</t>
+        </is>
+      </c>
+      <c r="B427" s="1" t="inlineStr">
+        <is>
+          <t>Az Gittik Uz Gittik</t>
+        </is>
+      </c>
+      <c r="C427" s="1">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="428" spans="1:3">
+      <c r="A428" s="1" t="inlineStr">
+        <is>
+          <t>9786055794422</t>
+        </is>
+      </c>
+      <c r="B428" s="1" t="inlineStr">
+        <is>
+          <t>Aklımın Çiçekleri</t>
+        </is>
+      </c>
+      <c r="C428" s="1">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="429" spans="1:3">
+      <c r="A429" s="1" t="inlineStr">
+        <is>
           <t>9789759038205</t>
         </is>
       </c>
-      <c r="B423" s="1" t="inlineStr">
+      <c r="B429" s="1" t="inlineStr">
         <is>
           <t>Aferin</t>
         </is>
       </c>
-      <c r="C423" s="1">
+      <c r="C429" s="1">
         <v>284</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>