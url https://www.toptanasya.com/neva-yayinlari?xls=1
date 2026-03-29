--- v0 (2026-01-02)
+++ v1 (2026-03-29)
@@ -295,130 +295,145 @@
           <t>Düşlerden Arta Kalan Kelimeler</t>
         </is>
       </c>
       <c r="C14" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
           <t>9786055793630</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
           <t>Çağdaş İslami Hareket ve Davet Önderleri 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>900</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055793951</t>
+          <t>3990000009790</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>ElHalil EsSemir Arapça - Türkçe Sözlük</t>
+          <t>Çağdaş Çocuk Hikayeleri (10 Kitap Takım)</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>800</v>
+        <v>61</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059136143</t>
+          <t>9786055793951</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kelimat 1</t>
+          <t>ElHalil EsSemir Arapça - Türkçe Sözlük</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>350</v>
+        <v>800</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786055793333</t>
+          <t>9786059136143</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>El-Halil Cep Sözlüğü</t>
+          <t>Kelimat 1</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055793548</t>
+          <t>9786055793333</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kelimat - 2</t>
+          <t>El-Halil Cep Sözlüğü</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>80</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786058332850</t>
+          <t>9786055793548</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ın Anlam İncelikleri ve Eşsiz Belagatı</t>
+          <t>Kelimat - 2</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
+          <t>9786058332850</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>Kur'an'ın Anlam İncelikleri ve Eşsiz Belagatı</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
           <t>9786058332867</t>
         </is>
       </c>
-      <c r="B21" s="1" t="inlineStr">
+      <c r="B22" s="1" t="inlineStr">
         <is>
           <t>Kitapların Dünyası</t>
         </is>
       </c>
-      <c r="C21" s="1">
+      <c r="C22" s="1">
         <v>340</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>