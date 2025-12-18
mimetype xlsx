--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -85,4795 +85,4885 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258460605</t>
+          <t>9786258460667</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Tufan’ın Ruhları</t>
+          <t>Resûlullah'ın (s.a.v) Lider Yetiştirme Stratejisi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>360</v>
+        <v>180</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>3990000096587</t>
+          <t>9786258460674</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür Aleminde Mutlu Seyir</t>
+          <t>Nefis Tezkiyesi I ve II</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>80</v>
+        <v>750</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>3990000045879</t>
+          <t>9786258460643</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>M. Reşid Rıza’da Hilafet Düşüncesi ve Osmanlı</t>
+          <t>İmamın İslami Daveti</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>40</v>
+        <v>180</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>3990000054787</t>
+          <t>9786258460704</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Meryemler Mabedi Terk Ederse</t>
+          <t>İki Dünya Arasında “Ya Cennet Ya Cehennem”</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>40</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>3990000085478</t>
+          <t>9786258460711</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yağmurla Yağmak</t>
+          <t>Hayatı ve Olayları Anlamlandırma Yolculuğu Resul’ün İzinde</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>3990000014525</t>
+          <t>9786258460650</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Söz Vermiştik</t>
+          <t>Gazze Bir Çocuğun Direnişi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258460421</t>
+          <t>9786258460605</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakırlı Ramazan Hoca</t>
+          <t>Tufan’ın Ruhları</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257242103</t>
+          <t>3990000096587</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Görevlerim Seti 4 Kitap</t>
+          <t>Tefekkür Aleminde Mutlu Seyir</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>600</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9789944047814</t>
+          <t>3990000045879</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Oruç Bilinci</t>
+          <t>M. Reşid Rıza’da Hilafet Düşüncesi ve Osmanlı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>30</v>
+        <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786059102322</t>
+          <t>3990000054787</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kürtler (2 Cilt Takım)</t>
+          <t>Meryemler Mabedi Terk Ederse</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>945</v>
+        <v>40</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3990001740859</t>
+          <t>3990000085478</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Gölgesi</t>
+          <t>Yağmurla Yağmak</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>20</v>
+        <v>200</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>3990000061028</t>
+          <t>3990000014525</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Kürtler</t>
+          <t>Hepimiz Söz Vermiştik</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>45.9</v>
+        <v>240</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258460308</t>
+          <t>9786258460421</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Konu Başlıklı ve Açıklamalı Kur’an-ı Kerim Meali</t>
+          <t>Diyarbakırlı Ramazan Hoca</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>600</v>
+        <v>175</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057359988</t>
+          <t>9786257242103</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Cüveyni’nin Şafii’ye Muhalefeti</t>
+          <t>Görevlerim Seti 4 Kitap</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786057442789</t>
+          <t>9789944047814</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufu Savunma Çabası: Eşref Ali Et - Tehanevi</t>
+          <t>Oruç Bilinci</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>230</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786057442772</t>
+          <t>9786059102322</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hindistan'da İslam'a Adanmış Bir Yaşam: Nizameddin Evliya ve Tasavvuf Anlayışı</t>
+          <t>Kürtler (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>210</v>
+        <v>945</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257011266</t>
+          <t>3990001740859</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hz. İbrahim ve Nübüvvet Sempozyumu (2 Cilt)</t>
+          <t>Vahyin Gölgesi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>885</v>
+        <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786054605262</t>
+          <t>3990000061028</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Üç Merhalede Sarf İlmi</t>
+          <t>Kürtler</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>175</v>
+        <v>45.9</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057565273</t>
+          <t>9786258460308</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Tecdid-i Da’va Fi Karni-l Vahid ve-l İşrin</t>
+          <t>Konu Başlıklı ve Açıklamalı Kur’an-ı Kerim Meali</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>345</v>
+        <v>600</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057565440</t>
+          <t>9786057359988</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Son Vazife Ayrılık</t>
+          <t>Cüveyni’nin Şafii’ye Muhalefeti</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786059102797</t>
+          <t>9786057442789</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Saniu’l Hayat</t>
+          <t>Tasavvufu Savunma Çabası: Eşref Ali Et - Tehanevi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786054605750</t>
+          <t>9786057442772</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Medhal İle Menehici’l Müfessirin</t>
+          <t>Hindistan'da İslam'a Adanmış Bir Yaşam: Nizameddin Evliya ve Tasavvuf Anlayışı</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057460042</t>
+          <t>9786257011266</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kubra fi’l-Aradi’l Mukaddese</t>
+          <t>Uluslararası Hz. İbrahim ve Nübüvvet Sempozyumu (2 Cilt)</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>330</v>
+        <v>885</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057565716</t>
+          <t>9786054605262</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Kavaidu’l Makasidiyye fi Tesnifi’l Evveliyat</t>
+          <t>Üç Merhalede Sarf İlmi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786059102094</t>
+          <t>9786057565273</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İdah Limakaleti’l İstilah</t>
+          <t>Tecdid-i Da’va Fi Karni-l Vahid ve-l İşrin</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>130</v>
+        <v>345</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257011471</t>
+          <t>9786057565440</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Hatta el-Faraşat Tebki</t>
+          <t>Son Vazife Ayrılık</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057494665</t>
+          <t>9786059102797</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Hatta Ahir Kelime 1-2 (Ciltli)</t>
+          <t>Saniu’l Hayat</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786057460028</t>
+          <t>9786054605750</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Es-Sumal İle’l-Emam</t>
+          <t>Medhal İle Menehici’l Müfessirin</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786054605873</t>
+          <t>9786057460042</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>El Mufid Fi İlmi Usulu'l Fıkıh -2. Cilt-</t>
+          <t>Kubra fi’l-Aradi’l Mukaddese</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786054605996</t>
+          <t>9786057565716</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>El Menhecu'l Kavim İle Ulumu'l Kur'ani'l Kerim -1. Cilt-</t>
+          <t>Kavaidu’l Makasidiyye fi Tesnifi’l Evveliyat</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786054605842</t>
+          <t>9786059102094</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>El Fikru't Tasavvufi İnde'l İmam el Benna</t>
+          <t>İdah Limakaleti’l İstilah</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>340</v>
+        <v>130</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059102513</t>
+          <t>9786257011471</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Edebi Açıdan Kur'an'daki Dua Ayetleri ve Rasulullah'ın Dilinden Dualar</t>
+          <t>Hatta el-Faraşat Tebki</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059102704</t>
+          <t>9786057494665</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Ben Şehid</t>
+          <t>Hatta Ahir Kelime 1-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059102629</t>
+          <t>9786057460028</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aveli el Makasid</t>
+          <t>Es-Sumal İle’l-Emam</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059102155</t>
+          <t>9786054605873</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Amelikah Fi Zemen En - Nisyen - 2. Cilt-</t>
+          <t>El Mufid Fi İlmi Usulu'l Fıkıh -2. Cilt-</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059102148</t>
+          <t>9786054605996</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Amelikah Fi Zemen En-Nisyen -1. Cilt-</t>
+          <t>El Menhecu'l Kavim İle Ulumu'l Kur'ani'l Kerim -1. Cilt-</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059102186</t>
+          <t>9786054605842</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Adve Ale Hareketi't Da've</t>
+          <t>El Fikru't Tasavvufi İnde'l İmam el Benna</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>415</v>
+        <v>340</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786056121258</t>
+          <t>9786059102513</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İbnu Kasım Şerhi Şafii Fıkhı</t>
+          <t>Edebi Açıdan Kur'an'daki Dua Ayetleri ve Rasulullah'ın Dilinden Dualar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786054605484</t>
+          <t>9786059102704</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ey Müslüman</t>
+          <t>Ben Şehid</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>90</v>
+        <v>130</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786054605460</t>
+          <t>9786059102629</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>İnsanların En Mutlusu Olmak İstiyorsan</t>
+          <t>Aveli el Makasid</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>140</v>
+        <v>100</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057565303</t>
+          <t>9786059102155</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Önderleri Peygamberlerin Yolunda</t>
+          <t>Amelikah Fi Zemen En - Nisyen - 2. Cilt-</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786054605521</t>
+          <t>9786059102148</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>El İstişrak Beyne’l Hekikati Ve’ttadlil</t>
+          <t>Amelikah Fi Zemen En-Nisyen -1. Cilt-</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>580</v>
+        <v>190</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057565310</t>
+          <t>9786059102186</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Nesli Sahabilerin Yolunda</t>
+          <t>Adve Ale Hareketi't Da've</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>415</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>2770000020404</t>
+          <t>9786056121258</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Anlamada Yöntem (Ciltli)</t>
+          <t>İbnu Kasım Şerhi Şafii Fıkhı</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>630</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057565334</t>
+          <t>9786054605484</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri Kaşiflerin Yolunda 6</t>
+          <t>Ey Müslüman</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>90</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054605552</t>
+          <t>9786054605460</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Nahve'l Qıyade 1</t>
+          <t>İnsanların En Mutlusu Olmak İstiyorsan</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057565297</t>
+          <t>9786057565303</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Peygamberimizin Yolunda</t>
+          <t>İnsanlığın Önderleri Peygamberlerin Yolunda</t>
         </is>
       </c>
       <c r="C48" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054605569</t>
+          <t>9786054605521</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Nahve'l Qıyade 2</t>
+          <t>El İstişrak Beyne’l Hekikati Ve’ttadlil</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>240</v>
+        <v>580</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786054605323</t>
+          <t>9786057565310</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Önderimiz Resulullah</t>
+          <t>Kur'an Nesli Sahabilerin Yolunda</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>10</v>
+        <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786054605217</t>
+          <t>2770000020404</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>İslam İnancının Esasları</t>
+          <t>Kur’an’ı Anlamada Yöntem (Ciltli)</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>160</v>
+        <v>630</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786054605026</t>
+          <t>9786057565334</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Vasaya Khulafai Raşidin</t>
+          <t>Bilimin Öncüleri Kaşiflerin Yolunda 6</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786056121296</t>
+          <t>9786054605552</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gizli Gücün Uyanışı - İman</t>
+          <t>Nahve'l Qıyade 1</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786054605354</t>
+          <t>9786057565297</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarını Değerlendir</t>
+          <t>Alemlere Rahmet Peygamberimizin Yolunda</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054605712</t>
+          <t>9786054605569</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>El Gazvul Fikri, Vet Tayyeratul Muadiyetu Lil İslem (Arapça)</t>
+          <t>Nahve'l Qıyade 2</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059102674</t>
+          <t>9786054605323</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Temel Tecvid Kuralları</t>
+          <t>Önderimiz Resulullah</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>120</v>
+        <v>10</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9789944047890</t>
+          <t>9786054605217</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki Dikenler</t>
+          <t>İslam İnancının Esasları</t>
         </is>
       </c>
       <c r="C57" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056121234</t>
+          <t>9786054605026</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Risaleler</t>
+          <t>Vasaya Khulafai Raşidin</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056121241</t>
+          <t>9786056121296</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Oy Kullanmak Caiz mi?</t>
+          <t>Gizli Gücün Uyanışı - İman</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9789759508098</t>
+          <t>9786054605354</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevgi Sevdalısı’ndan Sevgiye Açılan Yelken</t>
+          <t>Çocuklarını Değerlendir</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>11.25</v>
+        <v>175</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054605835</t>
+          <t>9786054605712</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Suresi Tefsiri</t>
+          <t>El Gazvul Fikri, Vet Tayyeratul Muadiyetu Lil İslem (Arapça)</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059102902</t>
+          <t>9786059102674</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Neye Davet Ediyoruz? - Risaleler</t>
+          <t>Temel Tecvid Kuralları</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257011587</t>
+          <t>9789944047890</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlakı</t>
+          <t>Yoldaki Dikenler</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057494627</t>
+          <t>9786056121234</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>El-Bu’du’l-İnsani fi-Da’veti’l-İhvani’l-Müslimin</t>
+          <t>Risaleler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057565655</t>
+          <t>9786056121241</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Tevbe</t>
+          <t>Oy Kullanmak Caiz mi?</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>345</v>
+        <v>140</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786258460469</t>
+          <t>9789759508098</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İslam Şeriatı’nda İctihâd Çağdaş İctihâd Anlayışına Dair Analitik İncelemeler</t>
+          <t>Bir Sevgi Sevdalısı’ndan Sevgiye Açılan Yelken</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>200</v>
+        <v>11.25</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9788256332119</t>
+          <t>9786054605835</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Dirasâtun Tefiriyye ve Daaviyye</t>
+          <t>İbrahim Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786258460476</t>
+          <t>9786059102902</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Zekat 1-2</t>
+          <t>İnsanları Neye Davet Ediyoruz? - Risaleler</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>1500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786057565662</t>
+          <t>9786257011587</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Hayatında Vakit</t>
+          <t>İslam Ahlakı</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>4458000102051</t>
+          <t>9786057494627</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Önderlerin İzinde - 6 Kitap Set</t>
+          <t>El-Bu’du’l-İnsani fi-Da’veti’l-İhvani’l-Müslimin</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>685</v>
+        <v>200</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257011877</t>
+          <t>9786057565655</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ramazan’a Nasıl Hazırlanmalıyız?</t>
+          <t>Tevbe</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>175</v>
+        <v>345</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258460384</t>
+          <t>9786258460469</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Konu Başlıklı ve Açıklamalı Kur’an-ı Kerim Meali (Büyük Boy)</t>
+          <t>İslam Şeriatı’nda İctihâd Çağdaş İctihâd Anlayışına Dair Analitik İncelemeler</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786258460285</t>
+          <t>9788256332119</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Kuran’ın Anlayış Sorgulaması</t>
+          <t>Dirasâtun Tefiriyye ve Daaviyye</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>210</v>
+        <v>350</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059102742</t>
+          <t>9786258460476</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Duha'dan Nas'a Bir Demet Tefsir</t>
+          <t>İslam Hukukunda Zekat 1-2</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>700</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786259412047</t>
+          <t>9786057565662</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Eşiğinde</t>
+          <t>Müslüman Hayatında Vakit</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786258460377</t>
+          <t>4458000102051</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Zulme Karşı Etkili Bir Silah Boykot</t>
+          <t>Önderlerin İzinde - 6 Kitap Set</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>140</v>
+        <v>685</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786258460339</t>
+          <t>9786257011877</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ortak Yaşamın Temelleri ve Ayrımcılık</t>
+          <t>Ramazan’a Nasıl Hazırlanmalıyız?</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258460223</t>
+          <t>9786258460384</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım; Köy ve Mektep Çocuğu – 3</t>
+          <t>Konu Başlıklı ve Açıklamalı Kur’an-ı Kerim Meali (Büyük Boy)</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>290</v>
+        <v>750</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258460230</t>
+          <t>9786258460285</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım; Köy ve Mektep Çocuğu – 4</t>
+          <t>Kuran’ın Anlayış Sorgulaması</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>340</v>
+        <v>210</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786258460353</t>
+          <t>9786059102742</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşler ve Filistin Davası</t>
+          <t>Duha'dan Nas'a Bir Demet Tefsir</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>400</v>
+        <v>700</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786258460315</t>
+          <t>9786259412047</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Bir İman Eylemi Olarak Davet Boyutları-İncelikleri</t>
+          <t>Sosyolojinin Eşiğinde</t>
         </is>
       </c>
       <c r="C81" s="1">
         <v>230</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258460209</t>
+          <t>9786258460377</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Okurken Zihne Takılan Ayetler Müşkilü’l-Kur’an</t>
+          <t>Zulme Karşı Etkili Bir Silah Boykot</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>390</v>
+        <v>140</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258460278</t>
+          <t>9786258460339</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletine Giden Yol Cemaat</t>
+          <t>Ortak Yaşamın Temelleri ve Ayrımcılık</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>315</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786057209009</t>
+          <t>9786258460223</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Kudüs; Sevdalar Hep Yarım Kalır</t>
+          <t>Hatıralarım; Köy ve Mektep Çocuğu – 3</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258460216</t>
+          <t>9786258460230</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Şiddet; Derinlemesine Bakış</t>
+          <t>Hatıralarım; Köy ve Mektep Çocuğu – 4</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258460117</t>
+          <t>9786258460353</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Yeniden İslam Medeniyeti</t>
+          <t>Müslüman Kardeşler ve Filistin Davası</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258460131</t>
+          <t>9786258460315</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Ramazan Günlüğü</t>
+          <t>Bir İman Eylemi Olarak Davet Boyutları-İncelikleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258460155</t>
+          <t>9786258460209</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Davamızın Yeni Vizyonu</t>
+          <t>Kur’an Okurken Zihne Takılan Ayetler Müşkilü’l-Kur’an</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258460124</t>
+          <t>9786258460278</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Güller Kırılsa da Kokar</t>
+          <t>İslam Devletine Giden Yol Cemaat</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786258460148</t>
+          <t>9786057209009</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Davet Buluşmaları</t>
+          <t>Kudüs; Sevdalar Hep Yarım Kalır</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258460162</t>
+          <t>9786258460216</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Ümmetin Son Kalesi Aile</t>
+          <t>İslam ve Şiddet; Derinlemesine Bakış</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>345</v>
+        <v>130</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786056880773</t>
+          <t>9786258460117</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Aleyhi Selam Kudvetun Lil Müslimin Fi Ğayri Biladihim (Ciltli)</t>
+          <t>Yeniden İslam Medeniyeti</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786057565549</t>
+          <t>9786258460131</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Semerkand ve Muhammed b. Eşref es-Semerkandi</t>
+          <t>Çocuklar İçin Ramazan Günlüğü</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786057480705</t>
+          <t>9786258460155</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Ritim Bozukluğu</t>
+          <t>Davamızın Yeni Vizyonu</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059102575</t>
+          <t>9786258460124</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Müeşşirat Kuraniyye</t>
+          <t>Güller Kırılsa da Kokar</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786058143449</t>
+          <t>9786258460148</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Mu’cemu’l Kelimat</t>
+          <t>Nebevi Davet Buluşmaları</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>345</v>
+        <v>290</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059102292</t>
+          <t>9786258460162</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Mecmuatu Resaili’l İmemi’l Benna (Ciltli)</t>
+          <t>Ümmetin Son Kalesi Aile</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>1000</v>
+        <v>345</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786057565457</t>
+          <t>9786056880773</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kutufu Zeheb Min Belağatil Arap</t>
+          <t>Yusuf Aleyhi Selam Kudvetun Lil Müslimin Fi Ğayri Biladihim (Ciltli)</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>160</v>
+        <v>500</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786257011747</t>
+          <t>9786057565549</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’te Sular Tarihi</t>
+          <t>Semerkand ve Muhammed b. Eşref es-Semerkandi</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>325</v>
+        <v>160</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786257011754</t>
+          <t>9786057480705</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’te Kürtler Tarihi</t>
+          <t>Ritim Bozukluğu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>260</v>
+        <v>140</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786056880766</t>
+          <t>9786059102575</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kaidetü-l Müsla ve-l Kiyemi fi-l Fıkhı-l İslami</t>
+          <t>Müeşşirat Kuraniyye</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059102476</t>
+          <t>9786058143449</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>İsti’Leu’d Da’ve</t>
+          <t>Mu’cemu’l Kelimat</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>125</v>
+        <v>345</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786257011976</t>
+          <t>9786059102292</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>İslam Naskırıneke Gışti</t>
+          <t>Mecmuatu Resaili’l İmemi’l Benna (Ciltli)</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>240</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786056880759</t>
+          <t>9786057565457</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>İslam er-Rahme ve Zahiretu-l İrhab (Ciltli)</t>
+          <t>Kutufu Zeheb Min Belağatil Arap</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>580</v>
+        <v>160</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786056880742</t>
+          <t>9786257011747</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>İcaret’ul el-E’yan ve Tetbikatüha el-Muasıra</t>
+          <t>Kudüs’te Sular Tarihi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>580</v>
+        <v>325</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786057565617</t>
+          <t>9786257011754</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Güneş Kalemimden Hakikat Işınları</t>
+          <t>Kudüs’te Kürtler Tarihi</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>130</v>
+        <v>260</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786057494614</t>
+          <t>9786056880766</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Fıkhü’l Mealat (Ciltli)</t>
+          <t>Kaidetü-l Müsla ve-l Kiyemi fi-l Fıkhı-l İslami</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>575</v>
+        <v>500</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786057565266</t>
+          <t>9786059102476</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Fıkhu’l Mizan</t>
+          <t>İsti’Leu’d Da’ve</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>400</v>
+        <v>125</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059102728</t>
+          <t>9786257011976</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Et Tarihu’ş Şamil Lil İhvanu’l Müslimin</t>
+          <t>İslam Naskırıneke Gışti</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059102018</t>
+          <t>9786056880759</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Eş Şeriati’r Rabbeniyye el Mucize</t>
+          <t>İslam er-Rahme ve Zahiretu-l İrhab (Ciltli)</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>84</v>
+        <v>580</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786257011464</t>
+          <t>9786056880742</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>El-müttehemun Bi’d-da’fi Min Ruvat’is-sahiheyn Ve Merviyyatühüm Fihima</t>
+          <t>İcaret’ul el-E’yan ve Tetbikatüha el-Muasıra</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>525</v>
+        <v>580</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786054605071</t>
+          <t>9786057565617</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>El-Muğni fi’n Nahvi</t>
+          <t>Güneş Kalemimden Hakikat Işınları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786257011563</t>
+          <t>9786057494614</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>El-mucez Fi Şerhi Kavadi’l Mecelleti’l Külliyye (Ciltli)</t>
+          <t>Fıkhü’l Mealat (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>850</v>
+        <v>575</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786257011556</t>
+          <t>9786057565266</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>El-mucez Fi Şerhi Kavadi’l Mecelleti’l Külliyye</t>
+          <t>Fıkhu’l Mizan</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>780</v>
+        <v>400</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786257011457</t>
+          <t>9786059102728</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>El-imam Muslim Bin Haccac Ve Menhecuhu Fi’t-ta’lil Fi’l Musnedi’s Sahih</t>
+          <t>Et Tarihu’ş Şamil Lil İhvanu’l Müslimin</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786056880735</t>
+          <t>9786059102018</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>El-ictihad Ve-l Fetva Ve Tetbikatuhuma El-muasıra (Ciltli)</t>
+          <t>Eş Şeriati’r Rabbeniyye el Mucize</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>580</v>
+        <v>84</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059102681</t>
+          <t>9786257011464</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>el Murşidü’l Veciz İla Ulumi’l Kur’an el-Aziz</t>
+          <t>El-müttehemun Bi’d-da’fi Min Ruvat’is-sahiheyn Ve Merviyyatühüm Fihima</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>315</v>
+        <v>525</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786057565839</t>
+          <t>9786054605071</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>El Masarif ve- l Umlat el-Elektroniyye ve-r Rekemiyye</t>
+          <t>El-Muğni fi’n Nahvi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786057565402</t>
+          <t>9786257011563</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Arap Atasözleri 2 (El Emsalul Arabiyya 2)</t>
+          <t>El-mucez Fi Şerhi Kavadi’l Mecelleti’l Külliyye (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>210</v>
+        <v>850</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786056880780</t>
+          <t>9786257011556</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Et-Te’min et-Tekafuli el-İslami (1-2) (Ciltli)</t>
+          <t>El-mucez Fi Şerhi Kavadi’l Mecelleti’l Külliyye</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>854</v>
+        <v>780</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786057565112</t>
+          <t>9786257011457</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hekibetü-l Doktor Ali el-Karadaği el-İktisadiyye (12 Cilt) (Ciltli)</t>
+          <t>El-imam Muslim Bin Haccac Ve Menhecuhu Fi’t-ta’lil Fi’l Musnedi’s Sahih</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>6300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786057565013</t>
+          <t>9786056880735</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>El - Vesit Fi-l Mezheb (9 Cilt) (Ciltli)</t>
+          <t>El-ictihad Ve-l Fetva Ve Tetbikatuhuma El-muasıra (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>6300</v>
+        <v>580</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786054605583</t>
+          <t>9786059102681</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Es Sekafutul İslamiyyetu Fil Habeşeti</t>
+          <t>el Murşidü’l Veciz İla Ulumi’l Kur’an el-Aziz</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>700</v>
+        <v>315</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786054605880</t>
+          <t>9786057565839</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>El-Muhadesetu'l Arabiyye El-Musavvera - 2. Cilt</t>
+          <t>El Masarif ve- l Umlat el-Elektroniyye ve-r Rekemiyye</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>580</v>
+        <v>300</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059102230</t>
+          <t>9786057565402</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>El-Muhadesetul Arabiyye El-Musavvera - 3. Cilt</t>
+          <t>Arap Atasözleri 2 (El Emsalul Arabiyya 2)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>580</v>
+        <v>210</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786257011686</t>
+          <t>9786056880780</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım - Köy ve Mektep Çocuğu</t>
+          <t>Et-Te’min et-Tekafuli el-İslami (1-2) (Ciltli)</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>290</v>
+        <v>854</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786257011679</t>
+          <t>9786057565112</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım - Köy ve Mektep Çocuğu 1</t>
+          <t>Hekibetü-l Doktor Ali el-Karadaği el-İktisadiyye (12 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>290</v>
+        <v>6300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786257011167</t>
+          <t>9786057565013</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım - Davetçinin Hatıraları</t>
+          <t>El - Vesit Fi-l Mezheb (9 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>220</v>
+        <v>6300</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786057565686</t>
+          <t>9786054605583</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Hasan El-Benna Düşüncesinde Eğitim</t>
+          <t>Es Sekafutul İslamiyyetu Fil Habeşeti</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>160</v>
+        <v>700</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786257011181</t>
+          <t>9786054605880</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım - Davanın Hatıraları</t>
+          <t>El-Muhadesetu'l Arabiyye El-Musavvera - 2. Cilt</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>240</v>
+        <v>580</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786057565433</t>
+          <t>9786059102230</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hür Kuşlar Ülkesi</t>
+          <t>El-Muhadesetul Arabiyye El-Musavvera - 3. Cilt</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>160</v>
+        <v>580</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257011921</t>
+          <t>9786257011686</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Nübüvveti ve Akıl 1-2</t>
+          <t>Hatıralarım - Köy ve Mektep Çocuğu</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786057565976</t>
+          <t>9786257011679</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf’un Hayatı Bana Ne Anlatır?</t>
+          <t>Hatıralarım - Köy ve Mektep Çocuğu 1</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257011303</t>
+          <t>9786257011167</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Gençlik - Cihad</t>
+          <t>Hatıralarım - Davetçinin Hatıraları</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057070432</t>
+          <t>9786057565686</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Irak Kürtleri - Seküler ve İslamcı Kürt Partiler Hareketler ve Kavramsal Tartışmalar</t>
+          <t>Hasan El-Benna Düşüncesinde Eğitim</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257011914</t>
+          <t>9786257011181</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimler Eğitiminde Ahlak ve Metodoloji</t>
+          <t>Hatıralarım - Davanın Hatıraları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786257011235</t>
+          <t>9786057565433</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>Hür Kuşlar Ülkesi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786054605019</t>
+          <t>9786257011921</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Eyyuhe’l Muslim</t>
+          <t>Hz. Muhammed’in Nübüvveti ve Akıl 1-2</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>80</v>
+        <v>400</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057565679</t>
+          <t>9786057565976</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İctihad ve Fetva (Ciltli)</t>
+          <t>Hz. Yusuf’un Hayatı Bana Ne Anlatır?</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>750</v>
+        <v>180</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059102520</t>
+          <t>9786257011303</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Eyyuhe’t Talibu’l Muslim</t>
+          <t>Gençlik - Cihad</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786257011891</t>
+          <t>9786057070432</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>İhvan ve Seçimler – Davamız</t>
+          <t>Irak Kürtleri - Seküler ve İslamcı Kürt Partiler Hareketler ve Kavramsal Tartışmalar</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257011860</t>
+          <t>9786257011914</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Ey Dava Sahibi</t>
+          <t>İslami İlimler Eğitiminde Ahlak ve Metodoloji</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257011709</t>
+          <t>9786257011235</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadı Akit Teorisi</t>
+          <t>Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>315</v>
+        <v>150</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786056121210</t>
+          <t>9786054605019</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Arap Atasözleri 1 (El Emsalul Arabiyya 1)</t>
+          <t>Eyyuhe’l Muslim</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786257011716</t>
+          <t>9786057565679</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadı Mülkiyet</t>
+          <t>İctihad ve Fetva (Ciltli)</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>160</v>
+        <v>750</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786054605651</t>
+          <t>9786059102520</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>El Veciz Min Medreseti Ömer bin Abdulaziz</t>
+          <t>Eyyuhe’t Talibu’l Muslim</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257011334</t>
+          <t>9786257011891</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadı Mal</t>
+          <t>İhvan ve Seçimler – Davamız</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786057565891</t>
+          <t>9786257011860</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadı Giriş</t>
+          <t>Ey Dava Sahibi</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786258460063</t>
+          <t>9786257011709</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi - Allah’ın İlk Halifesinden Devletlerin Son Halifesine</t>
+          <t>İslam İktisadı Akit Teorisi</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>735</v>
+        <v>315</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786257011822</t>
+          <t>9786056121210</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İslam Toplumunda Gayri Müslimler</t>
+          <t>Arap Atasözleri 1 (El Emsalul Arabiyya 1)</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257011525</t>
+          <t>9786257011716</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Risalesi</t>
+          <t>İslam İktisadı Mülkiyet</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>150</v>
+        <v>160</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786057070425</t>
+          <t>9786054605651</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Helal ve Haram</t>
+          <t>El Veciz Min Medreseti Ömer bin Abdulaziz</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>750</v>
+        <v>130</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786057565808</t>
+          <t>9786257011334</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Dünya İnsanlık Tarihi</t>
+          <t>İslam İktisadı Mal</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>735</v>
+        <v>160</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057565853</t>
+          <t>9786057565891</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Dört Halifenin Tavsiyeleri - Edebi, Siyasi ve Dini</t>
+          <t>İslam İktisadı Giriş</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786057070456</t>
+          <t>9786258460063</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnetten Hikmetler Seti</t>
+          <t>İslam Tarihi - Allah’ın İlk Halifesinden Devletlerin Son Halifesine</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>1600</v>
+        <v>735</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786057070401</t>
+          <t>9786257011822</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Dinde Aşırılık ve İtidal (Ciltli)</t>
+          <t>İslam Toplumunda Gayri Müslimler</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>340</v>
+        <v>120</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257011907</t>
+          <t>9786257011525</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Devrimden Şehadete Muhammed Mursi</t>
+          <t>Eğitim Risalesi</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786257011204</t>
+          <t>9786057070425</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Yeniden Diriliş</t>
+          <t>İslam’da Helal ve Haram</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>190</v>
+        <v>750</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057565907</t>
+          <t>9786057565808</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Farz Bilinci - Çağın Gerisinde Kalmamak İçin 1</t>
+          <t>Dünya İnsanlık Tarihi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>120</v>
+        <v>735</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786257011778</t>
+          <t>9786057565853</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Cennet Yarışı</t>
+          <t>Dört Halifenin Tavsiyeleri - Edebi, Siyasi ve Dini</t>
         </is>
       </c>
       <c r="C160" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786257011723</t>
+          <t>9786057070456</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Laikliğin İslam’la Savaşı – Türkiye-Tunus Modeli</t>
+          <t>Kur’an ve Sünnetten Hikmetler Seti</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>260</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786054605675</t>
+          <t>9786057070401</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Risale Fi Kelami’l Kibar</t>
+          <t>Dinde Aşırılık ve İtidal (Ciltli)</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>130</v>
+        <v>340</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786056975103</t>
+          <t>9786257011907</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Medrese Eğitiminde Yenilik: Islah-ı Medaris</t>
+          <t>Devrimden Şehadete Muhammed Mursi</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257011815</t>
+          <t>9786257011204</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif ve İstiklal Marşı - Gençliğe Mesajlar</t>
+          <t>Çanakkale Yeniden Diriliş</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786254438301</t>
+          <t>9786057565907</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Milletin Sesi Mehmet Akif</t>
+          <t>Farz Bilinci - Çağın Gerisinde Kalmamak İçin 1</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786054605934</t>
+          <t>9786257011778</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Mizan Fıkhı - Ölçüler ve Dengeler Fıkhı (Ciltli)</t>
+          <t>Cennet Yarışı</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257011983</t>
+          <t>9786257011723</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Kongre Risalesi</t>
+          <t>Laikliğin İslam’la Savaşı – Türkiye-Tunus Modeli</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786257011044</t>
+          <t>9786054605675</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Mizan Fıkhı - Ölçüler ve Dengeler Fıkhı</t>
+          <t>Risale Fi Kelami’l Kibar</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>500</v>
+        <v>130</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786258460094</t>
+          <t>9786056975103</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Ben Niçin Varım?</t>
+          <t>Medrese Eğitiminde Yenilik: Islah-ı Medaris</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786059102407</t>
+          <t>9786257011815</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Mukaddimetu'l Va'yi Ettatviri</t>
+          <t>Mehmet Akif ve İstiklal Marşı - Gençliğe Mesajlar</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>315</v>
+        <v>160</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786257011884</t>
+          <t>9786254438301</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Münacat Risalesi</t>
+          <t>Milletin Sesi Mehmet Akif</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786057480750</t>
+          <t>9786054605934</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Mizan Fıkhı - Ölçüler ve Dengeler Fıkhı (Ciltli)</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>275</v>
+        <v>450</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786057565914</t>
+          <t>9786257011983</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Aile Hayatının Kanunları</t>
+          <t>Beşinci Kongre Risalesi</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257011051</t>
+          <t>9786257011044</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşler'in Liderleri</t>
+          <t>Mizan Fıkhı - Ölçüler ve Dengeler Fıkhı</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786257011730</t>
+          <t>9786258460094</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Müslüman Kardeşler Tarihi</t>
+          <t>Ben Niçin Varım?</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>420</v>
+        <v>240</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786056975165</t>
+          <t>9786059102407</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Toplumun Özellikleri</t>
+          <t>Mukaddimetu'l Va'yi Ettatviri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>560</v>
+        <v>315</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786258460087</t>
+          <t>9786257011884</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Daveti Nasıl Anlamalıyız?</t>
+          <t>Münacat Risalesi</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057565242</t>
+          <t>9786057480750</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Değişmez Prensipleri</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786257011952</t>
+          <t>9786057565914</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Günlük İbadet Rehberi</t>
+          <t>Müslüman Aile Hayatının Kanunları</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257011990</t>
+          <t>9786257011051</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Ömür Boyu Davet (Ciltli)</t>
+          <t>Müslüman Kardeşler'in Liderleri</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>345</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786059102353</t>
+          <t>9786257011730</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah’ın Kızı Fatıma - Saliha Kadınların Hayatı</t>
+          <t>Ana Hatlarıyla Müslüman Kardeşler Tarihi</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>130</v>
+        <v>420</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786054605668</t>
+          <t>9786056975165</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Ravdat Minel İsneyn İlel Aşera</t>
+          <t>Müslüman Toplumun Özellikleri</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>130</v>
+        <v>560</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786057565877</t>
+          <t>9786258460087</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Risaleler – Mesurat</t>
+          <t>Allah’a Daveti Nasıl Anlamalıyız?</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057070449</t>
+          <t>9786057565242</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Tembellikle Savaş</t>
+          <t>Müslümanın Değişmez Prensipleri</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786057565921</t>
+          <t>9786257011952</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Medeniyeti İçin İslami İslami Prensipler -2</t>
+          <t>Müslümanın Günlük İbadet Rehberi</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257011143</t>
+          <t>9786257011990</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İlk Zorunlu Soru</t>
+          <t>Ömür Boyu Davet (Ciltli)</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>160</v>
+        <v>345</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786257011969</t>
+          <t>9786059102353</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri (Ciltli)</t>
+          <t>Rasulullah’ın Kızı Fatıma - Saliha Kadınların Hayatı</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>1050</v>
+        <v>130</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786257011624</t>
+          <t>9786054605668</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Edebi Cevherler</t>
+          <t>Ravdat Minel İsneyn İlel Aşera</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257011648</t>
+          <t>9786057565877</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Ahlak – Menhecü’l Kasid</t>
+          <t>Risaleler – Mesurat</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>440</v>
+        <v>145</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786257242004</t>
+          <t>9786057070449</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Efuli</t>
+          <t>Tembellikle Savaş</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786257011693</t>
+          <t>9786057565921</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzünden Günümüze Mesajlar</t>
+          <t>Yeni Dünya Medeniyeti İçin İslami İslami Prensipler -2</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>550</v>
+        <v>120</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257011662</t>
+          <t>9786257011143</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İslam Ümmeti Hayal Değil Gerçektir</t>
+          <t>İlk Zorunlu Soru</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257011631</t>
+          <t>9786257011969</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kudüs'e Giden Yol</t>
+          <t>Amme Cüzü Tefsiri (Ciltli)</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>400</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257011655</t>
+          <t>9786257011624</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Haydi Namaza</t>
+          <t>Arap Dilinde Edebi Cevherler</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257011617</t>
+          <t>9786257011648</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Sabah Namazı</t>
+          <t>Nebevi Ahlak – Menhecü’l Kasid</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>160</v>
+        <v>440</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786057565938</t>
+          <t>9786257242004</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Adabı Muaşeret ve Görgü Kuralları - Çağın Gerisinde Kalmamak İçin 3</t>
+          <t>Maceracı Efuli</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257011112</t>
+          <t>9786257011693</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Güvenlik Mefhumu</t>
+          <t>Amme Cüzünden Günümüze Mesajlar</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>130</v>
+        <v>550</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257011129</t>
+          <t>9786257011662</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Göre İnsanın Değeri ve Var Oluşunun Amacı</t>
+          <t>İslam Ümmeti Hayal Değil Gerçektir</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257011105</t>
+          <t>9786257011631</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Manevi Hayat</t>
+          <t>Kudüs'e Giden Yol</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>130</v>
+        <v>400</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257011037</t>
+          <t>9786257011655</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Rabbanilik</t>
+          <t>Haydi Namaza</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257011174</t>
+          <t>9786257011617</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Davet Ettiğimiz İslam</t>
+          <t>Sen ve Sabah Namazı</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786257011006</t>
+          <t>9786057565938</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Yarının Müslüman Kadını</t>
+          <t>Adabı Muaşeret ve Görgü Kuralları - Çağın Gerisinde Kalmamak İçin 3</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>130</v>
+        <v>120</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257011068</t>
+          <t>9786257011112</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Karadavi'ye Yöneltilen Eleştiriler</t>
+          <t>İslam'da Güvenlik Mefhumu</t>
         </is>
       </c>
       <c r="C203" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257011150</t>
+          <t>9786257011129</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Zekat Müessesesinin Başarılı Olması İçin Alınacak Tedbirler</t>
+          <t>İslam'a Göre İnsanın Değeri ve Var Oluşunun Amacı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257011198</t>
+          <t>9786257011105</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Arzuladığımız Dinin Tecdit Edilmesi</t>
+          <t>İslam'da Manevi Hayat</t>
         </is>
       </c>
       <c r="C205" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257011136</t>
+          <t>9786257011037</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>İslam Ümmetinin Son Zamanlardaki Durumu</t>
+          <t>Rabbanilik</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257011020</t>
+          <t>9786257011174</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Bidat</t>
+          <t>Davet Ettiğimiz İslam</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257011082</t>
+          <t>9786257011006</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Sosyal Dayanışma</t>
+          <t>Yarının Müslüman Kadını</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257011075</t>
+          <t>9786257011068</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Yaşlı Hakları</t>
+          <t>Karadavi'ye Yöneltilen Eleştiriler</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257011099</t>
+          <t>9786257011150</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Öğretmen Değeri</t>
+          <t>Günümüzde Zekat Müessesesinin Başarılı Olması İçin Alınacak Tedbirler</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786056975189</t>
+          <t>9786257011198</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Davet</t>
+          <t>Arzuladığımız Dinin Tecdit Edilmesi</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257011532</t>
+          <t>9786257011136</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Arapça Hikmetli Sözler Manzumesi</t>
+          <t>İslam Ümmetinin Son Zamanlardaki Durumu</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257011594</t>
+          <t>9786257011020</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Faizle Mücadele</t>
+          <t>Sünnet ve Bidat</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257011396</t>
+          <t>9786257011082</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım – Hasan el-Benna Mektebi</t>
+          <t>İslam'da Sosyal Dayanışma</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257011518</t>
+          <t>9786257011075</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım - Tecrübelerim ve Tanıklığım</t>
+          <t>İslam'da Yaşlı Hakları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257011495</t>
+          <t>9786257011099</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Ortak Payda</t>
+          <t>İslam'da Öğretmen Değeri</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786257011426</t>
+          <t>9786056975189</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Ümmete Farz Kılınanlar Hakkında Kırk Hadis</t>
+          <t>Allah'a Davet</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>130</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257011570</t>
+          <t>9786257011532</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Anlamada Yöntem (Ciltli)</t>
+          <t>Arapça Hikmetli Sözler Manzumesi</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257011389</t>
+          <t>9786257011594</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>İtikaf Medresesi</t>
+          <t>Faizle Mücadele</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786057565969</t>
+          <t>9786257011396</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Sanki İlk Defa Namaz Kılıyorum</t>
+          <t>Hatıralarım – Hasan el-Benna Mektebi</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786056975196</t>
+          <t>9786257011518</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Yeniden Hicret</t>
+          <t>Hatıralarım - Tecrübelerim ve Tanıklığım</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257011433</t>
+          <t>9786257011495</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Kim O? Ben Ramazan</t>
+          <t>Ortak Payda</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257011013</t>
+          <t>9786257011426</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ve Tesettür Dile Geldi</t>
+          <t>Ümmete Farz Kılınanlar Hakkında Kırk Hadis</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786056975172</t>
+          <t>9786257011570</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukuna Giriş</t>
+          <t>Sünneti Anlamada Yöntem (Ciltli)</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>315</v>
+        <v>650</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257011297</t>
+          <t>9786257011389</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Cüz Cüz Kur'an'ı Tanıyalım</t>
+          <t>İtikaf Medresesi</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>320</v>
+        <v>120</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786056121289</t>
+          <t>9786057565969</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Çevre Bilinci</t>
+          <t>Sanki İlk Defa Namaz Kılıyorum</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786054605224</t>
+          <t>9786056975196</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Zor Yıllar</t>
+          <t>İslam'a Yeniden Hicret</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786056880704</t>
+          <t>9786257011433</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar ve Hak</t>
+          <t>Kim O? Ben Ramazan</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786054605644</t>
+          <t>9786257011013</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ümitlerin Tükendiği An</t>
+          <t>Ve Tesettür Dile Geldi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786056975158</t>
+          <t>9786056975172</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İslam Bankalarında Uygulandığı Gibi Murabaha Alım Satımı</t>
+          <t>İslam Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>120</v>
+        <v>315</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786057565648</t>
+          <t>9786257011297</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Şeriatın Amaçlarını Anlamak</t>
+          <t>Cüz Cüz Kur'an'ı Tanıyalım</t>
         </is>
       </c>
       <c r="C231" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786057565631</t>
+          <t>9786056121289</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Tevekkül</t>
+          <t>İslam'da Çevre Bilinci</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>190</v>
+        <v>260</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786057565846</t>
+          <t>9786054605224</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>İki Dava Adamı</t>
+          <t>Zor Yıllar</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786057565570</t>
+          <t>9786056880704</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Tetkikler Işığında Sahabe Dönemi</t>
+          <t>İnsanlar ve Hak</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>345</v>
+        <v>120</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786057565501</t>
+          <t>9786054605644</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin İslam'daki Yeri</t>
+          <t>Ümitlerin Tükendiği An</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786057565563</t>
+          <t>9786056975158</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Allah Erinin Kültür ve Ahlakı 1-2 (2 Kitap Takım)</t>
+          <t>İslam Bankalarında Uygulandığı Gibi Murabaha Alım Satımı</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>735</v>
+        <v>120</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057565624</t>
+          <t>9786057565648</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim'in Hayatı Bana Ne Anlatır?</t>
+          <t>Şeriatın Amaçlarını Anlamak</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057565693</t>
+          <t>9786057565631</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Disiplin İle Esneklik Arasında Fetva</t>
+          <t>Tevekkül</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057565730</t>
+          <t>9786057565846</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Kelimesinin Lügat ve İstilah Anlamı</t>
+          <t>İki Dava Adamı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057565723</t>
+          <t>9786057565570</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Sünnet'in Hüccet Değeri</t>
+          <t>Tarihi Tetkikler Işığında Sahabe Dönemi</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>230</v>
+        <v>345</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057565587</t>
+          <t>9786057565501</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Hüccet Değeri ve Tedvin Açısından Sünnet</t>
+          <t>Sünnetin İslam'daki Yeri</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>315</v>
+        <v>160</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786059102339</t>
+          <t>9786057565563</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Örtünme Bilinci</t>
+          <t>Allah Erinin Kültür ve Ahlakı 1-2 (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>95</v>
+        <v>735</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057565488</t>
+          <t>9786057565624</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşler Tarihe Yön Veren Olaylar 1-2 (2 Kitap Takım)</t>
+          <t>Hz. İbrahim'in Hayatı Bana Ne Anlatır?</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>680</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786058143470</t>
+          <t>9786057565693</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Ebu'd - Derda</t>
+          <t>Disiplin İle Esneklik Arasında Fetva</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057565419</t>
+          <t>9786057565730</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Bir Örnek Olarak Yusuf Aleyhisselam</t>
+          <t>Sünnet Kelimesinin Lügat ve İstilah Anlamı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>275</v>
+        <v>100</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786054605040</t>
+          <t>9786057565723</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı İslam Akaidi</t>
+          <t>Kur'an'a Göre Sünnet'in Hüccet Değeri</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786054605392</t>
+          <t>9786057565587</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>İslam'ı Doğru Anlamak</t>
+          <t>Hüccet Değeri ve Tedvin Açısından Sünnet</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>190</v>
+        <v>315</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786057565426</t>
+          <t>9786059102339</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Aile (Ciltli)</t>
+          <t>Örtünme Bilinci</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>315</v>
+        <v>95</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786056880711</t>
+          <t>9786057565488</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Aile (Ciltsiz)</t>
+          <t>Müslüman Kardeşler Tarihe Yön Veren Olaylar 1-2 (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>230</v>
+        <v>680</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786056880728</t>
+          <t>9786058143470</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Hz. Musa'nın Hayatı Bana Ne Anlatır?</t>
+          <t>Ebu'd - Derda</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057565259</t>
+          <t>9786057565419</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul!</t>
+          <t>Bir Örnek Olarak Yusuf Aleyhisselam</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054605491</t>
+          <t>9786054605040</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>İslam'da İbadet Mefhumu</t>
+          <t>Sorulu Cevaplı İslam Akaidi</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054605149</t>
+          <t>9786054605392</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İhtilaf ve Tefrikalar Karşısında İslami Tavır</t>
+          <t>İslam'ı Doğru Anlamak</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786054605125</t>
+          <t>9786057565426</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Medeniyet Kaynağı Sünnet</t>
+          <t>Müslüman Aile (Ciltli)</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>350</v>
+        <v>315</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786059102438</t>
+          <t>9786056880711</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>İlim Asrında Din</t>
+          <t>Müslüman Aile (Ciltsiz)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>120</v>
+        <v>230</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786054605477</t>
+          <t>9786056880728</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Varlığı</t>
+          <t>Hz. Musa'nın Hayatı Bana Ne Anlatır?</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786054605361</t>
+          <t>9786057565259</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Cevheretü't-Tevhid Şerhi</t>
+          <t>Ey Oğul!</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054605439</t>
+          <t>9786054605491</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Awene</t>
+          <t>İslam'da İbadet Mefhumu</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786059102827</t>
+          <t>9786054605149</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Kürt Siyasal Hareketinde İslami Bir Aktör - Kürdistan İslami Birlik Partisi</t>
+          <t>İhtilaf ve Tefrikalar Karşısında İslami Tavır</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786058143425</t>
+          <t>9786054605125</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>İyilik Harmanı</t>
+          <t>Bilgi ve Medeniyet Kaynağı Sünnet</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>120</v>
+        <v>350</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059102421</t>
+          <t>9786059102438</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Hukuku ve Adabı</t>
+          <t>İlim Asrında Din</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786059102414</t>
+          <t>9786054605477</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Esma Binti Umeys (r.anha)</t>
+          <t>Allah'ın Varlığı</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786056121227</t>
+          <t>9786054605361</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>500 Salih Amel</t>
+          <t>Cevheretü't-Tevhid Şerhi</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054605408</t>
+          <t>9786054605439</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Dönemi</t>
+          <t>Awene</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>175</v>
+        <v>90</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059102391</t>
+          <t>9786059102827</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kürtler Üzerine Yazılar</t>
+          <t>Kürt Siyasal Hareketinde İslami Bir Aktör - Kürdistan İslami Birlik Partisi</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786059102445</t>
+          <t>9786058143425</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizmin Oyunları</t>
+          <t>İyilik Harmanı</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786054605286</t>
+          <t>9786059102421</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşler</t>
+          <t>Arkadaşlık Hukuku ve Adabı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786054605118</t>
+          <t>9786059102414</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>İmam Nevevi - 40 Hadis / Dersler ve İbretler</t>
+          <t>Esma Binti Umeys (r.anha)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786059102759</t>
+          <t>9786056121227</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvet Pınarından Damlalar</t>
+          <t>500 Salih Amel</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054605231</t>
+          <t>9786054605408</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Tibyan - Kur'an Okuma Adabı</t>
+          <t>Sahabe Dönemi</t>
         </is>
       </c>
       <c r="C270" s="1">
         <v>175</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786054605590</t>
+          <t>9786059102391</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Filistin Meselesinin Değişmez Gerçekleri</t>
+          <t>Kürtler Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786054605200</t>
+          <t>9786059102445</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadette Üç Öğretmen</t>
+          <t>Emperyalizmin Oyunları</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786059102957</t>
+          <t>9786054605286</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Hz. Nuh (as) ve Bin Yıllık Daveti</t>
+          <t>Müslüman Kardeşler</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786059102940</t>
+          <t>9786054605118</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Hz. Adem (as) ve İnsanlığın İmtihanı</t>
+          <t>İmam Nevevi - 40 Hadis / Dersler ve İbretler</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>160</v>
+        <v>190</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059102117</t>
+          <t>9786059102759</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Me'surat</t>
+          <t>Nübüvvet Pınarından Damlalar</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>80</v>
+        <v>200</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786059102995</t>
+          <t>9786054605231</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Davetimiz Nura Doğru - Risaleler</t>
+          <t>Tibyan - Kur'an Okuma Adabı</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054605132</t>
+          <t>9786054605590</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Fetvanın Değişebilirliği</t>
+          <t>Filistin Meselesinin Değişmez Gerçekleri</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>125</v>
+        <v>80</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054605316</t>
+          <t>9786054605200</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Peyam; Resaila (2 Cilt)</t>
+          <t>Asr-ı Saadette Üç Öğretmen</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>850</v>
+        <v>130</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059102933</t>
+          <t>9786059102957</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Hasan el-Benna Düşüncesinde Siyaset</t>
+          <t>Hz. Nuh (as) ve Bin Yıllık Daveti</t>
         </is>
       </c>
       <c r="C279" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059102926</t>
+          <t>9786059102940</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Ahlakı</t>
+          <t>Hz. Adem (as) ve İnsanlığın İmtihanı</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059102896</t>
+          <t>9786059102117</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kur'an’da Sabır</t>
+          <t>Me'surat</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>175</v>
+        <v>80</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059102919</t>
+          <t>9786059102995</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnete Göre Müminlerin Özellikleri</t>
+          <t>Davetimiz Nura Doğru - Risaleler</t>
         </is>
       </c>
       <c r="C282" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786059102865</t>
+          <t>9786054605132</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Arap Tarihçilerin Gözüyle Osmanlılar</t>
+          <t>Günümüzde Fetvanın Değişebilirliği</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>160</v>
+        <v>125</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786059102841</t>
+          <t>9786054605316</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Bir Peygamber</t>
+          <t>Peyam; Resaila (2 Cilt)</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>175</v>
+        <v>850</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059102834</t>
+          <t>9786059102933</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler de Ağlar</t>
+          <t>Hasan el-Benna Düşüncesinde Siyaset</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786054605385</t>
+          <t>9786059102926</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>İman ve Hayat</t>
+          <t>Müslüman Ahlakı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059102810</t>
+          <t>9786059102896</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Yusuf El-Karadavi’nin Fıkıh Anlayışı ve İslami Düşünceye Katkısı</t>
+          <t>Kur'an’da Sabır</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059102490</t>
+          <t>9786059102919</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Beklenen Zafer Nesli</t>
+          <t>Kur'an ve Sünnete Göre Müminlerin Özellikleri</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059102773</t>
+          <t>9786059102865</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Davet Yolunda Hatıralar</t>
+          <t>Arap Tarihçilerin Gözüyle Osmanlılar</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059102377</t>
+          <t>9786059102841</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Zekatın Rolü</t>
+          <t>İçimizden Bir Peygamber</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786054605064</t>
+          <t>9786059102834</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Tevhidin Hakikati</t>
+          <t>Kelebekler de Ağlar</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>125</v>
+        <v>250</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786054605446</t>
+          <t>9786054605385</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Davamız</t>
+          <t>İman ve Hayat</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786054605415</t>
+          <t>9786059102810</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Filistin Hakkında Yanılgılar</t>
+          <t>Yusuf El-Karadavi’nin Fıkıh Anlayışı ve İslami Düşünceye Katkısı</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786054605422</t>
+          <t>9786059102490</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Manevi Devrim</t>
+          <t>Beklenen Zafer Nesli</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>270</v>
+        <v>120</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059102711</t>
+          <t>9786059102773</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Neden İslam?</t>
+          <t>Davet Yolunda Hatıralar</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>180</v>
+        <v>120</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059102698</t>
+          <t>9786059102377</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Dini</t>
+          <t>Zekatın Rolü</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>210</v>
+        <v>160</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786059102605</t>
+          <t>9786054605064</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Tekfirde Aşırılık</t>
+          <t>Tevhidin Hakikati</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786059102261</t>
+          <t>9786054605446</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlamada Yöntem</t>
+          <t>Kudüs Davamız</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>600</v>
+        <v>175</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786054605002</t>
+          <t>9786054605415</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>İslam Fıkhını Yeniden Okumak</t>
+          <t>Filistin Hakkında Yanılgılar</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786054605347</t>
+          <t>9786054605422</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Devlet Mefhumu</t>
+          <t>30 Günde Manevi Devrim</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786054605187</t>
+          <t>9786059102711</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku</t>
+          <t>Neden İslam?</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059102223</t>
+          <t>9786059102698</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Öncelikler Fıkhı</t>
+          <t>Ana Hatlarıyla İslam Dini</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786054605156</t>
+          <t>9786059102605</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Oruç Fıkhı</t>
+          <t>Tekfirde Aşırılık</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786054605279</t>
+          <t>9786059102261</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Seçme Risaleler: Davet Esasları</t>
+          <t>Kur'an'ı Anlamada Yöntem</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>190</v>
+        <v>600</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9789759508081</t>
+          <t>9786054605002</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Tebliğ ve Davet Yolunda Müslümanın Temel Kültürü</t>
+          <t>İslam Fıkhını Yeniden Okumak</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9789759508036</t>
+          <t>9786054605347</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Ahlak Eğitimi</t>
+          <t>İslam’da Devlet Mefhumu</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9789944047845</t>
+          <t>9786054605187</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Anlamada Yöntem</t>
+          <t>İslam Hukuku</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>525</v>
+        <v>240</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786054605194</t>
+          <t>9786059102223</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Sekülerizm Çıkmazından Mağaraya Doğru</t>
+          <t>Öncelikler Fıkhı</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9789944047876</t>
+          <t>9786054605156</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Sahabenin İslam Tebliği</t>
+          <t>Oruç Fıkhı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9789759508043</t>
+          <t>9786054605279</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Risaleler (Şamua Kağıt) (Ciltli)</t>
+          <t>Seçme Risaleler: Davet Esasları</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>800</v>
+        <v>190</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789944047807</t>
+          <t>9789759508081</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Rabbani Hayat ve İlim</t>
+          <t>Tebliğ ve Davet Yolunda Müslümanın Temel Kültürü</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786056121203</t>
+          <t>9789759508036</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Nuru’l - Yakin Muhammed</t>
+          <t>Tasavvuf ve Ahlak Eğitimi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>345</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789759508067</t>
+          <t>9789944047845</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Niyet ve İhlas</t>
+          <t>Sünneti Anlamada Yöntem</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>200</v>
+        <v>525</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9789759508029</t>
+          <t>9786054605194</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Me’surat: Peygamberimizin (s.a.v.) Dilinden Dua ve Zikirler</t>
+          <t>Sekülerizm Çıkmazından Mağaraya Doğru</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>75</v>
+        <v>240</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789944047883</t>
+          <t>9789944047876</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Kainat Ayetleri Işığında Tevhid</t>
+          <t>Sahabenin İslam Tebliği</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789759508074</t>
+          <t>9789759508043</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Davet Esasları</t>
+          <t>Risaleler (Şamua Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>210</v>
+        <v>800</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789944047869</t>
+          <t>9789944047807</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Her Müslümanın Ortak Davası Kudüs</t>
+          <t>Rabbani Hayat ve İlim</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
+          <t>9786056121203</t>
+        </is>
+      </c>
+      <c r="B318" s="1" t="inlineStr">
+        <is>
+          <t>Nuru’l - Yakin Muhammed</t>
+        </is>
+      </c>
+      <c r="C318" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="319" spans="1:3">
+      <c r="A319" s="1" t="inlineStr">
+        <is>
+          <t>9789759508067</t>
+        </is>
+      </c>
+      <c r="B319" s="1" t="inlineStr">
+        <is>
+          <t>Niyet ve İhlas</t>
+        </is>
+      </c>
+      <c r="C319" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="320" spans="1:3">
+      <c r="A320" s="1" t="inlineStr">
+        <is>
+          <t>9789759508029</t>
+        </is>
+      </c>
+      <c r="B320" s="1" t="inlineStr">
+        <is>
+          <t>Me’surat: Peygamberimizin (s.a.v.) Dilinden Dua ve Zikirler</t>
+        </is>
+      </c>
+      <c r="C320" s="1">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="321" spans="1:3">
+      <c r="A321" s="1" t="inlineStr">
+        <is>
+          <t>9789944047883</t>
+        </is>
+      </c>
+      <c r="B321" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Kainat Ayetleri Işığında Tevhid</t>
+        </is>
+      </c>
+      <c r="C321" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="322" spans="1:3">
+      <c r="A322" s="1" t="inlineStr">
+        <is>
+          <t>9789759508074</t>
+        </is>
+      </c>
+      <c r="B322" s="1" t="inlineStr">
+        <is>
+          <t>İslam’a Davet Esasları</t>
+        </is>
+      </c>
+      <c r="C322" s="1">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="323" spans="1:3">
+      <c r="A323" s="1" t="inlineStr">
+        <is>
+          <t>9789944047869</t>
+        </is>
+      </c>
+      <c r="B323" s="1" t="inlineStr">
+        <is>
+          <t>Her Müslümanın Ortak Davası Kudüs</t>
+        </is>
+      </c>
+      <c r="C323" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="324" spans="1:3">
+      <c r="A324" s="1" t="inlineStr">
+        <is>
           <t>9786056121265</t>
         </is>
       </c>
-      <c r="B318" s="1" t="inlineStr">
+      <c r="B324" s="1" t="inlineStr">
         <is>
           <t>Ali Haydar Bengi</t>
         </is>
       </c>
-      <c r="C318" s="1">
+      <c r="C324" s="1">
         <v>145</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>