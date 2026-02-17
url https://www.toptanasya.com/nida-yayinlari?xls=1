--- v1 (2025-12-18)
+++ v2 (2026-02-17)
@@ -85,4885 +85,4930 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786258460667</t>
+          <t>9786258460773</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Resûlullah'ın (s.a.v) Lider Yetiştirme Stratejisi</t>
+          <t>Belkide Son Ramazan</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786258460674</t>
+          <t>9789944047852</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Nefis Tezkiyesi I ve II</t>
+          <t>Filistin Hakkında Fetvalar</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>750</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786258460643</t>
+          <t>9786258460575</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İmamın İslami Daveti</t>
+          <t>Mehmed Akif ve Çağları Aşan Sesi İstiklal Marşı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786258460704</t>
+          <t>9786258460667</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>İki Dünya Arasında “Ya Cennet Ya Cehennem”</t>
+          <t>Resûlullah'ın (s.a.v) Lider Yetiştirme Stratejisi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786258460711</t>
+          <t>9786258460674</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Hayatı ve Olayları Anlamlandırma Yolculuğu Resul’ün İzinde</t>
+          <t>Nefis Tezkiyesi I ve II</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>280</v>
+        <v>800</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786258460650</t>
+          <t>9786258460643</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gazze Bir Çocuğun Direnişi</t>
+          <t>İmamın İslami Daveti</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>160</v>
+        <v>225</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786258460605</t>
+          <t>9786258460704</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Tufan’ın Ruhları</t>
+          <t>İki Dünya Arasında “Ya Cennet Ya Cehennem”</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>360</v>
+        <v>380</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>3990000096587</t>
+          <t>9786258460711</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tefekkür Aleminde Mutlu Seyir</t>
+          <t>Hayatı ve Olayları Anlamlandırma Yolculuğu Resul’ün İzinde</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>80</v>
+        <v>350</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>3990000045879</t>
+          <t>9786258460650</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>M. Reşid Rıza’da Hilafet Düşüncesi ve Osmanlı</t>
+          <t>Gazze Bir Çocuğun Direnişi</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>40</v>
+        <v>200</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>3990000054787</t>
+          <t>9786258460605</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Meryemler Mabedi Terk Ederse</t>
+          <t>Tufan’ın Ruhları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>40</v>
+        <v>360</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>3990000085478</t>
+          <t>3990000096587</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yağmurla Yağmak</t>
+          <t>Tefekkür Aleminde Mutlu Seyir</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>200</v>
+        <v>80</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>3990000014525</t>
+          <t>3990000045879</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hepimiz Söz Vermiştik</t>
+          <t>M. Reşid Rıza’da Hilafet Düşüncesi ve Osmanlı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>240</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786258460421</t>
+          <t>3990000054787</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakırlı Ramazan Hoca</t>
+          <t>Meryemler Mabedi Terk Ederse</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>175</v>
+        <v>40</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257242103</t>
+          <t>3990000085478</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Görevlerim Seti 4 Kitap</t>
+          <t>Yağmurla Yağmak</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789944047814</t>
+          <t>3990000014525</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Oruç Bilinci</t>
+          <t>Hepimiz Söz Vermiştik</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>30</v>
+        <v>240</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786059102322</t>
+          <t>9786258460421</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Kürtler (2 Cilt Takım)</t>
+          <t>Diyarbakırlı Ramazan Hoca</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>945</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>3990001740859</t>
+          <t>9786257242103</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Vahyin Gölgesi</t>
+          <t>Görevlerim Seti 4 Kitap</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>20</v>
+        <v>750</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>3990000061028</t>
+          <t>9789944047814</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Kürtler</t>
+          <t>Oruç Bilinci</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>45.9</v>
+        <v>30</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786258460308</t>
+          <t>9786059102322</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Konu Başlıklı ve Açıklamalı Kur’an-ı Kerim Meali</t>
+          <t>Kürtler (2 Cilt Takım)</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>600</v>
+        <v>945</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057359988</t>
+          <t>3990001740859</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Cüveyni’nin Şafii’ye Muhalefeti</t>
+          <t>Vahyin Gölgesi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>200</v>
+        <v>20</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057442789</t>
+          <t>3990000061028</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Tasavvufu Savunma Çabası: Eşref Ali Et - Tehanevi</t>
+          <t>Kürtler</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>230</v>
+        <v>45.9</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057442772</t>
+          <t>9786258460308</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Hindistan'da İslam'a Adanmış Bir Yaşam: Nizameddin Evliya ve Tasavvuf Anlayışı</t>
+          <t>Konu Başlıklı ve Açıklamalı Kur’an-ı Kerim Meali</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786257011266</t>
+          <t>9786057359988</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hz. İbrahim ve Nübüvvet Sempozyumu (2 Cilt)</t>
+          <t>Cüveyni’nin Şafii’ye Muhalefeti</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>885</v>
+        <v>200</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786054605262</t>
+          <t>9786057442789</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Üç Merhalede Sarf İlmi</t>
+          <t>Tasavvufu Savunma Çabası: Eşref Ali Et - Tehanevi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786057565273</t>
+          <t>9786057442772</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Tecdid-i Da’va Fi Karni-l Vahid ve-l İşrin</t>
+          <t>Hindistan'da İslam'a Adanmış Bir Yaşam: Nizameddin Evliya ve Tasavvuf Anlayışı</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>345</v>
+        <v>210</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057565440</t>
+          <t>9786257011266</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Son Vazife Ayrılık</t>
+          <t>Uluslararası Hz. İbrahim ve Nübüvvet Sempozyumu (2 Cilt)</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>140</v>
+        <v>885</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786059102797</t>
+          <t>9786054605262</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Saniu’l Hayat</t>
+          <t>Üç Merhalede Sarf İlmi</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786054605750</t>
+          <t>9786057565273</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Medhal İle Menehici’l Müfessirin</t>
+          <t>Tecdid-i Da’va Fi Karni-l Vahid ve-l İşrin</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>290</v>
+        <v>345</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057460042</t>
+          <t>9786057565440</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kubra fi’l-Aradi’l Mukaddese</t>
+          <t>Son Vazife Ayrılık</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>330</v>
+        <v>140</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786057565716</t>
+          <t>9786059102797</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Kavaidu’l Makasidiyye fi Tesnifi’l Evveliyat</t>
+          <t>Saniu’l Hayat</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059102094</t>
+          <t>9786054605750</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>İdah Limakaleti’l İstilah</t>
+          <t>Medhal İle Menehici’l Müfessirin</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257011471</t>
+          <t>9786057460042</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Hatta el-Faraşat Tebki</t>
+          <t>Kubra fi’l-Aradi’l Mukaddese</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>180</v>
+        <v>330</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057494665</t>
+          <t>9786057565716</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Hatta Ahir Kelime 1-2 (Ciltli)</t>
+          <t>Kavaidu’l Makasidiyye fi Tesnifi’l Evveliyat</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057460028</t>
+          <t>9786059102094</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Es-Sumal İle’l-Emam</t>
+          <t>İdah Limakaleti’l İstilah</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>160</v>
+        <v>130</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786054605873</t>
+          <t>9786257011471</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>El Mufid Fi İlmi Usulu'l Fıkıh -2. Cilt-</t>
+          <t>Hatta el-Faraşat Tebki</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786054605996</t>
+          <t>9786057494665</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>El Menhecu'l Kavim İle Ulumu'l Kur'ani'l Kerim -1. Cilt-</t>
+          <t>Hatta Ahir Kelime 1-2 (Ciltli)</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786054605842</t>
+          <t>9786057460028</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>El Fikru't Tasavvufi İnde'l İmam el Benna</t>
+          <t>Es-Sumal İle’l-Emam</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786059102513</t>
+          <t>9786054605873</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Edebi Açıdan Kur'an'daki Dua Ayetleri ve Rasulullah'ın Dilinden Dualar</t>
+          <t>El Mufid Fi İlmi Usulu'l Fıkıh -2. Cilt-</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059102704</t>
+          <t>9786054605996</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ben Şehid</t>
+          <t>El Menhecu'l Kavim İle Ulumu'l Kur'ani'l Kerim -1. Cilt-</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>130</v>
+        <v>180</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059102629</t>
+          <t>9786054605842</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Aveli el Makasid</t>
+          <t>El Fikru't Tasavvufi İnde'l İmam el Benna</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>100</v>
+        <v>340</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059102155</t>
+          <t>9786059102513</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Amelikah Fi Zemen En - Nisyen - 2. Cilt-</t>
+          <t>Edebi Açıdan Kur'an'daki Dua Ayetleri ve Rasulullah'ın Dilinden Dualar</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>190</v>
+        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059102148</t>
+          <t>9786059102704</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Amelikah Fi Zemen En-Nisyen -1. Cilt-</t>
+          <t>Ben Şehid</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059102186</t>
+          <t>9786059102629</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Adve Ale Hareketi't Da've</t>
+          <t>Aveli el Makasid</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>415</v>
+        <v>100</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786056121258</t>
+          <t>9786059102155</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>İbnu Kasım Şerhi Şafii Fıkhı</t>
+          <t>Amelikah Fi Zemen En - Nisyen - 2. Cilt-</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786054605484</t>
+          <t>9786059102148</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ey Müslüman</t>
+          <t>Amelikah Fi Zemen En-Nisyen -1. Cilt-</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>90</v>
+        <v>190</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786054605460</t>
+          <t>9786059102186</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>İnsanların En Mutlusu Olmak İstiyorsan</t>
+          <t>Adve Ale Hareketi't Da've</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>140</v>
+        <v>415</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057565303</t>
+          <t>9786056121258</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Önderleri Peygamberlerin Yolunda</t>
+          <t>İbnu Kasım Şerhi Şafii Fıkhı</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786054605521</t>
+          <t>9786054605484</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>El İstişrak Beyne’l Hekikati Ve’ttadlil</t>
+          <t>Ey Müslüman</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>580</v>
+        <v>90</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057565310</t>
+          <t>9786054605460</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Kur'an Nesli Sahabilerin Yolunda</t>
+          <t>İnsanların En Mutlusu Olmak İstiyorsan</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>2770000020404</t>
+          <t>9786057565303</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Kur’an’ı Anlamada Yöntem (Ciltli)</t>
+          <t>İnsanlığın Önderleri Peygamberlerin Yolunda</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>630</v>
+        <v>150</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057565334</t>
+          <t>9786054605521</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Bilimin Öncüleri Kaşiflerin Yolunda 6</t>
+          <t>El İstişrak Beyne’l Hekikati Ve’ttadlil</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>580</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786054605552</t>
+          <t>9786057565310</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nahve'l Qıyade 1</t>
+          <t>Kur'an Nesli Sahabilerin Yolunda</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057565297</t>
+          <t>2770000020404</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Alemlere Rahmet Peygamberimizin Yolunda</t>
+          <t>Kur’an’ı Anlamada Yöntem (Ciltli)</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>150</v>
+        <v>630</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786054605569</t>
+          <t>9786057565334</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Nahve'l Qıyade 2</t>
+          <t>Bilimin Öncüleri Kaşiflerin Yolunda 6</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786054605323</t>
+          <t>9786054605552</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Önderimiz Resulullah</t>
+          <t>Nahve'l Qıyade 1</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>10</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786054605217</t>
+          <t>9786057565297</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İslam İnancının Esasları</t>
+          <t>Alemlere Rahmet Peygamberimizin Yolunda</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786054605026</t>
+          <t>9786054605569</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Vasaya Khulafai Raşidin</t>
+          <t>Nahve'l Qıyade 2</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056121296</t>
+          <t>9786054605323</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Gizli Gücün Uyanışı - İman</t>
+          <t>Önderimiz Resulullah</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>320</v>
+        <v>10</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786054605354</t>
+          <t>9786054605217</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarını Değerlendir</t>
+          <t>İslam İnancının Esasları</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786054605712</t>
+          <t>9786054605026</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>El Gazvul Fikri, Vet Tayyeratul Muadiyetu Lil İslem (Arapça)</t>
+          <t>Vasaya Khulafai Raşidin</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059102674</t>
+          <t>9786056121296</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Temel Tecvid Kuralları</t>
+          <t>Gizli Gücün Uyanışı - İman</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9789944047890</t>
+          <t>9786054605354</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Yoldaki Dikenler</t>
+          <t>Çocuklarını Değerlendir</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786056121234</t>
+          <t>9786054605712</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Risaleler</t>
+          <t>El Gazvul Fikri, Vet Tayyeratul Muadiyetu Lil İslem (Arapça)</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>550</v>
+        <v>160</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786056121241</t>
+          <t>9786059102674</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Oy Kullanmak Caiz mi?</t>
+          <t>Temel Tecvid Kuralları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9789759508098</t>
+          <t>9789944047890</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Bir Sevgi Sevdalısı’ndan Sevgiye Açılan Yelken</t>
+          <t>Yoldaki Dikenler</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>11.25</v>
+        <v>160</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786054605835</t>
+          <t>9786056121234</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>İbrahim Suresi Tefsiri</t>
+          <t>Risaleler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786059102902</t>
+          <t>9786056121241</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İnsanları Neye Davet Ediyoruz? - Risaleler</t>
+          <t>Oy Kullanmak Caiz mi?</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>160</v>
+        <v>140</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257011587</t>
+          <t>9789759508098</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>İslam Ahlakı</t>
+          <t>Bir Sevgi Sevdalısı’ndan Sevgiye Açılan Yelken</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>200</v>
+        <v>11.25</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786057494627</t>
+          <t>9786054605835</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>El-Bu’du’l-İnsani fi-Da’veti’l-İhvani’l-Müslimin</t>
+          <t>İbrahim Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786057565655</t>
+          <t>9786059102902</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tevbe</t>
+          <t>İnsanları Neye Davet Ediyoruz? - Risaleler</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>345</v>
+        <v>200</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786258460469</t>
+          <t>9786257011587</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>İslam Şeriatı’nda İctihâd Çağdaş İctihâd Anlayışına Dair Analitik İncelemeler</t>
+          <t>İslam Ahlakı</t>
         </is>
       </c>
       <c r="C72" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9788256332119</t>
+          <t>9786057494627</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Dirasâtun Tefiriyye ve Daaviyye</t>
+          <t>El-Bu’du’l-İnsani fi-Da’veti’l-İhvani’l-Müslimin</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786258460476</t>
+          <t>9786057565655</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukunda Zekat 1-2</t>
+          <t>Tevbe</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>1500</v>
+        <v>440</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786057565662</t>
+          <t>9786258460469</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Hayatında Vakit</t>
+          <t>İslam Şeriatı’nda İctihâd Çağdaş İctihâd Anlayışına Dair Analitik İncelemeler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>4458000102051</t>
+          <t>9788256332119</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Önderlerin İzinde - 6 Kitap Set</t>
+          <t>Dirasâtun Tefiriyye ve Daaviyye</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>685</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257011877</t>
+          <t>9786258460476</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Ramazan’a Nasıl Hazırlanmalıyız?</t>
+          <t>İslam Hukukunda Zekat 1-2</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>175</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786258460384</t>
+          <t>9786057565662</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Konu Başlıklı ve Açıklamalı Kur’an-ı Kerim Meali (Büyük Boy)</t>
+          <t>Müslüman Hayatında Vakit</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>750</v>
+        <v>200</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786258460285</t>
+          <t>4458000102051</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Kuran’ın Anlayış Sorgulaması</t>
+          <t>Önderlerin İzinde - 6 Kitap Set</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>210</v>
+        <v>685</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059102742</t>
+          <t>9786257011877</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Duha'dan Nas'a Bir Demet Tefsir</t>
+          <t>Ramazan’a Nasıl Hazırlanmalıyız?</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>700</v>
+        <v>220</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786259412047</t>
+          <t>9786258460384</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojinin Eşiğinde</t>
+          <t>Konu Başlıklı ve Açıklamalı Kur’an-ı Kerim Meali (Büyük Boy)</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>230</v>
+        <v>750</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786258460377</t>
+          <t>9786258460285</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Zulme Karşı Etkili Bir Silah Boykot</t>
+          <t>Kuran’ın Anlayış Sorgulaması</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786258460339</t>
+          <t>9786059102742</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ortak Yaşamın Temelleri ve Ayrımcılık</t>
+          <t>Duha'dan Nas'a Bir Demet Tefsir</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>160</v>
+        <v>875</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786258460223</t>
+          <t>9786259412047</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım; Köy ve Mektep Çocuğu – 3</t>
+          <t>Sosyolojinin Eşiğinde</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786258460230</t>
+          <t>9786258460377</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım; Köy ve Mektep Çocuğu – 4</t>
+          <t>Zulme Karşı Etkili Bir Silah Boykot</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786258460353</t>
+          <t>9786258460339</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşler ve Filistin Davası</t>
+          <t>Ortak Yaşamın Temelleri ve Ayrımcılık</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>400</v>
+        <v>160</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786258460315</t>
+          <t>9786258460223</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Bir İman Eylemi Olarak Davet Boyutları-İncelikleri</t>
+          <t>Hatıralarım; Köy ve Mektep Çocuğu – 3</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>230</v>
+        <v>290</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786258460209</t>
+          <t>9786258460230</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Kur’an Okurken Zihne Takılan Ayetler Müşkilü’l-Kur’an</t>
+          <t>Hatıralarım; Köy ve Mektep Çocuğu – 4</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>390</v>
+        <v>340</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786258460278</t>
+          <t>9786258460353</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İslam Devletine Giden Yol Cemaat</t>
+          <t>Müslüman Kardeşler ve Filistin Davası</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>315</v>
+        <v>400</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786057209009</t>
+          <t>9786258460315</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Kudüs; Sevdalar Hep Yarım Kalır</t>
+          <t>Bir İman Eylemi Olarak Davet Boyutları-İncelikleri</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786258460216</t>
+          <t>9786258460209</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>İslam ve Şiddet; Derinlemesine Bakış</t>
+          <t>Kur’an Okurken Zihne Takılan Ayetler Müşkilü’l-Kur’an</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>130</v>
+        <v>480</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786258460117</t>
+          <t>9786258460278</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Yeniden İslam Medeniyeti</t>
+          <t>İslam Devletine Giden Yol Cemaat</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>160</v>
+        <v>315</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786258460131</t>
+          <t>9786057209009</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Ramazan Günlüğü</t>
+          <t>Kudüs; Sevdalar Hep Yarım Kalır</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786258460155</t>
+          <t>9786258460216</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Davamızın Yeni Vizyonu</t>
+          <t>İslam ve Şiddet; Derinlemesine Bakış</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786258460124</t>
+          <t>9786258460117</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Güller Kırılsa da Kokar</t>
+          <t>Yeniden İslam Medeniyeti</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>290</v>
+        <v>160</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786258460148</t>
+          <t>9786258460131</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Davet Buluşmaları</t>
+          <t>Çocuklar İçin Ramazan Günlüğü</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786258460162</t>
+          <t>9786258460155</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ümmetin Son Kalesi Aile</t>
+          <t>Davamızın Yeni Vizyonu</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>345</v>
+        <v>180</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786056880773</t>
+          <t>9786258460124</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yusuf Aleyhi Selam Kudvetun Lil Müslimin Fi Ğayri Biladihim (Ciltli)</t>
+          <t>Güller Kırılsa da Kokar</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786057565549</t>
+          <t>9786258460148</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Semerkand ve Muhammed b. Eşref es-Semerkandi</t>
+          <t>Nebevi Davet Buluşmaları</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786057480705</t>
+          <t>9786258460162</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Ritim Bozukluğu</t>
+          <t>Ümmetin Son Kalesi Aile</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>140</v>
+        <v>345</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059102575</t>
+          <t>9786056880773</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Müeşşirat Kuraniyye</t>
+          <t>Yusuf Aleyhi Selam Kudvetun Lil Müslimin Fi Ğayri Biladihim (Ciltli)</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>300</v>
+        <v>625</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786058143449</t>
+          <t>9786057565549</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Mu’cemu’l Kelimat</t>
+          <t>Semerkand ve Muhammed b. Eşref es-Semerkandi</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>345</v>
+        <v>160</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059102292</t>
+          <t>9786057480705</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Mecmuatu Resaili’l İmemi’l Benna (Ciltli)</t>
+          <t>Ritim Bozukluğu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>1000</v>
+        <v>140</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786057565457</t>
+          <t>9786059102575</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Kutufu Zeheb Min Belağatil Arap</t>
+          <t>Müeşşirat Kuraniyye</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>160</v>
+        <v>300</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786257011747</t>
+          <t>9786058143449</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’te Sular Tarihi</t>
+          <t>Mu’cemu’l Kelimat</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>325</v>
+        <v>345</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786257011754</t>
+          <t>9786059102292</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Kudüs’te Kürtler Tarihi</t>
+          <t>Mecmuatu Resaili’l İmemi’l Benna (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>260</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786056880766</t>
+          <t>9786057565457</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Kaidetü-l Müsla ve-l Kiyemi fi-l Fıkhı-l İslami</t>
+          <t>Kutufu Zeheb Min Belağatil Arap</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>500</v>
+        <v>160</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059102476</t>
+          <t>9786257011747</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>İsti’Leu’d Da’ve</t>
+          <t>Kudüs’te Sular Tarihi</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>125</v>
+        <v>325</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786257011976</t>
+          <t>9786257011754</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>İslam Naskırıneke Gışti</t>
+          <t>Kudüs’te Kürtler Tarihi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786056880759</t>
+          <t>9786056880766</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İslam er-Rahme ve Zahiretu-l İrhab (Ciltli)</t>
+          <t>Kaidetü-l Müsla ve-l Kiyemi fi-l Fıkhı-l İslami</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>580</v>
+        <v>750</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786056880742</t>
+          <t>9786059102476</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>İcaret’ul el-E’yan ve Tetbikatüha el-Muasıra</t>
+          <t>İsti’Leu’d Da’ve</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>580</v>
+        <v>125</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786057565617</t>
+          <t>9786257011976</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Güneş Kalemimden Hakikat Işınları</t>
+          <t>İslam Naskırıneke Gışti</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786057494614</t>
+          <t>9786056880759</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Fıkhü’l Mealat (Ciltli)</t>
+          <t>İslam er-Rahme ve Zahiretu-l İrhab (Ciltli)</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>575</v>
+        <v>725</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786057565266</t>
+          <t>9786056880742</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Fıkhu’l Mizan</t>
+          <t>İcaret’ul el-E’yan ve Tetbikatüha el-Muasıra</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>400</v>
+        <v>725</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059102728</t>
+          <t>9786057565617</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Et Tarihu’ş Şamil Lil İhvanu’l Müslimin</t>
+          <t>Güneş Kalemimden Hakikat Işınları</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059102018</t>
+          <t>9786057494614</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Eş Şeriati’r Rabbeniyye el Mucize</t>
+          <t>Fıkhü’l Mealat (Ciltli)</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>84</v>
+        <v>575</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786257011464</t>
+          <t>9786057565266</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>El-müttehemun Bi’d-da’fi Min Ruvat’is-sahiheyn Ve Merviyyatühüm Fihima</t>
+          <t>Fıkhu’l Mizan</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>525</v>
+        <v>500</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786054605071</t>
+          <t>9786059102728</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>El-Muğni fi’n Nahvi</t>
+          <t>Et Tarihu’ş Şamil Lil İhvanu’l Müslimin</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>120</v>
+        <v>340</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786257011563</t>
+          <t>9786059102018</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>El-mucez Fi Şerhi Kavadi’l Mecelleti’l Külliyye (Ciltli)</t>
+          <t>Eş Şeriati’r Rabbeniyye el Mucize</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>850</v>
+        <v>84</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786257011556</t>
+          <t>9786257011464</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>El-mucez Fi Şerhi Kavadi’l Mecelleti’l Külliyye</t>
+          <t>El-müttehemun Bi’d-da’fi Min Ruvat’is-sahiheyn Ve Merviyyatühüm Fihima</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>780</v>
+        <v>525</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786257011457</t>
+          <t>9786054605071</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>El-imam Muslim Bin Haccac Ve Menhecuhu Fi’t-ta’lil Fi’l Musnedi’s Sahih</t>
+          <t>El-Muğni fi’n Nahvi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>400</v>
+        <v>120</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786056880735</t>
+          <t>9786257011563</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>El-ictihad Ve-l Fetva Ve Tetbikatuhuma El-muasıra (Ciltli)</t>
+          <t>El-mucez Fi Şerhi Kavadi’l Mecelleti’l Külliyye (Ciltli)</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>580</v>
+        <v>850</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059102681</t>
+          <t>9786257011556</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>el Murşidü’l Veciz İla Ulumi’l Kur’an el-Aziz</t>
+          <t>El-mucez Fi Şerhi Kavadi’l Mecelleti’l Külliyye</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>315</v>
+        <v>780</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786057565839</t>
+          <t>9786257011457</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>El Masarif ve- l Umlat el-Elektroniyye ve-r Rekemiyye</t>
+          <t>El-imam Muslim Bin Haccac Ve Menhecuhu Fi’t-ta’lil Fi’l Musnedi’s Sahih</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786057565402</t>
+          <t>9786056880735</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Arap Atasözleri 2 (El Emsalul Arabiyya 2)</t>
+          <t>El-ictihad Ve-l Fetva Ve Tetbikatuhuma El-muasıra (Ciltli)</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>210</v>
+        <v>580</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786056880780</t>
+          <t>9786059102681</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Et-Te’min et-Tekafuli el-İslami (1-2) (Ciltli)</t>
+          <t>el Murşidü’l Veciz İla Ulumi’l Kur’an el-Aziz</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>854</v>
+        <v>400</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786057565112</t>
+          <t>9786057565839</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hekibetü-l Doktor Ali el-Karadaği el-İktisadiyye (12 Cilt) (Ciltli)</t>
+          <t>El Masarif ve- l Umlat el-Elektroniyye ve-r Rekemiyye</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>6300</v>
+        <v>300</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786057565013</t>
+          <t>9786057565402</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>El - Vesit Fi-l Mezheb (9 Cilt) (Ciltli)</t>
+          <t>Arap Atasözleri 2 (El Emsalul Arabiyya 2)</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>6300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786054605583</t>
+          <t>9786056880780</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Es Sekafutul İslamiyyetu Fil Habeşeti</t>
+          <t>Et-Te’min et-Tekafuli el-İslami (1-2) (Ciltli)</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>700</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786054605880</t>
+          <t>9786057565112</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>El-Muhadesetu'l Arabiyye El-Musavvera - 2. Cilt</t>
+          <t>Hekibetü-l Doktor Ali el-Karadaği el-İktisadiyye (12 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>580</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059102230</t>
+          <t>9786057565013</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>El-Muhadesetul Arabiyye El-Musavvera - 3. Cilt</t>
+          <t>El - Vesit Fi-l Mezheb (9 Cilt) (Ciltli)</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>580</v>
+        <v>8000</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786257011686</t>
+          <t>9786054605583</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım - Köy ve Mektep Çocuğu</t>
+          <t>Es Sekafutul İslamiyyetu Fil Habeşeti</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>290</v>
+        <v>700</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786257011679</t>
+          <t>9786054605880</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım - Köy ve Mektep Çocuğu 1</t>
+          <t>El-Muhadesetu'l Arabiyye El-Musavvera - 2. Cilt</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>290</v>
+        <v>580</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786257011167</t>
+          <t>9786059102230</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım - Davetçinin Hatıraları</t>
+          <t>El-Muhadesetul Arabiyye El-Musavvera - 3. Cilt</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>220</v>
+        <v>580</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786057565686</t>
+          <t>9786257011686</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Hasan El-Benna Düşüncesinde Eğitim</t>
+          <t>Hatıralarım - Köy ve Mektep Çocuğu</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>160</v>
+        <v>360</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786257011181</t>
+          <t>9786257011679</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım - Davanın Hatıraları</t>
+          <t>Hatıralarım - Köy ve Mektep Çocuğu 1</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786057565433</t>
+          <t>9786257011167</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Hür Kuşlar Ülkesi</t>
+          <t>Hatıralarım - Davetçinin Hatıraları</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>160</v>
+        <v>280</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786257011921</t>
+          <t>9786057565686</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Hz. Muhammed’in Nübüvveti ve Akıl 1-2</t>
+          <t>Hasan El-Benna Düşüncesinde Eğitim</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786057565976</t>
+          <t>9786257011181</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Hz. Yusuf’un Hayatı Bana Ne Anlatır?</t>
+          <t>Hatıralarım - Davanın Hatıraları</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786257011303</t>
+          <t>9786057565433</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Gençlik - Cihad</t>
+          <t>Hür Kuşlar Ülkesi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>180</v>
+        <v>160</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786057070432</t>
+          <t>9786257011921</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Irak Kürtleri - Seküler ve İslamcı Kürt Partiler Hareketler ve Kavramsal Tartışmalar</t>
+          <t>Hz. Muhammed’in Nübüvveti ve Akıl 1-2</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>330</v>
+        <v>500</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786257011914</t>
+          <t>9786057565976</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>İslami İlimler Eğitiminde Ahlak ve Metodoloji</t>
+          <t>Hz. Yusuf’un Hayatı Bana Ne Anlatır?</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786257011235</t>
+          <t>9786257011303</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Fatiha Suresi Tefsiri</t>
+          <t>Gençlik - Cihad</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786054605019</t>
+          <t>9786057070432</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Eyyuhe’l Muslim</t>
+          <t>Irak Kürtleri - Seküler ve İslamcı Kürt Partiler Hareketler ve Kavramsal Tartışmalar</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>80</v>
+        <v>420</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786057565679</t>
+          <t>9786257011914</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>İctihad ve Fetva (Ciltli)</t>
+          <t>İslami İlimler Eğitiminde Ahlak ve Metodoloji</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>750</v>
+        <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059102520</t>
+          <t>9786257011235</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Eyyuhe’t Talibu’l Muslim</t>
+          <t>Fatiha Suresi Tefsiri</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786257011891</t>
+          <t>9786054605019</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>İhvan ve Seçimler – Davamız</t>
+          <t>Eyyuhe’l Muslim</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>150</v>
+        <v>80</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786257011860</t>
+          <t>9786057565679</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Ey Dava Sahibi</t>
+          <t>İctihad ve Fetva (Ciltli)</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>200</v>
+        <v>950</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786257011709</t>
+          <t>9786059102520</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadı Akit Teorisi</t>
+          <t>Eyyuhe’t Talibu’l Muslim</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>315</v>
+        <v>120</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786056121210</t>
+          <t>9786257011891</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Arap Atasözleri 1 (El Emsalul Arabiyya 1)</t>
+          <t>İhvan ve Seçimler – Davamız</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786257011716</t>
+          <t>9786257011860</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadı Mülkiyet</t>
+          <t>Ey Dava Sahibi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786054605651</t>
+          <t>9786257011709</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>El Veciz Min Medreseti Ömer bin Abdulaziz</t>
+          <t>İslam İktisadı Akit Teorisi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>130</v>
+        <v>315</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786257011334</t>
+          <t>9786056121210</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadı Mal</t>
+          <t>Arap Atasözleri 1 (El Emsalul Arabiyya 1)</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786057565891</t>
+          <t>9786257011716</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadı Giriş</t>
+          <t>İslam İktisadı Mülkiyet</t>
         </is>
       </c>
       <c r="C154" s="1">
         <v>160</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786258460063</t>
+          <t>9786054605651</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>İslam Tarihi - Allah’ın İlk Halifesinden Devletlerin Son Halifesine</t>
+          <t>El Veciz Min Medreseti Ömer bin Abdulaziz</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>735</v>
+        <v>130</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786257011822</t>
+          <t>9786257011334</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İslam Toplumunda Gayri Müslimler</t>
+          <t>İslam İktisadı Mal</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786257011525</t>
+          <t>9786057565891</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Risalesi</t>
+          <t>İslam İktisadı Giriş</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786057070425</t>
+          <t>9786258460063</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Helal ve Haram</t>
+          <t>İslam Tarihi - Allah’ın İlk Halifesinden Devletlerin Son Halifesine</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>750</v>
+        <v>920</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786057565808</t>
+          <t>9786257011822</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Dünya İnsanlık Tarihi</t>
+          <t>İslam Toplumunda Gayri Müslimler</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>735</v>
+        <v>150</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786057565853</t>
+          <t>9786257011525</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Dört Halifenin Tavsiyeleri - Edebi, Siyasi ve Dini</t>
+          <t>Eğitim Risalesi</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786057070456</t>
+          <t>9786057070425</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Sünnetten Hikmetler Seti</t>
+          <t>İslam’da Helal ve Haram</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>1600</v>
+        <v>950</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786057070401</t>
+          <t>9786057565808</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Dinde Aşırılık ve İtidal (Ciltli)</t>
+          <t>Dünya İnsanlık Tarihi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>340</v>
+        <v>900</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786257011907</t>
+          <t>9786057565853</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Devrimden Şehadete Muhammed Mursi</t>
+          <t>Dört Halifenin Tavsiyeleri - Edebi, Siyasi ve Dini</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786257011204</t>
+          <t>9786057070456</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale Yeniden Diriliş</t>
+          <t>Kur’an ve Sünnetten Hikmetler Seti</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>190</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786057565907</t>
+          <t>9786057070401</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Farz Bilinci - Çağın Gerisinde Kalmamak İçin 1</t>
+          <t>Dinde Aşırılık ve İtidal (Ciltli)</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>120</v>
+        <v>425</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786257011778</t>
+          <t>9786257011907</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Cennet Yarışı</t>
+          <t>Devrimden Şehadete Muhammed Mursi</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786257011723</t>
+          <t>9786257011204</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Laikliğin İslam’la Savaşı – Türkiye-Tunus Modeli</t>
+          <t>Çanakkale Yeniden Diriliş</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>260</v>
+        <v>240</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786054605675</t>
+          <t>9786057565907</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Risale Fi Kelami’l Kibar</t>
+          <t>Farz Bilinci - Çağın Gerisinde Kalmamak İçin 1</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786056975103</t>
+          <t>9786257011778</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Medrese Eğitiminde Yenilik: Islah-ı Medaris</t>
+          <t>Cennet Yarışı</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786257011815</t>
+          <t>9786257011723</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif ve İstiklal Marşı - Gençliğe Mesajlar</t>
+          <t>Laikliğin İslam’la Savaşı – Türkiye-Tunus Modeli</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786254438301</t>
+          <t>9786054605675</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Milletin Sesi Mehmet Akif</t>
+          <t>Risale Fi Kelami’l Kibar</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786054605934</t>
+          <t>9786056975103</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Mizan Fıkhı - Ölçüler ve Dengeler Fıkhı (Ciltli)</t>
+          <t>Medrese Eğitiminde Yenilik: Islah-ı Medaris</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>450</v>
+        <v>180</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786257011983</t>
+          <t>9786257011815</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Beşinci Kongre Risalesi</t>
+          <t>Mehmet Akif ve İstiklal Marşı - Gençliğe Mesajlar</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786257011044</t>
+          <t>9786254438301</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Mizan Fıkhı - Ölçüler ve Dengeler Fıkhı</t>
+          <t>Milletin Sesi Mehmet Akif</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786258460094</t>
+          <t>9786054605934</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Ben Niçin Varım?</t>
+          <t>Mizan Fıkhı - Ölçüler ve Dengeler Fıkhı (Ciltli)</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>240</v>
+        <v>560</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786059102407</t>
+          <t>9786257011983</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Mukaddimetu'l Va'yi Ettatviri</t>
+          <t>Beşinci Kongre Risalesi</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>315</v>
+        <v>230</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786257011884</t>
+          <t>9786257011044</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Münacat Risalesi</t>
+          <t>Mizan Fıkhı - Ölçüler ve Dengeler Fıkhı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>150</v>
+        <v>625</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786057480750</t>
+          <t>9786258460094</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Arayış</t>
+          <t>Ben Niçin Varım?</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786057565914</t>
+          <t>9786059102407</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Aile Hayatının Kanunları</t>
+          <t>Mukaddimetu'l Va'yi Ettatviri</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>120</v>
+        <v>315</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786257011051</t>
+          <t>9786257011884</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşler'in Liderleri</t>
+          <t>Münacat Risalesi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786257011730</t>
+          <t>9786057480750</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla Müslüman Kardeşler Tarihi</t>
+          <t>Arayış</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>420</v>
+        <v>275</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786056975165</t>
+          <t>9786057565914</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Toplumun Özellikleri</t>
+          <t>Müslüman Aile Hayatının Kanunları</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>560</v>
+        <v>150</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786258460087</t>
+          <t>9786257011051</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Allah’a Daveti Nasıl Anlamalıyız?</t>
+          <t>Müslüman Kardeşler'in Liderleri</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786057565242</t>
+          <t>9786257011730</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Değişmez Prensipleri</t>
+          <t>Ana Hatlarıyla Müslüman Kardeşler Tarihi</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>120</v>
+        <v>525</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786257011952</t>
+          <t>9786056975165</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Müslümanın Günlük İbadet Rehberi</t>
+          <t>Müslüman Toplumun Özellikleri</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>130</v>
+        <v>700</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786257011990</t>
+          <t>9786258460087</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Ömür Boyu Davet (Ciltli)</t>
+          <t>Allah’a Daveti Nasıl Anlamalıyız?</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>345</v>
+        <v>180</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786059102353</t>
+          <t>9786057565242</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Rasulullah’ın Kızı Fatıma - Saliha Kadınların Hayatı</t>
+          <t>Müslümanın Değişmez Prensipleri</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786054605668</t>
+          <t>9786257011952</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ravdat Minel İsneyn İlel Aşera</t>
+          <t>Müslümanın Günlük İbadet Rehberi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786057565877</t>
+          <t>9786257011990</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Risaleler – Mesurat</t>
+          <t>Ömür Boyu Davet (Ciltli)</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>145</v>
+        <v>430</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786057070449</t>
+          <t>9786059102353</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Tembellikle Savaş</t>
+          <t>Rasulullah’ın Kızı Fatıma - Saliha Kadınların Hayatı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786057565921</t>
+          <t>9786054605668</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yeni Dünya Medeniyeti İçin İslami İslami Prensipler -2</t>
+          <t>Ravdat Minel İsneyn İlel Aşera</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786257011143</t>
+          <t>9786057565877</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>İlk Zorunlu Soru</t>
+          <t>Risaleler – Mesurat</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786257011969</t>
+          <t>9786057070449</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzü Tefsiri (Ciltli)</t>
+          <t>Tembellikle Savaş</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>1050</v>
+        <v>200</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786257011624</t>
+          <t>9786057565921</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Arap Dilinde Edebi Cevherler</t>
+          <t>Yeni Dünya Medeniyeti İçin İslami İslami Prensipler -2</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786257011648</t>
+          <t>9786257011143</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Nebevi Ahlak – Menhecü’l Kasid</t>
+          <t>İlk Zorunlu Soru</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>440</v>
+        <v>160</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786257242004</t>
+          <t>9786257011969</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Maceracı Efuli</t>
+          <t>Amme Cüzü Tefsiri (Ciltli)</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>160</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786257011693</t>
+          <t>9786257011624</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Amme Cüzünden Günümüze Mesajlar</t>
+          <t>Arap Dilinde Edebi Cevherler</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786257011662</t>
+          <t>9786257011648</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>İslam Ümmeti Hayal Değil Gerçektir</t>
+          <t>Nebevi Ahlak – Menhecü’l Kasid</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786257011631</t>
+          <t>9786257242004</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kudüs'e Giden Yol</t>
+          <t>Maceracı Efuli</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786257011655</t>
+          <t>9786257011693</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Haydi Namaza</t>
+          <t>Amme Cüzünden Günümüze Mesajlar</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>125</v>
+        <v>680</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786257011617</t>
+          <t>9786257011662</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Sen ve Sabah Namazı</t>
+          <t>İslam Ümmeti Hayal Değil Gerçektir</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786057565938</t>
+          <t>9786257011631</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Adabı Muaşeret ve Görgü Kuralları - Çağın Gerisinde Kalmamak İçin 3</t>
+          <t>Kudüs'e Giden Yol</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786257011112</t>
+          <t>9786257011655</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Güvenlik Mefhumu</t>
+          <t>Haydi Namaza</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257011129</t>
+          <t>9786257011617</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Göre İnsanın Değeri ve Var Oluşunun Amacı</t>
+          <t>Sen ve Sabah Namazı</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>130</v>
+        <v>160</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786257011105</t>
+          <t>9786057565938</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Manevi Hayat</t>
+          <t>Adabı Muaşeret ve Görgü Kuralları - Çağın Gerisinde Kalmamak İçin 3</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786257011037</t>
+          <t>9786257011112</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Rabbanilik</t>
+          <t>İslam'da Güvenlik Mefhumu</t>
         </is>
       </c>
       <c r="C206" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786257011174</t>
+          <t>9786257011129</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Davet Ettiğimiz İslam</t>
+          <t>İslam'a Göre İnsanın Değeri ve Var Oluşunun Amacı</t>
         </is>
       </c>
       <c r="C207" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786257011006</t>
+          <t>9786257011105</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yarının Müslüman Kadını</t>
+          <t>İslam'da Manevi Hayat</t>
         </is>
       </c>
       <c r="C208" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786257011068</t>
+          <t>9786257011037</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Karadavi'ye Yöneltilen Eleştiriler</t>
+          <t>Rabbanilik</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786257011150</t>
+          <t>9786257011174</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Zekat Müessesesinin Başarılı Olması İçin Alınacak Tedbirler</t>
+          <t>Davet Ettiğimiz İslam</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>125</v>
+        <v>130</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786257011198</t>
+          <t>9786257011006</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Arzuladığımız Dinin Tecdit Edilmesi</t>
+          <t>Yarının Müslüman Kadını</t>
         </is>
       </c>
       <c r="C211" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786257011136</t>
+          <t>9786257011068</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İslam Ümmetinin Son Zamanlardaki Durumu</t>
+          <t>Karadavi'ye Yöneltilen Eleştiriler</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786257011020</t>
+          <t>9786257011150</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Sünnet ve Bidat</t>
+          <t>Günümüzde Zekat Müessesesinin Başarılı Olması İçin Alınacak Tedbirler</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786257011082</t>
+          <t>9786257011198</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Sosyal Dayanışma</t>
+          <t>Arzuladığımız Dinin Tecdit Edilmesi</t>
         </is>
       </c>
       <c r="C214" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786257011075</t>
+          <t>9786257011136</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Yaşlı Hakları</t>
+          <t>İslam Ümmetinin Son Zamanlardaki Durumu</t>
         </is>
       </c>
       <c r="C215" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786257011099</t>
+          <t>9786257011020</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Öğretmen Değeri</t>
+          <t>Sünnet ve Bidat</t>
         </is>
       </c>
       <c r="C216" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786056975189</t>
+          <t>9786257011082</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Allah'a Davet</t>
+          <t>İslam'da Sosyal Dayanışma</t>
         </is>
       </c>
       <c r="C217" s="1">
         <v>130</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786257011532</t>
+          <t>9786257011075</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Arapça Hikmetli Sözler Manzumesi</t>
+          <t>İslam'da Yaşlı Hakları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786257011594</t>
+          <t>9786257011099</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Faizle Mücadele</t>
+          <t>İslam'da Öğretmen Değeri</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786257011396</t>
+          <t>9786056975189</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım – Hasan el-Benna Mektebi</t>
+          <t>Allah'a Davet</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>240</v>
+        <v>130</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786257011518</t>
+          <t>9786257011532</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Hatıralarım - Tecrübelerim ve Tanıklığım</t>
+          <t>Arapça Hikmetli Sözler Manzumesi</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786257011495</t>
+          <t>9786257011594</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Ortak Payda</t>
+          <t>Faizle Mücadele</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786257011426</t>
+          <t>9786257011396</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Ümmete Farz Kılınanlar Hakkında Kırk Hadis</t>
+          <t>Hatıralarım – Hasan el-Benna Mektebi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786257011570</t>
+          <t>9786257011518</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Anlamada Yöntem (Ciltli)</t>
+          <t>Hatıralarım - Tecrübelerim ve Tanıklığım</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>650</v>
+        <v>240</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786257011389</t>
+          <t>9786257011495</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>İtikaf Medresesi</t>
+          <t>Ortak Payda</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786057565969</t>
+          <t>9786257011426</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Sanki İlk Defa Namaz Kılıyorum</t>
+          <t>Ümmete Farz Kılınanlar Hakkında Kırk Hadis</t>
         </is>
       </c>
       <c r="C226" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786056975196</t>
+          <t>9786257011570</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>İslam'a Yeniden Hicret</t>
+          <t>Sünneti Anlamada Yöntem (Ciltli)</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>120</v>
+        <v>650</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786257011433</t>
+          <t>9786257011389</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Kim O? Ben Ramazan</t>
+          <t>İtikaf Medresesi</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786257011013</t>
+          <t>9786057565969</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Ve Tesettür Dile Geldi</t>
+          <t>Sanki İlk Defa Namaz Kılıyorum</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786056975172</t>
+          <t>9786056975196</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukukuna Giriş</t>
+          <t>İslam'a Yeniden Hicret</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>315</v>
+        <v>150</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786257011297</t>
+          <t>9786257011433</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Cüz Cüz Kur'an'ı Tanıyalım</t>
+          <t>Kim O? Ben Ramazan</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786056121289</t>
+          <t>9786257011013</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>İslam'da Çevre Bilinci</t>
+          <t>Ve Tesettür Dile Geldi</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>260</v>
+        <v>275</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786054605224</t>
+          <t>9786056975172</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Zor Yıllar</t>
+          <t>İslam Hukukuna Giriş</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>140</v>
+        <v>400</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786056880704</t>
+          <t>9786257011297</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>İnsanlar ve Hak</t>
+          <t>Cüz Cüz Kur'an'ı Tanıyalım</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786054605644</t>
+          <t>9786056121289</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Ümitlerin Tükendiği An</t>
+          <t>İslam'da Çevre Bilinci</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>140</v>
+        <v>325</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786056975158</t>
+          <t>9786054605224</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>İslam Bankalarında Uygulandığı Gibi Murabaha Alım Satımı</t>
+          <t>Zor Yıllar</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>120</v>
+        <v>140</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786057565648</t>
+          <t>9786056880704</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Şeriatın Amaçlarını Anlamak</t>
+          <t>İnsanlar ve Hak</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786057565631</t>
+          <t>9786054605644</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Tevekkül</t>
+          <t>Ümitlerin Tükendiği An</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786057565846</t>
+          <t>9786056975158</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>İki Dava Adamı</t>
+          <t>İslam Bankalarında Uygulandığı Gibi Murabaha Alım Satımı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786057565570</t>
+          <t>9786057565648</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Tarihi Tetkikler Işığında Sahabe Dönemi</t>
+          <t>Şeriatın Amaçlarını Anlamak</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>345</v>
+        <v>400</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786057565501</t>
+          <t>9786057565631</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Sünnetin İslam'daki Yeri</t>
+          <t>Tevekkül</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786057565563</t>
+          <t>9786057565846</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Allah Erinin Kültür ve Ahlakı 1-2 (2 Kitap Takım)</t>
+          <t>İki Dava Adamı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>735</v>
+        <v>200</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786057565624</t>
+          <t>9786057565570</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Hz. İbrahim'in Hayatı Bana Ne Anlatır?</t>
+          <t>Tarihi Tetkikler Işığında Sahabe Dönemi</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>440</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786057565693</t>
+          <t>9786057565501</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Disiplin İle Esneklik Arasında Fetva</t>
+          <t>Sünnetin İslam'daki Yeri</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786057565730</t>
+          <t>9786057565563</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Sünnet Kelimesinin Lügat ve İstilah Anlamı</t>
+          <t>Allah Erinin Kültür ve Ahlakı 1-2 (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>100</v>
+        <v>950</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786057565723</t>
+          <t>9786057565624</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'a Göre Sünnet'in Hüccet Değeri</t>
+          <t>Hz. İbrahim'in Hayatı Bana Ne Anlatır?</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786057565587</t>
+          <t>9786057565693</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Hüccet Değeri ve Tedvin Açısından Sünnet</t>
+          <t>Disiplin İle Esneklik Arasında Fetva</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>315</v>
+        <v>180</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786059102339</t>
+          <t>9786057565730</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Örtünme Bilinci</t>
+          <t>Sünnet Kelimesinin Lügat ve İstilah Anlamı</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>95</v>
+        <v>125</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786057565488</t>
+          <t>9786057565723</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşler Tarihe Yön Veren Olaylar 1-2 (2 Kitap Takım)</t>
+          <t>Kur'an'a Göre Sünnet'in Hüccet Değeri</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>680</v>
+        <v>300</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786058143470</t>
+          <t>9786057565587</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Ebu'd - Derda</t>
+          <t>Hüccet Değeri ve Tedvin Açısından Sünnet</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>120</v>
+        <v>360</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786057565419</t>
+          <t>9786059102339</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Bir Örnek Olarak Yusuf Aleyhisselam</t>
+          <t>Örtünme Bilinci</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786054605040</t>
+          <t>9786057565488</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Sorulu Cevaplı İslam Akaidi</t>
+          <t>Müslüman Kardeşler Tarihe Yön Veren Olaylar 1-2 (2 Kitap Takım)</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>150</v>
+        <v>850</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786054605392</t>
+          <t>9786058143470</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>İslam'ı Doğru Anlamak</t>
+          <t>Ebu'd - Derda</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786057565426</t>
+          <t>9786057565419</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Aile (Ciltli)</t>
+          <t>Bir Örnek Olarak Yusuf Aleyhisselam</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>315</v>
+        <v>350</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786056880711</t>
+          <t>9786054605040</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Aile (Ciltsiz)</t>
+          <t>Sorulu Cevaplı İslam Akaidi</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>230</v>
+        <v>190</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786056880728</t>
+          <t>9786054605392</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Hz. Musa'nın Hayatı Bana Ne Anlatır?</t>
+          <t>İslam'ı Doğru Anlamak</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786057565259</t>
+          <t>9786057565426</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Ey Oğul!</t>
+          <t>Müslüman Aile (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>160</v>
+        <v>400</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786054605491</t>
+          <t>9786056880711</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>İslam'da İbadet Mefhumu</t>
+          <t>Müslüman Aile (Ciltsiz)</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>260</v>
+        <v>230</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786054605149</t>
+          <t>9786056880728</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>İhtilaf ve Tefrikalar Karşısında İslami Tavır</t>
+          <t>Hz. Musa'nın Hayatı Bana Ne Anlatır?</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786054605125</t>
+          <t>9786057565259</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve Medeniyet Kaynağı Sünnet</t>
+          <t>Ey Oğul!</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786059102438</t>
+          <t>9786054605491</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>İlim Asrında Din</t>
+          <t>İslam'da İbadet Mefhumu</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>120</v>
+        <v>450</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786054605477</t>
+          <t>9786054605149</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Allah'ın Varlığı</t>
+          <t>İhtilaf ve Tefrikalar Karşısında İslami Tavır</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786054605361</t>
+          <t>9786054605125</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Cevheretü't-Tevhid Şerhi</t>
+          <t>Bilgi ve Medeniyet Kaynağı Sünnet</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786054605439</t>
+          <t>9786059102438</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Awene</t>
+          <t>İlim Asrında Din</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>90</v>
+        <v>150</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786059102827</t>
+          <t>9786054605477</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Kürt Siyasal Hareketinde İslami Bir Aktör - Kürdistan İslami Birlik Partisi</t>
+          <t>Allah'ın Varlığı</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786058143425</t>
+          <t>9786054605361</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>İyilik Harmanı</t>
+          <t>Cevheretü't-Tevhid Şerhi</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786059102421</t>
+          <t>9786054605439</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Arkadaşlık Hukuku ve Adabı</t>
+          <t>Awene</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>80</v>
+        <v>120</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786059102414</t>
+          <t>9786059102827</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Esma Binti Umeys (r.anha)</t>
+          <t>Kürt Siyasal Hareketinde İslami Bir Aktör - Kürdistan İslami Birlik Partisi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786056121227</t>
+          <t>9786058143425</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>500 Salih Amel</t>
+          <t>İyilik Harmanı</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>80</v>
+        <v>150</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786054605408</t>
+          <t>9786059102421</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Sahabe Dönemi</t>
+          <t>Arkadaşlık Hukuku ve Adabı</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>175</v>
+        <v>100</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786059102391</t>
+          <t>9786059102414</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kürtler Üzerine Yazılar</t>
+          <t>Esma Binti Umeys (r.anha)</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786059102445</t>
+          <t>9786056121227</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Emperyalizmin Oyunları</t>
+          <t>500 Salih Amel</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786054605286</t>
+          <t>9786054605408</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Kardeşler</t>
+          <t>Sahabe Dönemi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786054605118</t>
+          <t>9786059102391</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İmam Nevevi - 40 Hadis / Dersler ve İbretler</t>
+          <t>Kürtler Üzerine Yazılar</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786059102759</t>
+          <t>9786059102445</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Nübüvvet Pınarından Damlalar</t>
+          <t>Emperyalizmin Oyunları</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786054605231</t>
+          <t>9786054605286</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Tibyan - Kur'an Okuma Adabı</t>
+          <t>Müslüman Kardeşler</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786054605590</t>
+          <t>9786054605118</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Filistin Meselesinin Değişmez Gerçekleri</t>
+          <t>İmam Nevevi - 40 Hadis / Dersler ve İbretler</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>80</v>
+        <v>240</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786054605200</t>
+          <t>9786059102759</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Asr-ı Saadette Üç Öğretmen</t>
+          <t>Nübüvvet Pınarından Damlalar</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786059102957</t>
+          <t>9786054605231</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Hz. Nuh (as) ve Bin Yıllık Daveti</t>
+          <t>Tibyan - Kur'an Okuma Adabı</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>160</v>
+        <v>220</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786059102940</t>
+          <t>9786054605590</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Hz. Adem (as) ve İnsanlığın İmtihanı</t>
+          <t>Filistin Meselesinin Değişmez Gerçekleri</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>160</v>
+        <v>100</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786059102117</t>
+          <t>9786054605200</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Me'surat</t>
+          <t>Asr-ı Saadette Üç Öğretmen</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>80</v>
+        <v>160</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786059102995</t>
+          <t>9786059102957</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Davetimiz Nura Doğru - Risaleler</t>
+          <t>Hz. Nuh (as) ve Bin Yıllık Daveti</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786054605132</t>
+          <t>9786059102940</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Fetvanın Değişebilirliği</t>
+          <t>Hz. Adem (as) ve İnsanlığın İmtihanı</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>125</v>
+        <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786054605316</t>
+          <t>9786059102117</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Peyam; Resaila (2 Cilt)</t>
+          <t>Me'surat</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>850</v>
+        <v>100</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786059102933</t>
+          <t>9786059102995</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Hasan el-Benna Düşüncesinde Siyaset</t>
+          <t>Davetimiz Nura Doğru - Risaleler</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786059102926</t>
+          <t>9786054605132</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Müslüman Ahlakı</t>
+          <t>Günümüzde Fetvanın Değişebilirliği</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786059102896</t>
+          <t>9786054605316</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Kur'an’da Sabır</t>
+          <t>Peyam; Resaila (2 Cilt)</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>175</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786059102919</t>
+          <t>9786059102933</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Kur'an ve Sünnete Göre Müminlerin Özellikleri</t>
+          <t>Hasan el-Benna Düşüncesinde Siyaset</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786059102865</t>
+          <t>9786059102926</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Arap Tarihçilerin Gözüyle Osmanlılar</t>
+          <t>Müslüman Ahlakı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>160</v>
+        <v>325</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786059102841</t>
+          <t>9786059102896</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>İçimizden Bir Peygamber</t>
+          <t>Kur'an’da Sabır</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786059102834</t>
+          <t>9786059102919</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler de Ağlar</t>
+          <t>Kur'an ve Sünnete Göre Müminlerin Özellikleri</t>
         </is>
       </c>
       <c r="C291" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786054605385</t>
+          <t>9786059102865</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>İman ve Hayat</t>
+          <t>Arap Tarihçilerin Gözüyle Osmanlılar</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786059102810</t>
+          <t>9786059102841</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Yusuf El-Karadavi’nin Fıkıh Anlayışı ve İslami Düşünceye Katkısı</t>
+          <t>İçimizden Bir Peygamber</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786059102490</t>
+          <t>9786059102834</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Beklenen Zafer Nesli</t>
+          <t>Kelebekler de Ağlar</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786059102773</t>
+          <t>9786054605385</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Davet Yolunda Hatıralar</t>
+          <t>İman ve Hayat</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786059102377</t>
+          <t>9786059102810</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Zekatın Rolü</t>
+          <t>Yusuf El-Karadavi’nin Fıkıh Anlayışı ve İslami Düşünceye Katkısı</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786054605064</t>
+          <t>9786059102490</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Tevhidin Hakikati</t>
+          <t>Beklenen Zafer Nesli</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>125</v>
+        <v>160</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786054605446</t>
+          <t>9786059102773</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kudüs Davamız</t>
+          <t>Davet Yolunda Hatıralar</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786054605415</t>
+          <t>9786059102377</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Filistin Hakkında Yanılgılar</t>
+          <t>Zekatın Rolü</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786054605422</t>
+          <t>9786054605064</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>30 Günde Manevi Devrim</t>
+          <t>Tevhidin Hakikati</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>270</v>
+        <v>160</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786059102711</t>
+          <t>9786054605446</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Neden İslam?</t>
+          <t>Kudüs Davamız</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786059102698</t>
+          <t>9786054605415</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Ana Hatlarıyla İslam Dini</t>
+          <t>Filistin Hakkında Yanılgılar</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786059102605</t>
+          <t>9786054605422</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Tekfirde Aşırılık</t>
+          <t>30 Günde Manevi Devrim</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786059102261</t>
+          <t>9786059102711</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Kur'an'ı Anlamada Yöntem</t>
+          <t>Neden İslam?</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>600</v>
+        <v>225</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786054605002</t>
+          <t>9786059102698</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>İslam Fıkhını Yeniden Okumak</t>
+          <t>Ana Hatlarıyla İslam Dini</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786054605347</t>
+          <t>9786059102605</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>İslam’da Devlet Mefhumu</t>
+          <t>Tekfirde Aşırılık</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786054605187</t>
+          <t>9786059102261</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>İslam Hukuku</t>
+          <t>Kur'an'ı Anlamada Yöntem</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786059102223</t>
+          <t>9786054605002</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Öncelikler Fıkhı</t>
+          <t>İslam Fıkhını Yeniden Okumak</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786054605156</t>
+          <t>9786054605347</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Oruç Fıkhı</t>
+          <t>İslam’da Devlet Mefhumu</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>175</v>
+        <v>275</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786054605279</t>
+          <t>9786054605187</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Seçme Risaleler: Davet Esasları</t>
+          <t>İslam Hukuku</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9789759508081</t>
+          <t>9786059102223</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Tebliğ ve Davet Yolunda Müslümanın Temel Kültürü</t>
+          <t>Öncelikler Fıkhı</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>175</v>
+        <v>500</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9789759508036</t>
+          <t>9786054605156</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Tasavvuf ve Ahlak Eğitimi</t>
+          <t>Oruç Fıkhı</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9789944047845</t>
+          <t>9786054605279</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Sünneti Anlamada Yöntem</t>
+          <t>Seçme Risaleler: Davet Esasları</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>525</v>
+        <v>300</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786054605194</t>
+          <t>9789759508081</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Sekülerizm Çıkmazından Mağaraya Doğru</t>
+          <t>Tebliğ ve Davet Yolunda Müslümanın Temel Kültürü</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9789944047876</t>
+          <t>9789759508036</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Sahabenin İslam Tebliği</t>
+          <t>Tasavvuf ve Ahlak Eğitimi</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9789759508043</t>
+          <t>9789944047845</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Risaleler (Şamua Kağıt) (Ciltli)</t>
+          <t>Sünneti Anlamada Yöntem</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>800</v>
+        <v>650</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9789944047807</t>
+          <t>9786054605194</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Rabbani Hayat ve İlim</t>
+          <t>Sekülerizm Çıkmazından Mağaraya Doğru</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786056121203</t>
+          <t>9789944047876</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Nuru’l - Yakin Muhammed</t>
+          <t>Sahabenin İslam Tebliği</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>345</v>
+        <v>275</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9789759508067</t>
+          <t>9789759508043</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Niyet ve İhlas</t>
+          <t>Risaleler (Şamua Kağıt) (Ciltli)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>200</v>
+        <v>800</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9789759508029</t>
+          <t>9789944047807</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Me’surat: Peygamberimizin (s.a.v.) Dilinden Dua ve Zikirler</t>
+          <t>Rabbani Hayat ve İlim</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>75</v>
+        <v>250</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9789944047883</t>
+          <t>9786056121203</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kur’an ve Kainat Ayetleri Işığında Tevhid</t>
+          <t>Nuru’l - Yakin Muhammed</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>400</v>
+        <v>430</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9789759508074</t>
+          <t>9789759508067</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>İslam’a Davet Esasları</t>
+          <t>Niyet ve İhlas</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9789944047869</t>
+          <t>9789759508029</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Her Müslümanın Ortak Davası Kudüs</t>
+          <t>Me’surat: Peygamberimizin (s.a.v.) Dilinden Dua ve Zikirler</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>240</v>
+        <v>90</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
+          <t>9789944047883</t>
+        </is>
+      </c>
+      <c r="B324" s="1" t="inlineStr">
+        <is>
+          <t>Kur’an ve Kainat Ayetleri Işığında Tevhid</t>
+        </is>
+      </c>
+      <c r="C324" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="325" spans="1:3">
+      <c r="A325" s="1" t="inlineStr">
+        <is>
+          <t>9789759508074</t>
+        </is>
+      </c>
+      <c r="B325" s="1" t="inlineStr">
+        <is>
+          <t>İslam’a Davet Esasları</t>
+        </is>
+      </c>
+      <c r="C325" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="326" spans="1:3">
+      <c r="A326" s="1" t="inlineStr">
+        <is>
+          <t>9789944047869</t>
+        </is>
+      </c>
+      <c r="B326" s="1" t="inlineStr">
+        <is>
+          <t>Her Müslümanın Ortak Davası Kudüs</t>
+        </is>
+      </c>
+      <c r="C326" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="327" spans="1:3">
+      <c r="A327" s="1" t="inlineStr">
+        <is>
           <t>9786056121265</t>
         </is>
       </c>
-      <c r="B324" s="1" t="inlineStr">
+      <c r="B327" s="1" t="inlineStr">
         <is>
           <t>Ali Haydar Bengi</t>
         </is>
       </c>
-      <c r="C324" s="1">
+      <c r="C327" s="1">
         <v>145</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>