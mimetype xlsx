--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -85,100 +85,115 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052724521</t>
+          <t>9786052722923</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Süper Matematik Yeni Nesil Geçiş Kitabı</t>
+          <t>TYT AYT Geometri Yeni Nesil Soru Bankası</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>490</v>
+        <v>381</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052720578</t>
+          <t>9786052723531</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Nitelik YKS TYT AYT Tarih Özet Anlatım</t>
+          <t>Nitelik YKS TYT Yeni Nesil Matematik Soru Kitabı Video Çözümlü</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>301</v>
+        <v>359</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052724705</t>
+          <t>9786052724736</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>10. Sınıf Felsefe Beceri Temelli Soru Kitabı</t>
+          <t>6. Sınıf Matematik Beceri Temelli Soru Kitabı</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>435</v>
+        <v>385</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052723524</t>
+          <t>9786052721278</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
+          <t>Nitelik YKS AYT Türk Dili Ve Edebiyatı Sosyal Bilimler-1 20 Deneme Sınavı</t>
+        </is>
+      </c>
+      <c r="C5" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>9786052723524</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
           <t>TYT AYT KPSS Paragraf Soru Bankası</t>
         </is>
       </c>
-      <c r="C5" s="1">
+      <c r="C6" s="1">
         <v>150</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>