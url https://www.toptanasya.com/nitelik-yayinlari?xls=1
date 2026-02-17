--- v1 (2025-12-18)
+++ v2 (2026-02-17)
@@ -85,115 +85,565 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052722923</t>
+          <t>9786052724255</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>TYT AYT Geometri Yeni Nesil Soru Bankası</t>
+          <t>Hazırım 7'den 8'e Matematik Alt Yapı Güçlendirme Kitabı</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>381</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052723531</t>
+          <t>9786052724613</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Nitelik YKS TYT Yeni Nesil Matematik Soru Kitabı Video Çözümlü</t>
+          <t>6. Sınıf Türkçe Görev 36 Haftalık Çalışma Föyleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>359</v>
+        <v>320</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052724736</t>
+          <t>9786052724590</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>6. Sınıf Matematik Beceri Temelli Soru Kitabı</t>
+          <t>5. Sınıf Türkçe Görev 36 Haftalık Çalışma Föyleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>385</v>
+        <v>320</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052721278</t>
+          <t>9786052724682</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Nitelik YKS AYT Türk Dili Ve Edebiyatı Sosyal Bilimler-1 20 Deneme Sınavı</t>
+          <t>6. Sınıf Fen Bilimleri Görev 36 Haftalık Çalışma Föyleri</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
+          <t>9786052724668</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Matematik Görev 36 Haftalık Çalışma Föyleri</t>
+        </is>
+      </c>
+      <c r="C6" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="7" spans="1:3">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>9786052724583</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Sosyal Bilgiler 36 Haftalık Çalışma Föyleri</t>
+        </is>
+      </c>
+      <c r="C7" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="8" spans="1:3">
+      <c r="A8" s="1" t="inlineStr">
+        <is>
+          <t>9786052724491</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Beceri Temelli Kimya Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C8" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="9" spans="1:3">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>9786052724439</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Beceri Temelli Kimya Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C9" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="10" spans="1:3">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>9786052724552</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>Nitelik 5. Sınıf Süper Türkçe A (Akademi) Yeni Nesile Geçiş Kitabı</t>
+        </is>
+      </c>
+      <c r="C10" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="11" spans="1:3">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>9786052724453</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>Nitelik 10. Sınıf Tarih Beceri Temelli Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C11" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="12" spans="1:3">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>9786052724392</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Tarih Soru Kitabı Beceri Temelli</t>
+        </is>
+      </c>
+      <c r="C12" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="13" spans="1:3">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>9786052724415</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Beceri Temelli Matematik Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C13" s="1">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="14" spans="1:3">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>9786052724446</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Beceri Temelli Türk Dili ve Edebiyatı Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C14" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="15" spans="1:3">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>9786052724460</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Beceri Temelli Din Kültürü ve Ahlak Bilgisi Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C15" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="16" spans="1:3">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>9786052724569</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Beceri Temelli Fizik Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C16" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="17" spans="1:3">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>9786052724477</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Beceri Temelli Biyoloji Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C17" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="18" spans="1:3">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>9786052724408</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>10. Sınıf Beceri Temelli Coğrafya Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C18" s="1">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="19" spans="1:3">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>9786052724378</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Beceri Temelli Matematik Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C19" s="1">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="20" spans="1:3">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>9786052724507</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Süper Fen Bilimleri Soru Kitabı Yeni Nesil (A)</t>
+        </is>
+      </c>
+      <c r="C20" s="1">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="21" spans="1:3">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>9786052724545</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Süper Fen Bilimleri Beceri Temelli Soru Kitabı (B)</t>
+        </is>
+      </c>
+      <c r="C21" s="1">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="22" spans="1:3">
+      <c r="A22" s="1" t="inlineStr">
+        <is>
+          <t>9786052724385</t>
+        </is>
+      </c>
+      <c r="B22" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf matematik (B) Beceri Temelli Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C22" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3">
+      <c r="A23" s="1" t="inlineStr">
+        <is>
+          <t>9786052724361</t>
+        </is>
+      </c>
+      <c r="B23" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Süper Din Kültürü ve Ahlak Bilgisi (B) Beceri Temelli Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C23" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="24" spans="1:3">
+      <c r="A24" s="1" t="inlineStr">
+        <is>
+          <t>9786052724309</t>
+        </is>
+      </c>
+      <c r="B24" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Din Kültürü ve Ahlak Bilgisi Beceri Temelli Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C24" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="25" spans="1:3">
+      <c r="A25" s="1" t="inlineStr">
+        <is>
+          <t>9786052724347</t>
+        </is>
+      </c>
+      <c r="B25" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Süper Türkçe Beceri Temelli Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C25" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="26" spans="1:3">
+      <c r="A26" s="1" t="inlineStr">
+        <is>
+          <t>9786052724354</t>
+        </is>
+      </c>
+      <c r="B26" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Süper Matematik Tema Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C26" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="27" spans="1:3">
+      <c r="A27" s="1" t="inlineStr">
+        <is>
+          <t>9786052724316</t>
+        </is>
+      </c>
+      <c r="B27" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Beceri Temelli Fizik Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C27" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="28" spans="1:3">
+      <c r="A28" s="1" t="inlineStr">
+        <is>
+          <t>9786052724293</t>
+        </is>
+      </c>
+      <c r="B28" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Beceri Temelli Biyoloji Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C28" s="1">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="29" spans="1:3">
+      <c r="A29" s="1" t="inlineStr">
+        <is>
+          <t>9786052724187</t>
+        </is>
+      </c>
+      <c r="B29" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Süper Sosyal Bilimler (B) Beceri Temeli Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C29" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="30" spans="1:3">
+      <c r="A30" s="1" t="inlineStr">
+        <is>
+          <t>9786052724330</t>
+        </is>
+      </c>
+      <c r="B30" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Süper Fen Bilimleri Beceri Temelli Soru Kitabı (B)</t>
+        </is>
+      </c>
+      <c r="C30" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="31" spans="1:3">
+      <c r="A31" s="1" t="inlineStr">
+        <is>
+          <t>9786052724279</t>
+        </is>
+      </c>
+      <c r="B31" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Beceri Temelli Coğrafya Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C31" s="1">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="32" spans="1:3">
+      <c r="A32" s="1" t="inlineStr">
+        <is>
+          <t>9786052724286</t>
+        </is>
+      </c>
+      <c r="B32" s="1" t="inlineStr">
+        <is>
+          <t>9. Sınıf Beceri Temelli Türk Dili ve Edebiyatı Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C32" s="1">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="33" spans="1:3">
+      <c r="A33" s="1" t="inlineStr">
+        <is>
+          <t>9786052724262</t>
+        </is>
+      </c>
+      <c r="B33" s="1" t="inlineStr">
+        <is>
+          <t>5. Sınıf Süper Fen Bilimleri Yeni Nesile Geçiş Kitabı (A)</t>
+        </is>
+      </c>
+      <c r="C33" s="1">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="34" spans="1:3">
+      <c r="A34" s="1" t="inlineStr">
+        <is>
+          <t>9786052724095</t>
+        </is>
+      </c>
+      <c r="B34" s="1" t="inlineStr">
+        <is>
+          <t>Süper 5 Türkçe 100 Temel Eser Yeni Nesil Deneme Kitabı</t>
+        </is>
+      </c>
+      <c r="C34" s="1">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="35" spans="1:3">
+      <c r="A35" s="1" t="inlineStr">
+        <is>
+          <t>9786052724002</t>
+        </is>
+      </c>
+      <c r="B35" s="1" t="inlineStr">
+        <is>
+          <t>6. Sınıf Süper Türkçe 100 Temel Eser Yeni Nesil Soru Kitabı</t>
+        </is>
+      </c>
+      <c r="C35" s="1">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="36" spans="1:3">
+      <c r="A36" s="1" t="inlineStr">
+        <is>
           <t>9786052723524</t>
         </is>
       </c>
-      <c r="B6" s="1" t="inlineStr">
+      <c r="B36" s="1" t="inlineStr">
         <is>
           <t>TYT AYT KPSS Paragraf Soru Bankası</t>
         </is>
       </c>
-      <c r="C6" s="1">
-        <v>150</v>
+      <c r="C36" s="1">
+        <v>149.9</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>