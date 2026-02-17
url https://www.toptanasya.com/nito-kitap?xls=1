--- v0 (2025-11-02)
+++ v1 (2026-02-17)
@@ -85,1030 +85,1060 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259699240</t>
+          <t>9786259699264</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Acaba Nereden?</t>
+          <t>Dörtnala! - Yulaf Çetesi 2</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786259892597</t>
+          <t>9786259699257</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Oynasın Da Öğrensin</t>
+          <t>Yulaf Çetesi 1- Dert Yumağı</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786259699233</t>
+          <t>9786259699240</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İyileştiren Hikayeler 2 Güm Güm Pat Pat</t>
+          <t>Acaba Nereden?</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786259699226</t>
+          <t>9786259892597</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Geleceğin Şampiyonları 2 Judokalar Yarışıyor</t>
+          <t>Oynasın Da Öğrensin</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>240</v>
+        <v>480</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786259699202</t>
+          <t>9786259699233</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Zıtlıklar Takımı</t>
+          <t>İyileştiren Hikayeler 2 Güm Güm Pat Pat</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786259838892</t>
+          <t>9786259699226</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Beklenmedik Arkadaş</t>
+          <t>Geleceğin Şampiyonları 2 Judokalar Yarışıyor</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786259699219</t>
+          <t>9786259699202</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>1 Rüya 3 Macera</t>
+          <t>Zıtlıklar Takımı</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786259838885</t>
+          <t>9786259838892</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>En Sevdiğim Zaman Ramazan</t>
+          <t>Beklenmedik Arkadaş</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786259838878</t>
+          <t>9786259699219</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Futbol Akademisi 3 Büyük Bir Sürpriz</t>
+          <t>1 Rüya 3 Macera</t>
         </is>
       </c>
       <c r="C10" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786259838861</t>
+          <t>9786259838885</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Futbol Akademisi 2 Ahmakça Bir Sakatlanma</t>
+          <t>En Sevdiğim Zaman Ramazan</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786259838854</t>
+          <t>9786259838878</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Futbol Akademesi 1 Önemli Bir Karar</t>
+          <t>Futbol Akademisi 3 Büyük Bir Sürpriz</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786259838847</t>
+          <t>9786259838861</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Okulda İlk Günlerim Seti</t>
+          <t>Futbol Akademisi 2 Ahmakça Bir Sakatlanma</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786259838830</t>
+          <t>9786259838854</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ben Senin Kitabınım Beni Bu Paketten Çıkar !</t>
+          <t>Futbol Akademesi 1 Önemli Bir Karar</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786259838823</t>
+          <t>9786259838847</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Tehlikeli Bölge - Issız Çöl</t>
+          <t>Okulda İlk Günlerim Seti</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>300</v>
+        <v>340</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786259838816</t>
+          <t>9786259838830</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kurtça Kurtarma</t>
+          <t>Ben Senin Kitabınım Beni Bu Paketten Çıkar !</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786259892504</t>
+          <t>9786259838823</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Türk Süsleme Sanatlarından Motiflerle Boyama Kartları 2</t>
+          <t>Tehlikeli Bölge - Issız Çöl</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786057280190</t>
+          <t>9786259838816</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Türk Süsleme Sanatlarından Motiflerle Boyama Kartları 1</t>
+          <t>Kurtça Kurtarma</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057280152</t>
+          <t>9786259892504</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Lila ve Kırpık 3 - Ejderha Bonbon'un Peşinde</t>
+          <t>Türk Süsleme Sanatlarından Motiflerle Boyama Kartları 2</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786057280145</t>
+          <t>9786057280190</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Kutu - Matemiksir</t>
+          <t>Türk Süsleme Sanatlarından Motiflerle Boyama Kartları 1</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786057280138</t>
+          <t>9786057280152</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Kutu - Manyetik Sinekler ve Hava Durumu İksiri</t>
+          <t>Lila ve Kırpık 3 - Ejderha Bonbon'un Peşinde</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786057280176</t>
+          <t>9786057280145</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Evde Bir Kedinin Olması Harika Ama</t>
+          <t>Kutu - Matemiksir</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786259892573</t>
+          <t>9786057280138</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Çocukların Etkinlik Kitabı - 3</t>
+          <t>Kutu - Manyetik Sinekler ve Hava Durumu İksiri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786057280183</t>
+          <t>9786057280176</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Köpeğinin Olması Harika Ama</t>
+          <t>Evde Bir Kedinin Olması Harika Ama</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786057280114</t>
+          <t>9786259892573</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Acemi Seyyah Tuna 2 - Özbekistan'da</t>
+          <t>Dikkatli Çocukların Etkinlik Kitabı - 3</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>240</v>
+        <v>210</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786259892559</t>
+          <t>9786057280183</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Üç Işık</t>
+          <t>Bir Köpeğinin Olması Harika Ama</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786259838809</t>
+          <t>9786057280114</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Nurten Nine’den Masallar 1 - Denersen Yaparsın!</t>
+          <t>Acemi Seyyah Tuna 2 - Özbekistan'da</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786057280121</t>
+          <t>9786259892559</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Ben Senin Kitabınım Beni Buradan Çıkar!</t>
+          <t>Üç Işık</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786259892580</t>
+          <t>9786259838809</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Karga Kurtarma Operasyonu</t>
+          <t>Nurten Nine’den Masallar 1 - Denersen Yaparsın!</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786057280169</t>
+          <t>9786057280121</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kurbağalar Da Uçar Mı?</t>
+          <t>Ben Senin Kitabınım Beni Buradan Çıkar!</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>130</v>
+        <v>360</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786259892542</t>
+          <t>9786259892580</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Neden?</t>
+          <t>Karga Kurtarma Operasyonu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786259892566</t>
+          <t>9786057280169</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Değiştiren Üç Kız</t>
+          <t>Kurbağalar Da Uçar Mı?</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786259892528</t>
+          <t>9786259892542</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Çiya Amazon’da</t>
+          <t>Neden?</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786259892511</t>
+          <t>9786259892566</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Çiya Ormanda</t>
+          <t>Dünyayı Değiştiren Üç Kız</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786259892535</t>
+          <t>9786259892528</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Çiya Kutuplarda</t>
+          <t>Çiya Amazon’da</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786058201606</t>
+          <t>9786259892511</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı’nın Mirası</t>
+          <t>Çiya Ormanda</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786050648430</t>
+          <t>9786259892535</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Hayal Neydi Pırıl? - Çocukça Felsefe Serisi 1</t>
+          <t>Çiya Kutuplarda</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057280107</t>
+          <t>9786058201606</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Kutu</t>
+          <t>Kırmızı’nın Mirası</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>280</v>
+        <v>360</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057062598</t>
+          <t>9786050648430</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Masal Muhafızları Sihirli Lambanın Peşinde</t>
+          <t>Hayal Neydi Pırıl? - Çocukça Felsefe Serisi 1</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>240</v>
+        <v>50</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786058201675</t>
+          <t>9786057280107</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Kırmızı'nın Mirası</t>
+          <t>Kutu</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057062581</t>
+          <t>9786057062598</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Otizm 101 Anne-Babalar Ve Alan Dışı Eğitimciler İçin Otizme Giriş Kitabı</t>
+          <t>Masal Muhafızları Sihirli Lambanın Peşinde</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057062574</t>
+          <t>9786058201675</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Masal Muhafızları Haramilere Karşı</t>
+          <t>Kırmızı'nın Mirası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057062567</t>
+          <t>9786057062581</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Bir Küçücük Biz</t>
+          <t>Otizm 101 Anne-Babalar Ve Alan Dışı Eğitimciler İçin Otizme Giriş Kitabı</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057062550</t>
+          <t>9786057062574</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Acemi Seyyah Tuna 1</t>
+          <t>Masal Muhafızları Haramilere Karşı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057062543</t>
+          <t>9786057062567</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Neydi Simba? - Çocukça Felsefe Serisi 3</t>
+          <t>Bir Küçücük Biz</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057062529</t>
+          <t>9786057062550</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Çocukların Etkinlik Kitabı-2</t>
+          <t>Acemi Seyyah Tuna 1</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057062536</t>
+          <t>9786057062543</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Dikkatli Çocukların Etkinlik Kitabı-1</t>
+          <t>Mutluluk Neydi Simba? - Çocukça Felsefe Serisi 3</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>150</v>
+        <v>50</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057062512</t>
+          <t>9786057062529</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Gözleri Tutsak Kız</t>
+          <t>Dikkatli Çocukların Etkinlik Kitabı-2</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057062505</t>
+          <t>9786057062536</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Oynasın Da Büyüsün!</t>
+          <t>Dikkatli Çocukların Etkinlik Kitabı-1</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>520</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786050648492</t>
+          <t>9786057062512</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Masallarla Konuşmak</t>
+          <t>Gözleri Tutsak Kız</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786050648461</t>
+          <t>9786057062505</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Gizemli Evde Bir Çocuk</t>
+          <t>Oynasın Da Büyüsün!</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786050648485</t>
+          <t>9786050648492</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Yaşasın Misafirimiz Geliyor!</t>
+          <t>Masallarla Konuşmak</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786050648478</t>
+          <t>9786050648461</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yanlış Kardan Adamı Kim Yaptı?</t>
+          <t>Gizemli Evde Bir Çocuk</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>140</v>
+        <v>320</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786050648454</t>
+          <t>9786050648485</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Acaba Havuç Tadında Sinek Var Mıdır?</t>
+          <t>Yaşasın Misafirimiz Geliyor!</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786050648447</t>
+          <t>9786050648478</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Zaman Neydi Piya? - Çocukça Felsefe Serisi 2</t>
+          <t>Yanlış Kardan Adamı Kim Yaptı?</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786050648423</t>
+          <t>9786050648454</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Lila ve Kırpık 2</t>
+          <t>Acaba Havuç Tadında Sinek Var Mıdır?</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786050648416</t>
+          <t>9786050648447</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Rabbinin Adıyla Yaşa!</t>
+          <t>Zaman Neydi Piya? - Çocukça Felsefe Serisi 2</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>260</v>
+        <v>50</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786050648409</t>
+          <t>9786050648423</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Asım ve Kurt Uba</t>
+          <t>Lila ve Kırpık 2</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058201699</t>
+          <t>9786050648416</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yumurtadan Kim Çıktı?</t>
+          <t>Rabbinin Adıyla Yaşa!</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786058201682</t>
+          <t>9786050648409</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Düş Gezgini</t>
+          <t>Asım ve Kurt Uba</t>
         </is>
       </c>
       <c r="C60" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786058201668</t>
+          <t>9786058201699</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Lila ve Kırpık</t>
+          <t>Yumurtadan Kim Çıktı?</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786058201651</t>
+          <t>9786058201682</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Sudan Kim Çıktı?</t>
+          <t>Düş Gezgini</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786058201620</t>
+          <t>9786058201668</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kim Kurtarsın Bu Ayıyı</t>
+          <t>Lila ve Kırpık</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>260</v>
+        <v>340</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786058201644</t>
+          <t>9786058201651</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Masa Başı Minder Üstü</t>
+          <t>Sudan Kim Çıktı?</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>260</v>
+        <v>320</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786058201637</t>
+          <t>9786058201620</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Gel Beraber Evcilik Oynayalım</t>
+          <t>Kim Kurtarsın Bu Ayıyı</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>260</v>
+        <v>100</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786058201613</t>
+          <t>9786058201644</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Kam Ana</t>
+          <t>Masa Başı Minder Üstü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
+          <t>9786058201637</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Gel Beraber Evcilik Oynayalım</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9786058201613</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Kam Ana</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
           <t>9786055869007</t>
         </is>
       </c>
-      <c r="B67" s="1" t="inlineStr">
+      <c r="B69" s="1" t="inlineStr">
         <is>
           <t>Temiz Sofra</t>
         </is>
       </c>
-      <c r="C67" s="1">
-        <v>260</v>
+      <c r="C69" s="1">
+        <v>320</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>