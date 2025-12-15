--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,26140 +85,26890 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786253981013</t>
+          <t>9786253769598</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler ve İletişim Çalışmalarında Sürdürülebilirlik</t>
+          <t>Evcil ve Yabani Memeli Hayvanların Karşılaştırmalı Histolojisi</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>180</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786253768089</t>
+          <t>9786253769215</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Strength and Plasticity of Metallic Materials</t>
+          <t>Sağlık Kurumlarında Yalın Yönetim</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786253767624</t>
+          <t>9786253769307</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Weber’de “Verstehen” Kavramı</t>
+          <t>Rekabet Üstünlüğünün Temelleri</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>200</v>
+        <v>700</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786253764739</t>
+          <t>9786253767174</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Reklamların DNA'sı</t>
+          <t>Türkiye Polis Radyosu</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786253766917</t>
+          <t>9786253768577</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Yumuşak Güç Türkçe ve Kamu Diplomasisi</t>
+          <t>Uzun Dönemli Bakım Hizmetleri Yönetimi</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>240</v>
+        <v>800</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786253767587</t>
+          <t>9786253768362</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Reklama Dijital Dokunuş</t>
+          <t>Sinema ve Fotoğraf - Görsel Anlatı Evrimi</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786253767051</t>
+          <t>9786253768492</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Tarihinde Bir Ekol Eyüp Hamdi Akman</t>
+          <t>Sömürgecilik, Neoliberalizm ve İklim Değişikliği</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786253765156</t>
+          <t>9786253769116</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizi, Hastalıklar ve Geleceğimiz</t>
+          <t>Bilinçli Farkındalık (Mindfulness) Becerilerinin Kullanıldığı İlişki Geliştirme Programı Uygulayıcı El Kitabı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>275</v>
+        <v>175</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786253768041</t>
+          <t>9786253765422</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Kur Temelli Beceri Uygulamaları (Okuma-Dinleme)</t>
+          <t>Patentlenebilirlik Değerlendirmesi ve Derin Öğrenme</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>650</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786253766771</t>
+          <t>9786253767297</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilim Bağlamında Seyahatnameler</t>
+          <t>Sürdürülebilir Tüketim Kültürü</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786253767198</t>
+          <t>9786253767709</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Belleğin Politikası</t>
+          <t>Kadın Liderlik</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786253765972</t>
+          <t>9786253766085</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Artificial Intelligence Applications in Businesses</t>
+          <t>Doğan Ergun’un Sosyoloji Görüşleri ve Eğitim Anlayışı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786253766528</t>
+          <t>9786253760984</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Hibrit Tehditler ve Sosyal Politika</t>
+          <t>Alevi-Bektaşi Velayetnamelerinde Zaman, Mekân ve Nesne Sembolizmi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786253768195</t>
+          <t>9786253768614</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretiminde Ders Dışı Etkinlik Uygulamaları</t>
+          <t>Türkiye’de Hayvan Hakları Aktivizmi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>270</v>
+        <v>650</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786253766191</t>
+          <t>9786253766061</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Engelli Çocuk Ebeveynliğinde Yaşantısal Kaçınma, Duygusal Şemalar ve Ölüm Kaygısı</t>
+          <t>Diyarbakır’da Siyasal Temsil ve Seçmen Eğilimi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786253766894</t>
+          <t>9786253769253</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmayı Anlamak - 21. Yüzyılda Yaşlılık, Sağlık ve İletişim</t>
+          <t>Öğretmenliğe Duyguyla Başlamak - Yaratıcı Drama Temelli Duygu Okuryazarlığı Yolculuğu</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786253766412</t>
+          <t>9786253768317</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizi Bağlamında Türkiye’de Akarsu Yönetimi - Van Gölü Havzası Üzerine Bir Araştırma</t>
+          <t>Sosyal Kırılganlıklar ve Gençler</t>
         </is>
       </c>
       <c r="C18" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786253767457</t>
+          <t>9786253765941</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Güçlendirme Yaklaşımı Temelinde Sosyal Hizmet Uzmanı ve Müracaatçı İlişkisi</t>
+          <t>Deprem Sonrası Grupla Psikolojik Danışma ve Rehberlik Hizmeti</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>400</v>
+        <v>140</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786253767075</t>
+          <t>9786253766252</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Dinî/Felsefi Yönelimlerinin Din Eğitimi Açısından İncelenmesi</t>
+          <t>Avrupa’nın Demokratik İşleyişine Bir Meydan Okuma</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786253766993</t>
+          <t>9786253767808</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Sosyal Hizmet</t>
+          <t>Sağlıklı İşlevsel Aile Yol Haritası</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786253768027</t>
+          <t>9786253767846</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Ne Kadar Farkındayız Hayatın</t>
+          <t>Bir İçim Su</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>230</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786253765873</t>
+          <t>9786253767747</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Rus Göçmen Edebiyatında Müzik İzleği</t>
+          <t>Almanya'nın PKK Terör Örgütü Politikası ve Türkiye'ye Etkileri</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786253766399</t>
+          <t>9786253767723</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Çatışmadan Çözüme</t>
+          <t>Kavram, Süreç ve Uygulamalarla İhracat</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786253766795</t>
+          <t>9786052149294</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Tedarik Zinciri Yönetimi</t>
+          <t>Banka Müşterilerinin Gizli Sınıf Analizi İle Ürün Kullanımlarına Göre Sınıflandırılması</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>220</v>
+        <v>65</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786253766313</t>
+          <t>9786253981419</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kentin İç Mekanlar</t>
+          <t>Enerji Ekonomisi Araştırmaları</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>235</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786253765316</t>
+          <t>9786254333682</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Geogebrada Düzlemsel Mekanizmalar</t>
+          <t>Modern İş Yaşamının Eleştirisi</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786253767273</t>
+          <t>9786253768591</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Virusları</t>
+          <t>Avrupa Birliği’nin Enerji Sorunu - Önlenemeyen Bağımlılık</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>325</v>
+        <v>180</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786253766481</t>
+          <t>9786253769055</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Hesaplamalı Sosyal Bilimler ve İletişim</t>
+          <t>İşletmeler Perspektifinden Ar-Ge &amp; İnovasyon</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786253766979</t>
+          <t>9786253768430</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Kırılma Noktan</t>
+          <t>Yenilikçi İş Davranışı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786253766955</t>
+          <t>9786253768737</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya - Hayatımızı Şekillendiren Güç</t>
+          <t>Muhabbet Kuşu</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>240</v>
+        <v>800</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786253766672</t>
+          <t>9786253766047</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağın Öğretmenleri</t>
+          <t>Devlerin Savaşı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786253767013</t>
+          <t>9786253768270</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşığın Nefesi - Müzikal Yaşamı ve Besteleriyle Aşık Üzgüni</t>
+          <t>Codes Of Instex</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786253767112</t>
+          <t>9786253768232</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Yeni Çağın Krizleri</t>
+          <t>Türkiye’de Bor Madeni İşletmeciliği</t>
         </is>
       </c>
       <c r="C34" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786253762957</t>
+          <t>9786253769079</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Sanal Kaytarma</t>
+          <t>Übersetzungskritische Analyse des Romans Die Biene Maja und ihre Abenteuer von Waldemar Bonsels</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786253766436</t>
+          <t>9786253766931</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Leadership and Strategic Management in the Age Of Global Change</t>
+          <t>Eleştirel Düşünmenin Kuramsal Yapısı ve Eğitimde Uygulanışı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786253765774</t>
+          <t>9786253766238</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>100 Tanrıça - Dünya Mitolojilerinden Önemli Tanrıçalar</t>
+          <t>Makedonya Türkleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786253766870</t>
+          <t>9786253767495</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Veri Merkezi Altyapıları</t>
+          <t>Ekonomik Kalkınma Perspektifinden Ulaştırma Sektörü ve Politikaların Evrimi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786253766467</t>
+          <t>9786253767396</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Multidisciplinary Application Areas of Artificial Intelligence</t>
+          <t>Mahal Kita - Filipinler'de Yaşamak</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786253766634</t>
+          <t>9786253764494</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Yönetsel Perspektiften Çevik Organizasyonlar</t>
+          <t>Doğal Afetler ve Turizm</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786253766290</t>
+          <t>9786253767556</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Durumlarda Ebeveynler ile İletişim</t>
+          <t>Çocuklarda Üst Düzey Düşünme Becerilerinin Gelişimi ve Desteklenmesi  - Okul Öncesinden Ergenliğe</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786253765705</t>
+          <t>9786253768461</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Suudi Arabistan’ın Güvenlik Stratejisi 2000-2020</t>
+          <t>Küresel Finansal Kriz ve Yeni Para Politikası</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786253765927</t>
+          <t>9786253767969</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Work Motivation Of Freelance Technical Translators In Türkiye</t>
+          <t>Türk Kamu Yönetiminde Teftiş ve Denetim ile Stratejik Yönetim Açısından Teftiş ve Denetimin Geleceği</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786253765606</t>
+          <t>9786253767532</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Emek Piyasasında Kadınlar</t>
+          <t>Ticaretin Yeni Yolu - E-Ticaret’in El Kitabı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786253765392</t>
+          <t>9786253767433</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Spor Kültürünün Anatomisi - Kuramdan Sahaya</t>
+          <t>Çeviribilimde Feminist ve Ekofeminist Yaklaşımlar</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>170</v>
+        <v>160</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786253766351</t>
+          <t>9786253766337</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Açısından İman-Ahlak İlişkisi</t>
+          <t>Empirical Insights into Language and Cognition</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786253939106</t>
+          <t>9786253767037</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Canlandırma Kurgularında Yöntem ve Örnekler - Sosyal Psikolojik İzlekte</t>
+          <t>Suriye’nin Yeniden İnşası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>130</v>
+        <v>300</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786253766757</t>
+          <t>9786253986179</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Çocuk Dil Aracılığı</t>
+          <t>Yüksek Gerilim Şalt Teçhizatları</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786253764432</t>
+          <t>9786253767648</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Etkileyici (Influencer) Nasıl Çalışır?</t>
+          <t>İyi Meme Kötü Meme Arasında</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>500</v>
+        <v>120</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786253765750</t>
+          <t>9786253767372</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Suç ve Ceza</t>
+          <t>Foreign Language Teachers’ Agency for Professional Wellbeing</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786253984885</t>
+          <t>9786253766733</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Zaman</t>
+          <t>Polimer Malzeme Karakterizasyonu</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>125</v>
+        <v>400</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786253982348</t>
+          <t>9786253981013</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Veri Zarflama Analizi ile Firma Değerleme Yaklaşımı -Borsa İstanbul Örneği-</t>
+          <t>Halkla İlişkiler ve İletişim Çalışmalarında Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786254337987</t>
+          <t>9786253768089</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>The Future Of International Trade / Cross-Border E-Commerce</t>
+          <t>Strength and Plasticity of Metallic Materials</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786253765484</t>
+          <t>9786253767624</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Operasyonel ve Teknik Boyutlarıyla Uçak Kazaları</t>
+          <t>Weber’de “Verstehen” Kavramı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786253765620</t>
+          <t>9786253764739</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağı Perspektifinden Örnek Olaylar İle Örgütsel Davranış Bilimi</t>
+          <t>Başarılı Reklamların DNA'sı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>400</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786253765446</t>
+          <t>9786253766917</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılın Yol Haritası Çok Boyutlu Okuryazarlık</t>
+          <t>Yumuşak Güç Türkçe ve Kamu Diplomasisi</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786253766658</t>
+          <t>9786253767587</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Güvenlik İçin Ergonomi</t>
+          <t>Reklama Dijital Dokunuş</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786253766559</t>
+          <t>9786253767051</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yazgıdan Genetik Kodlara</t>
+          <t>Eğitim Tarihinde Bir Ekol Eyüp Hamdi Akman</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786253763244</t>
+          <t>9786253765156</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>2000 Sonrası Rusya’nın Asya-Pasifik Politikası</t>
+          <t>İklim Krizi, Hastalıklar ve Geleceğimiz</t>
         </is>
       </c>
       <c r="C59" s="1">
         <v>275</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786253766504</t>
+          <t>9786253768041</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Lütfi Akad Sinemasında Uyarlamalar</t>
+          <t>Yabancı Dil Olarak Türkçe Kur Temelli Beceri Uygulamaları (Okuma-Dinleme)</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786253765545</t>
+          <t>9786253766771</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Endüstriyel ve Toplumsal Süreçte Yapay Zeka</t>
+          <t>Çeviribilim Bağlamında Seyahatnameler</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786253766146</t>
+          <t>9786253767198</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya Biliminde Temel R Uygulamaları</t>
+          <t>Belleğin Politikası</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786253764999</t>
+          <t>9786253765972</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Serbest Radikaller ve Fizyopatolojik Etkileri</t>
+          <t>Artificial Intelligence Applications in Businesses</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786253765569</t>
+          <t>9786253766528</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve İnsanın Geleceği</t>
+          <t>Hibrit Tehditler ve Sosyal Politika</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>700</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786253765293</t>
+          <t>9786253768195</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ölümsüzlük: İnsan Kişiliğinin Yapay Zekaya Kopyalanması</t>
+          <t>Türkçe Öğretiminde Ders Dışı Etkinlik Uygulamaları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786253935818</t>
+          <t>9786253766191</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Pi Noktası: Yapay Zeka</t>
+          <t>Engelli Çocuk Ebeveynliğinde Yaşantısal Kaçınma, Duygusal Şemalar ve Ölüm Kaygısı</t>
         </is>
       </c>
       <c r="C66" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786253764715</t>
+          <t>9786253766894</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yerel Siyasetin Örğütlenmesine İlişkin Bir İnceleme - İskenderun Örneği</t>
+          <t>Yaşlanmayı Anlamak - 21. Yüzyılda Yaşlılık, Sağlık ve İletişim</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786253765736</t>
+          <t>9786253766412</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Parlamenter Elitler ve Parlamenter Elit Değişimi</t>
+          <t>İklim Krizi Bağlamında Türkiye’de Akarsu Yönetimi - Van Gölü Havzası Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>600</v>
+        <v>400</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786253765460</t>
+          <t>9786253767457</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet ve Üçüncü Yaş Üniversitesi</t>
+          <t>Güçlendirme Yaklaşımı Temelinde Sosyal Hizmet Uzmanı ve Müracaatçı İlişkisi</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786253984687</t>
+          <t>9786253767075</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Kedilerde Tedavi El Kitabı</t>
+          <t>Üniversite Öğrencilerinin Dinî/Felsefi Yönelimlerinin Din Eğitimi Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786253765811</t>
+          <t>9786253766993</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Otantik Liderlik</t>
+          <t>Ekolojik Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786253764913</t>
+          <t>9786253768027</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Okuryazarlıkları ve Eğitimi</t>
+          <t>Ne Kadar Farkındayız Hayatın</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>355</v>
+        <v>350</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786253765644</t>
+          <t>9786253765873</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Tarımın Şafağında İlk Buğday</t>
+          <t>Rus Göçmen Edebiyatında Müzik İzleği</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786253765088</t>
+          <t>9786253766399</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Akademide Olmadan Akademide Kalma: Dr. Ants Örneği</t>
+          <t>Çatışmadan Çözüme</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786253782735</t>
+          <t>9786253766795</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’nin Ulusötesi Krizlerle Sınavı</t>
+          <t>Yeşil Tedarik Zinciri Yönetimi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786253765354</t>
+          <t>9786253766313</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Beklenen Güneş Dr. Sadık Ahmet</t>
+          <t>Kentin İç Mekanlar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>800</v>
+        <v>350</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786253761677</t>
+          <t>9786253765316</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Kültürün Küreselleşmesi</t>
+          <t>Geogebrada Düzlemsel Mekanizmalar</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786253765521</t>
+          <t>9786253767273</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Devletinin İnşasında Ulus 1850-1950</t>
+          <t>Bal Arısı Virusları</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>440</v>
+        <v>325</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786253981945</t>
+          <t>9786253766481</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Vakum Teknolojisi ve Endüstriyel Uygulamalar 98 Çözümlü Problem</t>
+          <t>Hesaplamalı Sosyal Bilimler ve İletişim</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786253765897</t>
+          <t>9786253766979</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan Parlamentosu Zabıtlarında Dr. Sadık Ahmet ve Azınlık Hakları</t>
+          <t>Kırılma Noktan</t>
         </is>
       </c>
       <c r="C80" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786253862534</t>
+          <t>9786253766955</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Rekreasyon Terapisi</t>
+          <t>Sosyal Medya - Hayatımızı Şekillendiren Güç</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786253764838</t>
+          <t>9786253766672</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Kapsayıcı Liderlik ve Sosyal Diyalog</t>
+          <t>Dijital Çağın Öğretmenleri</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786253764036</t>
+          <t>9786253767013</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Halkla İlişkiler, Ülke İmajı ve Ulus Markalama</t>
+          <t>Bir Aşığın Nefesi - Müzikal Yaşamı ve Besteleriyle Aşık Üzgüni</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786253764890</t>
+          <t>9786253767112</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Bölgesel Güvenlik Kompleksi Teorisi Çerçevesinde - Doğu Akdeniz Kompleksi</t>
+          <t>Küreselleşme ve Yeni Çağın Krizleri</t>
         </is>
       </c>
       <c r="C84" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786253765682</t>
+          <t>9786253762957</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Afet, Güvenlik ve İletişim Stratejilerinde Güncel Yaklaşımlar</t>
+          <t>Sanal Kaytarma</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786253763640</t>
+          <t>9786253766436</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Halk Ezgilerinin Bağlama İcracılığı ve Temsilcileri Üzerinden İncelenmesi</t>
+          <t>Leadership and Strategic Management in the Age Of Global Change</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786253765033</t>
+          <t>9786253765774</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yerel Kalkınma ve Somut Kültürel Miras</t>
+          <t>100 Tanrıça - Dünya Mitolojilerinden Önemli Tanrıçalar</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786253763664</t>
+          <t>9786253766870</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünyada Kültür ve Sanat</t>
+          <t>Veri Merkezi Altyapıları</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786253765378</t>
+          <t>9786253766467</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>İş Ekosistemleri - İşbirliğinden Güce</t>
+          <t>Multidisciplinary Application Areas of Artificial Intelligence</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786253764937</t>
+          <t>9786253766634</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Eğitiminde Dijitalleşme, Temel Kavramlar ve Süreçler</t>
+          <t>Yönetsel Perspektiften Çevik Organizasyonlar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>440</v>
+        <v>300</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786253765231</t>
+          <t>9786253766290</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Liderlik Felsefesi</t>
+          <t>Zorlu Durumlarda Ebeveynler ile İletişim</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786253765255</t>
+          <t>9786253765705</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk ve İş Birliği</t>
+          <t>Suudi Arabistan’ın Güvenlik Stratejisi 2000-2020</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786253765170</t>
+          <t>9786253765927</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’yi Sarsan Depremler (1988-2023)</t>
+          <t>Work Motivation Of Freelance Technical Translators In Türkiye</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786253765194</t>
+          <t>9786253765606</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Pırıltı - Bir Senatörün Öyküsü</t>
+          <t>Emek Piyasasında Kadınlar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786253764975</t>
+          <t>9786253765392</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Terörizm Ansiklopedisi</t>
+          <t>Spor Kültürünün Anatomisi - Kuramdan Sahaya</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>750</v>
+        <v>170</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786253761363</t>
+          <t>9786253766351</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Holakrasi - Ünvansız Yönetim</t>
+          <t>Hadisler Açısından İman-Ahlak İlişkisi</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786253761851</t>
+          <t>9786253939106</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Akademik ve Elit Düzeyde Sporcular İçin Psikolojik Antrenman Becerileri Literatür- Beceri Kazanma - Uygulama</t>
+          <t>Canlandırma Kurgularında Yöntem ve Örnekler - Sosyal Psikolojik İzlekte</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>100</v>
+        <v>130</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786253938772</t>
+          <t>9786253766757</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Yeni Toplumsal Dönüşümde Netokratik Bilgi Politikası - Gerçekleşmiş Gelecek</t>
+          <t>Çeviribilimde Çocuk Dil Aracılığı</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>315</v>
+        <v>280</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786253764876</t>
+          <t>9786253764432</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Environmental Entrepreneurship</t>
+          <t>Etkileyici (Influencer) Nasıl Çalışır?</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>170</v>
+        <v>500</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786253764753</t>
+          <t>9786253765750</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Toksik Örgüt İkliminin Bağlamsal Performans Açısından İncelenmesi</t>
+          <t>Osmanlı'da Suç ve Ceza</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>180</v>
+        <v>450</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786253765057</t>
+          <t>9786253984885</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Echoes Of Ephesus</t>
+          <t>Medya ve Zaman</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>250</v>
+        <v>125</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786253761462</t>
+          <t>9786253982348</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Yapılaşmacı İttifak Teorisi</t>
+          <t>Veri Zarflama Analizi ile Firma Değerleme Yaklaşımı -Borsa İstanbul Örneği-</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786253765217</t>
+          <t>9786254337987</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Radikal Değişimden Artırımlı Adımlara Amerika Birleşik Devletleri’nin Yunanistan Politikası</t>
+          <t>The Future Of International Trade / Cross-Border E-Commerce</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786253765279</t>
+          <t>9786253765484</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Suriye’de Sünniliğin Siyasi Bekası (1920 - 1970)</t>
+          <t>Operasyonel ve Teknik Boyutlarıyla Uçak Kazaları</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786254331671</t>
+          <t>9786253765620</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Metaforlarla Düşünmek</t>
+          <t>Z Kuşağı Perspektifinden Örnek Olaylar İle Örgütsel Davranış Bilimi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786253765507</t>
+          <t>9786253765446</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Sonrasında Kosova, Bosna Hersek ve Makedonya’da Önleyici Diplomasi</t>
+          <t>21. Yüzyılın Yol Haritası Çok Boyutlu Okuryazarlık</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786253763701</t>
+          <t>9786253766658</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Ve Kültürel Diplomasi - Yunus Emre Enstitüsü Faaliyetleri</t>
+          <t>Sağlık ve Güvenlik İçin Ergonomi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786253764111</t>
+          <t>9786253766559</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Değerler ve Çıkarlar Arasında: ABD’nin Orta Doğu’daki Soğuk Savaş Darbeleriyle İlişkisini Yeniden Değerlendirmek</t>
+          <t>Yazgıdan Genetik Kodlara</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786253934392</t>
+          <t>9786253763244</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Dijital Habitus - Siber Kültür ve Toplumsal Yaşam</t>
+          <t>2000 Sonrası Rusya’nın Asya-Pasifik Politikası</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786253930523</t>
+          <t>9786253766504</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Teorik ve Uygulamalı Sürdürülebilirlik Çalışmaları Yönetim Ve Organizasyon</t>
+          <t>Lütfi Akad Sinemasında Uyarlamalar</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>135</v>
+        <v>200</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786253930325</t>
+          <t>9786253765545</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mimari İncelemeler ve Güncel Yaklaşımlar</t>
+          <t>Endüstriyel ve Toplumsal Süreçte Yapay Zeka</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786253762582</t>
+          <t>9786253766146</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Pazarlama Yaklaşımları -1</t>
+          <t>Coğrafya Biliminde Temel R Uygulamaları</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786253764159</t>
+          <t>9786253764999</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Instagram’da Alışverişin Gizli Dünyası</t>
+          <t>Serbest Radikaller ve Fizyopatolojik Etkileri</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786253764609</t>
+          <t>9786253765569</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Terörizmin Yeni Silahı Sosyal Medya</t>
+          <t>Yapay Zeka ve İnsanın Geleceği</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>500</v>
+        <v>700</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786253763602</t>
+          <t>9786253765293</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>26. Dönem Karabük Milletvekili Prof. Dr. Burhanettin Uysal’ın Hayatı ve Meclis Faaliyetleri</t>
+          <t>Dijital Ölümsüzlük: İnsan Kişiliğinin Yapay Zekaya Kopyalanması</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786253762513</t>
+          <t>9786253935818</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Ergen Ebeveyn Çatışması</t>
+          <t>İnsanlığın Pi Noktası: Yapay Zeka</t>
         </is>
       </c>
       <c r="C116" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786253764852</t>
+          <t>9786253764715</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>İklime Duyarlı Bitkisel Üretim</t>
+          <t>Yerel Siyasetin Örğütlenmesine İlişkin Bir İnceleme - İskenderun Örneği</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786253764548</t>
+          <t>9786253765736</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Şirketiniz Hata Verdi Mi? Yeniden Başlatmak İçin Yaratıcılığa Basın</t>
+          <t>Türkiye’de Parlamenter Elitler ve Parlamenter Elit Değişimi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786253765330</t>
+          <t>9786253765460</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>For The Future Of Gender</t>
+          <t>Sosyal Hizmet ve Üçüncü Yaş Üniversitesi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786253763947</t>
+          <t>9786253984687</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Erdem Eğitimi</t>
+          <t>Kedilerde Tedavi El Kitabı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786253764135</t>
+          <t>9786253765811</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve Bilimin Renkleri</t>
+          <t>Otantik Liderlik</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>230</v>
+        <v>215</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786253764777</t>
+          <t>9786253764913</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm mi?</t>
+          <t>21. Yüzyıl Okuryazarlıkları ve Eğitimi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>280</v>
+        <v>355</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786254338755</t>
+          <t>9786253765644</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel Modelleme Örnekleri ve CPLEX Uygulamaları</t>
+          <t>Tarımın Şafağında İlk Buğday</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>115</v>
+        <v>270</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786253762858</t>
+          <t>9786253765088</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Scarlatti’nın Renkli Dünyası</t>
+          <t>Akademide Olmadan Akademide Kalma: Dr. Ants Örneği</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786253763624</t>
+          <t>9786253782735</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm: Bilgi Yönetimi Yaklaşımları</t>
+          <t>Avrupa Birliği’nin Ulusötesi Krizlerle Sınavı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786253764319</t>
+          <t>9786253765354</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Tıp Bilişimi ve Yapay Zeka 1 - Biyoistatistik, Makine Öğrenmesi ve Sağlıkta Veri Analitiği</t>
+          <t>Beklenen Güneş Dr. Sadık Ahmet</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>450</v>
+        <v>800</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786253764418</t>
+          <t>9786253761677</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve Yenilik Kavşağında İbn Aşur ve Et-Tahrir Ve't-Tenvir'i</t>
+          <t>Kültürün Küreselleşmesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>500</v>
+        <v>230</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786253762698</t>
+          <t>9786253765521</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Felsefesinde Temelcilik</t>
+          <t>Modern Türk Devletinin İnşasında Ulus 1850-1950</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>240</v>
+        <v>440</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786253764951</t>
+          <t>9786253981945</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Avusturya İşgücü Anlaşması’nın 60. Yılında: Üçüncü Kuşakla Konuşmalar</t>
+          <t>Vakum Teknolojisi ve Endüstriyel Uygulamalar 98 Çözümlü Problem</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786253764470</t>
+          <t>9786253765897</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Personality, Trust and Gossip In Academia</t>
+          <t>Yunanistan Parlamentosu Zabıtlarında Dr. Sadık Ahmet ve Azınlık Hakları</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786253931377</t>
+          <t>9786253862534</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Liderlik Teorisi Bağlamında Eğitimde Liderlik ve Ahlak</t>
+          <t>Rekreasyon Terapisi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>300</v>
+        <v>230</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786253989064</t>
+          <t>9786253764838</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Denizcilikte Disiplinlerarası Çalışmalar</t>
+          <t>Örgütlerde Kapsayıcı Liderlik ve Sosyal Diyalog</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>390</v>
+        <v>180</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786253930868</t>
+          <t>9786253764036</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçede Avcılık Terimleri</t>
+          <t>Uluslararası Halkla İlişkiler, Ülke İmajı ve Ulus Markalama</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786254337086</t>
+          <t>9786253764890</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Borçlanma Araçlarının Çeşitlendirilmesi ve İşletme Finansman Yapısının Optimizasyonu</t>
+          <t>Bölgesel Güvenlik Kompleksi Teorisi Çerçevesinde - Doğu Akdeniz Kompleksi</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>470</v>
+        <v>300</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786253762490</t>
+          <t>9786253765682</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Spiritüel Turizm</t>
+          <t>Afet, Güvenlik ve İletişim Stratejilerinde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786254337451</t>
+          <t>9786253763640</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Yönetimi Perspektifinden Liman Yönetimi</t>
+          <t>Anadolu Halk Ezgilerinin Bağlama İcracılığı ve Temsilcileri Üzerinden İncelenmesi</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786253932602</t>
+          <t>9786253765033</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Siyasetinde Muhafazakâr Toplumsallık ve Din</t>
+          <t>Yerel Kalkınma ve Somut Kültürel Miras</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786253763923</t>
+          <t>9786253763664</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İyilik Kılavuzu</t>
+          <t>Değişen Dünyada Kültür ve Sanat</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786253980818</t>
+          <t>9786253765378</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Rıza Bağlamında Oy Verme Davranışları</t>
+          <t>İş Ekosistemleri - İşbirliğinden Güce</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786254339295</t>
+          <t>9786253764937</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Haber Çevirileri / Medya-iletişim Ve Çeviribilim Kuramları Işığında</t>
+          <t>21. Yüzyıl Eğitiminde Dijitalleşme, Temel Kavramlar ve Süreçler</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>255</v>
+        <v>440</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786253764524</t>
+          <t>9786253765231</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Yurttaşlık Kimliği - Farklı Sesler, Ortak Zemin</t>
+          <t>Atatürk'ün Liderlik Felsefesi</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786253763848</t>
+          <t>9786253765255</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ile Nasıl İletişim Kurulur?</t>
+          <t>Kurumsal Sosyal Sorumluluk ve İş Birliği</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786253764562</t>
+          <t>9786253765170</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi ve Güvenlik Alanında Yapay Zeka</t>
+          <t>Türkiye’yi Sarsan Depremler (1988-2023)</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786253764692</t>
+          <t>9786253765194</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Comparative Analysis Of Tourism Sector - The Case Of BRICS and Türkiye</t>
+          <t>Pırıltı - Bir Senatörün Öyküsü</t>
         </is>
       </c>
       <c r="C144" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786253764005</t>
+          <t>9786253764975</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Matematikle Geleceği Keşfet</t>
+          <t>Terörizm Ansiklopedisi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786254337178</t>
+          <t>9786253761363</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Ve Sanal Dünyada Simülasyon Evreni Ve Tüketim</t>
+          <t>Holakrasi - Ünvansız Yönetim</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>245</v>
+        <v>125</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786253762438</t>
+          <t>9786253761851</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Dingin Bir Şehir Gevaş</t>
+          <t>Akademik ve Elit Düzeyde Sporcular İçin Psikolojik Antrenman Becerileri Literatür- Beceri Kazanma - Uygulama</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786253764173</t>
+          <t>9786253938772</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Tercih Danışmanlığı</t>
+          <t>Yeni Toplumsal Dönüşümde Netokratik Bilgi Politikası - Gerçekleşmiş Gelecek</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>210</v>
+        <v>315</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786253765125</t>
+          <t>9786253764876</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Probability and Probability Distributions With R Applications</t>
+          <t>Environmental Entrepreneurship</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>750</v>
+        <v>170</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786253764272</t>
+          <t>9786253764753</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Çin İstilasına Karşı Malazgirt Doktrini Asya Birliği</t>
+          <t>Toksik Örgüt İkliminin Bağlamsal Performans Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786253764586</t>
+          <t>9786253765057</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Türk Mühendis ve Mimar Odaları Birliği (TMMOB)</t>
+          <t>Echoes Of Ephesus</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786253763558</t>
+          <t>9786253761462</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Elektrik Enerjisi Sektörü</t>
+          <t>Yapılaşmacı İttifak Teorisi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786253763206</t>
+          <t>9786253765217</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>ABD-Çin Arasında Artan Güç Mücadelesi</t>
+          <t>Radikal Değişimden Artırımlı Adımlara Amerika Birleşik Devletleri’nin Yunanistan Politikası</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786253764197</t>
+          <t>9786253765279</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Uzay Teknolojileri Uygulamaları ve Lojistiği</t>
+          <t>Suriye’de Sünniliğin Siyasi Bekası (1920 - 1970)</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786254336102</t>
+          <t>9786254331671</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Stratejik Yönetimi - Bir Uygulama</t>
+          <t>Metaforlarla Düşünmek</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>149</v>
+        <v>270</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786253764678</t>
+          <t>9786253765507</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tüm Seviyeler İçin Hedef Rusça</t>
+          <t>Soğuk Savaş Sonrasında Kosova, Bosna Hersek ve Makedonya’da Önleyici Diplomasi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786253763909</t>
+          <t>9786253763701</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşam Problemleri - Çözme Becerileri</t>
+          <t>Yeni Medya Ve Kültürel Diplomasi - Yunus Emre Enstitüsü Faaliyetleri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>570</v>
+        <v>350</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786253763800</t>
+          <t>9786253764111</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kentlerde Ulaşım Yönetimi ve İstanbul İçin Model Önerisi</t>
+          <t>Değerler ve Çıkarlar Arasında: ABD’nin Orta Doğu’daki Soğuk Savaş Darbeleriyle İlişkisini Yeniden Değerlendirmek</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>300</v>
+        <v>275</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786253761400</t>
+          <t>9786253934392</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>1937 Trakya Ordu Manevrası</t>
+          <t>Dijital Habitus - Siber Kültür ve Toplumsal Yaşam</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786253762476</t>
+          <t>9786253930523</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlerin Değerler Eğitiminde Uyguladıkları Yöntem ve Etkinliklere İlişkin Görüşleri</t>
+          <t>Teorik ve Uygulamalı Sürdürülebilirlik Çalışmaları Yönetim Ve Organizasyon</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>250</v>
+        <v>135</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786253762032</t>
+          <t>9786253930325</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Bugüne Finansal Yükselişin Temelleri</t>
+          <t>Mimari İncelemeler ve Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>480</v>
+        <v>350</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786253760519</t>
+          <t>9786253762582</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>İki Dilli Bireylerin Türkçeyi Edinim ve Öğrenim Süreçleri - Elazığ Örneği</t>
+          <t>Geçmişten Günümüze Pazarlama Yaklaşımları -1</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786253764456</t>
+          <t>9786253764159</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Üzerine Sohbetler</t>
+          <t>Instagram’da Alışverişin Gizli Dünyası</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786253762605</t>
+          <t>9786253764609</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Göç ve Entegrasyon</t>
+          <t>Terörizmin Yeni Silahı Sosyal Medya</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786253762759</t>
+          <t>9786253763602</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Engellilik ve İhtiyaçları</t>
+          <t>26. Dönem Karabük Milletvekili Prof. Dr. Burhanettin Uysal’ın Hayatı ve Meclis Faaliyetleri</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786253763503</t>
+          <t>9786253762513</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Okul Binası Planlaması</t>
+          <t>Ergen Ebeveyn Çatışması</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786253764050</t>
+          <t>9786253764852</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Kozmopolitizm - Siyasi Evrenselcilik Üzerine Bir İnceleme</t>
+          <t>İklime Duyarlı Bitkisel Üretim</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786253762315</t>
+          <t>9786253764548</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm ve Örgütsel Değişim Arasındaki İlişki</t>
+          <t>Şirketiniz Hata Verdi Mi? Yeniden Başlatmak İçin Yaratıcılığa Basın</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786253764791</t>
+          <t>9786253765330</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Japonya’da Mekteb-i İslamiye (1927 – 1937)</t>
+          <t>For The Future Of Gender</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786253762070</t>
+          <t>9786253763947</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Orta Anadolu Coğrafya Araştırmaları II</t>
+          <t>Erdem Eğitimi</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786253764074</t>
+          <t>9786253764135</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Okçunun Eli</t>
+          <t>Doğa ve Bilimin Renkleri</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>150</v>
+        <v>230</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786253761837</t>
+          <t>9786253764777</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Distopya Edebiyatı</t>
+          <t>Minimalizm mi?</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>450</v>
+        <v>280</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786254332067</t>
+          <t>9786254338755</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Savaş, Hibrit Savaş ve Öğrenen Örgütler</t>
+          <t>Matematiksel Modelleme Örnekleri ve CPLEX Uygulamaları</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>300</v>
+        <v>115</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786253764098</t>
+          <t>9786253762858</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Time-Series Analysis Using Octave</t>
+          <t>Scarlatti’nın Renkli Dünyası</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786253764210</t>
+          <t>9786253763624</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret ve Lojistikte Örnek Olaylar ve Örnek Çözümleri</t>
+          <t>Dijital Dönüşüm: Bilgi Yönetimi Yaklaşımları</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786253763862</t>
+          <t>9786253764319</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Çevre Mühendisliğinde Sürdürülebilir Yaklaşımlar</t>
+          <t>Tıp Bilişimi ve Yapay Zeka 1 - Biyoistatistik, Makine Öğrenmesi ve Sağlıkta Veri Analitiği</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>400</v>
+        <v>450</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786253764234</t>
+          <t>9786253764418</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Yatırım Ortaklıkları ve Sermaye Yapısı Kararları</t>
+          <t>Gelenek ve Yenilik Kavşağında İbn Aşur ve Et-Tahrir Ve't-Tenvir'i</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>250</v>
+        <v>500</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786253763169</t>
+          <t>9786253762698</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Arktik</t>
+          <t>Bilgi Felsefesinde Temelcilik</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786253763282</t>
+          <t>9786253764951</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl Osmanlı Tarihçi ve Aydınlarının İktisadi Zihniyeti</t>
+          <t>Türkiye-Avusturya İşgücü Anlaşması’nın 60. Yılında: Üçüncü Kuşakla Konuşmalar</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>180</v>
+        <v>400</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786253763589</t>
+          <t>9786253764470</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Şirketler İçin Muhasebe</t>
+          <t>Personality, Trust and Gossip In Academia</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786253764654</t>
+          <t>9786253931377</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Hashtag Oyunları</t>
+          <t>Ahlaki Liderlik Teorisi Bağlamında Eğitimde Liderlik ve Ahlak</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>290</v>
+        <v>300</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786253762537</t>
+          <t>9786253989064</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>YoYo’nun Şifreleri</t>
+          <t>Denizcilikte Disiplinlerarası Çalışmalar</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>150</v>
+        <v>390</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786253764333</t>
+          <t>9786253930868</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Görme Yetersizliği Olan Çocukların Erken Okuryazarlık Becerilerinin Desteklenmesinde Stratejiler</t>
+          <t>Eski Türkçede Avcılık Terimleri</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786253763688</t>
+          <t>9786254337086</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sürdürülebilirlikte Stratejik Yönetim</t>
+          <t>Türkiye’de Borçlanma Araçlarının Çeşitlendirilmesi ve İşletme Finansman Yapısının Optimizasyonu</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>240</v>
+        <v>470</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786253764357</t>
+          <t>9786253762490</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Principles Of Editing</t>
+          <t>Spiritüel Turizm</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786253763527</t>
+          <t>9786254337451</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Gelişim Akademisi</t>
+          <t>Tedarik Zinciri Yönetimi Perspektifinden Liman Yönetimi</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786253764296</t>
+          <t>9786253932602</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Youtube ve Mahremiyet</t>
+          <t>Türkiye Siyasetinde Muhafazakâr Toplumsallık ve Din</t>
         </is>
       </c>
       <c r="C187" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052149188</t>
+          <t>9786253763923</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Sporda Mükemmeliyetçilik</t>
+          <t>Çocuklar İçin İyilik Kılavuzu</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786257126137</t>
+          <t>9786253980818</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikolojik Sermaye</t>
+          <t>Siyasal Rıza Bağlamında Oy Verme Davranışları</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052149584</t>
+          <t>9786254339295</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>İslam Ceza Hukukuna Göre Adli Tıp ve Maddi Delil</t>
+          <t>Haber Çevirileri / Medya-iletişim Ve Çeviribilim Kuramları Işığında</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>270</v>
+        <v>255</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786253764371</t>
+          <t>9786253764524</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Zühre-i Elem</t>
+          <t>Yurttaşlık Kimliği - Farklı Sesler, Ortak Zemin</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>150</v>
+        <v>600</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786253762629</t>
+          <t>9786253763848</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Mekan ve Siyaset</t>
+          <t>Yapay Zeka ile Nasıl İletişim Kurulur?</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>220</v>
+        <v>175</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786253764258</t>
+          <t>9786253764562</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ateş Çemberinde Kıbrıs</t>
+          <t>Ekonomi ve Güvenlik Alanında Yapay Zeka</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786253930424</t>
+          <t>9786253764692</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Challenges and Turkish Public Financial Management</t>
+          <t>Comparative Analysis Of Tourism Sector - The Case Of BRICS and Türkiye</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>345</v>
+        <v>250</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786253764395</t>
+          <t>9786253764005</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Çay Aşkı</t>
+          <t>Matematikle Geleceği Keşfet</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786253763763</t>
+          <t>9786254337178</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Yeni Küresel Çağ</t>
+          <t>Sosyal Medyada Ve Sanal Dünyada Simülasyon Evreni Ve Tüketim</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>220</v>
+        <v>245</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786253763015</t>
+          <t>9786253762438</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Bin Kesikle Adam Öldürme</t>
+          <t>Dingin Bir Şehir Gevaş</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786253763565</t>
+          <t>9786253764173</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Tunceli’den Başlayan Hayat Yürüyüşümde Anılar II (Hatıram Olsun)</t>
+          <t>Tercih Danışmanlığı</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786253763466</t>
+          <t>9786253765125</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Kemiklerin İzinde</t>
+          <t>Probability and Probability Distributions With R Applications</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>280</v>
+        <v>750</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786254333125</t>
+          <t>9786253764272</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Üretim Süreçlerinin Yönetiminde Dinamik Kalite Kontrol Yaklaşımı Ve Bir Uygulama</t>
+          <t>Çin İstilasına Karşı Malazgirt Doktrini Asya Birliği</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>125</v>
+        <v>230</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786253760731</t>
+          <t>9786253764586</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Gösteri</t>
+          <t>Türk Mühendis ve Mimar Odaları Birliği (TMMOB)</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786253763787</t>
+          <t>9786253763558</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>XVII. Yüzyılda Ankara Gayrimüslimleri</t>
+          <t>Türkiye Elektrik Enerjisi Sektörü</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786253763985</t>
+          <t>9786253763206</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Sebebi Kadın</t>
+          <t>ABD-Çin Arasında Artan Güç Mücadelesi</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>630</v>
+        <v>375</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786257677950</t>
+          <t>9786253764197</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Psikososyal Açıdan Voleybol</t>
+          <t>Uzay Teknolojileri Uygulamaları ve Lojistiği</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786253938154</t>
+          <t>9786254336102</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Düşük Karbonlu Yerleşmelere Geçiş</t>
+          <t>Tedarik Zinciri Stratejik Yönetimi - Bir Uygulama</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>300</v>
+        <v>149</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786253763145</t>
+          <t>9786253764678</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı’nda Osmanlı Devleti’nin Savaştığı Galiçya, Romanya ve Makedonya Cepheleri Üzerine Mukayeseli Bir İnceleme</t>
+          <t>Tüm Seviyeler İçin Hedef Rusça</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>550</v>
+        <v>350</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786253761554</t>
+          <t>9786253763909</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Yeşil İnsan Kaynakları Yönetimi</t>
+          <t>Günlük Yaşam Problemleri - Çözme Becerileri</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>300</v>
+        <v>570</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786253932640</t>
+          <t>9786253763800</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yönleriyle Çeviri</t>
+          <t>Küresel Kentlerde Ulaşım Yönetimi ve İstanbul İçin Model Önerisi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786253761059</t>
+          <t>9786253761400</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Matematik Öğretiminde Kavram Yanılgıları-Öğretmen ve Öğretmen Adayları için El Kitabı</t>
+          <t>1937 Trakya Ordu Manevrası</t>
         </is>
       </c>
       <c r="C209" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786253862107</t>
+          <t>9786253762476</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Çince Dil Bilgisinde Yapı Taşları-Sözcük Türleri ve Kullanımı</t>
+          <t>Öğretmenlerin Değerler Eğitiminde Uyguladıkları Yöntem ve Etkinliklere İlişkin Görüşleri</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786254331084</t>
+          <t>9786253762032</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Rehberlik Hizmetleri Boyutuyla Sınıf Yönetimi</t>
+          <t>Geçmişten Bugüne Finansal Yükselişin Temelleri</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>90</v>
+        <v>480</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786254330629</t>
+          <t>9786253760519</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Eğitim Liderleri</t>
+          <t>İki Dilli Bireylerin Türkçeyi Edinim ve Öğrenim Süreçleri - Elazığ Örneği</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>135</v>
+        <v>250</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786253763183</t>
+          <t>9786253764456</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Zincir Kıran Nesil - İtaat Kültüründen Özgün Benliğe</t>
+          <t>Müşteri Üzerine Sohbetler</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786253762094</t>
+          <t>9786253762605</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Balık Biyoakustiği</t>
+          <t>Türkiye’de Göç ve Entegrasyon</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786253762216</t>
+          <t>9786253762759</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşmenin Turizme Yansımaları</t>
+          <t>Zihinsel Engellilik ve İhtiyaçları</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>550</v>
+        <v>250</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786253762414</t>
+          <t>9786253763503</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Kaynak Planlama Sistemleri ve Kurumsallaşma</t>
+          <t>Okul Binası Planlaması</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786253762056</t>
+          <t>9786253764050</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Genişletilmiş Sinema</t>
+          <t>Kozmopolitizm - Siyasi Evrenselcilik Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>370</v>
+        <v>200</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786253763725</t>
+          <t>9786253762315</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Sinematik Sanal Gerçeklik ve İzleyici Deneyimi</t>
+          <t>Dijital Dönüşüm ve Örgütsel Değişim Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786253760908</t>
+          <t>9786253764791</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Doğal Afetlerde Yaşlılar - Deprem Özelinde</t>
+          <t>Japonya’da Mekteb-i İslamiye (1927 – 1937)</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786253763428</t>
+          <t>9786253762070</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Hafızası Yaşar Kemal - Yaşar Kemal’in Nehir Romanları Üzerine Bir İnceleme</t>
+          <t>Orta Anadolu Coğrafya Araştırmaları II</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786253760069</t>
+          <t>9786253764074</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisinde Algı Yönetimi- Stratejileri ve Uygulamaları: Türk Dış Politikası Örneği</t>
+          <t>Okçunun Eli</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786253762865</t>
+          <t>9786253761837</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Türkçe ve Türk Dilleri Radyo Yayınları El Kitabı 2025</t>
+          <t>Distopya Edebiyatı</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>750</v>
+        <v>450</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786254333439</t>
+          <t>9786254332067</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sağlık Yönetimi</t>
+          <t>Savaş, Hibrit Savaş ve Öğrenen Örgütler</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786253762186</t>
+          <t>9786253764098</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İşlemeli Kumaş Kitap Kapakları</t>
+          <t>Time-Series Analysis Using Octave</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>250</v>
+        <v>230</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786253761813</t>
+          <t>9786253764210</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Görsel Dijital Medyada Mekân ve Kimlik</t>
+          <t>Uluslararası Ticaret ve Lojistikte Örnek Olaylar ve Örnek Çözümleri</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786253763886</t>
+          <t>9786253763862</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Seyahat Eden Kadın Turistler: Destinasyon İmajları, Risk Algıları ve Yeniden Satın Alma Niyetleri</t>
+          <t>Çevre Mühendisliğinde Sürdürülebilir Yaklaşımlar</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786253763268</t>
+          <t>9786253764234</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Kuramlar Işığında Reklamcılık</t>
+          <t>Gayrimenkul Yatırım Ortaklıkları ve Sermaye Yapısı Kararları</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786253762551</t>
+          <t>9786253763169</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Cezaevinden Topluma: Eski Hükümlülerin Suçu Terk Etmesi ve Topluma Yeniden Entegrasyonu</t>
+          <t>Arktik</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>450</v>
+        <v>500</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786253761240</t>
+          <t>9786253763282</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Araştırmaları: Araç ve Kırsalı (Tarih, Arkeoloji ve Sanat Tarihi Yazıları)</t>
+          <t>17. Yüzyıl Osmanlı Tarihçi ve Aydınlarının İktisadi Zihniyeti</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>550</v>
+        <v>180</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786253761776</t>
+          <t>9786253763589</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Yansıması-Kuşaklar ve Değişim</t>
+          <t>Türkiye’de Şirketler İçin Muhasebe</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786253763749</t>
+          <t>9786253764654</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Pratik Veri Analizleri</t>
+          <t>Hashtag Oyunları</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786253762643</t>
+          <t>9786253762537</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Aydın İlinde Yer Alan Antik Kentlerin Spor Tarihi ve Kültürü</t>
+          <t>YoYo’nun Şifreleri</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786253935863</t>
+          <t>9786253764333</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Modern (Sembolik) Mantığa Giriş</t>
+          <t>Görme Yetersizliği Olan Çocukların Erken Okuryazarlık Becerilerinin Desteklenmesinde Stratejiler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>315</v>
+        <v>180</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786253762131</t>
+          <t>9786253763688</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Doğrudan Yabancı Sermaye Yatırımları ve İstihdam</t>
+          <t>Kurumsal Sürdürülebilirlikte Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786253763305</t>
+          <t>9786253764357</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi Reformlarına Yönelik Mülki İdare Amirlerinin Tutumları</t>
+          <t>Principles Of Editing</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786253936228</t>
+          <t>9786253763527</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Oyunculukta Ezber Teknikleri</t>
+          <t>Eğitim Gelişim Akademisi</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>110</v>
+        <v>250</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786253762827</t>
+          <t>9786253764296</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Acının Dönüşümü</t>
+          <t>Youtube ve Mahremiyet</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786253761950</t>
+          <t>9786052149188</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Devlet Başkanının Sorumluluğu</t>
+          <t>Sporda Mükemmeliyetçilik</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>280</v>
+        <v>120</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786253987329</t>
+          <t>9786257126137</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Cihaz Klinik Araştırmalar Kitabı</t>
+          <t>Pozitif Psikolojik Sermaye</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>520</v>
+        <v>140</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786253763114</t>
+          <t>9786052149584</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Fair Play Ne(Dir) Değildir</t>
+          <t>İslam Ceza Hukukuna Göre Adli Tıp ve Maddi Delil</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786253762995</t>
+          <t>9786253764371</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Jean Baudrillard ve Simülasyon Kuramı-Bir Simülakr Olarak Sarı Yelekliler</t>
+          <t>Zühre-i Elem</t>
         </is>
       </c>
       <c r="C241" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786253762711</t>
+          <t>9786253762629</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Faiz- Ekonomi Politik ve İslam Hukuku Perspektifinden</t>
+          <t>Mekan ve Siyaset</t>
         </is>
       </c>
       <c r="C242" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786253762445</t>
+          <t>9786253764258</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Yönetimin Karanlık Yüzünde Güncel Konular</t>
+          <t>Ateş Çemberinde Kıbrıs</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786253763343</t>
+          <t>9786253930424</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Bağımlılık ve İletişim</t>
+          <t>Challenges and Turkish Public Financial Management</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>150</v>
+        <v>345</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786253761387</t>
+          <t>9786253764395</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>İşyeri Maneviyatı ve Örgütsel Adalet</t>
+          <t>Çay Aşkı</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786253761790</t>
+          <t>9786253763763</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Amerikan Romanı Üzerine İncelemeler</t>
+          <t>Yeni Küresel Çağ</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786253763329</t>
+          <t>9786253763015</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk ve İnsan Hakları</t>
+          <t>Bin Kesikle Adam Öldürme</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786253761738</t>
+          <t>9786253763565</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Danışanı Bütüncül Değerlendirme</t>
+          <t>Tunceli’den Başlayan Hayat Yürüyüşümde Anılar II (Hatıram Olsun)</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>230</v>
+        <v>175</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786253984748</t>
+          <t>9786253763466</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Türk Cumhuriyetleri</t>
+          <t>Kemiklerin İzinde</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786253760267</t>
+          <t>9786254333125</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma Döneminde Osmanlı Sarayında Müzik ve Kurumsal Kimliğe Etkisi</t>
+          <t>Üretim Süreçlerinin Yönetiminde Dinamik Kalite Kontrol Yaklaşımı Ve Bir Uygulama</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>280</v>
+        <v>125</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786253760342</t>
+          <t>9786253760731</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kamu Diplomasisi Ekseninde Afrika Açılım Politikası/Değerler-Fırsatlar-Yardımlar</t>
+          <t>Muhafazakar Gösteri</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>220</v>
+        <v>275</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786253761486</t>
+          <t>9786253763787</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Tıbbi Cihaz Yönetmeliği'nin (Medical Device Regulation - MDR) Sağlık Sektörüne Etkisi</t>
+          <t>XVII. Yüzyılda Ankara Gayrimüslimleri</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786253761899</t>
+          <t>9786253763985</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Boş Zaman Hakkında-Tarihsel Gelişim, Kavramlar ve İlişkiler</t>
+          <t>Her Şeyin Sebebi Kadın</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>375</v>
+        <v>630</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786253939892</t>
+          <t>9786257677950</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Çin ve Kuşak-Yol İnisiyatifi-Ekonomi-Politik Analiz</t>
+          <t>Psikososyal Açıdan Voleybol</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786253760410</t>
+          <t>9786253938154</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye’de Kış Turizmi ve Geçmişten Geleceğe Zigana Kayak Merkezi</t>
+          <t>Düşük Karbonlu Yerleşmelere Geçiş</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786253761134</t>
+          <t>9786253763145</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Stoacılık ve Spinoza’nın Ortak Dili</t>
+          <t>Birinci Dünya Savaşı’nda Osmanlı Devleti’nin Savaştığı Galiçya, Romanya ve Makedonya Cepheleri Üzerine Mukayeseli Bir İnceleme</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>190</v>
+        <v>550</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786253762889</t>
+          <t>9786253761554</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilimi Çerçevesinde Yeşil Dönüşüm</t>
+          <t>Yeşil İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>270</v>
+        <v>300</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786253762360</t>
+          <t>9786253932640</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Kamu Çalışanlarının Dijital Dönüşüm Farkındalığının Araştırılması</t>
+          <t>Farklı Yönleriyle Çeviri</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786253761073</t>
+          <t>9786253761059</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Muğla Mutfak Kültürü ve Gastronomi Turizmi</t>
+          <t>Örneklerle Matematik Öğretiminde Kavram Yanılgıları-Öğretmen ve Öğretmen Adayları için El Kitabı</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786253762339</t>
+          <t>9786253862107</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Veri Gazeteciliği ve Veri Manipülasyonu</t>
+          <t>Çince Dil Bilgisinde Yapı Taşları-Sözcük Türleri ve Kullanımı</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786253762780</t>
+          <t>9786254331084</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Dezavantajlı Grupları Yeniden Düşünmek</t>
+          <t>Rehberlik Hizmetleri Boyutuyla Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>280</v>
+        <v>90</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786253762162</t>
+          <t>9786254330629</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Bir Yas Etnografisi</t>
+          <t>İz Bırakan Eğitim Liderleri</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>200</v>
+        <v>135</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786253761745</t>
+          <t>9786253763183</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Anlatma Eğitiminde Yaratıcı Yazma ve Etkinlik Örnekleri</t>
+          <t>Zincir Kıran Nesil - İtaat Kültüründen Özgün Benliğe</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786253760793</t>
+          <t>9786253762094</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitim</t>
+          <t>Balık Biyoakustiği</t>
         </is>
       </c>
       <c r="C264" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786253762933</t>
+          <t>9786253762216</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Siyasal Yönelimleri ve Toplumsal Kurumlar</t>
+          <t>Dijitalleşmenin Turizme Yansımaları</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>120</v>
+        <v>550</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786253760823</t>
+          <t>9786253762414</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Abbas - Mendirekteki Sessiz Adam</t>
+          <t>Kurumsal Kaynak Planlama Sistemleri ve Kurumsallaşma</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786253761998</t>
+          <t>9786253762056</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Kahramanı Kurtarmak Dijital Kültüre Bir Karşı Çıkış Olarak Kahraman ve Kahraman Oluşun İmkânları</t>
+          <t>Genişletilmiş Sinema</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>175</v>
+        <v>370</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786253760946</t>
+          <t>9786253763725</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticarette Türkiye’nin Rekabetçiliği</t>
+          <t>Sinematik Sanal Gerçeklik ve İzleyici Deneyimi</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786253763381</t>
+          <t>9786253760908</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaretle İlgili Kurumlar (Görev ve İşlevleri)</t>
+          <t>Doğal Afetlerde Yaşlılar - Deprem Özelinde</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786253760427</t>
+          <t>9786253763428</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Gösterişçi Tüketim</t>
+          <t>Anadolu’nun Kültür Hafızası Yaşar Kemal - Yaşar Kemal’in Nehir Romanları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786253761196</t>
+          <t>9786253760069</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kardeşler Arasında Sapma ve Suça Yönelme Davranışında Farklılığa Etki Eden Faktörler</t>
+          <t>Kamu Diplomasisinde Algı Yönetimi- Stratejileri ve Uygulamaları: Türk Dış Politikası Örneği</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>140</v>
+        <v>175</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786253760458</t>
+          <t>9786253762865</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatıyla Çevre Bilinci-Deprem Gibi Doğal Afetler Ekseninde</t>
+          <t>Türkçe ve Türk Dilleri Radyo Yayınları El Kitabı 2025</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>240</v>
+        <v>750</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786253937393</t>
+          <t>9786254333439</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Dedebaba</t>
+          <t>Türkiye'de Sağlık Yönetimi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>450</v>
+        <v>375</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786253761639</t>
+          <t>9786253762186</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Osmanlı Modernleşmesi ve Basın</t>
+          <t>İşlemeli Kumaş Kitap Kapakları</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786253761523</t>
+          <t>9786253761813</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Belediyeler ve Güncel Sorunları</t>
+          <t>Görsel Dijital Medyada Mekân ve Kimlik</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786253762674</t>
+          <t>9786253763886</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Tuz ve Sağlık</t>
+          <t>Yalnız Seyahat Eden Kadın Turistler: Destinasyon İmajları, Risk Algıları ve Yeniden Satın Alma Niyetleri</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786253761509</t>
+          <t>9786253763268</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Jandarma Tarihi ve Yönetimi (Fransa, I. Dünya Savaşı ve Afet Yönetimi)</t>
+          <t>Eleştirel Kuramlar Işığında Reklamcılık</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786253761110</t>
+          <t>9786253762551</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetiminde/Liderlik ve Yöneticilik (Özellikleri)</t>
+          <t>Cezaevinden Topluma: Eski Hükümlülerin Suçu Terk Etmesi ve Topluma Yeniden Entegrasyonu</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>600</v>
+        <v>450</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786253761615</t>
+          <t>9786253761240</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Veri Zarflama Analizi ile Etkinlik ve Elastiklik Ölçümü: Tarım Sektörü Üzerine Uygulamalarla</t>
+          <t>Kastamonu Araştırmaları: Araç ve Kırsalı (Tarih, Arkeoloji ve Sanat Tarihi Yazıları)</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>280</v>
+        <v>550</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786253762193</t>
+          <t>9786253761776</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Diyalojik İlgisizlik</t>
+          <t>Zamanın Yansıması-Kuşaklar ve Değişim</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786253762247</t>
+          <t>9786253763749</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan’ın Orta Doğu Politikasının İnşası</t>
+          <t>Sosyal Bilimlerde Pratik Veri Analizleri</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786253761301</t>
+          <t>9786253762643</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Çağında Kimlik İnşası Ve İmhası</t>
+          <t>Aydın İlinde Yer Alan Antik Kentlerin Spor Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786253761875</t>
+          <t>9786253935863</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyal Girişimcilik</t>
+          <t>Modern (Sembolik) Mantığa Giriş</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>170</v>
+        <v>315</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786253760694</t>
+          <t>9786253762131</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi ve Yumuşak Güç: İletişim Perspektifli İncelemeler</t>
+          <t>Türkiye’de Doğrudan Yabancı Sermaye Yatırımları ve İstihdam</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>375</v>
+        <v>180</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786253761578</t>
+          <t>9786253763305</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Dijital Oyu Bağımlılığı-Oyuna Gelme</t>
+          <t>Kamu Yönetimi Reformlarına Yönelik Mülki İdare Amirlerinin Tutumları</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786253761424</t>
+          <t>9786253936228</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Kimlik ve İnanç Sınırında/ İran Türklerinin Mersiye ve Meddahlık Geleneği</t>
+          <t>Oyunculukta Ezber Teknikleri</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786253936402</t>
+          <t>9786253762827</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Tematik Değinmeler-Askerlik, Güvenlik ve Dış Politika Yazıları</t>
+          <t>Psikolojik Acının Dönüşümü</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786253761592</t>
+          <t>9786253761950</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Değişme Odaklı Film - Sürdürülebilir Kalkınma ve Belgeseller</t>
+          <t>Devlet Başkanının Sorumluluğu</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786253934606</t>
+          <t>9786253987329</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Makedonya'yı Tahayyül Etmek</t>
+          <t>Tıbbi Cihaz Klinik Araştırmalar Kitabı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786253761097</t>
+          <t>9786253763114</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>ABD Büyük (Grand) Stratejisi</t>
+          <t>Fair Play Ne(Dir) Değildir</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>460</v>
+        <v>250</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786253760885</t>
+          <t>9786253762995</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilikte En Sık Yapılan Hatalar</t>
+          <t>Jean Baudrillard ve Simülasyon Kuramı-Bir Simülakr Olarak Sarı Yelekliler</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786253761349</t>
+          <t>9786253762711</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Madalyonun Çift Yüzü -Antrenörü Ebeveyni Olan Elit Sporcular</t>
+          <t>Faiz- Ekonomi Politik ve İslam Hukuku Perspektifinden</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786253939830</t>
+          <t>9786253762445</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>İslam Ekonomisi ve Finans Sisteminin Yönetimi</t>
+          <t>Örgütsel Yönetimin Karanlık Yüzünde Güncel Konular</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>290</v>
+        <v>230</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786253761158</t>
+          <t>9786253763343</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Müsilaj Felaketi - Balıkçılar için Risk Yönetim Stratejileri</t>
+          <t>Dijital Çağda Bağımlılık ve İletişim</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786253761714</t>
+          <t>9786253761387</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünya-Madalyonun Öteki Yüzü</t>
+          <t>İşyeri Maneviyatı ve Örgütsel Adalet</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786253762919</t>
+          <t>9786253761790</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Konya ve Çevresi Yüzey Araştırması-5</t>
+          <t>20. Yüzyıl Amerikan Romanı Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>345</v>
+        <v>200</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786253761974</t>
+          <t>9786253763329</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Teknoloji Geliştirme Bölgelerinin Etkinlik ve Yenilikçilik Yönünden Analizi</t>
+          <t>Uluslararası Hukuk ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786253760656</t>
+          <t>9786253761738</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Film Tasarımında Yaratıcı Süreçler</t>
+          <t>Danışanı Bütüncül Değerlendirme</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786253760045</t>
+          <t>9786253984748</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Onayın Dönüşümünde Sosyal Medya</t>
+          <t>Modern Dünyada Türk Cumhuriyetleri</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786253760298</t>
+          <t>9786253760267</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Doğumunun 300. Yılı Anısına - Kant ve Epistemoloji</t>
+          <t>Batılılaşma Döneminde Osmanlı Sarayında Müzik ve Kurumsal Kimliğe Etkisi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786253937782</t>
+          <t>9786253760342</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kiraz Üretiminin Arz-Talep ve İhracatının Belirleyicileri</t>
+          <t>Türkiye Kamu Diplomasisi Ekseninde Afrika Açılım Politikası/Değerler-Fırsatlar-Yardımlar</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786253761288</t>
+          <t>9786253761486</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Türk Müteahhitliğinin Yurt Dışı Faaliyetleri ve Başarının Mimarları Türk Tipi Liderlik</t>
+          <t>Avrupa Birliği Tıbbi Cihaz Yönetmeliği'nin (Medical Device Regulation - MDR) Sağlık Sektörüne Etkisi</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786253760854</t>
+          <t>9786253761899</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik, Çevre ve Enerji Ekonomisi</t>
+          <t>Boş Zaman Hakkında-Tarihsel Gelişim, Kavramlar ve İlişkiler</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>250</v>
+        <v>375</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786253987305</t>
+          <t>9786253939892</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Sayısal ve Sözel Anlatılar</t>
+          <t>Çin ve Kuşak-Yol İnisiyatifi-Ekonomi-Politik Analiz</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>205</v>
+        <v>350</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786253939151</t>
+          <t>9786253760410</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Kodlanmış Gelecek Yapay Zeka</t>
+          <t>Dünyada ve Türkiye’de Kış Turizmi ve Geçmişten Geleceğe Zigana Kayak Merkezi</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786254334467</t>
+          <t>9786253761134</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan 1100'lere Dicle Havzası'nda Bilimin Yükselişi ve Çöküşü</t>
+          <t>Stoacılık ve Spinoza’nın Ortak Dili</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786257492478</t>
+          <t>9786253762889</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Çeviri Odaklı Çözümlemeler / Translation-Oriented Analyses from Theory to Practice</t>
+          <t>Yönetim Bilimi Çerçevesinde Yeşil Dönüşüm</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786253937775</t>
+          <t>9786253762360</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Yaklaşımlarda Kadın ve Aile Çalışmalarına Genel Bakış</t>
+          <t>Kamu Çalışanlarının Dijital Dönüşüm Farkındalığının Araştırılması</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786253760229</t>
+          <t>9786253761073</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Döngüsel Ekonomi, Uluslararası Ticaret ve Avrupa Birliği</t>
+          <t>Muğla Mutfak Kültürü ve Gastronomi Turizmi</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786253760960</t>
+          <t>9786253762339</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Kanser Maneviyat ve Beyin</t>
+          <t>Veri Gazeteciliği ve Veri Manipülasyonu</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>250</v>
+        <v>130</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786253760373</t>
+          <t>9786253762780</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Halk Partisinin Zonguldak Vilayet Kongreleri (1935-1947)</t>
+          <t>Dezavantajlı Grupları Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786253760779</t>
+          <t>9786253762162</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Hayal Endüstrisi Bollywood-Popüler Hint Sineması</t>
+          <t>Bir Yas Etnografisi</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786253936105</t>
+          <t>9786253761745</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Otelcilere Masallar-Gözünüzü Açan Masallar</t>
+          <t>Anlatma Eğitiminde Yaratıcı Yazma ve Etkinlik Örnekleri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>200</v>
+        <v>140</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786253939144</t>
+          <t>9786253760793</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Bakışla İletişimde Güncel Tartışmalar</t>
+          <t>Özel Eğitim</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786253939960</t>
+          <t>9786253762933</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Entegrasyonu- Soğuk Savaş Sonrasında Türkiye-Türk Cumhuriyetleri İlişkilerinin Entegrasyon Teorileri Çerçevesinde Değerlendirilmesi</t>
+          <t>Gençlerin Siyasal Yönelimleri ve Toplumsal Kurumlar</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786253936846</t>
+          <t>9786253760823</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Kore’de Doğum Ritüelleri</t>
+          <t>Çiçek Abbas - Mendirekteki Sessiz Adam</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>350</v>
+        <v>110</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786253760816</t>
+          <t>9786253761998</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>#1 Math Photo Album Hands-on Math Experiments with Posters Included</t>
+          <t>Kahramanı Kurtarmak Dijital Kültüre Bir Karşı Çıkış Olarak Kahraman ve Kahraman Oluşun İmkânları</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786253937485</t>
+          <t>9786253760946</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Sisteminde Bir Erken Uyarı Modeli - Örnek Uygulamalarla “CAMELS Analizi’’</t>
+          <t>Uluslararası Ticarette Türkiye’nin Rekabetçiliği</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786253760397</t>
+          <t>9786253763381</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>ISO/IEC 27001:2022 - Bilgi Güvenliği Yönetim Sistemi Uygulayıcılarına/Denetçilerine Yönelik El Rehberi ve Vaka Örnekleri</t>
+          <t>Dış Ticaretle İlgili Kurumlar (Görev ve İşlevleri)</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786059663991</t>
+          <t>9786253760427</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Temelleri</t>
+          <t>Gösterişçi Tüketim</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>200</v>
+        <v>100</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786253936457</t>
+          <t>9786253761196</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm ve Sürdürülebilir Gelecek</t>
+          <t>Kardeşler Arasında Sapma ve Suça Yönelme Davranışında Farklılığa Etki Eden Faktörler</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786253935399</t>
+          <t>9786253760458</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Tarihinde Bir “Devlet” Mücadelesi</t>
+          <t>Çocuk Edebiyatıyla Çevre Bilinci-Deprem Gibi Doğal Afetler Ekseninde</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>500</v>
+        <v>240</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786253934026</t>
+          <t>9786253937393</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Boşanma - Evliliğin Ölümü</t>
+          <t>Dedebaba</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>205</v>
+        <v>450</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786253935535</t>
+          <t>9786253761639</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Amatör Teleskop Yapımı</t>
+          <t>19. Yüzyıl Osmanlı Modernleşmesi ve Basın</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>315</v>
+        <v>175</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786254335358</t>
+          <t>9786253761523</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Mut İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Türkiye’de Belediyeler ve Güncel Sorunları</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786254335211</t>
+          <t>9786253762674</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Tuz ve Sağlık</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786254335235</t>
+          <t>9786253761509</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Anamur İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Jandarma Tarihi ve Yönetimi (Fransa, I. Dünya Savaşı ve Afet Yönetimi)</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786253935337</t>
+          <t>9786253761110</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>24 Saat Görmek - Uyku, Uyanıklık vea Rüya Bilimi</t>
+          <t>Sağlık Yönetiminde/Liderlik ve Yöneticilik (Özellikleri)</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>330</v>
+        <v>600</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786253933487</t>
+          <t>9786253761615</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>II. Meşrutiyet Dönemi’nde Girit Meselesi ve 1910-1911 Yunanistan Boykotajı</t>
+          <t>Veri Zarflama Analizi ile Etkinlik ve Elastiklik Ölçümü: Tarım Sektörü Üzerine Uygulamalarla</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>395</v>
+        <v>280</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786253930141</t>
+          <t>9786253762193</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Yönetim</t>
+          <t>Diyalojik İlgisizlik</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>295</v>
+        <v>230</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786253931537</t>
+          <t>9786253762247</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji ve Diğer Sosyal Bilimler İçin Jamovi ile Temel İstatistik</t>
+          <t>Azerbaycan’ın Orta Doğu Politikasının İnşası</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>115</v>
+        <v>290</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786253930929</t>
+          <t>9786253761301</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Düşük Karbonlu Gelecek İçin Yeşil Maliye</t>
+          <t>Bilişim Çağında Kimlik İnşası Ve İmhası</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>215</v>
+        <v>375</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786253986988</t>
+          <t>9786253761875</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisinde Makam Bilgisi ve Tatbiki</t>
+          <t>Türkiye’de Sosyal Girişimcilik</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786254330117</t>
+          <t>9786253760694</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavramlarla Sivil Toplum</t>
+          <t>Kamu Diplomasisi ve Yumuşak Güç: İletişim Perspektifli İncelemeler</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>275</v>
+        <v>375</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786254336089</t>
+          <t>9786253761578</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Ağları</t>
+          <t>Dijital Oyu Bağımlılığı-Oyuna Gelme</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786253760632</t>
+          <t>9786253761424</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Finansın Görünmeyen Yüzü</t>
+          <t>Kimlik ve İnanç Sınırında/ İran Türklerinin Mersiye ve Meddahlık Geleneği</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786253933814</t>
+          <t>9786253936402</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği ile Mücadelede Karbon Nötr Kent</t>
+          <t>Tematik Değinmeler-Askerlik, Güvenlik ve Dış Politika Yazıları</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786253760564</t>
+          <t>9786253761592</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Oyunlaştırma İle Simultane Çeviri Eğitimi</t>
+          <t>Toplumsal Değişme Odaklı Film - Sürdürülebilir Kalkınma ve Belgeseller</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786253981204</t>
+          <t>9786253934606</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>2020 Karabağ Savaşı (İlham Aliyev: Karabağ Azerbaycan’dır!)</t>
+          <t>Makedonya'yı Tahayyül Etmek</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786253760755</t>
+          <t>9786253761097</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Kırgızistan’da Bireysel Emeklilik Sistemi</t>
+          <t>ABD Büyük (Grand) Stratejisi</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>140</v>
+        <v>460</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786253760922</t>
+          <t>9786253760885</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Eski ̇Uygurca Tantrik Bir Metin - Avalokiteśvara-Sādhan</t>
+          <t>Girişimcilikte En Sık Yapılan Hatalar</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>160</v>
+        <v>175</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786253760496</t>
+          <t>9786253761349</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Kuruluşundan Günümüze İstanbul II. Bâyezid Külliyesi</t>
+          <t>Madalyonun Çift Yüzü -Antrenörü Ebeveyni Olan Elit Sporcular</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>340</v>
+        <v>180</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786253939014</t>
+          <t>9786253939830</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Tüm Başlıklarıyla Örgütlerde Cam Tavan</t>
+          <t>İslam Ekonomisi ve Finans Sisteminin Yönetimi</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786253760472</t>
+          <t>9786253761158</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Halk Ezgileri Üzerine Bir İnceleme ve Anadolu Müziği</t>
+          <t>Müsilaj Felaketi - Balıkçılar için Risk Yönetim Stratejileri</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>175</v>
+        <v>120</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786253939922</t>
+          <t>9786253761714</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Abdürreşid İbrahim'in Hayatı, Düşünce Dünyası ve Etkileri</t>
+          <t>Dijital Dünya-Madalyonun Öteki Yüzü</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786253938758</t>
+          <t>9786253762919</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Madencilik Sektöründeki Yenilikçi Gelişim Eğilimleri</t>
+          <t>Konya ve Çevresi Yüzey Araştırması-5</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>280</v>
+        <v>345</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786253760007</t>
+          <t>9786253761974</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>World By Word Diplomatic Interpreter’s Path</t>
+          <t>Türkiye'deki Teknoloji Geliştirme Bölgelerinin Etkinlik ve Yenilikçilik Yönünden Analizi</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786253939540</t>
+          <t>9786253760656</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Spor Yönetiminde Stres Algısının Önemi</t>
+          <t>Film Tasarımında Yaratıcı Süreçler</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786253936525</t>
+          <t>9786253760045</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Basının Amiral Gemisi Hürriyet Gazetesinin El Değiştirme Sürecinde Türkiye’de Anaakım Medyanın Sonu ve Basın Özgürlüğü Sorunu</t>
+          <t>Sosyal Onayın Dönüşümünde Sosyal Medya</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>200</v>
+        <v>175</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786253938734</t>
+          <t>9786253760298</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>II. Dünya Savaşı Yıllarında İran Azerbaycanı’nda Büyük Devletlerin Güç Mücadelesi ve Türkiye’nin Tutumu</t>
+          <t>Doğumunun 300. Yılı Anısına - Kant ve Epistemoloji</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786253939359</t>
+          <t>9786253937782</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kanıta Dayalı Diyabet Yönetimi</t>
+          <t>Türkiye Kiraz Üretiminin Arz-Talep ve İhracatının Belirleyicileri</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>600</v>
+        <v>150</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786253937409</t>
+          <t>9786253761288</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı ve Bilişsel Gelişim Üzerine</t>
+          <t>Türk Müteahhitliğinin Yurt Dışı Faaliyetleri ve Başarının Mimarları Türk Tipi Liderlik</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786253939403</t>
+          <t>9786253760854</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Buharalı Ceditçi Abdurrauf Fıtrat'ın Gazeteci Kişiliği</t>
+          <t>Sürdürülebilirlik, Çevre ve Enerji Ekonomisi</t>
         </is>
       </c>
       <c r="C353" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786253937997</t>
+          <t>9786253987305</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret ve Lojistikte Güncel Konular</t>
+          <t>Sayısal ve Sözel Anlatılar</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>140</v>
+        <v>205</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786253987350</t>
+          <t>9786253939151</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaşlanma</t>
+          <t>Kodlanmış Gelecek Yapay Zeka</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>155</v>
+        <v>280</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786253937607</t>
+          <t>9786254334467</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Etiği ve İletişim - Sorunlar, Sınırlar ve Zorluklar</t>
+          <t>Başlangıçtan 1100'lere Dicle Havzası'nda Bilimin Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786253936808</t>
+          <t>9786257492478</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Lider Yöneticiler</t>
+          <t>Kuramdan Uygulamaya Çeviri Odaklı Çözümlemeler / Translation-Oriented Analyses from Theory to Practice</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786253936648</t>
+          <t>9786253937775</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Psikolojisinde Güncel Konular</t>
+          <t>Disiplinlerarası Yaklaşımlarda Kadın ve Aile Çalışmalarına Genel Bakış</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>120</v>
+        <v>200</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786253936747</t>
+          <t>9786253760229</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Dijital Pazarlama İletişimi</t>
+          <t>Döngüsel Ekonomi, Uluslararası Ticaret ve Avrupa Birliği</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786253935832</t>
+          <t>9786253760960</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudunda Matematik</t>
+          <t>Kanser Maneviyat ve Beyin</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786253931087</t>
+          <t>9786253760373</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Matematiği</t>
+          <t>Cumhuriyet Halk Partisinin Zonguldak Vilayet Kongreleri (1935-1947)</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>225</v>
+        <v>240</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786253936044</t>
+          <t>9786253760779</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>TBMM’deki Partilerin Din Siyaseti (1951-1954)</t>
+          <t>Hayal Endüstrisi Bollywood-Popüler Hint Sineması</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>375</v>
+        <v>270</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786253935917</t>
+          <t>9786253936105</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>ABD’de Siyah Nasyonalizmi ve İslami Hareketler</t>
+          <t>Otelcilere Masallar-Gözünüzü Açan Masallar</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786253934767</t>
+          <t>9786253939144</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche, Heidegger ve Derrida’da Yapısökümün Meselesi</t>
+          <t>Sosyolojik Bakışla İletişimde Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786253935962</t>
+          <t>9786253939960</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Mekansızlar - Evsizlik, Toplum Ve Sosyal Hizmet</t>
+          <t>Türk Dünyası Entegrasyonu- Soğuk Savaş Sonrasında Türkiye-Türk Cumhuriyetleri İlişkilerinin Entegrasyon Teorileri Çerçevesinde Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C365" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786253935559</t>
+          <t>9786253936846</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nin 100 Yıllık Tarihine İz Bırakmış Sosyal ve Siyasal Politikalara Yönelik Akademik Bir Bakış</t>
+          <t>Türkiye ve Kore’de Doğum Ritüelleri</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786253934477</t>
+          <t>9786253760816</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Eğitim Perspektifinden Küresel Eğitim Politikaları</t>
+          <t>#1 Math Photo Album Hands-on Math Experiments with Posters Included</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>225</v>
+        <v>300</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786253933876</t>
+          <t>9786253937485</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerle Cumhuriyet Polemiği - Velid Ebüzziya’nın Kaleminden</t>
+          <t>Bankacılık Sisteminde Bir Erken Uyarı Modeli - Örnek Uygulamalarla “CAMELS Analizi’’</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>315</v>
+        <v>220</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786253935450</t>
+          <t>9786253760397</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Kavuşma: Hangi Kore? Siz Hangi Kore’ye Aitsiniz?</t>
+          <t>ISO/IEC 27001:2022 - Bilgi Güvenliği Yönetim Sistemi Uygulayıcılarına/Denetçilerine Yönelik El Rehberi ve Vaka Örnekleri</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786253935658</t>
+          <t>9786059663991</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Dahi Mi? Memur Mu? Nietzche Ve Hegel’in Eğitim Felsefeleri</t>
+          <t>Futbolun Temelleri</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786253932916</t>
+          <t>9786253936457</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Kimyasal Gübrelerin Üretim Teknolojileri</t>
+          <t>Dijital Dönüşüm ve Sürdürülebilir Gelecek</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786253933890</t>
+          <t>9786253935399</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizi Üzerine Felsefi Yaklaşımlar</t>
+          <t>Türk Siyasi Tarihinde Bir “Devlet” Mücadelesi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>315</v>
+        <v>500</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786253933104</t>
+          <t>9786253934026</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Antrenman Bilimleri Bibliyografyası</t>
+          <t>Boşanma - Evliliğin Ölümü</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>395</v>
+        <v>205</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786253935122</t>
+          <t>9786253935535</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye’de İklim Değişikliği Kaynaklı Kayıp ve Zararlar, Etkilere Uyum ve Dirençlilik</t>
+          <t>Amatör Teleskop Yapımı</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786253933111</t>
+          <t>9786254335358</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Aracılık, Düzenleyicilik ve Koşullu Süreç Analizleri - Teori ve Uygulama</t>
+          <t>Mut İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786253989163</t>
+          <t>9786254335211</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Arşiv Belgeleri Işığında Hırka-i Şerif Camisi</t>
+          <t>Akdeniz İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786253934132</t>
+          <t>9786254335235</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Google’dan Yapay Zekaya Geleceğin Gazeteciliği - Para, Veri ve Haber</t>
+          <t>Anamur İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>250</v>
+        <v>205</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786253934996</t>
+          <t>9786253935337</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kimlik İnşası</t>
+          <t>24 Saat Görmek - Uyku, Uyanıklık vea Rüya Bilimi</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>375</v>
+        <v>330</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786253933302</t>
+          <t>9786253933487</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya, Kültür ve Siyaset</t>
+          <t>II. Meşrutiyet Dönemi’nde Girit Meselesi ve 1910-1911 Yunanistan Boykotajı</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>220</v>
+        <v>395</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786253934866</t>
+          <t>9786253930141</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>“Ney”de Depresyonun İyileştirici Makamı</t>
+          <t>Yapay Zeka ve Yönetim</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786253931490</t>
+          <t>9786253931537</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Rus Seyahatnamelerinde Osmanlı Toplumu ve Türk İmgesi</t>
+          <t>Psikoloji ve Diğer Sosyal Bilimler İçin Jamovi ile Temel İstatistik</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>225</v>
+        <v>115</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786253932343</t>
+          <t>9786253930929</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Savunma Sanayisi ve Savunma Harcamaları</t>
+          <t>Düşük Karbonlu Gelecek İçin Yeşil Maliye</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>175</v>
+        <v>215</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786253933791</t>
+          <t>9786253986988</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Turist Rehberleri İçin El Kitabı</t>
+          <t>Türk Musikisinde Makam Bilgisi ve Tatbiki</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>395</v>
+        <v>250</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786253932060</t>
+          <t>9786254330117</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>9 Mart 1971 Askeri Darbe Girişimi İdeolojik ve Sosyoekonomik Bir Analiz</t>
+          <t>Temel Kavramlarla Sivil Toplum</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786253932527</t>
+          <t>9786254336089</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Z kuşağı Perspektifinden İşletme Bilimine Giriş - Örnek Olaylar</t>
+          <t>Bilgisayar Ağları</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>475</v>
+        <v>340</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786253987589</t>
+          <t>9786253760632</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl İran Modernleşmesi ve Osmanlı Etkisi</t>
+          <t>Finansın Görünmeyen Yüzü</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786253931957</t>
+          <t>9786253933814</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Pamukkale’de Felsefe - Cumhuriyetin 100. Yılına Armağan</t>
+          <t>İklim Değişikliği ile Mücadelede Karbon Nötr Kent</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786253931926</t>
+          <t>9786253760564</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan’ın Bölgesel Stratejisi ve Ege’de Deniz Güvenliği 1974’ten Günümüze</t>
+          <t>Yapay Zeka ve Oyunlaştırma İle Simultane Çeviri Eğitimi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>250</v>
+        <v>145</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786253932411</t>
+          <t>9786253981204</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Türkiye’de Sağ Siyasete Etkileri (AK PARTİ ve MHP)</t>
+          <t>2020 Karabağ Savaşı (İlham Aliyev: Karabağ Azerbaycan’dır!)</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786253931650</t>
+          <t>9786253760755</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Yiyecek ve İçecek Sektöründen Örnek Olay Analizleri İle Yeşil Pazarlama Stratejisi</t>
+          <t>Kırgızistan’da Bireysel Emeklilik Sistemi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786253989903</t>
+          <t>9786253760922</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Penceresinden Sosyal Sorunlar</t>
+          <t>Eski ̇Uygurca Tantrik Bir Metin - Avalokiteśvara-Sādhan</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>215</v>
+        <v>160</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786253931179</t>
+          <t>9786253760496</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Sosyoekonomik Süreçler</t>
+          <t>Kuruluşundan Günümüze İstanbul II. Bâyezid Külliyesi</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786253930448</t>
+          <t>9786253939014</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Varoluşsal Güvenlik ve Sekülerleşme</t>
+          <t>Tüm Başlıklarıyla Örgütlerde Cam Tavan</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786253989743</t>
+          <t>9786253760472</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Parlamenter Hükümet Sisteminden Cumhurbaşkanlığı Hükümet Sistemine Türkiye’de Kamu Yönetiminin Dönüşümü</t>
+          <t>Anadolu Halk Ezgileri Üzerine Bir İnceleme ve Anadolu Müziği</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>215</v>
+        <v>175</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786253987848</t>
+          <t>9786253939922</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Fibromiyalji Sendromunda Duyumsallık ve Projektif Testler</t>
+          <t>Abdürreşid İbrahim'in Hayatı, Düşünce Dünyası ve Etkileri</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786253989293</t>
+          <t>9786253938758</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Şekillenen Tarım</t>
+          <t>Madencilik Sektöründeki Yenilikçi Gelişim Eğilimleri</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786253986247</t>
+          <t>9786253760007</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği ve Yeşil Mutabakat</t>
+          <t>World By Word Diplomatic Interpreter’s Path</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786253930349</t>
+          <t>9786253939540</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>İş Süreçleri Yönetimi</t>
+          <t>Spor Yönetiminde Stres Algısının Önemi</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786253989941</t>
+          <t>9786253936525</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Matematik Öğretiminde Örüntüler</t>
+          <t>Basının Amiral Gemisi Hürriyet Gazetesinin El Değiştirme Sürecinde Türkiye’de Anaakım Medyanın Sonu ve Basın Özgürlüğü Sorunu</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786253930363</t>
+          <t>9786253938734</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Hareket Eğitiminde Alıştırmalar</t>
+          <t>II. Dünya Savaşı Yıllarında İran Azerbaycanı’nda Büyük Devletlerin Güç Mücadelesi ve Türkiye’nin Tutumu</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>155</v>
+        <v>275</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786253931056</t>
+          <t>9786253939359</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Doğu’da ve Batı’da Gündelik Yaşam</t>
+          <t>Kanıta Dayalı Diyabet Yönetimi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>370</v>
+        <v>600</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786254334474</t>
+          <t>9786253937409</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde Kemalist Milliyetçiliğin Karşısında Türkçü-Turancı Milliyetçilik</t>
+          <t>Çocuk Edebiyatı ve Bilişsel Gelişim Üzerine</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>275</v>
+        <v>190</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786253986940</t>
+          <t>9786253939403</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Hayatında Kazım Karabekir</t>
+          <t>Buharalı Ceditçi Abdurrauf Fıtrat'ın Gazeteci Kişiliği</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>505</v>
+        <v>250</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786253987626</t>
+          <t>9786253937997</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>İngiltere’nin Sömürge Valisi Sır Ronald Storrs</t>
+          <t>Uluslararası Ticaret ve Lojistikte Güncel Konular</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>340</v>
+        <v>140</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786253988159</t>
+          <t>9786253987350</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Afganistan</t>
+          <t>Sağlıklı Yaşlanma</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>450</v>
+        <v>155</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786253987510</t>
+          <t>9786253937607</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Hicaz Kitabiyatı</t>
+          <t>Yapay Zeka Etiği ve İletişim - Sorunlar, Sınırlar ve Zorluklar</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786253985356</t>
+          <t>9786253936808</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Çocuk Edebiyatı</t>
+          <t>İş Hayatında Lider Yöneticiler</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786253987077</t>
+          <t>9786253936648</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Dijital Zincirlerimiz Bağımlı Mıyız? Nomofobi Ve Netlessfobi</t>
+          <t>Çalışma Psikolojisinde Güncel Konular</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>215</v>
+        <v>120</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786253987602</t>
+          <t>9786253936747</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Gelenekselden Moderne Yerel Yönetimler</t>
+          <t>Dijital Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>365</v>
+        <v>200</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786253987251</t>
+          <t>9786253935832</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Dijital Medya Ekseninde Nostalji ve Toplumsal Bellek</t>
+          <t>İnsan Vücudunda Matematik</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786253986858</t>
+          <t>9786253931087</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Algoritmalar, Habercilik ve Medya</t>
+          <t>Yapay Zekanın Matematiği</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>255</v>
+        <v>225</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786253987084</t>
+          <t>9786253936044</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Halkla İlişkiler</t>
+          <t>TBMM’deki Partilerin Din Siyaseti (1951-1954)</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>445</v>
+        <v>375</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786253986780</t>
+          <t>9786253935917</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Dikte Bankası- Dictation Bank</t>
+          <t>ABD’de Siyah Nasyonalizmi ve İslami Hareketler</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786253985790</t>
+          <t>9786253934767</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasi Fikir Hareketleri</t>
+          <t>Nietzsche, Heidegger ve Derrida’da Yapısökümün Meselesi</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786254338854</t>
+          <t>9786253935962</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Merkez Bankası Para Politikaları ve Banka Karlılığı Üzerindeki Etkisi</t>
+          <t>Mekansızlar - Evsizlik, Toplum Ve Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786253985608</t>
+          <t>9786253935559</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Farklı Olandan Korkma! Otizm ve Sosyal Dışlanma - Ebeveynlerin Deneyimleri ve Beklentileri</t>
+          <t>Türkiye Cumhuriyeti’nin 100 Yıllık Tarihine İz Bırakmış Sosyal ve Siyasal Politikalara Yönelik Akademik Bir Bakış</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786253985127</t>
+          <t>9786253934477</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>1950 Sonrası Türk Hikayesinde Çevre Vurgusu</t>
+          <t>Karşılaştırmalı Eğitim Perspektifinden Küresel Eğitim Politikaları</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>270</v>
+        <v>225</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786253984892</t>
+          <t>9786253933876</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Üretim Göstergeleri ve Kurumsal Sürdürülebilirlik Performansı</t>
+          <t>Karikatürlerle Cumhuriyet Polemiği - Velid Ebüzziya’nın Kaleminden</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>340</v>
+        <v>315</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786254175336</t>
+          <t>9786253935450</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Hikayenin İletişimi</t>
+          <t>Kavuşma: Hangi Kore? Siz Hangi Kore’ye Aitsiniz?</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>695</v>
+        <v>240</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786253984861</t>
+          <t>9786253935658</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Ödeme Sistemleri ve Siber Güvenlik</t>
+          <t>Dahi Mi? Memur Mu? Nietzche Ve Hegel’in Eğitim Felsefeleri</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786253984762</t>
+          <t>9786253932916</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Edebi Gazetecilik</t>
+          <t>Kimyasal Gübrelerin Üretim Teknolojileri</t>
         </is>
       </c>
       <c r="C421" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786253984045</t>
+          <t>9786253933890</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Çevre Politikaları Ekseninde Yerel Yönetimler</t>
+          <t>İklim Krizi Üzerine Felsefi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>470</v>
+        <v>315</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786253982843</t>
+          <t>9786253933104</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Yenidünya Yetiştiriciliği</t>
+          <t>Antrenman Bilimleri Bibliyografyası</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786253984403</t>
+          <t>9786253935122</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Dijital Diplomasi - Hegemonya, Kamu Diplomasisi ve Dijitalleşme</t>
+          <t>Dünyada ve Türkiye’de İklim Değişikliği Kaynaklı Kayıp ve Zararlar, Etkilere Uyum ve Dirençlilik</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>350</v>
+        <v>300</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786253982737</t>
+          <t>9786253933111</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Adalet Teorisi ve Müşteri İntikam Davranışı</t>
+          <t>Aracılık, Düzenleyicilik ve Koşullu Süreç Analizleri - Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786253982928</t>
+          <t>9786253989163</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Edirne'de Osmanlı Savunma Yapıları</t>
+          <t>Arşiv Belgeleri Işığında Hırka-i Şerif Camisi</t>
         </is>
       </c>
       <c r="C426" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786253982034</t>
+          <t>9786253934132</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Metafor - Analitik Felsefe Yaklaşımı</t>
+          <t>Google’dan Yapay Zekaya Geleceğin Gazeteciliği - Para, Veri ve Haber</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786253984014</t>
+          <t>9786253934996</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Mali Tablolar ile Sektörel Risk Analizi İmalat Sanayi Üzerinde Uygulama (1999-2016)</t>
+          <t>Ulusal Kimlik İnşası</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>295</v>
+        <v>375</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786253981846</t>
+          <t>9786253933302</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatının Tarihsel Gelişim Sürecinde Türk İmgesi</t>
+          <t>Coğrafya, Kültür ve Siyaset</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786253981969</t>
+          <t>9786253934866</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoloji Bağlamında Din Eğitimi Temelli Manevi Danışmanlık</t>
+          <t>“Ney”de Depresyonun İyileştirici Makamı</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>295</v>
+        <v>145</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786253983017</t>
+          <t>9786253931490</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Söylemler ve Eylemler Bağlamında - Türk Siyasi Liderlerin Orta Asya Politikaları</t>
+          <t>Rus Seyahatnamelerinde Osmanlı Toplumu ve Türk İmgesi</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>505</v>
+        <v>225</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786253983956</t>
+          <t>9786253932343</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Konya ve Çevresi Yüzey Araştırması 4 - Hadim</t>
+          <t>Türkiye’nin Savunma Sanayisi ve Savunma Harcamaları</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>350</v>
+        <v>175</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786253983703</t>
+          <t>9786253933791</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Blok Zinciri Teknolojisi - Pazarlama Yönlü Bir Yaklaşım</t>
+          <t>Turist Rehberleri İçin El Kitabı</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>125</v>
+        <v>395</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786253982201</t>
+          <t>9786253932060</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Sınıf Yönetimi</t>
+          <t>9 Mart 1971 Askeri Darbe Girişimi İdeolojik ve Sosyoekonomik Bir Analiz</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786253981754</t>
+          <t>9786253932527</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Devletin Ekonomideki Rolü</t>
+          <t>Z kuşağı Perspektifinden İşletme Bilimine Giriş - Örnek Olaylar</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>245</v>
+        <v>475</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786254339806</t>
+          <t>9786253987589</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağın Marka Başarı Hikayeleri</t>
+          <t>19. Yüzyıl İran Modernleşmesi ve Osmanlı Etkisi</t>
         </is>
       </c>
       <c r="C436" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786253982225</t>
+          <t>9786253931957</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yerel Seçimler</t>
+          <t>Pamukkale’de Felsefe - Cumhuriyetin 100. Yılına Armağan</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>425</v>
+        <v>240</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786253981808</t>
+          <t>9786253931926</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Masterclass’ı - Pazarlama Stratejileri ve Taktikleri</t>
+          <t>Yunanistan’ın Bölgesel Stratejisi ve Ege’de Deniz Güvenliği 1974’ten Günümüze</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786253981570</t>
+          <t>9786253932411</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Suç Habitatı ve Suçlu Gençlik Habitusu</t>
+          <t>Küreselleşmenin Türkiye’de Sağ Siyasete Etkileri (AK PARTİ ve MHP)</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>340</v>
+        <v>380</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786253981150</t>
+          <t>9786253931650</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Pehlivan Anlatılarında Türk Yağlı Güreş Geleneği ve Bazı Başpehlivanlar</t>
+          <t>Yiyecek ve İçecek Sektöründen Örnek Olay Analizleri İle Yeşil Pazarlama Stratejisi</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786253982102</t>
+          <t>9786253989903</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Modern Eğitim Anlayışının Antalya’ya Yansımaları</t>
+          <t>Sosyal Hizmet Penceresinden Sosyal Sorunlar</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>340</v>
+        <v>215</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786253980887</t>
+          <t>9786253931179</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Uluslararası Göçe Yönelik Tutumlar Ve Ekonomik Kriz - Kamuoyu Araştırmalarının İleri Analizi</t>
+          <t>Osmanlı'dan Cumhuriyet'e Sosyoekonomik Süreçler</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786253981051</t>
+          <t>9786253930448</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Persisting Authoritarianism in the Arab World - Internal and External Dimensions</t>
+          <t>Varoluşsal Güvenlik ve Sekülerleşme</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786254339950</t>
+          <t>9786253989743</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nin Maliye Teşkilatı ve Uygulanan Maliye Politikaları (1870-1914)</t>
+          <t>Parlamenter Hükümet Sisteminden Cumhurbaşkanlığı Hükümet Sistemine Türkiye’de Kamu Yönetiminin Dönüşümü</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>225</v>
+        <v>215</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786253980214</t>
+          <t>9786253987848</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Çankırı Coğrafya Araştırmaları II</t>
+          <t>Fibromiyalji Sendromunda Duyumsallık ve Projektif Testler</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>350</v>
+        <v>195</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786253980085</t>
+          <t>9786253989293</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Eğitiminde Sistem Yaklaşımı</t>
+          <t>Yeniden Şekillenen Tarım</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>150</v>
+        <v>295</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786254339776</t>
+          <t>9786253986247</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Algoritmik Toplum ve Medya</t>
+          <t>İklim Değişikliği ve Yeşil Mutabakat</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>470</v>
+        <v>350</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786254338601</t>
+          <t>9786253930349</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Genişletilmiş Heckscher - Ohlin - Vanek Modeli - Dünya Faktör Ticareti Analizi</t>
+          <t>İş Süreçleri Yönetimi</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786253980306</t>
+          <t>9786253989941</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Asya’daki Güç Mücadelesi Bağlamında Gelişen Rusya-çin İlişkileri</t>
+          <t>Matematik Öğretiminde Örüntüler</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786253980238</t>
+          <t>9786253930363</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm ve Liderlik</t>
+          <t>Hareket Eğitiminde Alıştırmalar</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>255</v>
+        <v>155</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786254337918</t>
+          <t>9786253931056</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>İletişimde Büyük Veri</t>
+          <t>Doğu’da ve Batı’da Gündelik Yaşam</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>180</v>
+        <v>370</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786254339714</t>
+          <t>9786254334474</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Dijital Öykü ile Metin Temelli Dil Bilgisi Öğretimi: Pragmatik ve Yarı Deneysel Bir Çalışma</t>
+          <t>Tek Parti Döneminde Kemalist Milliyetçiliğin Karşısında Türkçü-Turancı Milliyetçilik</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786253980146</t>
+          <t>9786253986940</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Ali Ulvi Darıverenli ve Denizli Yazıları</t>
+          <t>Türk Siyasal Hayatında Kazım Karabekir</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>170</v>
+        <v>505</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786253980061</t>
+          <t>9786253987626</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Seneca’nın Etiğinde Ölüm</t>
+          <t>İngiltere’nin Sömürge Valisi Sır Ronald Storrs</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786254339493</t>
+          <t>9786253988159</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Greko - Baktriya ve Eski Türk Hukuk Belgeleri</t>
+          <t>Afganistan</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>270</v>
+        <v>450</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786253980283</t>
+          <t>9786253987510</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Nöropazarlama</t>
+          <t>Hicaz Kitabiyatı</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786254337727</t>
+          <t>9786253985356</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadında Güncel Konular - Teori Ve Uygulama</t>
+          <t>Dijital Çağda Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>380</v>
+        <v>290</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786254336935</t>
+          <t>9786253987077</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Sertleşme Bozukluğuna Son - 10 Adımda Maksimum Performans</t>
+          <t>Dijital Zincirlerimiz Bağımlı Mıyız? Nomofobi Ve Netlessfobi</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>165</v>
+        <v>215</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786254339097</t>
+          <t>9786253987602</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Köpekler İçin 3D Yemek Tarifleri</t>
+          <t>Gelenekselden Moderne Yerel Yönetimler</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>305</v>
+        <v>365</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786254338717</t>
+          <t>9786253987251</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Arşiv Kaynaklarına Göre Yunan Salib-i Ahmer Cemiyetinin (Kızılhaç’ın) Karanlık Yüzü (1919-1923)</t>
+          <t>Dijital Medya Ekseninde Nostalji ve Toplumsal Bellek</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786254339127</t>
+          <t>9786253986858</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Yakınından Geçilen Kent Niğde</t>
+          <t>Algoritmalar, Habercilik ve Medya</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>180</v>
+        <v>255</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786254339691</t>
+          <t>9786253987084</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Politikası ve Öğretim Yöntemleri</t>
+          <t>Yapay Zeka ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>170</v>
+        <v>445</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786254338847</t>
+          <t>9786253986780</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Nükleer Silahların Yayılmasını Önleme Rejimi</t>
+          <t>Dikte Bankası- Dictation Bank</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>365</v>
+        <v>120</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786254338779</t>
+          <t>9786253985790</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Liberal Demokrasi ve Adalet ve Kalkınma Partisi: 2003 - 2018</t>
+          <t>Türkiye’de Siyasi Fikir Hareketleri</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786254338083</t>
+          <t>9786254338854</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetle Giydirilmiş Bedenler</t>
+          <t>Merkez Bankası Para Politikaları ve Banka Karlılığı Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786254337642</t>
+          <t>9786253985608</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Yatırım Ortaklığı Getirilerini Etkileyen Faktörlerle İlgili Olarak - Borsa İstanbul Üzerine Bir Uygulama</t>
+          <t>Farklı Olandan Korkma! Otizm ve Sosyal Dışlanma - Ebeveynlerin Deneyimleri ve Beklentileri</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786254339448</t>
+          <t>9786253985127</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Güreş ve Kondisyonel Özellikler</t>
+          <t>1950 Sonrası Türk Hikayesinde Çevre Vurgusu</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786254337512</t>
+          <t>9786253984892</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Kaliteli Yaşlanma ve Terapötik Rekreasyon</t>
+          <t>Sürdürülebilir Üretim Göstergeleri ve Kurumsal Sürdürülebilirlik Performansı</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>255</v>
+        <v>340</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786254336720</t>
+          <t>9786254175336</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Hoca Mesud'un Dilinden Ferhengname-yi Sa'di</t>
+          <t>Hikayenin İletişimi</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>320</v>
+        <v>695</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786254338229</t>
+          <t>9786253984861</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Kurumlara Sosyolojiden Bakmak - Dünü, Bugünü Ve Yarını</t>
+          <t>Bankacılık Ödeme Sistemleri ve Siber Güvenlik</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786254337390</t>
+          <t>9786253984762</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Duygu Yönetimi</t>
+          <t>Edebi Gazetecilik</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786254337628</t>
+          <t>9786253984045</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Abd Grand Stratejisi - Tarihsel Gelişimi Ve Orta Doğu İle Türkiye’ye Etkisi</t>
+          <t>Kent ve Çevre Politikaları Ekseninde Yerel Yönetimler</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>245</v>
+        <v>470</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786254338045</t>
+          <t>9786253982843</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>İç Güvenlik İstihbaratında Sosyal Ağ Analizi</t>
+          <t>Yenidünya Yetiştiriciliği</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786254337932</t>
+          <t>9786253984403</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Oya ve Dantel El Sanatları ile İlgili Söz Varlığı</t>
+          <t>Dijital Diplomasi - Hegemonya, Kamu Diplomasisi ve Dijitalleşme</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786254337697</t>
+          <t>9786253982737</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyal Yardımların Sosyal Refah Üzerindeki Etkisi</t>
+          <t>Adalet Teorisi ve Müşteri İntikam Davranışı</t>
         </is>
       </c>
       <c r="C475" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786254338502</t>
+          <t>9786253982928</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Gömülü Teori Araştırması Sosyal İçerme Modeli - Konya Tatlıcak Mahallesi Örneği</t>
+          <t>Edirne'de Osmanlı Savunma Yapıları</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>205</v>
+        <v>240</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786254338113</t>
+          <t>9786253982034</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Duyusal Markalamada Tutum ve Algı</t>
+          <t>Metafor - Analitik Felsefe Yaklaşımı</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786254336751</t>
+          <t>9786253984014</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Özerklik - Kuram ve Uygulama</t>
+          <t>Mali Tablolar ile Sektörel Risk Analizi İmalat Sanayi Üzerinde Uygulama (1999-2016)</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786254337826</t>
+          <t>9786253981846</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Bölgesel ve Küresel Gelişmeler Işığında Uluslararası Göçler</t>
+          <t>Rus Edebiyatının Tarihsel Gelişim Sürecinde Türk İmgesi</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>255</v>
+        <v>205</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786254337284</t>
+          <t>9786253981969</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Bir Sosyal Hizmet Kurumu Olarak Darüleytam</t>
+          <t>Pozitif Psikoloji Bağlamında Din Eğitimi Temelli Manevi Danışmanlık</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>340</v>
+        <v>295</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786254337246</t>
+          <t>9786253983017</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>İslami Finansal Kurumlar Üzerine Güncel Teorik ve Uygulamalı Çalışmalar</t>
+          <t>Söylemler ve Eylemler Bağlamında - Türk Siyasi Liderlerin Orta Asya Politikaları</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>240</v>
+        <v>505</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786057302922</t>
+          <t>9786253983956</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Merkezler - Sosyoekonomik ve Pazarlama Açısından Değerlendirme</t>
+          <t>Konya ve Çevresi Yüzey Araştırması 4 - Hadim</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786254337499</t>
+          <t>9786253983703</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Güç Santrallerinin Güvenlik İlkeleri - Tasarım, Devreye Alma, İşletim ve İşletmeden Çıkarma</t>
+          <t>Blok Zinciri Teknolojisi - Pazarlama Yönlü Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786254336317</t>
+          <t>9786253982201</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Mod Birleştirme Yöntemi ile Bina Yapısal Analizi (SAP2000 Uygulamalı)</t>
+          <t>Günümüzde Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>330</v>
+        <v>195</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786254336676</t>
+          <t>9786253981754</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Dönüşümü - Postmodern Liderlik Teorileri</t>
+          <t>Türkiye’de Devletin Ekonomideki Rolü</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>215</v>
+        <v>245</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786254336980</t>
+          <t>9786254339806</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Aktörlerin İletilerinde Korkunun Üretimi ve Yayılımında Kitle Medyasının Etkisi</t>
+          <t>Dijital Çağın Marka Başarı Hikayeleri</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>365</v>
+        <v>240</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786254336188</t>
+          <t>9786253982225</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Reklam ve Halkla İlişkilerin Marka Değerine Etkisi</t>
+          <t>Türkiye’de Yerel Seçimler</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>245</v>
+        <v>425</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786254337116</t>
+          <t>9786253981808</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Hastalık, Sosyal İçerme ve İstihdam</t>
+          <t>Sosyal Medya Masterclass’ı - Pazarlama Stratejileri ve Taktikleri</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>350</v>
+        <v>180</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786254336164</t>
+          <t>9786253981570</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Küçük ve Orta Ölçekli İşletmelerde Uluslararasılaşma</t>
+          <t>Suç Habitatı ve Suçlu Gençlik Habitusu</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>215</v>
+        <v>340</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786254337369</t>
+          <t>9786253981150</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Toplumun Medyatik İnşası ve Göç</t>
+          <t>Pehlivan Anlatılarında Türk Yağlı Güreş Geleneği ve Bazı Başpehlivanlar</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786254335129</t>
+          <t>9786253982102</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Pazarlamada Rekabet İstihbaratı</t>
+          <t>Osmanlı Modern Eğitim Anlayışının Antalya’ya Yansımaları</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>215</v>
+        <v>340</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786254336461</t>
+          <t>9786253980887</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Bakış Açısı İle Kentsel Yaşam Kalitesinin Analizi</t>
+          <t>Türkiye’de Uluslararası Göçe Yönelik Tutumlar Ve Ekonomik Kriz - Kamuoyu Araştırmalarının İleri Analizi</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786254336379</t>
+          <t>9786253981051</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Türkıye'de İç Göç Ve Toplumsal Değerler (Kahramankazan Örneği)</t>
+          <t>Persisting Authoritarianism in the Arab World - Internal and External Dimensions</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>215</v>
+        <v>195</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786254337437</t>
+          <t>9786254339950</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışlarında Makro Trendler</t>
+          <t>Osmanlı Devleti’nin Maliye Teşkilatı ve Uygulanan Maliye Politikaları (1870-1914)</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>505</v>
+        <v>225</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786254335693</t>
+          <t>9786253980214</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>5 Seyyah 5 Hikaye - Aileden Devlete Osmanlı Hayat Modeli</t>
+          <t>Çankırı Coğrafya Araştırmaları II</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786254337192</t>
+          <t>9786253980085</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Sanal Dünya Sosyal Medyada Metalar Ve Metaverse</t>
+          <t>Pazarlama Eğitiminde Sistem Yaklaşımı</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786254337154</t>
+          <t>9786254339776</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Ukrayna - Kimlik, Siyaset, Dış Politika</t>
+          <t>Algoritmik Toplum ve Medya</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786254336775</t>
+          <t>9786254338601</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Çipler Artık Vücudumuzda</t>
+          <t>Genişletilmiş Heckscher - Ohlin - Vanek Modeli - Dünya Faktör Ticareti Analizi</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786254334788</t>
+          <t>9786253980306</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Dijital Halleri</t>
+          <t>Asya’daki Güç Mücadelesi Bağlamında Gelişen Rusya-çin İlişkileri</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>425</v>
+        <v>215</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786254336812</t>
+          <t>9786253980238</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Güvenlik Bağlamında Uzay Güvenliği</t>
+          <t>Dijital Dönüşüm ve Liderlik</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>270</v>
+        <v>255</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786254336560</t>
+          <t>9786254337918</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitik Teoriler Ve Riskler Işığında Bankacılık Sektörü Brıcs Ve Türkiye Örneği</t>
+          <t>İletişimde Büyük Veri</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786254336003</t>
+          <t>9786254339714</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Büyük Güçlerin Savaş Diplomasisi</t>
+          <t>Dijital Öykü ile Metin Temelli Dil Bilgisi Öğretimi: Pragmatik ve Yarı Deneysel Bir Çalışma</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786254336393</t>
+          <t>9786253980146</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>A Study on Consumer Decision-Making Process for Life Insurance Services in the 1990's</t>
+          <t>Ali Ulvi Darıverenli ve Denizli Yazıları</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786254335631</t>
+          <t>9786253980061</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dünyada Uluslararası Örgütler ve Güvenlik Algısı</t>
+          <t>Seneca’nın Etiğinde Ölüm</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786254335020</t>
+          <t>9786254339493</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Asya’da Devlet Ve Askeri Darbeler - Ekonomik, Toplumsal Ve Siyasal Değişim</t>
+          <t>Greko - Baktriya ve Eski Türk Hukuk Belgeleri</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786254336423</t>
+          <t>9786253980283</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Finans 4.0</t>
+          <t>Nöropazarlama</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786254336645</t>
+          <t>9786254337727</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>Finansal Hile Ve Manipülasyonların Değerlendirilmesinde Veri Madenciliği Tekniklerinin Kullanımı</t>
+          <t>İslam İktisadında Güncel Konular - Teori Ve Uygulama</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786254335983</t>
+          <t>9786254336935</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Digital Storytelling Als Methode</t>
+          <t>Sertleşme Bozukluğuna Son - 10 Adımda Maksimum Performans</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>195</v>
+        <v>165</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786254335969</t>
+          <t>9786254339097</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Dijital Dönüşüm</t>
+          <t>Köpekler İçin 3D Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>530</v>
+        <v>305</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786254336126</t>
+          <t>9786254338717</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Bilgi, İktidar ve Politika Alanının İnşası</t>
+          <t>Osmanlı Arşiv Kaynaklarına Göre Yunan Salib-i Ahmer Cemiyetinin (Kızılhaç’ın) Karanlık Yüzü (1919-1923)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786254335082</t>
+          <t>9786254339127</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Savaşı Anlamak - Disiplinlerarası Yaklaşımlar</t>
+          <t>Yakınından Geçilen Kent Niğde</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>255</v>
+        <v>180</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786254335471</t>
+          <t>9786254339691</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Dijital Evrenin Yeni İletişim Kodları II</t>
+          <t>Eğitim Politikası ve Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>295</v>
+        <v>170</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786254335907</t>
+          <t>9786254338847</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Reality Beyond Postmodernism - Re-thinking Of The American Dream İn David Foster Wallace’s Writings</t>
+          <t>Uluslararası Nükleer Silahların Yayılmasını Önleme Rejimi</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>215</v>
+        <v>365</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786254335518</t>
+          <t>9786254338779</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Ve Tüketim - Çocukların Tüketici Bireyler Olarak Sosyalleşmeleri</t>
+          <t>Liberal Demokrasi ve Adalet ve Kalkınma Partisi: 2003 - 2018</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786254332951</t>
+          <t>9786254338083</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Ulaşım Coğrafyasının Prensipleri Ve Türkiye Ulaşım Coğrafyası</t>
+          <t>Cinsiyetle Giydirilmiş Bedenler</t>
         </is>
       </c>
       <c r="C515" s="1">
-        <v>595</v>
+        <v>180</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786254334061</t>
+          <t>9786254337642</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde İletişim</t>
+          <t>Gayrimenkul Yatırım Ortaklığı Getirilerini Etkileyen Faktörlerle İlgili Olarak - Borsa İstanbul Üzerine Bir Uygulama</t>
         </is>
       </c>
       <c r="C516" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786254334207</t>
+          <t>9786254339448</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Ülkelerinde Ve Türkiye’de İşverenin İş Sağlığı Ve Güvenliği Eğitimi Yükümlülüğü</t>
+          <t>Güreş ve Kondisyonel Özellikler</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786254335068</t>
+          <t>9786254337512</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Basra Körfezi’nde Tarihsel Dinamikler Ve Güvenlikleştirme</t>
+          <t>Kaliteli Yaşlanma ve Terapötik Rekreasyon</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>330</v>
+        <v>255</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786254332449</t>
+          <t>9786254336720</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitikten Astropolitiğe</t>
+          <t>Hoca Mesud'un Dilinden Ferhengname-yi Sa'di</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>565</v>
+        <v>320</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786254334511</t>
+          <t>9786254338229</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Dionysosçu Nietzsche Apolloncu Sokrates'e Karşı</t>
+          <t>Toplumsal Kurumlara Sosyolojiden Bakmak - Dünü, Bugünü Ve Yarını</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786254334177</t>
+          <t>9786254337390</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kurumsal Sosyal Sorumluluk ve Kurumsal İtibar</t>
+          <t>İşletmelerde Duygu Yönetimi</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>215</v>
+        <v>270</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786254333781</t>
+          <t>9786254337628</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Ve Uluslararası Boyutlarıyla Göç</t>
+          <t>Abd Grand Stratejisi - Tarihsel Gelişimi Ve Orta Doğu İle Türkiye’ye Etkisi</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786254334344</t>
+          <t>9786254338045</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Reel Sektör Firmalarının Finansmanı ve Halka Açılma Tutumları - İSO 1000 Uygulaması</t>
+          <t>İç Güvenlik İstihbaratında Sosyal Ağ Analizi</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786257492218</t>
+          <t>9786254337932</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Güncel Gelişmelerle Yerel Ve Kentsel Siyaset</t>
+          <t>Türkiye Türkçesinde Oya ve Dantel El Sanatları ile İlgili Söz Varlığı</t>
         </is>
       </c>
       <c r="C524" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786254334122</t>
+          <t>9786254337697</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Dijital Flörtleşme</t>
+          <t>Türkiye’de Sosyal Yardımların Sosyal Refah Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>170</v>
+        <v>215</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786254332531</t>
+          <t>9786254338502</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Algı Yönetimi Ve Medya - Yabancı Basında Türkiye Algısı</t>
+          <t>Gömülü Teori Araştırması Sosyal İçerme Modeli - Konya Tatlıcak Mahallesi Örneği</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786254333552</t>
+          <t>9786254338113</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi ve Medya</t>
+          <t>Duyusal Markalamada Tutum ve Algı</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786254333989</t>
+          <t>9786254336751</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Başkentinde ABD'li Misyonerler</t>
+          <t>Eğitimde Özerklik - Kuram ve Uygulama</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786254333811</t>
+          <t>9786254337826</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Orta Anadolu’da Kentsel Yaşlanma: Kayseri Örneği</t>
+          <t>Bölgesel ve Küresel Gelişmeler Işığında Uluslararası Göçler</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>270</v>
+        <v>255</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786254332487</t>
+          <t>9786254337284</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sorunlara Panoramik Bakış</t>
+          <t>Bir Sosyal Hizmet Kurumu Olarak Darüleytam</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>270</v>
+        <v>340</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786254333385</t>
+          <t>9786254337246</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İdarecileri İçin Sağlık Teknolojisi Değerlendirme</t>
+          <t>İslami Finansal Kurumlar Üzerine Güncel Teorik ve Uygulamalı Çalışmalar</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786254333286</t>
+          <t>9786057302922</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yaşamını Yönetmek</t>
+          <t>Lojistik Merkezler - Sosyoekonomik ve Pazarlama Açısından Değerlendirme</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>240</v>
+        <v>145</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786254332999</t>
+          <t>9786254337499</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Sinema Ve Öznellik</t>
+          <t>Nükleer Güç Santrallerinin Güvenlik İlkeleri - Tasarım, Devreye Alma, İşletim ve İşletmeden Çıkarma</t>
         </is>
       </c>
       <c r="C533" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786254333514</t>
+          <t>9786254336317</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Risk Yönetimi ve Risk Ölçüm Yöntemleri</t>
+          <t>Mod Birleştirme Yöntemi ile Bina Yapısal Analizi (SAP2000 Uygulamalı)</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786254331954</t>
+          <t>9786254336676</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>İngiltere Dış Politikası (Britanya Dış Politikası)</t>
+          <t>Liderliğin Dönüşümü - Postmodern Liderlik Teorileri</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>320</v>
+        <v>215</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786254333200</t>
+          <t>9786254336980</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Tale of a River City: Reading Urban Histories of Antakya Through The Asi (Orontes) River</t>
+          <t>Siyasi Aktörlerin İletilerinde Korkunun Üretimi ve Yayılımında Kitle Medyasının Etkisi</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>215</v>
+        <v>365</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786254332524</t>
+          <t>9786254336188</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Açık Kaynak İstihbaratı ve Askeri İstihbarat - Haşdi Şabi Örgütü Üzerinde Uygulama</t>
+          <t>Reklam ve Halkla İlişkilerin Marka Değerine Etkisi</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786254333897</t>
+          <t>9786254337116</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Biyolojik Çeşitlilik Ekonomisi - Ekonomik Açıdan Biyolojik Çeşitliliğin Sürdürülebilir Kullanımı</t>
+          <t>Ruhsal Hastalık, Sosyal İçerme ve İstihdam</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786254333408</t>
+          <t>9786254336164</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Energy Security Türkiye As An Energy Actor</t>
+          <t>Küçük ve Orta Ölçekli İşletmelerde Uluslararasılaşma</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786254331831</t>
+          <t>9786254337369</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Tuz ve Gıda</t>
+          <t>Toplumun Medyatik İnşası ve Göç</t>
         </is>
       </c>
       <c r="C540" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786254332364</t>
+          <t>9786254335129</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Vergi Yargılama Hukukunda Hak Arama Özgürlüğü</t>
+          <t>Uluslararası Pazarlamada Rekabet İstihbaratı</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786254330704</t>
+          <t>9786254336461</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>ABD Dış Politikasında Türkiye ve Türk Siyasal Yaşamı (1919-1939)</t>
+          <t>Multidisipliner Bakış Açısı İle Kentsel Yaşam Kalitesinin Analizi</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786254331978</t>
+          <t>9786254336379</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Küresel Hegemonya Mücadelesi - Yükselen Çin</t>
+          <t>Türkıye'de İç Göç Ve Toplumsal Değerler (Kahramankazan Örneği)</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>320</v>
+        <v>215</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786254332166</t>
+          <t>9786254337437</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Türkiye’nin Deniz Stratejisi</t>
+          <t>Tüketici Davranışlarında Makro Trendler</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>300</v>
+        <v>505</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786254331787</t>
+          <t>9786254335693</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>Yenilenebilir Enerjiye Farklı Bakışlar</t>
+          <t>5 Seyyah 5 Hikaye - Aileden Devlete Osmanlı Hayat Modeli</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786254330759</t>
+          <t>9786254337192</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Çin-Rusya Enerji İlişkilerinde Yeni Dengeler</t>
+          <t>Sanal Dünya Sosyal Medyada Metalar Ve Metaverse</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>425</v>
+        <v>240</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786254331091</t>
+          <t>9786254337154</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>XXI. Yüzyıl Rus Edebiyatından Okumalar II</t>
+          <t>Ukrayna - Kimlik, Siyaset, Dış Politika</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786257258524</t>
+          <t>9786254336775</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Bakış Açısıyla Çeyizin Fenomenolojisi</t>
+          <t>Çipler Artık Vücudumuzda</t>
         </is>
       </c>
       <c r="C548" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786254172342</t>
+          <t>9786254334788</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Financial Markets and Institutions</t>
+          <t>Pazarlamanın Dijital Halleri</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>360</v>
+        <v>425</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786257566230</t>
+          <t>9786254336812</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Yerel ve Küresel Eksende Uluslararası Göç Üzerine İncelemeler</t>
+          <t>Uluslararası Güvenlik Bağlamında Uzay Güvenliği</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786257258968</t>
+          <t>9786254336560</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Topics in International Logistics</t>
+          <t>Jeopolitik Teoriler Ve Riskler Işığında Bankacılık Sektörü Brıcs Ve Türkiye Örneği</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786257296045</t>
+          <t>9786254336003</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Coğrafya ve Sıra Dışı Sınırlar</t>
+          <t>Büyük Güçlerin Savaş Diplomasisi</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>750</v>
+        <v>280</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786257363860</t>
+          <t>9786254336393</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Gramer - Yabancı Dil Olarak Türkçe Öğretimi Tasarımı</t>
+          <t>A Study on Consumer Decision-Making Process for Life Insurance Services in the 1990's</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786257363709</t>
+          <t>9786254335631</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçeden Günümüze Basit Fiillerin Semantikası ve Etimolojisi</t>
+          <t>Küresel Dünyada Uluslararası Örgütler ve Güvenlik Algısı</t>
         </is>
       </c>
       <c r="C554" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786257492805</t>
+          <t>9786254335020</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Çok Kriterli Karar Verme Yöntemlerinde Kriter Ağırlıklarının Belirlenmesi</t>
+          <t>Asya’da Devlet Ve Askeri Darbeler - Ekonomik, Toplumsal Ve Siyasal Değişim</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>145</v>
+        <v>290</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786257677653</t>
+          <t>9786254336423</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>COVID-19 Sürecinde Sağlık Hizmetleri Yönetimi Pratik Yaklaşımlar</t>
+          <t>Finans 4.0</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786254331350</t>
+          <t>9786254336645</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Bridging The Gaps An Almanac For Greek-Turkish Cooperation</t>
+          <t>Finansal Hile Ve Manipülasyonların Değerlendirilmesinde Veri Madenciliği Tekniklerinin Kullanımı</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>255</v>
+        <v>270</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786254330773</t>
+          <t>9786254335983</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Salgın Sonrası Dönemde Yeni Dijital’ Normal</t>
+          <t>Digital Storytelling Als Methode</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>365</v>
+        <v>195</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786257589482</t>
+          <t>9786254335969</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Sakin Şehir Hizmetleri ve Yerel Kalkınma</t>
+          <t>Pazarlamada Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>240</v>
+        <v>530</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786257589093</t>
+          <t>9786254336126</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Sokakta Çalışan Çocuklar ve Gelecek Beklentileri</t>
+          <t>Bilgi, İktidar ve Politika Alanının İnşası</t>
         </is>
       </c>
       <c r="C560" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786254330452</t>
+          <t>9786254335082</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Women Behınd The Pens: A Brief History of Turkish Feminism</t>
+          <t>Savaşı Anlamak - Disiplinlerarası Yaklaşımlar</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>180</v>
+        <v>255</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786254330490</t>
+          <t>9786254335471</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İletişimi ve Yoksulluk</t>
+          <t>Dijital Evrenin Yeni İletişim Kodları II</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>195</v>
+        <v>295</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786057662095</t>
+          <t>9786254335907</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Spiritual Care Needs Determination Scale On Patient</t>
+          <t>Reality Beyond Postmodernism - Re-thinking Of The American Dream İn David Foster Wallace’s Writings</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>100</v>
+        <v>215</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786057662187</t>
+          <t>9786254335518</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Şeyl Gazı</t>
+          <t>Çocuk Ve Tüketim - Çocukların Tüketici Bireyler Olarak Sosyalleşmeleri</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>440</v>
+        <v>245</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786052149386</t>
+          <t>9786254332951</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>İslami Hisse Senedi Piyasası</t>
+          <t>Ulaşım Coğrafyasının Prensipleri Ve Türkiye Ulaşım Coğrafyası</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>145</v>
+        <v>595</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786052149591</t>
+          <t>9786254334061</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Algılar ve Gerçekler Arasında Türk Basınında Suriyeli Sığınmacılar</t>
+          <t>Spor Bilimlerinde İletişim</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>165</v>
+        <v>215</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786059663946</t>
+          <t>9786254334207</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Çalışma Ekonomisi</t>
+          <t>Avrupa Birliği Ülkelerinde Ve Türkiye’de İşverenin İş Sağlığı Ve Güvenliği Eğitimi Yükümlülüğü</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>120</v>
+        <v>215</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786052149492</t>
+          <t>9786254335068</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Yalın Üretim Tekniklerinden Toplam Ekipman Etkinliği</t>
+          <t>Basra Körfezi’nde Tarihsel Dinamikler Ve Güvenlikleştirme</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>145</v>
+        <v>330</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786059663694</t>
+          <t>9786254332449</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Genç Futbolcularda Anaerobik Eşik, Kritik Hız ve Müsabakadaki Koşu Hızı Profili Arasındaki İlişkilerin Araştırılması</t>
+          <t>Jeopolitikten Astropolitiğe</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>145</v>
+        <v>565</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786052149270</t>
+          <t>9786254334511</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Güven ve Bağlanmanın Kurgusal Yüzleri</t>
+          <t>Dionysosçu Nietzsche Apolloncu Sokrates'e Karşı</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786052149447</t>
+          <t>9786254334177</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Gençliği'nde Obezite Fiziksel Aktivite ve Sağlıklı Yaşam</t>
+          <t>Türkiye’de Kurumsal Sosyal Sorumluluk ve Kurumsal İtibar</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>95</v>
+        <v>215</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786059663762</t>
+          <t>9786254333781</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitiminde İşbirliğine Dayalı Öğrenme</t>
+          <t>Ulusal Ve Uluslararası Boyutlarıyla Göç</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786059663595</t>
+          <t>9786254334344</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Vergi Sistemi ve Denetim</t>
+          <t>Türkiye'de Reel Sektör Firmalarının Finansmanı ve Halka Açılma Tutumları - İSO 1000 Uygulaması</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>340</v>
+        <v>165</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786059663809</t>
+          <t>9786257492218</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Ardahan’da Geçmişten Günümüze Sporun Yolculuğu</t>
+          <t>Güncel Gelişmelerle Yerel Ve Kentsel Siyaset</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>100</v>
+        <v>320</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786059663489</t>
+          <t>9786254334122</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Anaerobik Eşik Belirleme Yöntemleri</t>
+          <t>Dijital Flörtleşme</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786257589260</t>
+          <t>9786254332531</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmelerinde Dijital Teknolojiler</t>
+          <t>Algı Yönetimi Ve Medya - Yabancı Basında Türkiye Algısı</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786257589949</t>
+          <t>9786254333552</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağı: Eşitlik ve Reklam Tasarımları</t>
+          <t>Kamu Diplomasisi ve Medya</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>425</v>
+        <v>280</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786257589970</t>
+          <t>9786254333989</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Anlam Arayışı ve Din</t>
+          <t>Cumhuriyetin Başkentinde ABD'li Misyonerler</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>195</v>
+        <v>290</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786257589567</t>
+          <t>9786254333811</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmelerinde Dijital Pazarlama Süreçleri</t>
+          <t>Orta Anadolu’da Kentsel Yaşlanma: Kayseri Örneği</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>255</v>
+        <v>270</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786257296373</t>
+          <t>9786254332487</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kentsel Tasarım Kriterleri</t>
+          <t>Sosyal Sorunlara Panoramik Bakış</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786257566841</t>
+          <t>9786254333385</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Alanında Farklı Yaklaşımlar</t>
+          <t>Sağlık İdarecileri İçin Sağlık Teknolojisi Değerlendirme</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>215</v>
+        <v>195</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786257566568</t>
+          <t>9786254333286</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Veri Gazeteciliği</t>
+          <t>Sınıf Yaşamını Yönetmek</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786257492003</t>
+          <t>9786254332999</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Hükümet Politikalarının Sanat Eğitimine Etkisi (1980-2019)</t>
+          <t>Sinema Ve Öznellik</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786257589161</t>
+          <t>9786254333514</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Yabancı Dil Öğretiminde Yaratıcı Drama</t>
+          <t>Bankacılıkta Risk Yönetimi ve Risk Ölçüm Yöntemleri</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>305</v>
+        <v>195</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786257589918</t>
+          <t>9786254331954</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>Kamu ve Özel Sektörde Blokzincir Teknolojisi</t>
+          <t>İngiltere Dış Politikası (Britanya Dış Politikası)</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786257566117</t>
+          <t>9786254333200</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>İnkarın İnkarı Diyalektiği</t>
+          <t>Tale of a River City: Reading Urban Histories of Antakya Through The Asi (Orontes) River</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>365</v>
+        <v>215</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786257566803</t>
+          <t>9786254332524</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Alman Milliyetçiliğinin Dünü ve Bugünü</t>
+          <t>Açık Kaynak İstihbaratı ve Askeri İstihbarat - Haşdi Şabi Örgütü Üzerinde Uygulama</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786257258708</t>
+          <t>9786254333897</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Göç: Sosyal ve Ekonomik İncelemeler</t>
+          <t>Biyolojik Çeşitlilik Ekonomisi - Ekonomik Açıdan Biyolojik Çeşitliliğin Sürdürülebilir Kullanımı</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786257492263</t>
+          <t>9786254333408</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünya ve Yaşlılık Sorunları</t>
+          <t>Energy Security Türkiye As An Energy Actor</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>130</v>
+        <v>250</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786257258326</t>
+          <t>9786254331831</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Lawrence Kohlberg</t>
+          <t>Tuz ve Gıda</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>165</v>
+        <v>245</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786257677585</t>
+          <t>9786254332364</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Paul Bonatz’ın Türkiye Yılları</t>
+          <t>Vergi Yargılama Hukukunda Hak Arama Özgürlüğü</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786257203890</t>
+          <t>9786254330704</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>Çevre Muhasebesinin Bir Alt Dalı Olarak Karbon Muhasebesi</t>
+          <t>ABD Dış Politikasında Türkiye ve Türk Siyasal Yaşamı (1919-1939)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786257258210</t>
+          <t>9786254331978</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Açıdan Hamilelik</t>
+          <t>Küresel Hegemonya Mücadelesi - Yükselen Çin</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786257258388</t>
+          <t>9786254332166</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>Futbol Finansmanı</t>
+          <t>21. Yüzyılda Türkiye’nin Deniz Stratejisi</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>170</v>
+        <v>300</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786257203951</t>
+          <t>9786254331787</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi</t>
+          <t>Yenilenebilir Enerjiye Farklı Bakışlar</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786257258159</t>
+          <t>9786254330759</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağı - Dijital Doğanların Halkla İlişkilerdeki Yansıması</t>
+          <t>Çin-Rusya Enerji İlişkilerinde Yeni Dengeler</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786257126175</t>
+          <t>9786254331091</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>Metaforik Dil</t>
+          <t>XXI. Yüzyıl Rus Edebiyatından Okumalar II</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257932257</t>
+          <t>9786257258524</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Tekstil İmalatında Yalın Üretim</t>
+          <t>Pazarlama Bakış Açısıyla Çeyizin Fenomenolojisi</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786257932035</t>
+          <t>9786254172342</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Küresel Yer Değiştirmenin Sosyal Boyutu Afgan Sığınmacılar</t>
+          <t>Financial Markets and Institutions</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>150</v>
+        <v>360</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257203715</t>
+          <t>9786257566230</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>İç Denetim</t>
+          <t>Yerel ve Küresel Eksende Uluslararası Göç Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>250</v>
+        <v>225</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786257932424</t>
+          <t>9786257258968</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Serbest Bölgeler ve Dış Ticarete Etkileri</t>
+          <t>Topics in International Logistics</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257126052</t>
+          <t>9786257296045</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Planlı Davranış Teorisi Perspektifinden Sürdürülebilirlik İçin Pazar Bölümlerinin Politik ve Sosyal Önerileri</t>
+          <t>Siyasi Coğrafya ve Sıra Dışı Sınırlar</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>225</v>
+        <v>750</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257173582</t>
+          <t>9786257363860</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Bağlılık ve İş Etiği</t>
+          <t>Pedagojik Gramer - Yabancı Dil Olarak Türkçe Öğretimi Tasarımı</t>
         </is>
       </c>
       <c r="C603" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786257932356</t>
+          <t>9786257363709</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Seçim Kampanyaları: Nasıl Kaybedilir? Nasıl Kazanılır?</t>
+          <t>Eski Türkçeden Günümüze Basit Fiillerin Semantikası ve Etimolojisi</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786257363037</t>
+          <t>9786257492805</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Deneyimsel Pazarlama ve Müşteri Sadakati</t>
+          <t>Çok Kriterli Karar Verme Yöntemlerinde Kriter Ağırlıklarının Belirlenmesi</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786257363365</t>
+          <t>9786257677653</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Estetiği Rus Edebiyatında Gotik</t>
+          <t>COVID-19 Sürecinde Sağlık Hizmetleri Yönetimi Pratik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786257363181</t>
+          <t>9786254331350</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Beden Politikaları - Rus ve Türk Edebiyatlarında Makbul Yurttaşın İnşası (1900-1940)</t>
+          <t>Bridging The Gaps An Almanac For Greek-Turkish Cooperation</t>
         </is>
       </c>
       <c r="C607" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786257932585</t>
+          <t>9786254330773</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Effective Storytelling in Digital Marketing: A Proposed Framework</t>
+          <t>Salgın Sonrası Dönemde Yeni Dijital’ Normal</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>170</v>
+        <v>365</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257932295</t>
+          <t>9786257589482</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Medikal Turizm ve Türk Dış Politikası</t>
+          <t>Sakin Şehir Hizmetleri ve Yerel Kalkınma</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257258081</t>
+          <t>9786257589093</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İtibar Yönetimi</t>
+          <t>Sokakta Çalışan Çocuklar ve Gelecek Beklentileri</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>145</v>
+        <v>255</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786257203685</t>
+          <t>9786254330452</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Onomasyoloji Kuramdan Bilime Doğru Rus Dili Örneği</t>
+          <t>Women Behınd The Pens: A Brief History of Turkish Feminism</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786257363129</t>
+          <t>9786254330490</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Bağlam ve Aktörler</t>
+          <t>Sağlık İletişimi ve Yoksulluk</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786057662903</t>
+          <t>9786057662095</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Feminist Uluslararası İlişkiler ve Avrupa Birliği Güvenlik Politikaları</t>
+          <t>Spiritual Care Needs Determination Scale On Patient</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>165</v>
+        <v>100</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786052149829</t>
+          <t>9786057662187</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye Anatomisi</t>
+          <t>Şeyl Gazı</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>260</v>
+        <v>440</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786257296687</t>
+          <t>9786052149386</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çalışmalarında Dijital Yerliler</t>
+          <t>İslami Hisse Senedi Piyasası</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>255</v>
+        <v>145</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786257296625</t>
+          <t>9786052149591</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Transkulturalität In Der Translation</t>
+          <t>Algılar ve Gerçekler Arasında Türk Basınında Suriyeli Sığınmacılar</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786257296977</t>
+          <t>9786059663946</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Kır Sosyolojisi</t>
+          <t>Futbolun Çalışma Ekonomisi</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>255</v>
+        <v>120</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786257126090</t>
+          <t>9786052149492</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Ukrayna Krizi’nde Rusya: Büyük Güç Politikası ve Saldırgan Realist Dinamikler</t>
+          <t>Yalın Üretim Tekniklerinden Toplam Ekipman Etkinliği</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>245</v>
+        <v>145</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786257677219</t>
+          <t>9786059663694</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Taşıt Emisyonları ve Kontrolü</t>
+          <t>Genç Futbolcularda Anaerobik Eşik, Kritik Hız ve Müsabakadaki Koşu Hızı Profili Arasındaki İlişkilerin Araştırılması</t>
         </is>
       </c>
       <c r="C619" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786257203470</t>
+          <t>9786052149270</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Yerel Gazetecilik Alanı</t>
+          <t>Güven ve Bağlanmanın Kurgusal Yüzleri</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786057662361</t>
+          <t>9786052149447</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>İktisat Politikaları Çerçevesinde Türkiye’de Mali Kural Uygulamaları</t>
+          <t>Üniversite Gençliği'nde Obezite Fiziksel Aktivite ve Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>170</v>
+        <v>95</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786057662255</t>
+          <t>9786059663762</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Yeteneklerin Örgütsel Yenilikçiliğe Etkisi</t>
+          <t>Beden Eğitiminde İşbirliğine Dayalı Öğrenme</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>195</v>
+        <v>100</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786057662019</t>
+          <t>9786059663595</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>1980-1998 Döneminde Kamu Maliyesinde Yapılan Devlet İç Borçlarının Yapısal Gelişimi ve Enflasyonist Etkileri</t>
+          <t>Uluslararası Vergi Sistemi ve Denetim</t>
         </is>
       </c>
       <c r="C623" s="1">
-        <v>145</v>
+        <v>340</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786052149959</t>
+          <t>9786059663809</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Çim Hokeyinde Farklı Şut Tekniklerinin Mekaniği</t>
+          <t>Ardahan’da Geçmişten Günümüze Sporun Yolculuğu</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>145</v>
+        <v>100</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786058072862</t>
+          <t>9786059663489</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yatırım Kararlarında Yatırım İklimi Etkisi</t>
+          <t>Anaerobik Eşik Belirleme Yöntemleri</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>100</v>
+        <v>145</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786057662811</t>
+          <t>9786257589260</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>İç Kontrol ve Kurumsallaşma Arasındaki İlişkide Örgüt Kültürünün Aracılık Etkisi</t>
+          <t>Aile İşletmelerinde Dijital Teknolojiler</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786052149362</t>
+          <t>9786257589949</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>İlbank'ın Yeniden Yapılandırılması</t>
+          <t>Z Kuşağı: Eşitlik ve Reklam Tasarımları</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>165</v>
+        <v>425</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786057662545</t>
+          <t>9786257589970</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Petrol ve Doğal Gaz Boru Hatlarının Yapımında Kalite Yönetimi</t>
+          <t>Gençlik Anlam Arayışı ve Din</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786052149928</t>
+          <t>9786257589567</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Ardahan Değerlemeleri 1</t>
+          <t>Aile İşletmelerinde Dijital Pazarlama Süreçleri</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>290</v>
+        <v>255</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786052149935</t>
+          <t>9786257296373</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Türk Devletlerinde Örgün Eğitim</t>
+          <t>Sürdürülebilir Kentsel Tasarım Kriterleri</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786056928765</t>
+          <t>9786257566841</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Bağımsız Sinemaya Dair Tartışmalar</t>
+          <t>Mimarlık Alanında Farklı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786057662637</t>
+          <t>9786257566568</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Film Festivalleri</t>
+          <t>Veri Gazeteciliği</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786056928789</t>
+          <t>9786257492003</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Hapishanesi</t>
+          <t>Türkiye’deki Hükümet Politikalarının Sanat Eğitimine Etkisi (1980-2019)</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786052149157</t>
+          <t>9786257589161</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Deşifre Şarkı Söyleme</t>
+          <t>Kuramdan Uygulamaya Yabancı Dil Öğretiminde Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>100</v>
+        <v>305</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786253760595</t>
+          <t>9786257589918</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Sakin Şehirlerde Sürdürülebilir Gastronomi</t>
+          <t>Kamu ve Özel Sektörde Blokzincir Teknolojisi</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786253939984</t>
+          <t>9786257566117</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>Nanobilim ve Nanoteknoloji</t>
+          <t>İnkarın İnkarı Diyalektiği</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>300</v>
+        <v>365</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786057662859</t>
+          <t>9786257566803</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatında Kurmaca Gerçeklik</t>
+          <t>Alman Milliyetçiliğinin Dünü ve Bugünü</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>260</v>
+        <v>195</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786253939946</t>
+          <t>9786257258708</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Güncel Lojistik Uygulamaları</t>
+          <t>Göç: Sosyal ve Ekonomik İncelemeler</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786253760304</t>
+          <t>9786257492263</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık Sorununun Çözümünde Yeni Bir Deneyim: Karar Verme Becerisi</t>
+          <t>Değişen Dünya ve Yaşlılık Sorunları</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>175</v>
+        <v>130</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786254331343</t>
+          <t>9786257258326</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Spor Diyeti</t>
+          <t>Lawrence Kohlberg</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>265</v>
+        <v>165</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786052149621</t>
+          <t>9786257677585</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Çankırı Coğrafya Araştırmaları</t>
+          <t>Paul Bonatz’ın Türkiye Yılları</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786253938093</t>
+          <t>9786257203890</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Dynamics Of Art</t>
+          <t>Çevre Muhasebesinin Bir Alt Dalı Olarak Karbon Muhasebesi</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>120</v>
+        <v>195</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786253760540</t>
+          <t>9786257258210</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>İş Yerinde Menopozu Konuşmak: Menopoz Tabusundan Menopoz Politikalarına</t>
+          <t>Fıkhi Açıdan Hamilelik</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>120</v>
+        <v>215</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786253760243</t>
+          <t>9786257258388</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Belirsizlik ve Risk Çağında Tedarik Zinciri: İnovasyon ve Dirençlilik</t>
+          <t>Futbol Finansmanı</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786253939182</t>
+          <t>9786257203951</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşen Dünyada Sosyal Hizmet Eğitimi</t>
+          <t>Kamu Diplomasisi</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>275</v>
+        <v>165</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786253983642</t>
+          <t>9786257258159</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Romanlar ve Uyarlamaları</t>
+          <t>Z Kuşağı - Dijital Doğanların Halkla İlişkilerdeki Yansıması</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>365</v>
+        <v>195</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786253981785</t>
+          <t>9786257126175</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sisteminde Öğretmen Yetiştirmenin Tarihi Sosyal ve Felsefi Temelleri</t>
+          <t>Metaforik Dil</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>365</v>
+        <v>145</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786253982881</t>
+          <t>9786257932257</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Mitolojide Engellilik</t>
+          <t>Tekstil İmalatında Yalın Üretim</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786253983147</t>
+          <t>9786257932035</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya, Teknoloji ve Toplum</t>
+          <t>Küresel Yer Değiştirmenin Sosyal Boyutu Afgan Sığınmacılar</t>
         </is>
       </c>
       <c r="C649" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786254337963</t>
+          <t>9786257203715</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Spor</t>
+          <t>İç Denetim</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786254332258</t>
+          <t>9786257932424</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sayısal Televizyon Yayıncılığı</t>
+          <t>Serbest Bölgeler ve Dış Ticarete Etkileri</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257677394</t>
+          <t>9786257126052</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>NeoGastronomik Akımlar</t>
+          <t>Planlı Davranış Teorisi Perspektifinden Sürdürülebilirlik İçin Pazar Bölümlerinin Politik ve Sosyal Önerileri</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>525</v>
+        <v>225</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257677073</t>
+          <t>9786257173582</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Toplumsallaşma ve Medya</t>
+          <t>Örgütsel Bağlılık ve İş Etiği</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>215</v>
+        <v>195</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257589680</t>
+          <t>9786257932356</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Bank Vakası</t>
+          <t>Seçim Kampanyaları: Nasıl Kaybedilir? Nasıl Kazanılır?</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257363259</t>
+          <t>9786257363037</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Dijidrama ve Temel Etkinlikler</t>
+          <t>Deneyimsel Pazarlama ve Müşteri Sadakati</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786253760137</t>
+          <t>9786257363365</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İşletmecilik</t>
+          <t>Karanlığın Estetiği Rus Edebiyatında Gotik</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786253937966</t>
+          <t>9786257363181</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Avusturya'da 60 Yıl - Misafirlikten Ev Sahipliğine</t>
+          <t>Beden Politikaları - Rus ve Türk Edebiyatlarında Makbul Yurttaşın İnşası (1900-1940)</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786253939311</t>
+          <t>9786257932585</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Sprint Biyomekaniği ve İzokinetik Testler</t>
+          <t>Effective Storytelling in Digital Marketing: A Proposed Framework</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786253933166</t>
+          <t>9786257932295</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kaç Yıl Yaşadı?</t>
+          <t>Medikal Turizm ve Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786253939526</t>
+          <t>9786257258081</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Erken Yaşta Evliliklerin Erkek Yüzü</t>
+          <t>Kurumsal İtibar Yönetimi</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786253760175</t>
+          <t>9786257203685</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Sağlığı-Söylem, Politika ve Deneyimler</t>
+          <t>Onomasyoloji Kuramdan Bilime Doğru Rus Dili Örneği</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786253937447</t>
+          <t>9786257363129</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyanın Anahtarı - Kripto Paralar ile İlgili Merak Edilen Soruların Cevapları 100 Soru 100 Cevap</t>
+          <t>Bağlam ve Aktörler</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>110</v>
+        <v>165</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786253939427</t>
+          <t>9786057662903</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Batı’nın Medeniyet İçi Mücadelelerinin Orta Doğu’daki Yansımaları - Haçlı Seferlerinden Soğuk Savaş Sonrasına</t>
+          <t>Feminist Uluslararası İlişkiler ve Avrupa Birliği Güvenlik Politikaları</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786253760106</t>
+          <t>9786052149829</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Deneyim Kaybı - Benjamin ve Ong’a Göre Teknolojide Kaybolan Söz</t>
+          <t>Modern Türkiye Anatomisi</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786253939632</t>
+          <t>9786257296687</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yönetiminde Pozitif Örgütsel Davranışlar</t>
+          <t>İletişim Çalışmalarında Dijital Yerliler</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786253939557</t>
+          <t>9786257296625</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Kaynaştırma/Bütünleştirme Sınıf İçi Destekler-Öğretmen Yardımcıları İçin Bir Rehber</t>
+          <t>Transkulturalität In Der Translation</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786253934507</t>
+          <t>9786257296977</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Yönetimi</t>
+          <t>Kır Sosyolojisi</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>120</v>
+        <v>255</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786253939762</t>
+          <t>9786257126090</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>İşletme Biliminde Güncel Tartışmalar ve Paradigmalar-I</t>
+          <t>Ukrayna Krizi’nde Rusya: Büyük Güç Politikası ve Saldırgan Realist Dinamikler</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786253936785</t>
+          <t>9786257677219</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Dijital Toplumu Açıklama Çalışmaları: İletişim ve Yeni Medya</t>
+          <t>Taşıt Emisyonları ve Kontrolü</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786253938079</t>
+          <t>9786257203470</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>İran Ders Kitaplarında Şiileştirilmiş Pers Kimliği</t>
+          <t>Yerel Gazetecilik Alanı</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786253931971</t>
+          <t>9786057662361</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>Silifke (Mersin) Turizmi</t>
+          <t>İktisat Politikaları Çerçevesinde Türkiye’de Mali Kural Uygulamaları</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786052149119</t>
+          <t>9786057662255</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Ambalaj Sektöründe Stok Çeşitliliği Optimizasyonu</t>
+          <t>Dinamik Yeteneklerin Örgütsel Yenilikçiliğe Etkisi</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786253939212</t>
+          <t>9786057662019</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Üniversite Kütüphane Binaları İçin Mimari Program Rehberi</t>
+          <t>1980-1998 Döneminde Kamu Maliyesinde Yapılan Devlet İç Borçlarının Yapısal Gelişimi ve Enflasyonist Etkileri</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786253938017</t>
+          <t>9786052149959</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Oyun Okuryazarlığı</t>
+          <t>Çim Hokeyinde Farklı Şut Tekniklerinin Mekaniği</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>200</v>
+        <v>145</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786253937157</t>
+          <t>9786058072862</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Örgüt Kültürü ve Stratejik Yönetim</t>
+          <t>Yeniden Yatırım Kararlarında Yatırım İklimi Etkisi</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>300</v>
+        <v>100</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786253939618</t>
+          <t>9786057662811</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Teori ve Pratik</t>
+          <t>İç Kontrol ve Kurumsallaşma Arasındaki İlişkide Örgüt Kültürünün Aracılık Etkisi</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786253933852</t>
+          <t>9786052149362</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>Leadership Communication and Denktaş</t>
+          <t>İlbank'ın Yeniden Yapılandırılması</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786253939274</t>
+          <t>9786057662545</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Kültür ve Kuzey Kore’nin Nükleer Silah Programı</t>
+          <t>Petrol ve Doğal Gaz Boru Hatlarının Yapımında Kalite Yönetimi</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786254335679</t>
+          <t>9786052149928</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Gelişim Psikolojisinde Güncel Konular</t>
+          <t>Ardahan Değerlemeleri 1</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786253939168</t>
+          <t>9786052149935</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Bölgesel Güvenlik ve Terör</t>
+          <t>Günümüzde Türk Devletlerinde Örgün Eğitim</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786253937904</t>
+          <t>9786056928765</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Mersin Balığı Yetiştiriciliği</t>
+          <t>Türkiye'de Bağımsız Sinemaya Dair Tartışmalar</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786254338533</t>
+          <t>9786057662637</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İnsan Kaynakları Yönetimi UİKY) - Uygulama Ve Örnekler</t>
+          <t>Türkiye’de Film Festivalleri</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786253939298</t>
+          <t>9786056928789</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Investigating Unıversity Youth’s Awareness of Artificial Intelligence Applications</t>
+          <t>Kadınlar Hapishanesi</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>260</v>
+        <v>165</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786253937034</t>
+          <t>9786052149157</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde Ekonomik Değerlendirme Yöntemleri</t>
+          <t>Deşifre Şarkı Söyleme</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>135</v>
+        <v>100</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786253939489</t>
+          <t>9786253760595</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Sokak Fiziksel Öz Savunma Sistemi</t>
+          <t>Türkiye'deki Sakin Şehirlerde Sürdürülebilir Gastronomi</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786253938031</t>
+          <t>9786253939984</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Hizmetlerinde Müşteri Bağlılığını Artıran Faktörler</t>
+          <t>Nanobilim ve Nanoteknoloji</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786253939465</t>
+          <t>9786057662859</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Eğitiminde Uygulama ve İnceleme Döngüleri</t>
+          <t>Çocuk Edebiyatında Kurmaca Gerçeklik</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>90</v>
+        <v>260</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786253937812</t>
+          <t>9786253939946</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Yaşlıların Sosyal Dışlanma Algısı - Sosyolojik Bir Analiz</t>
+          <t>Güncel Lojistik Uygulamaları</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786253939380</t>
+          <t>9786253760304</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Afgan Göçmenlerin Türkiye’den Memnuniyetinin Belirleyicileri</t>
+          <t>Bağımlılık Sorununun Çözümünde Yeni Bir Deneyim: Karar Verme Becerisi</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786253937218</t>
+          <t>9786254331343</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Bankacılıktan Dijital Bankacılığa Değişim Süreci</t>
+          <t>Spor Diyeti</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>180</v>
+        <v>265</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786253939236</t>
+          <t>9786052149621</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Z Kuşağı Bireylerin Kimlik İnşası ve Sunumu</t>
+          <t>Çankırı Coğrafya Araştırmaları</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786253989989</t>
+          <t>9786253938093</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>İlköğretimde Kolay Aritmetik İşlemler</t>
+          <t>Dynamics Of Art</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>200</v>
+        <v>120</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786253939243</t>
+          <t>9786253760540</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>Teknolojlik Determinizm - Geleceğe Bakış ve Çok Boyutlu Analiz - II</t>
+          <t>İş Yerinde Menopozu Konuşmak: Menopoz Tabusundan Menopoz Politikalarına</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>230</v>
+        <v>120</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786254335853</t>
+          <t>9786253760243</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Türk Kamu Yönetiminde Stratejik Yönetim ve Stratejik Planlama</t>
+          <t>Belirsizlik ve Risk Çağında Tedarik Zinciri: İnovasyon ve Dirençlilik</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>205</v>
+        <v>140</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786253936938</t>
+          <t>9786253939182</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Another Scenarıo “Musıc” - A Philosophical and Interdisciplinary Approach to the Use of Images and Music</t>
+          <t>Dijitalleşen Dünyada Sosyal Hizmet Eğitimi</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>120</v>
+        <v>275</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786253937836</t>
+          <t>9786253983642</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in 100. Yılında Türkiye’de Eğitim Yönetimi Alanının Gelişimi - İnceleme ve Değerlendirme</t>
+          <t>Postmodern Romanlar ve Uyarlamaları</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>150</v>
+        <v>365</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786254336362</t>
+          <t>9786253981785</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Bir Medeniyet Ürünü Olarak Zeytin</t>
+          <t>Türk Eğitim Sisteminde Öğretmen Yetiştirmenin Tarihi Sosyal ve Felsefi Temelleri</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>290</v>
+        <v>365</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786253939120</t>
+          <t>9786253982881</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Dijital Diplomasi Politikaları</t>
+          <t>Mitolojide Engellilik</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786253933913</t>
+          <t>9786253983147</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Mekân Çevre Kültür</t>
+          <t>Sosyal Medya, Teknoloji ve Toplum</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786253980771</t>
+          <t>9786254337963</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Kayak - Tarihi Ve Güvenlik Uygulamaları</t>
+          <t>Küreselleşme ve Spor</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>175</v>
+        <v>340</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786254330483</t>
+          <t>9786254332258</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Assessment Center - Değerlendirme Merkezi Uygulamaları</t>
+          <t>Türkiye’de Sayısal Televizyon Yayıncılığı</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>315</v>
+        <v>320</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786253938949</t>
+          <t>9786257677394</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Estetik Emek Pratikleri</t>
+          <t>NeoGastronomik Akımlar</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>230</v>
+        <v>525</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786253938994</t>
+          <t>9786257677073</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Revizeli Ses Esaslı İlkokuma Yazma Öğretimi</t>
+          <t>Siyasal Toplumsallaşma ve Medya</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786253936624</t>
+          <t>9786257589680</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>XX. Yüzyıl Türk Tasavvufunda Entelektüel Tavır: Kenan Rifai Örneği</t>
+          <t>Çiftlik Bank Vakası</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>360</v>
+        <v>195</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786254338540</t>
+          <t>9786257363259</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Türkçe Eğitiminde Bibliyoterapi</t>
+          <t>Dijidrama ve Temel Etkinlikler</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>240</v>
+        <v>145</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786052149416</t>
+          <t>9786253760137</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Reçete ve Tarfiler ile Kıbrıs Türk Mutfağı</t>
+          <t>Uluslararası İşletmecilik</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786253937669</t>
+          <t>9786253937966</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Yazma Öğretiminde DNA Modeli</t>
+          <t>Avusturya'da 60 Yıl - Misafirlikten Ev Sahipliğine</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786253937294</t>
+          <t>9786253939311</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>E-Spor ve Liderlik</t>
+          <t>Sprint Biyomekaniği ve İzokinetik Testler</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786253937560</t>
+          <t>9786253933166</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Women In British Travel Writing</t>
+          <t>Atatürk Kaç Yıl Yaşadı?</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786253937096</t>
+          <t>9786253939526</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yıllık Cumhuriyet ve Toplum</t>
+          <t>Erken Yaşta Evliliklerin Erkek Yüzü</t>
         </is>
       </c>
       <c r="C710" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786253938055</t>
+          <t>9786253760175</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Historical Crime Fiction</t>
+          <t>Türkiye'nin Sağlığı-Söylem, Politika ve Deneyimler</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786253937645</t>
+          <t>9786253937447</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Bütçe Dağılımı</t>
+          <t>Dijital Dünyanın Anahtarı - Kripto Paralar ile İlgili Merak Edilen Soruların Cevapları 100 Soru 100 Cevap</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>380</v>
+        <v>110</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786253937010</t>
+          <t>9786253939427</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Siyaset Bağlamında Film Festivalleri</t>
+          <t>Batı’nın Medeniyet İçi Mücadelelerinin Orta Doğu’daki Yansımaları - Haçlı Seferlerinden Soğuk Savaş Sonrasına</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786253981242</t>
+          <t>9786253760106</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Eğitsel Oyun</t>
+          <t>Deneyim Kaybı - Benjamin ve Ong’a Göre Teknolojide Kaybolan Söz</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786253985295</t>
+          <t>9786253939632</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>6 Şubat 2023 Kahramanmaraş Depremleri Raporu</t>
+          <t>İşletme Yönetiminde Pozitif Örgütsel Davranışlar</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786253937171</t>
+          <t>9786253939557</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Takipteki Alacaklar ve Türk Bankacılık Sektörü</t>
+          <t>Kaynaştırma/Bütünleştirme Sınıf İçi Destekler-Öğretmen Yardımcıları İçin Bir Rehber</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786253938130</t>
+          <t>9786253934507</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Çevresel Açıdan Sektörel Atık Yönetimi ve Uygulamaları IV</t>
+          <t>Siyasetin Yönetimi</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>160</v>
+        <v>120</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786253938116</t>
+          <t>9786253939762</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>Çevresel Açıdan Sektörel Atık Yönetimi ve Uygulamaları III</t>
+          <t>İşletme Biliminde Güncel Tartışmalar ve Paradigmalar-I</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786253936662</t>
+          <t>9786253936785</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Alevi Kimliği ve Din Eğitimi</t>
+          <t>Dijital Toplumu Açıklama Çalışmaları: İletişim ve Yeni Medya</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786253937348</t>
+          <t>9786253938079</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>Hava Yolları Hesapları Üzerinden İnstagram’da Kültürel Boyutları Okumak</t>
+          <t>İran Ders Kitaplarında Şiileştirilmiş Pers Kimliği</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786253937461</t>
+          <t>9786253931971</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Aile Şirketlerinde Kurumsallaşma, Stratejik Yönetim ve Çağdaş Liderlik Uygulamaları</t>
+          <t>Silifke (Mersin) Turizmi</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786253937713</t>
+          <t>9786052149119</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Eski Harfli Türkçe Matematik Biyo-Bibliyografyası (1900-1928)</t>
+          <t>Ambalaj Sektöründe Stok Çeşitliliği Optimizasyonu</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>850</v>
+        <v>150</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786253937799</t>
+          <t>9786253939212</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılıkta Çift İlişkisi - Aile Odaklı Sosyal Hizmet Müdahalesi</t>
+          <t>Türkiye’de Üniversite Kütüphane Binaları İçin Mimari Program Rehberi</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>225</v>
+        <v>200</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786253937119</t>
+          <t>9786253938017</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Esiri - Ahmadou Bamba</t>
+          <t>Oyun Okuryazarlığı</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786253985998</t>
+          <t>9786253937157</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>Metaverse ve Yapay Zeka</t>
+          <t>İşletmelerde Örgüt Kültürü ve Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786253936860</t>
+          <t>9786253939618</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Takım Sporlarında İDİ-İletişim Yöntemi</t>
+          <t>Din Eğitiminde Teori ve Pratik</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786253937423</t>
+          <t>9786253933852</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Afetistan’da Doğrunun Peşinde</t>
+          <t>Leadership Communication and Denktaş</t>
         </is>
       </c>
       <c r="C727" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786253935290</t>
+          <t>9786253939274</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Teknolojinin Gücü</t>
+          <t>Stratejik Kültür ve Kuzey Kore’nin Nükleer Silah Programı</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786253937584</t>
+          <t>9786254335679</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Tübüler Membran Filtrasyon (Cilt II)</t>
+          <t>Eğitim ve Gelişim Psikolojisinde Güncel Konular</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786253937195</t>
+          <t>9786253939168</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Avrupa ve Türkiye Eğitim Sistemleri</t>
+          <t>Afrika’da Bölgesel Güvenlik ve Terör</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>285</v>
+        <v>180</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786253937324</t>
+          <t>9786253937904</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Pandora'nın Kutusu Açılıyor</t>
+          <t>Mersin Balığı Yetiştiriciliği</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786253936303</t>
+          <t>9786254338533</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Okul Eğitiminin İflası</t>
+          <t>Uluslararası İnsan Kaynakları Yönetimi UİKY) - Uygulama Ve Örnekler</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>175</v>
+        <v>290</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786253937508</t>
+          <t>9786253939298</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyaya Nebevi Dokunuş - Hz. Peygamber’e Dair Akademik Çalışmalar (Disiplinlerarası Yaklaşım)</t>
+          <t>Investigating Unıversity Youth’s Awareness of Artificial Intelligence Applications</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786253936259</t>
+          <t>9786253937034</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Yenilik ve Girişimcilikte Dijitalleşme - Gelişmekte Olan Ülkeler Perspektifi</t>
+          <t>Sağlık Hizmetlerinde Ekonomik Değerlendirme Yöntemleri</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>130</v>
+        <v>135</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786254338892</t>
+          <t>9786253939489</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Mübadelenin Mimari Kültürü - Sürmeli</t>
+          <t>Sokak Fiziksel Öz Savunma Sistemi</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786253938970</t>
+          <t>9786253938031</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Umuyorduk - Kadın Konukevinden Ayrılan Kadınların Ayrılış Dinamikleri: Diyarbakır Örneği</t>
+          <t>Bankacılık Hizmetlerinde Müşteri Bağlılığını Artıran Faktörler</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>140</v>
+        <v>150</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786253936976</t>
+          <t>9786253939465</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Uygarlıklar Dünyası</t>
+          <t>Öğretmen Eğitiminde Uygulama ve İnceleme Döngüleri</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>200</v>
+        <v>90</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786253937621</t>
+          <t>9786253937812</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Rumeli’den Anadolu’ya Tarihten Günümüze Tüm Yönleriyle Kaletepe, Namıdiğer Kesiriç Köyü</t>
+          <t>Yaşlıların Sosyal Dışlanma Algısı - Sosyolojik Bir Analiz</t>
         </is>
       </c>
       <c r="C738" s="1">
-        <v>350</v>
+        <v>380</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786253932992</t>
+          <t>9786253939380</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Değişim ve Gelişim I / Siyaset-İşletme Arasında</t>
+          <t>Afgan Göçmenlerin Türkiye’den Memnuniyetinin Belirleyicileri</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>115</v>
+        <v>240</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786253982324</t>
+          <t>9786253937218</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Latans Dönemi ve Projektif Testler</t>
+          <t>Geleneksel Bankacılıktan Dijital Bankacılığa Değişim Süreci</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>135</v>
+        <v>180</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786253936686</t>
+          <t>9786253939236</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Küresel Müzakerenin Yeni Formu Dijital Aktivizm</t>
+          <t>Dijital Çağda Z Kuşağı Bireylerin Kimlik İnşası ve Sunumu</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>230</v>
+        <v>150</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786253936440</t>
+          <t>9786253989989</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>Genç Yoksulluğu</t>
+          <t>İlköğretimde Kolay Aritmetik İşlemler</t>
         </is>
       </c>
       <c r="C742" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786253937881</t>
+          <t>9786253939243</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Eş Zamanlı Dijital Sahne: Cıneopera</t>
+          <t>Teknolojlik Determinizm - Geleceğe Bakış ve Çok Boyutlu Analiz - II</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786253936495</t>
+          <t>9786254335853</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Anscombe - Modern Ahlak Felsefesi Eleştirisi ve Niyet - Eylem Teorisi</t>
+          <t>Türk Kamu Yönetiminde Stratejik Yönetim ve Stratejik Planlama</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>140</v>
+        <v>205</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786257932448</t>
+          <t>9786253936938</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Hibrit Savaşlar</t>
+          <t>Another Scenarıo “Musıc” - A Philosophical and Interdisciplinary Approach to the Use of Images and Music</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>315</v>
+        <v>120</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786253936068</t>
+          <t>9786253937836</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Senaryo Müzik - Görüntü ve Müzik Kullanımına Felsefi ve Disiplinlerarası Bir Yaklaşım</t>
+          <t>Cumhuriyet’in 100. Yılında Türkiye’de Eğitim Yönetimi Alanının Gelişimi - İnceleme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>100</v>
+        <v>150</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786253936143</t>
+          <t>9786254336362</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Çağında Tüketici Davranışı - Dijital Profiller ve Büyük Verinin Etkisi</t>
+          <t>Bir Medeniyet Ürünü Olarak Zeytin</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786257203937</t>
+          <t>9786253939120</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Farmakoepidemiyoloji</t>
+          <t>Dijital Diplomasi Politikaları</t>
         </is>
       </c>
       <c r="C748" s="1">
-        <v>365</v>
+        <v>150</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786253931254</t>
+          <t>9786253933913</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>İmranlı (Ümraniye) Boğazören Köyü Eski Mezarlık’taki Taş Sandukalar ve Koçgiri Mezar Taşları Üzerine Değerlendirme</t>
+          <t>Mekân Çevre Kültür</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786253931193</t>
+          <t>9786253980771</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze İktisat, Maliye ve Sosyal Kurumlar</t>
+          <t>Kayak - Tarihi Ve Güvenlik Uygulamaları</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786253989415</t>
+          <t>9786254330483</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Blockchain ve Nesnelerin İnterneti - Alan Uygulamaları-2</t>
+          <t>Assessment Center - Değerlendirme Merkezi Uygulamaları</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786253989101</t>
+          <t>9786253938949</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği Siyaseti Riskler, Fırsatlar ve Yeni Vizyonlar</t>
+          <t>Bankacılıkta Estetik Emek Pratikleri</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786253989538</t>
+          <t>9786253938994</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Farkındalık ve Turizm</t>
+          <t>Revizeli Ses Esaslı İlkokuma Yazma Öğretimi</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786253989644</t>
+          <t>9786253936624</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>Fundamentals of Matlab For Economic Modelling</t>
+          <t>XX. Yüzyıl Türk Tasavvufunda Entelektüel Tavır: Kenan Rifai Örneği</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>255</v>
+        <v>360</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786253988449</t>
+          <t>9786254338540</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>İyisiyle Kötüsüyle Sürdürülebilirlik “Yaşasın İyilik”</t>
+          <t>Kuramdan Uygulamaya Türkçe Eğitiminde Bibliyoterapi</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786253988586</t>
+          <t>9786052149416</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Girişimcilik Ekosistemi (2001-2020)</t>
+          <t>Reçete ve Tarfiler ile Kıbrıs Türk Mutfağı</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>255</v>
+        <v>315</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786253980788</t>
+          <t>9786253937669</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>İstatistiksel Yöntemler Boyutuyla İstisnalarla Yönetim</t>
+          <t>İlk Okuma Yazma Öğretiminde DNA Modeli</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>205</v>
+        <v>275</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786253987190</t>
+          <t>9786253937294</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliğinin İnsan Hakları Üzerindeki Etkisi</t>
+          <t>E-Spor ve Liderlik</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>215</v>
+        <v>140</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786253988104</t>
+          <t>9786253937560</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Matematik</t>
+          <t>Women In British Travel Writing</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786253987282</t>
+          <t>9786253937096</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Diziler ve Seriler Ders Notları</t>
+          <t>Yüz Yıllık Cumhuriyet ve Toplum</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>170</v>
+        <v>200</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786253988036</t>
+          <t>9786253938055</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Haldun Taner ve İnsan</t>
+          <t>Historical Crime Fiction</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>365</v>
+        <v>150</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786253982966</t>
+          <t>9786253937645</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Poetika ve Gerçeklik - Türk Şiirinde İzler</t>
+          <t>Sağlıkta Bütçe Dağılımı</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>195</v>
+        <v>380</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786253982805</t>
+          <t>9786253937010</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Marka Değeri ve Muhasebeleştirilmesi</t>
+          <t>Sanat ve Siyaset Bağlamında Film Festivalleri</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786254338090</t>
+          <t>9786253981242</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Çocuk Oyunları</t>
+          <t>Eğitsel Oyun</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786254335112</t>
+          <t>9786253985295</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bakış Açılarıyla Yoksulluk Çalışmaları</t>
+          <t>6 Şubat 2023 Kahramanmaraş Depremleri Raporu</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786254332777</t>
+          <t>9786253937171</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Düşüşü: Post - Gerçek Zeminde İletişim</t>
+          <t>Takipteki Alacaklar ve Türk Bankacılık Sektörü</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786254331725</t>
+          <t>9786253938130</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Örnek Cümleler Ve Diyaloglarla Türkçe Konuşma Kılavuzu</t>
+          <t>Çevresel Açıdan Sektörel Atık Yönetimi ve Uygulamaları IV</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>155</v>
+        <v>160</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786254331053</t>
+          <t>9786253938116</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel ve Modern Çalma Teknikli UD METODU</t>
+          <t>Çevresel Açıdan Sektörel Atık Yönetimi ve Uygulamaları III</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>465</v>
+        <v>220</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786257363303</t>
+          <t>9786253936662</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Bibliyometrik Analiz</t>
+          <t>Alevi Kimliği ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786257566933</t>
+          <t>9786253937348</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Amaç Cümleleri</t>
+          <t>Hava Yolları Hesapları Üzerinden İnstagram’da Kültürel Boyutları Okumak</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786257492874</t>
+          <t>9786253937461</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zincirinde Riskler</t>
+          <t>Aile Şirketlerinde Kurumsallaşma, Stratejik Yönetim ve Çağdaş Liderlik Uygulamaları</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786257589895</t>
+          <t>9786253937713</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Sanal Gerçeklik ve 360 Derece Film</t>
+          <t>Eski Harfli Türkçe Matematik Biyo-Bibliyografyası (1900-1928)</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>315</v>
+        <v>850</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786052149126</t>
+          <t>9786253937799</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Mikro İktisadi Açıdan Sağlık Hizmetleri Piyasasının Analizi</t>
+          <t>Yaşlılıkta Çift İlişkisi - Aile Odaklı Sosyal Hizmet Müdahalesi</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786253934088</t>
+          <t>9786253937119</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Spor Yayınları Bibliyografyası - Kitaplar</t>
+          <t>Özgürlüğün Esiri - Ahmadou Bamba</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786253936723</t>
+          <t>9786253985998</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Aile Nereye Evriliyor</t>
+          <t>Metaverse ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786253930745</t>
+          <t>9786253936860</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Kentsel İçmesuyu Tesislerinin Planlaması, İnşaatı ve İşletilmesi</t>
+          <t>Takım Sporlarında İDİ-İletişim Yöntemi</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>705</v>
+        <v>200</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786253936181</t>
+          <t>9786253937423</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Atan-a-mayanlar</t>
+          <t>Afetistan’da Doğrunun Peşinde</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786253936273</t>
+          <t>9786253935290</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Otizm Metaforları</t>
+          <t>Teknolojinin Gücü</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>100</v>
+        <v>140</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786254332128</t>
+          <t>9786253937584</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Soru Sorma Stratejileri</t>
+          <t>Tübüler Membran Filtrasyon (Cilt II)</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>140</v>
+        <v>130</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786059663571</t>
+          <t>9786253937195</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Kozmetik Kimyası Güzelliğin Formülü</t>
+          <t>Avrupa ve Türkiye Eğitim Sistemleri</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>250</v>
+        <v>285</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786253935795</t>
+          <t>9786253937324</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Kent Kamusallığında Toplumsal Cinsiyet</t>
+          <t>Pandora'nın Kutusu Açılıyor</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>115</v>
+        <v>300</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786253936341</t>
+          <t>9786253936303</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’ne Yönelik Düzensiz Göçlerin Terörizmle Mücadele Bağlamında Analizi</t>
+          <t>Okul Eğitiminin İflası</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>115</v>
+        <v>175</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786253934880</t>
+          <t>9786253937508</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Project Management In Non-Governmental Organizations (NGOs)/</t>
+          <t>Modern Dünyaya Nebevi Dokunuş - Hz. Peygamber’e Dair Akademik Çalışmalar (Disiplinlerarası Yaklaşım)</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>160</v>
+        <v>240</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786253936587</t>
+          <t>9786253936259</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Eğitim - Giriş Kitabı</t>
+          <t>Yenilik ve Girişimcilikte Dijitalleşme - Gelişmekte Olan Ülkeler Perspektifi</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786253936518</t>
+          <t>9786254338892</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Dijital Oyun Evreni</t>
+          <t>Mübadelenin Mimari Kültürü - Sürmeli</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786253937072</t>
+          <t>9786253938970</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Ay Ken Du İt Rafet!</t>
+          <t>Umuyorduk - Kadın Konukevinden Ayrılan Kadınların Ayrılış Dinamikleri: Diyarbakır Örneği</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>76</v>
+        <v>140</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786253936709</t>
+          <t>9786253936976</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Endüstrisi ve Spor</t>
+          <t>Uygarlıklar Dünyası</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>96</v>
+        <v>200</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786253936006</t>
+          <t>9786253937621</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Gelişmişlik ve Kadın Görünürlüğü</t>
+          <t>Rumeli’den Anadolu’ya Tarihten Günümüze Tüm Yönleriyle Kaletepe, Namıdiğer Kesiriç Köyü</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>84</v>
+        <v>350</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786253936204</t>
+          <t>9786253932992</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masallarında Mesajlar</t>
+          <t>Kamu Yönetiminde Değişim ve Gelişim I / Siyaset-İşletme Arasında</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>130</v>
+        <v>115</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786253936167</t>
+          <t>9786253982324</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Medyada Cumhuriyet Algısının İdeolojik İnşası - Haber Editörlüğü ve Çerçeveleme</t>
+          <t>Latans Dönemi ve Projektif Testler</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>550</v>
+        <v>135</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786253936761</t>
+          <t>9786253936686</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>AK Parti Para ve Maliye Politikaları 2018-2023</t>
+          <t>Küresel Müzakerenin Yeni Formu Dijital Aktivizm</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786253935894</t>
+          <t>9786253936440</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Kararın Sibernetiği - Karmaşık Sistemlerde Kararın Dinamiğini Anlamak</t>
+          <t>Genç Yoksulluğu</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786253933449</t>
+          <t>9786253937881</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Liderlik</t>
+          <t>Eş Zamanlı Dijital Sahne: Cıneopera</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786253935948</t>
+          <t>9786253936495</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Pürüzsüz Yaşlanma</t>
+          <t>Anscombe - Modern Ahlak Felsefesi Eleştirisi ve Niyet - Eylem Teorisi</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786253935474</t>
+          <t>9786257932448</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Doğa Turizmi</t>
+          <t>Hibrit Savaşlar</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>275</v>
+        <v>315</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786257677479</t>
+          <t>9786253936068</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’nin Kafkasya Politikası 1991 - 2006</t>
+          <t>Bir Başka Senaryo Müzik - Görüntü ve Müzik Kullanımına Felsefi ve Disiplinlerarası Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>190</v>
+        <v>100</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786253934637</t>
+          <t>9786253936143</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ile Güvenli Çalışma Hayatı</t>
+          <t>Yapay Zeka Çağında Tüketici Davranışı - Dijital Profiller ve Büyük Verinin Etkisi</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786253935986</t>
+          <t>9786257203937</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Sendika ve Siyasal Katılım</t>
+          <t>Farmakoepidemiyoloji</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>190</v>
+        <v>365</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786253986389</t>
+          <t>9786253931254</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>İlham veren Harmonik Liderlik</t>
+          <t>İmranlı (Ümraniye) Boğazören Köyü Eski Mezarlık’taki Taş Sandukalar ve Koçgiri Mezar Taşları Üzerine Değerlendirme</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>305</v>
+        <v>190</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786253933746</t>
+          <t>9786253931193</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>İncesu Halk Kültürü Isparta/Keçiborlu - Ardıç Gıvratan Bilge</t>
+          <t>Osmanlı’dan Günümüze İktisat, Maliye ve Sosyal Kurumlar</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>550</v>
+        <v>195</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786254338342</t>
+          <t>9786253989415</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Esrar ve Sentetik Esrar</t>
+          <t>Blockchain ve Nesnelerin İnterneti - Alan Uygulamaları-2</t>
         </is>
       </c>
       <c r="C801" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786253933678</t>
+          <t>9786253989101</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>Almanya’da Kadınlara Yönelik Sosyal Politikalar</t>
+          <t>İklim Değişikliği Siyaseti Riskler, Fırsatlar ve Yeni Vizyonlar</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>205</v>
+        <v>280</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786253934958</t>
+          <t>9786253989538</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Bir Varoluş Hikayesi</t>
+          <t>Bilinçli Farkındalık ve Turizm</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>425</v>
+        <v>165</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786253935726</t>
+          <t>9786253989644</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Algısıyla Şehir Hastaneleri</t>
+          <t>Fundamentals of Matlab For Economic Modelling</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>315</v>
+        <v>255</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786259887654</t>
+          <t>9786253988449</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Gelecek Perspektifi - Eğitimin Geleceği, Geleceğin Eğitimi</t>
+          <t>İyisiyle Kötüsüyle Sürdürülebilirlik “Yaşasın İyilik”</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786253935016</t>
+          <t>9786253988586</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Zürafayı Öldürmek - Hayvanat Bahçelerinde Yaşatma ve Öldürme Pratikleri</t>
+          <t>Türkiye Girişimcilik Ekosistemi (2001-2020)</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786253934071</t>
+          <t>9786253980788</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Parlamentosunda Kültürel Ortaklık Tartışması: Suriyeli Sığınmacılar Örneği</t>
+          <t>İstatistiksel Yöntemler Boyutuyla İstisnalarla Yönetim</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>375</v>
+        <v>205</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786254334870</t>
+          <t>9786253987190</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Kadın Girişimciler</t>
+          <t>İklim Değişikliğinin İnsan Hakları Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786253934927</t>
+          <t>9786253988104</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Yerküre ve Edebiyat</t>
+          <t>Sanatta Matematik</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>365</v>
+        <v>205</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786253933500</t>
+          <t>9786253987282</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Divan - Toplumsal Sorunların Çözümüne Farklı Bir Yaklaşım</t>
+          <t>Diziler ve Seriler Ders Notları</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786254339370</t>
+          <t>9786253988036</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sonrası Çağda Dijital Gazetecilikte Etik Ve İtibar</t>
+          <t>Haldun Taner ve İnsan</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>240</v>
+        <v>365</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786257363761</t>
+          <t>9786253982966</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Şiddet ve İletişim</t>
+          <t>Poetika ve Gerçeklik - Türk Şiirinde İzler</t>
         </is>
       </c>
       <c r="C812" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786253935689</t>
+          <t>9786253982805</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>Huzurevinde Yaşlılara Manevi Bakım</t>
+          <t>İşletmelerde Marka Değeri ve Muhasebeleştirilmesi</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786253935511</t>
+          <t>9786254338090</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Dayatılmış Engelli Kimliği - Bir Sosyal İnşa Süreci Olarak Engellilik</t>
+          <t>Geleneksel Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>470</v>
+        <v>270</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786253984625</t>
+          <t>9786254335112</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Malatya Tarihinden Kesitler</t>
+          <t>Farklı Bakış Açılarıyla Yoksulluk Çalışmaları</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>315</v>
+        <v>280</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786253934576</t>
+          <t>9786254332777</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Ekseninde Kolektif Bellek ve Popüler Tarih</t>
+          <t>Gerçeğin Düşüşü: Post - Gerçek Zeminde İletişim</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>275</v>
+        <v>165</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786253933531</t>
+          <t>9786254331725</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Deyimbilim - Geleneksel ve Çağdaş Yaklaşımlar</t>
+          <t>Örnek Cümleler Ve Diyaloglarla Türkçe Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>550</v>
+        <v>155</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786253935573</t>
+          <t>9786254331053</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Velid Ebüzziya’nın Mektupları</t>
+          <t>Geleneksel ve Modern Çalma Teknikli UD METODU</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>290</v>
+        <v>465</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786253935498</t>
+          <t>9786257363303</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Yol ve Medeniyet - Ortak Kader ve Ortak Geleceği İnşa Etmek</t>
+          <t>Bibliyometrik Analiz</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>205</v>
+        <v>470</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786253935351</t>
+          <t>9786257566933</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Spor Turizmi Destinasyonlarında Kimlik, İmaj ve Sadakat</t>
+          <t>Türkçede Amaç Cümleleri</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786253934903</t>
+          <t>9786257492874</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetim Turizm Anlayışı</t>
+          <t>Tedarik Zincirinde Riskler</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>315</v>
+        <v>215</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786253935214</t>
+          <t>9786257589895</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Bedene Estetik Müdahale Olgusuna (Cerrahi ve Cerrahi Olmayan Estetik İşlemler Ayrımı Özelinde) Pierre Bourdieu Perspektifinden Bakmak</t>
+          <t>Sanal Gerçeklik ve 360 Derece Film</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>190</v>
+        <v>315</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786253935597</t>
+          <t>9786052149126</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>1935 Genel Seçimlerinde Bağımsız Milletvekilleri ve Meclis Faaliyetleri (1935-1939)</t>
+          <t>Mikro İktisadi Açıdan Sağlık Hizmetleri Piyasasının Analizi</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>125</v>
+        <v>245</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786253933210</t>
+          <t>9786253934088</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Toprak-Bitki-Atmosfer İlişkisinde Evapotranspirasyon</t>
+          <t>Spor Yayınları Bibliyografyası - Kitaplar</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786254335273</t>
+          <t>9786253936723</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Çamlıyayla İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Aile Nereye Evriliyor</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786254335280</t>
+          <t>9786253930745</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Aydıncık İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Kentsel İçmesuyu Tesislerinin Planlaması, İnşaatı ve İşletilmesi</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>205</v>
+        <v>705</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786254335433</t>
+          <t>9786253936181</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Gülnar İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Atan-a-mayanlar</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786254335457</t>
+          <t>9786253936273</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Erdemli İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Otizm Metaforları</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786254335532</t>
+          <t>9786254332128</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Yenişehir İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Sınıfta Soru Sorma Stratejileri</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786254335617</t>
+          <t>9786059663571</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Silifke İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Kozmetik Kimyası Güzelliğin Formülü</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786253934651</t>
+          <t>9786253935795</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Rus Dilbiliminde Söylem Kuramı</t>
+          <t>Kent Kamusallığında Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>205</v>
+        <v>115</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786254335570</t>
+          <t>9786253936341</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Tarsus İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Avrupa Birliği’ne Yönelik Düzensiz Göçlerin Terörizmle Mücadele Bağlamında Analizi</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>220</v>
+        <v>115</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786253935054</t>
+          <t>9786253934880</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Küllerinden Doğuyor</t>
+          <t>Project Management In Non-Governmental Organizations (NGOs)/</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>275</v>
+        <v>160</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786253933388</t>
+          <t>9786253936587</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğrenme ve Öğretim Yaklaşımları</t>
+          <t>Bütüncül Eğitim - Giriş Kitabı</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786253932930</t>
+          <t>9786253936518</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Yeni Yaklaşımlar</t>
+          <t>Dijital Oyun Evreni</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786253935153</t>
+          <t>9786253937072</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Zordan Kolaya - Eğriden Doğruya</t>
+          <t>Ay Ken Du İt Rafet!</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>220</v>
+        <v>76</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786253934316</t>
+          <t>9786253936709</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>İnsani Yardım</t>
+          <t>Yönetim Endüstrisi ve Spor</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>275</v>
+        <v>96</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786253933067</t>
+          <t>9786253936006</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Şehir Hastaneleri İçin Kanıta Dayalı Yönetsel Karar Verme Modeli</t>
+          <t>Kentsel Gelişmişlik ve Kadın Görünürlüğü</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>250</v>
+        <v>84</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786254336508</t>
+          <t>9786253936204</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Geç Dönem Osmanlı'dan Günümüze Türkiye'de Göç Politikalarının Evrimi</t>
+          <t>Grimm Masallarında Mesajlar</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>265</v>
+        <v>130</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786253933197</t>
+          <t>9786253936167</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Web 2.0 Destekli Dijital Öyküleme: Teoriden Uygulamaya</t>
+          <t>Medyada Cumhuriyet Algısının İdeolojik İnşası - Haber Editörlüğü ve Çerçeveleme</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786253933012</t>
+          <t>9786253936761</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Yaşanan Kimlik Krizinin Günümüz Yönetim Yaklaşımları Üzerinden Değerlendirilmesi</t>
+          <t>AK Parti Para ve Maliye Politikaları 2018-2023</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786253935191</t>
+          <t>9786253935894</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Turizminde Sağlık Serbest Bölgeleri</t>
+          <t>Yönetimde Kararın Sibernetiği - Karmaşık Sistemlerde Kararın Dinamiğini Anlamak</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786253935436</t>
+          <t>9786253933449</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>Bir Medeniyet Ürünü Olarak Zeytinyağı - Kadim Kültür Değerlerimiz II</t>
+          <t>İz Bırakan Liderlik</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786253933333</t>
+          <t>9786253935948</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Sektörel Kitabı II</t>
+          <t>Pürüzsüz Yaşlanma</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>705</v>
+        <v>280</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786253935276</t>
+          <t>9786253935474</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Gerzekler Pandemisi Artık Her Yerdeler</t>
+          <t>Doğa Turizmi</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786253935313</t>
+          <t>9786257677479</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Fintech</t>
+          <t>Avrupa Birliği’nin Kafkasya Politikası 1991 - 2006</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>315</v>
+        <v>190</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786253935078</t>
+          <t>9786253934637</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim Tekniklerinde VUCA Uygulamaları - Bibliyometrik Bir Analiz</t>
+          <t>İş Sağlığı ile Güvenli Çalışma Hayatı</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786253934989</t>
+          <t>9786253935986</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Karanlık Yüzü</t>
+          <t>Sendika ve Siyasal Katılım</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786253932275</t>
+          <t>9786253986389</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>Amerika’da Siyaset Yönetim Toplum</t>
+          <t>İlham veren Harmonik Liderlik</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>440</v>
+        <v>305</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786253981358</t>
+          <t>9786253933746</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>Şehirler, Binalar ve Doğa Tabanlı Çözümler Tırmanıcı Bitkilerle Cephe Yeşillendirmesi</t>
+          <t>İncesu Halk Kültürü Isparta/Keçiborlu - Ardıç Gıvratan Bilge</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786253935030</t>
+          <t>9786254338342</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Yerel Paydaşların Bakış Açısıyla Turizmin Destinasyonlara Etkileri</t>
+          <t>Esrar ve Sentetik Esrar</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786254339844</t>
+          <t>9786253933678</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Marka Sadakati Bağlamında İşlevsel Ve Sembolik Konumlandırma</t>
+          <t>Almanya’da Kadınlara Yönelik Sosyal Politikalar</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>145</v>
+        <v>205</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786253989705</t>
+          <t>9786253934958</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu’da Üç Lider - Bin Ali, Kaddafi, Mübarek</t>
+          <t>Bir Varoluş Hikayesi</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>205</v>
+        <v>425</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786253932305</t>
+          <t>9786253935726</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Prososyal Sessizlik, Örgütsel Güven ve Örgütsel Bağlılık İlişkisinde Örgütsel Prestijin Rolü</t>
+          <t>Tüketici Algısıyla Şehir Hastaneleri</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>280</v>
+        <v>315</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786253932541</t>
+          <t>9786259887654</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Türk Yönetim Kültürü</t>
+          <t>Eğitimde Gelecek Perspektifi - Eğitimin Geleceği, Geleceğin Eğitimi</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>345</v>
+        <v>340</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786253934842</t>
+          <t>9786253935016</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Tefsiru’l-Kelbî ve Tefsiru İbn Abbas (TİA) İlişkisi</t>
+          <t>Zürafayı Öldürmek - Hayvanat Bahçelerinde Yaşatma ve Öldürme Pratikleri</t>
         </is>
       </c>
       <c r="C856" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786253935238</t>
+          <t>9786253934071</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Milli Görüş Partilerinin Geleceği - Üç Tarz-ı Siyaset</t>
+          <t>Avrupa Birliği Parlamentosunda Kültürel Ortaklık Tartışması: Suriyeli Sığınmacılar Örneği</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>120</v>
+        <v>375</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786253934552</t>
+          <t>9786254334870</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>XX. Yüzyıldan Günümüze Resim Sanatındaki Zaman Sembolü ve Zaman Kavramı</t>
+          <t>Türkiye'deki Kadın Girişimciler</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786253932664</t>
+          <t>9786253934927</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Açık ve Uzaktan Öğretim Fakültesi Hizmetlerinden Memnuniyetin Belirleyicileri</t>
+          <t>Yerküre ve Edebiyat</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>240</v>
+        <v>365</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786253932893</t>
+          <t>9786253933500</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Yüzüncü Yılında Türkiye’nin Ekonomik, Sosyal ve Siyasi Yapısı Üzerine İncelemeler</t>
+          <t>Divan - Toplumsal Sorunların Çözümüne Farklı Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>625</v>
+        <v>220</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786253932978</t>
+          <t>9786254339370</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Üzerine Araştırmalar</t>
+          <t>Hakikat Sonrası Çağda Dijital Gazetecilikte Etik Ve İtibar</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>155</v>
+        <v>240</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786253932718</t>
+          <t>9786257363761</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Tüketicilerin Alışveriş Merkezlerine Yönelik Sadakatleri</t>
+          <t>Sağlıkta Şiddet ve İletişim</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>175</v>
+        <v>190</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786253933630</t>
+          <t>9786253935689</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Metodoloji - Disiplinlerarası Bir Yaklaşım</t>
+          <t>Huzurevinde Yaşlılara Manevi Bakım</t>
         </is>
       </c>
       <c r="C863" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786253934743</t>
+          <t>9786253935511</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Değişim ve Gelişim II / Siyaset - İşletme Arasında, 1999-2024</t>
+          <t>Dayatılmış Engelli Kimliği - Bir Sosyal İnşa Süreci Olarak Engellilik</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786253931865</t>
+          <t>9786253984625</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Turist Rehberliği Mesleğine Disiplinler Arası Bir Yaklaşım</t>
+          <t>Malatya Tarihinden Kesitler</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>365</v>
+        <v>315</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786253932688</t>
+          <t>9786253934576</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Pandora’nın Kutusu Açılıyor - Gölgedeki Sosyal Sorunlar 1</t>
+          <t>Sosyal Medya Ekseninde Kolektif Bellek ve Popüler Tarih</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>365</v>
+        <v>275</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786253980375</t>
+          <t>9786253933531</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>Deyimbilim - Geleneksel ve Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>345</v>
+        <v>550</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786253934781</t>
+          <t>9786253935573</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Critical Geopolitics And Maritime Fiction - Patrick O’brian’s The Golden Ocean And The Unknown Shore</t>
+          <t>Velid Ebüzziya’nın Mektupları</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786253934682</t>
+          <t>9786253935498</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Yönetimde Yeni Trendler</t>
+          <t>Yol ve Medeniyet - Ortak Kader ve Ortak Geleceği İnşa Etmek</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>240</v>
+        <v>205</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786253930998</t>
+          <t>9786253935351</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Yün Keçe Peri Bebek Yapımı</t>
+          <t>Spor Turizmi Destinasyonlarında Kimlik, İmaj ve Sadakat</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786253931919</t>
+          <t>9786253934903</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Arapça YDS - YÖKDİL - YKS Hazırlık 10 Tema / 10 Metin</t>
+          <t>Yerel Yönetim Turizm Anlayışı</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>470</v>
+        <v>315</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786254339349</t>
+          <t>9786253935214</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme ve Yönetim</t>
+          <t>Bedene Estetik Müdahale Olgusuna (Cerrahi ve Cerrahi Olmayan Estetik İşlemler Ayrımı Özelinde) Pierre Bourdieu Perspektifinden Bakmak</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786254337253</t>
+          <t>9786253935597</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklu Ordusunda Sefer Organizasyonu</t>
+          <t>1935 Genel Seçimlerinde Bağımsız Milletvekilleri ve Meclis Faaliyetleri (1935-1939)</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>495</v>
+        <v>125</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786254337345</t>
+          <t>9786253933210</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Sistemlerde Üst Düzey Yöneticilerin Statüsü Düzenleme - Atama - Denetleme</t>
+          <t>Toprak-Bitki-Atmosfer İlişkisinde Evapotranspirasyon</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>425</v>
+        <v>500</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786254332197</t>
+          <t>9786254335273</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Ana Haber Bülteni - Öğretmenlere Ve Öğretmen Adaylarına Yönelik</t>
+          <t>Çamlıyayla İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C875" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786254330834</t>
+          <t>9786254335280</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid Han - İslamcılık ve Tarih Söyleşileri</t>
+          <t>Aydıncık İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>190</v>
+        <v>205</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786059663373</t>
+          <t>9786254335433</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Urfa Halkevi (1934-1951)</t>
+          <t>Gülnar İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C877" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786257126229</t>
+          <t>9786254335457</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Fıkhi Açıdan Beden Estetizasyonu</t>
+          <t>Erdemli İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786257203647</t>
+          <t>9786254335532</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Yolculuğundan Yansımalar</t>
+          <t>Yenişehir İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786253933074</t>
+          <t>9786254335617</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Avrupa 2023 - Siyaset, Güvenlik, Göç, Terör ve Dış İlişkiler</t>
+          <t>Silifke İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786253933289</t>
+          <t>9786253934651</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Dünya Rekabetinde Bir Marka Olmak</t>
+          <t>Rus Dilbiliminde Söylem Kuramı</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>280</v>
+        <v>205</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786253934415</t>
+          <t>9786254335570</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Dijital Teknoloji ve Sosyal Medya Pazarlaması</t>
+          <t>Tarsus İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786253933296</t>
+          <t>9786253935054</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetiminde Süreç Yönetimi (SYSY)</t>
+          <t>Türkiye Küllerinden Doğuyor</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786253930608</t>
+          <t>9786253933388</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Zorlukların Yönetimi</t>
+          <t>Sosyal Bilgiler Öğrenme ve Öğretim Yaklaşımları</t>
         </is>
       </c>
       <c r="C884" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786253933616</t>
+          <t>9786253932930</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Kalite Kültürü Temelinde Çevikleşen Örgütlerde Liderlik</t>
+          <t>Yönetimde Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786253933562</t>
+          <t>9786253935153</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in 100. Yılında Türkiye’de Sosyal Bilimler</t>
+          <t>Zordan Kolaya - Eğriden Doğruya</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>395</v>
+        <v>220</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786253932831</t>
+          <t>9786253934316</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasalarında Devlet Başkanının Sorumluluğu</t>
+          <t>İnsani Yardım</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786253933425</t>
+          <t>9786253933067</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Jeopolitiği</t>
+          <t>Şehir Hastaneleri İçin Kanıta Dayalı Yönetsel Karar Verme Modeli</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>395</v>
+        <v>250</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786253934002</t>
+          <t>9786254336508</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in 100. Yılında Tavas</t>
+          <t>Geç Dönem Osmanlı'dan Günümüze Türkiye'de Göç Politikalarının Evrimi</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786253932817</t>
+          <t>9786253933197</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Girişimcilik - Teori ve Uygulamalar</t>
+          <t>Web 2.0 Destekli Dijital Öyküleme: Teoriden Uygulamaya</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>315</v>
+        <v>240</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786253932770</t>
+          <t>9786253933012</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Havacılıkta Güncel Yaklaşımlar</t>
+          <t>Kamu Yönetiminde Yaşanan Kimlik Krizinin Günümüz Yönetim Yaklaşımları Üzerinden Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786253932626</t>
+          <t>9786253935191</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Gençliğinin Dijital Oyun Oynama Alışkanlığının Araştırılması</t>
+          <t>Sağlık Turizminde Sağlık Serbest Bölgeleri</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786253933968</t>
+          <t>9786253935436</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Deprem Okuryazarlığı</t>
+          <t>Bir Medeniyet Ürünü Olarak Zeytinyağı - Kadim Kültür Değerlerimiz II</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786253989767</t>
+          <t>9786253933333</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Savaş ve Çatışmalar - Kentsel Alanlarda Askeri Harekat ve Operasyonlar</t>
+          <t>İş Sağlığı ve Güvenliği Sektörel Kitabı II</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>280</v>
+        <v>705</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786253934217</t>
+          <t>9786253935276</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Düzenler &amp; Barışlar - Diplomatik Arabuluculuğun Tarihsel Sosyolojik Bir İncelemesi</t>
+          <t>Gerzekler Pandemisi Artık Her Yerdeler</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>315</v>
+        <v>145</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786253932459</t>
+          <t>9786253935313</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Çocuk, Kulüp, Aile Üçgeninde Sporcu Ebeveyni Olmak</t>
+          <t>Fintech</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>140</v>
+        <v>315</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786253933258</t>
+          <t>9786253935078</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Farklı Boyutlarıyla Sağlık Kurumları Yönetimi</t>
+          <t>Stratejik Yönetim Tekniklerinde VUCA Uygulamaları - Bibliyometrik Bir Analiz</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>550</v>
+        <v>190</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786253932435</t>
+          <t>9786253934989</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Kadın Kooperatifleri</t>
+          <t>Eğitimin Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>155</v>
+        <v>125</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786253934354</t>
+          <t>9786253932275</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimde Yapı ve Süreç</t>
+          <t>Amerika’da Siyaset Yönetim Toplum</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>190</v>
+        <v>440</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786253934439</t>
+          <t>9786253981358</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Dijital İtibar</t>
+          <t>Şehirler, Binalar ve Doğa Tabanlı Çözümler Tırmanıcı Bitkilerle Cephe Yeşillendirmesi</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786253930011</t>
+          <t>9786253935030</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşen Medya ve İletişim Araştırmaları</t>
+          <t>Yerel Paydaşların Bakış Açısıyla Turizmin Destinasyonlara Etkileri</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786253932237</t>
+          <t>9786254339844</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Klasik Gitar İçin Türk Tasavvuf Musikisi Aranjmanları - I</t>
+          <t>Marka Sadakati Bağlamında İşlevsel Ve Sembolik Konumlandırma</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>155</v>
+        <v>145</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786253989453</t>
+          <t>9786253989705</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Public Sentiment of a Pandemic – Securitizing Health in Turkey</t>
+          <t>Orta Doğu’da Üç Lider - Bin Ali, Kaddafi, Mübarek</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>190</v>
+        <v>205</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786253931216</t>
+          <t>9786253932305</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nun Son Döneminde ve Gazetecilikte Manipülasyon</t>
+          <t>Prososyal Sessizlik, Örgütsel Güven ve Örgütsel Bağlılık İlişkisinde Örgütsel Prestijin Rolü</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>315</v>
+        <v>280</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786253932251</t>
+          <t>9786253932541</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Kırşehir El Örgüsü Çorapları ve Patikleri</t>
+          <t>Türk Yönetim Kültürü</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>240</v>
+        <v>345</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786253932473</t>
+          <t>9786253934842</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Performans Değerleme Sistemi</t>
+          <t>Tefsiru’l-Kelbî ve Tefsiru İbn Abbas (TİA) İlişkisi</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>175</v>
+        <v>220</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786253932954</t>
+          <t>9786253935238</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Yeşil İşletmeler Teori ve Uygulamalar</t>
+          <t>Milli Görüş Partilerinin Geleceği - Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>205</v>
+        <v>120</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786253932374</t>
+          <t>9786253934552</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>Yönetsel ve Örgütsel Davranış Alanı ile İlgili Güncel Konular</t>
+          <t>XX. Yüzyıldan Günümüze Resim Sanatındaki Zaman Sembolü ve Zaman Kavramı</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786253932756</t>
+          <t>9786253932664</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Sınır Ötesindeki Yankılar - Mültecilerin Medyadaki Varoluşu</t>
+          <t>Açık ve Uzaktan Öğretim Fakültesi Hizmetlerinden Memnuniyetin Belirleyicileri</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786253930264</t>
+          <t>9786253932893</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Savunma Yönetimi - Disiplinlerarası Bir Yaklaşım</t>
+          <t>Cumhuriyet’in Yüzüncü Yılında Türkiye’nin Ekonomik, Sosyal ve Siyasi Yapısı Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>395</v>
+        <v>625</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786253931476</t>
+          <t>9786253932978</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Ücretin Haksız Belirleyeni - Cinsiyet</t>
+          <t>Sivil Toplum Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>120</v>
+        <v>155</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786253932046</t>
+          <t>9786253932718</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Örtülü Dijital Emek</t>
+          <t>Tüketicilerin Alışveriş Merkezlerine Yönelik Sadakatleri</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>155</v>
+        <v>175</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786253932213</t>
+          <t>9786253933630</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Yaşamda Kadın</t>
+          <t>Göç ve Metodoloji - Disiplinlerarası Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>395</v>
+        <v>175</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786253930622</t>
+          <t>9786253934743</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri Hemşirelerinde Psikodrama Uygulaması</t>
+          <t>Kamu Yönetiminde Değişim ve Gelişim II / Siyaset - İşletme Arasında, 1999-2024</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>125</v>
+        <v>150</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786253988548</t>
+          <t>9786253931865</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik, Felsefi ve Tarihi Yönleriyle Hekimlik</t>
+          <t>Turist Rehberliği Mesleğine Disiplinler Arası Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>375</v>
+        <v>365</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786253980016</t>
+          <t>9786253932688</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Din Kültürü ve Ahlak Bilgisi Öğretmenleri ve Öğretim Materyalleri</t>
+          <t>Pandora’nın Kutusu Açılıyor - Gölgedeki Sosyal Sorunlar 1</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>345</v>
+        <v>365</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786253932114</t>
+          <t>9786253980375</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Kişiye Özel Tercüme Hizmetleri</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>255</v>
+        <v>345</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786253930400</t>
+          <t>9786253934781</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Yeni Korumacılık</t>
+          <t>Critical Geopolitics And Maritime Fiction - Patrick O’brian’s The Golden Ocean And The Unknown Shore</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786253989873</t>
+          <t>9786253934682</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılın Eşsiz Yeteneği: Dijital Dönüşüm - Sağlık Alanına Dair Bazı Yorumlamalar</t>
+          <t>Yeşil Yönetimde Yeni Trendler</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>125</v>
+        <v>240</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786253932855</t>
+          <t>9786253930998</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Kişilikte Güncel Çalışmalar</t>
+          <t>Yün Keçe Peri Bebek Yapımı</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786253932503</t>
+          <t>9786253931919</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ekonomide Güncel Eğilimler</t>
+          <t>Arapça YDS - YÖKDİL - YKS Hazırlık 10 Tema / 10 Metin</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>700</v>
+        <v>470</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786253931025</t>
+          <t>9786254339349</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl İşletmelerinde Bilgiye Dayalı Girişimcilik</t>
+          <t>Dijitalleşme ve Yönetim</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786253930769</t>
+          <t>9786254337253</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Kamu Kurumlarında İç Denetim Uygulamaları</t>
+          <t>Büyük Selçuklu Ordusunda Sefer Organizasyonu</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>145</v>
+        <v>495</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786253934101</t>
+          <t>9786254337345</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Örgüt İklimi ve Örgütsel Vatandaşlık Davranışı Açısından Cam Tavan Algısı</t>
+          <t>Siyasal Sistemlerde Üst Düzey Yöneticilerin Statüsü Düzenleme - Atama - Denetleme</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>145</v>
+        <v>425</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786253932565</t>
+          <t>9786254332197</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Medyanın Kurgusal Gerçekliği ve Travmaları (Ciltli)</t>
+          <t>Ana Haber Bülteni - Öğretmenlere Ve Öğretmen Adaylarına Yönelik</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786253930035</t>
+          <t>9786254330834</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Dijital Evrenin Yeni İletişim Kodları IV</t>
+          <t>Sultan Abdülhamid Han - İslamcılık ve Tarih Söyleşileri</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786253930721</t>
+          <t>9786059663373</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Lise Son Sınıf Öğrencilerinin Üniversiteye Kariyer Geçişlerine Yönelik Bir Model Önerisi</t>
+          <t>Urfa Halkevi (1934-1951)</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>275</v>
+        <v>205</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786253986803</t>
+          <t>9786257126229</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon Stratejileri ve Motivasyonun İşletme Performansına Etkileri</t>
+          <t>Geçmişten Günümüze Fıkhi Açıdan Beden Estetizasyonu</t>
         </is>
       </c>
       <c r="C928" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786253987725</t>
+          <t>9786257203647</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Katılım Finans Uyuşmazlıklarının Çözümünde Tahkim</t>
+          <t>Araştırma Yolculuğundan Yansımalar</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>165</v>
+        <v>330</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786253930202</t>
+          <t>9786253933074</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Beden Eğitimi Öğretmen Eğitimi Standartlarının Oluşturulması</t>
+          <t>Avrupa 2023 - Siyaset, Güvenlik, Göç, Terör ve Dış İlişkiler</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786253988869</t>
+          <t>9786253933289</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>İstif Stratigrafisinin Temel Prensipleri</t>
+          <t>Dünya Rekabetinde Bir Marka Olmak</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>470</v>
+        <v>280</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786253989439</t>
+          <t>9786253934415</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Teknolojik Determinizm</t>
+          <t>Dijital Teknoloji ve Sosyal Medya Pazarlaması</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>870</v>
+        <v>120</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786253989927</t>
+          <t>9786253933296</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Reklam Araştırmalarında Farklı Bakış Açıları</t>
+          <t>Sağlık Yönetiminde Süreç Yönetimi (SYSY)</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786253983680</t>
+          <t>9786253930608</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>İş Kazalarında Veri Analizi - SPSS ve Lojistik Regresyon Uygulamaları</t>
+          <t>Zorlukların Yönetimi</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786253983574</t>
+          <t>9786253933616</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Stratejilerinin Performans Üzerindeki Etkisi</t>
+          <t>Kalite Kültürü Temelinde Çevikleşen Örgütlerde Liderlik</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786253983840</t>
+          <t>9786253933562</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sürecinde Özel Okullarda İnsan Kaynakları Yönetimi</t>
+          <t>Cumhuriyet’in 100. Yılında Türkiye’de Sosyal Bilimler</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>215</v>
+        <v>395</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786253986889</t>
+          <t>9786253932831</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Data Privacy - A Special Review of Android Applications in The USA</t>
+          <t>Türk Anayasalarında Devlet Başkanının Sorumluluğu</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786253985004</t>
+          <t>9786253933425</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Karar Vermede Çerçeveleme Etkisi</t>
+          <t>Türk Dünyası Jeopolitiği</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>190</v>
+        <v>395</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786253987497</t>
+          <t>9786253934002</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Kimlik, Din ve Siyaset</t>
+          <t>Cumhuriyet’in 100. Yılında Tavas</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786253988753</t>
+          <t>9786253932817</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Bir Tüketim Pratiği Olarak Hanehalkının İsraf Davranışlarının Sosyolojik Analizi</t>
+          <t>Sosyal Girişimcilik - Teori ve Uygulamalar</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>190</v>
+        <v>315</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786253930387</t>
+          <t>9786253932770</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Bursa Hisar'ı Tasarlamak</t>
+          <t>Havacılıkta Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786253982430</t>
+          <t>9786253932626</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Engelli Ailesinde Boşanma</t>
+          <t>Üniversite Gençliğinin Dijital Oyun Oynama Alışkanlığının Araştırılması</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>375</v>
+        <v>240</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786253932015</t>
+          <t>9786253933968</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Diplomasisi - Dünyadan Örnekler Türkiye İçin Öneriler</t>
+          <t>Deprem Okuryazarlığı</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786253932206</t>
+          <t>9786253989767</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Satışta Sosyal Stiller</t>
+          <t>Kentsel Savaş ve Çatışmalar - Kentsel Alanlarda Askeri Harekat ve Operasyonlar</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>330</v>
+        <v>280</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786253988708</t>
+          <t>9786253934217</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Innovation for Social Business Administration</t>
+          <t>Düzenler &amp; Barışlar - Diplomatik Arabuluculuğun Tarihsel Sosyolojik Bir İncelemesi</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>415</v>
+        <v>315</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786253931735</t>
+          <t>9786253932459</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Gaziantep Üniversitesinde Öğrenim Gören Afrikalı Öğrencilerin Mekan, Toplum ve Akademik Deneyimleri</t>
+          <t>Çocuk, Kulüp, Aile Üçgeninde Sporcu Ebeveyni Olmak</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>145</v>
+        <v>140</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786253930684</t>
+          <t>9786253933258</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Outside The Nation, Inside The Melancholic State(s) of Mind</t>
+          <t>Farklı Boyutlarıyla Sağlık Kurumları Yönetimi</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786253931612</t>
+          <t>9786253932435</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>Development Aid and Middle Power Diplomacy: Navigating TİKA’s Role in Turkish Foreign Policy</t>
+          <t>A’dan Z’ye Kadın Kooperatifleri</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>165</v>
+        <v>155</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786253931803</t>
+          <t>9786253934354</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Liderin Kavram Dünyası - Nurettin Topçu ve Erol Güngör Sözlüğü</t>
+          <t>Yükseköğretimde Yapı ve Süreç</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>150</v>
+        <v>190</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786253931575</t>
+          <t>9786253934439</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Sakin Şehirlerde Sürdürülebilir Turizm</t>
+          <t>Dijital İtibar</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>380</v>
+        <v>145</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786253930127</t>
+          <t>9786253930011</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Biliminde Yapay Zeka</t>
+          <t>Dijitalleşen Medya ve İletişim Araştırmaları</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786253988555</t>
+          <t>9786253932237</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Structures on the Manifolds and Bundles - Lift Problems</t>
+          <t>Klasik Gitar İçin Türk Tasavvuf Musikisi Aranjmanları - I</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>590</v>
+        <v>155</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786253986926</t>
+          <t>9786253989453</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Müşteri İlişkileri Yönetimi</t>
+          <t>Public Sentiment of a Pandemic – Securitizing Health in Turkey</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786253930844</t>
+          <t>9786253931216</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Gastronomide Üretim ve Tüketim Boyutları</t>
+          <t>Osmanlı İmparatorluğu’nun Son Döneminde ve Gazetecilikte Manipülasyon</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>520</v>
+        <v>315</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786253930882</t>
+          <t>9786253932251</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Erkekliğe Karşı Üçlü İttifak</t>
+          <t>Kırşehir El Örgüsü Çorapları ve Patikleri</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786253930660</t>
+          <t>9786253932473</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Grup İçi Etkileşim, Takım İşbirliği ve Kolektif Zeka</t>
+          <t>Performans Değerleme Sistemi</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>255</v>
+        <v>175</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786253988319</t>
+          <t>9786253932954</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>İşletme Biliminde Güncel Tartışmalar</t>
+          <t>Yeşil İşletmeler Teori ve Uygulamalar</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>215</v>
+        <v>205</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786253987572</t>
+          <t>9786253932374</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Isparta’da Deprem Afet Yönetimi ve Kentsel Dönüşüm</t>
+          <t>Yönetsel ve Örgütsel Davranış Alanı ile İlgili Güncel Konular</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>340</v>
+        <v>220</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786253988814</t>
+          <t>9786253932756</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Kültür, Düğün ve Toplumsal Yapılanma</t>
+          <t>Sınır Ötesindeki Yankılar - Mültecilerin Medyadaki Varoluşu</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786253982270</t>
+          <t>9786253930264</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Devrimi’nden Günümüze Emeğin Niteliği</t>
+          <t>Savunma Yönetimi - Disiplinlerarası Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>150</v>
+        <v>395</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786253930059</t>
+          <t>9786253931476</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Ekonomisi - Politika, Yönetim Ve Uygulama</t>
+          <t>Ücretin Haksız Belirleyeni - Cinsiyet</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>295</v>
+        <v>120</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786253989613</t>
+          <t>9786253932046</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Biyografik Filmler</t>
+          <t>Örtülü Dijital Emek</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>280</v>
+        <v>155</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786253931636</t>
+          <t>9786253932213</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in 100. Yılında İletişim Çalışmalarında “Kadın”</t>
+          <t>Toplumsal Yaşamda Kadın</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>215</v>
+        <v>395</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786253989842</t>
+          <t>9786253930622</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Afetlerde Etik Yaklaşım</t>
+          <t>Psikiyatri Hemşirelerinde Psikodrama Uygulaması</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>215</v>
+        <v>125</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786253989187</t>
+          <t>9786253988548</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Moda, Reklam ve Toplumsal Değişim</t>
+          <t>Sosyolojik, Felsefi ve Tarihi Yönleriyle Hekimlik</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786253931353</t>
+          <t>9786253980016</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Almanya’ya Hoş mu Geldiniz? Almanya’daki Türklerin Suriyelilere Bakışı</t>
+          <t>Din Kültürü ve Ahlak Bilgisi Öğretmenleri ve Öğretim Materyalleri</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>290</v>
+        <v>345</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786253931438</t>
+          <t>9786253932114</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Türk Ü Tazi</t>
+          <t>Çeviribilimde Kişiye Özel Tercüme Hizmetleri</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>295</v>
+        <v>255</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786253980351</t>
+          <t>9786253930400</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İmalat Sanayiine Sektörel Bakış</t>
+          <t>Yeni Korumacılık</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>820</v>
+        <v>190</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786253986674</t>
+          <t>9786253989873</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sürecinde Üniversitelerde Yabancı Dil Öğretimi: Durum Çalışması</t>
+          <t>21. Yüzyılın Eşsiz Yeteneği: Dijital Dönüşüm - Sağlık Alanına Dair Bazı Yorumlamalar</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>150</v>
+        <v>125</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786253988425</t>
+          <t>9786253932855</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Hava Yolu Taşıyıcıları Rekabet Stratejileri - Türkiye’de Düşük Maliyetli Hava Yolu Taşıyıcıları</t>
+          <t>Kişilikte Güncel Çalışmalar</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>295</v>
+        <v>270</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786253930585</t>
+          <t>9786253932503</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Kampanya Yönetimi ve Uygulamaları</t>
+          <t>Yeşil Ekonomide Güncel Eğilimler</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>590</v>
+        <v>700</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786253931315</t>
+          <t>9786253931025</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Medya ve İletişim Çalışmaları</t>
+          <t>21. Yüzyıl İşletmelerinde Bilgiye Dayalı Girişimcilik</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786253931001</t>
+          <t>9786253930769</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Çevre Eğitiminde Güncel Yaklaşımlar</t>
+          <t>Kamu Kurumlarında İç Denetim Uygulamaları</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>340</v>
+        <v>145</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786253930820</t>
+          <t>9786253934101</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Alanında Disiplinler Arası Yaklaşımlar - Dijitalleşme</t>
+          <t>Örgüt İklimi ve Örgütsel Vatandaşlık Davranışı Açısından Cam Tavan Algısı</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>215</v>
+        <v>145</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786253988395</t>
+          <t>9786253932565</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Finansal Sosyal Hizmet</t>
+          <t>Medyanın Kurgusal Gerçekliği ve Travmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786253930905</t>
+          <t>9786253930035</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Yalan Söyler mi? Kendiyle Çelişen İktisat</t>
+          <t>Dijital Evrenin Yeni İletişim Kodları IV</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786253930547</t>
+          <t>9786253930721</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Şanlıurfa İlinde Tarım, Hayvancılık ve Kırsal Kalkınma</t>
+          <t>Lise Son Sınıf Öğrencilerinin Üniversiteye Kariyer Geçişlerine Yönelik Bir Model Önerisi</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>215</v>
+        <v>275</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786253930462</t>
+          <t>9786253986803</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İle Rusya Arasında Siyasi Krizlerin Ekonomilerine Yansıması</t>
+          <t>İnovasyon Stratejileri ve Motivasyonun İşletme Performansına Etkileri</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>365</v>
+        <v>190</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786253989071</t>
+          <t>9786253987725</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Stem Eğitimine Yolculuk</t>
+          <t>Uluslararası Katılım Finans Uyuşmazlıklarının Çözümünde Tahkim</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>320</v>
+        <v>165</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786253930561</t>
+          <t>9786253930202</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Structure Evolutıon In Steels Of Railway Wheels At Manufacture And Operations</t>
+          <t>Türkiye İçin Beden Eğitimi Öğretmen Eğitimi Standartlarının Oluşturulması</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>280</v>
+        <v>295</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786253989354</t>
+          <t>9786253988869</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Perspektifinden Kolluk Çalışmaları III - Liderlik Üzerine</t>
+          <t>İstif Stratigrafisinin Temel Prensipleri</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>180</v>
+        <v>470</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786253988388</t>
+          <t>9786253989439</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Psikosiyasal Yönüyle Saldırganlık ve Terör</t>
+          <t>Teknolojik Determinizm</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>275</v>
+        <v>870</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786253930783</t>
+          <t>9786253989927</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Kadının Güçlenmesi Sürecinde Bir Sosyal Girişim Modeli Olarak Kadın Kooperatifleri</t>
+          <t>Reklam Araştırmalarında Farklı Bakış Açıları</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786253987398</t>
+          <t>9786253983680</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu’da Elitler ve Dış Politika</t>
+          <t>İş Kazalarında Veri Analizi - SPSS ve Lojistik Regresyon Uygulamaları</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>255</v>
+        <v>180</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786253988333</t>
+          <t>9786253983574</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Kayıt Dışı Çalışanların Sosyal Yardım Alma Durumunu Etkileyen Faktörler</t>
+          <t>Tedarik Zinciri Stratejilerinin Performans Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786253988999</t>
+          <t>9786253983840</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Küreselleşme, Siyaset ve Uluslararası Sistem</t>
+          <t>Pandemi Sürecinde Özel Okullarda İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786253988678</t>
+          <t>9786253986889</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Gıdanın Geleceği</t>
+          <t>Data Privacy - A Special Review of Android Applications in The USA</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>565</v>
+        <v>205</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786253930486</t>
+          <t>9786253985004</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Erdemli Liderlik Modeli</t>
+          <t>Karar Vermede Çerçeveleme Etkisi</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786253931292</t>
+          <t>9786253987497</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm Sürecinde İletişim Çalışmaları</t>
+          <t>Kimlik, Din ve Siyaset</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786253989231</t>
+          <t>9786253988753</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle İş - Aile Çatışması</t>
+          <t>Bir Tüketim Pratiği Olarak Hanehalkının İsraf Davranışlarının Sosyolojik Analizi</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786253931100</t>
+          <t>9786253930387</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticarete Yönelik Teşvikler ve Ekonomik Etkileri</t>
+          <t>Bursa Hisar'ı Tasarlamak</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786253989392</t>
+          <t>9786253982430</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekâ: Alan Uygulamaları-2</t>
+          <t>Engelli Ailesinde Boşanma</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>320</v>
+        <v>375</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786253930646</t>
+          <t>9786253932015</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Paydaş Yaklaşımı Çerçevesinde Sürdürülebilirlik</t>
+          <t>Eğitim Diplomasisi - Dünyadan Örnekler Türkiye İçin Öneriler</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786253989590</t>
+          <t>9786253932206</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Genomik Veri Tabanlarında İndeksleme ve Arama Yöntemleri Üzerine</t>
+          <t>Satışta Sosyal Stiller</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>150</v>
+        <v>330</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786253930288</t>
+          <t>9786253988708</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Platon’dan Churchlandlara Zihin Felsefesinin Kısa Tarihi</t>
+          <t>Innovation for Social Business Administration</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>340</v>
+        <v>415</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786253931940</t>
+          <t>9786253931735</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Emerging Issues in Terrorism Studies</t>
+          <t>Gaziantep Üniversitesinde Öğrenim Gören Afrikalı Öğrencilerin Mekan, Toplum ve Akademik Deneyimleri</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786253988920</t>
+          <t>9786253930684</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Smart Cities: Cases and Implications</t>
+          <t>Outside The Nation, Inside The Melancholic State(s) of Mind</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>215</v>
+        <v>170</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786253987121</t>
+          <t>9786253931612</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanan İş Gücü Yönetimi</t>
+          <t>Development Aid and Middle Power Diplomacy: Navigating TİKA’s Role in Turkish Foreign Policy</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>330</v>
+        <v>165</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786253988777</t>
+          <t>9786253931803</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağ ve Kamu Yönetimi</t>
+          <t>Ahlaki Liderin Kavram Dünyası - Nurettin Topçu ve Erol Güngör Sözlüğü</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786253987343</t>
+          <t>9786253931575</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Simülasyon Destekli Analog ve Sayısal Elektronik Uygulamaları</t>
+          <t>Türkiye’deki Sakin Şehirlerde Sürdürülebilir Turizm</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>465</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786253988166</t>
+          <t>9786253930127</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Terörizmin El Kitabı</t>
+          <t>Yönetim Biliminde Yapay Zeka</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>630</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786253931278</t>
+          <t>9786253988555</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Gossip Discourse as a Social Practice Amongst the Elderly</t>
+          <t>Structures on the Manifolds and Bundles - Lift Problems</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>170</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786253989828</t>
+          <t>9786253986926</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Çin’in Doğu Afrika’daki Yumuşak Gücü</t>
+          <t>Müşteri İlişkileri Yönetimi</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>340</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786253989378</t>
+          <t>9786253930844</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Yarının Teknolojik Vizyonu ve Yapay Zeka</t>
+          <t>Gastronomide Üretim ve Tüketim Boyutları</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>590</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786253989477</t>
+          <t>9786253930882</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Kovid-19 Salgınının Aile, Çalışma ve Dini Hayata Etkileri</t>
+          <t>Erkekliğe Karşı Üçlü İttifak</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786253988487</t>
+          <t>9786253930660</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Meşruiyet Krizi</t>
+          <t>Örgütlerde Grup İçi Etkileşim, Takım İşbirliği ve Kolektif Zeka</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>180</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786253985394</t>
+          <t>9786253988319</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>Okul Geliştirme</t>
+          <t>İşletme Biliminde Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786253989217</t>
+          <t>9786253987572</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Eklem Biyomekaniği</t>
+          <t>Isparta’da Deprem Afet Yönetimi ve Kentsel Dönüşüm</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>380</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786253988739</t>
+          <t>9786253988814</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Bir Gazetecinin Kaleminden Cumhuriyet Bursa’sı - Musa Ataş’ın Bilinmeyen Hakimiyet-i Milliye Yazıları</t>
+          <t>Kültür, Düğün ve Toplumsal Yapılanma</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786253986964</t>
+          <t>9786253982270</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Avrupa Serüveni: AB Sürecinde Türkiye-Avrupa İlişkileri</t>
+          <t>Sanayi Devrimi’nden Günümüze Emeğin Niteliği</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786253989033</t>
+          <t>9786253930059</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Mirror Images of Terrorist Incidents in The News</t>
+          <t>Çevre ve Ekonomisi - Politika, Yönetim Ve Uygulama</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786253989330</t>
+          <t>9786253989613</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimde Nitelik</t>
+          <t>Türk Sinemasında Biyografik Filmler</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786253988906</t>
+          <t>9786253931636</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>İş Yeri Kıskançlığı</t>
+          <t>Cumhuriyet’in 100. Yılında İletişim Çalışmalarında “Kadın”</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>125</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786253988463</t>
+          <t>9786253989842</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Kıyıları Yaşatmak ve Yönetmek</t>
+          <t>Afetlerde Etik Yaklaşım</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>320</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786253988876</t>
+          <t>9786253989187</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Paylaşım ve Dünyadan Kentsel Paylaşım Örnekleri</t>
+          <t>Moda, Reklam ve Toplumsal Değişim</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786253988265</t>
+          <t>9786253931353</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Çevresel Açıdan Sektörel Atık Yönetimi ve Uygulamaları II</t>
+          <t>Almanya’ya Hoş mu Geldiniz? Almanya’daki Türklerin Suriyelilere Bakışı</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>315</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786253987138</t>
+          <t>9786253931438</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Sustainability Management and Sustainable Business Models</t>
+          <t>Türk Ü Tazi</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786253989682</t>
+          <t>9786253980351</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Partiler Hukuku Ansiklopedisi</t>
+          <t>Türkiye İmalat Sanayiine Sektörel Bakış</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>745</v>
+        <v>820</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786253989668</t>
+          <t>9786253986674</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Seçim Hukuku Ansiklopedisi</t>
+          <t>Pandemi Sürecinde Üniversitelerde Yabancı Dil Öğretimi: Durum Çalışması</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>745</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786253989781</t>
+          <t>9786253988425</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist İktisadi Düzene Bir Eleştiri: İslami Ekonomi ve Finansal Alternatifler</t>
+          <t>Hava Yolu Taşıyıcıları Rekabet Stratejileri - Türkiye’de Düşük Maliyetli Hava Yolu Taşıyıcıları</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786253987886</t>
+          <t>9786253930585</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyası Hayatında Milli Nizam ve Milli Selamet Partileri</t>
+          <t>Siyasal Kampanya Yönetimi ve Uygulamaları</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>170</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786253989491</t>
+          <t>9786253931315</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>İşsizlerin Refahı Kamu İstihdam Hizmetleri Açısından Bir Model Önerisi</t>
+          <t>Dijital Çağda Medya ve İletişim Çalışmaları</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786253985776</t>
+          <t>9786253931001</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Kamu Politikasında Başarı ve Başarısızlık - Türkiye’nin Yenilenebilir Enerji Politikalarının Değerlendirilmesi</t>
+          <t>Çevre Eğitiminde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>650</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786253986483</t>
+          <t>9786253930820</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>The Political Economy of COVID-19/2020 Global Challenges</t>
+          <t>Gayrimenkul Alanında Disiplinler Arası Yaklaşımlar - Dijitalleşme</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786253989316</t>
+          <t>9786253988395</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Astro Müzikoloji</t>
+          <t>Finansal Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>255</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786253988968</t>
+          <t>9786253930905</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Gayrimenkul Piyasası ve Finansman Modelleri</t>
+          <t>Ekonomi Yalan Söyler mi? Kendiyle Çelişen İktisat</t>
         </is>
       </c>
       <c r="C1026" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786253987923</t>
+          <t>9786253930547</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Boru Hatlarının Güvenliği</t>
+          <t>Şanlıurfa İlinde Tarım, Hayvancılık ve Kırsal Kalkınma</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>320</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786253988838</t>
+          <t>9786253930462</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitiminde Uygulamalarla Medya Okuryazarlığı</t>
+          <t>Türkiye İle Rusya Arasında Siyasi Krizlerin Ekonomilerine Yansıması</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>445</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786253987992</t>
+          <t>9786253989071</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikolojide Yeni Yönelimler</t>
+          <t>Stem Eğitimine Yolculuk</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786253987688</t>
+          <t>9786253930561</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Kamu Politikası Nedir, Nasıl Değişir? Kuramsal Bir Giriş</t>
+          <t>Structure Evolutıon In Steels Of Railway Wheels At Manufacture And Operations</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786253988791</t>
+          <t>9786253989354</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Değişen Yönetim Normları</t>
+          <t>Yönetim ve Organizasyon Perspektifinden Kolluk Çalışmaları III - Liderlik Üzerine</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>295</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786253988654</t>
+          <t>9786253988388</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Toplum ve Siyaset - Teoriden Pratiğe Güncel Meseleler</t>
+          <t>Psikosiyasal Yönüyle Saldırganlık ve Terör</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786253987466</t>
+          <t>9786253930783</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Kapsayıcı Matematik Eğitimi</t>
+          <t>Kadının Güçlenmesi Sürecinde Bir Sosyal Girişim Modeli Olarak Kadın Kooperatifleri</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786253989026</t>
+          <t>9786253987398</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Doğal Hukukun Pozitif Hukuka ve Siyaset Felsefesine Etkileri - H. Grotius, B. Spinoza, J. Locke</t>
+          <t>Orta Doğu’da Elitler ve Dış Politika</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786253988982</t>
+          <t>9786253988333</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk, Sosyal Dışlanma ve Yaşam Kalitesi</t>
+          <t>Kayıt Dışı Çalışanların Sosyal Yardım Alma Durumunu Etkileyen Faktörler</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786253988616</t>
+          <t>9786253988999</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Merkez Teşkilatın Koordinasyon Merkezleri</t>
+          <t>21. Yüzyılda Küreselleşme, Siyaset ve Uluslararası Sistem</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786253987800</t>
+          <t>9786253988678</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Afrika ve Sivil Toplum</t>
+          <t>Gıdanın Geleceği</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>150</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786253987664</t>
+          <t>9786253930486</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Almanya'da Hazırlanan Sosyal İnceleme Raporlarının Sistem Kuramı Bağlamında Analizi</t>
+          <t>Türk Kültüründe Erdemli Liderlik Modeli</t>
         </is>
       </c>
       <c r="C1038" s="1">
-        <v>215</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786253988500</t>
+          <t>9786253931292</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Sanayi 4.0 İçin Hazırlık ve Olgunluk Endeksi Modeli Geliştirilmesi</t>
+          <t>Dijital Dönüşüm Sürecinde İletişim Çalışmaları</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>170</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786253985370</t>
+          <t>9786253989231</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Madde Bağımlılığıyla Mücadele</t>
+          <t>Tüm Yönleriyle İş - Aile Çatışması</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>395</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786253988944</t>
+          <t>9786253931100</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim Açısından Kamu Kurumlarının Markalaşması</t>
+          <t>Uluslararası Ticarete Yönelik Teşvikler ve Ekonomik Etkileri</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>155</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786253987824</t>
+          <t>9786253989392</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Dijital Girişimcilikte İnovasyon ve Sürdürülebilirlik</t>
+          <t>Yapay Zekâ: Alan Uygulamaları-2</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786253986520</t>
+          <t>9786253930646</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Cinsiyet Algısı Araştırması</t>
+          <t>Paydaş Yaklaşımı Çerçevesinde Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C1043" s="1">
-        <v>270</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786253989118</t>
+          <t>9786253989590</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>KOBİ’lerde Yönetim, Strateji ve Liderlik</t>
+          <t>Genomik Veri Tabanlarında İndeksleme ve Arama Yöntemleri Üzerine</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786253988081</t>
+          <t>9786253930288</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikoloji Paradigmalarına Göre İletişim</t>
+          <t>Platon’dan Churchlandlara Zihin Felsefesinin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>170</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786253976026</t>
+          <t>9786253931940</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>A Quest for Justice - Theoretical Insights, Challenges, and Pathways Forward</t>
+          <t>Emerging Issues in Terrorism Studies</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>295</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786253987770</t>
+          <t>9786253988920</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Gezi Parkı Olayları -Mikroskop-</t>
+          <t>Smart Cities: Cases and Implications</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>470</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786253987855</t>
+          <t>9786253987121</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Hoş Gelişler Ola Mustafa Kemal Paşa</t>
+          <t>Yaşlanan İş Gücü Yönetimi</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>350</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786253985226</t>
+          <t>9786253988777</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Sosyal Hizmet</t>
+          <t>Dijital Çağ ve Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786253987428</t>
+          <t>9786253987343</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Bir Portrenin Anlatısı - Prof. Dr. Burhanettin Uysal</t>
+          <t>Simülasyon Destekli Analog ve Sayısal Elektronik Uygulamaları</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>255</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786253987947</t>
+          <t>9786253988166</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Tüketim</t>
+          <t>Terörizmin El Kitabı</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>125</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786253986384</t>
+          <t>9786253931278</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Karayosunları El Kitapçığı I - Batı Anadolu</t>
+          <t>Gossip Discourse as a Social Practice Amongst the Elderly</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786253987916</t>
+          <t>9786253989828</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Zehirli Deniz Canlıları</t>
+          <t>Çin’in Doğu Afrika’daki Yumuşak Gücü</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>305</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786253986865</t>
+          <t>9786253989378</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Otel İşletmelerinde Dış Kaynaklardan Yararlanma</t>
+          <t>Yarının Teknolojik Vizyonu ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>165</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786253988050</t>
+          <t>9786253989477</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik ve Reklam</t>
+          <t>Kovid-19 Salgınının Aile, Çalışma ve Dini Hayata Etkileri</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786253987930</t>
+          <t>9786253988487</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>W. V. Quine’ın Bütüncü Felsefesi</t>
+          <t>Örgütsel Meşruiyet Krizi</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786253983895</t>
+          <t>9786253985394</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>İmalat Sanayisinde Çalışan Kadınların Kültürel ve Sosyal Sermaye Durumu</t>
+          <t>Okul Geliştirme</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786253986650</t>
+          <t>9786253989217</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Subjektif Ağırlıklandırma Temelli Çok Kriterli Karar Verme Teknikleri</t>
+          <t>Eklem Biyomekaniği</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786253988012</t>
+          <t>9786253988739</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye’de A’dan Z’ye Turizm Çeşitleri</t>
+          <t>Bir Gazetecinin Kaleminden Cumhuriyet Bursa’sı - Musa Ataş’ın Bilinmeyen Hakimiyet-i Milliye Yazıları</t>
         </is>
       </c>
       <c r="C1059" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786253987114</t>
+          <t>9786253986964</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya ve Halkla İlişkiler</t>
+          <t>Türkiye’nin Avrupa Serüveni: AB Sürecinde Türkiye-Avrupa İlişkileri</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>215</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786253986636</t>
+          <t>9786253989033</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Sudanlı Öykü ve Roman Yazarı Tayyib Salih Hayatı, Edebi Kişiliği ve Eserleri</t>
+          <t>Mirror Images of Terrorist Incidents in The News</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786253986568</t>
+          <t>9786253989330</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Hayat Pahalılığı Araştırması</t>
+          <t>Yükseköğretimde Nitelik</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>255</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786253985899</t>
+          <t>9786253988906</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>Kamu Organizasyonlarında Risk Yönetimi</t>
+          <t>İş Yeri Kıskançlığı</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>320</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786253987046</t>
+          <t>9786253988463</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Dijital Müzik ve Müziğin Dönüşümü</t>
+          <t>Kıyıları Yaşatmak ve Yönetmek</t>
         </is>
       </c>
       <c r="C1064" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786253980030</t>
+          <t>9786253988876</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Türk Gümrük Sistemi</t>
+          <t>Kentsel Paylaşım ve Dünyadan Kentsel Paylaşım Örnekleri</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>530</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786253987701</t>
+          <t>9786253988265</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Disiplinler Arası Bir Bakışla Afet Yönetimi</t>
+          <t>Çevresel Açıdan Sektörel Atık Yönetimi ve Uygulamaları II</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786253986193</t>
+          <t>9786253987138</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Büyükşehir Belediye Modelinde Hizmet ve Gelir Paylaşımı Analizi: Ordu ve Trabzon Örneği</t>
+          <t>Sustainability Management and Sustainable Business Models</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>320</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786253986582</t>
+          <t>9786253989682</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Üniversiteler</t>
+          <t>Siyasi Partiler Hukuku Ansiklopedisi</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>165</v>
+        <v>745</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786254338489</t>
+          <t>9786253989668</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi Açısından Sebîlürreşad ve İctihad’ın Mukayesesi</t>
+          <t>Seçim Hukuku Ansiklopedisi</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>340</v>
+        <v>745</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786253985875</t>
+          <t>9786253989781</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Engellilerin İstihdamı ve Yaşam Memnuniyeti</t>
+          <t>Kapitalist İktisadi Düzene Bir Eleştiri: İslami Ekonomi ve Finansal Alternatifler</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786253987749</t>
+          <t>9786253987886</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Covıd-19’un Gölgesinde Bir Kent: Büyükçekmece</t>
+          <t>Türk Siyası Hayatında Milli Nizam ve Milli Selamet Partileri</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>255</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786253986810</t>
+          <t>9786253989491</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>Hava Yolu İşletmelerinde Meteoroloji Kaynaklı Divertlerin Yönetim Stratejileri</t>
+          <t>İşsizlerin Refahı Kamu İstihdam Hizmetleri Açısından Bir Model Önerisi</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786253987411</t>
+          <t>9786253985776</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Pozitif ve Negatif Davranışlar</t>
+          <t>Kamu Politikasında Başarı ve Başarısızlık - Türkiye’nin Yenilenebilir Enerji Politikalarının Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>180</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786253986438</t>
+          <t>9786253986483</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>Tüm Özellikleriyle Toksik Lider</t>
+          <t>The Political Economy of COVID-19/2020 Global Challenges</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>150</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786253985646</t>
+          <t>9786253989316</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’tan Cumhuriyet’e (1839-1923) Osmanlı Maarif Nazırları ve Eğitim Politikaları</t>
+          <t>Astro Müzikoloji</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786253987237</t>
+          <t>9786253988968</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Dijital Politik Propaganda</t>
+          <t>Türkiye Gayrimenkul Piyasası ve Finansman Modelleri</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>165</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786253987015</t>
+          <t>9786253987923</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Görsel Ağırlıklı Anlatımla - NMR/MR</t>
+          <t>Türkiye’de Boru Hatlarının Güvenliği</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>350</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786253987480</t>
+          <t>9786253988838</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Siber Vatan ve Türkiye</t>
+          <t>Erken Çocukluk Eğitiminde Uygulamalarla Medya Okuryazarlığı</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>165</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786253987213</t>
+          <t>9786253987992</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi ve Finans Temelli Çalışmalar</t>
+          <t>Pozitif Psikolojide Yeni Yönelimler</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786253986261</t>
+          <t>9786253987688</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Barış ve Güvenliğin Küresel ve Bölgesel İnşası</t>
+          <t>Kamu Politikası Nedir, Nasıl Değişir? Kuramsal Bir Giriş</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786253986612</t>
+          <t>9786253988791</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Ayrımcılık Yasağı Hukuku - Uluslararası ve Avrupa Konseyi Belgeleri İle Avrupa Birliği ve Türk Hukuku Çerçevesinde</t>
+          <t>Dijital Dünyada Değişen Yönetim Normları</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786253986049</t>
+          <t>9786253988654</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Firma Performans Analizinde Makine Öğrenmesi - Düzenlileştirici Regresyon Yöntemleri</t>
+          <t>Türkiye’de Toplum ve Siyaset - Teoriden Pratiğe Güncel Meseleler</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>345</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786253986902</t>
+          <t>9786253987466</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Internatıonal Publıc Relatıons</t>
+          <t>Kapsayıcı Matematik Eğitimi</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786253987374</t>
+          <t>9786253989026</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Nonparametrik Regresyon Analizi - Farklı Yaklaşımlar ve R Hesaplamaları</t>
+          <t>Doğal Hukukun Pozitif Hukuka ve Siyaset Felsefesine Etkileri - H. Grotius, B. Spinoza, J. Locke</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786253986308</t>
+          <t>9786253988982</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’de Su Ürünleri, Balıkçılık ve Denizcilik</t>
+          <t>Yoksulluk, Sosyal Dışlanma ve Yaşam Kalitesi</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>680</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786253986452</t>
+          <t>9786253988616</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi ve İletişim Çalışmalarına Eleştirel Yaklaşımlar</t>
+          <t>Türkiye’de Merkez Teşkilatın Koordinasyon Merkezleri</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786253986025</t>
+          <t>9786253987800</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Gönüllü Geri Dönüşten Gönüllü Kalıcılığa</t>
+          <t>Afrika ve Sivil Toplum</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>255</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786253986421</t>
+          <t>9786253987664</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Türk Futbolu: 1923-2023</t>
+          <t>Türkiye ve Almanya'da Hazırlanan Sosyal İnceleme Raporlarının Sistem Kuramı Bağlamında Analizi</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>275</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786253986735</t>
+          <t>9786253988500</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Duygular ve Örgütler</t>
+          <t>Sanayi 4.0 İçin Hazırlık ve Olgunluk Endeksi Modeli Geliştirilmesi</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>375</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786253972035</t>
+          <t>9786253985370</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım İç Denetim Teorisi ve Uygulaması</t>
+          <t>Madde Bağımlılığıyla Mücadele</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>450</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786253987183</t>
+          <t>9786253988944</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>ihracat Bedellerinin Yurt İçine Getirilmesinde İzlenecek Usul ve Esaslar: Açık İhracat Hesabı İşlemleri</t>
+          <t>Stratejik Yönetim Açısından Kamu Kurumlarının Markalaşması</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>195</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786253985974</t>
+          <t>9786253987824</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Tepki Stilleri Tespit, Kontrol ve Önleme</t>
+          <t>Dijital Girişimcilikte İnovasyon ve Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786253986063</t>
+          <t>9786253986520</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Üç Temel Kavram: Adalet, İşten Ayrılma ve Öznel İyi Oluş</t>
+          <t>Türkiye’de Cinsiyet Algısı Araştırması</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786253986698</t>
+          <t>9786253989118</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>İstder Talks Doğru Bilinen Yanlışlar Podcast Kitabı</t>
+          <t>KOBİ’lerde Yönetim, Strateji ve Liderlik</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786253986506</t>
+          <t>9786253988081</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>1961 Anayasası ve Vesayetçi Demokrasi: Kurumlar ve Uygulamalar</t>
+          <t>Sosyal Psikoloji Paradigmalarına Göre İletişim</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786253985240</t>
+          <t>9786253976026</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>Sevimliliğin Kitabı - Bir Pazarlama Sihri</t>
+          <t>A Quest for Justice - Theoretical Insights, Challenges, and Pathways Forward</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>225</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786253985479</t>
+          <t>9786253987770</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Images of Woman in Pre-Raphaelite Visual and Textual Narratives</t>
+          <t>Gezi Parkı Olayları -Mikroskop-</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>320</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786253984267</t>
+          <t>9786253987855</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sektöründe Eksik Sigorta</t>
+          <t>Hoş Gelişler Ola Mustafa Kemal Paşa</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786253984328</t>
+          <t>9786253985226</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Hizmet Sektörüne Yeni Bir Bakış</t>
+          <t>Ekolojik Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>240</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786253986094</t>
+          <t>9786253987428</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>E-Ticarette İletişim Kanallarının Tüketici Davranışlarına Etkileri</t>
+          <t>Bir Portrenin Anlatısı - Prof. Dr. Burhanettin Uysal</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>165</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786253985196</t>
+          <t>9786253987947</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Dijital Şiddet</t>
+          <t>Yeşil Tüketim</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>295</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786253986100</t>
+          <t>9786253986384</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>South Asia</t>
+          <t>Türkiye Karayosunları El Kitapçığı I - Batı Anadolu</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>630</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786253986155</t>
+          <t>9786253987916</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Doğum Öncesi Bakıma Multidisipliner Yaklaşım</t>
+          <t>Türkiye’nin Zehirli Deniz Canlıları</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>255</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786253985837</t>
+          <t>9786253986865</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Ölüm, Yas ve Sosyal Hizmet: Geride Kalanların Yas Yolculukları</t>
+          <t>Otel İşletmelerinde Dış Kaynaklardan Yararlanma</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>270</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786253985530</t>
+          <t>9786253988050</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Çalışan Verimliliği, Örgütsel Bağlılık ve Stres Yönetimi</t>
+          <t>Milliyetçilik ve Reklam</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786253986360</t>
+          <t>9786253987930</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>Kamu Denetçiliği Kurumunda Karar Verme Süreci: Kuramlar, Yapılar ve Uygulamalar</t>
+          <t>W. V. Quine’ın Bütüncü Felsefesi</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786253985622</t>
+          <t>9786253983895</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Kültürünün Yaratıcılık ve Yenilikçiliğe Etkisinde Kişi-Örgüt Uyumu ve Örgütsel Desteğin Aracı Rolü</t>
+          <t>İmalat Sanayisinde Çalışan Kadınların Kültürel ve Sosyal Sermaye Durumu</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786253984229</t>
+          <t>9786253986650</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yayıncılık Bağlamında Kamu Diplomasisinde Stratejik Anlatı</t>
+          <t>Subjektif Ağırlıklandırma Temelli Çok Kriterli Karar Verme Teknikleri</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786253985813</t>
+          <t>9786253988012</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Çevik/Agile Örgütler: Kuram ve Uygulama</t>
+          <t>Dünyada ve Türkiye’de A’dan Z’ye Turizm Çeşitleri</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786253985561</t>
+          <t>9786253987114</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Otonom Ganglionlar: Beynin Derin İstihbarat Ağları</t>
+          <t>Yeni Medya ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>142</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786253985752</t>
+          <t>9786253986636</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Kocaeli Gölcük İlçesi Su Yapıları</t>
+          <t>Sudanlı Öykü ve Roman Yazarı Tayyib Salih Hayatı, Edebi Kişiliği ve Eserleri</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786253982492</t>
+          <t>9786253986568</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Bosna-Hersek’te Savaş, Güvenlikleştirme ve Siyasi Liderler</t>
+          <t>Hayat Pahalılığı Araştırması</t>
         </is>
       </c>
       <c r="C1112" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786253985103</t>
+          <t>9786253985899</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Ötekinin Bilgisi: Weber’de Avrupa Merkezciliğin Yapısökümü</t>
+          <t>Kamu Organizasyonlarında Risk Yönetimi</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786253983970</t>
+          <t>9786253987046</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Yaklaşımı - Son Yıllarda Ve Geleceğe Yönelik Mesleki Değişimler İle Eğilimlerin Analizi</t>
+          <t>Dijital Müzik ve Müziğin Dönüşümü</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786254334146</t>
+          <t>9786253980030</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Dini İstismar Eden Terör - Mahkumlar Üzerinden Bir Araştırma</t>
+          <t>Türk Gümrük Sistemi</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>240</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786253984809</t>
+          <t>9786253987701</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Erdem Epistemolojisi- Linda Zagzebski</t>
+          <t>Disiplinler Arası Bir Bakışla Afet Yönetimi</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786253985431</t>
+          <t>9786253986193</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Yönetilen Kalbi Yönetmek</t>
+          <t>Türkiye’de Büyükşehir Belediye Modelinde Hizmet ve Gelir Paylaşımı Analizi: Ordu ve Trabzon Örneği</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>255</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786253985417</t>
+          <t>9786253986582</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Yaklaşım ve Farklı Yönleriyle Anaerobik Performans</t>
+          <t>Geçmişten Geleceğe Üniversiteler</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>315</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786253984601</t>
+          <t>9786254338489</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Silahlı Mücadeleden Silahsızlanmaya 21. Yüzyılda Ayrılıkçı Hareketlerin Dönüşümü MILF ve LTTE Örneği</t>
+          <t>Din Eğitimi Açısından Sebîlürreşad ve İctihad’ın Mukayesesi</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786253982188</t>
+          <t>9786253985875</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bakışla Afet Risk Yönetimi - 2</t>
+          <t>Engellilerin İstihdamı ve Yaşam Memnuniyeti</t>
         </is>
       </c>
       <c r="C1120" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786253985264</t>
+          <t>9786253987749</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Karamenderes Havzası’nın (Çanakkale) Coğrafi Ekolojisi</t>
+          <t>Covıd-19’un Gölgesinde Bir Kent: Büyükçekmece</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>565</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786253985158</t>
+          <t>9786253986810</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Yapısal Değişim ve Gelir Eşitsizliği İlişkisi</t>
+          <t>Hava Yolu İşletmelerinde Meteoroloji Kaynaklı Divertlerin Yönetim Stratejileri</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786253983451</t>
+          <t>9786253987411</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Avrupa Birliği’ne Otomotiv Yan Sanayi İhracatında Rekabet Gücü</t>
+          <t>İş Hayatında Pozitif ve Negatif Davranışlar</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786253985301</t>
+          <t>9786253986438</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Organization Of Turkic States</t>
+          <t>Tüm Özellikleriyle Toksik Lider</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>505</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786253982782</t>
+          <t>9786253985646</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Dijital Diplomasi ve Twitter</t>
+          <t>Tanzimat’tan Cumhuriyet’e (1839-1923) Osmanlı Maarif Nazırları ve Eğitim Politikaları</t>
         </is>
       </c>
       <c r="C1125" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786253984243</t>
+          <t>9786253987237</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Öğrenciler ve Uyum Süreçleri</t>
+          <t>Dijital Politik Propaganda</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786253983338</t>
+          <t>9786253987015</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>İslam Dostu Turizm ve Helal Turizm Pazarlaması</t>
+          <t>Görsel Ağırlıklı Anlatımla - NMR/MR</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786253985738</t>
+          <t>9786253987480</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Uçtan Uca Faaliyet Zincirleri Yönetimi</t>
+          <t>Siber Vatan ve Türkiye</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786253984465</t>
+          <t>9786253987213</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşümün Etkileri</t>
+          <t>Ekonomi ve Finans Temelli Çalışmalar</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786254331992</t>
+          <t>9786253986261</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Becerileri Kendini Gerçekleştirme’’ Psikoeğitim Programı</t>
+          <t>21. Yüzyılda Barış ve Güvenliğin Küresel ve Bölgesel İnşası</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>180</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786253984489</t>
+          <t>9786253986612</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Blok Zincir Dünyası</t>
+          <t>Ayrımcılık Yasağı Hukuku - Uluslararası ve Avrupa Konseyi Belgeleri İle Avrupa Birliği ve Türk Hukuku Çerçevesinde</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>400</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786253984526</t>
+          <t>9786253986049</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişim</t>
+          <t>Firma Performans Analizinde Makine Öğrenmesi - Düzenlileştirici Regresyon Yöntemleri</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>170</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786253984915</t>
+          <t>9786253986902</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetiminde Etik</t>
+          <t>Internatıonal Publıc Relatıons</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>270</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786253983741</t>
+          <t>9786253987374</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Türk Romanında Grotesk</t>
+          <t>Nonparametrik Regresyon Analizi - Farklı Yaklaşımlar ve R Hesaplamaları</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786253981082</t>
+          <t>9786253986308</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Yerel Kaynaklar Işığında Orta Çağ Azerbaycan Tarihi - 2</t>
+          <t>Çanakkale’de Su Ürünleri, Balıkçılık ve Denizcilik</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>195</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786253983529</t>
+          <t>9786253986452</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Dijital Pazarlama Stratejilerinin Marka Kişiliği Oluşturmadaki Rolü - Vakıf Üniversiteleri Üzerine Bir Analiz</t>
+          <t>Siyaset Bilimi ve İletişim Çalışmalarına Eleştirel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786253984212</t>
+          <t>9786253986025</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Ben Feryat Ederken Hepiniz Sağırdınız… Madde Bağımlılarının Yaşanmış Gerçek Hikayeleri!</t>
+          <t>Gönüllü Geri Dönüşten Gönüllü Kalıcılığa</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786253985073</t>
+          <t>9786253986421</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>Şans Hazırlıklı Olanı Sever</t>
+          <t>100. Yılında Türk Futbolu: 1923-2023</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>280</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786253983802</t>
+          <t>9786253986735</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dalgalar Cilt 2: Dönüşüm</t>
+          <t>Duygular ve Örgütler</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>290</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786253983925</t>
+          <t>9786253972035</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Ordu Gastronomi Kültürü</t>
+          <t>Adım Adım İç Denetim Teorisi ve Uygulaması</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>215</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786253984564</t>
+          <t>9786253987183</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>Enerji Bölgeselciliği - Şanghay İşbirliği Örgütü ve Avrasya Ekonomik Birliği</t>
+          <t>ihracat Bedellerinin Yurt İçine Getirilmesinde İzlenecek Usul ve Esaslar: Açık İhracat Hesabı İşlemleri</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>270</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786253982904</t>
+          <t>9786253985974</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>İlgilenim</t>
+          <t>Tepki Stilleri Tespit, Kontrol ve Önleme</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786253983543</t>
+          <t>9786253986063</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Dijital Perspektifte Tüketici Manipülasyonu Değerlendirmeleri</t>
+          <t>Eğitimde Üç Temel Kavram: Adalet, İşten Ayrılma ve Öznel İyi Oluş</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786253981679</t>
+          <t>9786253986698</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim İlkeleri ile Kurumsallaşma Etkileşiminin Kadın İstihdamına Katkıları</t>
+          <t>İstder Talks Doğru Bilinen Yanlışlar Podcast Kitabı</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786253983086</t>
+          <t>9786253986506</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>Akademik Disiplinlerde Sürdürülebilirlik</t>
+          <t>1961 Anayasası ve Vesayetçi Demokrasi: Kurumlar ve Uygulamalar</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786253983826</t>
+          <t>9786253985240</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağının Çalışma Hayatı</t>
+          <t>Sevimliliğin Kitabı - Bir Pazarlama Sihri</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>215</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786253984427</t>
+          <t>9786253985479</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>İnsani Güvenliğin Realist Açıdan Eleştirisi - Avrupa Birliği’nin Covid-19 Pandemisiyle Mücadelesi</t>
+          <t>Images of Woman in Pre-Raphaelite Visual and Textual Narratives</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786253983604</t>
+          <t>9786253984267</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Gaziantep’te Kentsel Dönüşüm Projeleri</t>
+          <t>Sağlık Sektöründe Eksik Sigorta</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>305</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786253983406</t>
+          <t>9786253984328</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Finans Alanında Sektörel Uygulamalar</t>
+          <t>21. Yüzyılda Hizmet Sektörüne Yeni Bir Bakış</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786253982997</t>
+          <t>9786253986094</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>Ticari Hava Yollarında Rekabetçi Tarife Sistemleri Üzerine Filo Yönetimi Araştırması</t>
+          <t>E-Ticarette İletişim Kanallarının Tüketici Davranışlarına Etkileri</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>305</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786253982577</t>
+          <t>9786253985196</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Does Attitude Matter?</t>
+          <t>Dijital Şiddet</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786253984649</t>
+          <t>9786253986100</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>Her Telden</t>
+          <t>South Asia</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>280</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786253984038</t>
+          <t>9786253986155</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>ULUSLARIN CAZİBESİ</t>
+          <t>Doğum Öncesi Bakıma Multidisipliner Yaklaşım</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786253984588</t>
+          <t>9786253985837</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Yüzücülerde Genetik ve Antropometrik Özellikler</t>
+          <t>Ölüm, Yas ve Sosyal Hizmet: Geride Kalanların Yas Yolculukları</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>215</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786253982744</t>
+          <t>9786253985530</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kent Planlama Ekseninde Enerji Verimliliği ve Ekoloji</t>
+          <t>Sağlık İşletmelerinde Çalışan Verimliliği, Örgütsel Bağlılık ve Stres Yönetimi</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786253980726</t>
+          <t>9786253986360</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Üç Gitar İçin Düzenlemeler - Arrangements For Three Guitars</t>
+          <t>Kamu Denetçiliği Kurumunda Karar Verme Süreci: Kuramlar, Yapılar ve Uygulamalar</t>
         </is>
       </c>
       <c r="C1156" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786253983291</t>
+          <t>9786253985622</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetim Faaliyetlerinin Kurumsal Yönetimdeki Rolü: Uluslararası Denetim Standartları Anlatımıyla</t>
+          <t>Örgüt Kültürünün Yaratıcılık ve Yenilikçiliğe Etkisinde Kişi-Örgüt Uyumu ve Örgütsel Desteğin Aracı Rolü</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>380</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786253984182</t>
+          <t>9786253984229</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>1990-2015 Yılları Arasında Avrupa Birliği’nin Göçü Güvenlikleştirme Politikası: İtalya Örneği</t>
+          <t>Uluslararası Yayıncılık Bağlamında Kamu Diplomasisinde Stratejik Anlatı</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>320</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786253983222</t>
+          <t>9786253985813</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Birleşik Afrika Mücadelesi</t>
+          <t>Çevik/Agile Örgütler: Kuram ve Uygulama</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786253983369</t>
+          <t>9786253985561</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimin Yönetimi Disiplinler Arası Bir Yaklaşım</t>
+          <t>Otonom Ganglionlar: Beynin Derin İstihbarat Ağları</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>380</v>
+        <v>142</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786253984106</t>
+          <t>9786253985752</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Dayanıklı, Yeşil ve Sürdürülebilir İşletmeler</t>
+          <t>Kocaeli Gölcük İlçesi Su Yapıları</t>
         </is>
       </c>
       <c r="C1161" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786253983734</t>
+          <t>9786253982492</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Pazar Analizinde Sistem Dinamiği Yaklaşımı ve Uygulaması</t>
+          <t>Bosna-Hersek’te Savaş, Güvenlikleştirme ve Siyasi Liderler</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786253980108</t>
+          <t>9786253985103</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerde Oyunlaştırma - Procter &amp; Gamble Mobil Uygulama Örneği</t>
+          <t>Ötekinin Bilgisi: Weber’de Avrupa Merkezciliğin Yapısökümü</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786253984120</t>
+          <t>9786253983970</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Seçmenler, Adaylar, Partiler Nasıl Düşünür? Nasıl Davranır?</t>
+          <t>Yapay Zeka Yaklaşımı - Son Yıllarda Ve Geleceğe Yönelik Mesleki Değişimler İle Eğilimlerin Analizi</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786253981648</t>
+          <t>9786254334146</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Simidimiz ve Hürriyetimiz İçin</t>
+          <t>Dini İstismar Eden Terör - Mahkumlar Üzerinden Bir Araştırma</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786253981792</t>
+          <t>9786253984809</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>AK Parti Dönemi Türk Dış Politikasında Güvenlik Söylemi IKBY ve Ermenistan</t>
+          <t>Erdem Epistemolojisi- Linda Zagzebski</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>365</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786253983055</t>
+          <t>9786253985431</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Manager Selection Problems With Multi Criteria Decision Making Methods</t>
+          <t>Yönetilen Kalbi Yönetmek</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>365</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786253981983</t>
+          <t>9786253985417</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Popüler Türk Sinemasının İdeolojik Dönüşümü</t>
+          <t>Bilimsel Yaklaşım ve Farklı Yönleriyle Anaerobik Performans</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>215</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786253982300</t>
+          <t>9786253984601</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Tüketimin Mekansal Organizasyonu</t>
+          <t>Silahlı Mücadeleden Silahsızlanmaya 21. Yüzyılda Ayrılıkçı Hareketlerin Dönüşümü MILF ve LTTE Örneği</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786253983093</t>
+          <t>9786253982188</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>İşletmecilikte Yeni Yaklaşım - Duyarlı İşletmecilik Ekosistemleri</t>
+          <t>Disiplinlerarası Bakışla Afet Risk Yönetimi - 2</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>295</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786253983444</t>
+          <t>9786253985264</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Dijital Okumalar</t>
+          <t>Karamenderes Havzası’nın (Çanakkale) Coğrafi Ekolojisi</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>320</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786253981716</t>
+          <t>9786253985158</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Adalet</t>
+          <t>Yapısal Değişim ve Gelir Eşitsizliği İlişkisi</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786253984304</t>
+          <t>9786253983451</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Hegemonyasının İnşası</t>
+          <t>Türkiye’nin Avrupa Birliği’ne Otomotiv Yan Sanayi İhracatında Rekabet Gücü</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>540</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786253982553</t>
+          <t>9786253985301</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Duygular</t>
+          <t>Organization Of Turkic States</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>305</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786253982126</t>
+          <t>9786253982782</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Velid Ebüzziya (1882-1945)</t>
+          <t>Dijital Diplomasi ve Twitter</t>
         </is>
       </c>
       <c r="C1175" s="1">
-        <v>815</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786253983314</t>
+          <t>9786253984243</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Döviz Piyasası Baskısı - Türkiye, BRICS ve Doğu Avrupa Ülkeleri</t>
+          <t>Uluslararası Öğrenciler ve Uyum Süreçleri</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786253982836</t>
+          <t>9786253983338</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>Fintek ve Regülasyon - Bir Elmanın İki Yarısı</t>
+          <t>İslam Dostu Turizm ve Helal Turizm Pazarlaması</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786253982652</t>
+          <t>9786253985738</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’tan Urfa'ya Ratip Akdeniz (1911-1985) - Bir Öğretmenin Hikayesi</t>
+          <t>Uçtan Uca Faaliyet Zincirleri Yönetimi</t>
         </is>
       </c>
       <c r="C1178" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786253983383</t>
+          <t>9786253984465</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı’nda ve Gazetecilikte Manipülasyon</t>
+          <t>Dijital Dönüşümün Etkileri</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>505</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786254338960</t>
+          <t>9786254331992</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Karabük 78 - Bıldır Senelerin Yemek Kültürü</t>
+          <t>Yaşam Becerileri Kendini Gerçekleştirme’’ Psikoeğitim Programı</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786253980993</t>
+          <t>9786253984489</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Rüzgar Sörfü</t>
+          <t>Blok Zincir Dünyası</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>255</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786253982713</t>
+          <t>9786253984526</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Dijital Oyun ve Tutundurma</t>
+          <t>Dijital İletişim</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786253983475</t>
+          <t>9786253984915</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Sanal Müze</t>
+          <t>Eğitim Yönetiminde Etik</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786253982362</t>
+          <t>9786253983741</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Takım Öğrenmesinin Ahlaki ve Spiritüel Doğası</t>
+          <t>Postmodern Türk Romanında Grotesk</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786253982867</t>
+          <t>9786253981082</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Öğrenme ve Mesleki Gelişim</t>
+          <t>Yerel Kaynaklar Işığında Orta Çağ Azerbaycan Tarihi - 2</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786253983420</t>
+          <t>9786253983529</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>The Theatrical Representations of Traumatized Psyche: Beside Herself, The Skriker and Crave</t>
+          <t>Dijital Pazarlama Stratejilerinin Marka Kişiliği Oluşturmadaki Rolü - Vakıf Üniversiteleri Üzerine Bir Analiz</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786253982249</t>
+          <t>9786253984212</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye'de Evlilik Yaşının Artışı</t>
+          <t>Ben Feryat Ederken Hepiniz Sağırdınız… Madde Bağımlılarının Yaşanmış Gerçek Hikayeleri!</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>215</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786253983277</t>
+          <t>9786253985073</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde Denetim ve Değerlendirme</t>
+          <t>Şans Hazırlıklı Olanı Sever</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786253982287</t>
+          <t>9786253983802</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Uzay - İnsanlığın Ortak Mirası mı?</t>
+          <t>Dijital Dalgalar Cilt 2: Dönüşüm</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>340</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786254338922</t>
+          <t>9786253983925</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Yamaç Paraşütü Eğitimi</t>
+          <t>Ordu Gastronomi Kültürü</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>940</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786253981563</t>
+          <t>9786253984564</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Yamaç Paraşütü Eğitimi</t>
+          <t>Enerji Bölgeselciliği - Şanghay İşbirliği Örgütü ve Avrasya Ekonomik Birliği</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>895</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786253980412</t>
+          <t>9786253982904</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>Okuma Kültürü ve Kurumsal Yapı</t>
+          <t>İlgilenim</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>215</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786254339080</t>
+          <t>9786253983543</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Eğitiminde Gösteri Yöntemi</t>
+          <t>Dijital Perspektifte Tüketici Manipülasyonu Değerlendirmeleri</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786254339974</t>
+          <t>9786253981679</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Spor Liselerinde Adanmışlık</t>
+          <t>Kurumsal Yönetim İlkeleri ile Kurumsallaşma Etkileşiminin Kadın İstihdamına Katkıları</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786254336966</t>
+          <t>9786253983086</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Ailenin Yeri ve Önemi</t>
+          <t>Akademik Disiplinlerde Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>255</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786254335808</t>
+          <t>9786253983826</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Sosyal Duygusal Gelişim</t>
+          <t>Z Kuşağının Çalışma Hayatı</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786254334764</t>
+          <t>9786253984427</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Süreci Etkinlik Ve Materyaller</t>
+          <t>İnsani Güvenliğin Realist Açıdan Eleştirisi - Avrupa Birliği’nin Covid-19 Pandemisiyle Mücadelesi</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>550</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786254334351</t>
+          <t>9786253983604</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İçin Yeni Alternatifler Bütüncül Yaklaşım Ve Sacayağı Stratejisi</t>
+          <t>Gaziantep’te Kentsel Dönüşüm Projeleri</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>380</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786254332838</t>
+          <t>9786253983406</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Social - Emotional Learning and Development Through Play</t>
+          <t>Kurumsal Finans Alanında Sektörel Uygulamalar</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786254331756</t>
+          <t>9786253982997</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Güney Kore Eğitim Sistemi</t>
+          <t>Ticari Hava Yollarında Rekabetçi Tarife Sistemleri Üzerine Filo Yönetimi Araştırması</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>215</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786257363594</t>
+          <t>9786253982577</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Otomotiv Sözlüğü - Automobil Wörterbuch</t>
+          <t>Does Attitude Matter?</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>335</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786052149164</t>
+          <t>9786253984649</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Balköpüğü</t>
+          <t>Her Telden</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786254331138</t>
+          <t>9786253984038</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>Tasarımsal Düşünce Ve Açık Ve Uzaktan Öğrenme</t>
+          <t>ULUSLARIN CAZİBESİ</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786254330018</t>
+          <t>9786253984588</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spor Öğretmeninin İlkokul Öğrencilerinin Gelişimleri Üzerindeki Etkisi</t>
+          <t>Yüzücülerde Genetik ve Antropometrik Özellikler</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786059663663</t>
+          <t>9786253982744</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Buz Hokeyi Oyuncularının Alt Extremite Sinir İleti Hızlarının İncelenmesi</t>
+          <t>Sürdürülebilir Kent Planlama Ekseninde Enerji Verimliliği ve Ekoloji</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>155</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786059663731</t>
+          <t>9786253980726</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Puberte Döneminde Yapılan Kuvvet Antremanlarının Koordinasyon Gelişimi Üzerine Etkisi</t>
+          <t>Üç Gitar İçin Düzenlemeler - Arrangements For Three Guitars</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786053209928</t>
+          <t>9786253983291</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe STEM Eğitimi</t>
+          <t>Bağımsız Denetim Faaliyetlerinin Kurumsal Yönetimdeki Rolü: Uluslararası Denetim Standartları Anlatımıyla</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>270</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786059663311</t>
+          <t>9786253984182</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Etkinlik Oyunlarının İlköğretim Öğrencilerinin Karakter Gelişimleri Üzerindeki Etkisi</t>
+          <t>1990-2015 Yılları Arasında Avrupa Birliği’nin Göçü Güvenlikleştirme Politikası: İtalya Örneği</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786257492416</t>
+          <t>9786253983222</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumun Okul Yolu Güvenliği</t>
+          <t>Birleşik Afrika Mücadelesi</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786257589468</t>
+          <t>9786253983369</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Yeni Normal Liderlik Yaklaşımları</t>
+          <t>Yükseköğretimin Yönetimi Disiplinler Arası Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>245</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786257258043</t>
+          <t>9786253984106</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>1001 Söz</t>
+          <t>Dayanıklı, Yeşil ve Sürdürülebilir İşletmeler</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786257677875</t>
+          <t>9786253983734</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Didier Daeninckx'in Kara Romanlarında Bellek Kavramı</t>
+          <t>Gayrimenkul Pazar Analizinde Sistem Dinamiği Yaklaşımı ve Uygulaması</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786257126243</t>
+          <t>9786253980108</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Çevrim İçi İş Birliğine Dayalı Ödevler</t>
+          <t>Halkla İlişkilerde Oyunlaştırma - Procter &amp; Gamble Mobil Uygulama Örneği</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>150</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786253982515</t>
+          <t>9786253984120</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Dijital Evrenin Yeni İletişim Kodları III</t>
+          <t>Seçmenler, Adaylar, Partiler Nasıl Düşünür? Nasıl Davranır?</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>320</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786253983567</t>
+          <t>9786253981648</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Zincir Hastanelerin Uluslararasılaşmasına Etki Eden Faktörler</t>
+          <t>Simidimiz ve Hürriyetimiz İçin</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786253983765</t>
+          <t>9786253981792</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>Soylulaştırma: Madalyonun Diğer Yüzü - Kenti Soylulaştıran Kendi Yoksullaşan Üniversite Öğrencileri</t>
+          <t>AK Parti Dönemi Türk Dış Politikasında Güvenlik Söylemi IKBY ve Ermenistan</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>195</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786253982942</t>
+          <t>9786253983055</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışında Benzersizlik ve Uyum İhtiyacı</t>
+          <t>Manager Selection Problems With Multi Criteria Decision Making Methods</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>180</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786253980337</t>
+          <t>9786253981983</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Şehir Pazarlamasında Yeni Yaklaşımlar</t>
+          <t>Popüler Türk Sinemasının İdeolojik Dönüşümü</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>320</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786254339059</t>
+          <t>9786253982300</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Demir İpek Yolu ve Türkiye</t>
+          <t>Tüketimin Mekansal Organizasyonu</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786253981907</t>
+          <t>9786253983093</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Türk Sigorta Sektörüne 21 Tavsiye</t>
+          <t>İşletmecilikte Yeni Yaklaşım - Duyarlı İşletmecilik Ekosistemleri</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>320</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786253983192</t>
+          <t>9786253983444</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Trampadan Kripto Paraya</t>
+          <t>Dijital Okumalar</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>345</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786253983116</t>
+          <t>9786253981716</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Sanayi Devrimi’nde Liderlik - Liderlik 4.0</t>
+          <t>Sağlıkta Adalet</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786253981860</t>
+          <t>9786253984304</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Dijital İnsan Kaynakları Yönetimi</t>
+          <t>Amerikan Hegemonyasının İnşası</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>290</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786253982638</t>
+          <t>9786253982553</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon, Açık İnovasyon Ve İnovasyon İçin Topluluklardan Faydalanma</t>
+          <t>Dil ve Duygular</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>165</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786253982522</t>
+          <t>9786253982126</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık Bağı ve Sosyal Hizmet</t>
+          <t>Velid Ebüzziya (1882-1945)</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>215</v>
+        <v>815</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786253983260</t>
+          <t>9786253983314</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Sapma Teorileri ve Kavramları Temelinde Pozitif Sapma</t>
+          <t>Döviz Piyasası Baskısı - Türkiye, BRICS ve Doğu Avrupa Ülkeleri</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786253983048</t>
+          <t>9786253982836</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Çevrim İçi Bilgi Arama Süreci</t>
+          <t>Fintek ve Regülasyon - Bir Elmanın İki Yarısı</t>
         </is>
       </c>
       <c r="C1227" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786254339004</t>
+          <t>9786253982652</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>OECD Ülkelerinde Sağlık Sistemleri ve Sağlık Ekonomisi</t>
+          <t>Kıbrıs’tan Urfa'ya Ratip Akdeniz (1911-1985) - Bir Öğretmenin Hikayesi</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786253981129</t>
+          <t>9786253983383</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>Yapılı Çevre Değerlendirmeleri</t>
+          <t>İkinci Dünya Savaşı’nda ve Gazetecilikte Manipülasyon</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>445</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786253981266</t>
+          <t>9786254338960</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Çağda Z Kuşağının Dijital Okuryazarlık Sorunu</t>
+          <t>Karabük 78 - Bıldır Senelerin Yemek Kültürü</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786253980689</t>
+          <t>9786253980993</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Çağdaş Yönetim Yaklaşımları</t>
+          <t>Geçmişten Günümüze Rüzgar Sörfü</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>270</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786254337765</t>
+          <t>9786253982713</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Rus ve Ermeni Tedhişi (Belge ve Bilgiler Işığında)</t>
+          <t>Dijital Oyun ve Tutundurma</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786253981921</t>
+          <t>9786253983475</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşünce Dünyasında Kültür Sosyolojisi Tartışmaları</t>
+          <t>Sanal Müze</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786253982164</t>
+          <t>9786253982362</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Kültür, Moda ve Gündelik Hayat</t>
+          <t>Takım Öğrenmesinin Ahlaki ve Spiritüel Doğası</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786253980542</t>
+          <t>9786253982867</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Hedef Pazar Analizi ve Trade Map Uygulamaları</t>
+          <t>Profesyonel Öğrenme ve Mesleki Gelişim</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786253981594</t>
+          <t>9786253983420</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Türkiye’de Terörizm ve Terörizmle Mücadele</t>
+          <t>The Theatrical Representations of Traumatized Psyche: Beside Herself, The Skriker and Crave</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>345</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786253981228</t>
+          <t>9786253982249</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sisteminde Uygulanan Spor Politikalarının Yapısal ve Kurumsal Olarak İncelenmesi</t>
+          <t>Dünyada ve Türkiye'de Evlilik Yaşının Artışı</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786253980955</t>
+          <t>9786253983277</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Ardahan Değerlemeleri -4-</t>
+          <t>Sağlık Hizmetlerinde Denetim ve Değerlendirme</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>505</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786253980603</t>
+          <t>9786253982287</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Sapanca</t>
+          <t>Uzay - İnsanlığın Ortak Mirası mı?</t>
         </is>
       </c>
       <c r="C1239" s="1">
-        <v>565</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786253981181</t>
+          <t>9786254338922</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Mal ve Hizmet Olarak Kentsel Atık Su Yönetimi</t>
+          <t>Yamaç Paraşütü Eğitimi</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>290</v>
+        <v>940</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786253980924</t>
+          <t>9786253981563</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Helal Tüketim</t>
+          <t>Yamaç Paraşütü Eğitimi</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>425</v>
+        <v>895</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786253980399</t>
+          <t>9786253980412</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Kültürün Örgütsel Bağlılık ve Çalışan Performansına Olan Etkisi</t>
+          <t>Okuma Kültürü ve Kurumsal Yapı</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786253981433</t>
+          <t>9786254339080</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Terörizmle Mücadelede Müzakere Yöntemi: ETA-LTTE-PKK-FARC</t>
+          <t>Sosyal Bilgiler Eğitiminde Gösteri Yöntemi</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>425</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786253980504</t>
+          <t>9786254339974</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>İntihar Saldırılarının Anatomisi</t>
+          <t>Spor Liselerinde Adanmışlık</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>205</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786254339103</t>
+          <t>9786254336966</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi ve Kitlesel Açık Çevrimiçi Derslerde Transkültür</t>
+          <t>Din Eğitiminde Ailenin Yeri ve Önemi</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786253981396</t>
+          <t>9786254335808</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetiminde Koruma Fonksiyonu ve Konu İle İlgili Bir Araştırma</t>
+          <t>Erken Çocukluk Döneminde Sosyal Duygusal Gelişim</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786254339929</t>
+          <t>9786254334764</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Beklenen Yaşam Süresini Etkileyen Faktörler</t>
+          <t>Öğretim Süreci Etkinlik Ve Materyaller</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786253980450</t>
+          <t>9786254334351</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Kars ve Ardahan Beşik Türküleri</t>
+          <t>Öğretim İçin Yeni Alternatifler Bütüncül Yaklaşım Ve Sacayağı Stratejisi</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>215</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786253980078</t>
+          <t>9786254332838</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>İzmir Kentsel Araştirmalar ve Tartişmalar</t>
+          <t>Social - Emotional Learning and Development Through Play</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>590</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786253980863</t>
+          <t>9786254331756</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Muhasebede İhtiyatlılık Kavramı</t>
+          <t>Tüm Yönleriyle Güney Kore Eğitim Sistemi</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>170</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786254339141</t>
+          <t>9786257363594</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Uzlaşma Müessesesi Mevzuatı</t>
+          <t>Otomotiv Sözlüğü - Automobil Wörterbuch</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>255</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786253980849</t>
+          <t>9786052149164</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Tipolojileri</t>
+          <t>Balköpüğü</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>280</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786253980184</t>
+          <t>9786254331138</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Gdevelop ile Dijital Oyun Tasarımı</t>
+          <t>Tasarımsal Düşünce Ve Açık Ve Uzaktan Öğrenme</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>340</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786254337789</t>
+          <t>9786254330018</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Somut Olmayan Kültürel Miras Kapsamında Anadolu Düşünürleri</t>
+          <t>Beden Eğitimi ve Spor Öğretmeninin İlkokul Öğrencilerinin Gelişimleri Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786253980054</t>
+          <t>9786059663663</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’s Visual Representation in Right-Wing Populist Discourse</t>
+          <t>Buz Hokeyi Oyuncularının Alt Extremite Sinir İleti Hızlarının İncelenmesi</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>215</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786254339356</t>
+          <t>9786059663731</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Gelişmiş ve Demokratik Ülkelerin Üzerinde Yükseldikleri Kültürel Zemin</t>
+          <t>Puberte Döneminde Yapılan Kuvvet Antremanlarının Koordinasyon Gelişimi Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786254338366</t>
+          <t>9786053209928</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Bölgesel Politikaları ve Türkiye’de Uygulanabilirliği: Serhat Kalkınma Ajansı Üzerine Bir İnceleme</t>
+          <t>Teoriden Pratiğe STEM Eğitimi</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>215</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786253980528</t>
+          <t>9786059663311</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Investigation of the Effect of Techniques (Drop Shot-Lob- Slice) Not Included in the International Tennis Number (ITN) Test on Match Results in Elite Athletes</t>
+          <t>Fiziksel Etkinlik Oyunlarının İlköğretim Öğrencilerinin Karakter Gelişimleri Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>125</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786253980153</t>
+          <t>9786257492416</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Küçükbaş Hayvan İşletmelerinin Tipolojilerinin Belirlenmesi ve Tipolojinin İşletmelerin Üretim Etkinliğine Etkisi</t>
+          <t>Çocuğumun Okul Yolu Güvenliği</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786254339943</t>
+          <t>9786257589468</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Güvenlik Yönetimi Yaklaşımları</t>
+          <t>Eğitimde Yeni Normal Liderlik Yaklaşımları</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>331</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786254339516</t>
+          <t>9786257258043</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>Representation of Orientalism in James Morier’s Novels</t>
+          <t>1001 Söz</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>215</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786253980009</t>
+          <t>9786257677875</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Afyonkarahisar İlinin Sosyoekonomik Analizi</t>
+          <t>Didier Daeninckx'in Kara Romanlarında Bellek Kavramı</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>290</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786253980566</t>
+          <t>9786257126243</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Özgürlükler, Yabancı Doğrudan Yatırımlar ve Yabancı Portföy Yatırımları Arasındaki İlişki: OECD Ülkeleri Üzerine Ampirik Bir Çalışma</t>
+          <t>Çevrim İçi İş Birliğine Dayalı Ödevler</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786254338816</t>
+          <t>9786253982515</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Ktisadi, Finans Ve Yönetimsel Bakış Açısıyla Sosyal Bilimler Alanındaki Konuların Değerlendirilmesi</t>
+          <t>Dijital Evrenin Yeni İletişim Kodları III</t>
         </is>
       </c>
       <c r="C1264" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786254338946</t>
+          <t>9786253983567</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Fonksiyonel Açıdan Türkiye’de Gelir Dağılımı</t>
+          <t>Zincir Hastanelerin Uluslararasılaşmasına Etki Eden Faktörler</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786253981310</t>
+          <t>9786253983765</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>1 Adım 12 Seyyah 35 Rota</t>
+          <t>Soylulaştırma: Madalyonun Diğer Yüzü - Kenti Soylulaştıran Kendi Yoksullaşan Üniversite Öğrencileri</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786254337543</t>
+          <t>9786253982942</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Ve Sosyal Yönleriyle Obezite</t>
+          <t>Tüketici Davranışında Benzersizlik ve Uyum İhtiyacı</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>425</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786254337321</t>
+          <t>9786253980337</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşamda ve İş Dünyasında Uzmanları Kullanma Sanatı ve Öykülerle Uygulamalar</t>
+          <t>Şehir Pazarlamasında Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>255</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786254339110</t>
+          <t>9786254339059</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Spor Turizmi Ve Rekreasyon Bibliyografyası</t>
+          <t>Demir İpek Yolu ve Türkiye</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>290</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786254339424</t>
+          <t>9786253981907</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>Müslüman - Dostu Turizm Ve Türkiye Deneyimi</t>
+          <t>21. Yüzyılda Türk Sigorta Sektörüne 21 Tavsiye</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786253980276</t>
+          <t>9786253983192</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Müftülük (Taşra Teşkilatı)</t>
+          <t>Trampadan Kripto Paraya</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786254338793</t>
+          <t>9786253983116</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Stratejiye Dair Seçki Yazılar II</t>
+          <t>Dördüncü Sanayi Devrimi’nde Liderlik - Liderlik 4.0</t>
         </is>
       </c>
       <c r="C1272" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786253980245</t>
+          <t>9786253981860</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Türkiye Ekseninde Sosyal, Ekonomik ve Politik Gelişmeler</t>
+          <t>Dijital İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786254339653</t>
+          <t>9786253982638</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>Programmierung der Zugehörigkeit zur Diskursgemeinschaft</t>
+          <t>İnovasyon, Açık İnovasyon Ve İnovasyon İçin Topluluklardan Faydalanma</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>290</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786254338694</t>
+          <t>9786253982522</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Vergi Politikasının Transformasyonu</t>
+          <t>Vatandaşlık Bağı ve Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>295</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786254339820</t>
+          <t>9786253983260</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Deniz Hukukunda Hakkın Kötüye Kullanılması Yasağı</t>
+          <t>Sapma Teorileri ve Kavramları Temelinde Pozitif Sapma</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786254339394</t>
+          <t>9786253983048</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Bosna Sancak Hakkında İkincil Yazılar - Sessiz Soykırım</t>
+          <t>Çevrim İçi Bilgi Arama Süreci</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>255</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786254336058</t>
+          <t>9786254339004</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>Salgın ve Edebiyat</t>
+          <t>OECD Ülkelerinde Sağlık Sistemleri ve Sağlık Ekonomisi</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786254339233</t>
+          <t>9786253981129</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Yıllarında Türkiye’nin Güvenlik Arayışları - Uluslararası Antlaşmalar (1945-1975)</t>
+          <t>Yapılı Çevre Değerlendirmeleri</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>280</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786254338168</t>
+          <t>9786253981266</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Bir İdeolojiler Alanı Olarak İkinci Dünya Savaşı Ve Siyasal Propaganda: 1939-1945 Savaş Dönemi Afişlerinin Karşılaştırmalı Analiz</t>
+          <t>Postmodern Çağda Z Kuşağının Dijital Okuryazarlık Sorunu</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>530</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786254338021</t>
+          <t>9786253980689</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Belgelerinde Kuzey Türklerinden Kırım, Nogay ve Kazan Tatarlarının Eskişehir Yerleşimleri</t>
+          <t>Sağlık Kurumlarında Çağdaş Yönetim Yaklaşımları</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>505</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786254339318</t>
+          <t>9786254337765</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>2000 Sonrası Türkiye’de Ekonomik ve Politik Dönüşüm</t>
+          <t>Tarihte Rus ve Ermeni Tedhişi (Belge ve Bilgiler Işığında)</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>425</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786254338403</t>
+          <t>9786253981921</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Döneminde Yükseköğretimde Uzaktan Eğitim</t>
+          <t>Türk Düşünce Dünyasında Kültür Sosyolojisi Tartışmaları</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786254336522</t>
+          <t>9786253982164</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Atatürk - Bir Dahinin Yaşam Öyküsü</t>
+          <t>Kültür, Moda ve Gündelik Hayat</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786254339172</t>
+          <t>9786253980542</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Tasarruf Yatırım İlişkisi / Feldstein-Horioka Hipotezinin Ticari ve Finansal Dışa Açıklık Durumuna Genişletilmesi</t>
+          <t>Hedef Pazar Analizi ve Trade Map Uygulamaları</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786254337703</t>
+          <t>9786253981594</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatında Çocuk Olmak</t>
+          <t>Osmanlı’dan Günümüze Türkiye’de Terörizm ve Terörizmle Mücadele</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>255</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786254337475</t>
+          <t>9786253981228</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Yazıları</t>
+          <t>Türk Eğitim Sisteminde Uygulanan Spor Politikalarının Yapısal ve Kurumsal Olarak İncelenmesi</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>590</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786254337956</t>
+          <t>9786253980955</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Reklam ve Halkla İlişkiler Çalışmaları</t>
+          <t>Ardahan Değerlemeleri -4-</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>280</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786254338069</t>
+          <t>9786253980603</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Finans ve Bankacılık Alanında Güncel Araştırmalar</t>
+          <t>Dünden Bugüne Sapanca</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>240</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786254338649</t>
+          <t>9786253981181</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Perception of Ethics in Contemporary American Science Fiction Novel</t>
+          <t>Kamusal Mal ve Hizmet Olarak Kentsel Atık Su Yönetimi</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786254337017</t>
+          <t>9786253980924</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelik Şiddetin Kültürel Temelleri</t>
+          <t>Tüm Yönleriyle Helal Tüketim</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>180</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786254334658</t>
+          <t>9786253980399</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Tekstil Kalite Kontrol Test ve Analizleri - Kumaş</t>
+          <t>Örgütsel Kültürün Örgütsel Bağlılık ve Çalışan Performansına Olan Etkisi</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786254336256</t>
+          <t>9786253981433</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>İşletme Bilimi ile İşletme Eğitimini Etkileyen Güncel Meseleler</t>
+          <t>Terörizmle Mücadelede Müzakere Yöntemi: ETA-LTTE-PKK-FARC</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>290</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786254337567</t>
+          <t>9786253980504</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>Determination of Election Systems on The Principle of Justice in Representation: Country Analysis</t>
+          <t>İntihar Saldırılarının Anatomisi</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>590</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786254337581</t>
+          <t>9786254339103</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Çevrim Dışı İrade - Dijital Kültürün Ayartıcı Gücüne Karşı Bir Direnç Formu Olarak İrade</t>
+          <t>Çevrimiçi ve Kitlesel Açık Çevrimiçi Derslerde Transkültür</t>
         </is>
       </c>
       <c r="C1295" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786254337406</t>
+          <t>9786253981396</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>Isparta Özel Gün Gastronomisi</t>
+          <t>İnsan Kaynakları Yönetiminde Koruma Fonksiyonu ve Konu İle İlgili Bir Araştırma</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786254336850</t>
+          <t>9786254339929</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Genişletilmiş Gerçeklik ve Medya - XR Teknolojileri</t>
+          <t>Beklenen Yaşam Süresini Etkileyen Faktörler</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786254337031</t>
+          <t>9786253980450</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Dijital Hali</t>
+          <t>Kars ve Ardahan Beşik Türküleri</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>340</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786254335839</t>
+          <t>9786253980078</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi ve Finans Üzerine İncelemeler</t>
+          <t>İzmir Kentsel Araştirmalar ve Tartişmalar</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>105</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786254333613</t>
+          <t>9786253980863</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Swift’ten Mcpherson’a İrlandalı Edebiyatçılar</t>
+          <t>Muhasebede İhtiyatlılık Kavramı</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>315</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786254336904</t>
+          <t>9786254339141</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Yurttaş Gazeteciliği</t>
+          <t>Vergi Hukukunda Uzlaşma Müessesesi Mevzuatı</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786254336898</t>
+          <t>9786253980849</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Perspektifinden Kolluk Çalışmaları II - Öfke Üzerine..</t>
+          <t>Tüketici Tipolojileri</t>
         </is>
       </c>
       <c r="C1302" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786254336690</t>
+          <t>9786253980184</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Kamu Mali Yönetiminin Paradigması Ve Gelişim Süreci - Türkiye Örneği</t>
+          <t>Gdevelop ile Dijital Oyun Tasarımı</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>505</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786254336287</t>
+          <t>9786254337789</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Güvenlik Teorisinin Farklı Yaş Grubundaki Ergenler Açısından İncelenmesi</t>
+          <t>Somut Olmayan Kültürel Miras Kapsamında Anadolu Düşünürleri</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>215</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786254336546</t>
+          <t>9786253980054</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Dijital İşletmecilik</t>
+          <t>Türkiye’s Visual Representation in Right-Wing Populist Discourse</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>320</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786254336744</t>
+          <t>9786254339356</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Mekan Araştırmaları</t>
+          <t>Gelişmiş ve Demokratik Ülkelerin Üzerinde Yükseldikleri Kültürel Zemin</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>320</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786254335747</t>
+          <t>9786254338366</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Devletler ve Aktörler</t>
+          <t>Avrupa Birliği Bölgesel Politikaları ve Türkiye’de Uygulanabilirliği: Serhat Kalkınma Ajansı Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C1307" s="1">
-        <v>505</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786254335921</t>
+          <t>9786253980528</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin Yeni Gücü - Kar Amacı Gütmeyen Sektör</t>
+          <t>Investigation of the Effect of Techniques (Drop Shot-Lob- Slice) Not Included in the International Tennis Number (ITN) Test on Match Results in Elite Athletes</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>330</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786254336201</t>
+          <t>9786253980153</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Büyükşehir Belediyesi Kurma ve Genişletme Politikası</t>
+          <t>Küçükbaş Hayvan İşletmelerinin Tipolojilerinin Belirlenmesi ve Tipolojinin İşletmelerin Üretim Etkinliğine Etkisi</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>380</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786254335655</t>
+          <t>9786254339943</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe’den Antroposen’e Yerkürede İnsan</t>
+          <t>Güvenlik Yönetimi Yaklaşımları</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>145</v>
+        <v>331</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786254178276</t>
+          <t>9786254339516</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Hastane</t>
+          <t>Representation of Orientalism in James Morier’s Novels</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>380</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786254270789</t>
+          <t>9786253980009</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretim Kurumlarında Risk, Kalite ve Süreç Temelli Yönetim Modeli</t>
+          <t>Afyonkarahisar İlinin Sosyoekonomik Analizi</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>505</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786254334221</t>
+          <t>9786253980566</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Hekimlik Mesleği - Meslek Kültürü Açısından Bir Değerlendirme</t>
+          <t>Ekonomik Özgürlükler, Yabancı Doğrudan Yatırımlar ve Yabancı Portföy Yatırımları Arasındaki İlişki: OECD Ülkeleri Üzerine Ampirik Bir Çalışma</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786254334825</t>
+          <t>9786254338816</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Espora Multidisipliner Yaklaşımlar</t>
+          <t>Ktisadi, Finans Ve Yönetimsel Bakış Açısıyla Sosyal Bilimler Alanındaki Konuların Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786254335945</t>
+          <t>9786254338946</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Global Competition Stage - Developıng Africa - Opportunities, Threats, Competitors Case Study Türkiye</t>
+          <t>Fonksiyonel Açıdan Türkiye’de Gelir Dağılımı</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>470</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786254335402</t>
+          <t>9786253981310</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>Kara Mürver: Meyve mi İlaç mı?</t>
+          <t>1 Adım 12 Seyyah 35 Rota</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786254334092</t>
+          <t>9786254337543</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Otizmli Çocuğa Sahip Olmak</t>
+          <t>Tıbbi Ve Sosyal Yönleriyle Obezite</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>255</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786254335594</t>
+          <t>9786254337321</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Metodolojisinde Yeni Bir Uygulama Örneği: Bulanık Küme Tekniğiyle Kentsel Dönüşüme Bakış</t>
+          <t>Günlük Yaşamda ve İş Dünyasında Uzmanları Kullanma Sanatı ve Öykülerle Uygulamalar</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786254335761</t>
+          <t>9786254339110</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Richmond Minimal Yüzeyler Ailesi ve Cebirsel Yüzeyleri</t>
+          <t>Spor Turizmi Ve Rekreasyon Bibliyografyası</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>170</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786254335419</t>
+          <t>9786254339424</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Methods &amp; Approaches in English Language Education in Türkiye</t>
+          <t>Müslüman - Dostu Turizm Ve Türkiye Deneyimi</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786254334948</t>
+          <t>9786253980276</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve Finansal Konular Üzerine Çalışmalar</t>
+          <t>Osmanlı Devleti’nde Müftülük (Taşra Teşkilatı)</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>345</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786254334894</t>
+          <t>9786254338793</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yaşam İçin Fonksiyonel Bitki Bazlı Beslenme - Kalorileri Değil Renkleri Say</t>
+          <t>Stratejiye Dair Seçki Yazılar II</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>590</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786257677080</t>
+          <t>9786253980245</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Comparative Modernisation</t>
+          <t>Dünya ve Türkiye Ekseninde Sosyal, Ekonomik ve Politik Gelişmeler</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786254334856</t>
+          <t>9786254339653</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Dijidrama Ve Akran Zorbalığı: Sınıfta Ve Ekranda Yaratıcı Drama</t>
+          <t>Programmierung der Zugehörigkeit zur Diskursgemeinschaft</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>145</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786254333729</t>
+          <t>9786254338694</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Markalaşma Vizyonuyla Uşak Kenti</t>
+          <t>Vergi Politikasının Transformasyonu</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>555</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786254334269</t>
+          <t>9786254339820</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Bts Ve Army K-pop Hayranlığı Üzerinde Sosyolojik Bir İnceleme</t>
+          <t>Uluslararası Deniz Hukukunda Hakkın Kötüye Kullanılması Yasağı</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786254334986</t>
+          <t>9786254339394</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Gözlemlenen Bir Çocuğun Gelişimi (Şiir)</t>
+          <t>Bosna Sancak Hakkında İkincil Yazılar - Sessiz Soykırım</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>205</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786254334597</t>
+          <t>9786254336058</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Orak Hücre Anemisinde Ağrı Krizi ve Bilişsel Davranışçı Terapi</t>
+          <t>Salgın ve Edebiyat</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>195</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786254335006</t>
+          <t>9786254339233</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Governing Islam in France and Russia</t>
+          <t>Soğuk Savaş Yıllarında Türkiye’nin Güvenlik Arayışları - Uluslararası Antlaşmalar (1945-1975)</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786254333477</t>
+          <t>9786254338168</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Terörizm ve Yalnız Kurtlar</t>
+          <t>Bir İdeolojiler Alanı Olarak İkinci Dünya Savaşı Ve Siyasal Propaganda: 1939-1945 Savaş Dönemi Afişlerinin Karşılaştırmalı Analiz</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>205</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786254333835</t>
+          <t>9786254338021</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>İdeolojik İletişim Ve Muhafazakar Sanat - Hasan Nail Canat</t>
+          <t>Osmanlı Belgelerinde Kuzey Türklerinden Kırım, Nogay ve Kazan Tatarlarının Eskişehir Yerleşimleri</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>130</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786254334290</t>
+          <t>9786254339318</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>The Dynamic Development of Student Immunity in Language Learning</t>
+          <t>2000 Sonrası Türkiye’de Ekonomik ve Politik Dönüşüm</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>145</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786254332913</t>
+          <t>9786254338403</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Bağlılık ve Tükenmişlik</t>
+          <t>Pandemi Döneminde Yükseköğretimde Uzaktan Eğitim</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786254332937</t>
+          <t>9786254336522</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Succes with Virtual Management</t>
+          <t>Atatürk - Bir Dahinin Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786254334078</t>
+          <t>9786254339172</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan’da Felsefe, Bilim ve Sanat</t>
+          <t>Tasarruf Yatırım İlişkisi / Feldstein-Horioka Hipotezinin Ticari ve Finansal Dışa Açıklık Durumuna Genişletilmesi</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786254332593</t>
+          <t>9786254337703</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Küresel Rekabet Ortamında Birlikte Rekabet: İhracatta Kümelenme Yaklaşımı</t>
+          <t>Rus Edebiyatında Çocuk Olmak</t>
         </is>
       </c>
       <c r="C1336" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786254333538</t>
+          <t>9786254337475</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat Bir Darbeden Çok Fazlası</t>
+          <t>Siyaset Yazıları</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>195</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786254333590</t>
+          <t>9786254337956</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Medya Okuyan ve Medyayla İlgilenenlerin El Kitabı - Medya Ve İletişim</t>
+          <t>Reklam ve Halkla İlişkiler Çalışmaları</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786254334016</t>
+          <t>9786254338069</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>1952'den 2022'ye NATO ve Türkiye</t>
+          <t>Finans ve Bankacılık Alanında Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C1339" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786254334245</t>
+          <t>9786254338649</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Mühendislik, Bilgi Güvenliği ve Endüstri 4.0</t>
+          <t>Postmodern Perception of Ethics in Contemporary American Science Fiction Novel</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786254334337</t>
+          <t>9786254337017</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Yurt Dışında Türk Dizileri ve Kültürel Diplomasi</t>
+          <t>Kadına Yönelik Şiddetin Kültürel Temelleri</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>255</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786254332906</t>
+          <t>9786254334658</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Contemporary Aspects of Entrepreneurship and Innovation Management</t>
+          <t>Tekstil Kalite Kontrol Test ve Analizleri - Kumaş</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>205</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786254334900</t>
+          <t>9786254336256</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Araştırması ve Analitiği</t>
+          <t>İşletme Bilimi ile İşletme Eğitimini Etkileyen Güncel Meseleler</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>625</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786254331534</t>
+          <t>9786254337567</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Basında Tüketici Tercihleri Analizi</t>
+          <t>Determination of Election Systems on The Principle of Justice in Representation: Country Analysis</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>240</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786254333170</t>
+          <t>9786254337581</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>İşyerlerinde Radyasyon Güvenliği</t>
+          <t>Çevrim Dışı İrade - Dijital Kültürün Ayartıcı Gücüne Karşı Bir Direnç Formu Olarak İrade</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>270</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786254332876</t>
+          <t>9786254337406</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Kadın Emeği: Türk Bankacılık Sektörüne Bir Bakış</t>
+          <t>Isparta Özel Gün Gastronomisi</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786254332043</t>
+          <t>9786254336850</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Validebağ Korusu</t>
+          <t>Genişletilmiş Gerçeklik ve Medya - XR Teknolojileri</t>
         </is>
       </c>
       <c r="C1347" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786254333224</t>
+          <t>9786254337031</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>Tadın Gücü</t>
+          <t>İletişimin Dijital Hali</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786254332104</t>
+          <t>9786254335839</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Finansta Bugünü Geçmişte Bırakan Zeka</t>
+          <t>Ekonomi ve Finans Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>425</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786254333934</t>
+          <t>9786254333613</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Örgütlerinde Kurumsallaşma</t>
+          <t>Swift’ten Mcpherson’a İrlandalı Edebiyatçılar</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>270</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786254332562</t>
+          <t>9786254336904</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Konular Üzerine Seçme Yazılar</t>
+          <t>Yurttaş Gazeteciliği</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786254333309</t>
+          <t>9786254336898</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetleri Pazarlamasında Dijital Dönüşüm Ve Çevrim İçi Uygulamalar</t>
+          <t>Yönetim ve Organizasyon Perspektifinden Kolluk Çalışmaları II - Öfke Üzerine..</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786254333323</t>
+          <t>9786254336690</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>ÇKKV Yöntemleri Matematiksel Modelleme Ve CBS İle Jandarma Karakolu Kuruluş Yeri Seçimi</t>
+          <t>Kamu Mali Yönetiminin Paradigması Ve Gelişim Süreci - Türkiye Örneği</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>280</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786254333453</t>
+          <t>9786254336287</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası İmaj Çalışmaları</t>
+          <t>Duygusal Güvenlik Teorisinin Farklı Yaş Grubundaki Ergenler Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>295</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786254332852</t>
+          <t>9786254336546</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Medya İletişim ve Örgütsel Davranış</t>
+          <t>Dijital İşletmecilik</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>365</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786254333262</t>
+          <t>9786254336744</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Tourism Industry a Key Value Driver to Economic Growth and Development - A Case of North Cyprus</t>
+          <t>Kültür ve Mekan Araştırmaları</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>165</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786254331510</t>
+          <t>9786254335747</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Biyolojik ve Kültürel Antropolojik Boyutlarıyla Beslenme</t>
+          <t>Devletler ve Aktörler</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>270</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786254331763</t>
+          <t>9786254335921</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Yeşil İşler’e Doğru - Sürdürülebilir Gelişme ve Yeşil Ekonomi</t>
+          <t>Ekonominin Yeni Gücü - Kar Amacı Gütmeyen Sektör</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786254330827</t>
+          <t>9786254336201</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Harezm Türkçesiyle Yazılmış Cümcüme Sultan Hikayesi</t>
+          <t>Türkiye'de Büyükşehir Belediyesi Kurma ve Genişletme Politikası</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786254333491</t>
+          <t>9786254335655</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Bir Meçhul Aleme Giderken Sinema - Farklı Okumalarla Bir Film: Seni Buldum Ya!</t>
+          <t>Göbeklitepe’den Antroposen’e Yerkürede İnsan</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>255</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786254331909</t>
+          <t>9786254178276</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Etik Liderlik ve Örgütsel Adalet Algısının Örgütsel Sinizm Davranışlarına Etkisi</t>
+          <t>Yeşil Hastane</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>190</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786254332340</t>
+          <t>9786254270789</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Güncel ve Uygulamalı Çok Kriterli Karar Verme Yöntemleri</t>
+          <t>Yükseköğretim Kurumlarında Risk, Kalite ve Süreç Temelli Yönetim Modeli</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>270</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786254332296</t>
+          <t>9786254334221</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Lüks Tüketim Eğiliminin Vitrini Çocuklar: Ebeveynler Üzerine Bir Araştırma</t>
+          <t>Türkiye’de Hekimlik Mesleği - Meslek Kültürü Açısından Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>170</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786257589062</t>
+          <t>9786254334825</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Kadın Yoksulluğu Sorunu ve Mücadele</t>
+          <t>Espora Multidisipliner Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1364" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786257258739</t>
+          <t>9786254335945</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Yerelden Uluslararası Düzlemlere Suriye Krizinin Dönüşümü</t>
+          <t>Global Competition Stage - Developıng Africa - Opportunities, Threats, Competitors Case Study Türkiye</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>440</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786257363969</t>
+          <t>9786254335402</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Rus Öyküsünde Müzik İzleği - 1</t>
+          <t>Kara Mürver: Meyve mi İlaç mı?</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786257566346</t>
+          <t>9786254334092</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Vandalizm - Tarihi Adlara Karşı Soykırım</t>
+          <t>Otizmli Çocuğa Sahip Olmak</t>
         </is>
       </c>
       <c r="C1367" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786257258913</t>
+          <t>9786254335594</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Uzay Hukuku ve Türkiye</t>
+          <t>Sosyal Bilimler Metodolojisinde Yeni Bir Uygulama Örneği: Bulanık Küme Tekniğiyle Kentsel Dönüşüme Bakış</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786257677356</t>
+          <t>9786254335761</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Reel Sektör Firmaları Açısından Borç Dolarizasyonunun Değerlendirilmesi: TCMB Sektör Bilançosu Örneği</t>
+          <t>Richmond Minimal Yüzeyler Ailesi ve Cebirsel Yüzeyleri</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>245</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786254330162</t>
+          <t>9786254335419</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Olumsuzluk - Eşzamanlı İşlevsel Bir İnceleme</t>
+          <t>Methods &amp; Approaches in English Language Education in Türkiye</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786257566988</t>
+          <t>9786254334948</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Üslup Ve Teknik Olanaklar - Kameramanlıktan Görüntü Yönetmenliğine</t>
+          <t>İktisadi ve Finansal Konular Üzerine Çalışmalar</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>180</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786257258753</t>
+          <t>9786254334894</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesinde Devlet, Toplum ve Ekonomi</t>
+          <t>Uzun Yaşam İçin Fonksiyonel Bitki Bazlı Beslenme - Kalorileri Değil Renkleri Say</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>255</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786257363105</t>
+          <t>9786257677080</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Türk İşletme Grupları</t>
+          <t>Comparative Modernisation</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>215</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786257258791</t>
+          <t>9786254334856</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Teşkilatında Rasyonalizasyon Leimgruber Raporu</t>
+          <t>Dijidrama Ve Akran Zorbalığı: Sınıfta Ve Ekranda Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>245</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786257296007</t>
+          <t>9786254333729</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Vatan ve Vatanseverlik (1839-1918)</t>
+          <t>Markalaşma Vizyonuyla Uşak Kenti</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>380</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786257363846</t>
+          <t>9786254334269</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Bellek ve Yıldönümü Gazeteciliği: Şafak Nöbeti</t>
+          <t>Bts Ve Army K-pop Hayranlığı Üzerinde Sosyolojik Bir İnceleme</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>150</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786257258876</t>
+          <t>9786254334986</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>The Role of Soft Power in Qatar’s Foreign Policy</t>
+          <t>Gözlemlenen Bir Çocuğun Gelişimi (Şiir)</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>255</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786257677639</t>
+          <t>9786254334597</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>The Philosophical Methodology for Designing Highly Accurate Laser Tomography</t>
+          <t>Orak Hücre Anemisinde Ağrı Krizi ve Bilişsel Davranışçı Terapi</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>215</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786257363679</t>
+          <t>9786254335006</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Tekstil Ürünleri İçin Dijital Ortamda Pazarlama</t>
+          <t>Governing Islam in France and Russia</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>380</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786257363518</t>
+          <t>9786254333477</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji, Yenilik ve Büyüme</t>
+          <t>Terörizm ve Yalnız Kurtlar</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>240</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786257677813</t>
+          <t>9786254333835</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tadında Divan-ı Hikmet: Ahmed Yesevi</t>
+          <t>İdeolojik İletişim Ve Muhafazakar Sanat - Hasan Nail Canat</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>365</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786257296359</t>
+          <t>9786254334290</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>Şehir Marka Değerinin Şehir Sakinlerinin Memnuniyetine Etkisi</t>
+          <t>The Dynamic Development of Student Immunity in Language Learning</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786257258449</t>
+          <t>9786254332913</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kalkınma Disiplinlerarası Yaklaşım</t>
+          <t>İş Hayatında Bağlılık ve Tükenmişlik</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>425</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786257258494</t>
+          <t>9786254332937</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Suriyeli Sığınmacılara Yönelik Güvenlik Algısı</t>
+          <t>Succes with Virtual Management</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>215</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786057662316</t>
+          <t>9786254334078</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Spor Yöneticilerinin Öz Yeterlilik İnancı ve Öz Liderlik</t>
+          <t>Antik Yunan’da Felsefe, Bilim ve Sanat</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>150</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786257589147</t>
+          <t>9786254332593</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Toplumsallaşma Sürecinde İmam Hatip Liseleri</t>
+          <t>Küresel Rekabet Ortamında Birlikte Rekabet: İhracatta Kümelenme Yaklaşımı</t>
         </is>
       </c>
       <c r="C1386" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786257492614</t>
+          <t>9786254333538</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>Sakin Kentlerde Çalışma Yaşamı Kalitesi Üzerine Nitel Bir Araştırma</t>
+          <t>28 Şubat Bir Darbeden Çok Fazlası</t>
         </is>
       </c>
       <c r="C1387" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786257296243</t>
+          <t>9786254333590</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Kalite Yönetimi</t>
+          <t>Medya Okuyan ve Medyayla İlgilenenlerin El Kitabı - Medya Ve İletişim</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786257363549</t>
+          <t>9786254334016</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Diplomatik Gücü</t>
+          <t>1952'den 2022'ye NATO ve Türkiye</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>215</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786257492928</t>
+          <t>9786254334245</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Rüya Mimarisi</t>
+          <t>Sosyal Mühendislik, Bilgi Güvenliği ve Endüstri 4.0</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>395</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786257258944</t>
+          <t>9786254334337</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatrinin Türkiye'ye Girişi</t>
+          <t>Yurt Dışında Türk Dizileri ve Kültürel Diplomasi</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>245</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786257363167</t>
+          <t>9786254332906</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Futbol</t>
+          <t>Contemporary Aspects of Entrepreneurship and Innovation Management</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>305</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786257363402</t>
+          <t>9786254334900</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Postmenopozal Dönemde Rekreatif Yüzme Egzersizinin Psikososyal Etkisi</t>
+          <t>Pazarlama Araştırması ve Analitiği</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>215</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786257492997</t>
+          <t>9786254331534</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Personality Traits And Consumer Decision-Making Styles</t>
+          <t>Elektronik Basında Tüketici Tercihleri Analizi</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786257363884</t>
+          <t>9786254333170</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci ve Öğretmen Duyguları ve Özyeterlik İnançları: Bir Alanyazın Çalışması</t>
+          <t>İşyerlerinde Radyasyon Güvenliği</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>145</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786257363228</t>
+          <t>9786254332876</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Musul ve Kerkük Vakıfları</t>
+          <t>Kadın Emeği: Türk Bankacılık Sektörüne Bir Bakış</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>245</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786257363815</t>
+          <t>9786254332043</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Okul Yöneticilerinin Beden Eğitimi Dersine İlişkin Tutumlarının Bazı Değişkenlere Göre İncelenmesi</t>
+          <t>Osmanlı'dan Günümüze Validebağ Korusu</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786257363907</t>
+          <t>9786254333224</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Medya, Siyaset, Toplum Ekseninde Dijitalleşme ve İnternet</t>
+          <t>Tadın Gücü</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786257492430</t>
+          <t>9786254332104</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Markamın İsmi Ne Olsun?</t>
+          <t>Finansta Bugünü Geçmişte Bırakan Zeka</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786257589000</t>
+          <t>9786254333934</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Managerial Skills in The Wind of Management and Change in The 21St Century Business World</t>
+          <t>Eğitim Örgütlerinde Kurumsallaşma</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>205</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786257296649</t>
+          <t>9786254332562</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Zeka ve Kültürlerarası İletişim Kaygısı İlişkisi: Türkiye ve İngiltere Karşılaştırması</t>
+          <t>İktisadi Konular Üzerine Seçme Yazılar</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>245</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786257363013</t>
+          <t>9786254333309</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Cumhuriyeti'ndeki Okul Müdürlerinin Yönetsel Etkililikleri</t>
+          <t>Sağlık Hizmetleri Pazarlamasında Dijital Dönüşüm Ve Çevrim İçi Uygulamalar</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>165</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786257492164</t>
+          <t>9786254333323</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim - Kamu Kurumları İçin Bir Kurumsal Derecelendirme Model Önerisi</t>
+          <t>ÇKKV Yöntemleri Matematiksel Modelleme Ve CBS İle Jandarma Karakolu Kuruluş Yeri Seçimi</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786257363808</t>
+          <t>9786254333453</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Kinematic Investigation of Handspring and Handspring Sideward With ¼ Turn Performed on Artistic Gymnastics Vaulting Table</t>
+          <t>Disiplinlerarası İmaj Çalışmaları</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786257296489</t>
+          <t>9786254332852</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm Uygulamalarının Kentsel Yaşam Kalitesine Etkisi: Mamak Örneği</t>
+          <t>Medya İletişim ve Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>255</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786257566629</t>
+          <t>9786254333262</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Karabağ Tarihi</t>
+          <t>Tourism Industry a Key Value Driver to Economic Growth and Development - A Case of North Cyprus</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786257363488</t>
+          <t>9786254331510</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Kar Amaçsız Örgütlerde Değişim: Türk Kızılay Örneği</t>
+          <t>Biyolojik ve Kültürel Antropolojik Boyutlarıyla Beslenme</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>205</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786257589024</t>
+          <t>9786254331763</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Kapsayıcı Büyüme - Türkiye Ekonomisine Bakış</t>
+          <t>Yeşil İşler’e Doğru - Sürdürülebilir Gelişme ve Yeşil Ekonomi</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786257589185</t>
+          <t>9786254330827</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Kapsamlı Membran Bilimi ve Yaşamımızdaki Yeri</t>
+          <t>Harezm Türkçesiyle Yazılmış Cümcüme Sultan Hikayesi</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786257258463</t>
+          <t>9786254333491</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Kamu ve Özel Sektör Uygulamaları Kapsamında Muhasebe ve Denetim</t>
+          <t>Bir Meçhul Aleme Giderken Sinema - Farklı Okumalarla Bir Film: Seni Buldum Ya!</t>
         </is>
       </c>
       <c r="C1410" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786254330209</t>
+          <t>9786254331909</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon Yönetimi</t>
+          <t>Etik Liderlik ve Örgütsel Adalet Algısının Örgütsel Sinizm Davranışlarına Etkisi</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786257258654</t>
+          <t>9786254332340</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Hurda İmha Maliyetlerinin Kalite Maliyetleri Açısından İrdelenmesi</t>
+          <t>Güncel ve Uygulamalı Çok Kriterli Karar Verme Yöntemleri</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786257296168</t>
+          <t>9786254332296</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Hizmet İçi Eğitim, Motivasyon ve Performans Boyutlarıyla İnsan Kaynakları Yönetimi</t>
+          <t>Lüks Tüketim Eğiliminin Vitrini Çocuklar: Ebeveynler Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C1413" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786257363983</t>
+          <t>9786257589062</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Fuar Endüstrisi: Kavramlar ve Hizmet Kalitesi</t>
+          <t>Kadın Yoksulluğu Sorunu ve Mücadele</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786257296724</t>
+          <t>9786257258739</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Etnopedagoji</t>
+          <t>Yerelden Uluslararası Düzlemlere Suriye Krizinin Dönüşümü</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>170</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786257492225</t>
+          <t>9786257363969</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi ve Finans Çalışmaları</t>
+          <t>19. Yüzyıl Rus Öyküsünde Müzik İzleği - 1</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786254330063</t>
+          <t>9786257566346</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Yeni Rekabet Sahnesi Gelişen Afrika - Türkiye İçin Fırsatlar, Tehditler, Rakipler</t>
+          <t>Vandalizm - Tarihi Adlara Karşı Soykırım</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786257363341</t>
+          <t>9786257258913</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>DTÖ Politikaları ve Türkiye’de Tarımsal Destekler</t>
+          <t>Uzay Hukuku ve Türkiye</t>
         </is>
       </c>
       <c r="C1418" s="1">
-        <v>215</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786257258623</t>
+          <t>9786257677356</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Dispersif Killer</t>
+          <t>Türkiye'de Reel Sektör Firmaları Açısından Borç Dolarizasyonunun Değerlendirilmesi: TCMB Sektör Bilançosu Örneği</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786257589123</t>
+          <t>9786254330162</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşen Dünyada Pazarlama</t>
+          <t>Türkçede Olumsuzluk - Eşzamanlı İşlevsel Bir İnceleme</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786257296588</t>
+          <t>9786257566988</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret Hadlerinin Belirleyicileri: Türkiye (1998-2019)</t>
+          <t>Türk Sinemasında Üslup Ve Teknik Olanaklar - Kameramanlıktan Görüntü Yönetmenliğine</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786257589369</t>
+          <t>9786257258753</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Bilişim</t>
+          <t>Türk Modernleşmesinde Devlet, Toplum ve Ekonomi</t>
         </is>
       </c>
       <c r="C1422" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786257296236</t>
+          <t>9786257363105</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Benim Çocuğum Kullanmaz: Çocuğun Madde Bağımlılığında Annelik</t>
+          <t>Türk İşletme Grupları</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786257363266</t>
+          <t>9786257258791</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Refah Devletlerinde Göçmenlerin Sosyal Güvenlik Hakkı</t>
+          <t>Türk İdare Teşkilatında Rasyonalizasyon Leimgruber Raporu</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786257126113</t>
+          <t>9786257296007</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği'ne Üyelikte Etkili Olan Sosyoekonomik Faktörlerin Belirlenmesi</t>
+          <t>Türk Edebiyatında Vatan ve Vatanseverlik (1839-1918)</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786257363945</t>
+          <t>9786257363846</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Archetypal and Feminist Approaches to American Literature</t>
+          <t>Toplumsal Bellek ve Yıldönümü Gazeteciliği: Şafak Nöbeti</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786257363655</t>
+          <t>9786257258876</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharında Tunuslu Kadınların Rollerinin ve Kazanımlarının İncelenmesi</t>
+          <t>The Role of Soft Power in Qatar’s Foreign Policy</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>170</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786257258821</t>
+          <t>9786257677639</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>Anlamsal Bir Fenomen Olarak Kiplik: Dede Korkut Örneği</t>
+          <t>The Philosophical Methodology for Designing Highly Accurate Laser Tomography</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786257492331</t>
+          <t>9786257363679</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Müttefikleri: Soğuk Savaş Sonrası Düzende Türkiye ve Güney Kore’nin İttifak Politikası</t>
+          <t>Tekstil Ürünleri İçin Dijital Ortamda Pazarlama</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>445</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786257492089</t>
+          <t>9786257363518</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Alanya Örneğinde Almanca-Türkçe İki Dillilik</t>
+          <t>Teknoloji, Yenilik ve Büyüme</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786257492843</t>
+          <t>9786257677813</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Female Characters in Regency and Victorian Literature</t>
+          <t>Şiir Tadında Divan-ı Hikmet: Ahmed Yesevi</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>150</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786254330025</t>
+          <t>9786257296359</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Bitlis İlinin Sosyoekonomik Durumunun Swot Analizi</t>
+          <t>Şehir Marka Değerinin Şehir Sakinlerinin Memnuniyetine Etkisi</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786257296762</t>
+          <t>9786257258449</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Sınava Velin Girsin</t>
+          <t>Sürdürülebilir Kalkınma Disiplinlerarası Yaklaşım</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786254178825</t>
+          <t>9786257258494</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Zararına Sevinme - Schadenfreude</t>
+          <t>Suriyeli Sığınmacılara Yönelik Güvenlik Algısı</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>170</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786057662514</t>
+          <t>9786057662316</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Hizmet İçi Eğitimde Dijitalleşme: Blog Tabanlı İletişim Eğitimi</t>
+          <t>Spor Yöneticilerinin Öz Yeterlilik İnancı ve Öz Liderlik</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786057662118</t>
+          <t>9786257589147</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Din Kültürü ve Ahlak Bilgisi Öğretmen Yetiştirme Programlarına İlişkin Kalite Standartlarının Belirlenmesi</t>
+          <t>Siyasal Toplumsallaşma Sürecinde İmam Hatip Liseleri</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786052149713</t>
+          <t>9786257492614</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Akademik Aklın Öz Yitimi ve Üniversiteler</t>
+          <t>Sakin Kentlerde Çalışma Yaşamı Kalitesi Üzerine Nitel Bir Araştırma</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786254335716</t>
+          <t>9786257296243</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>100 Araştırma Hikayesi İle İş’te Mutluluk Araştırmaları - 1</t>
+          <t>Sağlıkta Kalite Yönetimi</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786254334559</t>
+          <t>9786257363549</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Belgeler Bulgular Ve İlişkilerle 31 Mart’ın Şifreleri</t>
+          <t>Sağlığın Diplomatik Gücü</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786254332739</t>
+          <t>9786257492928</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>İslami ve Konvansiyonel Endekslerde Risk Karşılaştırması: Riske Maruz Değer Uygulaması</t>
+          <t>Rüya Mimarisi</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>195</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786254333798</t>
+          <t>9786257258944</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Döneminde Mutluluk Düzeyi Belirleyicileri</t>
+          <t>Psikiyatrinin Türkiye'ye Girişi</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786254331312</t>
+          <t>9786257363167</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Small-scale Lng And Lng Bunkering İn Turkey</t>
+          <t>Postmodern Futbol</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>290</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786254331114</t>
+          <t>9786257363402</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Bağlamında Örgütlerde Yönetim</t>
+          <t>Postmenopozal Dönemde Rekreatif Yüzme Egzersizinin Psikososyal Etkisi</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786254333156</t>
+          <t>9786257492997</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Communicative Orientation Of Language Classrooms: A Comparative Analysis</t>
+          <t>Personality Traits And Consumer Decision-Making Styles</t>
         </is>
       </c>
       <c r="C1444" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786254332586</t>
+          <t>9786257363884</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Memory and Dissonance in Shakespeare’s Selected Plays</t>
+          <t>Öğrenci ve Öğretmen Duyguları ve Özyeterlik İnançları: Bir Alanyazın Çalışması</t>
         </is>
       </c>
       <c r="C1445" s="1">
-        <v>215</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786254333064</t>
+          <t>9786257363228</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Distopik Yönetici</t>
+          <t>Osmanlı Döneminde Musul ve Kerkük Vakıfları</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786254333095</t>
+          <t>9786257363815</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Tuva Türkçesinde Edimsöz Edimleri</t>
+          <t>Okul Yöneticilerinin Beden Eğitimi Dersine İlişkin Tutumlarının Bazı Değişkenlere Göre İncelenmesi</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786254333958</t>
+          <t>9786257363907</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Oyun İçi Reklamcılık ve Marka Farkındalığı</t>
+          <t>Medya, Siyaset, Toplum Ekseninde Dijitalleşme ve İnternet</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>170</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786254332692</t>
+          <t>9786257492430</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluğun Farklı Boyutları ve Çok Boyutlu Yoksulluk</t>
+          <t>Markamın İsmi Ne Olsun?</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786257492201</t>
+          <t>9786257589000</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm Projelerinin Gerçekleştirilmesinde Finansman Modeli: Gayrimenkul Girişim Sermayesi Kitle Yatırım Fonu</t>
+          <t>Managerial Skills in The Wind of Management and Change in The 21St Century Business World</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>215</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786254332326</t>
+          <t>9786257296649</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Kriz Yönetimi ve Liderlik</t>
+          <t>Kültürel Zeka ve Kültürlerarası İletişim Kaygısı İlişkisi: Türkiye ve İngiltere Karşılaştırması</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>340</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786254332180</t>
+          <t>9786257363013</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Enerji Birliğinin Teorik Çerçevesi Üye Devletlerin Avrupa Birliği Ortak Enerji Politikasına Etkisi</t>
+          <t>Kuzey Kıbrıs Türk Cumhuriyeti'ndeki Okul Müdürlerinin Yönetsel Etkililikleri</t>
         </is>
       </c>
       <c r="C1452" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786254332975</t>
+          <t>9786257492164</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Küresel Eğitim Reformunun Bir Parçası Olarak Türkiye’de Eğitimde Yerelleşme</t>
+          <t>Kurumsal Yönetim - Kamu Kurumları İçin Bir Kurumsal Derecelendirme Model Önerisi</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>425</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786254332500</t>
+          <t>9786257363808</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasında Kıbrıs (Zürih’ten Kanlı Noel’e)</t>
+          <t>Kinematic Investigation of Handspring and Handspring Sideward With ¼ Turn Performed on Artistic Gymnastics Vaulting Table</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786254331572</t>
+          <t>9786257296489</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetiminde Değişimi Yakalamak</t>
+          <t>Kentsel Dönüşüm Uygulamalarının Kentsel Yaşam Kalitesine Etkisi: Mamak Örneği</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>225</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786254331855</t>
+          <t>9786257566629</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Medya: Alevi Televizyonları</t>
+          <t>Karabağ Tarihi</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786254331497</t>
+          <t>9786257363488</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz’de Kırsal Turizm Geleneksel Çamlıhemşin Konutları</t>
+          <t>Kar Amaçsız Örgütlerde Değişim: Türk Kızılay Örneği</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>350</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786057087775</t>
+          <t>9786257589024</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>İyi Aile İyi Çocuk - Çocuklarda Sosyal ve Duygusal Gelişim</t>
+          <t>Kapsayıcı Büyüme - Türkiye Ekonomisine Bakış</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>330</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786254331886</t>
+          <t>9786257589185</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Kadın Futbolcularda Yoğun İnterval Antrenmanın Lipid Peroksidasyonu ve Antioksidanlara Etkisi</t>
+          <t>Kapsamlı Membran Bilimi ve Yaşamımızdaki Yeri</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>155</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786254331619</t>
+          <t>9786257258463</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatında Vatan ve Bağımsızlık Mücadelesi</t>
+          <t>Kamu ve Özel Sektör Uygulamaları Kapsamında Muhasebe ve Denetim</t>
         </is>
       </c>
       <c r="C1460" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786254331923</t>
+          <t>9786254330209</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>Boş Zaman Tutumu Ve Sağlıklı Yaşam Biçimi Davranışı</t>
+          <t>İnovasyon Yönetimi</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786254331169</t>
+          <t>9786257258654</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Bir Okul Müdürünün Tragedyası</t>
+          <t>Hurda İmha Maliyetlerinin Kalite Maliyetleri Açısından İrdelenmesi</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786254331374</t>
+          <t>9786257296168</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Bengalce Kur'an-ı Kerim Çeviri Çalışmaları</t>
+          <t>Hizmet İçi Eğitim, Motivasyon ve Performans Boyutlarıyla İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>205</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786254330049</t>
+          <t>9786257363983</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Perspektifinden Kolluk Çalışmaları Yönetim Üzerine…</t>
+          <t>Fuar Endüstrisi: Kavramlar ve Hizmet Kalitesi</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786254330872</t>
+          <t>9786257296724</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Likidite Riski ve Piyasa Disiplini</t>
+          <t>Etnopedagoji</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>205</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786254331404</t>
+          <t>9786257492225</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy’un Ahlak Anlayışı</t>
+          <t>Ekonomi ve Finans Çalışmaları</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786254330988</t>
+          <t>9786254330063</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kadın ve Siyasal Temsil</t>
+          <t>Dünyanın Yeni Rekabet Sahnesi Gelişen Afrika - Türkiye İçin Fırsatlar, Tehditler, Rakipler</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>205</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786257492492</t>
+          <t>9786257363341</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilimi</t>
+          <t>DTÖ Politikaları ve Türkiye’de Tarımsal Destekler</t>
         </is>
       </c>
       <c r="C1468" s="1">
-        <v>365</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786254173509</t>
+          <t>9786257258623</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Beynin Gizemi</t>
+          <t>Dispersif Killer</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786254331473</t>
+          <t>9786257589123</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kısmi Zamanlı Ve Tam Zamanlı Çiftçilik Kavramı: Fındık Tarımı Örneği</t>
+          <t>Dijitalleşen Dünyada Pazarlama</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786254331299</t>
+          <t>9786257296588</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Spor Muhasebesi</t>
+          <t>Dış Ticaret Hadlerinin Belirleyicileri: Türkiye (1998-2019)</t>
         </is>
       </c>
       <c r="C1471" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786257566780</t>
+          <t>9786257589369</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyete Dair</t>
+          <t>Çocuklar İçin Bilişim</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786254175619</t>
+          <t>9786257296236</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Ve Kültürde Yalnızlığın 16 Hali</t>
+          <t>Benim Çocuğum Kullanmaz: Çocuğun Madde Bağımlılığında Annelik</t>
         </is>
       </c>
       <c r="C1473" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786254330940</t>
+          <t>9786257363266</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi, Finans ve İşletme Yönetimi Alanında Güncel Gelişmeler - 2</t>
+          <t>Avrupa Refah Devletlerinde Göçmenlerin Sosyal Güvenlik Hakkı</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>290</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786254330711</t>
+          <t>9786257126113</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Hükümetlerinin Kültür Politikalarında Müziğin Yeri ve Önemi (1938-1980)</t>
+          <t>Avrupa Birliği'ne Üyelikte Etkili Olan Sosyoekonomik Faktörlerin Belirlenmesi</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786257492249</t>
+          <t>9786257363945</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Enerji Şoklarının Makroekonomik Etkileri: Türkiye İçin Bir Genel Denge Modeli Uygulaması</t>
+          <t>Archetypal and Feminist Approaches to American Literature</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>205</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786254331039</t>
+          <t>9786257363655</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Turizm Sektöründe Güncel Araştırmalar</t>
+          <t>Arap Baharında Tunuslu Kadınların Rollerinin ve Kazanımlarının İncelenmesi</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>215</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786254331237</t>
+          <t>9786257258821</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaretin Finansmanı</t>
+          <t>Anlamsal Bir Fenomen Olarak Kiplik: Dede Korkut Örneği</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>425</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786254330599</t>
+          <t>9786257492331</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kamu Politikası Sürecinde - Vali</t>
+          <t>Amerika'nın Müttefikleri: Soğuk Savaş Sonrası Düzende Türkiye ve Güney Kore’nin İttifak Politikası</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>215</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786254330797</t>
+          <t>9786257492089</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin Kültürü Kültürün Ekonomisi</t>
+          <t>Alanya Örneğinde Almanca-Türkçe İki Dillilik</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>215</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786254330261</t>
+          <t>9786257492843</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Kaynaşma Ve Kürtler - Coğrafi Farklılıklar</t>
+          <t>Female Characters in Regency and Victorian Literature</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786254330414</t>
+          <t>9786254330025</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Çiftçilerin Tarım Sigortası Yaptırmaya Karşı Tutumları Ve Ödeme İstekliliği</t>
+          <t>Bitlis İlinin Sosyoekonomik Durumunun Swot Analizi</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786257492768</t>
+          <t>9786257296762</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Societal Securitization Beyond Securitization</t>
+          <t>Sınava Velin Girsin</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786257258630</t>
+          <t>9786254178825</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Öğrenme Ve Bireysel Yenilikçilik</t>
+          <t>Başkasının Zararına Sevinme - Schadenfreude</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786254330223</t>
+          <t>9786057662514</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Denetim Standartları ve Uluslararası Denetim Standartlarıyla Karşılaştırması</t>
+          <t>Hizmet İçi Eğitimde Dijitalleşme: Blog Tabanlı İletişim Eğitimi</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786257566889</t>
+          <t>9786057662118</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Bir Şiddet Tezahürü Olarak Uluslararası Terörizm Ve Işid Örneği</t>
+          <t>Din Kültürü ve Ahlak Bilgisi Öğretmen Yetiştirme Programlarına İlişkin Kalite Standartlarının Belirlenmesi</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786254330391</t>
+          <t>9786052149713</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Uncertainty and Uncertainty Management in Language Learning</t>
+          <t>Akademik Aklın Öz Yitimi ve Üniversiteler</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>165</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786254330285</t>
+          <t>9786254335716</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişim Bağlamında Sosyal Medyanın Seçmenler Üzerindeki Etkisi</t>
+          <t>100 Araştırma Hikayesi İle İş’te Mutluluk Araştırmaları - 1</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786254330544</t>
+          <t>9786254334559</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve İslam Ekonomisi Yoluyla Kalkınma</t>
+          <t>Belgeler Bulgular Ve İlişkilerle 31 Mart’ın Şifreleri</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786254330513</t>
+          <t>9786254332739</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişim Araştırmaları</t>
+          <t>İslami ve Konvansiyonel Endekslerde Risk Karşılaştırması: Riske Maruz Değer Uygulaması</t>
         </is>
       </c>
       <c r="C1490" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786254330148</t>
+          <t>9786254333798</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Social-Emotional Foreign Language Learning</t>
+          <t>Pandemi Döneminde Mutluluk Düzeyi Belirleyicileri</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786254330353</t>
+          <t>9786254331312</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Antarktika Ve Türkiye</t>
+          <t>Small-scale Lng And Lng Bunkering İn Turkey</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>305</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786257492942</t>
+          <t>9786254331114</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal Boyutları ile Sağlık</t>
+          <t>Küreselleşme Bağlamında Örgütlerde Yönetim</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>280</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786257566957</t>
+          <t>9786254333156</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>İkili İlişkiler Bağlamında Fas Pazarının Türkiye Açısından Önemi ve İşletmelerin Durumu</t>
+          <t>Communicative Orientation Of Language Classrooms: A Comparative Analysis</t>
         </is>
       </c>
       <c r="C1494" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786257566360</t>
+          <t>9786254332586</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>İşletmede Etik Kod Uygulaması</t>
+          <t>Memory and Dissonance in Shakespeare’s Selected Plays</t>
         </is>
       </c>
       <c r="C1495" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786257492287</t>
+          <t>9786254333064</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Çevirmen Eğitiminde Güncel Yaklaşımlar ve Uygulamalar</t>
+          <t>Distopik Yönetici</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786254330438</t>
+          <t>9786254333095</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Viral Reklamcılık</t>
+          <t>Tuva Türkçesinde Edimsöz Edimleri</t>
         </is>
       </c>
       <c r="C1497" s="1">
-        <v>78</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786254330087</t>
+          <t>9786254333958</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Ağlarda Benlik ve Benlik Sunumu</t>
+          <t>Oyun İçi Reklamcılık ve Marka Farkındalığı</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786257492102</t>
+          <t>9786254332692</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Yarım Asırlık Nükleer Santral Serüveni</t>
+          <t>Yoksulluğun Farklı Boyutları ve Çok Boyutlu Yoksulluk</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>305</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786257492744</t>
+          <t>9786257492201</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Rekabetçiliğin Geliştirilmesi Projeleri ve Projeleri Tamamlamış Firmalar Üzerine Bir Saha Araştırması</t>
+          <t>Kentsel Dönüşüm Projelerinin Gerçekleştirilmesinde Finansman Modeli: Gayrimenkul Girişim Sermayesi Kitle Yatırım Fonu</t>
         </is>
       </c>
       <c r="C1500" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786257492706</t>
+          <t>9786254332326</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Pandemisine Disiplinlerarası Bakış</t>
+          <t>Kriz Yönetimi ve Liderlik</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786257492317</t>
+          <t>9786254332180</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Performans Endeksi İle Ekonomik Özgürlük Endeksinin Küresel Ticareti Kolaylaştırmaya Etkisinin İncelenmesi</t>
+          <t>Enerji Birliğinin Teorik Çerçevesi Üye Devletlerin Avrupa Birliği Ortak Enerji Politikasına Etkisi</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786257492638</t>
+          <t>9786254332975</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranışa Pozitif Bakış</t>
+          <t>Küresel Eğitim Reformunun Bir Parçası Olarak Türkiye’de Eğitimde Yerelleşme</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>280</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786257566827</t>
+          <t>9786254332500</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Standart Türkçe ve Standart Çuvaşçada Ad Yan Cümleleri</t>
+          <t>Türk Dış Politikasında Kıbrıs (Zürih’ten Kanlı Noel’e)</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786257492393</t>
+          <t>9786254331572</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Çağında Siyaset</t>
+          <t>İnsan Kaynakları Yönetiminde Değişimi Yakalamak</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786257492188</t>
+          <t>9786254331855</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Güncel Konular</t>
+          <t>Alternatif Medya: Alevi Televizyonları</t>
         </is>
       </c>
       <c r="C1506" s="1">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786257492539</t>
+          <t>9786254331497</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşmenin Finans Dünyasına Yansımaları</t>
+          <t>Doğu Karadeniz’de Kırsal Turizm Geleneksel Çamlıhemşin Konutları</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786257492355</t>
+          <t>9786057087775</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>A5 Ülkelerinde Finansal Kabarcık Tecrübeleri (1990-2016)</t>
+          <t>İyi Aile İyi Çocuk - Çocuklarda Sosyal ve Duygusal Gelişim</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786257566520</t>
+          <t>9786254331886</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Sürdürülebilir Enerji</t>
+          <t>Kadın Futbolcularda Yoğun İnterval Antrenmanın Lipid Peroksidasyonu ve Antioksidanlara Etkisi</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>330</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786257492829</t>
+          <t>9786254331619</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>COVID-19 Sonrası Dünyada Ekonomi, Radikalleşme ve Terör</t>
+          <t>Arap Edebiyatında Vatan ve Bağımsızlık Mücadelesi</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>245</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786257492683</t>
+          <t>9786254331923</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Gastro Artvin</t>
+          <t>Boş Zaman Tutumu Ve Sağlıklı Yaşam Biçimi Davranışı</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786257492966</t>
+          <t>9786254331169</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Coğrafi Bakış Açısıyla Film ve Diziler</t>
+          <t>Bir Okul Müdürünün Tragedyası</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>280</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786257566599</t>
+          <t>9786254331374</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilik Üzerine</t>
+          <t>Bengalce Kur'an-ı Kerim Çeviri Çalışmaları</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>215</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786257492041</t>
+          <t>9786254330049</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetleri Pazarlamasında Güncel Tartışmalar ve Çevrim Dışı Uygulamalar</t>
+          <t>Yönetim ve Organizasyon Perspektifinden Kolluk Çalışmaları Yönetim Üzerine…</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786257492065</t>
+          <t>9786254330872</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Ombudsman Kurumu Transfer Süreci ve İşlevselliği</t>
+          <t>Bankacılıkta Likidite Riski ve Piyasa Disiplini</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>350</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786257566018</t>
+          <t>9786254331404</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>COVID - 19 Pandemisinin İktisadi ve Sosyal Etkileri</t>
+          <t>Mehmet Akif Ersoy’un Ahlak Anlayışı</t>
         </is>
       </c>
       <c r="C1516" s="1">
-        <v>330</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786257566766</t>
+          <t>9786254330988</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>“Amerika’nın Sesi”ndeki Kültürel Kodlar</t>
+          <t>Türkiye'de Kadın ve Siyasal Temsil</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>240</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786257566551</t>
+          <t>9786257492492</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Şimdiki Aklım Geçmiş Tecrübem</t>
+          <t>Yönetim Bilimi</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>205</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786257566469</t>
+          <t>9786254173509</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Kübra (Ciltli)</t>
+          <t>Yaratıcı Beynin Gizemi</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>540</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786257566704</t>
+          <t>9786254331473</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Sanayi Devrimi</t>
+          <t>Türkiye’de Kısmi Zamanlı Ve Tam Zamanlı Çiftçilik Kavramı: Fındık Tarımı Örneği</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786257566421</t>
+          <t>9786254331299</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Araştırmaya Türkiye’de Göç Olgusu</t>
+          <t>Spor Muhasebesi</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786257363778</t>
+          <t>9786257566780</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Memleketim Safranbolu</t>
+          <t>Toplumsal Cinsiyete Dair</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786257566292</t>
+          <t>9786254175619</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika'da 21. Yüzyıl Sosyalizmi</t>
+          <t>Edebiyat Ve Kültürde Yalnızlığın 16 Hali</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>375</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786257589710</t>
+          <t>9786254330940</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Esnek Üretim Sistemlerinde Petri Ağları</t>
+          <t>Ekonomi, Finans ve İşletme Yönetimi Alanında Güncel Gelişmeler - 2</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>255</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786257566445</t>
+          <t>9786254330711</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Satın Alma Davranışı</t>
+          <t>Cumhuriyet Dönemi Hükümetlerinin Kültür Politikalarında Müziğin Yeri ve Önemi (1938-1980)</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786257566261</t>
+          <t>9786257492249</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Geleceği</t>
+          <t>Enerji Şoklarının Makroekonomik Etkileri: Türkiye İçin Bir Genel Denge Modeli Uygulaması</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>240</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786257589109</t>
+          <t>9786254331039</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Birleşik Krallık ve Terörizmle Mücadele</t>
+          <t>Turizm Sektöründe Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C1527" s="1">
-        <v>320</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786257566056</t>
+          <t>9786254331237</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Cahil Şehirler’den Akıllı Şehir Devletleri'ne</t>
+          <t>Uluslararası Ticaretin Finansmanı</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>205</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786257589291</t>
+          <t>9786254330599</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Öncileriyle Alman Orta Çağ Edebiyatı</t>
+          <t>Türkiye’de Kamu Politikası Sürecinde - Vali</t>
         </is>
       </c>
       <c r="C1529" s="1">
-        <v>165</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786257589208</t>
+          <t>9786254330797</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Optik</t>
+          <t>Ekonominin Kültürü Kültürün Ekonomisi</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>330</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786257589239</t>
+          <t>9786254330261</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>The Transforming Brain</t>
+          <t>Sosyal Kaynaşma Ve Kürtler - Coğrafi Farklılıklar</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>255</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786257363556</t>
+          <t>9786254330414</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Diplomatik İlişki Kuruluşundan Günümüze Osmanlı - Türkiye - Amerika Birleşik Devletleri İlişkileri</t>
+          <t>Çiftçilerin Tarım Sigortası Yaptırmaya Karşı Tutumları Ve Ödeme İstekliliği</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>380</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786257589246</t>
+          <t>9786257492768</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Öncülleri ve Sonuçları Açısından Yetenek Yönetimi</t>
+          <t>Societal Securitization Beyond Securitization</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786257589529</t>
+          <t>9786257258630</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Şansölye Angela Merkel Dönemi Almanya'nın Orta Doğu Politikası</t>
+          <t>Örgütsel Öğrenme Ve Bireysel Yenilikçilik</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>415</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786257589444</t>
+          <t>9786254330223</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Emeklilik Otomatik Katılım Sistemi</t>
+          <t>Azerbaycan Denetim Standartları ve Uluslararası Denetim Standartlarıyla Karşılaştırması</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786257363440</t>
+          <t>9786257566889</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamayı Paydaş Bakış Açısıyla Değerlendirmek</t>
+          <t>Uluslararası İlişkilerde Bir Şiddet Tezahürü Olarak Uluslararası Terörizm Ve Işid Örneği</t>
         </is>
       </c>
       <c r="C1536" s="1">
         <v>245</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786257589666</t>
+          <t>9786254330391</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Worldviews and Identity Discernment of Muslim Youth</t>
+          <t>Uncertainty and Uncertainty Management in Language Learning</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>255</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786257589338</t>
+          <t>9786254330285</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Değerler ve Medya</t>
+          <t>Siyasal İletişim Bağlamında Sosyal Medyanın Seçmenler Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C1538" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786257589796</t>
+          <t>9786254330544</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Sürrealizm ve Markalaşma</t>
+          <t>Bilgi ve İslam Ekonomisi Yoluyla Kalkınma</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786257296502</t>
+          <t>9786254330513</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Etkili Okul ve Akademik Başarı</t>
+          <t>Dijital İletişim Araştırmaları</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>150</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786257566032</t>
+          <t>9786254330148</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Marka Algısı ve Hizmet Kalitesinin Müşteri Bağlılığına Etkileri</t>
+          <t>Social-Emotional Foreign Language Learning</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786257566193</t>
+          <t>9786254330353</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Enerji Güvenliği Enerji Aktörü Olarak Türkiye</t>
+          <t>Antarktika Ve Türkiye</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>205</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786257589406</t>
+          <t>9786257492942</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Değişim Olgusu</t>
+          <t>Davranışsal Boyutları ile Sağlık</t>
         </is>
       </c>
       <c r="C1543" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786257296021</t>
+          <t>9786257566957</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>Mycetozoa of Turkey</t>
+          <t>İkili İlişkiler Bağlamında Fas Pazarının Türkiye Açısından Önemi ve İşletmelerin Durumu</t>
         </is>
       </c>
       <c r="C1544" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786254398308</t>
+          <t>9786257566360</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Deneyimi ve Yeni İnsan Kaynakları Yönetimi</t>
+          <t>İşletmede Etik Kod Uygulaması</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>200</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786257363723</t>
+          <t>9786257492287</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanma Sürecinin Biyopolitikası</t>
+          <t>Çevirmen Eğitiminde Güncel Yaklaşımlar ve Uygulamalar</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>290</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786257363006</t>
+          <t>9786254330438</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Regional Power Politics: Conflict and Cooperation</t>
+          <t>Viral Reklamcılık</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>205</v>
+        <v>78</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786257363327</t>
+          <t>9786254330087</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık Değişim ve Maneviyat</t>
+          <t>Sosyal Ağlarda Benlik ve Benlik Sunumu</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>215</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786257363204</t>
+          <t>9786257492102</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilimlerinde Adalet Kavramı ve Yabancılaşma Sorunu</t>
+          <t>Türkiye'nin Yarım Asırlık Nükleer Santral Serüveni</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>280</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786257363051</t>
+          <t>9786257492744</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Tying The Knot: A Comparison of Marriage Shows in Two Culture</t>
+          <t>Uluslararası Rekabetçiliğin Geliştirilmesi Projeleri ve Projeleri Tamamlamış Firmalar Üzerine Bir Saha Araştırması</t>
         </is>
       </c>
       <c r="C1550" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786257677837</t>
+          <t>9786257492706</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Reklamın Dünyasında Zaman</t>
+          <t>Covid-19 Pandemisine Disiplinlerarası Bakış</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>205</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786257363082</t>
+          <t>9786257492317</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Sen Ne Yap Biliyor Musun?</t>
+          <t>Lojistik Performans Endeksi İle Ekonomik Özgürlük Endeksinin Küresel Ticareti Kolaylaştırmaya Etkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>270</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786257677370</t>
+          <t>9786257492638</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya’da ve Kırgızistan’da İslami Finansın Gelişimi Muhasebe Sistemi ve Halkın Bakış Açısı Üzeri</t>
+          <t>Örgütsel Davranışa Pozitif Bakış</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>125</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786257677202</t>
+          <t>9786257566827</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Pierre Loti’nin Gözüyle Türkiye ve Batı Medeniyeti</t>
+          <t>Standart Türkçe ve Standart Çuvaşçada Ad Yan Cümleleri</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786257296519</t>
+          <t>9786257492393</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Kamu Harcamaları ve Ekonomik Büyüme Arasındaki İlişki</t>
+          <t>Bilgi Çağında Siyaset</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>170</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786257296540</t>
+          <t>9786257492188</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Ekonometride Ampirik Çalışmalar</t>
+          <t>Sosyal Bilimlerde Güncel Konular</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786257677608</t>
+          <t>9786257492539</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Kaostan Yaratıma: Postmodernizm ve Rus Edebiyatına Yansımaları</t>
+          <t>Dijitalleşmenin Finans Dünyasına Yansımaları</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786257677677</t>
+          <t>9786257492355</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>Purchasing Power Parity in a Spatial Perspective</t>
+          <t>A5 Ülkelerinde Finansal Kabarcık Tecrübeleri (1990-2016)</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786257677691</t>
+          <t>9786257566520</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin İki Yanlı Ticaretindeki J ve S Eğrisi ve Harberger - Laursen - Metzler Etkilerinin Analizi</t>
+          <t>100 Soruda Sürdürülebilir Enerji</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>195</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786257296816</t>
+          <t>9786257492829</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>Lojistikte Farklı Yaklaşımlar</t>
+          <t>COVID-19 Sonrası Dünyada Ekonomi, Radikalleşme ve Terör</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>205</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786257677578</t>
+          <t>9786257492683</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünya Düzeninde Yeni Tüketiciler</t>
+          <t>Gastro Artvin</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786257677912</t>
+          <t>9786257492966</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Krizler ve İnsan Kaynakları Yönetimi</t>
+          <t>Coğrafi Bakış Açısıyla Film ve Diziler</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786257677295</t>
+          <t>9786257566599</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>The Esintiler</t>
+          <t>Gazetecilik Üzerine</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786257677790</t>
+          <t>9786257492041</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Turkey’s Security: New Threats Indigenous Solutions and Overseas Stretch</t>
+          <t>Sağlık Hizmetleri Pazarlamasında Güncel Tartışmalar ve Çevrim Dışı Uygulamalar</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786257677332</t>
+          <t>9786257492065</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Tuz</t>
+          <t>Ombudsman Kurumu Transfer Süreci ve İşlevselliği</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786257296786</t>
+          <t>9786257566018</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>İki Darbe Arasında Türkiye’nin Suriye Politikası (1960-1980)</t>
+          <t>COVID - 19 Pandemisinin İktisadi ve Sosyal Etkileri</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786257296281</t>
+          <t>9786257566766</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>İran ve Suudi Arabistan İlişkileri</t>
+          <t>“Amerika’nın Sesi”ndeki Kültürel Kodlar</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786257296267</t>
+          <t>9786257566551</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Post-Method Pedagogies for English Language Teaching: Emerging Research and Opportunities</t>
+          <t>Şimdiki Aklım Geçmiş Tecrübem</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786254067228</t>
+          <t>9786257566469</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Piyanonun Osmanlı’daki Serüveni</t>
+          <t>Aşk-ı Kübra (Ciltli)</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>265</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786257296861</t>
+          <t>9786257566704</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Highly-Skilled Immigrants, Science Cities and Japan</t>
+          <t>Dördüncü Sanayi Devrimi</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786257296885</t>
+          <t>9786257566421</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>International Students, MEXT Scholarship, and Japan</t>
+          <t>Kuramdan Araştırmaya Türkiye’de Göç Olgusu</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786257677059</t>
+          <t>9786257363778</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Contemporary Approaches in the Field of Economy Finance and Management</t>
+          <t>Memleketim Safranbolu</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786257677233</t>
+          <t>9786257566292</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Scientific Studies on the Edge of Global Warming</t>
+          <t>Latin Amerika'da 21. Yüzyıl Sosyalizmi</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>255</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786257296120</t>
+          <t>9786257589710</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Yapılar ve İstanbul'un Değişen Kentsel İmgesi</t>
+          <t>Esnek Üretim Sistemlerinde Petri Ağları</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>320</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786257677318</t>
+          <t>9786257566445</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Medya ve Seçmen</t>
+          <t>Sosyal Medya ve Satın Alma Davranışı</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786257677493</t>
+          <t>9786257566261</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Fluktika - Dokuz Dalgaboyu - Sekiz Aralık</t>
+          <t>Pazarlamanın Geleceği</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786257296304</t>
+          <t>9786257589109</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Rekreasyon</t>
+          <t>Birleşik Krallık ve Terörizmle Mücadele</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>380</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786257203494</t>
+          <t>9786257566056</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan - ABD İlişkileri ve Azerbaycan'da ABD İmajı (1991-2010)</t>
+          <t>Cahil Şehirler’den Akıllı Şehir Devletleri'ne</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>255</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786257296939</t>
+          <t>9786257589291</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme Eğilimleri</t>
+          <t>Öncileriyle Alman Orta Çağ Edebiyatı</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>245</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786257296144</t>
+          <t>9786257589208</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Uzaktan Eğitim 1902-1907</t>
+          <t>Optik</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786257296564</t>
+          <t>9786257589239</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminin Sosyal Medya Kullanımına Etkisi</t>
+          <t>The Transforming Brain</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>205</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786257677523</t>
+          <t>9786257363556</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Döneminde İletişim Çalışmaları</t>
+          <t>Diplomatik İlişki Kuruluşundan Günümüze Osmanlı - Türkiye - Amerika Birleşik Devletleri İlişkileri</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>255</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786257296700</t>
+          <t>9786257589246</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Her Balık Çağlayan Çıkar</t>
+          <t>Öncülleri ve Sonuçları Açısından Yetenek Yönetimi</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>215</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786059663090</t>
+          <t>9786257589529</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Denetimde Blokzincir Teknolojisinin Uygulanması ve Denetim Mesleğinin Geleceği</t>
+          <t>Şansölye Angela Merkel Dönemi Almanya'nın Orta Doğu Politikası</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>240</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786257296441</t>
+          <t>9786257589444</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Yönetiminde Değer Mühendisliği ve Kalite Maliyetleri</t>
+          <t>Bireysel Emeklilik Otomatik Katılım Sistemi</t>
         </is>
       </c>
       <c r="C1585" s="1">
-        <v>170</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786257296380</t>
+          <t>9786257363440</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Bağlılık ve İş Tatmininin İşten Ayrılma Niyeti Üzerindeki Etkisinin İncelenmesi</t>
+          <t>Pazarlamayı Paydaş Bakış Açısıyla Değerlendirmek</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>215</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786257296953</t>
+          <t>9786257589666</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Panik Bozukluğa Psikodinamik Bakış</t>
+          <t>Worldviews and Identity Discernment of Muslim Youth</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>205</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786257677417</t>
+          <t>9786257589338</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>COVID-19 Salgınının İşletme Dünyasına Yansımaları</t>
+          <t>Değerler ve Medya</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786257296465</t>
+          <t>9786257589796</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim ve Davranış Portföyünden Bilinmeyen Nesillere X, Y, Z Buketi</t>
+          <t>Sürrealizm ve Markalaşma</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786257296847</t>
+          <t>9786257296502</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Kızılırmak Havzasının Coğrafi Tarihine Bakış</t>
+          <t>Etkili Okul ve Akademik Başarı</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>305</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786257296052</t>
+          <t>9786257566032</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Futbolcu Statüsü ve Başarı İlişkisi</t>
+          <t>Marka Algısı ve Hizmet Kalitesinin Müşteri Bağlılığına Etkileri</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>125</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786257126168</t>
+          <t>9786257566193</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Finans Perspektifinde E-Dönüşüm Süreci</t>
+          <t>Enerji Güvenliği Enerji Aktörü Olarak Türkiye</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786257258418</t>
+          <t>9786257589406</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Grupla Psikolojik Danışmanın Bireylerin Kaygı ve Uyum Düzeyleri Üzerindeki Etkisi</t>
+          <t>Kamu Yönetiminde Değişim Olgusu</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786257258128</t>
+          <t>9786257296021</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Devletin Görünmez Kahramanları</t>
+          <t>Mycetozoa of Turkey</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786257258470</t>
+          <t>9786254398308</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Yaş Kuşaklarının Rekreasyon Etkinliklerine Bakışı</t>
+          <t>Çalışan Deneyimi ve Yeni İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786257258593</t>
+          <t>9786257363723</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Algısı ve Negatif eWOM</t>
+          <t>Yaşlanma Sürecinin Biyopolitikası</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786257258357</t>
+          <t>9786257363006</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Türkiye GSM Piyasasının Piyasa Teorileri Bağlamında Anylogic ile Simülasyonu</t>
+          <t>Regional Power Politics: Conflict and Cooperation</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786257258531</t>
+          <t>9786257363327</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>ABD Petrol Tedariği Çeşitlendirme Motivasyonlarına NEO-COX’çu Yaklaşım</t>
+          <t>Bağımlılık Değişim ve Maneviyat</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786257203845</t>
+          <t>9786257363204</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düşüncenin Değişiminde Sınıf, Siyaset, Devlet</t>
+          <t>Yönetim Bilimlerinde Adalet Kavramı ve Yabancılaşma Sorunu</t>
         </is>
       </c>
       <c r="C1599" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786257258012</t>
+          <t>9786257363051</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Modern Seçim Kampanyaları ve Politik Pazarlama Amaçlı Halkla İlişkiler</t>
+          <t>Tying The Knot: A Comparison of Marriage Shows in Two Culture</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786257203760</t>
+          <t>9786257677837</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Kavramının Düşünsel Dayanakları</t>
+          <t>Reklamın Dünyasında Zaman</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9786257258234</t>
+          <t>9786257363082</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Researches on Financial Performance</t>
+          <t>Sen Ne Yap Biliyor Musun?</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>245</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786257203913</t>
+          <t>9786257677370</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Finansal Performans Araştırmalarında Güncel Yaklaşımlar</t>
+          <t>Orta Asya’da ve Kırgızistan’da İslami Finansın Gelişimi Muhasebe Sistemi ve Halkın Bakış Açısı Üzeri</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>290</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786257203975</t>
+          <t>9786257677202</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Liberal ve Komüniteryan Çokkültürlülük</t>
+          <t>Pierre Loti’nin Gözüyle Türkiye ve Batı Medeniyeti</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786257203876</t>
+          <t>9786257296519</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Borsaya Kote İmalat Sektörü Firmalarının Risk Analizi</t>
+          <t>Kamu Harcamaları ve Ekonomik Büyüme Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>215</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786257203616</t>
+          <t>9786257296540</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Firmalarda Ticari Borç ve Alacak Yönetimi</t>
+          <t>Ekonometride Ampirik Çalışmalar</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>195</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786257203050</t>
+          <t>9786257677608</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Aklın Yolu 1</t>
+          <t>Kaostan Yaratıma: Postmodernizm ve Rus Edebiyatına Yansımaları</t>
         </is>
       </c>
       <c r="C1607" s="1">
-        <v>150</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786257203784</t>
+          <t>9786257677677</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Siber Zorbalık</t>
+          <t>Purchasing Power Parity in a Spatial Perspective</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786257203579</t>
+          <t>9786257677691</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Temel Matlab</t>
+          <t>Türkiye’nin İki Yanlı Ticaretindeki J ve S Eğrisi ve Harberger - Laursen - Metzler Etkilerinin Analizi</t>
         </is>
       </c>
       <c r="C1609" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786257203456</t>
+          <t>9786257296816</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Maddecilik ve Dr. Hikmet Kıvılcımlı’nın Tarih Tezi’nin Siyasetine Etkisi (1950-1971)</t>
+          <t>Lojistikte Farklı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>255</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786257126557</t>
+          <t>9786257677578</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Medya Endüstrisinde Freelance Gazetecilerin İşgücü Piyasası Analizi</t>
+          <t>Değişen Dünya Düzeninde Yeni Tüketiciler</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>280</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786257203012</t>
+          <t>9786257677912</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler Ekonomisi ve Tartışmalar</t>
+          <t>Ekonomik Krizler ve İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786257126441</t>
+          <t>9786257677295</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>Putin Dönemi</t>
+          <t>The Esintiler</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786257126076</t>
+          <t>9786257677790</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Fikirden Eyleme Kobi'lerde Yönetim</t>
+          <t>Turkey’s Security: New Threats Indigenous Solutions and Overseas Stretch</t>
         </is>
       </c>
       <c r="C1614" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786257126304</t>
+          <t>9786257677332</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>İş Ekosistemleri</t>
+          <t>Her Yönüyle Tuz</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786257126069</t>
+          <t>9786257296786</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kamu Yönetiminde Koordinasyon</t>
+          <t>İki Darbe Arasında Türkiye’nin Suriye Politikası (1960-1980)</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786257126199</t>
+          <t>9786257296281</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>Data, Information Knowledge Management</t>
+          <t>İran ve Suudi Arabistan İlişkileri</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786257126281</t>
+          <t>9786257296267</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Malatya Kuru Kayısı Üreticiliği Ekonomisi</t>
+          <t>Post-Method Pedagogies for English Language Teaching: Emerging Research and Opportunities</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>320</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786257932837</t>
+          <t>9786254067228</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Lale Çılgınlığından Mortgage Krizine</t>
+          <t>Piyanonun Osmanlı’daki Serüveni</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>255</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786257126212</t>
+          <t>9786257296861</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Girişimci Ve Yenilikçi Üniversitelerin Gömülü Teoriye Göre Değerlendirmesi Ve Bir Model Önerisi</t>
+          <t>Highly-Skilled Immigrants, Science Cities and Japan</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786257932851</t>
+          <t>9786257296885</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>Milli Güvenlik Stratejisi Açısından Hafız Esad Dönemi</t>
+          <t>International Students, MEXT Scholarship, and Japan</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786257126311</t>
+          <t>9786257677059</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Ürün Adaptasyonu İle İhracat Performansı Arasındaki İlişki</t>
+          <t>Contemporary Approaches in the Field of Economy Finance and Management</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>205</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786257126205</t>
+          <t>9786257677233</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilim Üzerine Kuramsal Çalışmalar</t>
+          <t>Scientific Studies on the Edge of Global Warming</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>225</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786257126038</t>
+          <t>9786257296120</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Erkek Kayakçılarda Fiziksel Algılama ve Beden İmgesi - Türkiye Örneği</t>
+          <t>Yüksek Yapılar ve İstanbul'un Değişen Kentsel İmgesi</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786257126007</t>
+          <t>9786257677318</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Değişim Sinizmi ve Spor</t>
+          <t>Siyaset Medya ve Seçmen</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>165</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786257126045</t>
+          <t>9786257677493</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Gençliğinin Şiddete Eğiliminin Araştırılması</t>
+          <t>Fluktika - Dokuz Dalgaboyu - Sekiz Aralık</t>
         </is>
       </c>
       <c r="C1626" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9786257932981</t>
+          <t>9786257296304</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Wellness Turizminde Sürdürülebilirlik Yönetimi</t>
+          <t>Rekreasyon</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>255</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786257126083</t>
+          <t>9786257203494</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Dijital Evrenin Yeni İletişim Kodları</t>
+          <t>Azerbaycan - ABD İlişkileri ve Azerbaycan'da ABD İmajı (1991-2010)</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786257932097</t>
+          <t>9786257296939</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Tanıtım Filmi</t>
+          <t>Dijitalleşme Eğilimleri</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>190</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786257932479</t>
+          <t>9786257296144</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Pravention Kultur Erprobt</t>
+          <t>Osmanlı Devleti'nde Uzaktan Eğitim 1902-1907</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786257932363</t>
+          <t>9786257296564</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>1930-1940 Yıllarında Urfa’da Fotoğraflarla 23 Nisan Ulusal Egemenlik Bayramları</t>
+          <t>Din Eğitiminin Sosyal Medya Kullanımına Etkisi</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>165</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786257932431</t>
+          <t>9786257677523</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Kitle Fonlaması: Paya Dayalı Modelde Başarı Faktörleri</t>
+          <t>Pandemi Döneminde İletişim Çalışmaları</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>225</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786257932578</t>
+          <t>9786257296700</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Rekabet Gücü - İSO’ya Bağlı İmalat Sanayi Sektörlerinde Yapılan Analizler</t>
+          <t>Her Balık Çağlayan Çıkar</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786257932844</t>
+          <t>9786059663090</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Devlet Yardımları ve Dahilde İşleme Rejiminin Dış Ticaretteki Yeri ve Önemi</t>
+          <t>Denetimde Blokzincir Teknolojisinin Uygulanması ve Denetim Mesleğinin Geleceği</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786257932370</t>
+          <t>9786257296441</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Yenilik Yönetiminde Multi Disipliner Yaklaşımlar</t>
+          <t>Maliyet Yönetiminde Değer Mühendisliği ve Kalite Maliyetleri</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786257932332</t>
+          <t>9786257296380</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm ve Finansal Teknolojilere Yansımaları</t>
+          <t>Örgütsel Bağlılık ve İş Tatmininin İşten Ayrılma Niyeti Üzerindeki Etkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786257932233</t>
+          <t>9786257296953</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Çerçevesinde Yeni Ekonomi ve Bileşenleri</t>
+          <t>Panik Bozukluğa Psikodinamik Bakış</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>215</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786257932158</t>
+          <t>9786257677417</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>Yerel Kaynaklar Işığında Orta Çağ Azerbaycan Tarihi 1</t>
+          <t>COVID-19 Salgınının İşletme Dünyasına Yansımaları</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>180</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786257932387</t>
+          <t>9786257296465</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Türkiye’de Asgari Ücret ve Adalet</t>
+          <t>Kişisel Gelişim ve Davranış Portföyünden Bilinmeyen Nesillere X, Y, Z Buketi</t>
         </is>
       </c>
       <c r="C1639" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786257932288</t>
+          <t>9786257296847</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>İran - Sosyal Yapı ve Siyasi Sistem</t>
+          <t>Kızılırmak Havzasının Coğrafi Tarihine Bakış</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>215</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786257932226</t>
+          <t>9786257296052</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Muş Yöresine Ait Geleneksel Oyunlar</t>
+          <t>Yabancı Futbolcu Statüsü ve Başarı İlişkisi</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>170</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786257932301</t>
+          <t>9786257126168</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Haberciliğinde Yeni Medyanın Kullanımı: Whatsapp İhbar Hattı</t>
+          <t>Muhasebe Finans Perspektifinde E-Dönüşüm Süreci</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>180</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786257932172</t>
+          <t>9786257258418</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Çeviriye Kültürel Bakış</t>
+          <t>Grupla Psikolojik Danışmanın Bireylerin Kaygı ve Uyum Düzeyleri Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786257932219</t>
+          <t>9786257258128</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Current Issues in Sociology of Health</t>
+          <t>Sosyal Devletin Görünmez Kahramanları</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786257932080</t>
+          <t>9786257258470</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çocuk Üniversiteleri 21. Yüzyıl Becerileri Yaklaşımı</t>
+          <t>Yaş Kuşaklarının Rekreasyon Etkinliklerine Bakışı</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786257932141</t>
+          <t>9786257258593</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Derin Öğrenme</t>
+          <t>Tüketici Algısı ve Negatif eWOM</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>190</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786057662996</t>
+          <t>9786257258357</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Temel Etik Değerler ve Kamu Kurumlarındaki Hizmet Verimliliği İlişkisi</t>
+          <t>Türkiye GSM Piyasasının Piyasa Teorileri Bağlamında Anylogic ile Simülasyonu</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>145</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786057662965</t>
+          <t>9786257258531</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’nin Adalet ve İçişleri Politikası ile Türkiye’nin Uyum Süreci</t>
+          <t>ABD Petrol Tedariği Çeşitlendirme Motivasyonlarına NEO-COX’çu Yaklaşım</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786257932011</t>
+          <t>9786257203845</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Türk Üniversitelerinde Bologna Süreci</t>
+          <t>Siyasal Düşüncenin Değişiminde Sınıf, Siyaset, Devlet</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786057662972</t>
+          <t>9786257258012</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Aerobik ve Anaerobik Performansa Etkisinin İncelenmesi</t>
+          <t>Modern Seçim Kampanyaları ve Politik Pazarlama Amaçlı Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786057662897</t>
+          <t>9786257203760</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Turizm Endüstrisinde Pazarlama İletişimi</t>
+          <t>Özgürlük Kavramının Düşünsel Dayanakları</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>280</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786057662774</t>
+          <t>9786257258234</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Organik Elektronik - Aygıt Fiziği ve Uygulamaları</t>
+          <t>Researches on Financial Performance</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786057662958</t>
+          <t>9786257203913</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Kuşaklarda Tüketici Etnosentrizmi ve Tüketici Husumeti</t>
+          <t>Finansal Performans Araştırmalarında Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>195</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786057662842</t>
+          <t>9786257203975</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Adolesan - Kadınlarda Sporun Biyokimyasal Etkileri</t>
+          <t>Liberal ve Komüniteryan Çokkültürlülük</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786057662606</t>
+          <t>9786257203876</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesinde Epistemik Kiplik Kısas-ı Enbiya Örneği</t>
+          <t>Borsaya Kote İmalat Sektörü Firmalarının Risk Analizi</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>305</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786057662651</t>
+          <t>9786257203616</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Pazarlama Uygulamaları, Marka Bağlılığı ve Satın Alma Niyeti</t>
+          <t>Firmalarda Ticari Borç ve Alacak Yönetimi</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786057662491</t>
+          <t>9786257203050</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Şirketler İçin Risk Yönetimi - Olgunluk Düzeyleri</t>
+          <t>Aklın Yolu 1</t>
         </is>
       </c>
       <c r="C1657" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786057662484</t>
+          <t>9786257203784</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Ordu ve Sermaye İlişkisi</t>
+          <t>Siber Zorbalık</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>215</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9786057662767</t>
+          <t>9786257203579</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Dijital Para ve Merkez Bankası Para Politikaları</t>
+          <t>Temel Matlab</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786057662712</t>
+          <t>9786257203456</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Teorik ve Ampirik Perspektifte Seçilmiş Finans Konuları</t>
+          <t>Tarihsel Maddecilik ve Dr. Hikmet Kıvılcımlı’nın Tarih Tezi’nin Siyasetine Etkisi (1950-1971)</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786057662552</t>
+          <t>9786257126557</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Sporda İstihdam Edilebilme</t>
+          <t>Medya Endüstrisinde Freelance Gazetecilerin İşgücü Piyasası Analizi</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786057662521</t>
+          <t>9786257203012</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Alfabe Raporu</t>
+          <t>Yerel Yönetimler Ekonomisi ve Tartışmalar</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>205</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786057662644</t>
+          <t>9786257126441</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Organik Süt Sığırcılığı ve Sindirim Sistemi Hastalıklarına Bitkisel Tedavi Uygulamaları</t>
+          <t>Putin Dönemi</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>165</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786057662538</t>
+          <t>9786257126076</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Hükümet Sistemleri</t>
+          <t>Fikirden Eyleme Kobi'lerde Yönetim</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>255</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786057662439</t>
+          <t>9786257126304</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti’nin Son Döneminde Türkiye’nin ABD Politikası (1957-1960)</t>
+          <t>İş Ekosistemleri</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786057662477</t>
+          <t>9786257126069</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Çuvaş Edebiyatı’nın Kurucusu Konstantin V. İvanov Kitabı</t>
+          <t>Türkiye’de Kamu Yönetiminde Koordinasyon</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>280</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786057662460</t>
+          <t>9786257126199</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Clusters: Are They the Panacea of Our Times</t>
+          <t>Data, Information Knowledge Management</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>195</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786057662415</t>
+          <t>9786257126281</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Kişilik ve İş Değerlerinin Kurumsal Bağlılık Açısından Önemi</t>
+          <t>Malatya Kuru Kayısı Üreticiliği Ekonomisi</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786057662392</t>
+          <t>9786257932837</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Denetimde Whistle Blowing Kavramının Önemi</t>
+          <t>Lale Çılgınlığından Mortgage Krizine</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>145</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786057662156</t>
+          <t>9786257126212</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikolojide Kullanılan Ölçekler</t>
+          <t>Türkiye’de Girişimci Ve Yenilikçi Üniversitelerin Gömülü Teoriye Göre Değerlendirmesi Ve Bir Model Önerisi</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>180</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786254392429</t>
+          <t>9786257932851</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikolojide Film Analizleri</t>
+          <t>Milli Güvenlik Stratejisi Açısından Hafız Esad Dönemi</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>140</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786057662354</t>
+          <t>9786257126311</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Tarımda Mikroekonomi</t>
+          <t>Ürün Adaptasyonu İle İhracat Performansı Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C1672" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786057662286</t>
+          <t>9786257126205</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde İyi Yönetişim Aracı Olarak Katılımcı Bütçeleme</t>
+          <t>Çeviribilim Üzerine Kuramsal Çalışmalar</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>245</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786057662279</t>
+          <t>9786257126038</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Buz Hokeyi Sporcularında Duygusal Zeka ve Liderlik</t>
+          <t>Erkek Kayakçılarda Fiziksel Algılama ve Beden İmgesi - Türkiye Örneği</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786057662200</t>
+          <t>9786257126007</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Voleybol Antrenörlerinin Mesleki Yeterlikleri</t>
+          <t>Örgütsel Değişim Sinizmi ve Spor</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786057662132</t>
+          <t>9786257126045</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Bağlamda İnsan Hakları ve Barış Eğitimi</t>
+          <t>Üniversite Gençliğinin Şiddete Eğiliminin Araştırılması</t>
         </is>
       </c>
       <c r="C1676" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786057662217</t>
+          <t>9786257932981</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>E-İhalede Format ve Rekabet Bilgisi Seçiminin Tasarruf Oranı Üzerindeki Rolü</t>
+          <t>Wellness Turizminde Sürdürülebilirlik Yönetimi</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>125</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786057662170</t>
+          <t>9786257126083</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Bir Değer Aracı Olarak Bilgi Disiplinler Arası Güncel Yaklaşımlar</t>
+          <t>Dijital Evrenin Yeni İletişim Kodları</t>
         </is>
       </c>
       <c r="C1678" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786052149645</t>
+          <t>9786257932097</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Petrol Üretim Maliyeti ve Bir Uygulama</t>
+          <t>Tanıtım Filmi</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786052149560</t>
+          <t>9786257932479</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Bahri Memlüklerde Bölgesel ve Uluslararası İlişkiler (1250 - 1382)</t>
+          <t>Pravention Kultur Erprobt</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786057662002</t>
+          <t>9786257932363</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Entegrasyon ve Endüstri İçi Ticaret İlişkisi</t>
+          <t>1930-1940 Yıllarında Urfa’da Fotoğraflarla 23 Nisan Ulusal Egemenlik Bayramları</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786056928758</t>
+          <t>9786257932431</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Konseyi Kurumları Organları Mekanizmaları Sözleşmeleri ve Türkiye İlişkileri</t>
+          <t>Kitle Fonlaması: Paya Dayalı Modelde Başarı Faktörleri</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>265</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9786058072893</t>
+          <t>9786257932578</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Zorbalık ve Futbol Seyircisi</t>
+          <t>Stratejik Rekabet Gücü - İSO’ya Bağlı İmalat Sanayi Sektörlerinde Yapılan Analizler</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786052149836</t>
+          <t>9786257932844</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Kadın Yönetmenler ve Özne(s)neleştirilmiş Kadının Mekanda Temsili</t>
+          <t>Devlet Yardımları ve Dahilde İşleme Rejiminin Dış Ticaretteki Yeri ve Önemi</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>215</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9786052149898</t>
+          <t>9786257932370</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Dışa Bağımlılığın Makroekonomik Sonuçları</t>
+          <t>Yenilik Yönetiminde Multi Disipliner Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9786052149942</t>
+          <t>9786257932332</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Eğitim ile Muhasebe Eğitimi</t>
+          <t>Dijital Dönüşüm ve Finansal Teknolojilere Yansımaları</t>
         </is>
       </c>
       <c r="C1686" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9786058072831</t>
+          <t>9786257932233</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Inward and Outward Tracing the Paths of Internationalized Civil Wars</t>
+          <t>Küreselleşme Çerçevesinde Yeni Ekonomi ve Bileşenleri</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>395</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9786056928727</t>
+          <t>9786257932158</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Bütünleşme Milliyetçilik ve Avrupa Birliği</t>
+          <t>Yerel Kaynaklar Işığında Orta Çağ Azerbaycan Tarihi 1</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9786052149874</t>
+          <t>9786257932387</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Alanda Politika Yayılımı ve Türkiye'deki Teknoloji Politikalarının Gelişimi</t>
+          <t>Avrupa Birliği ve Türkiye’de Asgari Ücret ve Adalet</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786052149966</t>
+          <t>9786257932288</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabah'ın Gizli Öğretisi</t>
+          <t>İran - Sosyal Yapı ve Siyasi Sistem</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9786052149843</t>
+          <t>9786257932226</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Sporda Örgütsel Bağlılık ve İletişim</t>
+          <t>Muş Yöresine Ait Geleneksel Oyunlar</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9786052149751</t>
+          <t>9786257932301</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>İlaç ve Tıbbi Cihaz Endüstrisi ve Yerelleşme</t>
+          <t>Televizyon Haberciliğinde Yeni Medyanın Kullanımı: Whatsapp İhbar Hattı</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9786052149782</t>
+          <t>9786257932172</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Yönetiminde Kurum Kimliği ve Kriz İletişimi</t>
+          <t>Çeviriye Kültürel Bakış</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786052149775</t>
+          <t>9786257932219</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Uyum Kavramı</t>
+          <t>Current Issues in Sociology of Health</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9786052149607</t>
+          <t>9786257932080</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Ders Dışı Etkinlikler ve Sporla İlgili Oyun Uygulamaları</t>
+          <t>Türkiye'de Çocuk Üniversiteleri 21. Yüzyıl Becerileri Yaklaşımı</t>
         </is>
       </c>
       <c r="C1695" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786052149409</t>
+          <t>9786257932141</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu ve Hazar Bölgesinde Petrol ve Petrol Ürünlerinin Taşımacılığı Yönetiminde Yeni Politikalar ve Stratejiler</t>
+          <t>Derin Öğrenme</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786052149508</t>
+          <t>9786057662996</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Örgütlerde İnsan Kaynakları Yönetimi</t>
+          <t>Temel Etik Değerler ve Kamu Kurumlarındaki Hizmet Verimliliği İlişkisi</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>205</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786052149331</t>
+          <t>9786057662965</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Çevresel Güvenlik</t>
+          <t>Avrupa Birliği’nin Adalet ve İçişleri Politikası ile Türkiye’nin Uyum Süreci</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9786052149461</t>
+          <t>9786257932011</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Mali Kurallara Karşı Bağımsız Mali Kurumlar</t>
+          <t>Türk Üniversitelerinde Bologna Süreci</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9786052149423</t>
+          <t>9786057662972</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İletişimi</t>
+          <t>Müziğin Aerobik ve Anaerobik Performansa Etkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>195</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9786052149539</t>
+          <t>9786057662897</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>18. ve 19. Yüzyıllarda Kazak Türkleri</t>
+          <t>Turizm Endüstrisinde Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C1701" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9786052149652</t>
+          <t>9786057662774</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kapsayıcı Kalkınmanın Neresinde?</t>
+          <t>Organik Elektronik - Aygıt Fiziği ve Uygulamaları</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9786052149263</t>
+          <t>9786057662958</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Boyu Öğrenme ve Küresel Dinamikleri</t>
+          <t>Kuşaklarda Tüketici Etnosentrizmi ve Tüketici Husumeti</t>
         </is>
       </c>
       <c r="C1703" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9786052149232</t>
+          <t>9786057662842</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Karar Verme Yetkinliği ve Yönetsel Performans</t>
+          <t>Adolesan - Kadınlarda Sporun Biyokimyasal Etkileri</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9786052149096</t>
+          <t>9786057662606</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Solun Düşü(şü)</t>
+          <t>Eski Anadolu Türkçesinde Epistemik Kiplik Kısas-ı Enbiya Örneği</t>
         </is>
       </c>
       <c r="C1705" s="1">
         <v>305</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9786052149089</t>
+          <t>9786057662651</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Basınının Ekonomi Politik Yapısı ve İçeriğe Etkileri</t>
+          <t>Sosyal Medyada Pazarlama Uygulamaları, Marka Bağlılığı ve Satın Alma Niyeti</t>
         </is>
       </c>
       <c r="C1706" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9786052149065</t>
+          <t>9786057662491</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>Makineleşen İnsanın İletişim Dili Etkileşimleri</t>
+          <t>Şirketler İçin Risk Yönetimi - Olgunluk Düzeyleri</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>155</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9786059663885</t>
+          <t>9786057662484</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Futbol Takımlarında Tüketici Temelli Marka Değeri</t>
+          <t>Türkiye'de Ordu ve Sermaye İlişkisi</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9786059663922</t>
+          <t>9786057662767</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Mikro Öğretim Uygulamalarının Öğretim Becerilerine Etkisi</t>
+          <t>Dijital Para ve Merkez Bankası Para Politikaları</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>190</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9786052149010</t>
+          <t>9786057662712</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Elit Güreşçilerde Antrenmanın Hipofiz Bezi Hormonları ve Karaciğer Enzimleri Üzerine Etkisi</t>
+          <t>Teorik ve Ampirik Perspektifte Seçilmiş Finans Konuları</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>155</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9786052149041</t>
+          <t>9786057662552</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>El Yapımı Kağıdın Serüveni</t>
+          <t>Beden Eğitimi ve Sporda İstihdam Edilebilme</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9786052149003</t>
+          <t>9786057662521</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Asimetrik Mobilyalar</t>
+          <t>Alfabe Raporu</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>215</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9786059663915</t>
+          <t>9786057662644</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Marifet İltifata Tabidir</t>
+          <t>Organik Süt Sığırcılığı ve Sindirim Sistemi Hastalıklarına Bitkisel Tedavi Uygulamaları</t>
         </is>
       </c>
       <c r="C1713" s="1">
-        <v>145</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9786059663908</t>
+          <t>9786057662538</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Organizasyonlarda Psikososyolojik Yönetim ve Uygulamaları</t>
+          <t>Hükümet Sistemleri</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>290</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9786059663861</t>
+          <t>9786057662439</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Hayranlığı</t>
+          <t>Demokrat Parti’nin Son Döneminde Türkiye’nin ABD Politikası (1957-1960)</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>205</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9786059663878</t>
+          <t>9786057662477</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>Kadın Bilek Güreşçilerinde Düzenli ve Planlı Antrenman</t>
+          <t>Çağdaş Çuvaş Edebiyatı’nın Kurucusu Konstantin V. İvanov Kitabı</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9786059663816</t>
+          <t>9786057662460</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm ve Arabuluculuk</t>
+          <t>Clusters: Are They the Panacea of Our Times</t>
         </is>
       </c>
       <c r="C1717" s="1">
-        <v>155</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9786059663779</t>
+          <t>9786057662415</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>Elit Sporcularda Örgütsel Stres ve Bağlılık</t>
+          <t>Kişilik ve İş Değerlerinin Kurumsal Bağlılık Açısından Önemi</t>
         </is>
       </c>
       <c r="C1718" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9786059663366</t>
+          <t>9786057662392</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Sinema Politikalarının Türk Sinemasına Etkileri</t>
+          <t>Denetimde Whistle Blowing Kavramının Önemi</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>245</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9786059663298</t>
+          <t>9786057662156</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Şehir Pazarlaması: Kars İli Örneği</t>
+          <t>Sosyal Psikolojide Kullanılan Ölçekler</t>
         </is>
       </c>
       <c r="C1720" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9786059663793</t>
+          <t>9786254392429</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Şiir Dünyam</t>
+          <t>Sosyal Psikolojide Film Analizleri</t>
         </is>
       </c>
       <c r="C1721" s="1">
-        <v>165</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9786059663557</t>
+          <t>9786057662354</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>Elit Kayakçılarda Coenzyme Q10 Kullanımının Performansa Etkisi</t>
+          <t>Tarımda Mikroekonomi</t>
         </is>
       </c>
       <c r="C1722" s="1">
-        <v>155</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9786254063343</t>
+          <t>9786057662286</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Ayaklanmalar ve Ayaklanmalara Karşı Koyma</t>
+          <t>Yerel Yönetimlerde İyi Yönetişim Aracı Olarak Katılımcı Bütçeleme</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9786059663649</t>
+          <t>9786057662279</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>Tübüler Membran Filtrasyon Cilt 1</t>
+          <t>Buz Hokeyi Sporcularında Duygusal Zeka ve Liderlik</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9786059663564</t>
+          <t>9786057662200</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Aynalar</t>
+          <t>Voleybol Antrenörlerinin Mesleki Yeterlikleri</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9786059663182</t>
+          <t>9786057662132</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet'ten Cumhuriyet'e Türkiye'de İlköğretim ve Müfredat Programları</t>
+          <t>Felsefi Bağlamda İnsan Hakları ve Barış Eğitimi</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>380</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9786059663540</t>
+          <t>9786057662217</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>Statik Esneklik Egzersizlerinin Uzun Süreli Uygulamasının Performans Üzerindeki Akut ve Kronik Etkileri</t>
+          <t>E-İhalede Format ve Rekabet Bilgisi Seçiminin Tasarruf Oranı Üzerindeki Rolü</t>
         </is>
       </c>
       <c r="C1727" s="1">
-        <v>140</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9786059663533</t>
+          <t>9786057662170</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle KOBİ’lerin Yönetim Sorunları ve Çözüm Önerileri</t>
+          <t>Bir Değer Aracı Olarak Bilgi Disiplinler Arası Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9786059663427</t>
+          <t>9786052149645</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Spor Sektöründe Hizmet Kalitesi</t>
+          <t>Petrol Üretim Maliyeti ve Bir Uygulama</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9786059663397</t>
+          <t>9786052149560</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Yerel Kalkınma Model Önerisi: Kağızman İlçesi</t>
+          <t>Bahri Memlüklerde Bölgesel ve Uluslararası İlişkiler (1250 - 1382)</t>
         </is>
       </c>
       <c r="C1730" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9786059663243</t>
+          <t>9786057662002</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim Enstrümanı Olarak Algı ve Arnavutluk’ta Türkiye Algısı</t>
+          <t>Ekonomik Entegrasyon ve Endüstri İçi Ticaret İlişkisi</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>190</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9786059663069</t>
+          <t>9786056928758</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>Küçük ve Orta Ölçekli İşletmelerde Yeniden Yapılanma Stratejileri</t>
+          <t>Avrupa Konseyi Kurumları Organları Mekanizmaları Sözleşmeleri ve Türkiye İlişkileri</t>
         </is>
       </c>
       <c r="C1732" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9786059663335</t>
+          <t>9786058072893</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>Aile Medya ve Serbest Zaman</t>
+          <t>Zorbalık ve Futbol Seyircisi</t>
         </is>
       </c>
       <c r="C1733" s="1">
-        <v>255</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9786059663472</t>
+          <t>9786052149836</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>Voleybolda Fileye Temas Kuralında Yapılan Değişikliklerin Oyun ve Oyuncular Üzerindeki Etkileri</t>
+          <t>Türk Sinemasında Kadın Yönetmenler ve Özne(s)neleştirilmiş Kadının Mekanda Temsili</t>
         </is>
       </c>
       <c r="C1734" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9786059663342</t>
+          <t>9786052149898</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>Bakım Kurumlarında Kalan Gençlerin Sosyalleşmesi</t>
+          <t>Dışa Bağımlılığın Makroekonomik Sonuçları</t>
         </is>
       </c>
       <c r="C1735" s="1">
-        <v>265</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9786059663267</t>
+          <t>9786052149942</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>Çatışma Yönetimi ve Halkla İlişkiler</t>
+          <t>Uzaktan Eğitim ile Muhasebe Eğitimi</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9786059663212</t>
+          <t>9786058072831</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Sisteminde Mükellef Hakları</t>
+          <t>Inward and Outward Tracing the Paths of Internationalized Civil Wars</t>
         </is>
       </c>
       <c r="C1737" s="1">
-        <v>250</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
-          <t>9786059663137</t>
+          <t>9786056928727</t>
         </is>
       </c>
       <c r="B1738" s="1" t="inlineStr">
         <is>
-          <t>Yapılandırılmış Finans</t>
+          <t>Bütünleşme Milliyetçilik ve Avrupa Birliği</t>
         </is>
       </c>
       <c r="C1738" s="1">
-        <v>245</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="1" t="inlineStr">
         <is>
-          <t>9786059663120</t>
+          <t>9786052149874</t>
         </is>
       </c>
       <c r="B1739" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yerel Yönetimler ve Spor Hizmetleri</t>
+          <t>Uluslararası Alanda Politika Yayılımı ve Türkiye'deki Teknoloji Politikalarının Gelişimi</t>
         </is>
       </c>
       <c r="C1739" s="1">
-        <v>295</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="1" t="inlineStr">
         <is>
-          <t>9786059663076</t>
+          <t>9786052149966</t>
         </is>
       </c>
       <c r="B1740" s="1" t="inlineStr">
         <is>
-          <t>Altı Sigma</t>
+          <t>Hasan Sabah'ın Gizli Öğretisi</t>
         </is>
       </c>
       <c r="C1740" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="1" t="inlineStr">
         <is>
+          <t>9786052149843</t>
+        </is>
+      </c>
+      <c r="B1741" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Örgütsel Bağlılık ve İletişim</t>
+        </is>
+      </c>
+      <c r="C1741" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1742" spans="1:3">
+      <c r="A1742" s="1" t="inlineStr">
+        <is>
+          <t>9786052149751</t>
+        </is>
+      </c>
+      <c r="B1742" s="1" t="inlineStr">
+        <is>
+          <t>İlaç ve Tıbbi Cihaz Endüstrisi ve Yerelleşme</t>
+        </is>
+      </c>
+      <c r="C1742" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1743" spans="1:3">
+      <c r="A1743" s="1" t="inlineStr">
+        <is>
+          <t>9786052149782</t>
+        </is>
+      </c>
+      <c r="B1743" s="1" t="inlineStr">
+        <is>
+          <t>Halkla İlişkiler Yönetiminde Kurum Kimliği ve Kriz İletişimi</t>
+        </is>
+      </c>
+      <c r="C1743" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1744" spans="1:3">
+      <c r="A1744" s="1" t="inlineStr">
+        <is>
+          <t>9786052149775</t>
+        </is>
+      </c>
+      <c r="B1744" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Uyum Kavramı</t>
+        </is>
+      </c>
+      <c r="C1744" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1745" spans="1:3">
+      <c r="A1745" s="1" t="inlineStr">
+        <is>
+          <t>9786052149607</t>
+        </is>
+      </c>
+      <c r="B1745" s="1" t="inlineStr">
+        <is>
+          <t>Ders Dışı Etkinlikler ve Sporla İlgili Oyun Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1745" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1746" spans="1:3">
+      <c r="A1746" s="1" t="inlineStr">
+        <is>
+          <t>9786052149409</t>
+        </is>
+      </c>
+      <c r="B1746" s="1" t="inlineStr">
+        <is>
+          <t>Orta Doğu ve Hazar Bölgesinde Petrol ve Petrol Ürünlerinin Taşımacılığı Yönetiminde Yeni Politikalar ve Stratejiler</t>
+        </is>
+      </c>
+      <c r="C1746" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1747" spans="1:3">
+      <c r="A1747" s="1" t="inlineStr">
+        <is>
+          <t>9786052149508</t>
+        </is>
+      </c>
+      <c r="B1747" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Örgütlerde İnsan Kaynakları Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1747" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1748" spans="1:3">
+      <c r="A1748" s="1" t="inlineStr">
+        <is>
+          <t>9786052149331</t>
+        </is>
+      </c>
+      <c r="B1748" s="1" t="inlineStr">
+        <is>
+          <t>Çevresel Güvenlik</t>
+        </is>
+      </c>
+      <c r="C1748" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1749" spans="1:3">
+      <c r="A1749" s="1" t="inlineStr">
+        <is>
+          <t>9786052149461</t>
+        </is>
+      </c>
+      <c r="B1749" s="1" t="inlineStr">
+        <is>
+          <t>Mali Kurallara Karşı Bağımsız Mali Kurumlar</t>
+        </is>
+      </c>
+      <c r="C1749" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1750" spans="1:3">
+      <c r="A1750" s="1" t="inlineStr">
+        <is>
+          <t>9786052149423</t>
+        </is>
+      </c>
+      <c r="B1750" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık İletişimi</t>
+        </is>
+      </c>
+      <c r="C1750" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1751" spans="1:3">
+      <c r="A1751" s="1" t="inlineStr">
+        <is>
+          <t>9786052149539</t>
+        </is>
+      </c>
+      <c r="B1751" s="1" t="inlineStr">
+        <is>
+          <t>18. ve 19. Yüzyıllarda Kazak Türkleri</t>
+        </is>
+      </c>
+      <c r="C1751" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1752" spans="1:3">
+      <c r="A1752" s="1" t="inlineStr">
+        <is>
+          <t>9786052149652</t>
+        </is>
+      </c>
+      <c r="B1752" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Kapsayıcı Kalkınmanın Neresinde?</t>
+        </is>
+      </c>
+      <c r="C1752" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1753" spans="1:3">
+      <c r="A1753" s="1" t="inlineStr">
+        <is>
+          <t>9786052149263</t>
+        </is>
+      </c>
+      <c r="B1753" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Boyu Öğrenme ve Küresel Dinamikleri</t>
+        </is>
+      </c>
+      <c r="C1753" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1754" spans="1:3">
+      <c r="A1754" s="1" t="inlineStr">
+        <is>
+          <t>9786052149232</t>
+        </is>
+      </c>
+      <c r="B1754" s="1" t="inlineStr">
+        <is>
+          <t>Karar Verme Yetkinliği ve Yönetsel Performans</t>
+        </is>
+      </c>
+      <c r="C1754" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1755" spans="1:3">
+      <c r="A1755" s="1" t="inlineStr">
+        <is>
+          <t>9786052149096</t>
+        </is>
+      </c>
+      <c r="B1755" s="1" t="inlineStr">
+        <is>
+          <t>Solun Düşü(şü)</t>
+        </is>
+      </c>
+      <c r="C1755" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="1756" spans="1:3">
+      <c r="A1756" s="1" t="inlineStr">
+        <is>
+          <t>9786052149089</t>
+        </is>
+      </c>
+      <c r="B1756" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomi Basınının Ekonomi Politik Yapısı ve İçeriğe Etkileri</t>
+        </is>
+      </c>
+      <c r="C1756" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1757" spans="1:3">
+      <c r="A1757" s="1" t="inlineStr">
+        <is>
+          <t>9786052149065</t>
+        </is>
+      </c>
+      <c r="B1757" s="1" t="inlineStr">
+        <is>
+          <t>Makineleşen İnsanın İletişim Dili Etkileşimleri</t>
+        </is>
+      </c>
+      <c r="C1757" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1758" spans="1:3">
+      <c r="A1758" s="1" t="inlineStr">
+        <is>
+          <t>9786059663885</t>
+        </is>
+      </c>
+      <c r="B1758" s="1" t="inlineStr">
+        <is>
+          <t>Futbol Takımlarında Tüketici Temelli Marka Değeri</t>
+        </is>
+      </c>
+      <c r="C1758" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1759" spans="1:3">
+      <c r="A1759" s="1" t="inlineStr">
+        <is>
+          <t>9786059663922</t>
+        </is>
+      </c>
+      <c r="B1759" s="1" t="inlineStr">
+        <is>
+          <t>Mikro Öğretim Uygulamalarının Öğretim Becerilerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C1759" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1760" spans="1:3">
+      <c r="A1760" s="1" t="inlineStr">
+        <is>
+          <t>9786052149010</t>
+        </is>
+      </c>
+      <c r="B1760" s="1" t="inlineStr">
+        <is>
+          <t>Elit Güreşçilerde Antrenmanın Hipofiz Bezi Hormonları ve Karaciğer Enzimleri Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C1760" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1761" spans="1:3">
+      <c r="A1761" s="1" t="inlineStr">
+        <is>
+          <t>9786052149041</t>
+        </is>
+      </c>
+      <c r="B1761" s="1" t="inlineStr">
+        <is>
+          <t>El Yapımı Kağıdın Serüveni</t>
+        </is>
+      </c>
+      <c r="C1761" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1762" spans="1:3">
+      <c r="A1762" s="1" t="inlineStr">
+        <is>
+          <t>9786052149003</t>
+        </is>
+      </c>
+      <c r="B1762" s="1" t="inlineStr">
+        <is>
+          <t>Asimetrik Mobilyalar</t>
+        </is>
+      </c>
+      <c r="C1762" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1763" spans="1:3">
+      <c r="A1763" s="1" t="inlineStr">
+        <is>
+          <t>9786059663915</t>
+        </is>
+      </c>
+      <c r="B1763" s="1" t="inlineStr">
+        <is>
+          <t>Marifet İltifata Tabidir</t>
+        </is>
+      </c>
+      <c r="C1763" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1764" spans="1:3">
+      <c r="A1764" s="1" t="inlineStr">
+        <is>
+          <t>9786059663908</t>
+        </is>
+      </c>
+      <c r="B1764" s="1" t="inlineStr">
+        <is>
+          <t>Organizasyonlarda Psikososyolojik Yönetim ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1764" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1765" spans="1:3">
+      <c r="A1765" s="1" t="inlineStr">
+        <is>
+          <t>9786059663861</t>
+        </is>
+      </c>
+      <c r="B1765" s="1" t="inlineStr">
+        <is>
+          <t>Tüketici Hayranlığı</t>
+        </is>
+      </c>
+      <c r="C1765" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1766" spans="1:3">
+      <c r="A1766" s="1" t="inlineStr">
+        <is>
+          <t>9786059663878</t>
+        </is>
+      </c>
+      <c r="B1766" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Bilek Güreşçilerinde Düzenli ve Planlı Antrenman</t>
+        </is>
+      </c>
+      <c r="C1766" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1767" spans="1:3">
+      <c r="A1767" s="1" t="inlineStr">
+        <is>
+          <t>9786059663816</t>
+        </is>
+      </c>
+      <c r="B1767" s="1" t="inlineStr">
+        <is>
+          <t>Kentsel Dönüşüm ve Arabuluculuk</t>
+        </is>
+      </c>
+      <c r="C1767" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1768" spans="1:3">
+      <c r="A1768" s="1" t="inlineStr">
+        <is>
+          <t>9786059663779</t>
+        </is>
+      </c>
+      <c r="B1768" s="1" t="inlineStr">
+        <is>
+          <t>Elit Sporcularda Örgütsel Stres ve Bağlılık</t>
+        </is>
+      </c>
+      <c r="C1768" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1769" spans="1:3">
+      <c r="A1769" s="1" t="inlineStr">
+        <is>
+          <t>9786059663366</t>
+        </is>
+      </c>
+      <c r="B1769" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği Sinema Politikalarının Türk Sinemasına Etkileri</t>
+        </is>
+      </c>
+      <c r="C1769" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1770" spans="1:3">
+      <c r="A1770" s="1" t="inlineStr">
+        <is>
+          <t>9786059663298</t>
+        </is>
+      </c>
+      <c r="B1770" s="1" t="inlineStr">
+        <is>
+          <t>Şehir Pazarlaması: Kars İli Örneği</t>
+        </is>
+      </c>
+      <c r="C1770" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1771" spans="1:3">
+      <c r="A1771" s="1" t="inlineStr">
+        <is>
+          <t>9786059663793</t>
+        </is>
+      </c>
+      <c r="B1771" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Dünyam</t>
+        </is>
+      </c>
+      <c r="C1771" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1772" spans="1:3">
+      <c r="A1772" s="1" t="inlineStr">
+        <is>
+          <t>9786059663557</t>
+        </is>
+      </c>
+      <c r="B1772" s="1" t="inlineStr">
+        <is>
+          <t>Elit Kayakçılarda Coenzyme Q10 Kullanımının Performansa Etkisi</t>
+        </is>
+      </c>
+      <c r="C1772" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1773" spans="1:3">
+      <c r="A1773" s="1" t="inlineStr">
+        <is>
+          <t>9786254063343</t>
+        </is>
+      </c>
+      <c r="B1773" s="1" t="inlineStr">
+        <is>
+          <t>Ayaklanmalar ve Ayaklanmalara Karşı Koyma</t>
+        </is>
+      </c>
+      <c r="C1773" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1774" spans="1:3">
+      <c r="A1774" s="1" t="inlineStr">
+        <is>
+          <t>9786059663649</t>
+        </is>
+      </c>
+      <c r="B1774" s="1" t="inlineStr">
+        <is>
+          <t>Tübüler Membran Filtrasyon Cilt 1</t>
+        </is>
+      </c>
+      <c r="C1774" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1775" spans="1:3">
+      <c r="A1775" s="1" t="inlineStr">
+        <is>
+          <t>9786059663564</t>
+        </is>
+      </c>
+      <c r="B1775" s="1" t="inlineStr">
+        <is>
+          <t>Aynalar</t>
+        </is>
+      </c>
+      <c r="C1775" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1776" spans="1:3">
+      <c r="A1776" s="1" t="inlineStr">
+        <is>
+          <t>9786059663182</t>
+        </is>
+      </c>
+      <c r="B1776" s="1" t="inlineStr">
+        <is>
+          <t>Meşrutiyet'ten Cumhuriyet'e Türkiye'de İlköğretim ve Müfredat Programları</t>
+        </is>
+      </c>
+      <c r="C1776" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1777" spans="1:3">
+      <c r="A1777" s="1" t="inlineStr">
+        <is>
+          <t>9786059663540</t>
+        </is>
+      </c>
+      <c r="B1777" s="1" t="inlineStr">
+        <is>
+          <t>Statik Esneklik Egzersizlerinin Uzun Süreli Uygulamasının Performans Üzerindeki Akut ve Kronik Etkileri</t>
+        </is>
+      </c>
+      <c r="C1777" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1778" spans="1:3">
+      <c r="A1778" s="1" t="inlineStr">
+        <is>
+          <t>9786059663533</t>
+        </is>
+      </c>
+      <c r="B1778" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle KOBİ’lerin Yönetim Sorunları ve Çözüm Önerileri</t>
+        </is>
+      </c>
+      <c r="C1778" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1779" spans="1:3">
+      <c r="A1779" s="1" t="inlineStr">
+        <is>
+          <t>9786059663427</t>
+        </is>
+      </c>
+      <c r="B1779" s="1" t="inlineStr">
+        <is>
+          <t>Spor Sektöründe Hizmet Kalitesi</t>
+        </is>
+      </c>
+      <c r="C1779" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1780" spans="1:3">
+      <c r="A1780" s="1" t="inlineStr">
+        <is>
+          <t>9786059663397</t>
+        </is>
+      </c>
+      <c r="B1780" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Yerel Kalkınma Model Önerisi: Kağızman İlçesi</t>
+        </is>
+      </c>
+      <c r="C1780" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1781" spans="1:3">
+      <c r="A1781" s="1" t="inlineStr">
+        <is>
+          <t>9786059663243</t>
+        </is>
+      </c>
+      <c r="B1781" s="1" t="inlineStr">
+        <is>
+          <t>Stratejik Yönetim Enstrümanı Olarak Algı ve Arnavutluk’ta Türkiye Algısı</t>
+        </is>
+      </c>
+      <c r="C1781" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1782" spans="1:3">
+      <c r="A1782" s="1" t="inlineStr">
+        <is>
+          <t>9786059663069</t>
+        </is>
+      </c>
+      <c r="B1782" s="1" t="inlineStr">
+        <is>
+          <t>Küçük ve Orta Ölçekli İşletmelerde Yeniden Yapılanma Stratejileri</t>
+        </is>
+      </c>
+      <c r="C1782" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1783" spans="1:3">
+      <c r="A1783" s="1" t="inlineStr">
+        <is>
+          <t>9786059663335</t>
+        </is>
+      </c>
+      <c r="B1783" s="1" t="inlineStr">
+        <is>
+          <t>Aile Medya ve Serbest Zaman</t>
+        </is>
+      </c>
+      <c r="C1783" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1784" spans="1:3">
+      <c r="A1784" s="1" t="inlineStr">
+        <is>
+          <t>9786059663472</t>
+        </is>
+      </c>
+      <c r="B1784" s="1" t="inlineStr">
+        <is>
+          <t>Voleybolda Fileye Temas Kuralında Yapılan Değişikliklerin Oyun ve Oyuncular Üzerindeki Etkileri</t>
+        </is>
+      </c>
+      <c r="C1784" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1785" spans="1:3">
+      <c r="A1785" s="1" t="inlineStr">
+        <is>
+          <t>9786059663342</t>
+        </is>
+      </c>
+      <c r="B1785" s="1" t="inlineStr">
+        <is>
+          <t>Bakım Kurumlarında Kalan Gençlerin Sosyalleşmesi</t>
+        </is>
+      </c>
+      <c r="C1785" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="1786" spans="1:3">
+      <c r="A1786" s="1" t="inlineStr">
+        <is>
+          <t>9786059663267</t>
+        </is>
+      </c>
+      <c r="B1786" s="1" t="inlineStr">
+        <is>
+          <t>Çatışma Yönetimi ve Halkla İlişkiler</t>
+        </is>
+      </c>
+      <c r="C1786" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1787" spans="1:3">
+      <c r="A1787" s="1" t="inlineStr">
+        <is>
+          <t>9786059663212</t>
+        </is>
+      </c>
+      <c r="B1787" s="1" t="inlineStr">
+        <is>
+          <t>Türk Vergi Sisteminde Mükellef Hakları</t>
+        </is>
+      </c>
+      <c r="C1787" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1788" spans="1:3">
+      <c r="A1788" s="1" t="inlineStr">
+        <is>
+          <t>9786059663137</t>
+        </is>
+      </c>
+      <c r="B1788" s="1" t="inlineStr">
+        <is>
+          <t>Yapılandırılmış Finans</t>
+        </is>
+      </c>
+      <c r="C1788" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1789" spans="1:3">
+      <c r="A1789" s="1" t="inlineStr">
+        <is>
+          <t>9786059663120</t>
+        </is>
+      </c>
+      <c r="B1789" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Yerel Yönetimler ve Spor Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C1789" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1790" spans="1:3">
+      <c r="A1790" s="1" t="inlineStr">
+        <is>
+          <t>9786059663076</t>
+        </is>
+      </c>
+      <c r="B1790" s="1" t="inlineStr">
+        <is>
+          <t>Altı Sigma</t>
+        </is>
+      </c>
+      <c r="C1790" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1791" spans="1:3">
+      <c r="A1791" s="1" t="inlineStr">
+        <is>
           <t>9786059663007</t>
         </is>
       </c>
-      <c r="B1741" s="1" t="inlineStr">
+      <c r="B1791" s="1" t="inlineStr">
         <is>
           <t>Boş Zaman Tatmini ve Yaşam Tatmini Arasındaki İlişki</t>
         </is>
       </c>
-      <c r="C1741" s="1">
+      <c r="C1791" s="1">
         <v>205</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>