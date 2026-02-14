--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,26890 +85,30355 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786253769598</t>
+          <t>9786253769321</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Evcil ve Yabani Memeli Hayvanların Karşılaştırmalı Histolojisi</t>
+          <t>FIFA ve UEFA Kriterleri Çerçevesinde Esenlik ve Çocuk Koruma</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>1200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786253769215</t>
+          <t>9786253641511</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Yalın Yönetim</t>
+          <t>Dinlerin Din Eğitimi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>160</v>
+        <v>330</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786253769307</t>
+          <t>9786253769710</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Rekabet Üstünlüğünün Temelleri</t>
+          <t>Veri Odaklı Karar Verme</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>700</v>
+        <v>350</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786253767174</t>
+          <t>9786253640897</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Polis Radyosu</t>
+          <t>Entegrasyon Sürecinin Sosyal Medya Platformlarına Yansıması</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>650</v>
+        <v>340</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786253768577</t>
+          <t>9786253769406</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Uzun Dönemli Bakım Hizmetleri Yönetimi</t>
+          <t>Adım Adım Kurumsallaşma</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786253768362</t>
+          <t>9786253766832</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Sinema ve Fotoğraf - Görsel Anlatı Evrimi</t>
+          <t>Adana Basın Tarihi (1873-2000)</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>580</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786253768492</t>
+          <t>9786253767662</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sömürgecilik, Neoliberalizm ve İklim Değişikliği</t>
+          <t>Medya Estetiği</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>340</v>
+        <v>480</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786253769116</t>
+          <t>9786253769383</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Farkındalık (Mindfulness) Becerilerinin Kullanıldığı İlişki Geliştirme Programı Uygulayıcı El Kitabı</t>
+          <t>İki Dünya Savaşı Arasında Türk-İtalyan Ticari İlişkileri</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786253765422</t>
+          <t>9786253768904</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Patentlenebilirlik Değerlendirmesi ve Derin Öğrenme</t>
+          <t>İlahiyatçı Dindarlığı</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786253767297</t>
+          <t>9786253640774</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Tüketim Kültürü</t>
+          <t>İstatistik ve Nicel Araştırma Yöntemleri Sözlüğü: Sosyal Bilimciler İçin Pratik Bir Rehber</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786253767709</t>
+          <t>9786253641498</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kadın Liderlik</t>
+          <t>Turizmde Yapay Zekâ ve Etik</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786253766085</t>
+          <t>9786253640538</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Doğan Ergun’un Sosyoloji Görüşleri ve Eğitim Anlayışı</t>
+          <t>Yatay Mimari Mi? Dikey Mimari Mi?</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786253760984</t>
+          <t>9786253769369</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Alevi-Bektaşi Velayetnamelerinde Zaman, Mekân ve Nesne Sembolizmi</t>
+          <t>Yönetim Sendromları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786253768614</t>
+          <t>9786253767136</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Hayvan Hakları Aktivizmi</t>
+          <t>Psikanalizin Güncel Semptomları</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>650</v>
+        <v>270</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786253766061</t>
+          <t>9786253769130</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır’da Siyasal Temsil ve Seçmen Eğilimi</t>
+          <t>Mutfak Kapandı! Okullu Şeflerin Mutfaktan Uzaklaşma Hikayeleri</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>480</v>
+        <v>220</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786253769253</t>
+          <t>9786253640736</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenliğe Duyguyla Başlamak - Yaratıcı Drama Temelli Duygu Okuryazarlığı Yolculuğu</t>
+          <t>Mevlana ve Schopenhauer’da İnsan</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786253768317</t>
+          <t>9786253936129</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Kırılganlıklar ve Gençler</t>
+          <t>Aile Şirketlerinde Taht Oyunları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786253765941</t>
+          <t>9786253768850</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Deprem Sonrası Grupla Psikolojik Danışma ve Rehberlik Hizmeti</t>
+          <t>Secularism and Church Music</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786253766252</t>
+          <t>9786253768126</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’nın Demokratik İşleyişine Bir Meydan Okuma</t>
+          <t>Artificial Intelligence and Language Teaching</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786253767808</t>
+          <t>9786253765996</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı İşlevsel Aile Yol Haritası</t>
+          <t>Çocuk Sporlarının Psikolojik Boyutları</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786253767846</t>
+          <t>9786254331428</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Bir İçim Su</t>
+          <t>Din Öğretiminde Teknoloji ve Materyal Geliştirme</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>230</v>
+        <v>275</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786253767747</t>
+          <t>9786253768706</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Almanya'nın PKK Terör Örgütü Politikası ve Türkiye'ye Etkileri</t>
+          <t>Water</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786253767723</t>
+          <t>9786253768256</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kavram, Süreç ve Uygulamalarla İhracat</t>
+          <t>Minyatür Sanatında Kadın Figürünün Karşılaştırmalı Analizi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786052149294</t>
+          <t>9786253768836</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Banka Müşterilerinin Gizli Sınıf Analizi İle Ürün Kullanımlarına Göre Sınıflandırılması</t>
+          <t>Benimle Oyna!</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>65</v>
+        <v>300</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786253981419</t>
+          <t>9786253769154</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Enerji Ekonomisi Araştırmaları</t>
+          <t>Actıvıst Translatıon In Dıgıtal Transıtıon</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>235</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786254333682</t>
+          <t>9786253768973</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Modern İş Yaşamının Eleştirisi</t>
+          <t>Ülkelerin Genel Eğitim Başarılarında Müziğin ve Müzik Eğitiminin İzleri</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786253768591</t>
+          <t>9786253769680</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’nin Enerji Sorunu - Önlenemeyen Bağımlılık</t>
+          <t>Eğitimde İletişim</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786253769055</t>
+          <t>9786253769420</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İşletmeler Perspektifinden Ar-Ge &amp; İnovasyon</t>
+          <t>İlaç Sanayinde Ar-ge Politikaları ve Kurumsal Yapılar</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786253768430</t>
+          <t>9786253768003</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yenilikçi İş Davranışı</t>
+          <t>Yöntelektüel - Yönetsel Entelektüelliğinizi Geliştirin</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786253768737</t>
+          <t>9786253768294</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Muhabbet Kuşu</t>
+          <t>Çevresel Açıdan Sektörel Atık Yönetimi ve Uygulamaları V</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>800</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786253766047</t>
+          <t>9786253767518</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Devlerin Savaşı</t>
+          <t>Tıbbi Sekreterlik Uygulamaları</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786253768270</t>
+          <t>9786253939748</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Codes Of Instex</t>
+          <t>Türkiye Hac Fonu</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786253768232</t>
+          <t>9786253937867</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Bor Madeni İşletmeciliği</t>
+          <t>Kuzey Ege Bölgesi Yenilebilir Otları-Sağlığa Faydaları ve Reçeteleri</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>300</v>
+        <v>130</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786253769079</t>
+          <t>9786253939335</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Übersetzungskritische Analyse des Romans Die Biene Maja und ihre Abenteuer von Waldemar Bonsels</t>
+          <t>Bankacı ve Sigortacılar İçin İleri Satış Stratejileri</t>
         </is>
       </c>
       <c r="C35" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786253766931</t>
+          <t>9786253939809</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Düşünmenin Kuramsal Yapısı ve Eğitimde Uygulanışı</t>
+          <t>Kriminal Semboller Bağlamında İslamofobi</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786253766238</t>
+          <t>9786253939670</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Makedonya Türkleri</t>
+          <t>Rusya- AB İlişkilerindeki Dönüşüm</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>350</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786253767495</t>
+          <t>9786253936952</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Kalkınma Perspektifinden Ulaştırma Sektörü ve Politikaların Evrimi</t>
+          <t>Kaosa Doğru (Metaevren)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786253767396</t>
+          <t>9786253937270</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Mahal Kita - Filipinler'de Yaşamak</t>
+          <t>Doğadan Dokumaya Geleneksel Bitkisel Boyacılık</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786253764494</t>
+          <t>9786253937133</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Doğal Afetler ve Turizm</t>
+          <t>Göçü Çevirmek</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>230</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786253767556</t>
+          <t>9786253936990</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Çocuklarda Üst Düzey Düşünme Becerilerinin Gelişimi ve Desteklenmesi  - Okul Öncesinden Ergenliğe</t>
+          <t>Anadolu ve Kafkas Coğrafyalarında Türk-Müslüman Soykırımları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>390</v>
+        <v>225</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786253768461</t>
+          <t>9786253934590</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Küresel Finansal Kriz ve Yeni Para Politikası</t>
+          <t>Türk Kültür Tarihi İçerisinde Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>275</v>
+        <v>565</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786253767969</t>
+          <t>9786253937928</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Türk Kamu Yönetiminde Teftiş ve Denetim ile Stratejik Yönetim Açısından Teftiş ve Denetimin Geleceği</t>
+          <t>Bireysel Psikolojik Danışmada Manevi Boyut</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786253767532</t>
+          <t>9786253988135</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Ticaretin Yeni Yolu - E-Ticaret’in El Kitabı</t>
+          <t>Karma Rejimlerde İstikrar - Türkiye-Macaristan</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>150</v>
+        <v>375</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786253767433</t>
+          <t>9786253936556</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Feminist ve Ekofeminist Yaklaşımlar</t>
+          <t>Sporda Kinezyo Bantlama</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>160</v>
+        <v>275</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786253766337</t>
+          <t>9786253936822</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Empirical Insights into Language and Cognition</t>
+          <t>Evrensel Senfoni 3 - Sevgi İyileştirir</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786253767037</t>
+          <t>9786253935771</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Suriye’nin Yeniden İnşası</t>
+          <t>Mersin’de Yaşayan Suriyeliler</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>300</v>
+        <v>315</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786253986179</t>
+          <t>9786253936426</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Gerilim Şalt Teçhizatları</t>
+          <t>Perspectives interdisciplinaires en relations internationales</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>290</v>
+        <v>205</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786253767648</t>
+          <t>9786253936365</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İyi Meme Kötü Meme Arasında</t>
+          <t>Sosyal Hizmet ve Dijital Teknolojiye Giriş</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786253767372</t>
+          <t>9786253930967</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Foreign Language Teachers’ Agency for Professional Wellbeing</t>
+          <t>Dünyada ve Türkiye’de Yüksek Hızlı Tren</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>240</v>
+        <v>780</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786253766733</t>
+          <t>9786253935740</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Polimer Malzeme Karakterizasyonu</t>
+          <t>English For Future</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>400</v>
+        <v>155</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786253981013</t>
+          <t>9786253935702</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler ve İletişim Çalışmalarında Sürdürülebilirlik</t>
+          <t>Enerji Rekabetinin Gölgesinde Türkiye’nin Mavi Vatan Mücadelesi</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786253768089</t>
+          <t>9786253934828</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Strength and Plasticity of Metallic Materials</t>
+          <t>İletişim Bakış Açısıyla 21. Yüzyıl Sorunsalı - Sosyal Medya Bağımlılığı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>300</v>
+        <v>190</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786253767624</t>
+          <t>9786253989965</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Weber’de “Verstehen” Kavramı</t>
+          <t>Kurtuluş Savaşı‘nda Milli Birlik Ruhu</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>185</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786253764739</t>
+          <t>9786253935634</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Başarılı Reklamların DNA'sı</t>
+          <t>Yönetmenlerle Felsefe</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786253766917</t>
+          <t>9786253935375</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Yumuşak Güç Türkçe ve Kamu Diplomasisi</t>
+          <t>The Art of DC-DC Converter Control: Optimizing Performance and Efficiency</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>240</v>
+        <v>155</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786253767587</t>
+          <t>9786253934613</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Reklama Dijital Dokunuş</t>
+          <t>Kesik Baş Hikayesi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786253767051</t>
+          <t>9786253935092</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Tarihinde Bir Ekol Eyüp Hamdi Akman</t>
+          <t>Elektronik Ticaret ve Sosyal Medya</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>320</v>
+        <v>145</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786253765156</t>
+          <t>9786253934705</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizi, Hastalıklar ve Geleceğimiz</t>
+          <t>Türk Kahve Geleneği Sunumu ve Kuşaktan Kuşağa Aktarımı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786253768041</t>
+          <t>9786253934248</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Dil Olarak Türkçe Kur Temelli Beceri Uygulamaları (Okuma-Dinleme)</t>
+          <t>Gıda Mikrobiyolojisinde Güncel Konular</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>650</v>
+        <v>365</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786253766771</t>
+          <t>9786253930097</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilim Bağlamında Seyahatnameler</t>
+          <t>Bilgi ve Belge Yönetimi Uzmanlığının Yetkinlikler Açısından Tanımlanması</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786253767198</t>
+          <t>9786253933159</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Belleğin Politikası</t>
+          <t>Avrupa Yeşil Mutabakatı Ve Türkiye: Yeşil Gelecek</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786253765972</t>
+          <t>9786253933548</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Artificial Intelligence Applications in Businesses</t>
+          <t>Çok Partili Hayatın Erken Döneminde Türkiye’de Siyasal Hayat - 1945-1960</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786253766528</t>
+          <t>9786253934286</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Hibrit Tehditler ve Sosyal Politika</t>
+          <t>Göç ve Aile</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786253768195</t>
+          <t>9786253934040</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Türkçe Öğretiminde Ders Dışı Etkinlik Uygulamaları</t>
+          <t>Avrupa Birliği’nin Gelişen Libya Politikası: Göç ve Güvenlik</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786253766191</t>
+          <t>9786253934729</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Engelli Çocuk Ebeveynliğinde Yaşantısal Kaçınma, Duygusal Şemalar ve Ölüm Kaygısı</t>
+          <t>Antrenörlükte Etkili İletişim</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786253766894</t>
+          <t>9786253988531</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanmayı Anlamak - 21. Yüzyılda Yaşlılık, Sağlık ve İletişim</t>
+          <t>Sporun Kültür Algoritması</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786253766412</t>
+          <t>9786253932732</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizi Bağlamında Türkiye’de Akarsu Yönetimi - Van Gölü Havzası Üzerine Bir Araştırma</t>
+          <t>Sosyal Medya Kullanımının Varoluşsal Kaygı Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>400</v>
+        <v>190</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786253767457</t>
+          <t>9786253932336</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Güçlendirme Yaklaşımı Temelinde Sosyal Hizmet Uzmanı ve Müracaatçı İlişkisi</t>
+          <t>Sosyal Medyada Dezenformasyon Algısının Araştırılması</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786253767075</t>
+          <t>9786253933982</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Öğrencilerinin Dinî/Felsefi Yönelimlerinin Din Eğitimi Açısından İncelenmesi</t>
+          <t>Deprem İletişimi</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786253766993</t>
+          <t>9786254339615</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Sosyal Hizmet</t>
+          <t>2000 Sonrası Türk Sinemasında Doktorlar</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786253768027</t>
+          <t>9786253932589</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Ne Kadar Farkındayız Hayatın</t>
+          <t>Geleneksel Türk İçecekleri</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786253765873</t>
+          <t>9786253989279</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Rus Göçmen Edebiyatında Müzik İzleği</t>
+          <t>Paylaşım Ekonomisi ve Start-Up Ekosistemi</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786253766399</t>
+          <t>9786253985219</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Çatışmadan Çözüme</t>
+          <t>Folklor ve Sözlü Tarih - Ağıtlarda Sosyal Tarih Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786253766795</t>
+          <t>9786253932152</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Tedarik Zinciri Yönetimi</t>
+          <t>Pazarlama Yönetiminde E-Teknolojik Trendler</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>220</v>
+        <v>295</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786253766313</t>
+          <t>9786253930240</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Kentin İç Mekanlar</t>
+          <t>Spor ve Eğitim Üzerine Düşünceler</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>350</v>
+        <v>165</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786253765316</t>
+          <t>9786253931247</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Geogebrada Düzlemsel Mekanizmalar</t>
+          <t>Kamu Kurumlarında Sosyal Medya</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786253767273</t>
+          <t>9786253988111</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Bal Arısı Virusları</t>
+          <t>Güvence Sağlama Bağlamında Yeni Raporlama Modellerinin Denetimi - Değişim ve Dönüşümler</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>325</v>
+        <v>520</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786253766481</t>
+          <t>9786253988296</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Hesaplamalı Sosyal Bilimler ve İletişim</t>
+          <t>İnsan Karşısında Bir Romancı Olarak Tarık Buğra</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>230</v>
+        <v>165</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786253766979</t>
+          <t>9786253989200</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Kırılma Noktan</t>
+          <t>Sporda Teknoloji Tabanlı Uygulamalar 2023</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786253766955</t>
+          <t>9786253988364</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya - Hayatımızı Şekillendiren Güç</t>
+          <t>Lev Nikolayeviç Tolstoy’un Romanlarında Değerler Hiyerarşisi</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786253766672</t>
+          <t>9786253987534</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağın Öğretmenleri</t>
+          <t>Diasporada Kimlik Dönüşümü</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786253767013</t>
+          <t>9786253988272</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Bir Aşığın Nefesi - Müzikal Yaşamı ve Besteleriyle Aşık Üzgüni</t>
+          <t>Cam Malzemelerin Optisyenlikte Uygulamaları</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786253767112</t>
+          <t>9786253987961</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Yeni Çağın Krizleri</t>
+          <t>Uygur Tababetinde Diyabet Hastalıkları Hakkında İlk Araştırmalar ve Tedavileri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>300</v>
+        <v>255</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786253762957</t>
+          <t>9786253986995</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Sanal Kaytarma</t>
+          <t>Maksim Gorkiy ve Sabahattin Ali’de Toplumsal Gerçekçilik</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786253766436</t>
+          <t>9786253985493</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Leadership and Strategic Management in the Age Of Global Change</t>
+          <t>Bilgi ve Bilişim Sistemleri Güvenliği</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786253765774</t>
+          <t>9786253985080</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>100 Tanrıça - Dünya Mitolojilerinden Önemli Tanrıçalar</t>
+          <t>Vizyon Revizyonu</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786253766870</t>
+          <t>9786253980917</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Veri Merkezi Altyapıları</t>
+          <t>Dijital İkna</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>500</v>
+        <v>290</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786253766467</t>
+          <t>9786253981143</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Multidisciplinary Application Areas of Artificial Intelligence</t>
+          <t>Domates Yetiştirilen Topraksız Seralarda Atıklar ve Atık Yönetimi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786253766634</t>
+          <t>9786253985059</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Yönetsel Perspektiften Çevik Organizasyonlar</t>
+          <t>IBM SPSS ile İstatistiksel Veri Analizi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>300</v>
+        <v>330</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786253766290</t>
+          <t>9786253984434</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Zorlu Durumlarda Ebeveynler ile İletişim</t>
+          <t>Türk Sinemasında Politikacı Temsili (1960-2015)</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>270</v>
+        <v>355</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786253765705</t>
+          <t>9786253982386</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Suudi Arabistan’ın Güvenlik Stratejisi 2000-2020</t>
+          <t>Sinema ve Göç</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>340</v>
+        <v>215</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786253765927</t>
+          <t>9786253985035</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Work Motivation Of Freelance Technical Translators In Türkiye</t>
+          <t>CHATGPT-4 ve Dil Eğitimine Etkisi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786253765606</t>
+          <t>9786253984281</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Emek Piyasasında Kadınlar</t>
+          <t>Python Tabanlı QGIS-Whitebox Eklentisi Aracıyla Lidar Verilerinden Bina Çıkarımı</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786253765392</t>
+          <t>9786253984694</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Spor Kültürünün Anatomisi - Kuramdan Sahaya</t>
+          <t>Görev Bazlı Risk Analizi - Çalışanı Esas Alan Yeni Bir Yöntem</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>170</v>
+        <v>165</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786253766351</t>
+          <t>9786253983789</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Hadisler Açısından İman-Ahlak İlişkisi</t>
+          <t>Kadın Aşıklar</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>320</v>
+        <v>675</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786253939106</t>
+          <t>9786253984069</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Canlandırma Kurgularında Yöntem ve Örnekler - Sosyal Psikolojik İzlekte</t>
+          <t>Girişimcilik Politikaları Bakımından Avrupa Birliği ve Türkiye Karşılaştırması</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>130</v>
+        <v>290</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786253766757</t>
+          <t>9786253982478</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Çocuk Dil Aracılığı</t>
+          <t>Kentsel Dayanıklılık ve BM-Habitat</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786253764432</t>
+          <t>9786253982409</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Etkileyici (Influencer) Nasıl Çalışır?</t>
+          <t>Finansal İçerme - Kavram ve Politika</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>500</v>
+        <v>195</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786253765750</t>
+          <t>9786253980436</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'da Suç ve Ceza</t>
+          <t>Müzede Dil Becerilerinin Geliştirilmesi</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>450</v>
+        <v>305</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786253984885</t>
+          <t>9786253982690</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Medya ve Zaman</t>
+          <t>Algı, Korku, Düşman ve Silahların Kontrolü</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>125</v>
+        <v>280</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786253982348</t>
+          <t>9786253981105</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Veri Zarflama Analizi ile Firma Değerleme Yaklaşımı -Borsa İstanbul Örneği-</t>
+          <t>Yönetim ve Organizasyon Üzerine Literatürel Analiz ve Ölçekler</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>170</v>
+        <v>590</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786254337987</t>
+          <t>9786253981099</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>The Future Of International Trade / Cross-Border E-Commerce</t>
+          <t>Rusya’nın Dünü Bugünü</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786253765484</t>
+          <t>9786253982003</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Operasyonel ve Teknik Boyutlarıyla Uçak Kazaları</t>
+          <t>Bankalarda İç Denetim ve Risk Yönetimi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786253765620</t>
+          <t>9786253981730</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağı Perspektifinden Örnek Olaylar İle Örgütsel Davranış Bilimi</t>
+          <t>Rusya’nın Hibrit Savaşı ve Suriye Müdahalesi</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>400</v>
+        <v>255</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786253765446</t>
+          <t>9786254338274</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılın Yol Haritası Çok Boyutlu Okuryazarlık</t>
+          <t>Veri Madenciliğinde Lojistik Regresyon Modellerinin İncelenmesi-R Uygulamalı</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>550</v>
+        <v>215</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786253766658</t>
+          <t>9786253981372</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Sağlık ve Güvenlik İçin Ergonomi</t>
+          <t>Küresel Boyutlarıyla Göç</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786253766559</t>
+          <t>9786254337772</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Yazgıdan Genetik Kodlara</t>
+          <t>Vay Tezimin Başına Gelenler - Akademik Dünyadan İbretlik Manzaralar</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>320</v>
+        <v>255</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786253763244</t>
+          <t>9786253981686</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>2000 Sonrası Rusya’nın Asya-Pasifik Politikası</t>
+          <t>Türkiye’de Beğeni Kültürleri</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>275</v>
+        <v>255</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786253766504</t>
+          <t>9786253980979</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Lütfi Akad Sinemasında Uyarlamalar</t>
+          <t>Çevreci Tüketim Davranışı</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>200</v>
+        <v>215</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786253765545</t>
+          <t>9786254338304</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Endüstriyel ve Toplumsal Süreçte Yapay Zeka</t>
+          <t>Türkiye’nin İktisadi ve Mali Sorunları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786253766146</t>
+          <t>9786254338144</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya Biliminde Temel R Uygulamaları</t>
+          <t>Metodolojik Eğilimler, Yeterlilikler, Araştırma Pratikleri: Türkiye Sosyologları Örneği</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786253764999</t>
+          <t>9786253980115</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Serbest Radikaller ve Fizyopatolojik Etkileri</t>
+          <t>AHP Implementations in Logistics Management</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>400</v>
+        <v>370</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786253765569</t>
+          <t>9786254338205</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve İnsanın Geleceği</t>
+          <t>Anadolu İpek Yolu Kültürel Mirasları - II</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>700</v>
+        <v>655</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786253765293</t>
+          <t>9786253980641</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Dijital Ölümsüzlük: İnsan Kişiliğinin Yapay Zekaya Kopyalanması</t>
+          <t>Almanya'daki Üçüncü Kuşak Türkiye Kökenli Bireylerin Sosyal Politikalara Adaptasyonu ve Direnişi</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>230</v>
+        <v>655</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786253935818</t>
+          <t>9786254339011</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>İnsanlığın Pi Noktası: Yapay Zeka</t>
+          <t>Kaos, Kent Ve Çok Katlı Konut</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786253764715</t>
+          <t>9786253981167</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yerel Siyasetin Örğütlenmesine İlişkin Bir İnceleme - İskenderun Örneği</t>
+          <t>Okul Sosyal Hizmeti</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786253765736</t>
+          <t>9786254339738</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Parlamenter Elitler ve Parlamenter Elit Değişimi</t>
+          <t>Kentsel Prizma ve Toplumsal Spektrum</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786253765460</t>
+          <t>9786254337215</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet ve Üçüncü Yaş Üniversitesi</t>
+          <t>Referandum, Medya Ve Rıza Üretimi</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>150</v>
+        <v>520</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786253984687</t>
+          <t>9786254337383</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Kedilerde Tedavi El Kitabı</t>
+          <t>Türkiye’den Fransa’ya İşçi Göçleri (1969-1974)</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>400</v>
+        <v>495</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786253765811</t>
+          <t>9786254337819</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Otantik Liderlik</t>
+          <t>Kalite Denilince Her Şey Müşteri Adına</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786253764913</t>
+          <t>9786254337673</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Okuryazarlıkları ve Eğitimi</t>
+          <t>İstihdam Üzerine Teorik ve Ampirik Çalışmalar</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>355</v>
+        <v>320</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786253765644</t>
+          <t>9786254338380</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Tarımın Şafağında İlk Buğday</t>
+          <t>Dijital Çağda Yönetim Üzerine Güncel Konular ve Araştırmalar</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>270</v>
+        <v>320</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786253765088</t>
+          <t>9786254337895</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Akademide Olmadan Akademide Kalma: Dr. Ants Örneği</t>
+          <t>Güncel Mevzuata Göre Dış Ticaret, Kambiyo, Gümrük İşlemleri, Vergi ve KDV Düzenlemeleri ve Muhasebe Uygulamaları</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786253782735</t>
+          <t>9786254337109</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’nin Ulusötesi Krizlerle Sınavı</t>
+          <t>Geçiş Ekonomilerinde Sorunlar Ve Çözümler</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786253765354</t>
+          <t>9786254337307</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Beklenen Güneş Dr. Sadık Ahmet</t>
+          <t>Fen Eğitiminde Disiplinlerarası Yaklaşımlar ve Uygulamaları</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>800</v>
+        <v>445</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786253761677</t>
+          <t>9786254336805</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Kültürün Küreselleşmesi</t>
+          <t>Yöneticiler İçin İnovasyon Kararlarının Verilmesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>230</v>
+        <v>165</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786253765521</t>
+          <t>9786254333927</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Modern Türk Devletinin İnşasında Ulus 1850-1950</t>
+          <t>Sivil Asker İşbirliği Çerçevesinde Orduda Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C128" s="1">
         <v>440</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786253981945</t>
+          <t>9786254336485</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Vakum Teknolojisi ve Endüstriyel Uygulamalar 98 Çözümlü Problem</t>
+          <t>2. Abdülhamid Dönemi Kamu Diplomasisi Uygulamaları</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>450</v>
+        <v>255</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786253765897</t>
+          <t>9786254336140</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan Parlamentosu Zabıtlarında Dr. Sadık Ahmet ve Azınlık Hakları</t>
+          <t>The Prediction of Car Ownership with Machine Learning Approaches</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>250</v>
+        <v>190</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786253862534</t>
+          <t>9786254336331</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Rekreasyon Terapisi</t>
+          <t>Çok Kriterli Karar Analizi</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>230</v>
+        <v>550</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786253764838</t>
+          <t>9786254336027</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Kapsayıcı Liderlik ve Sosyal Diyalog</t>
+          <t>Çağdaş Türk Sanatı</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>180</v>
+        <v>425</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786253764036</t>
+          <t>9786254334634</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Halkla İlişkiler, Ülke İmajı ve Ulus Markalama</t>
+          <t>Beni İhmal Etme Sana İhtiyacım Var</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>300</v>
+        <v>160</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786253764890</t>
+          <t>9786254334665</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bölgesel Güvenlik Kompleksi Teorisi Çerçevesinde - Doğu Akdeniz Kompleksi</t>
+          <t>Keep Calm and Use Your Digital Mind Digitization or Digital Transformation?</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>300</v>
+        <v>215</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786253765682</t>
+          <t>9786254335044</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Afet, Güvenlik ve İletişim Stratejilerinde Güncel Yaklaşımlar</t>
+          <t>Turizm Endüstrisinde Marka Yönetim Stratejileri</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>350</v>
+        <v>565</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786253763640</t>
+          <t>9786254334313</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Halk Ezgilerinin Bağlama İcracılığı ve Temsilcileri Üzerinden İncelenmesi</t>
+          <t>Servet-i Fünun'dan İkinci Yeni'ye Yeni Türk Şiirinde Biçim Arayışları</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786253765033</t>
+          <t>9786254334610</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Yerel Kalkınma ve Somut Kültürel Miras</t>
+          <t>Kamu Özel Sektör İş Birliği</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786253763664</t>
+          <t>9786254334429</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünyada Kültür ve Sanat</t>
+          <t>Rethinking The Ottoman Economy - Taxation and the Ottoman Mindset</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786253765378</t>
+          <t>9786254333019</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>İş Ekosistemleri - İşbirliğinden Güce</t>
+          <t>İktisadi Büyümenin Dinamikleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>150</v>
+        <v>320</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786253764937</t>
+          <t>9786254333750</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Eğitiminde Dijitalleşme, Temel Kavramlar ve Süreçler</t>
+          <t>Televizyon Haberinin Retorik Bileşenleri - İletişimsel Zihniyetin Haber Retoriğine Yansıması</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>440</v>
+        <v>380</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786253765231</t>
+          <t>9786254334153</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Atatürk'ün Liderlik Felsefesi</t>
+          <t>Türk Siyasetinde Köy Enstitüleri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786253765255</t>
+          <t>9786254334443</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sosyal Sorumluluk ve İş Birliği</t>
+          <t>Adım Adım Bütçe Hazırlama</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>350</v>
+        <v>445</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786253765170</t>
+          <t>9786254332623</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’yi Sarsan Depremler (1988-2023)</t>
+          <t>Mavi Yakalılar ve Sosyoekonomik Durum - Torku Örneği</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>550</v>
+        <v>195</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786253765194</t>
+          <t>9786254332630</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Pırıltı - Bir Senatörün Öyküsü</t>
+          <t>Refik Durbaş’ın Şiiri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786253764975</t>
+          <t>9786254333149</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Terörizm Ansiklopedisi</t>
+          <t>Yürekli Olmak Cesaret İster</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>750</v>
+        <v>145</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786253761363</t>
+          <t>9786254333873</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Holakrasi - Ünvansız Yönetim</t>
+          <t>Büyük Güçlerin Kıskacındaki Ülke Tacikistan</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>125</v>
+        <v>255</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786253761851</t>
+          <t>9786254332678</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Akademik ve Elit Düzeyde Sporcular İçin Psikolojik Antrenman Becerileri Literatür- Beceri Kazanma - Uygulama</t>
+          <t>Yönetsel Gelecek</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>100</v>
+        <v>600</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786253938772</t>
+          <t>9786254332661</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Yeni Toplumsal Dönüşümde Netokratik Bilgi Politikası - Gerçekleşmiş Gelecek</t>
+          <t>Profesyonel Futbolcuların Psikolojik Becerileri ve Zihinsel Dayanıklılıklarına Göre Cesaretleri</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>315</v>
+        <v>280</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786253764876</t>
+          <t>9786254333361</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Environmental Entrepreneurship</t>
+          <t>Türkiye Sendikal Hareketinde Farklı Bir Deneyim: Yeraltı Maden - İş Örneği</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786253764753</t>
+          <t>9786254332395</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Toksik Örgüt İkliminin Bağlamsal Performans Açısından İncelenmesi</t>
+          <t>Mütareke Döneminde Mahkûm Olmak - İşgal Yıllarında Osmanlı Hapishanelerinin Genel Durumu (1918-1922)</t>
         </is>
       </c>
       <c r="C150" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786253765057</t>
+          <t>9786254332142</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Echoes Of Ephesus</t>
+          <t>Sigortacılık Sektöründe Risk Yönetimi Ve Sermaye Yeterliliği</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786253761462</t>
+          <t>9786254332234</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Yapılaşmacı İttifak Teorisi</t>
+          <t>Çağdaş Siyaset Felsefesinde Adalet Problem</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786253765217</t>
+          <t>9786254331275</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Radikal Değişimden Artırımlı Adımlara Amerika Birleşik Devletleri’nin Yunanistan Politikası</t>
+          <t>Spor Okuryazarlığı</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>350</v>
+        <v>145</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786253765279</t>
+          <t>9786254331947</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Suriye’de Sünniliğin Siyasi Bekası (1920 - 1970)</t>
+          <t>Tüketimin Sosyolojisi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786254331671</t>
+          <t>9786257363426</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Metaforlarla Düşünmek</t>
+          <t>Üniversiteler İçin İş Sağlığı ve Güvenliği Yönetim Sistemi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>270</v>
+        <v>245</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786253765507</t>
+          <t>9786257566865</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Sonrasında Kosova, Bosna Hersek ve Makedonya’da Önleyici Diplomasi</t>
+          <t>Teorik ve Pratik Açıdan İfşa (Whistleblowing)</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786253763701</t>
+          <t>9786257203999</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya Ve Kültürel Diplomasi - Yunus Emre Enstitüsü Faaliyetleri</t>
+          <t>Şemsi Paşa Şehname-i Sultan Murad</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>350</v>
+        <v>225</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786253764111</t>
+          <t>9786257363297</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Değerler ve Çıkarlar Arasında: ABD’nin Orta Doğu’daki Soğuk Savaş Darbeleriyle İlişkisini Yeniden Değerlendirmek</t>
+          <t>Örgüt Kültürü Ekseninde Toplam Kalite Yönetimi ve Altı Sigma</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>275</v>
+        <v>245</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786253934392</t>
+          <t>9786257296205</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Dijital Habitus - Siber Kültür ve Toplumsal Yaşam</t>
+          <t>Kümelenme Ve Organize Sanayi Bölgeleri: TR 63 Bölgesi Üzerine Bir Uygulama</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786253930523</t>
+          <t>9786254330308</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Teorik ve Uygulamalı Sürdürülebilirlik Çalışmaları Yönetim Ve Organizasyon</t>
+          <t>General Solution of the Schrödinger Equation with Potential Field Quantization and Some Applications</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>135</v>
+        <v>245</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786253930325</t>
+          <t>9786257492881</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Mimari İncelemeler ve Güncel Yaklaşımlar</t>
+          <t>Geleneksel ve Dijital Üzerine İletişim Araştırmaları</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>350</v>
+        <v>395</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786253762582</t>
+          <t>9786257363570</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Pazarlama Yaklaşımları -1</t>
+          <t>Çağlar Boyunca Kadın Gözüyle Spor</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786253764159</t>
+          <t>9786257492584</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Instagram’da Alışverişin Gizli Dünyası</t>
+          <t>Coğrafya ve Lezzet: Seçilmiş Yemekler Üzerinden Türkiye’nin Lezzet Anlayışı</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786253764609</t>
+          <t>9786257677974</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Terörizmin Yeni Silahı Sosyal Medya</t>
+          <t>ABD'nin Suriye Politikası ve Bölgesel Etkileri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>500</v>
+        <v>255</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786253763602</t>
+          <t>9786254330247</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>26. Dönem Karabük Milletvekili Prof. Dr. Burhanettin Uysal’ın Hayatı ve Meclis Faaliyetleri</t>
+          <t>Afgan - Suriyeli Göçmen Kadınlar</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>320</v>
+        <v>215</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786253762513</t>
+          <t>9786254330926</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Ergen Ebeveyn Çatışması</t>
+          <t>Bizim Mazi Zeval Oldu - Türkiye’deki Suriyelilerin Göç Deneyimleri Gaziantep Ve İzmir Örneği</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786253764852</t>
+          <t>9786257492782</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>İklime Duyarlı Bitkisel Üretim</t>
+          <t>E-Ticaretin İletişim Teorisi</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>600</v>
+        <v>215</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786253764548</t>
+          <t>9786254331213</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>Şirketiniz Hata Verdi Mi? Yeniden Başlatmak İçin Yaratıcılığa Basın</t>
+          <t>Profesyonel Öğrenme</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786253765330</t>
+          <t>9786254330674</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>For The Future Of Gender</t>
+          <t>Havayolu İş Modellerinin Değişimi</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>230</v>
+        <v>245</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786253763947</t>
+          <t>9786057662033</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Erdem Eğitimi</t>
+          <t>İşletme 4.0 Kapsamında Şirket 2.0</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>280</v>
+        <v>205</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786253764135</t>
+          <t>9786052149249</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Doğa ve Bilimin Renkleri</t>
+          <t>Elite Political Culture in Turkey</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>230</v>
+        <v>165</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786253764777</t>
+          <t>9786059663052</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Minimalizm mi?</t>
+          <t>Üniversitelerde Öğrenci Bağlılığı</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786254338755</t>
+          <t>9786257492027</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Matematiksel Modelleme Örnekleri ve CPLEX Uygulamaları</t>
+          <t>Akdeniz İpek Yolu Kültürel Mirası - 1</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>115</v>
+        <v>255</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786253762858</t>
+          <t>9786257589871</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Scarlatti’nın Renkli Dünyası</t>
+          <t>Maden Kazalarında Sorumluluklar ve Kusur Oranları</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786253763624</t>
+          <t>9786257566070</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm: Bilgi Yönetimi Yaklaşımları</t>
+          <t>Suriye İç Savaşı ve Suriye Türkmenleri</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>275</v>
+        <v>400</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786253764319</t>
+          <t>9786257589345</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Tıp Bilişimi ve Yapay Zeka 1 - Biyoistatistik, Makine Öğrenmesi ve Sağlıkta Veri Analitiği</t>
+          <t>Karolenj Hanedanlığı ve İslam Medeniyetleri</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786253764418</t>
+          <t>9786257589734</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Gelenek ve Yenilik Kavşağında İbn Aşur ve Et-Tahrir Ve't-Tenvir'i</t>
+          <t>Dijital Dönüşümün Sektörel Analizleri</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>500</v>
+        <v>380</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786253762698</t>
+          <t>9786257566216</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Felsefesinde Temelcilik</t>
+          <t>Türkiye'de Bağımsız Denetim ve Beklenti Boşluğu</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786253764951</t>
+          <t>9786257566087</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Türkiye-Avusturya İşgücü Anlaşması’nın 60. Yılında: Üçüncü Kuşakla Konuşmalar</t>
+          <t>Çalkantılı Sularda Yeni Rota</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>400</v>
+        <v>375</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786253764470</t>
+          <t>9786257589819</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Personality, Trust and Gossip In Academia</t>
+          <t>Türkiye A Milli Futbol Takımı Maçlarının Analizi</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>220</v>
+        <v>170</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786253931377</t>
+          <t>9786257589048</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Liderlik Teorisi Bağlamında Eğitimde Liderlik ve Ahlak</t>
+          <t>Epistemological Warfare and Hope in Critical Dystopia</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786253989064</t>
+          <t>9786257566728</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Denizcilikte Disiplinlerarası Çalışmalar</t>
+          <t>Spor Organizasyonlarındaki Sponsorluğun Marka Değeri Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>390</v>
+        <v>165</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786253930868</t>
+          <t>9786257566483</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçede Avcılık Terimleri</t>
+          <t>Rusçada Bitmiş ve Bitmemiş Görünüşleri Aynı Olan Fiiller</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>295</v>
+        <v>270</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786254337086</t>
+          <t>9786257492140</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Borçlanma Araçlarının Çeşitlendirilmesi ve İşletme Finansman Yapısının Optimizasyonu</t>
+          <t>UFRS Kapsamında İşletme Birleşmeleri ve Konsolide Finansal Raporlama</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>470</v>
+        <v>245</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786253762490</t>
+          <t>9786257589994</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Spiritüel Turizm</t>
+          <t>İsrail'in Demir Yumruk Politikası</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>220</v>
+        <v>425</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786254337451</t>
+          <t>9786257589833</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Yönetimi Perspektifinden Liman Yönetimi</t>
+          <t>İslami Yatırım Fonları</t>
         </is>
       </c>
       <c r="C186" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786253932602</t>
+          <t>9786257492126</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Siyasetinde Muhafazakâr Toplumsallık ve Din</t>
+          <t>Azerbaycan Halk Dansları Müziği (Piyano İçin Düzenlemeler)</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>250</v>
+        <v>205</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786253763923</t>
+          <t>9786254330124</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İyilik Kılavuzu</t>
+          <t>Sosyal Medyada Dil ve İletişim</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786253980818</t>
+          <t>9786257492577</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Rıza Bağlamında Oy Verme Davranışları</t>
+          <t>Bilimkurguyu Anlamak</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>190</v>
+        <v>365</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786254339295</t>
+          <t>9786257492652</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Haber Çevirileri / Medya-iletişim Ve Çeviribilim Kuramları Işığında</t>
+          <t>Kurumsal Yine/Yenilenme: Örnek Olaylarla Örgütsel Rezilyans ve Krizlere Yanıtlar</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786253764524</t>
+          <t>9786257126144</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Yurttaşlık Kimliği - Farklı Sesler, Ortak Zemin</t>
+          <t>New Israiliyyat: The Jewish and Israeli Studies in the East</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>600</v>
+        <v>255</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786253763848</t>
+          <t>9786257258579</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ile Nasıl İletişim Kurulur?</t>
+          <t>Pandemi Sonrası Türkiye'de Mali Dönüşüm</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>175</v>
+        <v>180</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786253764562</t>
+          <t>9786257566667</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi ve Güvenlik Alanında Yapay Zeka</t>
+          <t>Türk Sinemasının Fantastik Yolculuğu</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786253764692</t>
+          <t>9786257677004</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Comparative Analysis Of Tourism Sector - The Case Of BRICS and Türkiye</t>
+          <t>Yazınsal Feminizmler: Yöndeşimler ve Kesişimler - Literary Feminisms: Convergences and Intersections</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786253764005</t>
+          <t>9786257258319</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Matematikle Geleceği Keşfet</t>
+          <t>Avrupa İnsan Hakları Sistemi ve Türkiye Seçilmiş Haklar Bakımından Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786254337178</t>
+          <t>9786257126250</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Ve Sanal Dünyada Simülasyon Evreni Ve Tüketim</t>
+          <t>Sürdürülebilir Yeşil Değer</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>245</v>
+        <v>255</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786253762438</t>
+          <t>9786257203821</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Dingin Bir Şehir Gevaş</t>
+          <t>Different Aspects of Economic Development</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786253764173</t>
+          <t>9786257932165</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Tercih Danışmanlığı</t>
+          <t>Dünden Bugüne Uluslararası Göç; Kuram Algı ve Siyasa</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>210</v>
+        <v>195</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786253765125</t>
+          <t>9786057662248</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Probability and Probability Distributions With R Applications</t>
+          <t>The Pursuit Of The Best</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>750</v>
+        <v>145</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786253764272</t>
+          <t>9786257258197</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Çin İstilasına Karşı Malazgirt Doktrini Asya Birliği</t>
+          <t>Ekose Polisiye</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786253764586</t>
+          <t>9786257296328</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Türk Mühendis ve Mimar Odaları Birliği (TMMOB)</t>
+          <t>Yenilikçi Öğrenme Ortamında Teknopedagojik Öğrenme</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>300</v>
+        <v>165</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786253763558</t>
+          <t>9786257126021</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Elektrik Enerjisi Sektörü</t>
+          <t>Veri Tabanlarında Bilgi Yönetimi Güvenlik ve Performans</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786253763206</t>
+          <t>9786257173070</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>ABD-Çin Arasında Artan Güç Mücadelesi</t>
+          <t>21. Yüzyıl Rus Edebiyatından Okumalar</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>375</v>
+        <v>280</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786253764197</t>
+          <t>9786257932349</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Uzay Teknolojileri Uygulamaları ve Lojistiği</t>
+          <t>Farklı Çevresel Koşullarda Egzersiz Fizyolojisi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>500</v>
+        <v>170</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786254336102</t>
+          <t>9786257932066</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Stratejik Yönetimi - Bir Uygulama</t>
+          <t>Akıllı Şehir - Belediyeler İçin Amsterdam Deneyiminden Uygulama Örnekleri</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>149</v>
+        <v>205</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786253764678</t>
+          <t>9786257932509</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Tüm Seviyeler İçin Hedef Rusça</t>
+          <t>Halka Arz Edilen Hisse Senetlerinin Kısa ve Uzun Dönem Performansını Belirlemeye Yönelik Ekonometrik Bir Analiz</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>350</v>
+        <v>215</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786253763909</t>
+          <t>9786257296427</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşam Problemleri - Çözme Becerileri</t>
+          <t>Öğrencilere Göre Dini ve Ahlaki Bir Model Olarak Din Kültürü ve Ahlak Bilgisi Öğretmeni</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>570</v>
+        <v>205</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786253763800</t>
+          <t>9786257296090</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Küresel Kentlerde Ulaşım Yönetimi ve İstanbul İçin Model Önerisi</t>
+          <t>Dinamik Fiyatlama - Türkiye’de Elektrik Fiyatlaması İçin Bir Model Önerisi</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786253761400</t>
+          <t>9786257677738</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>1937 Trakya Ordu Manevrası</t>
+          <t>Türkiye Rusya ve İran Arasındaki İkili - Bölgesel Güvenlik İlişkileri</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>300</v>
+        <v>255</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786253762476</t>
+          <t>9786057662194</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Öğretmenlerin Değerler Eğitiminde Uyguladıkları Yöntem ve Etkinliklere İlişkin Görüşleri</t>
+          <t>Kolonyal Dönemden Günümüze Jeopolitik Bağlamda Anklav / Eksklav Ülke Toprakları Güvenlik İlişkisi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786253762032</t>
+          <t>9786257296915</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Bugüne Finansal Yükselişin Temelleri</t>
+          <t>Yerel Seçimlerde Siyasal İletişim</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>480</v>
+        <v>240</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786253760519</t>
+          <t>9786257126328</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>İki Dilli Bireylerin Türkçeyi Edinim ve Öğrenim Süreçleri - Elazığ Örneği</t>
+          <t>Geçiş Ekonomileri</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>250</v>
+        <v>165</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786253764456</t>
+          <t>9786254023958</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Müşteri Üzerine Sohbetler</t>
+          <t>Sağcılığın ve Solculuğun Psikolojisi</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786253762605</t>
+          <t>9786257677035</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Göç ve Entegrasyon</t>
+          <t>Ekonomi, Finans ve İşletme Yönetimi Alanında Güncel Gelişmeler 1</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>230</v>
+        <v>320</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786253762759</t>
+          <t>9786257258920</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Zihinsel Engellilik ve İhtiyaçları</t>
+          <t>Genç İstihdam Politikaları: Türkiye ve Avrupa Birliği</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786253763503</t>
+          <t>9786257296663</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Okul Binası Planlaması</t>
+          <t>Örgütlerde Öğrenme, Bilgi Yönetimi, İnovasyon ve Performans</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>220</v>
+        <v>375</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786253764050</t>
+          <t>9786257932417</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Kozmopolitizm - Siyasi Evrenselcilik Üzerine Bir İnceleme</t>
+          <t>Sovereign Credit Rating System and Determinants of Short Term Sovereign Risk: Evidence From Turkey</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786253762315</t>
+          <t>9786058072800</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm ve Örgütsel Değişim Arasındaki İlişki</t>
+          <t>Hume’un İktisat Anlayışı ve Çağdaş İktisada Yansımaları</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786253764791</t>
+          <t>9786057662088</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Japonya’da Mekteb-i İslamiye (1927 – 1937)</t>
+          <t>Vergi Alacağının Güvenliği Bakımından Meslekte Yeniden Yapılanma</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786253762070</t>
+          <t>9786057662309</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Orta Anadolu Coğrafya Araştırmaları II</t>
+          <t>Kalemden Eğlence Sepetine Rekabet</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>250</v>
+        <v>170</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786253764074</t>
+          <t>9786253930233</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Okçunun Eli</t>
+          <t>Güney Kore’nin Orta Asya Politakası - Özbekistan ve Kazakistan Örnekleri</t>
         </is>
       </c>
       <c r="C221" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786253761837</t>
+          <t>9786253768676</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Distopya Edebiyatı</t>
+          <t>Türk Siyasal Hayatında İkinci Adamlar</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>450</v>
+        <v>320</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786254332067</t>
+          <t>9786253984380</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Savaş, Hibrit Savaş ve Öğrenen Örgütler</t>
+          <t>Akran Zorbalığı</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>300</v>
+        <v>175</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786253764098</t>
+          <t>9786253769536</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Time-Series Analysis Using Octave</t>
+          <t>Osmanlı’dan Cumhuriyet’e Şans Oyunları</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786253764210</t>
+          <t>9786253768102</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret ve Lojistikte Örnek Olaylar ve Örnek Çözümleri</t>
+          <t>Gelenekselden Yapay Zekaya Talep Tahmin Yöntemleri</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>220</v>
+        <v>140</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786253763862</t>
+          <t>9786253768775</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Çevre Mühendisliğinde Sürdürülebilir Yaklaşımlar</t>
+          <t>Wittgenstein’in Din Anlayışı</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>400</v>
+        <v>180</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786253764234</t>
+          <t>9786253768959</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Yatırım Ortaklıkları ve Sermaye Yapısı Kararları</t>
+          <t>Sivil Havacılık Sektöründe İş Tatmini ve Motivasyon</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786253763169</t>
+          <t>9786253767358</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Arktik</t>
+          <t>Hegemonyanın İzinde</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>500</v>
+        <v>300</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786253763282</t>
+          <t>9786253767471</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>17. Yüzyıl Osmanlı Tarihçi ve Aydınlarının İktisadi Zihniyeti</t>
+          <t>Zihnin Orkestra Şefi</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786253763589</t>
+          <t>9786253768409</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Şirketler İçin Muhasebe</t>
+          <t>B.R.I.C.S. vs. the US Dollar</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786253764654</t>
+          <t>9786253768935</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Hashtag Oyunları</t>
+          <t>Ulus İnşası</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>290</v>
+        <v>350</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786253762537</t>
+          <t>9786253984724</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>YoYo’nun Şifreleri</t>
+          <t>Dijital Oyun Kültürü</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786253764333</t>
+          <t>9786253769598</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Görme Yetersizliği Olan Çocukların Erken Okuryazarlık Becerilerinin Desteklenmesinde Stratejiler</t>
+          <t>Evcil ve Yabani Memeli Hayvanların Karşılaştırmalı Histolojisi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>180</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786253763688</t>
+          <t>9786253769215</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Sürdürülebilirlikte Stratejik Yönetim</t>
+          <t>Sağlık Kurumlarında Yalın Yönetim</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>240</v>
+        <v>160</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786253764357</t>
+          <t>9786253769307</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Principles Of Editing</t>
+          <t>Rekabet Üstünlüğünün Temelleri</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>240</v>
+        <v>700</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786253763527</t>
+          <t>9786253767174</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Gelişim Akademisi</t>
+          <t>Türkiye Polis Radyosu</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>250</v>
+        <v>650</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786253764296</t>
+          <t>9786253768577</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Youtube ve Mahremiyet</t>
+          <t>Uzun Dönemli Bakım Hizmetleri Yönetimi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>250</v>
+        <v>800</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052149188</t>
+          <t>9786253768362</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Sporda Mükemmeliyetçilik</t>
+          <t>Sinema ve Fotoğraf - Görsel Anlatı Evrimi</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>120</v>
+        <v>280</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786257126137</t>
+          <t>9786253768492</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikolojik Sermaye</t>
+          <t>Sömürgecilik, Neoliberalizm ve İklim Değişikliği</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>140</v>
+        <v>340</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052149584</t>
+          <t>9786253769116</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>İslam Ceza Hukukuna Göre Adli Tıp ve Maddi Delil</t>
+          <t>Bilinçli Farkındalık (Mindfulness) Becerilerinin Kullanıldığı İlişki Geliştirme Programı Uygulayıcı El Kitabı</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>270</v>
+        <v>175</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786253764371</t>
+          <t>9786253765422</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Zühre-i Elem</t>
+          <t>Patentlenebilirlik Değerlendirmesi ve Derin Öğrenme</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786253762629</t>
+          <t>9786253767297</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Mekan ve Siyaset</t>
+          <t>Sürdürülebilir Tüketim Kültürü</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786253764258</t>
+          <t>9786253767709</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Ateş Çemberinde Kıbrıs</t>
+          <t>Kadın Liderlik</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786253930424</t>
+          <t>9786253766085</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Challenges and Turkish Public Financial Management</t>
+          <t>Doğan Ergun’un Sosyoloji Görüşleri ve Eğitim Anlayışı</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>345</v>
+        <v>180</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786253764395</t>
+          <t>9786253760984</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Çay Aşkı</t>
+          <t>Alevi-Bektaşi Velayetnamelerinde Zaman, Mekân ve Nesne Sembolizmi</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786253763763</t>
+          <t>9786253768614</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Yeni Küresel Çağ</t>
+          <t>Türkiye’de Hayvan Hakları Aktivizmi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>220</v>
+        <v>650</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786253763015</t>
+          <t>9786253766061</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Bin Kesikle Adam Öldürme</t>
+          <t>Diyarbakır’da Siyasal Temsil ve Seçmen Eğilimi</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>250</v>
+        <v>480</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786253763565</t>
+          <t>9786253769253</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Tunceli’den Başlayan Hayat Yürüyüşümde Anılar II (Hatıram Olsun)</t>
+          <t>Öğretmenliğe Duyguyla Başlamak - Yaratıcı Drama Temelli Duygu Okuryazarlığı Yolculuğu</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786253763466</t>
+          <t>9786253768317</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Kemiklerin İzinde</t>
+          <t>Sosyal Kırılganlıklar ve Gençler</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786254333125</t>
+          <t>9786253765941</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Üretim Süreçlerinin Yönetiminde Dinamik Kalite Kontrol Yaklaşımı Ve Bir Uygulama</t>
+          <t>Deprem Sonrası Grupla Psikolojik Danışma ve Rehberlik Hizmeti</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>125</v>
+        <v>140</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786253760731</t>
+          <t>9786253766252</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Gösteri</t>
+          <t>Avrupa’nın Demokratik İşleyişine Bir Meydan Okuma</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>275</v>
+        <v>250</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786253763787</t>
+          <t>9786253767808</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>XVII. Yüzyılda Ankara Gayrimüslimleri</t>
+          <t>Sağlıklı İşlevsel Aile Yol Haritası</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>340</v>
+        <v>190</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786253763985</t>
+          <t>9786253767846</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Her Şeyin Sebebi Kadın</t>
+          <t>Bir İçim Su</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>630</v>
+        <v>230</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786257677950</t>
+          <t>9786253767747</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Psikososyal Açıdan Voleybol</t>
+          <t>Almanya'nın PKK Terör Örgütü Politikası ve Türkiye'ye Etkileri</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786253938154</t>
+          <t>9786253767723</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Düşük Karbonlu Yerleşmelere Geçiş</t>
+          <t>Kavram, Süreç ve Uygulamalarla İhracat</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786253763145</t>
+          <t>9786052149294</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Birinci Dünya Savaşı’nda Osmanlı Devleti’nin Savaştığı Galiçya, Romanya ve Makedonya Cepheleri Üzerine Mukayeseli Bir İnceleme</t>
+          <t>Banka Müşterilerinin Gizli Sınıf Analizi İle Ürün Kullanımlarına Göre Sınıflandırılması</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>550</v>
+        <v>65</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786253761554</t>
+          <t>9786253981419</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Yeşil İnsan Kaynakları Yönetimi</t>
+          <t>Enerji Ekonomisi Araştırmaları</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>300</v>
+        <v>235</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786253932640</t>
+          <t>9786254333682</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Farklı Yönleriyle Çeviri</t>
+          <t>Modern İş Yaşamının Eleştirisi</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786253761059</t>
+          <t>9786253768591</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Örneklerle Matematik Öğretiminde Kavram Yanılgıları-Öğretmen ve Öğretmen Adayları için El Kitabı</t>
+          <t>Avrupa Birliği’nin Enerji Sorunu - Önlenemeyen Bağımlılık</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786253862107</t>
+          <t>9786253769055</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Çince Dil Bilgisinde Yapı Taşları-Sözcük Türleri ve Kullanımı</t>
+          <t>İşletmeler Perspektifinden Ar-Ge &amp; İnovasyon</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>230</v>
+        <v>200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786254331084</t>
+          <t>9786253768430</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Rehberlik Hizmetleri Boyutuyla Sınıf Yönetimi</t>
+          <t>Yenilikçi İş Davranışı</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>90</v>
+        <v>175</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786254330629</t>
+          <t>9786253768737</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Eğitim Liderleri</t>
+          <t>Muhabbet Kuşu</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>135</v>
+        <v>800</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786253763183</t>
+          <t>9786253766047</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Zincir Kıran Nesil - İtaat Kültüründen Özgün Benliğe</t>
+          <t>Devlerin Savaşı</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786253762094</t>
+          <t>9786253768270</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Balık Biyoakustiği</t>
+          <t>Codes Of Instex</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786253762216</t>
+          <t>9786253768232</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşmenin Turizme Yansımaları</t>
+          <t>Türkiye’de Bor Madeni İşletmeciliği</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>550</v>
+        <v>300</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786253762414</t>
+          <t>9786253769079</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Kaynak Planlama Sistemleri ve Kurumsallaşma</t>
+          <t>Übersetzungskritische Analyse des Romans Die Biene Maja und ihre Abenteuer von Waldemar Bonsels</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786253762056</t>
+          <t>9786253766931</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Genişletilmiş Sinema</t>
+          <t>Eleştirel Düşünmenin Kuramsal Yapısı ve Eğitimde Uygulanışı</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786253763725</t>
+          <t>9786253766238</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Sinematik Sanal Gerçeklik ve İzleyici Deneyimi</t>
+          <t>Makedonya Türkleri</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786253760908</t>
+          <t>9786253767495</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Doğal Afetlerde Yaşlılar - Deprem Özelinde</t>
+          <t>Ekonomik Kalkınma Perspektifinden Ulaştırma Sektörü ve Politikaların Evrimi</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>320</v>
+        <v>350</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786253763428</t>
+          <t>9786253767396</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Anadolu’nun Kültür Hafızası Yaşar Kemal - Yaşar Kemal’in Nehir Romanları Üzerine Bir İnceleme</t>
+          <t>Mahal Kita - Filipinler'de Yaşamak</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786253760069</t>
+          <t>9786253764494</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisinde Algı Yönetimi- Stratejileri ve Uygulamaları: Türk Dış Politikası Örneği</t>
+          <t>Doğal Afetler ve Turizm</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>175</v>
+        <v>230</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786253762865</t>
+          <t>9786253767556</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Türkçe ve Türk Dilleri Radyo Yayınları El Kitabı 2025</t>
+          <t>Çocuklarda Üst Düzey Düşünme Becerilerinin Gelişimi ve Desteklenmesi  - Okul Öncesinden Ergenliğe</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>750</v>
+        <v>390</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786254333439</t>
+          <t>9786253768461</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Sağlık Yönetimi</t>
+          <t>Küresel Finansal Kriz ve Yeni Para Politikası</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>375</v>
+        <v>275</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786253762186</t>
+          <t>9786253767969</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>İşlemeli Kumaş Kitap Kapakları</t>
+          <t>Türk Kamu Yönetiminde Teftiş ve Denetim ile Stratejik Yönetim Açısından Teftiş ve Denetimin Geleceği</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786253761813</t>
+          <t>9786253767532</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Görsel Dijital Medyada Mekân ve Kimlik</t>
+          <t>Ticaretin Yeni Yolu - E-Ticaret’in El Kitabı</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786253763886</t>
+          <t>9786253767433</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Yalnız Seyahat Eden Kadın Turistler: Destinasyon İmajları, Risk Algıları ve Yeniden Satın Alma Niyetleri</t>
+          <t>Çeviribilimde Feminist ve Ekofeminist Yaklaşımlar</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>230</v>
+        <v>160</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786253763268</t>
+          <t>9786253766337</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Eleştirel Kuramlar Işığında Reklamcılık</t>
+          <t>Empirical Insights into Language and Cognition</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786253762551</t>
+          <t>9786253767037</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Cezaevinden Topluma: Eski Hükümlülerin Suçu Terk Etmesi ve Topluma Yeniden Entegrasyonu</t>
+          <t>Suriye’nin Yeniden İnşası</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786253761240</t>
+          <t>9786253986179</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kastamonu Araştırmaları: Araç ve Kırsalı (Tarih, Arkeoloji ve Sanat Tarihi Yazıları)</t>
+          <t>Yüksek Gerilim Şalt Teçhizatları</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786253761776</t>
+          <t>9786253767648</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Zamanın Yansıması-Kuşaklar ve Değişim</t>
+          <t>İyi Meme Kötü Meme Arasında</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>250</v>
+        <v>120</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786253763749</t>
+          <t>9786253767372</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Pratik Veri Analizleri</t>
+          <t>Foreign Language Teachers’ Agency for Professional Wellbeing</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786253762643</t>
+          <t>9786253766733</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Aydın İlinde Yer Alan Antik Kentlerin Spor Tarihi ve Kültürü</t>
+          <t>Polimer Malzeme Karakterizasyonu</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786253935863</t>
+          <t>9786253981013</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Modern (Sembolik) Mantığa Giriş</t>
+          <t>Halkla İlişkiler ve İletişim Çalışmalarında Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>315</v>
+        <v>180</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786253762131</t>
+          <t>9786253768089</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Doğrudan Yabancı Sermaye Yatırımları ve İstihdam</t>
+          <t>Strength and Plasticity of Metallic Materials</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786253763305</t>
+          <t>9786253767624</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetimi Reformlarına Yönelik Mülki İdare Amirlerinin Tutumları</t>
+          <t>Weber’de “Verstehen” Kavramı</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786253936228</t>
+          <t>9786253764739</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Oyunculukta Ezber Teknikleri</t>
+          <t>Başarılı Reklamların DNA'sı</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786253762827</t>
+          <t>9786253766917</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Acının Dönüşümü</t>
+          <t>Yumuşak Güç Türkçe ve Kamu Diplomasisi</t>
         </is>
       </c>
       <c r="C287" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786253761950</t>
+          <t>9786253767587</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Devlet Başkanının Sorumluluğu</t>
+          <t>Reklama Dijital Dokunuş</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786253987329</t>
+          <t>9786253767051</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Cihaz Klinik Araştırmalar Kitabı</t>
+          <t>Eğitim Tarihinde Bir Ekol Eyüp Hamdi Akman</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>520</v>
+        <v>320</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786253763114</t>
+          <t>9786253765156</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Fair Play Ne(Dir) Değildir</t>
+          <t>İklim Krizi, Hastalıklar ve Geleceğimiz</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786253762995</t>
+          <t>9786253768041</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Jean Baudrillard ve Simülasyon Kuramı-Bir Simülakr Olarak Sarı Yelekliler</t>
+          <t>Yabancı Dil Olarak Türkçe Kur Temelli Beceri Uygulamaları (Okuma-Dinleme)</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>150</v>
+        <v>650</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786253762711</t>
+          <t>9786253766771</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Faiz- Ekonomi Politik ve İslam Hukuku Perspektifinden</t>
+          <t>Çeviribilim Bağlamında Seyahatnameler</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786253762445</t>
+          <t>9786253767198</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Yönetimin Karanlık Yüzünde Güncel Konular</t>
+          <t>Belleğin Politikası</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>230</v>
+        <v>400</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786253763343</t>
+          <t>9786253765972</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Bağımlılık ve İletişim</t>
+          <t>Artificial Intelligence Applications in Businesses</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786253761387</t>
+          <t>9786253766528</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>İşyeri Maneviyatı ve Örgütsel Adalet</t>
+          <t>Hibrit Tehditler ve Sosyal Politika</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786253761790</t>
+          <t>9786253768195</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>20. Yüzyıl Amerikan Romanı Üzerine İncelemeler</t>
+          <t>Türkçe Öğretiminde Ders Dışı Etkinlik Uygulamaları</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786253763329</t>
+          <t>9786253766191</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Hukuk ve İnsan Hakları</t>
+          <t>Engelli Çocuk Ebeveynliğinde Yaşantısal Kaçınma, Duygusal Şemalar ve Ölüm Kaygısı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786253761738</t>
+          <t>9786253766894</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Danışanı Bütüncül Değerlendirme</t>
+          <t>Yaşlanmayı Anlamak - 21. Yüzyılda Yaşlılık, Sağlık ve İletişim</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786253984748</t>
+          <t>9786253766412</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyada Türk Cumhuriyetleri</t>
+          <t>İklim Krizi Bağlamında Türkiye’de Akarsu Yönetimi - Van Gölü Havzası Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786253760267</t>
+          <t>9786253767457</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Batılılaşma Döneminde Osmanlı Sarayında Müzik ve Kurumsal Kimliğe Etkisi</t>
+          <t>Güçlendirme Yaklaşımı Temelinde Sosyal Hizmet Uzmanı ve Müracaatçı İlişkisi</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786253760342</t>
+          <t>9786253767075</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kamu Diplomasisi Ekseninde Afrika Açılım Politikası/Değerler-Fırsatlar-Yardımlar</t>
+          <t>Üniversite Öğrencilerinin Dinî/Felsefi Yönelimlerinin Din Eğitimi Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786253761486</t>
+          <t>9786253766993</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Tıbbi Cihaz Yönetmeliği'nin (Medical Device Regulation - MDR) Sağlık Sektörüne Etkisi</t>
+          <t>Ekolojik Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786253761899</t>
+          <t>9786253768027</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Boş Zaman Hakkında-Tarihsel Gelişim, Kavramlar ve İlişkiler</t>
+          <t>Ne Kadar Farkındayız Hayatın</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>375</v>
+        <v>350</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786253939892</t>
+          <t>9786253765873</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Çin ve Kuşak-Yol İnisiyatifi-Ekonomi-Politik Analiz</t>
+          <t>Rus Göçmen Edebiyatında Müzik İzleği</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786253760410</t>
+          <t>9786253766399</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye’de Kış Turizmi ve Geçmişten Geleceğe Zigana Kayak Merkezi</t>
+          <t>Çatışmadan Çözüme</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786253761134</t>
+          <t>9786253766795</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Stoacılık ve Spinoza’nın Ortak Dili</t>
+          <t>Yeşil Tedarik Zinciri Yönetimi</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786253762889</t>
+          <t>9786253766313</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilimi Çerçevesinde Yeşil Dönüşüm</t>
+          <t>Kentin İç Mekanlar</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>270</v>
+        <v>350</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786253762360</t>
+          <t>9786253765316</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Kamu Çalışanlarının Dijital Dönüşüm Farkındalığının Araştırılması</t>
+          <t>Geogebrada Düzlemsel Mekanizmalar</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786253761073</t>
+          <t>9786253767273</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Muğla Mutfak Kültürü ve Gastronomi Turizmi</t>
+          <t>Bal Arısı Virusları</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786253762339</t>
+          <t>9786253766481</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Veri Gazeteciliği ve Veri Manipülasyonu</t>
+          <t>Hesaplamalı Sosyal Bilimler ve İletişim</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>130</v>
+        <v>230</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786253762780</t>
+          <t>9786253766979</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Dezavantajlı Grupları Yeniden Düşünmek</t>
+          <t>Kırılma Noktan</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786253762162</t>
+          <t>9786253766955</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Bir Yas Etnografisi</t>
+          <t>Sosyal Medya - Hayatımızı Şekillendiren Güç</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786253761745</t>
+          <t>9786253766672</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Anlatma Eğitiminde Yaratıcı Yazma ve Etkinlik Örnekleri</t>
+          <t>Dijital Çağın Öğretmenleri</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>140</v>
+        <v>270</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786253760793</t>
+          <t>9786253767013</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Özel Eğitim</t>
+          <t>Bir Aşığın Nefesi - Müzikal Yaşamı ve Besteleriyle Aşık Üzgüni</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786253762933</t>
+          <t>9786253767112</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Gençlerin Siyasal Yönelimleri ve Toplumsal Kurumlar</t>
+          <t>Küreselleşme ve Yeni Çağın Krizleri</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>120</v>
+        <v>300</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786253760823</t>
+          <t>9786253762957</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Çiçek Abbas - Mendirekteki Sessiz Adam</t>
+          <t>Sanal Kaytarma</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>110</v>
+        <v>240</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786253761998</t>
+          <t>9786253766436</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Kahramanı Kurtarmak Dijital Kültüre Bir Karşı Çıkış Olarak Kahraman ve Kahraman Oluşun İmkânları</t>
+          <t>Leadership and Strategic Management in the Age Of Global Change</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>175</v>
+        <v>280</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786253760946</t>
+          <t>9786253765774</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticarette Türkiye’nin Rekabetçiliği</t>
+          <t>100 Tanrıça - Dünya Mitolojilerinden Önemli Tanrıçalar</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786253763381</t>
+          <t>9786253766870</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaretle İlgili Kurumlar (Görev ve İşlevleri)</t>
+          <t>Veri Merkezi Altyapıları</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>180</v>
+        <v>500</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786253760427</t>
+          <t>9786253766467</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Gösterişçi Tüketim</t>
+          <t>Multidisciplinary Application Areas of Artificial Intelligence</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>100</v>
+        <v>350</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786253761196</t>
+          <t>9786253766634</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Kardeşler Arasında Sapma ve Suça Yönelme Davranışında Farklılığa Etki Eden Faktörler</t>
+          <t>Yönetsel Perspektiften Çevik Organizasyonlar</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>140</v>
+        <v>300</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786253760458</t>
+          <t>9786253766290</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatıyla Çevre Bilinci-Deprem Gibi Doğal Afetler Ekseninde</t>
+          <t>Zorlu Durumlarda Ebeveynler ile İletişim</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786253937393</t>
+          <t>9786253765705</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Dedebaba</t>
+          <t>Suudi Arabistan’ın Güvenlik Stratejisi 2000-2020</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>450</v>
+        <v>340</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786253761639</t>
+          <t>9786253765927</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Osmanlı Modernleşmesi ve Basın</t>
+          <t>Work Motivation Of Freelance Technical Translators In Türkiye</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786253761523</t>
+          <t>9786253765606</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Belediyeler ve Güncel Sorunları</t>
+          <t>Emek Piyasasında Kadınlar</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>230</v>
+        <v>360</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786253762674</t>
+          <t>9786253765392</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Tuz ve Sağlık</t>
+          <t>Spor Kültürünün Anatomisi - Kuramdan Sahaya</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786253761509</t>
+          <t>9786253766351</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Jandarma Tarihi ve Yönetimi (Fransa, I. Dünya Savaşı ve Afet Yönetimi)</t>
+          <t>Hadisler Açısından İman-Ahlak İlişkisi</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786253761110</t>
+          <t>9786253939106</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetiminde/Liderlik ve Yöneticilik (Özellikleri)</t>
+          <t>Canlandırma Kurgularında Yöntem ve Örnekler - Sosyal Psikolojik İzlekte</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>600</v>
+        <v>130</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786253761615</t>
+          <t>9786253766757</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Veri Zarflama Analizi ile Etkinlik ve Elastiklik Ölçümü: Tarım Sektörü Üzerine Uygulamalarla</t>
+          <t>Çeviribilimde Çocuk Dil Aracılığı</t>
         </is>
       </c>
       <c r="C329" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786253762193</t>
+          <t>9786253764432</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Diyalojik İlgisizlik</t>
+          <t>Etkileyici (Influencer) Nasıl Çalışır?</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786253762247</t>
+          <t>9786253765750</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan’ın Orta Doğu Politikasının İnşası</t>
+          <t>Osmanlı'da Suç ve Ceza</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>290</v>
+        <v>450</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786253761301</t>
+          <t>9786253984885</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Bilişim Çağında Kimlik İnşası Ve İmhası</t>
+          <t>Medya ve Zaman</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>375</v>
+        <v>125</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786253761875</t>
+          <t>9786253982348</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyal Girişimcilik</t>
+          <t>Veri Zarflama Analizi ile Firma Değerleme Yaklaşımı -Borsa İstanbul Örneği-</t>
         </is>
       </c>
       <c r="C333" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786253760694</t>
+          <t>9786254337987</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi ve Yumuşak Güç: İletişim Perspektifli İncelemeler</t>
+          <t>The Future Of International Trade / Cross-Border E-Commerce</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>375</v>
+        <v>195</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786253761578</t>
+          <t>9786253765484</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Dijital Oyu Bağımlılığı-Oyuna Gelme</t>
+          <t>Operasyonel ve Teknik Boyutlarıyla Uçak Kazaları</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>200</v>
+        <v>550</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786253761424</t>
+          <t>9786253765620</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Kimlik ve İnanç Sınırında/ İran Türklerinin Mersiye ve Meddahlık Geleneği</t>
+          <t>Z Kuşağı Perspektifinden Örnek Olaylar İle Örgütsel Davranış Bilimi</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786253936402</t>
+          <t>9786253765446</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Tematik Değinmeler-Askerlik, Güvenlik ve Dış Politika Yazıları</t>
+          <t>21. Yüzyılın Yol Haritası Çok Boyutlu Okuryazarlık</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786253761592</t>
+          <t>9786253766658</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Değişme Odaklı Film - Sürdürülebilir Kalkınma ve Belgeseller</t>
+          <t>Sağlık ve Güvenlik İçin Ergonomi</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786253934606</t>
+          <t>9786253766559</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Makedonya'yı Tahayyül Etmek</t>
+          <t>Yazgıdan Genetik Kodlara</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786253761097</t>
+          <t>9786253763244</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>ABD Büyük (Grand) Stratejisi</t>
+          <t>2000 Sonrası Rusya’nın Asya-Pasifik Politikası</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>460</v>
+        <v>275</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786253760885</t>
+          <t>9786253766504</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Girişimcilikte En Sık Yapılan Hatalar</t>
+          <t>Lütfi Akad Sinemasında Uyarlamalar</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786253761349</t>
+          <t>9786253765545</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Madalyonun Çift Yüzü -Antrenörü Ebeveyni Olan Elit Sporcular</t>
+          <t>Endüstriyel ve Toplumsal Süreçte Yapay Zeka</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786253939830</t>
+          <t>9786253766146</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>İslam Ekonomisi ve Finans Sisteminin Yönetimi</t>
+          <t>Coğrafya Biliminde Temel R Uygulamaları</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786253761158</t>
+          <t>9786253764999</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Müsilaj Felaketi - Balıkçılar için Risk Yönetim Stratejileri</t>
+          <t>Serbest Radikaller ve Fizyopatolojik Etkileri</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>120</v>
+        <v>400</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786253761714</t>
+          <t>9786253765569</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünya-Madalyonun Öteki Yüzü</t>
+          <t>Yapay Zeka ve İnsanın Geleceği</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>180</v>
+        <v>700</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786253762919</t>
+          <t>9786253765293</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Konya ve Çevresi Yüzey Araştırması-5</t>
+          <t>Dijital Ölümsüzlük: İnsan Kişiliğinin Yapay Zekaya Kopyalanması</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>345</v>
+        <v>230</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786253761974</t>
+          <t>9786253935818</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Teknoloji Geliştirme Bölgelerinin Etkinlik ve Yenilikçilik Yönünden Analizi</t>
+          <t>İnsanlığın Pi Noktası: Yapay Zeka</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786253760656</t>
+          <t>9786253764715</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Film Tasarımında Yaratıcı Süreçler</t>
+          <t>Yerel Siyasetin Örğütlenmesine İlişkin Bir İnceleme - İskenderun Örneği</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786253760045</t>
+          <t>9786253765736</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Onayın Dönüşümünde Sosyal Medya</t>
+          <t>Türkiye’de Parlamenter Elitler ve Parlamenter Elit Değişimi</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>175</v>
+        <v>600</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786253760298</t>
+          <t>9786253765460</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Doğumunun 300. Yılı Anısına - Kant ve Epistemoloji</t>
+          <t>Sosyal Hizmet ve Üçüncü Yaş Üniversitesi</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786253937782</t>
+          <t>9786253984687</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kiraz Üretiminin Arz-Talep ve İhracatının Belirleyicileri</t>
+          <t>Kedilerde Tedavi El Kitabı</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786253761288</t>
+          <t>9786253765811</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Türk Müteahhitliğinin Yurt Dışı Faaliyetleri ve Başarının Mimarları Türk Tipi Liderlik</t>
+          <t>Otantik Liderlik</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>230</v>
+        <v>215</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786253760854</t>
+          <t>9786253764913</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilirlik, Çevre ve Enerji Ekonomisi</t>
+          <t>21. Yüzyıl Okuryazarlıkları ve Eğitimi</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>250</v>
+        <v>355</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786253987305</t>
+          <t>9786253765644</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Sayısal ve Sözel Anlatılar</t>
+          <t>Tarımın Şafağında İlk Buğday</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>205</v>
+        <v>270</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786253939151</t>
+          <t>9786253765088</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Kodlanmış Gelecek Yapay Zeka</t>
+          <t>Akademide Olmadan Akademide Kalma: Dr. Ants Örneği</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786254334467</t>
+          <t>9786253782735</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçtan 1100'lere Dicle Havzası'nda Bilimin Yükselişi ve Çöküşü</t>
+          <t>Avrupa Birliği’nin Ulusötesi Krizlerle Sınavı</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>275</v>
+        <v>320</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786257492478</t>
+          <t>9786253765354</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Çeviri Odaklı Çözümlemeler / Translation-Oriented Analyses from Theory to Practice</t>
+          <t>Beklenen Güneş Dr. Sadık Ahmet</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>220</v>
+        <v>800</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786253937775</t>
+          <t>9786253761677</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Yaklaşımlarda Kadın ve Aile Çalışmalarına Genel Bakış</t>
+          <t>Kültürün Küreselleşmesi</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786253760229</t>
+          <t>9786253765521</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Döngüsel Ekonomi, Uluslararası Ticaret ve Avrupa Birliği</t>
+          <t>Modern Türk Devletinin İnşasında Ulus 1850-1950</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>300</v>
+        <v>440</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786253760960</t>
+          <t>9786253981945</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Kanser Maneviyat ve Beyin</t>
+          <t>Vakum Teknolojisi ve Endüstriyel Uygulamalar 98 Çözümlü Problem</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>250</v>
+        <v>450</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786253760373</t>
+          <t>9786253765897</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Halk Partisinin Zonguldak Vilayet Kongreleri (1935-1947)</t>
+          <t>Yunanistan Parlamentosu Zabıtlarında Dr. Sadık Ahmet ve Azınlık Hakları</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786253760779</t>
+          <t>9786253862534</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Hayal Endüstrisi Bollywood-Popüler Hint Sineması</t>
+          <t>Rekreasyon Terapisi</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>270</v>
+        <v>230</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786253936105</t>
+          <t>9786253764838</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Otelcilere Masallar-Gözünüzü Açan Masallar</t>
+          <t>Örgütlerde Kapsayıcı Liderlik ve Sosyal Diyalog</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786253939144</t>
+          <t>9786253764036</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik Bakışla İletişimde Güncel Tartışmalar</t>
+          <t>Uluslararası Halkla İlişkiler, Ülke İmajı ve Ulus Markalama</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786253939960</t>
+          <t>9786253764890</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Entegrasyonu- Soğuk Savaş Sonrasında Türkiye-Türk Cumhuriyetleri İlişkilerinin Entegrasyon Teorileri Çerçevesinde Değerlendirilmesi</t>
+          <t>Bölgesel Güvenlik Kompleksi Teorisi Çerçevesinde - Doğu Akdeniz Kompleksi</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786253936846</t>
+          <t>9786253765682</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Kore’de Doğum Ritüelleri</t>
+          <t>Afet, Güvenlik ve İletişim Stratejilerinde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C366" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786253760816</t>
+          <t>9786253763640</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>#1 Math Photo Album Hands-on Math Experiments with Posters Included</t>
+          <t>Anadolu Halk Ezgilerinin Bağlama İcracılığı ve Temsilcileri Üzerinden İncelenmesi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786253937485</t>
+          <t>9786253765033</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Sisteminde Bir Erken Uyarı Modeli - Örnek Uygulamalarla “CAMELS Analizi’’</t>
+          <t>Yerel Kalkınma ve Somut Kültürel Miras</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786253760397</t>
+          <t>9786253763664</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>ISO/IEC 27001:2022 - Bilgi Güvenliği Yönetim Sistemi Uygulayıcılarına/Denetçilerine Yönelik El Rehberi ve Vaka Örnekleri</t>
+          <t>Değişen Dünyada Kültür ve Sanat</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>275</v>
+        <v>300</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059663991</t>
+          <t>9786253765378</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Temelleri</t>
+          <t>İş Ekosistemleri - İşbirliğinden Güce</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786253936457</t>
+          <t>9786253764937</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm ve Sürdürülebilir Gelecek</t>
+          <t>21. Yüzyıl Eğitiminde Dijitalleşme, Temel Kavramlar ve Süreçler</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>320</v>
+        <v>440</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786253935399</t>
+          <t>9786253765231</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasi Tarihinde Bir “Devlet” Mücadelesi</t>
+          <t>Atatürk'ün Liderlik Felsefesi</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786253934026</t>
+          <t>9786253765255</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Boşanma - Evliliğin Ölümü</t>
+          <t>Kurumsal Sosyal Sorumluluk ve İş Birliği</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>205</v>
+        <v>350</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786253935535</t>
+          <t>9786253765170</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Amatör Teleskop Yapımı</t>
+          <t>Türkiye’yi Sarsan Depremler (1988-2023)</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>315</v>
+        <v>550</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786254335358</t>
+          <t>9786253765194</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Mut İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Pırıltı - Bir Senatörün Öyküsü</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786254335211</t>
+          <t>9786253764975</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Akdeniz İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Terörizm Ansiklopedisi</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>190</v>
+        <v>750</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786254335235</t>
+          <t>9786253761363</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Anamur İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Holakrasi - Ünvansız Yönetim</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>205</v>
+        <v>125</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786253935337</t>
+          <t>9786253761851</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>24 Saat Görmek - Uyku, Uyanıklık vea Rüya Bilimi</t>
+          <t>Akademik ve Elit Düzeyde Sporcular İçin Psikolojik Antrenman Becerileri Literatür- Beceri Kazanma - Uygulama</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>330</v>
+        <v>100</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786253933487</t>
+          <t>9786253938772</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>II. Meşrutiyet Dönemi’nde Girit Meselesi ve 1910-1911 Yunanistan Boykotajı</t>
+          <t>Yeni Toplumsal Dönüşümde Netokratik Bilgi Politikası - Gerçekleşmiş Gelecek</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>395</v>
+        <v>315</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786253930141</t>
+          <t>9786253764876</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Yönetim</t>
+          <t>Environmental Entrepreneurship</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>295</v>
+        <v>170</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786253931537</t>
+          <t>9786253764753</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji ve Diğer Sosyal Bilimler İçin Jamovi ile Temel İstatistik</t>
+          <t>Toksik Örgüt İkliminin Bağlamsal Performans Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>115</v>
+        <v>180</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786253930929</t>
+          <t>9786253765057</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Düşük Karbonlu Gelecek İçin Yeşil Maliye</t>
+          <t>Echoes Of Ephesus</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786253986988</t>
+          <t>9786253761462</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Türk Musikisinde Makam Bilgisi ve Tatbiki</t>
+          <t>Yapılaşmacı İttifak Teorisi</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786254330117</t>
+          <t>9786253765217</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Temel Kavramlarla Sivil Toplum</t>
+          <t>Radikal Değişimden Artırımlı Adımlara Amerika Birleşik Devletleri’nin Yunanistan Politikası</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>275</v>
+        <v>350</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786254336089</t>
+          <t>9786253765279</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Ağları</t>
+          <t>Suriye’de Sünniliğin Siyasi Bekası (1920 - 1970)</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786253760632</t>
+          <t>9786254331671</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Finansın Görünmeyen Yüzü</t>
+          <t>Metaforlarla Düşünmek</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>175</v>
+        <v>270</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786253933814</t>
+          <t>9786253765507</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği ile Mücadelede Karbon Nötr Kent</t>
+          <t>Soğuk Savaş Sonrasında Kosova, Bosna Hersek ve Makedonya’da Önleyici Diplomasi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786253760564</t>
+          <t>9786253763701</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Oyunlaştırma İle Simultane Çeviri Eğitimi</t>
+          <t>Yeni Medya Ve Kültürel Diplomasi - Yunus Emre Enstitüsü Faaliyetleri</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786253981204</t>
+          <t>9786253764111</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>2020 Karabağ Savaşı (İlham Aliyev: Karabağ Azerbaycan’dır!)</t>
+          <t>Değerler ve Çıkarlar Arasında: ABD’nin Orta Doğu’daki Soğuk Savaş Darbeleriyle İlişkisini Yeniden Değerlendirmek</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786253760755</t>
+          <t>9786253934392</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Kırgızistan’da Bireysel Emeklilik Sistemi</t>
+          <t>Dijital Habitus - Siber Kültür ve Toplumsal Yaşam</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>140</v>
+        <v>220</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786253760922</t>
+          <t>9786253930523</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Eski ̇Uygurca Tantrik Bir Metin - Avalokiteśvara-Sādhan</t>
+          <t>Teorik ve Uygulamalı Sürdürülebilirlik Çalışmaları Yönetim Ve Organizasyon</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>160</v>
+        <v>135</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786253760496</t>
+          <t>9786253930325</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Kuruluşundan Günümüze İstanbul II. Bâyezid Külliyesi</t>
+          <t>Mimari İncelemeler ve Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>340</v>
+        <v>350</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786253939014</t>
+          <t>9786253762582</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Tüm Başlıklarıyla Örgütlerde Cam Tavan</t>
+          <t>Geçmişten Günümüze Pazarlama Yaklaşımları -1</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786253760472</t>
+          <t>9786253764159</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Anadolu Halk Ezgileri Üzerine Bir İnceleme ve Anadolu Müziği</t>
+          <t>Instagram’da Alışverişin Gizli Dünyası</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>175</v>
+        <v>250</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786253939922</t>
+          <t>9786253764609</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Abdürreşid İbrahim'in Hayatı, Düşünce Dünyası ve Etkileri</t>
+          <t>Terörizmin Yeni Silahı Sosyal Medya</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>240</v>
+        <v>500</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786253938758</t>
+          <t>9786253763602</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Madencilik Sektöründeki Yenilikçi Gelişim Eğilimleri</t>
+          <t>26. Dönem Karabük Milletvekili Prof. Dr. Burhanettin Uysal’ın Hayatı ve Meclis Faaliyetleri</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786253760007</t>
+          <t>9786253762513</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>World By Word Diplomatic Interpreter’s Path</t>
+          <t>Ergen Ebeveyn Çatışması</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786253939540</t>
+          <t>9786253764852</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Spor Yönetiminde Stres Algısının Önemi</t>
+          <t>İklime Duyarlı Bitkisel Üretim</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>140</v>
+        <v>600</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786253936525</t>
+          <t>9786253764548</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Basının Amiral Gemisi Hürriyet Gazetesinin El Değiştirme Sürecinde Türkiye’de Anaakım Medyanın Sonu ve Basın Özgürlüğü Sorunu</t>
+          <t>Şirketiniz Hata Verdi Mi? Yeniden Başlatmak İçin Yaratıcılığa Basın</t>
         </is>
       </c>
       <c r="C399" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786253938734</t>
+          <t>9786253765330</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>II. Dünya Savaşı Yıllarında İran Azerbaycanı’nda Büyük Devletlerin Güç Mücadelesi ve Türkiye’nin Tutumu</t>
+          <t>For The Future Of Gender</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>275</v>
+        <v>230</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786253939359</t>
+          <t>9786253763947</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Kanıta Dayalı Diyabet Yönetimi</t>
+          <t>Erdem Eğitimi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786253937409</t>
+          <t>9786253764135</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatı ve Bilişsel Gelişim Üzerine</t>
+          <t>Doğa ve Bilimin Renkleri</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786253939403</t>
+          <t>9786253764777</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Buharalı Ceditçi Abdurrauf Fıtrat'ın Gazeteci Kişiliği</t>
+          <t>Minimalizm mi?</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786253937997</t>
+          <t>9786254338755</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaret ve Lojistikte Güncel Konular</t>
+          <t>Matematiksel Modelleme Örnekleri ve CPLEX Uygulamaları</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>140</v>
+        <v>115</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786253987350</t>
+          <t>9786253762858</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Sağlıklı Yaşlanma</t>
+          <t>Scarlatti’nın Renkli Dünyası</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>155</v>
+        <v>300</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786253937607</t>
+          <t>9786253763624</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Etiği ve İletişim - Sorunlar, Sınırlar ve Zorluklar</t>
+          <t>Dijital Dönüşüm: Bilgi Yönetimi Yaklaşımları</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786253936808</t>
+          <t>9786253764319</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Lider Yöneticiler</t>
+          <t>Tıp Bilişimi ve Yapay Zeka 1 - Biyoistatistik, Makine Öğrenmesi ve Sağlıkta Veri Analitiği</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>90</v>
+        <v>450</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786253936648</t>
+          <t>9786253764418</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Çalışma Psikolojisinde Güncel Konular</t>
+          <t>Gelenek ve Yenilik Kavşağında İbn Aşur ve Et-Tahrir Ve't-Tenvir'i</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>120</v>
+        <v>500</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786253936747</t>
+          <t>9786253762698</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Dijital Pazarlama İletişimi</t>
+          <t>Bilgi Felsefesinde Temelcilik</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786253935832</t>
+          <t>9786253764951</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>İnsan Vücudunda Matematik</t>
+          <t>Türkiye-Avusturya İşgücü Anlaşması’nın 60. Yılında: Üçüncü Kuşakla Konuşmalar</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786253931087</t>
+          <t>9786253764470</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekanın Matematiği</t>
+          <t>Personality, Trust and Gossip In Academia</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786253936044</t>
+          <t>9786253931377</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>TBMM’deki Partilerin Din Siyaseti (1951-1954)</t>
+          <t>Ahlaki Liderlik Teorisi Bağlamında Eğitimde Liderlik ve Ahlak</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786253935917</t>
+          <t>9786253989064</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>ABD’de Siyah Nasyonalizmi ve İslami Hareketler</t>
+          <t>Denizcilikte Disiplinlerarası Çalışmalar</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786253934767</t>
+          <t>9786253930868</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Nietzsche, Heidegger ve Derrida’da Yapısökümün Meselesi</t>
+          <t>Eski Türkçede Avcılık Terimleri</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786253935962</t>
+          <t>9786254337086</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Mekansızlar - Evsizlik, Toplum Ve Sosyal Hizmet</t>
+          <t>Türkiye’de Borçlanma Araçlarının Çeşitlendirilmesi ve İşletme Finansman Yapısının Optimizasyonu</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>250</v>
+        <v>470</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786253935559</t>
+          <t>9786253762490</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Cumhuriyeti’nin 100 Yıllık Tarihine İz Bırakmış Sosyal ve Siyasal Politikalara Yönelik Akademik Bir Bakış</t>
+          <t>Spiritüel Turizm</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>375</v>
+        <v>220</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786253934477</t>
+          <t>9786254337451</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Eğitim Perspektifinden Küresel Eğitim Politikaları</t>
+          <t>Tedarik Zinciri Yönetimi Perspektifinden Liman Yönetimi</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>225</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786253933876</t>
+          <t>9786253932602</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Karikatürlerle Cumhuriyet Polemiği - Velid Ebüzziya’nın Kaleminden</t>
+          <t>Türkiye Siyasetinde Muhafazakâr Toplumsallık ve Din</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786253935450</t>
+          <t>9786253763923</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Kavuşma: Hangi Kore? Siz Hangi Kore’ye Aitsiniz?</t>
+          <t>Çocuklar İçin İyilik Kılavuzu</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786253935658</t>
+          <t>9786253980818</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Dahi Mi? Memur Mu? Nietzche Ve Hegel’in Eğitim Felsefeleri</t>
+          <t>Siyasal Rıza Bağlamında Oy Verme Davranışları</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>145</v>
+        <v>190</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786253932916</t>
+          <t>9786254339295</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Kimyasal Gübrelerin Üretim Teknolojileri</t>
+          <t>Haber Çevirileri / Medya-iletişim Ve Çeviribilim Kuramları Işığında</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786253933890</t>
+          <t>9786253764524</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>İklim Krizi Üzerine Felsefi Yaklaşımlar</t>
+          <t>Yurttaşlık Kimliği - Farklı Sesler, Ortak Zemin</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>315</v>
+        <v>600</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786253933104</t>
+          <t>9786253763848</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Antrenman Bilimleri Bibliyografyası</t>
+          <t>Yapay Zeka ile Nasıl İletişim Kurulur?</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>395</v>
+        <v>175</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786253935122</t>
+          <t>9786253764562</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye’de İklim Değişikliği Kaynaklı Kayıp ve Zararlar, Etkilere Uyum ve Dirençlilik</t>
+          <t>Ekonomi ve Güvenlik Alanında Yapay Zeka</t>
         </is>
       </c>
       <c r="C424" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786253933111</t>
+          <t>9786253764692</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Aracılık, Düzenleyicilik ve Koşullu Süreç Analizleri - Teori ve Uygulama</t>
+          <t>Comparative Analysis Of Tourism Sector - The Case Of BRICS and Türkiye</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786253989163</t>
+          <t>9786253764005</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Arşiv Belgeleri Işığında Hırka-i Şerif Camisi</t>
+          <t>Matematikle Geleceği Keşfet</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786253934132</t>
+          <t>9786254337178</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Google’dan Yapay Zekaya Geleceğin Gazeteciliği - Para, Veri ve Haber</t>
+          <t>Sosyal Medyada Ve Sanal Dünyada Simülasyon Evreni Ve Tüketim</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786253934996</t>
+          <t>9786253762438</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Kimlik İnşası</t>
+          <t>Dingin Bir Şehir Gevaş</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>375</v>
+        <v>300</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786253933302</t>
+          <t>9786253764173</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Coğrafya, Kültür ve Siyaset</t>
+          <t>Tercih Danışmanlığı</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786253934866</t>
+          <t>9786253765125</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>“Ney”de Depresyonun İyileştirici Makamı</t>
+          <t>Probability and Probability Distributions With R Applications</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>145</v>
+        <v>750</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786253931490</t>
+          <t>9786253764272</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Rus Seyahatnamelerinde Osmanlı Toplumu ve Türk İmgesi</t>
+          <t>Çin İstilasına Karşı Malazgirt Doktrini Asya Birliği</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786253932343</t>
+          <t>9786253764586</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Savunma Sanayisi ve Savunma Harcamaları</t>
+          <t>Türk Mühendis ve Mimar Odaları Birliği (TMMOB)</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786253933791</t>
+          <t>9786253763558</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Turist Rehberleri İçin El Kitabı</t>
+          <t>Türkiye Elektrik Enerjisi Sektörü</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>395</v>
+        <v>220</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786253932060</t>
+          <t>9786253763206</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>9 Mart 1971 Askeri Darbe Girişimi İdeolojik ve Sosyoekonomik Bir Analiz</t>
+          <t>ABD-Çin Arasında Artan Güç Mücadelesi</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>240</v>
+        <v>375</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786253932527</t>
+          <t>9786253764197</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Z kuşağı Perspektifinden İşletme Bilimine Giriş - Örnek Olaylar</t>
+          <t>Uzay Teknolojileri Uygulamaları ve Lojistiği</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>475</v>
+        <v>500</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786253987589</t>
+          <t>9786254336102</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl İran Modernleşmesi ve Osmanlı Etkisi</t>
+          <t>Tedarik Zinciri Stratejik Yönetimi - Bir Uygulama</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>240</v>
+        <v>149</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786253931957</t>
+          <t>9786253764678</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Pamukkale’de Felsefe - Cumhuriyetin 100. Yılına Armağan</t>
+          <t>Tüm Seviyeler İçin Hedef Rusça</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786253931926</t>
+          <t>9786253763909</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Yunanistan’ın Bölgesel Stratejisi ve Ege’de Deniz Güvenliği 1974’ten Günümüze</t>
+          <t>Günlük Yaşam Problemleri - Çözme Becerileri</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>250</v>
+        <v>570</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786253932411</t>
+          <t>9786253763800</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin Türkiye’de Sağ Siyasete Etkileri (AK PARTİ ve MHP)</t>
+          <t>Küresel Kentlerde Ulaşım Yönetimi ve İstanbul İçin Model Önerisi</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786253931650</t>
+          <t>9786253761400</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Yiyecek ve İçecek Sektöründen Örnek Olay Analizleri İle Yeşil Pazarlama Stratejisi</t>
+          <t>1937 Trakya Ordu Manevrası</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786253989903</t>
+          <t>9786253762476</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmet Penceresinden Sosyal Sorunlar</t>
+          <t>Öğretmenlerin Değerler Eğitiminde Uyguladıkları Yöntem ve Etkinliklere İlişkin Görüşleri</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786253931179</t>
+          <t>9786253762032</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Cumhuriyet'e Sosyoekonomik Süreçler</t>
+          <t>Geçmişten Bugüne Finansal Yükselişin Temelleri</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>150</v>
+        <v>480</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786253930448</t>
+          <t>9786253760519</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Varoluşsal Güvenlik ve Sekülerleşme</t>
+          <t>İki Dilli Bireylerin Türkçeyi Edinim ve Öğrenim Süreçleri - Elazığ Örneği</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786253989743</t>
+          <t>9786253764456</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Parlamenter Hükümet Sisteminden Cumhurbaşkanlığı Hükümet Sistemine Türkiye’de Kamu Yönetiminin Dönüşümü</t>
+          <t>Müşteri Üzerine Sohbetler</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786253987848</t>
+          <t>9786253762605</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Fibromiyalji Sendromunda Duyumsallık ve Projektif Testler</t>
+          <t>Türkiye’de Göç ve Entegrasyon</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>195</v>
+        <v>230</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786253989293</t>
+          <t>9786253762759</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Şekillenen Tarım</t>
+          <t>Zihinsel Engellilik ve İhtiyaçları</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786253986247</t>
+          <t>9786253763503</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği ve Yeşil Mutabakat</t>
+          <t>Okul Binası Planlaması</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786253930349</t>
+          <t>9786253764050</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>İş Süreçleri Yönetimi</t>
+          <t>Kozmopolitizm - Siyasi Evrenselcilik Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786253989941</t>
+          <t>9786253762315</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Matematik Öğretiminde Örüntüler</t>
+          <t>Dijital Dönüşüm ve Örgütsel Değişim Arasındaki İlişki</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>225</v>
+        <v>320</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786253930363</t>
+          <t>9786253764791</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Hareket Eğitiminde Alıştırmalar</t>
+          <t>Japonya’da Mekteb-i İslamiye (1927 – 1937)</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>155</v>
+        <v>220</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786253931056</t>
+          <t>9786253762070</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Doğu’da ve Batı’da Gündelik Yaşam</t>
+          <t>Orta Anadolu Coğrafya Araştırmaları II</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>370</v>
+        <v>250</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786254334474</t>
+          <t>9786253764074</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Tek Parti Döneminde Kemalist Milliyetçiliğin Karşısında Türkçü-Turancı Milliyetçilik</t>
+          <t>Okçunun Eli</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786253986940</t>
+          <t>9786253761837</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyasal Hayatında Kazım Karabekir</t>
+          <t>Distopya Edebiyatı</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>505</v>
+        <v>450</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786253987626</t>
+          <t>9786254332067</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>İngiltere’nin Sömürge Valisi Sır Ronald Storrs</t>
+          <t>Savaş, Hibrit Savaş ve Öğrenen Örgütler</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>340</v>
+        <v>300</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786253988159</t>
+          <t>9786253764098</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Afganistan</t>
+          <t>Time-Series Analysis Using Octave</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>450</v>
+        <v>230</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786253987510</t>
+          <t>9786253764210</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Hicaz Kitabiyatı</t>
+          <t>Uluslararası Ticaret ve Lojistikte Örnek Olaylar ve Örnek Çözümleri</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>255</v>
+        <v>220</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786253985356</t>
+          <t>9786253763862</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Çocuk Edebiyatı</t>
+          <t>Çevre Mühendisliğinde Sürdürülebilir Yaklaşımlar</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786253987077</t>
+          <t>9786253764234</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Dijital Zincirlerimiz Bağımlı Mıyız? Nomofobi Ve Netlessfobi</t>
+          <t>Gayrimenkul Yatırım Ortaklıkları ve Sermaye Yapısı Kararları</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786253987602</t>
+          <t>9786253763169</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Gelenekselden Moderne Yerel Yönetimler</t>
+          <t>Arktik</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>365</v>
+        <v>500</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786253987251</t>
+          <t>9786253763282</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Dijital Medya Ekseninde Nostalji ve Toplumsal Bellek</t>
+          <t>17. Yüzyıl Osmanlı Tarihçi ve Aydınlarının İktisadi Zihniyeti</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786253986858</t>
+          <t>9786253763589</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Algoritmalar, Habercilik ve Medya</t>
+          <t>Türkiye’de Şirketler İçin Muhasebe</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>255</v>
+        <v>180</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786253987084</t>
+          <t>9786253764654</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka ve Halkla İlişkiler</t>
+          <t>Hashtag Oyunları</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>445</v>
+        <v>290</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786253986780</t>
+          <t>9786253762537</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Dikte Bankası- Dictation Bank</t>
+          <t>YoYo’nun Şifreleri</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786253985790</t>
+          <t>9786253764333</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Siyasi Fikir Hareketleri</t>
+          <t>Görme Yetersizliği Olan Çocukların Erken Okuryazarlık Becerilerinin Desteklenmesinde Stratejiler</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786254338854</t>
+          <t>9786253763688</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Merkez Bankası Para Politikaları ve Banka Karlılığı Üzerindeki Etkisi</t>
+          <t>Kurumsal Sürdürülebilirlikte Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786253985608</t>
+          <t>9786253764357</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Farklı Olandan Korkma! Otizm ve Sosyal Dışlanma - Ebeveynlerin Deneyimleri ve Beklentileri</t>
+          <t>Principles Of Editing</t>
         </is>
       </c>
       <c r="C466" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786253985127</t>
+          <t>9786253763527</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>1950 Sonrası Türk Hikayesinde Çevre Vurgusu</t>
+          <t>Eğitim Gelişim Akademisi</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786253984892</t>
+          <t>9786253764296</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Üretim Göstergeleri ve Kurumsal Sürdürülebilirlik Performansı</t>
+          <t>Youtube ve Mahremiyet</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786254175336</t>
+          <t>9786052149188</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Hikayenin İletişimi</t>
+          <t>Sporda Mükemmeliyetçilik</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>695</v>
+        <v>120</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786253984861</t>
+          <t>9786257126137</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Ödeme Sistemleri ve Siber Güvenlik</t>
+          <t>Pozitif Psikolojik Sermaye</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786253984762</t>
+          <t>9786052149584</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Edebi Gazetecilik</t>
+          <t>İslam Ceza Hukukuna Göre Adli Tıp ve Maddi Delil</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786253984045</t>
+          <t>9786253764371</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Kent ve Çevre Politikaları Ekseninde Yerel Yönetimler</t>
+          <t>Zühre-i Elem</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>470</v>
+        <v>150</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786253982843</t>
+          <t>9786253762629</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Yenidünya Yetiştiriciliği</t>
+          <t>Mekan ve Siyaset</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786253984403</t>
+          <t>9786253764258</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Dijital Diplomasi - Hegemonya, Kamu Diplomasisi ve Dijitalleşme</t>
+          <t>Ateş Çemberinde Kıbrıs</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>350</v>
+        <v>500</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786253982737</t>
+          <t>9786253930424</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Adalet Teorisi ve Müşteri İntikam Davranışı</t>
+          <t>Challenges and Turkish Public Financial Management</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>215</v>
+        <v>345</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786253982928</t>
+          <t>9786253764395</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Edirne'de Osmanlı Savunma Yapıları</t>
+          <t>Çay Aşkı</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786253982034</t>
+          <t>9786253763763</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Metafor - Analitik Felsefe Yaklaşımı</t>
+          <t>Yeni Küresel Çağ</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>215</v>
+        <v>220</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786253984014</t>
+          <t>9786253763015</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Mali Tablolar ile Sektörel Risk Analizi İmalat Sanayi Üzerinde Uygulama (1999-2016)</t>
+          <t>Bin Kesikle Adam Öldürme</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786253981846</t>
+          <t>9786253763565</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatının Tarihsel Gelişim Sürecinde Türk İmgesi</t>
+          <t>Tunceli’den Başlayan Hayat Yürüyüşümde Anılar II (Hatıram Olsun)</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>205</v>
+        <v>175</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786253981969</t>
+          <t>9786253763466</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoloji Bağlamında Din Eğitimi Temelli Manevi Danışmanlık</t>
+          <t>Kemiklerin İzinde</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786253983017</t>
+          <t>9786254333125</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Söylemler ve Eylemler Bağlamında - Türk Siyasi Liderlerin Orta Asya Politikaları</t>
+          <t>Üretim Süreçlerinin Yönetiminde Dinamik Kalite Kontrol Yaklaşımı Ve Bir Uygulama</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>505</v>
+        <v>125</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786253983956</t>
+          <t>9786253760731</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Konya ve Çevresi Yüzey Araştırması 4 - Hadim</t>
+          <t>Muhafazakar Gösteri</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>350</v>
+        <v>275</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786253983703</t>
+          <t>9786253763787</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Blok Zinciri Teknolojisi - Pazarlama Yönlü Bir Yaklaşım</t>
+          <t>XVII. Yüzyılda Ankara Gayrimüslimleri</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>125</v>
+        <v>340</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786253982201</t>
+          <t>9786253763985</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Sınıf Yönetimi</t>
+          <t>Her Şeyin Sebebi Kadın</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>195</v>
+        <v>630</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786253981754</t>
+          <t>9786257677950</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Devletin Ekonomideki Rolü</t>
+          <t>Psikososyal Açıdan Voleybol</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>245</v>
+        <v>220</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786254339806</t>
+          <t>9786253938154</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağın Marka Başarı Hikayeleri</t>
+          <t>Düşük Karbonlu Yerleşmelere Geçiş</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786253982225</t>
+          <t>9786253763145</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yerel Seçimler</t>
+          <t>Birinci Dünya Savaşı’nda Osmanlı Devleti’nin Savaştığı Galiçya, Romanya ve Makedonya Cepheleri Üzerine Mukayeseli Bir İnceleme</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>425</v>
+        <v>550</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786253981808</t>
+          <t>9786253761554</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Masterclass’ı - Pazarlama Stratejileri ve Taktikleri</t>
+          <t>Yeşil İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786253981570</t>
+          <t>9786253932640</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Suç Habitatı ve Suçlu Gençlik Habitusu</t>
+          <t>Farklı Yönleriyle Çeviri</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786253981150</t>
+          <t>9786253761059</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Pehlivan Anlatılarında Türk Yağlı Güreş Geleneği ve Bazı Başpehlivanlar</t>
+          <t>Örneklerle Matematik Öğretiminde Kavram Yanılgıları-Öğretmen ve Öğretmen Adayları için El Kitabı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786253982102</t>
+          <t>9786253862107</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Modern Eğitim Anlayışının Antalya’ya Yansımaları</t>
+          <t>Çince Dil Bilgisinde Yapı Taşları-Sözcük Türleri ve Kullanımı</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>340</v>
+        <v>230</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786253980887</t>
+          <t>9786254331084</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Uluslararası Göçe Yönelik Tutumlar Ve Ekonomik Kriz - Kamuoyu Araştırmalarının İleri Analizi</t>
+          <t>Rehberlik Hizmetleri Boyutuyla Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>180</v>
+        <v>90</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786253981051</t>
+          <t>9786254330629</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Persisting Authoritarianism in the Arab World - Internal and External Dimensions</t>
+          <t>İz Bırakan Eğitim Liderleri</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>195</v>
+        <v>135</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786254339950</t>
+          <t>9786253763183</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nin Maliye Teşkilatı ve Uygulanan Maliye Politikaları (1870-1914)</t>
+          <t>Zincir Kıran Nesil - İtaat Kültüründen Özgün Benliğe</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786253980214</t>
+          <t>9786253762094</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Çankırı Coğrafya Araştırmaları II</t>
+          <t>Balık Biyoakustiği</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
-          <t>9786253980085</t>
+          <t>9786253762216</t>
         </is>
       </c>
       <c r="B496" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Eğitiminde Sistem Yaklaşımı</t>
+          <t>Dijitalleşmenin Turizme Yansımaları</t>
         </is>
       </c>
       <c r="C496" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" s="1" t="inlineStr">
         <is>
-          <t>9786254339776</t>
+          <t>9786253762414</t>
         </is>
       </c>
       <c r="B497" s="1" t="inlineStr">
         <is>
-          <t>Algoritmik Toplum ve Medya</t>
+          <t>Kurumsal Kaynak Planlama Sistemleri ve Kurumsallaşma</t>
         </is>
       </c>
       <c r="C497" s="1">
-        <v>470</v>
+        <v>240</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" s="1" t="inlineStr">
         <is>
-          <t>9786254338601</t>
+          <t>9786253762056</t>
         </is>
       </c>
       <c r="B498" s="1" t="inlineStr">
         <is>
-          <t>Genişletilmiş Heckscher - Ohlin - Vanek Modeli - Dünya Faktör Ticareti Analizi</t>
+          <t>Genişletilmiş Sinema</t>
         </is>
       </c>
       <c r="C498" s="1">
-        <v>295</v>
+        <v>370</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" s="1" t="inlineStr">
         <is>
-          <t>9786253980306</t>
+          <t>9786253763725</t>
         </is>
       </c>
       <c r="B499" s="1" t="inlineStr">
         <is>
-          <t>Asya’daki Güç Mücadelesi Bağlamında Gelişen Rusya-çin İlişkileri</t>
+          <t>Sinematik Sanal Gerçeklik ve İzleyici Deneyimi</t>
         </is>
       </c>
       <c r="C499" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" s="1" t="inlineStr">
         <is>
-          <t>9786253980238</t>
+          <t>9786253760908</t>
         </is>
       </c>
       <c r="B500" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm ve Liderlik</t>
+          <t>Doğal Afetlerde Yaşlılar - Deprem Özelinde</t>
         </is>
       </c>
       <c r="C500" s="1">
-        <v>255</v>
+        <v>320</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" s="1" t="inlineStr">
         <is>
-          <t>9786254337918</t>
+          <t>9786253763428</t>
         </is>
       </c>
       <c r="B501" s="1" t="inlineStr">
         <is>
-          <t>İletişimde Büyük Veri</t>
+          <t>Anadolu’nun Kültür Hafızası Yaşar Kemal - Yaşar Kemal’in Nehir Romanları Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C501" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" s="1" t="inlineStr">
         <is>
-          <t>9786254339714</t>
+          <t>9786253760069</t>
         </is>
       </c>
       <c r="B502" s="1" t="inlineStr">
         <is>
-          <t>Dijital Öykü ile Metin Temelli Dil Bilgisi Öğretimi: Pragmatik ve Yarı Deneysel Bir Çalışma</t>
+          <t>Kamu Diplomasisinde Algı Yönetimi- Stratejileri ve Uygulamaları: Türk Dış Politikası Örneği</t>
         </is>
       </c>
       <c r="C502" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" s="1" t="inlineStr">
         <is>
-          <t>9786253980146</t>
+          <t>9786253762865</t>
         </is>
       </c>
       <c r="B503" s="1" t="inlineStr">
         <is>
-          <t>Ali Ulvi Darıverenli ve Denizli Yazıları</t>
+          <t>Türkçe ve Türk Dilleri Radyo Yayınları El Kitabı 2025</t>
         </is>
       </c>
       <c r="C503" s="1">
-        <v>170</v>
+        <v>750</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" s="1" t="inlineStr">
         <is>
-          <t>9786253980061</t>
+          <t>9786254333439</t>
         </is>
       </c>
       <c r="B504" s="1" t="inlineStr">
         <is>
-          <t>Seneca’nın Etiğinde Ölüm</t>
+          <t>Türkiye'de Sağlık Yönetimi</t>
         </is>
       </c>
       <c r="C504" s="1">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" s="1" t="inlineStr">
         <is>
-          <t>9786254339493</t>
+          <t>9786253762186</t>
         </is>
       </c>
       <c r="B505" s="1" t="inlineStr">
         <is>
-          <t>Greko - Baktriya ve Eski Türk Hukuk Belgeleri</t>
+          <t>İşlemeli Kumaş Kitap Kapakları</t>
         </is>
       </c>
       <c r="C505" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" s="1" t="inlineStr">
         <is>
-          <t>9786253980283</t>
+          <t>9786253761813</t>
         </is>
       </c>
       <c r="B506" s="1" t="inlineStr">
         <is>
-          <t>Nöropazarlama</t>
+          <t>Görsel Dijital Medyada Mekân ve Kimlik</t>
         </is>
       </c>
       <c r="C506" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" s="1" t="inlineStr">
         <is>
-          <t>9786254337727</t>
+          <t>9786253763886</t>
         </is>
       </c>
       <c r="B507" s="1" t="inlineStr">
         <is>
-          <t>İslam İktisadında Güncel Konular - Teori Ve Uygulama</t>
+          <t>Yalnız Seyahat Eden Kadın Turistler: Destinasyon İmajları, Risk Algıları ve Yeniden Satın Alma Niyetleri</t>
         </is>
       </c>
       <c r="C507" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" s="1" t="inlineStr">
         <is>
-          <t>9786254336935</t>
+          <t>9786253763268</t>
         </is>
       </c>
       <c r="B508" s="1" t="inlineStr">
         <is>
-          <t>Sertleşme Bozukluğuna Son - 10 Adımda Maksimum Performans</t>
+          <t>Eleştirel Kuramlar Işığında Reklamcılık</t>
         </is>
       </c>
       <c r="C508" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" s="1" t="inlineStr">
         <is>
-          <t>9786254339097</t>
+          <t>9786253762551</t>
         </is>
       </c>
       <c r="B509" s="1" t="inlineStr">
         <is>
-          <t>Köpekler İçin 3D Yemek Tarifleri</t>
+          <t>Cezaevinden Topluma: Eski Hükümlülerin Suçu Terk Etmesi ve Topluma Yeniden Entegrasyonu</t>
         </is>
       </c>
       <c r="C509" s="1">
-        <v>305</v>
+        <v>450</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" s="1" t="inlineStr">
         <is>
-          <t>9786254338717</t>
+          <t>9786253761240</t>
         </is>
       </c>
       <c r="B510" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Arşiv Kaynaklarına Göre Yunan Salib-i Ahmer Cemiyetinin (Kızılhaç’ın) Karanlık Yüzü (1919-1923)</t>
+          <t>Kastamonu Araştırmaları: Araç ve Kırsalı (Tarih, Arkeoloji ve Sanat Tarihi Yazıları)</t>
         </is>
       </c>
       <c r="C510" s="1">
-        <v>270</v>
+        <v>550</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" s="1" t="inlineStr">
         <is>
-          <t>9786254339127</t>
+          <t>9786253761776</t>
         </is>
       </c>
       <c r="B511" s="1" t="inlineStr">
         <is>
-          <t>Yakınından Geçilen Kent Niğde</t>
+          <t>Zamanın Yansıması-Kuşaklar ve Değişim</t>
         </is>
       </c>
       <c r="C511" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" s="1" t="inlineStr">
         <is>
-          <t>9786254339691</t>
+          <t>9786253763749</t>
         </is>
       </c>
       <c r="B512" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Politikası ve Öğretim Yöntemleri</t>
+          <t>Sosyal Bilimlerde Pratik Veri Analizleri</t>
         </is>
       </c>
       <c r="C512" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" s="1" t="inlineStr">
         <is>
-          <t>9786254338847</t>
+          <t>9786253762643</t>
         </is>
       </c>
       <c r="B513" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Nükleer Silahların Yayılmasını Önleme Rejimi</t>
+          <t>Aydın İlinde Yer Alan Antik Kentlerin Spor Tarihi ve Kültürü</t>
         </is>
       </c>
       <c r="C513" s="1">
-        <v>365</v>
+        <v>200</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" s="1" t="inlineStr">
         <is>
-          <t>9786254338779</t>
+          <t>9786253935863</t>
         </is>
       </c>
       <c r="B514" s="1" t="inlineStr">
         <is>
-          <t>Liberal Demokrasi ve Adalet ve Kalkınma Partisi: 2003 - 2018</t>
+          <t>Modern (Sembolik) Mantığa Giriş</t>
         </is>
       </c>
       <c r="C514" s="1">
-        <v>290</v>
+        <v>315</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" s="1" t="inlineStr">
         <is>
-          <t>9786254338083</t>
+          <t>9786253762131</t>
         </is>
       </c>
       <c r="B515" s="1" t="inlineStr">
         <is>
-          <t>Cinsiyetle Giydirilmiş Bedenler</t>
+          <t>Türkiye’de Doğrudan Yabancı Sermaye Yatırımları ve İstihdam</t>
         </is>
       </c>
       <c r="C515" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" s="1" t="inlineStr">
         <is>
-          <t>9786254337642</t>
+          <t>9786253763305</t>
         </is>
       </c>
       <c r="B516" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Yatırım Ortaklığı Getirilerini Etkileyen Faktörlerle İlgili Olarak - Borsa İstanbul Üzerine Bir Uygulama</t>
+          <t>Kamu Yönetimi Reformlarına Yönelik Mülki İdare Amirlerinin Tutumları</t>
         </is>
       </c>
       <c r="C516" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" s="1" t="inlineStr">
         <is>
-          <t>9786254339448</t>
+          <t>9786253936228</t>
         </is>
       </c>
       <c r="B517" s="1" t="inlineStr">
         <is>
-          <t>Güreş ve Kondisyonel Özellikler</t>
+          <t>Oyunculukta Ezber Teknikleri</t>
         </is>
       </c>
       <c r="C517" s="1">
-        <v>150</v>
+        <v>110</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" s="1" t="inlineStr">
         <is>
-          <t>9786254337512</t>
+          <t>9786253762827</t>
         </is>
       </c>
       <c r="B518" s="1" t="inlineStr">
         <is>
-          <t>Kaliteli Yaşlanma ve Terapötik Rekreasyon</t>
+          <t>Psikolojik Acının Dönüşümü</t>
         </is>
       </c>
       <c r="C518" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" s="1" t="inlineStr">
         <is>
-          <t>9786254336720</t>
+          <t>9786253761950</t>
         </is>
       </c>
       <c r="B519" s="1" t="inlineStr">
         <is>
-          <t>Hoca Mesud'un Dilinden Ferhengname-yi Sa'di</t>
+          <t>Devlet Başkanının Sorumluluğu</t>
         </is>
       </c>
       <c r="C519" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" s="1" t="inlineStr">
         <is>
-          <t>9786254338229</t>
+          <t>9786253987329</t>
         </is>
       </c>
       <c r="B520" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Kurumlara Sosyolojiden Bakmak - Dünü, Bugünü Ve Yarını</t>
+          <t>Tıbbi Cihaz Klinik Araştırmalar Kitabı</t>
         </is>
       </c>
       <c r="C520" s="1">
-        <v>205</v>
+        <v>520</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" s="1" t="inlineStr">
         <is>
-          <t>9786254337390</t>
+          <t>9786253763114</t>
         </is>
       </c>
       <c r="B521" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Duygu Yönetimi</t>
+          <t>Fair Play Ne(Dir) Değildir</t>
         </is>
       </c>
       <c r="C521" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" s="1" t="inlineStr">
         <is>
-          <t>9786254337628</t>
+          <t>9786253762995</t>
         </is>
       </c>
       <c r="B522" s="1" t="inlineStr">
         <is>
-          <t>Abd Grand Stratejisi - Tarihsel Gelişimi Ve Orta Doğu İle Türkiye’ye Etkisi</t>
+          <t>Jean Baudrillard ve Simülasyon Kuramı-Bir Simülakr Olarak Sarı Yelekliler</t>
         </is>
       </c>
       <c r="C522" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" s="1" t="inlineStr">
         <is>
-          <t>9786254338045</t>
+          <t>9786253762711</t>
         </is>
       </c>
       <c r="B523" s="1" t="inlineStr">
         <is>
-          <t>İç Güvenlik İstihbaratında Sosyal Ağ Analizi</t>
+          <t>Faiz- Ekonomi Politik ve İslam Hukuku Perspektifinden</t>
         </is>
       </c>
       <c r="C523" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" s="1" t="inlineStr">
         <is>
-          <t>9786254337932</t>
+          <t>9786253762445</t>
         </is>
       </c>
       <c r="B524" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Türkçesinde Oya ve Dantel El Sanatları ile İlgili Söz Varlığı</t>
+          <t>Örgütsel Yönetimin Karanlık Yüzünde Güncel Konular</t>
         </is>
       </c>
       <c r="C524" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" s="1" t="inlineStr">
         <is>
-          <t>9786254337697</t>
+          <t>9786253763343</t>
         </is>
       </c>
       <c r="B525" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sosyal Yardımların Sosyal Refah Üzerindeki Etkisi</t>
+          <t>Dijital Çağda Bağımlılık ve İletişim</t>
         </is>
       </c>
       <c r="C525" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" s="1" t="inlineStr">
         <is>
-          <t>9786254338502</t>
+          <t>9786253761387</t>
         </is>
       </c>
       <c r="B526" s="1" t="inlineStr">
         <is>
-          <t>Gömülü Teori Araştırması Sosyal İçerme Modeli - Konya Tatlıcak Mahallesi Örneği</t>
+          <t>İşyeri Maneviyatı ve Örgütsel Adalet</t>
         </is>
       </c>
       <c r="C526" s="1">
-        <v>205</v>
+        <v>150</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" s="1" t="inlineStr">
         <is>
-          <t>9786254338113</t>
+          <t>9786253761790</t>
         </is>
       </c>
       <c r="B527" s="1" t="inlineStr">
         <is>
-          <t>Duyusal Markalamada Tutum ve Algı</t>
+          <t>20. Yüzyıl Amerikan Romanı Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C527" s="1">
-        <v>195</v>
+        <v>200</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" s="1" t="inlineStr">
         <is>
-          <t>9786254336751</t>
+          <t>9786253763329</t>
         </is>
       </c>
       <c r="B528" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Özerklik - Kuram ve Uygulama</t>
+          <t>Uluslararası Hukuk ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C528" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" s="1" t="inlineStr">
         <is>
-          <t>9786254337826</t>
+          <t>9786253761738</t>
         </is>
       </c>
       <c r="B529" s="1" t="inlineStr">
         <is>
-          <t>Bölgesel ve Küresel Gelişmeler Işığında Uluslararası Göçler</t>
+          <t>Danışanı Bütüncül Değerlendirme</t>
         </is>
       </c>
       <c r="C529" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" s="1" t="inlineStr">
         <is>
-          <t>9786254337284</t>
+          <t>9786253984748</t>
         </is>
       </c>
       <c r="B530" s="1" t="inlineStr">
         <is>
-          <t>Bir Sosyal Hizmet Kurumu Olarak Darüleytam</t>
+          <t>Modern Dünyada Türk Cumhuriyetleri</t>
         </is>
       </c>
       <c r="C530" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" s="1" t="inlineStr">
         <is>
-          <t>9786254337246</t>
+          <t>9786253760267</t>
         </is>
       </c>
       <c r="B531" s="1" t="inlineStr">
         <is>
-          <t>İslami Finansal Kurumlar Üzerine Güncel Teorik ve Uygulamalı Çalışmalar</t>
+          <t>Batılılaşma Döneminde Osmanlı Sarayında Müzik ve Kurumsal Kimliğe Etkisi</t>
         </is>
       </c>
       <c r="C531" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" s="1" t="inlineStr">
         <is>
-          <t>9786057302922</t>
+          <t>9786253760342</t>
         </is>
       </c>
       <c r="B532" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Merkezler - Sosyoekonomik ve Pazarlama Açısından Değerlendirme</t>
+          <t>Türkiye Kamu Diplomasisi Ekseninde Afrika Açılım Politikası/Değerler-Fırsatlar-Yardımlar</t>
         </is>
       </c>
       <c r="C532" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" s="1" t="inlineStr">
         <is>
-          <t>9786254337499</t>
+          <t>9786253761486</t>
         </is>
       </c>
       <c r="B533" s="1" t="inlineStr">
         <is>
-          <t>Nükleer Güç Santrallerinin Güvenlik İlkeleri - Tasarım, Devreye Alma, İşletim ve İşletmeden Çıkarma</t>
+          <t>Avrupa Birliği Tıbbi Cihaz Yönetmeliği'nin (Medical Device Regulation - MDR) Sağlık Sektörüne Etkisi</t>
         </is>
       </c>
       <c r="C533" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" s="1" t="inlineStr">
         <is>
-          <t>9786254336317</t>
+          <t>9786253761899</t>
         </is>
       </c>
       <c r="B534" s="1" t="inlineStr">
         <is>
-          <t>Mod Birleştirme Yöntemi ile Bina Yapısal Analizi (SAP2000 Uygulamalı)</t>
+          <t>Boş Zaman Hakkında-Tarihsel Gelişim, Kavramlar ve İlişkiler</t>
         </is>
       </c>
       <c r="C534" s="1">
-        <v>330</v>
+        <v>275</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" s="1" t="inlineStr">
         <is>
-          <t>9786254336676</t>
+          <t>9786253939892</t>
         </is>
       </c>
       <c r="B535" s="1" t="inlineStr">
         <is>
-          <t>Liderliğin Dönüşümü - Postmodern Liderlik Teorileri</t>
+          <t>Çin ve Kuşak-Yol İnisiyatifi-Ekonomi-Politik Analiz</t>
         </is>
       </c>
       <c r="C535" s="1">
-        <v>215</v>
+        <v>350</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" s="1" t="inlineStr">
         <is>
-          <t>9786254336980</t>
+          <t>9786253760410</t>
         </is>
       </c>
       <c r="B536" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Aktörlerin İletilerinde Korkunun Üretimi ve Yayılımında Kitle Medyasının Etkisi</t>
+          <t>Dünyada ve Türkiye’de Kış Turizmi ve Geçmişten Geleceğe Zigana Kayak Merkezi</t>
         </is>
       </c>
       <c r="C536" s="1">
-        <v>365</v>
+        <v>250</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" s="1" t="inlineStr">
         <is>
-          <t>9786254336188</t>
+          <t>9786253761134</t>
         </is>
       </c>
       <c r="B537" s="1" t="inlineStr">
         <is>
-          <t>Reklam ve Halkla İlişkilerin Marka Değerine Etkisi</t>
+          <t>Stoacılık ve Spinoza’nın Ortak Dili</t>
         </is>
       </c>
       <c r="C537" s="1">
-        <v>245</v>
+        <v>190</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" s="1" t="inlineStr">
         <is>
-          <t>9786254337116</t>
+          <t>9786253762889</t>
         </is>
       </c>
       <c r="B538" s="1" t="inlineStr">
         <is>
-          <t>Ruhsal Hastalık, Sosyal İçerme ve İstihdam</t>
+          <t>Yönetim Bilimi Çerçevesinde Yeşil Dönüşüm</t>
         </is>
       </c>
       <c r="C538" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" s="1" t="inlineStr">
         <is>
-          <t>9786254336164</t>
+          <t>9786253762360</t>
         </is>
       </c>
       <c r="B539" s="1" t="inlineStr">
         <is>
-          <t>Küçük ve Orta Ölçekli İşletmelerde Uluslararasılaşma</t>
+          <t>Kamu Çalışanlarının Dijital Dönüşüm Farkındalığının Araştırılması</t>
         </is>
       </c>
       <c r="C539" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" s="1" t="inlineStr">
         <is>
-          <t>9786254337369</t>
+          <t>9786253761073</t>
         </is>
       </c>
       <c r="B540" s="1" t="inlineStr">
         <is>
-          <t>Toplumun Medyatik İnşası ve Göç</t>
+          <t>Muğla Mutfak Kültürü ve Gastronomi Turizmi</t>
         </is>
       </c>
       <c r="C540" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" s="1" t="inlineStr">
         <is>
-          <t>9786254335129</t>
+          <t>9786253762339</t>
         </is>
       </c>
       <c r="B541" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Pazarlamada Rekabet İstihbaratı</t>
+          <t>Veri Gazeteciliği ve Veri Manipülasyonu</t>
         </is>
       </c>
       <c r="C541" s="1">
-        <v>215</v>
+        <v>130</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" s="1" t="inlineStr">
         <is>
-          <t>9786254336461</t>
+          <t>9786253762780</t>
         </is>
       </c>
       <c r="B542" s="1" t="inlineStr">
         <is>
-          <t>Multidisipliner Bakış Açısı İle Kentsel Yaşam Kalitesinin Analizi</t>
+          <t>Dezavantajlı Grupları Yeniden Düşünmek</t>
         </is>
       </c>
       <c r="C542" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" s="1" t="inlineStr">
         <is>
-          <t>9786254336379</t>
+          <t>9786253762162</t>
         </is>
       </c>
       <c r="B543" s="1" t="inlineStr">
         <is>
-          <t>Türkıye'de İç Göç Ve Toplumsal Değerler (Kahramankazan Örneği)</t>
+          <t>Bir Yas Etnografisi</t>
         </is>
       </c>
       <c r="C543" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" s="1" t="inlineStr">
         <is>
-          <t>9786254337437</t>
+          <t>9786253761745</t>
         </is>
       </c>
       <c r="B544" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışlarında Makro Trendler</t>
+          <t>Anlatma Eğitiminde Yaratıcı Yazma ve Etkinlik Örnekleri</t>
         </is>
       </c>
       <c r="C544" s="1">
-        <v>505</v>
+        <v>140</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" s="1" t="inlineStr">
         <is>
-          <t>9786254335693</t>
+          <t>9786253760793</t>
         </is>
       </c>
       <c r="B545" s="1" t="inlineStr">
         <is>
-          <t>5 Seyyah 5 Hikaye - Aileden Devlete Osmanlı Hayat Modeli</t>
+          <t>Özel Eğitim</t>
         </is>
       </c>
       <c r="C545" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" s="1" t="inlineStr">
         <is>
-          <t>9786254337192</t>
+          <t>9786253762933</t>
         </is>
       </c>
       <c r="B546" s="1" t="inlineStr">
         <is>
-          <t>Sanal Dünya Sosyal Medyada Metalar Ve Metaverse</t>
+          <t>Gençlerin Siyasal Yönelimleri ve Toplumsal Kurumlar</t>
         </is>
       </c>
       <c r="C546" s="1">
-        <v>240</v>
+        <v>120</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" s="1" t="inlineStr">
         <is>
-          <t>9786254337154</t>
+          <t>9786253760823</t>
         </is>
       </c>
       <c r="B547" s="1" t="inlineStr">
         <is>
-          <t>Ukrayna - Kimlik, Siyaset, Dış Politika</t>
+          <t>Çiçek Abbas - Mendirekteki Sessiz Adam</t>
         </is>
       </c>
       <c r="C547" s="1">
-        <v>195</v>
+        <v>110</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" s="1" t="inlineStr">
         <is>
-          <t>9786254336775</t>
+          <t>9786253761998</t>
         </is>
       </c>
       <c r="B548" s="1" t="inlineStr">
         <is>
-          <t>Çipler Artık Vücudumuzda</t>
+          <t>Kahramanı Kurtarmak Dijital Kültüre Bir Karşı Çıkış Olarak Kahraman ve Kahraman Oluşun İmkânları</t>
         </is>
       </c>
       <c r="C548" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" s="1" t="inlineStr">
         <is>
-          <t>9786254334788</t>
+          <t>9786253760946</t>
         </is>
       </c>
       <c r="B549" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Dijital Halleri</t>
+          <t>Uluslararası Ticarette Türkiye’nin Rekabetçiliği</t>
         </is>
       </c>
       <c r="C549" s="1">
-        <v>425</v>
+        <v>180</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" s="1" t="inlineStr">
         <is>
-          <t>9786254336812</t>
+          <t>9786253763381</t>
         </is>
       </c>
       <c r="B550" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Güvenlik Bağlamında Uzay Güvenliği</t>
+          <t>Dış Ticaretle İlgili Kurumlar (Görev ve İşlevleri)</t>
         </is>
       </c>
       <c r="C550" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" s="1" t="inlineStr">
         <is>
-          <t>9786254336560</t>
+          <t>9786253760427</t>
         </is>
       </c>
       <c r="B551" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitik Teoriler Ve Riskler Işığında Bankacılık Sektörü Brıcs Ve Türkiye Örneği</t>
+          <t>Gösterişçi Tüketim</t>
         </is>
       </c>
       <c r="C551" s="1">
-        <v>240</v>
+        <v>100</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" s="1" t="inlineStr">
         <is>
-          <t>9786254336003</t>
+          <t>9786253761196</t>
         </is>
       </c>
       <c r="B552" s="1" t="inlineStr">
         <is>
-          <t>Büyük Güçlerin Savaş Diplomasisi</t>
+          <t>Kardeşler Arasında Sapma ve Suça Yönelme Davranışında Farklılığa Etki Eden Faktörler</t>
         </is>
       </c>
       <c r="C552" s="1">
-        <v>280</v>
+        <v>140</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" s="1" t="inlineStr">
         <is>
-          <t>9786254336393</t>
+          <t>9786253760458</t>
         </is>
       </c>
       <c r="B553" s="1" t="inlineStr">
         <is>
-          <t>A Study on Consumer Decision-Making Process for Life Insurance Services in the 1990's</t>
+          <t>Çocuk Edebiyatıyla Çevre Bilinci-Deprem Gibi Doğal Afetler Ekseninde</t>
         </is>
       </c>
       <c r="C553" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" s="1" t="inlineStr">
         <is>
-          <t>9786254335631</t>
+          <t>9786253937393</t>
         </is>
       </c>
       <c r="B554" s="1" t="inlineStr">
         <is>
-          <t>Küresel Dünyada Uluslararası Örgütler ve Güvenlik Algısı</t>
+          <t>Dedebaba</t>
         </is>
       </c>
       <c r="C554" s="1">
-        <v>280</v>
+        <v>450</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" s="1" t="inlineStr">
         <is>
-          <t>9786254335020</t>
+          <t>9786253761639</t>
         </is>
       </c>
       <c r="B555" s="1" t="inlineStr">
         <is>
-          <t>Asya’da Devlet Ve Askeri Darbeler - Ekonomik, Toplumsal Ve Siyasal Değişim</t>
+          <t>19. Yüzyıl Osmanlı Modernleşmesi ve Basın</t>
         </is>
       </c>
       <c r="C555" s="1">
-        <v>290</v>
+        <v>175</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" s="1" t="inlineStr">
         <is>
-          <t>9786254336423</t>
+          <t>9786253761523</t>
         </is>
       </c>
       <c r="B556" s="1" t="inlineStr">
         <is>
-          <t>Finans 4.0</t>
+          <t>Türkiye’de Belediyeler ve Güncel Sorunları</t>
         </is>
       </c>
       <c r="C556" s="1">
-        <v>170</v>
+        <v>230</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" s="1" t="inlineStr">
         <is>
-          <t>9786254336645</t>
+          <t>9786253762674</t>
         </is>
       </c>
       <c r="B557" s="1" t="inlineStr">
         <is>
-          <t>Finansal Hile Ve Manipülasyonların Değerlendirilmesinde Veri Madenciliği Tekniklerinin Kullanımı</t>
+          <t>Tuz ve Sağlık</t>
         </is>
       </c>
       <c r="C557" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" s="1" t="inlineStr">
         <is>
-          <t>9786254335983</t>
+          <t>9786253761509</t>
         </is>
       </c>
       <c r="B558" s="1" t="inlineStr">
         <is>
-          <t>Digital Storytelling Als Methode</t>
+          <t>Jandarma Tarihi ve Yönetimi (Fransa, I. Dünya Savaşı ve Afet Yönetimi)</t>
         </is>
       </c>
       <c r="C558" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" s="1" t="inlineStr">
         <is>
-          <t>9786254335969</t>
+          <t>9786253761110</t>
         </is>
       </c>
       <c r="B559" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamada Dijital Dönüşüm</t>
+          <t>Sağlık Yönetiminde/Liderlik ve Yöneticilik (Özellikleri)</t>
         </is>
       </c>
       <c r="C559" s="1">
-        <v>530</v>
+        <v>600</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" s="1" t="inlineStr">
         <is>
-          <t>9786254336126</t>
+          <t>9786253761615</t>
         </is>
       </c>
       <c r="B560" s="1" t="inlineStr">
         <is>
-          <t>Bilgi, İktidar ve Politika Alanının İnşası</t>
+          <t>Veri Zarflama Analizi ile Etkinlik ve Elastiklik Ölçümü: Tarım Sektörü Üzerine Uygulamalarla</t>
         </is>
       </c>
       <c r="C560" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" s="1" t="inlineStr">
         <is>
-          <t>9786254335082</t>
+          <t>9786253762193</t>
         </is>
       </c>
       <c r="B561" s="1" t="inlineStr">
         <is>
-          <t>Savaşı Anlamak - Disiplinlerarası Yaklaşımlar</t>
+          <t>Diyalojik İlgisizlik</t>
         </is>
       </c>
       <c r="C561" s="1">
-        <v>255</v>
+        <v>230</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" s="1" t="inlineStr">
         <is>
-          <t>9786254335471</t>
+          <t>9786253762247</t>
         </is>
       </c>
       <c r="B562" s="1" t="inlineStr">
         <is>
-          <t>Dijital Evrenin Yeni İletişim Kodları II</t>
+          <t>Azerbaycan’ın Orta Doğu Politikasının İnşası</t>
         </is>
       </c>
       <c r="C562" s="1">
-        <v>295</v>
+        <v>290</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" s="1" t="inlineStr">
         <is>
-          <t>9786254335907</t>
+          <t>9786253761301</t>
         </is>
       </c>
       <c r="B563" s="1" t="inlineStr">
         <is>
-          <t>Reality Beyond Postmodernism - Re-thinking Of The American Dream İn David Foster Wallace’s Writings</t>
+          <t>Bilişim Çağında Kimlik İnşası Ve İmhası</t>
         </is>
       </c>
       <c r="C563" s="1">
-        <v>215</v>
+        <v>375</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" s="1" t="inlineStr">
         <is>
-          <t>9786254335518</t>
+          <t>9786253761875</t>
         </is>
       </c>
       <c r="B564" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Ve Tüketim - Çocukların Tüketici Bireyler Olarak Sosyalleşmeleri</t>
+          <t>Türkiye’de Sosyal Girişimcilik</t>
         </is>
       </c>
       <c r="C564" s="1">
-        <v>245</v>
+        <v>170</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" s="1" t="inlineStr">
         <is>
-          <t>9786254332951</t>
+          <t>9786253760694</t>
         </is>
       </c>
       <c r="B565" s="1" t="inlineStr">
         <is>
-          <t>Ulaşım Coğrafyasının Prensipleri Ve Türkiye Ulaşım Coğrafyası</t>
+          <t>Kamu Diplomasisi ve Yumuşak Güç: İletişim Perspektifli İncelemeler</t>
         </is>
       </c>
       <c r="C565" s="1">
-        <v>595</v>
+        <v>375</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" s="1" t="inlineStr">
         <is>
-          <t>9786254334061</t>
+          <t>9786253761578</t>
         </is>
       </c>
       <c r="B566" s="1" t="inlineStr">
         <is>
-          <t>Spor Bilimlerinde İletişim</t>
+          <t>Dijital Oyu Bağımlılığı-Oyuna Gelme</t>
         </is>
       </c>
       <c r="C566" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" s="1" t="inlineStr">
         <is>
-          <t>9786254334207</t>
+          <t>9786253761424</t>
         </is>
       </c>
       <c r="B567" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Ülkelerinde Ve Türkiye’de İşverenin İş Sağlığı Ve Güvenliği Eğitimi Yükümlülüğü</t>
+          <t>Kimlik ve İnanç Sınırında/ İran Türklerinin Mersiye ve Meddahlık Geleneği</t>
         </is>
       </c>
       <c r="C567" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" s="1" t="inlineStr">
         <is>
-          <t>9786254335068</t>
+          <t>9786253936402</t>
         </is>
       </c>
       <c r="B568" s="1" t="inlineStr">
         <is>
-          <t>Basra Körfezi’nde Tarihsel Dinamikler Ve Güvenlikleştirme</t>
+          <t>Tematik Değinmeler-Askerlik, Güvenlik ve Dış Politika Yazıları</t>
         </is>
       </c>
       <c r="C568" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" s="1" t="inlineStr">
         <is>
-          <t>9786254332449</t>
+          <t>9786253761592</t>
         </is>
       </c>
       <c r="B569" s="1" t="inlineStr">
         <is>
-          <t>Jeopolitikten Astropolitiğe</t>
+          <t>Toplumsal Değişme Odaklı Film - Sürdürülebilir Kalkınma ve Belgeseller</t>
         </is>
       </c>
       <c r="C569" s="1">
-        <v>565</v>
+        <v>275</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" s="1" t="inlineStr">
         <is>
-          <t>9786254334511</t>
+          <t>9786253934606</t>
         </is>
       </c>
       <c r="B570" s="1" t="inlineStr">
         <is>
-          <t>Dionysosçu Nietzsche Apolloncu Sokrates'e Karşı</t>
+          <t>Makedonya'yı Tahayyül Etmek</t>
         </is>
       </c>
       <c r="C570" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" s="1" t="inlineStr">
         <is>
-          <t>9786254334177</t>
+          <t>9786253761097</t>
         </is>
       </c>
       <c r="B571" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kurumsal Sosyal Sorumluluk ve Kurumsal İtibar</t>
+          <t>ABD Büyük (Grand) Stratejisi</t>
         </is>
       </c>
       <c r="C571" s="1">
-        <v>215</v>
+        <v>460</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" s="1" t="inlineStr">
         <is>
-          <t>9786254333781</t>
+          <t>9786253760885</t>
         </is>
       </c>
       <c r="B572" s="1" t="inlineStr">
         <is>
-          <t>Ulusal Ve Uluslararası Boyutlarıyla Göç</t>
+          <t>Girişimcilikte En Sık Yapılan Hatalar</t>
         </is>
       </c>
       <c r="C572" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" s="1" t="inlineStr">
         <is>
-          <t>9786254334344</t>
+          <t>9786253761349</t>
         </is>
       </c>
       <c r="B573" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Reel Sektör Firmalarının Finansmanı ve Halka Açılma Tutumları - İSO 1000 Uygulaması</t>
+          <t>Madalyonun Çift Yüzü -Antrenörü Ebeveyni Olan Elit Sporcular</t>
         </is>
       </c>
       <c r="C573" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" s="1" t="inlineStr">
         <is>
-          <t>9786257492218</t>
+          <t>9786253939830</t>
         </is>
       </c>
       <c r="B574" s="1" t="inlineStr">
         <is>
-          <t>Güncel Gelişmelerle Yerel Ve Kentsel Siyaset</t>
+          <t>İslam Ekonomisi ve Finans Sisteminin Yönetimi</t>
         </is>
       </c>
       <c r="C574" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" s="1" t="inlineStr">
         <is>
-          <t>9786254334122</t>
+          <t>9786253761158</t>
         </is>
       </c>
       <c r="B575" s="1" t="inlineStr">
         <is>
-          <t>Dijital Flörtleşme</t>
+          <t>Müsilaj Felaketi - Balıkçılar için Risk Yönetim Stratejileri</t>
         </is>
       </c>
       <c r="C575" s="1">
-        <v>170</v>
+        <v>120</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" s="1" t="inlineStr">
         <is>
-          <t>9786254332531</t>
+          <t>9786253761714</t>
         </is>
       </c>
       <c r="B576" s="1" t="inlineStr">
         <is>
-          <t>Algı Yönetimi Ve Medya - Yabancı Basında Türkiye Algısı</t>
+          <t>Dijital Dünya-Madalyonun Öteki Yüzü</t>
         </is>
       </c>
       <c r="C576" s="1">
-        <v>195</v>
+        <v>180</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" s="1" t="inlineStr">
         <is>
-          <t>9786254333552</t>
+          <t>9786253762919</t>
         </is>
       </c>
       <c r="B577" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi ve Medya</t>
+          <t>Konya ve Çevresi Yüzey Araştırması-5</t>
         </is>
       </c>
       <c r="C577" s="1">
-        <v>280</v>
+        <v>345</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" s="1" t="inlineStr">
         <is>
-          <t>9786254333989</t>
+          <t>9786253761974</t>
         </is>
       </c>
       <c r="B578" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyetin Başkentinde ABD'li Misyonerler</t>
+          <t>Türkiye'deki Teknoloji Geliştirme Bölgelerinin Etkinlik ve Yenilikçilik Yönünden Analizi</t>
         </is>
       </c>
       <c r="C578" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" s="1" t="inlineStr">
         <is>
-          <t>9786254333811</t>
+          <t>9786253760656</t>
         </is>
       </c>
       <c r="B579" s="1" t="inlineStr">
         <is>
-          <t>Orta Anadolu’da Kentsel Yaşlanma: Kayseri Örneği</t>
+          <t>Film Tasarımında Yaratıcı Süreçler</t>
         </is>
       </c>
       <c r="C579" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" s="1" t="inlineStr">
         <is>
-          <t>9786254332487</t>
+          <t>9786253760045</t>
         </is>
       </c>
       <c r="B580" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Sorunlara Panoramik Bakış</t>
+          <t>Sosyal Onayın Dönüşümünde Sosyal Medya</t>
         </is>
       </c>
       <c r="C580" s="1">
-        <v>270</v>
+        <v>175</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" s="1" t="inlineStr">
         <is>
-          <t>9786254333385</t>
+          <t>9786253760298</t>
         </is>
       </c>
       <c r="B581" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İdarecileri İçin Sağlık Teknolojisi Değerlendirme</t>
+          <t>Doğumunun 300. Yılı Anısına - Kant ve Epistemoloji</t>
         </is>
       </c>
       <c r="C581" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" s="1" t="inlineStr">
         <is>
-          <t>9786254333286</t>
+          <t>9786253937782</t>
         </is>
       </c>
       <c r="B582" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Yaşamını Yönetmek</t>
+          <t>Türkiye Kiraz Üretiminin Arz-Talep ve İhracatının Belirleyicileri</t>
         </is>
       </c>
       <c r="C582" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" s="1" t="inlineStr">
         <is>
-          <t>9786254332999</t>
+          <t>9786253761288</t>
         </is>
       </c>
       <c r="B583" s="1" t="inlineStr">
         <is>
-          <t>Sinema Ve Öznellik</t>
+          <t>Türk Müteahhitliğinin Yurt Dışı Faaliyetleri ve Başarının Mimarları Türk Tipi Liderlik</t>
         </is>
       </c>
       <c r="C583" s="1">
-        <v>215</v>
+        <v>230</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" s="1" t="inlineStr">
         <is>
-          <t>9786254333514</t>
+          <t>9786253760854</t>
         </is>
       </c>
       <c r="B584" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Risk Yönetimi ve Risk Ölçüm Yöntemleri</t>
+          <t>Sürdürülebilirlik, Çevre ve Enerji Ekonomisi</t>
         </is>
       </c>
       <c r="C584" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" s="1" t="inlineStr">
         <is>
-          <t>9786254331954</t>
+          <t>9786253987305</t>
         </is>
       </c>
       <c r="B585" s="1" t="inlineStr">
         <is>
-          <t>İngiltere Dış Politikası (Britanya Dış Politikası)</t>
+          <t>Sayısal ve Sözel Anlatılar</t>
         </is>
       </c>
       <c r="C585" s="1">
-        <v>320</v>
+        <v>205</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" s="1" t="inlineStr">
         <is>
-          <t>9786254333200</t>
+          <t>9786253939151</t>
         </is>
       </c>
       <c r="B586" s="1" t="inlineStr">
         <is>
-          <t>Tale of a River City: Reading Urban Histories of Antakya Through The Asi (Orontes) River</t>
+          <t>Kodlanmış Gelecek Yapay Zeka</t>
         </is>
       </c>
       <c r="C586" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" s="1" t="inlineStr">
         <is>
-          <t>9786254332524</t>
+          <t>9786254334467</t>
         </is>
       </c>
       <c r="B587" s="1" t="inlineStr">
         <is>
-          <t>Açık Kaynak İstihbaratı ve Askeri İstihbarat - Haşdi Şabi Örgütü Üzerinde Uygulama</t>
+          <t>Başlangıçtan 1100'lere Dicle Havzası'nda Bilimin Yükselişi ve Çöküşü</t>
         </is>
       </c>
       <c r="C587" s="1">
-        <v>255</v>
+        <v>275</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" s="1" t="inlineStr">
         <is>
-          <t>9786254333897</t>
+          <t>9786257492478</t>
         </is>
       </c>
       <c r="B588" s="1" t="inlineStr">
         <is>
-          <t>Biyolojik Çeşitlilik Ekonomisi - Ekonomik Açıdan Biyolojik Çeşitliliğin Sürdürülebilir Kullanımı</t>
+          <t>Kuramdan Uygulamaya Çeviri Odaklı Çözümlemeler / Translation-Oriented Analyses from Theory to Practice</t>
         </is>
       </c>
       <c r="C588" s="1">
-        <v>275</v>
+        <v>220</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" s="1" t="inlineStr">
         <is>
-          <t>9786254333408</t>
+          <t>9786253937775</t>
         </is>
       </c>
       <c r="B589" s="1" t="inlineStr">
         <is>
-          <t>Energy Security Türkiye As An Energy Actor</t>
+          <t>Disiplinlerarası Yaklaşımlarda Kadın ve Aile Çalışmalarına Genel Bakış</t>
         </is>
       </c>
       <c r="C589" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" s="1" t="inlineStr">
         <is>
-          <t>9786254331831</t>
+          <t>9786253760229</t>
         </is>
       </c>
       <c r="B590" s="1" t="inlineStr">
         <is>
-          <t>Tuz ve Gıda</t>
+          <t>Döngüsel Ekonomi, Uluslararası Ticaret ve Avrupa Birliği</t>
         </is>
       </c>
       <c r="C590" s="1">
-        <v>245</v>
+        <v>300</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" s="1" t="inlineStr">
         <is>
-          <t>9786254332364</t>
+          <t>9786253760960</t>
         </is>
       </c>
       <c r="B591" s="1" t="inlineStr">
         <is>
-          <t>Vergi Yargılama Hukukunda Hak Arama Özgürlüğü</t>
+          <t>Kanser Maneviyat ve Beyin</t>
         </is>
       </c>
       <c r="C591" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" s="1" t="inlineStr">
         <is>
-          <t>9786254330704</t>
+          <t>9786253760373</t>
         </is>
       </c>
       <c r="B592" s="1" t="inlineStr">
         <is>
-          <t>ABD Dış Politikasında Türkiye ve Türk Siyasal Yaşamı (1919-1939)</t>
+          <t>Cumhuriyet Halk Partisinin Zonguldak Vilayet Kongreleri (1935-1947)</t>
         </is>
       </c>
       <c r="C592" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" s="1" t="inlineStr">
         <is>
-          <t>9786254331978</t>
+          <t>9786253760779</t>
         </is>
       </c>
       <c r="B593" s="1" t="inlineStr">
         <is>
-          <t>Küresel Hegemonya Mücadelesi - Yükselen Çin</t>
+          <t>Hayal Endüstrisi Bollywood-Popüler Hint Sineması</t>
         </is>
       </c>
       <c r="C593" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" s="1" t="inlineStr">
         <is>
-          <t>9786254332166</t>
+          <t>9786253936105</t>
         </is>
       </c>
       <c r="B594" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Türkiye’nin Deniz Stratejisi</t>
+          <t>Otelcilere Masallar-Gözünüzü Açan Masallar</t>
         </is>
       </c>
       <c r="C594" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" s="1" t="inlineStr">
         <is>
-          <t>9786254331787</t>
+          <t>9786253939144</t>
         </is>
       </c>
       <c r="B595" s="1" t="inlineStr">
         <is>
-          <t>Yenilenebilir Enerjiye Farklı Bakışlar</t>
+          <t>Sosyolojik Bakışla İletişimde Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C595" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" s="1" t="inlineStr">
         <is>
-          <t>9786254330759</t>
+          <t>9786253939960</t>
         </is>
       </c>
       <c r="B596" s="1" t="inlineStr">
         <is>
-          <t>Çin-Rusya Enerji İlişkilerinde Yeni Dengeler</t>
+          <t>Türk Dünyası Entegrasyonu- Soğuk Savaş Sonrasında Türkiye-Türk Cumhuriyetleri İlişkilerinin Entegrasyon Teorileri Çerçevesinde Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C596" s="1">
-        <v>425</v>
+        <v>250</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" s="1" t="inlineStr">
         <is>
-          <t>9786254331091</t>
+          <t>9786253936846</t>
         </is>
       </c>
       <c r="B597" s="1" t="inlineStr">
         <is>
-          <t>XXI. Yüzyıl Rus Edebiyatından Okumalar II</t>
+          <t>Türkiye ve Kore’de Doğum Ritüelleri</t>
         </is>
       </c>
       <c r="C597" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" s="1" t="inlineStr">
         <is>
-          <t>9786257258524</t>
+          <t>9786253760816</t>
         </is>
       </c>
       <c r="B598" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Bakış Açısıyla Çeyizin Fenomenolojisi</t>
+          <t>#1 Math Photo Album Hands-on Math Experiments with Posters Included</t>
         </is>
       </c>
       <c r="C598" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" s="1" t="inlineStr">
         <is>
-          <t>9786254172342</t>
+          <t>9786253937485</t>
         </is>
       </c>
       <c r="B599" s="1" t="inlineStr">
         <is>
-          <t>Financial Markets and Institutions</t>
+          <t>Bankacılık Sisteminde Bir Erken Uyarı Modeli - Örnek Uygulamalarla “CAMELS Analizi’’</t>
         </is>
       </c>
       <c r="C599" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" s="1" t="inlineStr">
         <is>
-          <t>9786257566230</t>
+          <t>9786253760397</t>
         </is>
       </c>
       <c r="B600" s="1" t="inlineStr">
         <is>
-          <t>Yerel ve Küresel Eksende Uluslararası Göç Üzerine İncelemeler</t>
+          <t>ISO/IEC 27001:2022 - Bilgi Güvenliği Yönetim Sistemi Uygulayıcılarına/Denetçilerine Yönelik El Rehberi ve Vaka Örnekleri</t>
         </is>
       </c>
       <c r="C600" s="1">
-        <v>225</v>
+        <v>275</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" s="1" t="inlineStr">
         <is>
-          <t>9786257258968</t>
+          <t>9786059663991</t>
         </is>
       </c>
       <c r="B601" s="1" t="inlineStr">
         <is>
-          <t>Topics in International Logistics</t>
+          <t>Futbolun Temelleri</t>
         </is>
       </c>
       <c r="C601" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" s="1" t="inlineStr">
         <is>
-          <t>9786257296045</t>
+          <t>9786253936457</t>
         </is>
       </c>
       <c r="B602" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Coğrafya ve Sıra Dışı Sınırlar</t>
+          <t>Dijital Dönüşüm ve Sürdürülebilir Gelecek</t>
         </is>
       </c>
       <c r="C602" s="1">
-        <v>750</v>
+        <v>320</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" s="1" t="inlineStr">
         <is>
-          <t>9786257363860</t>
+          <t>9786253935399</t>
         </is>
       </c>
       <c r="B603" s="1" t="inlineStr">
         <is>
-          <t>Pedagojik Gramer - Yabancı Dil Olarak Türkçe Öğretimi Tasarımı</t>
+          <t>Türk Siyasi Tarihinde Bir “Devlet” Mücadelesi</t>
         </is>
       </c>
       <c r="C603" s="1">
-        <v>195</v>
+        <v>500</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" s="1" t="inlineStr">
         <is>
-          <t>9786257363709</t>
+          <t>9786253934026</t>
         </is>
       </c>
       <c r="B604" s="1" t="inlineStr">
         <is>
-          <t>Eski Türkçeden Günümüze Basit Fiillerin Semantikası ve Etimolojisi</t>
+          <t>Boşanma - Evliliğin Ölümü</t>
         </is>
       </c>
       <c r="C604" s="1">
-        <v>280</v>
+        <v>205</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" s="1" t="inlineStr">
         <is>
-          <t>9786257492805</t>
+          <t>9786253935535</t>
         </is>
       </c>
       <c r="B605" s="1" t="inlineStr">
         <is>
-          <t>Çok Kriterli Karar Verme Yöntemlerinde Kriter Ağırlıklarının Belirlenmesi</t>
+          <t>Amatör Teleskop Yapımı</t>
         </is>
       </c>
       <c r="C605" s="1">
-        <v>145</v>
+        <v>315</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" s="1" t="inlineStr">
         <is>
-          <t>9786257677653</t>
+          <t>9786254335358</t>
         </is>
       </c>
       <c r="B606" s="1" t="inlineStr">
         <is>
-          <t>COVID-19 Sürecinde Sağlık Hizmetleri Yönetimi Pratik Yaklaşımlar</t>
+          <t>Mut İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C606" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" s="1" t="inlineStr">
         <is>
-          <t>9786254331350</t>
+          <t>9786254335211</t>
         </is>
       </c>
       <c r="B607" s="1" t="inlineStr">
         <is>
-          <t>Bridging The Gaps An Almanac For Greek-Turkish Cooperation</t>
+          <t>Akdeniz İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C607" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" s="1" t="inlineStr">
         <is>
-          <t>9786254330773</t>
+          <t>9786254335235</t>
         </is>
       </c>
       <c r="B608" s="1" t="inlineStr">
         <is>
-          <t>Salgın Sonrası Dönemde Yeni Dijital’ Normal</t>
+          <t>Anamur İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C608" s="1">
-        <v>365</v>
+        <v>205</v>
       </c>
     </row>
     <row r="609" spans="1:3">
       <c r="A609" s="1" t="inlineStr">
         <is>
-          <t>9786257589482</t>
+          <t>9786253935337</t>
         </is>
       </c>
       <c r="B609" s="1" t="inlineStr">
         <is>
-          <t>Sakin Şehir Hizmetleri ve Yerel Kalkınma</t>
+          <t>24 Saat Görmek - Uyku, Uyanıklık vea Rüya Bilimi</t>
         </is>
       </c>
       <c r="C609" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="610" spans="1:3">
       <c r="A610" s="1" t="inlineStr">
         <is>
-          <t>9786257589093</t>
+          <t>9786253933487</t>
         </is>
       </c>
       <c r="B610" s="1" t="inlineStr">
         <is>
-          <t>Sokakta Çalışan Çocuklar ve Gelecek Beklentileri</t>
+          <t>II. Meşrutiyet Dönemi’nde Girit Meselesi ve 1910-1911 Yunanistan Boykotajı</t>
         </is>
       </c>
       <c r="C610" s="1">
-        <v>255</v>
+        <v>395</v>
       </c>
     </row>
     <row r="611" spans="1:3">
       <c r="A611" s="1" t="inlineStr">
         <is>
-          <t>9786254330452</t>
+          <t>9786253930141</t>
         </is>
       </c>
       <c r="B611" s="1" t="inlineStr">
         <is>
-          <t>Women Behınd The Pens: A Brief History of Turkish Feminism</t>
+          <t>Yapay Zeka ve Yönetim</t>
         </is>
       </c>
       <c r="C611" s="1">
-        <v>180</v>
+        <v>295</v>
       </c>
     </row>
     <row r="612" spans="1:3">
       <c r="A612" s="1" t="inlineStr">
         <is>
-          <t>9786254330490</t>
+          <t>9786253931537</t>
         </is>
       </c>
       <c r="B612" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İletişimi ve Yoksulluk</t>
+          <t>Psikoloji ve Diğer Sosyal Bilimler İçin Jamovi ile Temel İstatistik</t>
         </is>
       </c>
       <c r="C612" s="1">
-        <v>195</v>
+        <v>115</v>
       </c>
     </row>
     <row r="613" spans="1:3">
       <c r="A613" s="1" t="inlineStr">
         <is>
-          <t>9786057662095</t>
+          <t>9786253930929</t>
         </is>
       </c>
       <c r="B613" s="1" t="inlineStr">
         <is>
-          <t>Spiritual Care Needs Determination Scale On Patient</t>
+          <t>Düşük Karbonlu Gelecek İçin Yeşil Maliye</t>
         </is>
       </c>
       <c r="C613" s="1">
-        <v>100</v>
+        <v>215</v>
       </c>
     </row>
     <row r="614" spans="1:3">
       <c r="A614" s="1" t="inlineStr">
         <is>
-          <t>9786057662187</t>
+          <t>9786253986988</t>
         </is>
       </c>
       <c r="B614" s="1" t="inlineStr">
         <is>
-          <t>Şeyl Gazı</t>
+          <t>Türk Musikisinde Makam Bilgisi ve Tatbiki</t>
         </is>
       </c>
       <c r="C614" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="615" spans="1:3">
       <c r="A615" s="1" t="inlineStr">
         <is>
-          <t>9786052149386</t>
+          <t>9786254330117</t>
         </is>
       </c>
       <c r="B615" s="1" t="inlineStr">
         <is>
-          <t>İslami Hisse Senedi Piyasası</t>
+          <t>Temel Kavramlarla Sivil Toplum</t>
         </is>
       </c>
       <c r="C615" s="1">
-        <v>145</v>
+        <v>275</v>
       </c>
     </row>
     <row r="616" spans="1:3">
       <c r="A616" s="1" t="inlineStr">
         <is>
-          <t>9786052149591</t>
+          <t>9786254336089</t>
         </is>
       </c>
       <c r="B616" s="1" t="inlineStr">
         <is>
-          <t>Algılar ve Gerçekler Arasında Türk Basınında Suriyeli Sığınmacılar</t>
+          <t>Bilgisayar Ağları</t>
         </is>
       </c>
       <c r="C616" s="1">
-        <v>165</v>
+        <v>340</v>
       </c>
     </row>
     <row r="617" spans="1:3">
       <c r="A617" s="1" t="inlineStr">
         <is>
-          <t>9786059663946</t>
+          <t>9786253760632</t>
         </is>
       </c>
       <c r="B617" s="1" t="inlineStr">
         <is>
-          <t>Futbolun Çalışma Ekonomisi</t>
+          <t>Finansın Görünmeyen Yüzü</t>
         </is>
       </c>
       <c r="C617" s="1">
-        <v>120</v>
+        <v>175</v>
       </c>
     </row>
     <row r="618" spans="1:3">
       <c r="A618" s="1" t="inlineStr">
         <is>
-          <t>9786052149492</t>
+          <t>9786253933814</t>
         </is>
       </c>
       <c r="B618" s="1" t="inlineStr">
         <is>
-          <t>Yalın Üretim Tekniklerinden Toplam Ekipman Etkinliği</t>
+          <t>İklim Değişikliği ile Mücadelede Karbon Nötr Kent</t>
         </is>
       </c>
       <c r="C618" s="1">
-        <v>145</v>
+        <v>300</v>
       </c>
     </row>
     <row r="619" spans="1:3">
       <c r="A619" s="1" t="inlineStr">
         <is>
-          <t>9786059663694</t>
+          <t>9786253760564</t>
         </is>
       </c>
       <c r="B619" s="1" t="inlineStr">
         <is>
-          <t>Genç Futbolcularda Anaerobik Eşik, Kritik Hız ve Müsabakadaki Koşu Hızı Profili Arasındaki İlişkilerin Araştırılması</t>
+          <t>Yapay Zeka ve Oyunlaştırma İle Simultane Çeviri Eğitimi</t>
         </is>
       </c>
       <c r="C619" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="620" spans="1:3">
       <c r="A620" s="1" t="inlineStr">
         <is>
-          <t>9786052149270</t>
+          <t>9786253981204</t>
         </is>
       </c>
       <c r="B620" s="1" t="inlineStr">
         <is>
-          <t>Güven ve Bağlanmanın Kurgusal Yüzleri</t>
+          <t>2020 Karabağ Savaşı (İlham Aliyev: Karabağ Azerbaycan’dır!)</t>
         </is>
       </c>
       <c r="C620" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="621" spans="1:3">
       <c r="A621" s="1" t="inlineStr">
         <is>
-          <t>9786052149447</t>
+          <t>9786253760755</t>
         </is>
       </c>
       <c r="B621" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Gençliği'nde Obezite Fiziksel Aktivite ve Sağlıklı Yaşam</t>
+          <t>Kırgızistan’da Bireysel Emeklilik Sistemi</t>
         </is>
       </c>
       <c r="C621" s="1">
-        <v>95</v>
+        <v>140</v>
       </c>
     </row>
     <row r="622" spans="1:3">
       <c r="A622" s="1" t="inlineStr">
         <is>
-          <t>9786059663762</t>
+          <t>9786253760922</t>
         </is>
       </c>
       <c r="B622" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitiminde İşbirliğine Dayalı Öğrenme</t>
+          <t>Eski ̇Uygurca Tantrik Bir Metin - Avalokiteśvara-Sādhan</t>
         </is>
       </c>
       <c r="C622" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="623" spans="1:3">
       <c r="A623" s="1" t="inlineStr">
         <is>
-          <t>9786059663595</t>
+          <t>9786253760496</t>
         </is>
       </c>
       <c r="B623" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Vergi Sistemi ve Denetim</t>
+          <t>Kuruluşundan Günümüze İstanbul II. Bâyezid Külliyesi</t>
         </is>
       </c>
       <c r="C623" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="624" spans="1:3">
       <c r="A624" s="1" t="inlineStr">
         <is>
-          <t>9786059663809</t>
+          <t>9786253939014</t>
         </is>
       </c>
       <c r="B624" s="1" t="inlineStr">
         <is>
-          <t>Ardahan’da Geçmişten Günümüze Sporun Yolculuğu</t>
+          <t>Tüm Başlıklarıyla Örgütlerde Cam Tavan</t>
         </is>
       </c>
       <c r="C624" s="1">
-        <v>100</v>
+        <v>200</v>
       </c>
     </row>
     <row r="625" spans="1:3">
       <c r="A625" s="1" t="inlineStr">
         <is>
-          <t>9786059663489</t>
+          <t>9786253760472</t>
         </is>
       </c>
       <c r="B625" s="1" t="inlineStr">
         <is>
-          <t>Anaerobik Eşik Belirleme Yöntemleri</t>
+          <t>Anadolu Halk Ezgileri Üzerine Bir İnceleme ve Anadolu Müziği</t>
         </is>
       </c>
       <c r="C625" s="1">
-        <v>145</v>
+        <v>175</v>
       </c>
     </row>
     <row r="626" spans="1:3">
       <c r="A626" s="1" t="inlineStr">
         <is>
-          <t>9786257589260</t>
+          <t>9786253939922</t>
         </is>
       </c>
       <c r="B626" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmelerinde Dijital Teknolojiler</t>
+          <t>Abdürreşid İbrahim'in Hayatı, Düşünce Dünyası ve Etkileri</t>
         </is>
       </c>
       <c r="C626" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="627" spans="1:3">
       <c r="A627" s="1" t="inlineStr">
         <is>
-          <t>9786257589949</t>
+          <t>9786253938758</t>
         </is>
       </c>
       <c r="B627" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağı: Eşitlik ve Reklam Tasarımları</t>
+          <t>Madencilik Sektöründeki Yenilikçi Gelişim Eğilimleri</t>
         </is>
       </c>
       <c r="C627" s="1">
-        <v>425</v>
+        <v>280</v>
       </c>
     </row>
     <row r="628" spans="1:3">
       <c r="A628" s="1" t="inlineStr">
         <is>
-          <t>9786257589970</t>
+          <t>9786253760007</t>
         </is>
       </c>
       <c r="B628" s="1" t="inlineStr">
         <is>
-          <t>Gençlik Anlam Arayışı ve Din</t>
+          <t>World By Word Diplomatic Interpreter’s Path</t>
         </is>
       </c>
       <c r="C628" s="1">
-        <v>195</v>
+        <v>220</v>
       </c>
     </row>
     <row r="629" spans="1:3">
       <c r="A629" s="1" t="inlineStr">
         <is>
-          <t>9786257589567</t>
+          <t>9786253939540</t>
         </is>
       </c>
       <c r="B629" s="1" t="inlineStr">
         <is>
-          <t>Aile İşletmelerinde Dijital Pazarlama Süreçleri</t>
+          <t>Spor Yönetiminde Stres Algısının Önemi</t>
         </is>
       </c>
       <c r="C629" s="1">
-        <v>255</v>
+        <v>140</v>
       </c>
     </row>
     <row r="630" spans="1:3">
       <c r="A630" s="1" t="inlineStr">
         <is>
-          <t>9786257296373</t>
+          <t>9786253936525</t>
         </is>
       </c>
       <c r="B630" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kentsel Tasarım Kriterleri</t>
+          <t>Basının Amiral Gemisi Hürriyet Gazetesinin El Değiştirme Sürecinde Türkiye’de Anaakım Medyanın Sonu ve Basın Özgürlüğü Sorunu</t>
         </is>
       </c>
       <c r="C630" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="631" spans="1:3">
       <c r="A631" s="1" t="inlineStr">
         <is>
-          <t>9786257566841</t>
+          <t>9786253938734</t>
         </is>
       </c>
       <c r="B631" s="1" t="inlineStr">
         <is>
-          <t>Mimarlık Alanında Farklı Yaklaşımlar</t>
+          <t>II. Dünya Savaşı Yıllarında İran Azerbaycanı’nda Büyük Devletlerin Güç Mücadelesi ve Türkiye’nin Tutumu</t>
         </is>
       </c>
       <c r="C631" s="1">
-        <v>215</v>
+        <v>275</v>
       </c>
     </row>
     <row r="632" spans="1:3">
       <c r="A632" s="1" t="inlineStr">
         <is>
-          <t>9786257566568</t>
+          <t>9786253939359</t>
         </is>
       </c>
       <c r="B632" s="1" t="inlineStr">
         <is>
-          <t>Veri Gazeteciliği</t>
+          <t>Kanıta Dayalı Diyabet Yönetimi</t>
         </is>
       </c>
       <c r="C632" s="1">
-        <v>280</v>
+        <v>750</v>
       </c>
     </row>
     <row r="633" spans="1:3">
       <c r="A633" s="1" t="inlineStr">
         <is>
-          <t>9786257492003</t>
+          <t>9786253937409</t>
         </is>
       </c>
       <c r="B633" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Hükümet Politikalarının Sanat Eğitimine Etkisi (1980-2019)</t>
+          <t>Çocuk Edebiyatı ve Bilişsel Gelişim Üzerine</t>
         </is>
       </c>
       <c r="C633" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="634" spans="1:3">
       <c r="A634" s="1" t="inlineStr">
         <is>
-          <t>9786257589161</t>
+          <t>9786253939403</t>
         </is>
       </c>
       <c r="B634" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Yabancı Dil Öğretiminde Yaratıcı Drama</t>
+          <t>Buharalı Ceditçi Abdurrauf Fıtrat'ın Gazeteci Kişiliği</t>
         </is>
       </c>
       <c r="C634" s="1">
-        <v>305</v>
+        <v>250</v>
       </c>
     </row>
     <row r="635" spans="1:3">
       <c r="A635" s="1" t="inlineStr">
         <is>
-          <t>9786257589918</t>
+          <t>9786253937997</t>
         </is>
       </c>
       <c r="B635" s="1" t="inlineStr">
         <is>
-          <t>Kamu ve Özel Sektörde Blokzincir Teknolojisi</t>
+          <t>Uluslararası Ticaret ve Lojistikte Güncel Konular</t>
         </is>
       </c>
       <c r="C635" s="1">
-        <v>290</v>
+        <v>140</v>
       </c>
     </row>
     <row r="636" spans="1:3">
       <c r="A636" s="1" t="inlineStr">
         <is>
-          <t>9786257566117</t>
+          <t>9786253987350</t>
         </is>
       </c>
       <c r="B636" s="1" t="inlineStr">
         <is>
-          <t>İnkarın İnkarı Diyalektiği</t>
+          <t>Sağlıklı Yaşlanma</t>
         </is>
       </c>
       <c r="C636" s="1">
-        <v>365</v>
+        <v>155</v>
       </c>
     </row>
     <row r="637" spans="1:3">
       <c r="A637" s="1" t="inlineStr">
         <is>
-          <t>9786257566803</t>
+          <t>9786253937607</t>
         </is>
       </c>
       <c r="B637" s="1" t="inlineStr">
         <is>
-          <t>Alman Milliyetçiliğinin Dünü ve Bugünü</t>
+          <t>Yapay Zeka Etiği ve İletişim - Sorunlar, Sınırlar ve Zorluklar</t>
         </is>
       </c>
       <c r="C637" s="1">
-        <v>195</v>
+        <v>300</v>
       </c>
     </row>
     <row r="638" spans="1:3">
       <c r="A638" s="1" t="inlineStr">
         <is>
-          <t>9786257258708</t>
+          <t>9786253936808</t>
         </is>
       </c>
       <c r="B638" s="1" t="inlineStr">
         <is>
-          <t>Göç: Sosyal ve Ekonomik İncelemeler</t>
+          <t>İş Hayatında Lider Yöneticiler</t>
         </is>
       </c>
       <c r="C638" s="1">
-        <v>290</v>
+        <v>90</v>
       </c>
     </row>
     <row r="639" spans="1:3">
       <c r="A639" s="1" t="inlineStr">
         <is>
-          <t>9786257492263</t>
+          <t>9786253936648</t>
         </is>
       </c>
       <c r="B639" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünya ve Yaşlılık Sorunları</t>
+          <t>Çalışma Psikolojisinde Güncel Konular</t>
         </is>
       </c>
       <c r="C639" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="640" spans="1:3">
       <c r="A640" s="1" t="inlineStr">
         <is>
-          <t>9786257258326</t>
+          <t>9786253936747</t>
         </is>
       </c>
       <c r="B640" s="1" t="inlineStr">
         <is>
-          <t>Lawrence Kohlberg</t>
+          <t>Dijital Pazarlama İletişimi</t>
         </is>
       </c>
       <c r="C640" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="641" spans="1:3">
       <c r="A641" s="1" t="inlineStr">
         <is>
-          <t>9786257677585</t>
+          <t>9786253935832</t>
         </is>
       </c>
       <c r="B641" s="1" t="inlineStr">
         <is>
-          <t>Paul Bonatz’ın Türkiye Yılları</t>
+          <t>İnsan Vücudunda Matematik</t>
         </is>
       </c>
       <c r="C641" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="642" spans="1:3">
       <c r="A642" s="1" t="inlineStr">
         <is>
-          <t>9786257203890</t>
+          <t>9786253931087</t>
         </is>
       </c>
       <c r="B642" s="1" t="inlineStr">
         <is>
-          <t>Çevre Muhasebesinin Bir Alt Dalı Olarak Karbon Muhasebesi</t>
+          <t>Yapay Zekanın Matematiği</t>
         </is>
       </c>
       <c r="C642" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="643" spans="1:3">
       <c r="A643" s="1" t="inlineStr">
         <is>
-          <t>9786257258210</t>
+          <t>9786253936044</t>
         </is>
       </c>
       <c r="B643" s="1" t="inlineStr">
         <is>
-          <t>Fıkhi Açıdan Hamilelik</t>
+          <t>TBMM’deki Partilerin Din Siyaseti (1951-1954)</t>
         </is>
       </c>
       <c r="C643" s="1">
-        <v>215</v>
+        <v>375</v>
       </c>
     </row>
     <row r="644" spans="1:3">
       <c r="A644" s="1" t="inlineStr">
         <is>
-          <t>9786257258388</t>
+          <t>9786253935917</t>
         </is>
       </c>
       <c r="B644" s="1" t="inlineStr">
         <is>
-          <t>Futbol Finansmanı</t>
+          <t>ABD’de Siyah Nasyonalizmi ve İslami Hareketler</t>
         </is>
       </c>
       <c r="C644" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="645" spans="1:3">
       <c r="A645" s="1" t="inlineStr">
         <is>
-          <t>9786257203951</t>
+          <t>9786253934767</t>
         </is>
       </c>
       <c r="B645" s="1" t="inlineStr">
         <is>
-          <t>Kamu Diplomasisi</t>
+          <t>Nietzsche, Heidegger ve Derrida’da Yapısökümün Meselesi</t>
         </is>
       </c>
       <c r="C645" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="646" spans="1:3">
       <c r="A646" s="1" t="inlineStr">
         <is>
-          <t>9786257258159</t>
+          <t>9786253935962</t>
         </is>
       </c>
       <c r="B646" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağı - Dijital Doğanların Halkla İlişkilerdeki Yansıması</t>
+          <t>Mekansızlar - Evsizlik, Toplum Ve Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C646" s="1">
-        <v>195</v>
+        <v>250</v>
       </c>
     </row>
     <row r="647" spans="1:3">
       <c r="A647" s="1" t="inlineStr">
         <is>
-          <t>9786257126175</t>
+          <t>9786253935559</t>
         </is>
       </c>
       <c r="B647" s="1" t="inlineStr">
         <is>
-          <t>Metaforik Dil</t>
+          <t>Türkiye Cumhuriyeti’nin 100 Yıllık Tarihine İz Bırakmış Sosyal ve Siyasal Politikalara Yönelik Akademik Bir Bakış</t>
         </is>
       </c>
       <c r="C647" s="1">
-        <v>145</v>
+        <v>375</v>
       </c>
     </row>
     <row r="648" spans="1:3">
       <c r="A648" s="1" t="inlineStr">
         <is>
-          <t>9786257932257</t>
+          <t>9786253934477</t>
         </is>
       </c>
       <c r="B648" s="1" t="inlineStr">
         <is>
-          <t>Tekstil İmalatında Yalın Üretim</t>
+          <t>Karşılaştırmalı Eğitim Perspektifinden Küresel Eğitim Politikaları</t>
         </is>
       </c>
       <c r="C648" s="1">
-        <v>150</v>
+        <v>225</v>
       </c>
     </row>
     <row r="649" spans="1:3">
       <c r="A649" s="1" t="inlineStr">
         <is>
-          <t>9786257932035</t>
+          <t>9786253933876</t>
         </is>
       </c>
       <c r="B649" s="1" t="inlineStr">
         <is>
-          <t>Küresel Yer Değiştirmenin Sosyal Boyutu Afgan Sığınmacılar</t>
+          <t>Karikatürlerle Cumhuriyet Polemiği - Velid Ebüzziya’nın Kaleminden</t>
         </is>
       </c>
       <c r="C649" s="1">
-        <v>150</v>
+        <v>315</v>
       </c>
     </row>
     <row r="650" spans="1:3">
       <c r="A650" s="1" t="inlineStr">
         <is>
-          <t>9786257203715</t>
+          <t>9786253935450</t>
         </is>
       </c>
       <c r="B650" s="1" t="inlineStr">
         <is>
-          <t>İç Denetim</t>
+          <t>Kavuşma: Hangi Kore? Siz Hangi Kore’ye Aitsiniz?</t>
         </is>
       </c>
       <c r="C650" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="651" spans="1:3">
       <c r="A651" s="1" t="inlineStr">
         <is>
-          <t>9786257932424</t>
+          <t>9786253935658</t>
         </is>
       </c>
       <c r="B651" s="1" t="inlineStr">
         <is>
-          <t>Serbest Bölgeler ve Dış Ticarete Etkileri</t>
+          <t>Dahi Mi? Memur Mu? Nietzche Ve Hegel’in Eğitim Felsefeleri</t>
         </is>
       </c>
       <c r="C651" s="1">
-        <v>180</v>
+        <v>145</v>
       </c>
     </row>
     <row r="652" spans="1:3">
       <c r="A652" s="1" t="inlineStr">
         <is>
-          <t>9786257126052</t>
+          <t>9786253932916</t>
         </is>
       </c>
       <c r="B652" s="1" t="inlineStr">
         <is>
-          <t>Planlı Davranış Teorisi Perspektifinden Sürdürülebilirlik İçin Pazar Bölümlerinin Politik ve Sosyal Önerileri</t>
+          <t>Kimyasal Gübrelerin Üretim Teknolojileri</t>
         </is>
       </c>
       <c r="C652" s="1">
-        <v>225</v>
+        <v>280</v>
       </c>
     </row>
     <row r="653" spans="1:3">
       <c r="A653" s="1" t="inlineStr">
         <is>
-          <t>9786257173582</t>
+          <t>9786253933890</t>
         </is>
       </c>
       <c r="B653" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Bağlılık ve İş Etiği</t>
+          <t>İklim Krizi Üzerine Felsefi Yaklaşımlar</t>
         </is>
       </c>
       <c r="C653" s="1">
-        <v>195</v>
+        <v>315</v>
       </c>
     </row>
     <row r="654" spans="1:3">
       <c r="A654" s="1" t="inlineStr">
         <is>
-          <t>9786257932356</t>
+          <t>9786253933104</t>
         </is>
       </c>
       <c r="B654" s="1" t="inlineStr">
         <is>
-          <t>Seçim Kampanyaları: Nasıl Kaybedilir? Nasıl Kazanılır?</t>
+          <t>Antrenman Bilimleri Bibliyografyası</t>
         </is>
       </c>
       <c r="C654" s="1">
-        <v>180</v>
+        <v>395</v>
       </c>
     </row>
     <row r="655" spans="1:3">
       <c r="A655" s="1" t="inlineStr">
         <is>
-          <t>9786257363037</t>
+          <t>9786253935122</t>
         </is>
       </c>
       <c r="B655" s="1" t="inlineStr">
         <is>
-          <t>Deneyimsel Pazarlama ve Müşteri Sadakati</t>
+          <t>Dünyada ve Türkiye’de İklim Değişikliği Kaynaklı Kayıp ve Zararlar, Etkilere Uyum ve Dirençlilik</t>
         </is>
       </c>
       <c r="C655" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="656" spans="1:3">
       <c r="A656" s="1" t="inlineStr">
         <is>
-          <t>9786257363365</t>
+          <t>9786253933111</t>
         </is>
       </c>
       <c r="B656" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Estetiği Rus Edebiyatında Gotik</t>
+          <t>Aracılık, Düzenleyicilik ve Koşullu Süreç Analizleri - Teori ve Uygulama</t>
         </is>
       </c>
       <c r="C656" s="1">
-        <v>255</v>
+        <v>300</v>
       </c>
     </row>
     <row r="657" spans="1:3">
       <c r="A657" s="1" t="inlineStr">
         <is>
-          <t>9786257363181</t>
+          <t>9786253989163</t>
         </is>
       </c>
       <c r="B657" s="1" t="inlineStr">
         <is>
-          <t>Beden Politikaları - Rus ve Türk Edebiyatlarında Makbul Yurttaşın İnşası (1900-1940)</t>
+          <t>Arşiv Belgeleri Işığında Hırka-i Şerif Camisi</t>
         </is>
       </c>
       <c r="C657" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="658" spans="1:3">
       <c r="A658" s="1" t="inlineStr">
         <is>
-          <t>9786257932585</t>
+          <t>9786253934132</t>
         </is>
       </c>
       <c r="B658" s="1" t="inlineStr">
         <is>
-          <t>Effective Storytelling in Digital Marketing: A Proposed Framework</t>
+          <t>Google’dan Yapay Zekaya Geleceğin Gazeteciliği - Para, Veri ve Haber</t>
         </is>
       </c>
       <c r="C658" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="659" spans="1:3">
       <c r="A659" s="1" t="inlineStr">
         <is>
-          <t>9786257932295</t>
+          <t>9786253934996</t>
         </is>
       </c>
       <c r="B659" s="1" t="inlineStr">
         <is>
-          <t>Medikal Turizm ve Türk Dış Politikası</t>
+          <t>Ulusal Kimlik İnşası</t>
         </is>
       </c>
       <c r="C659" s="1">
-        <v>255</v>
+        <v>375</v>
       </c>
     </row>
     <row r="660" spans="1:3">
       <c r="A660" s="1" t="inlineStr">
         <is>
-          <t>9786257258081</t>
+          <t>9786253933302</t>
         </is>
       </c>
       <c r="B660" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal İtibar Yönetimi</t>
+          <t>Coğrafya, Kültür ve Siyaset</t>
         </is>
       </c>
       <c r="C660" s="1">
-        <v>145</v>
+        <v>220</v>
       </c>
     </row>
     <row r="661" spans="1:3">
       <c r="A661" s="1" t="inlineStr">
         <is>
-          <t>9786257203685</t>
+          <t>9786253934866</t>
         </is>
       </c>
       <c r="B661" s="1" t="inlineStr">
         <is>
-          <t>Onomasyoloji Kuramdan Bilime Doğru Rus Dili Örneği</t>
+          <t>“Ney”de Depresyonun İyileştirici Makamı</t>
         </is>
       </c>
       <c r="C661" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="662" spans="1:3">
       <c r="A662" s="1" t="inlineStr">
         <is>
-          <t>9786257363129</t>
+          <t>9786253931490</t>
         </is>
       </c>
       <c r="B662" s="1" t="inlineStr">
         <is>
-          <t>Bağlam ve Aktörler</t>
+          <t>Rus Seyahatnamelerinde Osmanlı Toplumu ve Türk İmgesi</t>
         </is>
       </c>
       <c r="C662" s="1">
-        <v>165</v>
+        <v>225</v>
       </c>
     </row>
     <row r="663" spans="1:3">
       <c r="A663" s="1" t="inlineStr">
         <is>
-          <t>9786057662903</t>
+          <t>9786253932343</t>
         </is>
       </c>
       <c r="B663" s="1" t="inlineStr">
         <is>
-          <t>Feminist Uluslararası İlişkiler ve Avrupa Birliği Güvenlik Politikaları</t>
+          <t>Türkiye’nin Savunma Sanayisi ve Savunma Harcamaları</t>
         </is>
       </c>
       <c r="C663" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="664" spans="1:3">
       <c r="A664" s="1" t="inlineStr">
         <is>
-          <t>9786052149829</t>
+          <t>9786253933791</t>
         </is>
       </c>
       <c r="B664" s="1" t="inlineStr">
         <is>
-          <t>Modern Türkiye Anatomisi</t>
+          <t>Turist Rehberleri İçin El Kitabı</t>
         </is>
       </c>
       <c r="C664" s="1">
-        <v>260</v>
+        <v>395</v>
       </c>
     </row>
     <row r="665" spans="1:3">
       <c r="A665" s="1" t="inlineStr">
         <is>
-          <t>9786257296687</t>
+          <t>9786253932060</t>
         </is>
       </c>
       <c r="B665" s="1" t="inlineStr">
         <is>
-          <t>İletişim Çalışmalarında Dijital Yerliler</t>
+          <t>9 Mart 1971 Askeri Darbe Girişimi İdeolojik ve Sosyoekonomik Bir Analiz</t>
         </is>
       </c>
       <c r="C665" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="666" spans="1:3">
       <c r="A666" s="1" t="inlineStr">
         <is>
-          <t>9786257296625</t>
+          <t>9786253932527</t>
         </is>
       </c>
       <c r="B666" s="1" t="inlineStr">
         <is>
-          <t>Transkulturalität In Der Translation</t>
+          <t>Z kuşağı Perspektifinden İşletme Bilimine Giriş - Örnek Olaylar</t>
         </is>
       </c>
       <c r="C666" s="1">
-        <v>250</v>
+        <v>475</v>
       </c>
     </row>
     <row r="667" spans="1:3">
       <c r="A667" s="1" t="inlineStr">
         <is>
-          <t>9786257296977</t>
+          <t>9786253987589</t>
         </is>
       </c>
       <c r="B667" s="1" t="inlineStr">
         <is>
-          <t>Kır Sosyolojisi</t>
+          <t>19. Yüzyıl İran Modernleşmesi ve Osmanlı Etkisi</t>
         </is>
       </c>
       <c r="C667" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="668" spans="1:3">
       <c r="A668" s="1" t="inlineStr">
         <is>
-          <t>9786257126090</t>
+          <t>9786253931957</t>
         </is>
       </c>
       <c r="B668" s="1" t="inlineStr">
         <is>
-          <t>Ukrayna Krizi’nde Rusya: Büyük Güç Politikası ve Saldırgan Realist Dinamikler</t>
+          <t>Pamukkale’de Felsefe - Cumhuriyetin 100. Yılına Armağan</t>
         </is>
       </c>
       <c r="C668" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="669" spans="1:3">
       <c r="A669" s="1" t="inlineStr">
         <is>
-          <t>9786257677219</t>
+          <t>9786253931926</t>
         </is>
       </c>
       <c r="B669" s="1" t="inlineStr">
         <is>
-          <t>Taşıt Emisyonları ve Kontrolü</t>
+          <t>Yunanistan’ın Bölgesel Stratejisi ve Ege’de Deniz Güvenliği 1974’ten Günümüze</t>
         </is>
       </c>
       <c r="C669" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="670" spans="1:3">
       <c r="A670" s="1" t="inlineStr">
         <is>
-          <t>9786257203470</t>
+          <t>9786253932411</t>
         </is>
       </c>
       <c r="B670" s="1" t="inlineStr">
         <is>
-          <t>Yerel Gazetecilik Alanı</t>
+          <t>Küreselleşmenin Türkiye’de Sağ Siyasete Etkileri (AK PARTİ ve MHP)</t>
         </is>
       </c>
       <c r="C670" s="1">
-        <v>180</v>
+        <v>380</v>
       </c>
     </row>
     <row r="671" spans="1:3">
       <c r="A671" s="1" t="inlineStr">
         <is>
-          <t>9786057662361</t>
+          <t>9786253931650</t>
         </is>
       </c>
       <c r="B671" s="1" t="inlineStr">
         <is>
-          <t>İktisat Politikaları Çerçevesinde Türkiye’de Mali Kural Uygulamaları</t>
+          <t>Yiyecek ve İçecek Sektöründen Örnek Olay Analizleri İle Yeşil Pazarlama Stratejisi</t>
         </is>
       </c>
       <c r="C671" s="1">
-        <v>170</v>
+        <v>380</v>
       </c>
     </row>
     <row r="672" spans="1:3">
       <c r="A672" s="1" t="inlineStr">
         <is>
-          <t>9786057662255</t>
+          <t>9786253989903</t>
         </is>
       </c>
       <c r="B672" s="1" t="inlineStr">
         <is>
-          <t>Dinamik Yeteneklerin Örgütsel Yenilikçiliğe Etkisi</t>
+          <t>Sosyal Hizmet Penceresinden Sosyal Sorunlar</t>
         </is>
       </c>
       <c r="C672" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="673" spans="1:3">
       <c r="A673" s="1" t="inlineStr">
         <is>
-          <t>9786057662019</t>
+          <t>9786253931179</t>
         </is>
       </c>
       <c r="B673" s="1" t="inlineStr">
         <is>
-          <t>1980-1998 Döneminde Kamu Maliyesinde Yapılan Devlet İç Borçlarının Yapısal Gelişimi ve Enflasyonist Etkileri</t>
+          <t>Osmanlı'dan Cumhuriyet'e Sosyoekonomik Süreçler</t>
         </is>
       </c>
       <c r="C673" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="674" spans="1:3">
       <c r="A674" s="1" t="inlineStr">
         <is>
-          <t>9786052149959</t>
+          <t>9786253930448</t>
         </is>
       </c>
       <c r="B674" s="1" t="inlineStr">
         <is>
-          <t>Çim Hokeyinde Farklı Şut Tekniklerinin Mekaniği</t>
+          <t>Varoluşsal Güvenlik ve Sekülerleşme</t>
         </is>
       </c>
       <c r="C674" s="1">
-        <v>145</v>
+        <v>215</v>
       </c>
     </row>
     <row r="675" spans="1:3">
       <c r="A675" s="1" t="inlineStr">
         <is>
-          <t>9786058072862</t>
+          <t>9786253989743</t>
         </is>
       </c>
       <c r="B675" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Yatırım Kararlarında Yatırım İklimi Etkisi</t>
+          <t>Parlamenter Hükümet Sisteminden Cumhurbaşkanlığı Hükümet Sistemine Türkiye’de Kamu Yönetiminin Dönüşümü</t>
         </is>
       </c>
       <c r="C675" s="1">
-        <v>100</v>
+        <v>215</v>
       </c>
     </row>
     <row r="676" spans="1:3">
       <c r="A676" s="1" t="inlineStr">
         <is>
-          <t>9786057662811</t>
+          <t>9786253987848</t>
         </is>
       </c>
       <c r="B676" s="1" t="inlineStr">
         <is>
-          <t>İç Kontrol ve Kurumsallaşma Arasındaki İlişkide Örgüt Kültürünün Aracılık Etkisi</t>
+          <t>Fibromiyalji Sendromunda Duyumsallık ve Projektif Testler</t>
         </is>
       </c>
       <c r="C676" s="1">
-        <v>150</v>
+        <v>195</v>
       </c>
     </row>
     <row r="677" spans="1:3">
       <c r="A677" s="1" t="inlineStr">
         <is>
-          <t>9786052149362</t>
+          <t>9786253989293</t>
         </is>
       </c>
       <c r="B677" s="1" t="inlineStr">
         <is>
-          <t>İlbank'ın Yeniden Yapılandırılması</t>
+          <t>Yeniden Şekillenen Tarım</t>
         </is>
       </c>
       <c r="C677" s="1">
-        <v>165</v>
+        <v>295</v>
       </c>
     </row>
     <row r="678" spans="1:3">
       <c r="A678" s="1" t="inlineStr">
         <is>
-          <t>9786057662545</t>
+          <t>9786253986247</t>
         </is>
       </c>
       <c r="B678" s="1" t="inlineStr">
         <is>
-          <t>Petrol ve Doğal Gaz Boru Hatlarının Yapımında Kalite Yönetimi</t>
+          <t>İklim Değişikliği ve Yeşil Mutabakat</t>
         </is>
       </c>
       <c r="C678" s="1">
-        <v>245</v>
+        <v>350</v>
       </c>
     </row>
     <row r="679" spans="1:3">
       <c r="A679" s="1" t="inlineStr">
         <is>
-          <t>9786052149928</t>
+          <t>9786253930349</t>
         </is>
       </c>
       <c r="B679" s="1" t="inlineStr">
         <is>
-          <t>Ardahan Değerlemeleri 1</t>
+          <t>İş Süreçleri Yönetimi</t>
         </is>
       </c>
       <c r="C679" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="680" spans="1:3">
       <c r="A680" s="1" t="inlineStr">
         <is>
-          <t>9786052149935</t>
+          <t>9786253989941</t>
         </is>
       </c>
       <c r="B680" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Türk Devletlerinde Örgün Eğitim</t>
+          <t>Matematik Öğretiminde Örüntüler</t>
         </is>
       </c>
       <c r="C680" s="1">
-        <v>145</v>
+        <v>225</v>
       </c>
     </row>
     <row r="681" spans="1:3">
       <c r="A681" s="1" t="inlineStr">
         <is>
-          <t>9786056928765</t>
+          <t>9786253930363</t>
         </is>
       </c>
       <c r="B681" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Bağımsız Sinemaya Dair Tartışmalar</t>
+          <t>Hareket Eğitiminde Alıştırmalar</t>
         </is>
       </c>
       <c r="C681" s="1">
-        <v>195</v>
+        <v>155</v>
       </c>
     </row>
     <row r="682" spans="1:3">
       <c r="A682" s="1" t="inlineStr">
         <is>
-          <t>9786057662637</t>
+          <t>9786253931056</t>
         </is>
       </c>
       <c r="B682" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Film Festivalleri</t>
+          <t>Doğu’da ve Batı’da Gündelik Yaşam</t>
         </is>
       </c>
       <c r="C682" s="1">
-        <v>150</v>
+        <v>370</v>
       </c>
     </row>
     <row r="683" spans="1:3">
       <c r="A683" s="1" t="inlineStr">
         <is>
-          <t>9786056928789</t>
+          <t>9786254334474</t>
         </is>
       </c>
       <c r="B683" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar Hapishanesi</t>
+          <t>Tek Parti Döneminde Kemalist Milliyetçiliğin Karşısında Türkçü-Turancı Milliyetçilik</t>
         </is>
       </c>
       <c r="C683" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="684" spans="1:3">
       <c r="A684" s="1" t="inlineStr">
         <is>
-          <t>9786052149157</t>
+          <t>9786253986940</t>
         </is>
       </c>
       <c r="B684" s="1" t="inlineStr">
         <is>
-          <t>Deşifre Şarkı Söyleme</t>
+          <t>Türk Siyasal Hayatında Kazım Karabekir</t>
         </is>
       </c>
       <c r="C684" s="1">
-        <v>100</v>
+        <v>505</v>
       </c>
     </row>
     <row r="685" spans="1:3">
       <c r="A685" s="1" t="inlineStr">
         <is>
-          <t>9786253760595</t>
+          <t>9786253987626</t>
         </is>
       </c>
       <c r="B685" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Sakin Şehirlerde Sürdürülebilir Gastronomi</t>
+          <t>İngiltere’nin Sömürge Valisi Sır Ronald Storrs</t>
         </is>
       </c>
       <c r="C685" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="686" spans="1:3">
       <c r="A686" s="1" t="inlineStr">
         <is>
-          <t>9786253939984</t>
+          <t>9786253988159</t>
         </is>
       </c>
       <c r="B686" s="1" t="inlineStr">
         <is>
-          <t>Nanobilim ve Nanoteknoloji</t>
+          <t>Afganistan</t>
         </is>
       </c>
       <c r="C686" s="1">
-        <v>300</v>
+        <v>450</v>
       </c>
     </row>
     <row r="687" spans="1:3">
       <c r="A687" s="1" t="inlineStr">
         <is>
-          <t>9786057662859</t>
+          <t>9786253987510</t>
         </is>
       </c>
       <c r="B687" s="1" t="inlineStr">
         <is>
-          <t>Çocuk Edebiyatında Kurmaca Gerçeklik</t>
+          <t>Hicaz Kitabiyatı</t>
         </is>
       </c>
       <c r="C687" s="1">
-        <v>260</v>
+        <v>255</v>
       </c>
     </row>
     <row r="688" spans="1:3">
       <c r="A688" s="1" t="inlineStr">
         <is>
-          <t>9786253939946</t>
+          <t>9786253985356</t>
         </is>
       </c>
       <c r="B688" s="1" t="inlineStr">
         <is>
-          <t>Güncel Lojistik Uygulamaları</t>
+          <t>Dijital Çağda Çocuk Edebiyatı</t>
         </is>
       </c>
       <c r="C688" s="1">
-        <v>320</v>
+        <v>290</v>
       </c>
     </row>
     <row r="689" spans="1:3">
       <c r="A689" s="1" t="inlineStr">
         <is>
-          <t>9786253760304</t>
+          <t>9786253987077</t>
         </is>
       </c>
       <c r="B689" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık Sorununun Çözümünde Yeni Bir Deneyim: Karar Verme Becerisi</t>
+          <t>Dijital Zincirlerimiz Bağımlı Mıyız? Nomofobi Ve Netlessfobi</t>
         </is>
       </c>
       <c r="C689" s="1">
-        <v>175</v>
+        <v>215</v>
       </c>
     </row>
     <row r="690" spans="1:3">
       <c r="A690" s="1" t="inlineStr">
         <is>
-          <t>9786254331343</t>
+          <t>9786253987602</t>
         </is>
       </c>
       <c r="B690" s="1" t="inlineStr">
         <is>
-          <t>Spor Diyeti</t>
+          <t>Gelenekselden Moderne Yerel Yönetimler</t>
         </is>
       </c>
       <c r="C690" s="1">
-        <v>265</v>
+        <v>365</v>
       </c>
     </row>
     <row r="691" spans="1:3">
       <c r="A691" s="1" t="inlineStr">
         <is>
-          <t>9786052149621</t>
+          <t>9786253987251</t>
         </is>
       </c>
       <c r="B691" s="1" t="inlineStr">
         <is>
-          <t>Çankırı Coğrafya Araştırmaları</t>
+          <t>Dijital Medya Ekseninde Nostalji ve Toplumsal Bellek</t>
         </is>
       </c>
       <c r="C691" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="692" spans="1:3">
       <c r="A692" s="1" t="inlineStr">
         <is>
-          <t>9786253938093</t>
+          <t>9786253986858</t>
         </is>
       </c>
       <c r="B692" s="1" t="inlineStr">
         <is>
-          <t>Dynamics Of Art</t>
+          <t>Algoritmalar, Habercilik ve Medya</t>
         </is>
       </c>
       <c r="C692" s="1">
-        <v>120</v>
+        <v>255</v>
       </c>
     </row>
     <row r="693" spans="1:3">
       <c r="A693" s="1" t="inlineStr">
         <is>
-          <t>9786253760540</t>
+          <t>9786253987084</t>
         </is>
       </c>
       <c r="B693" s="1" t="inlineStr">
         <is>
-          <t>İş Yerinde Menopozu Konuşmak: Menopoz Tabusundan Menopoz Politikalarına</t>
+          <t>Yapay Zeka ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C693" s="1">
-        <v>120</v>
+        <v>445</v>
       </c>
     </row>
     <row r="694" spans="1:3">
       <c r="A694" s="1" t="inlineStr">
         <is>
-          <t>9786253760243</t>
+          <t>9786253986780</t>
         </is>
       </c>
       <c r="B694" s="1" t="inlineStr">
         <is>
-          <t>Belirsizlik ve Risk Çağında Tedarik Zinciri: İnovasyon ve Dirençlilik</t>
+          <t>Dikte Bankası- Dictation Bank</t>
         </is>
       </c>
       <c r="C694" s="1">
-        <v>140</v>
+        <v>120</v>
       </c>
     </row>
     <row r="695" spans="1:3">
       <c r="A695" s="1" t="inlineStr">
         <is>
-          <t>9786253939182</t>
+          <t>9786253985790</t>
         </is>
       </c>
       <c r="B695" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşen Dünyada Sosyal Hizmet Eğitimi</t>
+          <t>Türkiye’de Siyasi Fikir Hareketleri</t>
         </is>
       </c>
       <c r="C695" s="1">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="696" spans="1:3">
       <c r="A696" s="1" t="inlineStr">
         <is>
-          <t>9786253983642</t>
+          <t>9786254338854</t>
         </is>
       </c>
       <c r="B696" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Romanlar ve Uyarlamaları</t>
+          <t>Merkez Bankası Para Politikaları ve Banka Karlılığı Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C696" s="1">
-        <v>365</v>
+        <v>170</v>
       </c>
     </row>
     <row r="697" spans="1:3">
       <c r="A697" s="1" t="inlineStr">
         <is>
-          <t>9786253981785</t>
+          <t>9786253985608</t>
         </is>
       </c>
       <c r="B697" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sisteminde Öğretmen Yetiştirmenin Tarihi Sosyal ve Felsefi Temelleri</t>
+          <t>Farklı Olandan Korkma! Otizm ve Sosyal Dışlanma - Ebeveynlerin Deneyimleri ve Beklentileri</t>
         </is>
       </c>
       <c r="C697" s="1">
-        <v>365</v>
+        <v>240</v>
       </c>
     </row>
     <row r="698" spans="1:3">
       <c r="A698" s="1" t="inlineStr">
         <is>
-          <t>9786253982881</t>
+          <t>9786253985127</t>
         </is>
       </c>
       <c r="B698" s="1" t="inlineStr">
         <is>
-          <t>Mitolojide Engellilik</t>
+          <t>1950 Sonrası Türk Hikayesinde Çevre Vurgusu</t>
         </is>
       </c>
       <c r="C698" s="1">
-        <v>165</v>
+        <v>270</v>
       </c>
     </row>
     <row r="699" spans="1:3">
       <c r="A699" s="1" t="inlineStr">
         <is>
-          <t>9786253983147</t>
+          <t>9786253984892</t>
         </is>
       </c>
       <c r="B699" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya, Teknoloji ve Toplum</t>
+          <t>Sürdürülebilir Üretim Göstergeleri ve Kurumsal Sürdürülebilirlik Performansı</t>
         </is>
       </c>
       <c r="C699" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="700" spans="1:3">
       <c r="A700" s="1" t="inlineStr">
         <is>
-          <t>9786254337963</t>
+          <t>9786254175336</t>
         </is>
       </c>
       <c r="B700" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme ve Spor</t>
+          <t>Hikayenin İletişimi</t>
         </is>
       </c>
       <c r="C700" s="1">
-        <v>340</v>
+        <v>695</v>
       </c>
     </row>
     <row r="701" spans="1:3">
       <c r="A701" s="1" t="inlineStr">
         <is>
-          <t>9786254332258</t>
+          <t>9786253984861</t>
         </is>
       </c>
       <c r="B701" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sayısal Televizyon Yayıncılığı</t>
+          <t>Bankacılık Ödeme Sistemleri ve Siber Güvenlik</t>
         </is>
       </c>
       <c r="C701" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="702" spans="1:3">
       <c r="A702" s="1" t="inlineStr">
         <is>
-          <t>9786257677394</t>
+          <t>9786253984762</t>
         </is>
       </c>
       <c r="B702" s="1" t="inlineStr">
         <is>
-          <t>NeoGastronomik Akımlar</t>
+          <t>Edebi Gazetecilik</t>
         </is>
       </c>
       <c r="C702" s="1">
-        <v>525</v>
+        <v>280</v>
       </c>
     </row>
     <row r="703" spans="1:3">
       <c r="A703" s="1" t="inlineStr">
         <is>
-          <t>9786257677073</t>
+          <t>9786253984045</t>
         </is>
       </c>
       <c r="B703" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Toplumsallaşma ve Medya</t>
+          <t>Kent ve Çevre Politikaları Ekseninde Yerel Yönetimler</t>
         </is>
       </c>
       <c r="C703" s="1">
-        <v>215</v>
+        <v>470</v>
       </c>
     </row>
     <row r="704" spans="1:3">
       <c r="A704" s="1" t="inlineStr">
         <is>
-          <t>9786257589680</t>
+          <t>9786253982843</t>
         </is>
       </c>
       <c r="B704" s="1" t="inlineStr">
         <is>
-          <t>Çiftlik Bank Vakası</t>
+          <t>Yenidünya Yetiştiriciliği</t>
         </is>
       </c>
       <c r="C704" s="1">
-        <v>195</v>
+        <v>275</v>
       </c>
     </row>
     <row r="705" spans="1:3">
       <c r="A705" s="1" t="inlineStr">
         <is>
-          <t>9786257363259</t>
+          <t>9786253984403</t>
         </is>
       </c>
       <c r="B705" s="1" t="inlineStr">
         <is>
-          <t>Dijidrama ve Temel Etkinlikler</t>
+          <t>Dijital Diplomasi - Hegemonya, Kamu Diplomasisi ve Dijitalleşme</t>
         </is>
       </c>
       <c r="C705" s="1">
-        <v>145</v>
+        <v>350</v>
       </c>
     </row>
     <row r="706" spans="1:3">
       <c r="A706" s="1" t="inlineStr">
         <is>
-          <t>9786253760137</t>
+          <t>9786253982737</t>
         </is>
       </c>
       <c r="B706" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İşletmecilik</t>
+          <t>Adalet Teorisi ve Müşteri İntikam Davranışı</t>
         </is>
       </c>
       <c r="C706" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="707" spans="1:3">
       <c r="A707" s="1" t="inlineStr">
         <is>
-          <t>9786253937966</t>
+          <t>9786253982928</t>
         </is>
       </c>
       <c r="B707" s="1" t="inlineStr">
         <is>
-          <t>Avusturya'da 60 Yıl - Misafirlikten Ev Sahipliğine</t>
+          <t>Edirne'de Osmanlı Savunma Yapıları</t>
         </is>
       </c>
       <c r="C707" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="708" spans="1:3">
       <c r="A708" s="1" t="inlineStr">
         <is>
-          <t>9786253939311</t>
+          <t>9786253982034</t>
         </is>
       </c>
       <c r="B708" s="1" t="inlineStr">
         <is>
-          <t>Sprint Biyomekaniği ve İzokinetik Testler</t>
+          <t>Metafor - Analitik Felsefe Yaklaşımı</t>
         </is>
       </c>
       <c r="C708" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="709" spans="1:3">
       <c r="A709" s="1" t="inlineStr">
         <is>
-          <t>9786253933166</t>
+          <t>9786253984014</t>
         </is>
       </c>
       <c r="B709" s="1" t="inlineStr">
         <is>
-          <t>Atatürk Kaç Yıl Yaşadı?</t>
+          <t>Mali Tablolar ile Sektörel Risk Analizi İmalat Sanayi Üzerinde Uygulama (1999-2016)</t>
         </is>
       </c>
       <c r="C709" s="1">
-        <v>250</v>
+        <v>295</v>
       </c>
     </row>
     <row r="710" spans="1:3">
       <c r="A710" s="1" t="inlineStr">
         <is>
-          <t>9786253939526</t>
+          <t>9786253981846</t>
         </is>
       </c>
       <c r="B710" s="1" t="inlineStr">
         <is>
-          <t>Erken Yaşta Evliliklerin Erkek Yüzü</t>
+          <t>Rus Edebiyatının Tarihsel Gelişim Sürecinde Türk İmgesi</t>
         </is>
       </c>
       <c r="C710" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="711" spans="1:3">
       <c r="A711" s="1" t="inlineStr">
         <is>
-          <t>9786253760175</t>
+          <t>9786253981969</t>
         </is>
       </c>
       <c r="B711" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Sağlığı-Söylem, Politika ve Deneyimler</t>
+          <t>Pozitif Psikoloji Bağlamında Din Eğitimi Temelli Manevi Danışmanlık</t>
         </is>
       </c>
       <c r="C711" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="712" spans="1:3">
       <c r="A712" s="1" t="inlineStr">
         <is>
-          <t>9786253937447</t>
+          <t>9786253983017</t>
         </is>
       </c>
       <c r="B712" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyanın Anahtarı - Kripto Paralar ile İlgili Merak Edilen Soruların Cevapları 100 Soru 100 Cevap</t>
+          <t>Söylemler ve Eylemler Bağlamında - Türk Siyasi Liderlerin Orta Asya Politikaları</t>
         </is>
       </c>
       <c r="C712" s="1">
-        <v>110</v>
+        <v>505</v>
       </c>
     </row>
     <row r="713" spans="1:3">
       <c r="A713" s="1" t="inlineStr">
         <is>
-          <t>9786253939427</t>
+          <t>9786253983956</t>
         </is>
       </c>
       <c r="B713" s="1" t="inlineStr">
         <is>
-          <t>Batı’nın Medeniyet İçi Mücadelelerinin Orta Doğu’daki Yansımaları - Haçlı Seferlerinden Soğuk Savaş Sonrasına</t>
+          <t>Konya ve Çevresi Yüzey Araştırması 4 - Hadim</t>
         </is>
       </c>
       <c r="C713" s="1">
-        <v>240</v>
+        <v>350</v>
       </c>
     </row>
     <row r="714" spans="1:3">
       <c r="A714" s="1" t="inlineStr">
         <is>
-          <t>9786253760106</t>
+          <t>9786253983703</t>
         </is>
       </c>
       <c r="B714" s="1" t="inlineStr">
         <is>
-          <t>Deneyim Kaybı - Benjamin ve Ong’a Göre Teknolojide Kaybolan Söz</t>
+          <t>Blok Zinciri Teknolojisi - Pazarlama Yönlü Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C714" s="1">
-        <v>240</v>
+        <v>125</v>
       </c>
     </row>
     <row r="715" spans="1:3">
       <c r="A715" s="1" t="inlineStr">
         <is>
-          <t>9786253939632</t>
+          <t>9786253982201</t>
         </is>
       </c>
       <c r="B715" s="1" t="inlineStr">
         <is>
-          <t>İşletme Yönetiminde Pozitif Örgütsel Davranışlar</t>
+          <t>Günümüzde Sınıf Yönetimi</t>
         </is>
       </c>
       <c r="C715" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="716" spans="1:3">
       <c r="A716" s="1" t="inlineStr">
         <is>
-          <t>9786253939557</t>
+          <t>9786253981754</t>
         </is>
       </c>
       <c r="B716" s="1" t="inlineStr">
         <is>
-          <t>Kaynaştırma/Bütünleştirme Sınıf İçi Destekler-Öğretmen Yardımcıları İçin Bir Rehber</t>
+          <t>Türkiye’de Devletin Ekonomideki Rolü</t>
         </is>
       </c>
       <c r="C716" s="1">
-        <v>200</v>
+        <v>245</v>
       </c>
     </row>
     <row r="717" spans="1:3">
       <c r="A717" s="1" t="inlineStr">
         <is>
-          <t>9786253934507</t>
+          <t>9786254339806</t>
         </is>
       </c>
       <c r="B717" s="1" t="inlineStr">
         <is>
-          <t>Siyasetin Yönetimi</t>
+          <t>Dijital Çağın Marka Başarı Hikayeleri</t>
         </is>
       </c>
       <c r="C717" s="1">
-        <v>120</v>
+        <v>240</v>
       </c>
     </row>
     <row r="718" spans="1:3">
       <c r="A718" s="1" t="inlineStr">
         <is>
-          <t>9786253939762</t>
+          <t>9786253982225</t>
         </is>
       </c>
       <c r="B718" s="1" t="inlineStr">
         <is>
-          <t>İşletme Biliminde Güncel Tartışmalar ve Paradigmalar-I</t>
+          <t>Türkiye’de Yerel Seçimler</t>
         </is>
       </c>
       <c r="C718" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="719" spans="1:3">
       <c r="A719" s="1" t="inlineStr">
         <is>
-          <t>9786253936785</t>
+          <t>9786253981808</t>
         </is>
       </c>
       <c r="B719" s="1" t="inlineStr">
         <is>
-          <t>Dijital Toplumu Açıklama Çalışmaları: İletişim ve Yeni Medya</t>
+          <t>Sosyal Medya Masterclass’ı - Pazarlama Stratejileri ve Taktikleri</t>
         </is>
       </c>
       <c r="C719" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="720" spans="1:3">
       <c r="A720" s="1" t="inlineStr">
         <is>
-          <t>9786253938079</t>
+          <t>9786253981570</t>
         </is>
       </c>
       <c r="B720" s="1" t="inlineStr">
         <is>
-          <t>İran Ders Kitaplarında Şiileştirilmiş Pers Kimliği</t>
+          <t>Suç Habitatı ve Suçlu Gençlik Habitusu</t>
         </is>
       </c>
       <c r="C720" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="721" spans="1:3">
       <c r="A721" s="1" t="inlineStr">
         <is>
-          <t>9786253931971</t>
+          <t>9786253981150</t>
         </is>
       </c>
       <c r="B721" s="1" t="inlineStr">
         <is>
-          <t>Silifke (Mersin) Turizmi</t>
+          <t>Pehlivan Anlatılarında Türk Yağlı Güreş Geleneği ve Bazı Başpehlivanlar</t>
         </is>
       </c>
       <c r="C721" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="722" spans="1:3">
       <c r="A722" s="1" t="inlineStr">
         <is>
-          <t>9786052149119</t>
+          <t>9786253982102</t>
         </is>
       </c>
       <c r="B722" s="1" t="inlineStr">
         <is>
-          <t>Ambalaj Sektöründe Stok Çeşitliliği Optimizasyonu</t>
+          <t>Osmanlı Modern Eğitim Anlayışının Antalya’ya Yansımaları</t>
         </is>
       </c>
       <c r="C722" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="723" spans="1:3">
       <c r="A723" s="1" t="inlineStr">
         <is>
-          <t>9786253939212</t>
+          <t>9786253980887</t>
         </is>
       </c>
       <c r="B723" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Üniversite Kütüphane Binaları İçin Mimari Program Rehberi</t>
+          <t>Türkiye’de Uluslararası Göçe Yönelik Tutumlar Ve Ekonomik Kriz - Kamuoyu Araştırmalarının İleri Analizi</t>
         </is>
       </c>
       <c r="C723" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="724" spans="1:3">
       <c r="A724" s="1" t="inlineStr">
         <is>
-          <t>9786253938017</t>
+          <t>9786253981051</t>
         </is>
       </c>
       <c r="B724" s="1" t="inlineStr">
         <is>
-          <t>Oyun Okuryazarlığı</t>
+          <t>Persisting Authoritarianism in the Arab World - Internal and External Dimensions</t>
         </is>
       </c>
       <c r="C724" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="725" spans="1:3">
       <c r="A725" s="1" t="inlineStr">
         <is>
-          <t>9786253937157</t>
+          <t>9786254339950</t>
         </is>
       </c>
       <c r="B725" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Örgüt Kültürü ve Stratejik Yönetim</t>
+          <t>Osmanlı Devleti’nin Maliye Teşkilatı ve Uygulanan Maliye Politikaları (1870-1914)</t>
         </is>
       </c>
       <c r="C725" s="1">
-        <v>300</v>
+        <v>225</v>
       </c>
     </row>
     <row r="726" spans="1:3">
       <c r="A726" s="1" t="inlineStr">
         <is>
-          <t>9786253939618</t>
+          <t>9786253980214</t>
         </is>
       </c>
       <c r="B726" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Teori ve Pratik</t>
+          <t>Çankırı Coğrafya Araştırmaları II</t>
         </is>
       </c>
       <c r="C726" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="727" spans="1:3">
       <c r="A727" s="1" t="inlineStr">
         <is>
-          <t>9786253933852</t>
+          <t>9786253980085</t>
         </is>
       </c>
       <c r="B727" s="1" t="inlineStr">
         <is>
-          <t>Leadership Communication and Denktaş</t>
+          <t>Pazarlama Eğitiminde Sistem Yaklaşımı</t>
         </is>
       </c>
       <c r="C727" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="728" spans="1:3">
       <c r="A728" s="1" t="inlineStr">
         <is>
-          <t>9786253939274</t>
+          <t>9786254339776</t>
         </is>
       </c>
       <c r="B728" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Kültür ve Kuzey Kore’nin Nükleer Silah Programı</t>
+          <t>Algoritmik Toplum ve Medya</t>
         </is>
       </c>
       <c r="C728" s="1">
-        <v>150</v>
+        <v>470</v>
       </c>
     </row>
     <row r="729" spans="1:3">
       <c r="A729" s="1" t="inlineStr">
         <is>
-          <t>9786254335679</t>
+          <t>9786254338601</t>
         </is>
       </c>
       <c r="B729" s="1" t="inlineStr">
         <is>
-          <t>Eğitim ve Gelişim Psikolojisinde Güncel Konular</t>
+          <t>Genişletilmiş Heckscher - Ohlin - Vanek Modeli - Dünya Faktör Ticareti Analizi</t>
         </is>
       </c>
       <c r="C729" s="1">
-        <v>200</v>
+        <v>295</v>
       </c>
     </row>
     <row r="730" spans="1:3">
       <c r="A730" s="1" t="inlineStr">
         <is>
-          <t>9786253939168</t>
+          <t>9786253980306</t>
         </is>
       </c>
       <c r="B730" s="1" t="inlineStr">
         <is>
-          <t>Afrika’da Bölgesel Güvenlik ve Terör</t>
+          <t>Asya’daki Güç Mücadelesi Bağlamında Gelişen Rusya-çin İlişkileri</t>
         </is>
       </c>
       <c r="C730" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="731" spans="1:3">
       <c r="A731" s="1" t="inlineStr">
         <is>
-          <t>9786253937904</t>
+          <t>9786253980238</t>
         </is>
       </c>
       <c r="B731" s="1" t="inlineStr">
         <is>
-          <t>Mersin Balığı Yetiştiriciliği</t>
+          <t>Dijital Dönüşüm ve Liderlik</t>
         </is>
       </c>
       <c r="C731" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="732" spans="1:3">
       <c r="A732" s="1" t="inlineStr">
         <is>
-          <t>9786254338533</t>
+          <t>9786254337918</t>
         </is>
       </c>
       <c r="B732" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İnsan Kaynakları Yönetimi UİKY) - Uygulama Ve Örnekler</t>
+          <t>İletişimde Büyük Veri</t>
         </is>
       </c>
       <c r="C732" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="733" spans="1:3">
       <c r="A733" s="1" t="inlineStr">
         <is>
-          <t>9786253939298</t>
+          <t>9786254339714</t>
         </is>
       </c>
       <c r="B733" s="1" t="inlineStr">
         <is>
-          <t>Investigating Unıversity Youth’s Awareness of Artificial Intelligence Applications</t>
+          <t>Dijital Öykü ile Metin Temelli Dil Bilgisi Öğretimi: Pragmatik ve Yarı Deneysel Bir Çalışma</t>
         </is>
       </c>
       <c r="C733" s="1">
-        <v>260</v>
+        <v>165</v>
       </c>
     </row>
     <row r="734" spans="1:3">
       <c r="A734" s="1" t="inlineStr">
         <is>
-          <t>9786253937034</t>
+          <t>9786253980146</t>
         </is>
       </c>
       <c r="B734" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde Ekonomik Değerlendirme Yöntemleri</t>
+          <t>Ali Ulvi Darıverenli ve Denizli Yazıları</t>
         </is>
       </c>
       <c r="C734" s="1">
-        <v>135</v>
+        <v>170</v>
       </c>
     </row>
     <row r="735" spans="1:3">
       <c r="A735" s="1" t="inlineStr">
         <is>
-          <t>9786253939489</t>
+          <t>9786253980061</t>
         </is>
       </c>
       <c r="B735" s="1" t="inlineStr">
         <is>
-          <t>Sokak Fiziksel Öz Savunma Sistemi</t>
+          <t>Seneca’nın Etiğinde Ölüm</t>
         </is>
       </c>
       <c r="C735" s="1">
-        <v>300</v>
+        <v>170</v>
       </c>
     </row>
     <row r="736" spans="1:3">
       <c r="A736" s="1" t="inlineStr">
         <is>
-          <t>9786253938031</t>
+          <t>9786254339493</t>
         </is>
       </c>
       <c r="B736" s="1" t="inlineStr">
         <is>
-          <t>Bankacılık Hizmetlerinde Müşteri Bağlılığını Artıran Faktörler</t>
+          <t>Greko - Baktriya ve Eski Türk Hukuk Belgeleri</t>
         </is>
       </c>
       <c r="C736" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="737" spans="1:3">
       <c r="A737" s="1" t="inlineStr">
         <is>
-          <t>9786253939465</t>
+          <t>9786253980283</t>
         </is>
       </c>
       <c r="B737" s="1" t="inlineStr">
         <is>
-          <t>Öğretmen Eğitiminde Uygulama ve İnceleme Döngüleri</t>
+          <t>Nöropazarlama</t>
         </is>
       </c>
       <c r="C737" s="1">
-        <v>90</v>
+        <v>280</v>
       </c>
     </row>
     <row r="738" spans="1:3">
       <c r="A738" s="1" t="inlineStr">
         <is>
-          <t>9786253937812</t>
+          <t>9786254337727</t>
         </is>
       </c>
       <c r="B738" s="1" t="inlineStr">
         <is>
-          <t>Yaşlıların Sosyal Dışlanma Algısı - Sosyolojik Bir Analiz</t>
+          <t>İslam İktisadında Güncel Konular - Teori Ve Uygulama</t>
         </is>
       </c>
       <c r="C738" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="739" spans="1:3">
       <c r="A739" s="1" t="inlineStr">
         <is>
-          <t>9786253939380</t>
+          <t>9786254336935</t>
         </is>
       </c>
       <c r="B739" s="1" t="inlineStr">
         <is>
-          <t>Afgan Göçmenlerin Türkiye’den Memnuniyetinin Belirleyicileri</t>
+          <t>Sertleşme Bozukluğuna Son - 10 Adımda Maksimum Performans</t>
         </is>
       </c>
       <c r="C739" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="740" spans="1:3">
       <c r="A740" s="1" t="inlineStr">
         <is>
-          <t>9786253937218</t>
+          <t>9786254339097</t>
         </is>
       </c>
       <c r="B740" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Bankacılıktan Dijital Bankacılığa Değişim Süreci</t>
+          <t>Köpekler İçin 3D Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C740" s="1">
-        <v>180</v>
+        <v>305</v>
       </c>
     </row>
     <row r="741" spans="1:3">
       <c r="A741" s="1" t="inlineStr">
         <is>
-          <t>9786253939236</t>
+          <t>9786254338717</t>
         </is>
       </c>
       <c r="B741" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Z Kuşağı Bireylerin Kimlik İnşası ve Sunumu</t>
+          <t>Osmanlı Arşiv Kaynaklarına Göre Yunan Salib-i Ahmer Cemiyetinin (Kızılhaç’ın) Karanlık Yüzü (1919-1923)</t>
         </is>
       </c>
       <c r="C741" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="742" spans="1:3">
       <c r="A742" s="1" t="inlineStr">
         <is>
-          <t>9786253989989</t>
+          <t>9786254339127</t>
         </is>
       </c>
       <c r="B742" s="1" t="inlineStr">
         <is>
-          <t>İlköğretimde Kolay Aritmetik İşlemler</t>
+          <t>Yakınından Geçilen Kent Niğde</t>
         </is>
       </c>
       <c r="C742" s="1">
-        <v>200</v>
+        <v>180</v>
       </c>
     </row>
     <row r="743" spans="1:3">
       <c r="A743" s="1" t="inlineStr">
         <is>
-          <t>9786253939243</t>
+          <t>9786254339691</t>
         </is>
       </c>
       <c r="B743" s="1" t="inlineStr">
         <is>
-          <t>Teknolojlik Determinizm - Geleceğe Bakış ve Çok Boyutlu Analiz - II</t>
+          <t>Eğitim Politikası ve Öğretim Yöntemleri</t>
         </is>
       </c>
       <c r="C743" s="1">
-        <v>230</v>
+        <v>170</v>
       </c>
     </row>
     <row r="744" spans="1:3">
       <c r="A744" s="1" t="inlineStr">
         <is>
-          <t>9786254335853</t>
+          <t>9786254338847</t>
         </is>
       </c>
       <c r="B744" s="1" t="inlineStr">
         <is>
-          <t>Türk Kamu Yönetiminde Stratejik Yönetim ve Stratejik Planlama</t>
+          <t>Uluslararası Nükleer Silahların Yayılmasını Önleme Rejimi</t>
         </is>
       </c>
       <c r="C744" s="1">
-        <v>205</v>
+        <v>365</v>
       </c>
     </row>
     <row r="745" spans="1:3">
       <c r="A745" s="1" t="inlineStr">
         <is>
-          <t>9786253936938</t>
+          <t>9786254338779</t>
         </is>
       </c>
       <c r="B745" s="1" t="inlineStr">
         <is>
-          <t>Another Scenarıo “Musıc” - A Philosophical and Interdisciplinary Approach to the Use of Images and Music</t>
+          <t>Liberal Demokrasi ve Adalet ve Kalkınma Partisi: 2003 - 2018</t>
         </is>
       </c>
       <c r="C745" s="1">
-        <v>120</v>
+        <v>290</v>
       </c>
     </row>
     <row r="746" spans="1:3">
       <c r="A746" s="1" t="inlineStr">
         <is>
-          <t>9786253937836</t>
+          <t>9786254338083</t>
         </is>
       </c>
       <c r="B746" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in 100. Yılında Türkiye’de Eğitim Yönetimi Alanının Gelişimi - İnceleme ve Değerlendirme</t>
+          <t>Cinsiyetle Giydirilmiş Bedenler</t>
         </is>
       </c>
       <c r="C746" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="747" spans="1:3">
       <c r="A747" s="1" t="inlineStr">
         <is>
-          <t>9786254336362</t>
+          <t>9786254337642</t>
         </is>
       </c>
       <c r="B747" s="1" t="inlineStr">
         <is>
-          <t>Bir Medeniyet Ürünü Olarak Zeytin</t>
+          <t>Gayrimenkul Yatırım Ortaklığı Getirilerini Etkileyen Faktörlerle İlgili Olarak - Borsa İstanbul Üzerine Bir Uygulama</t>
         </is>
       </c>
       <c r="C747" s="1">
-        <v>290</v>
+        <v>215</v>
       </c>
     </row>
     <row r="748" spans="1:3">
       <c r="A748" s="1" t="inlineStr">
         <is>
-          <t>9786253939120</t>
+          <t>9786254339448</t>
         </is>
       </c>
       <c r="B748" s="1" t="inlineStr">
         <is>
-          <t>Dijital Diplomasi Politikaları</t>
+          <t>Güreş ve Kondisyonel Özellikler</t>
         </is>
       </c>
       <c r="C748" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="749" spans="1:3">
       <c r="A749" s="1" t="inlineStr">
         <is>
-          <t>9786253933913</t>
+          <t>9786254337512</t>
         </is>
       </c>
       <c r="B749" s="1" t="inlineStr">
         <is>
-          <t>Mekân Çevre Kültür</t>
+          <t>Kaliteli Yaşlanma ve Terapötik Rekreasyon</t>
         </is>
       </c>
       <c r="C749" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="750" spans="1:3">
       <c r="A750" s="1" t="inlineStr">
         <is>
-          <t>9786253980771</t>
+          <t>9786254336720</t>
         </is>
       </c>
       <c r="B750" s="1" t="inlineStr">
         <is>
-          <t>Kayak - Tarihi Ve Güvenlik Uygulamaları</t>
+          <t>Hoca Mesud'un Dilinden Ferhengname-yi Sa'di</t>
         </is>
       </c>
       <c r="C750" s="1">
-        <v>175</v>
+        <v>320</v>
       </c>
     </row>
     <row r="751" spans="1:3">
       <c r="A751" s="1" t="inlineStr">
         <is>
-          <t>9786254330483</t>
+          <t>9786254338229</t>
         </is>
       </c>
       <c r="B751" s="1" t="inlineStr">
         <is>
-          <t>Assessment Center - Değerlendirme Merkezi Uygulamaları</t>
+          <t>Toplumsal Kurumlara Sosyolojiden Bakmak - Dünü, Bugünü Ve Yarını</t>
         </is>
       </c>
       <c r="C751" s="1">
-        <v>315</v>
+        <v>205</v>
       </c>
     </row>
     <row r="752" spans="1:3">
       <c r="A752" s="1" t="inlineStr">
         <is>
-          <t>9786253938949</t>
+          <t>9786254337390</t>
         </is>
       </c>
       <c r="B752" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Estetik Emek Pratikleri</t>
+          <t>İşletmelerde Duygu Yönetimi</t>
         </is>
       </c>
       <c r="C752" s="1">
-        <v>230</v>
+        <v>270</v>
       </c>
     </row>
     <row r="753" spans="1:3">
       <c r="A753" s="1" t="inlineStr">
         <is>
-          <t>9786253938994</t>
+          <t>9786254337628</t>
         </is>
       </c>
       <c r="B753" s="1" t="inlineStr">
         <is>
-          <t>Revizeli Ses Esaslı İlkokuma Yazma Öğretimi</t>
+          <t>Abd Grand Stratejisi - Tarihsel Gelişimi Ve Orta Doğu İle Türkiye’ye Etkisi</t>
         </is>
       </c>
       <c r="C753" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="754" spans="1:3">
       <c r="A754" s="1" t="inlineStr">
         <is>
-          <t>9786253936624</t>
+          <t>9786254338045</t>
         </is>
       </c>
       <c r="B754" s="1" t="inlineStr">
         <is>
-          <t>XX. Yüzyıl Türk Tasavvufunda Entelektüel Tavır: Kenan Rifai Örneği</t>
+          <t>İç Güvenlik İstihbaratında Sosyal Ağ Analizi</t>
         </is>
       </c>
       <c r="C754" s="1">
-        <v>360</v>
+        <v>150</v>
       </c>
     </row>
     <row r="755" spans="1:3">
       <c r="A755" s="1" t="inlineStr">
         <is>
-          <t>9786254338540</t>
+          <t>9786254337932</t>
         </is>
       </c>
       <c r="B755" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Uygulamaya Türkçe Eğitiminde Bibliyoterapi</t>
+          <t>Türkiye Türkçesinde Oya ve Dantel El Sanatları ile İlgili Söz Varlığı</t>
         </is>
       </c>
       <c r="C755" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="756" spans="1:3">
       <c r="A756" s="1" t="inlineStr">
         <is>
-          <t>9786052149416</t>
+          <t>9786254337697</t>
         </is>
       </c>
       <c r="B756" s="1" t="inlineStr">
         <is>
-          <t>Reçete ve Tarfiler ile Kıbrıs Türk Mutfağı</t>
+          <t>Türkiye’de Sosyal Yardımların Sosyal Refah Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C756" s="1">
-        <v>315</v>
+        <v>215</v>
       </c>
     </row>
     <row r="757" spans="1:3">
       <c r="A757" s="1" t="inlineStr">
         <is>
-          <t>9786253937669</t>
+          <t>9786254338502</t>
         </is>
       </c>
       <c r="B757" s="1" t="inlineStr">
         <is>
-          <t>İlk Okuma Yazma Öğretiminde DNA Modeli</t>
+          <t>Gömülü Teori Araştırması Sosyal İçerme Modeli - Konya Tatlıcak Mahallesi Örneği</t>
         </is>
       </c>
       <c r="C757" s="1">
-        <v>275</v>
+        <v>205</v>
       </c>
     </row>
     <row r="758" spans="1:3">
       <c r="A758" s="1" t="inlineStr">
         <is>
-          <t>9786253937294</t>
+          <t>9786254338113</t>
         </is>
       </c>
       <c r="B758" s="1" t="inlineStr">
         <is>
-          <t>E-Spor ve Liderlik</t>
+          <t>Duyusal Markalamada Tutum ve Algı</t>
         </is>
       </c>
       <c r="C758" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="759" spans="1:3">
       <c r="A759" s="1" t="inlineStr">
         <is>
-          <t>9786253937560</t>
+          <t>9786254336751</t>
         </is>
       </c>
       <c r="B759" s="1" t="inlineStr">
         <is>
-          <t>Women In British Travel Writing</t>
+          <t>Eğitimde Özerklik - Kuram ve Uygulama</t>
         </is>
       </c>
       <c r="C759" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="760" spans="1:3">
       <c r="A760" s="1" t="inlineStr">
         <is>
-          <t>9786253937096</t>
+          <t>9786254337826</t>
         </is>
       </c>
       <c r="B760" s="1" t="inlineStr">
         <is>
-          <t>Yüz Yıllık Cumhuriyet ve Toplum</t>
+          <t>Bölgesel ve Küresel Gelişmeler Işığında Uluslararası Göçler</t>
         </is>
       </c>
       <c r="C760" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="761" spans="1:3">
       <c r="A761" s="1" t="inlineStr">
         <is>
-          <t>9786253938055</t>
+          <t>9786254337284</t>
         </is>
       </c>
       <c r="B761" s="1" t="inlineStr">
         <is>
-          <t>Historical Crime Fiction</t>
+          <t>Bir Sosyal Hizmet Kurumu Olarak Darüleytam</t>
         </is>
       </c>
       <c r="C761" s="1">
-        <v>150</v>
+        <v>340</v>
       </c>
     </row>
     <row r="762" spans="1:3">
       <c r="A762" s="1" t="inlineStr">
         <is>
-          <t>9786253937645</t>
+          <t>9786254337246</t>
         </is>
       </c>
       <c r="B762" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Bütçe Dağılımı</t>
+          <t>İslami Finansal Kurumlar Üzerine Güncel Teorik ve Uygulamalı Çalışmalar</t>
         </is>
       </c>
       <c r="C762" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="763" spans="1:3">
       <c r="A763" s="1" t="inlineStr">
         <is>
-          <t>9786253937010</t>
+          <t>9786057302922</t>
         </is>
       </c>
       <c r="B763" s="1" t="inlineStr">
         <is>
-          <t>Sanat ve Siyaset Bağlamında Film Festivalleri</t>
+          <t>Lojistik Merkezler - Sosyoekonomik ve Pazarlama Açısından Değerlendirme</t>
         </is>
       </c>
       <c r="C763" s="1">
-        <v>175</v>
+        <v>145</v>
       </c>
     </row>
     <row r="764" spans="1:3">
       <c r="A764" s="1" t="inlineStr">
         <is>
-          <t>9786253981242</t>
+          <t>9786254337499</t>
         </is>
       </c>
       <c r="B764" s="1" t="inlineStr">
         <is>
-          <t>Eğitsel Oyun</t>
+          <t>Nükleer Güç Santrallerinin Güvenlik İlkeleri - Tasarım, Devreye Alma, İşletim ve İşletmeden Çıkarma</t>
         </is>
       </c>
       <c r="C764" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="765" spans="1:3">
       <c r="A765" s="1" t="inlineStr">
         <is>
-          <t>9786253985295</t>
+          <t>9786254336317</t>
         </is>
       </c>
       <c r="B765" s="1" t="inlineStr">
         <is>
-          <t>6 Şubat 2023 Kahramanmaraş Depremleri Raporu</t>
+          <t>Mod Birleştirme Yöntemi ile Bina Yapısal Analizi (SAP2000 Uygulamalı)</t>
         </is>
       </c>
       <c r="C765" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="766" spans="1:3">
       <c r="A766" s="1" t="inlineStr">
         <is>
-          <t>9786253937171</t>
+          <t>9786254336676</t>
         </is>
       </c>
       <c r="B766" s="1" t="inlineStr">
         <is>
-          <t>Takipteki Alacaklar ve Türk Bankacılık Sektörü</t>
+          <t>Liderliğin Dönüşümü - Postmodern Liderlik Teorileri</t>
         </is>
       </c>
       <c r="C766" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="767" spans="1:3">
       <c r="A767" s="1" t="inlineStr">
         <is>
-          <t>9786253938130</t>
+          <t>9786254336980</t>
         </is>
       </c>
       <c r="B767" s="1" t="inlineStr">
         <is>
-          <t>Çevresel Açıdan Sektörel Atık Yönetimi ve Uygulamaları IV</t>
+          <t>Siyasi Aktörlerin İletilerinde Korkunun Üretimi ve Yayılımında Kitle Medyasının Etkisi</t>
         </is>
       </c>
       <c r="C767" s="1">
-        <v>160</v>
+        <v>365</v>
       </c>
     </row>
     <row r="768" spans="1:3">
       <c r="A768" s="1" t="inlineStr">
         <is>
-          <t>9786253938116</t>
+          <t>9786254336188</t>
         </is>
       </c>
       <c r="B768" s="1" t="inlineStr">
         <is>
-          <t>Çevresel Açıdan Sektörel Atık Yönetimi ve Uygulamaları III</t>
+          <t>Reklam ve Halkla İlişkilerin Marka Değerine Etkisi</t>
         </is>
       </c>
       <c r="C768" s="1">
-        <v>220</v>
+        <v>245</v>
       </c>
     </row>
     <row r="769" spans="1:3">
       <c r="A769" s="1" t="inlineStr">
         <is>
-          <t>9786253936662</t>
+          <t>9786254337116</t>
         </is>
       </c>
       <c r="B769" s="1" t="inlineStr">
         <is>
-          <t>Alevi Kimliği ve Din Eğitimi</t>
+          <t>Ruhsal Hastalık, Sosyal İçerme ve İstihdam</t>
         </is>
       </c>
       <c r="C769" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="770" spans="1:3">
       <c r="A770" s="1" t="inlineStr">
         <is>
-          <t>9786253937348</t>
+          <t>9786254336164</t>
         </is>
       </c>
       <c r="B770" s="1" t="inlineStr">
         <is>
-          <t>Hava Yolları Hesapları Üzerinden İnstagram’da Kültürel Boyutları Okumak</t>
+          <t>Küçük ve Orta Ölçekli İşletmelerde Uluslararasılaşma</t>
         </is>
       </c>
       <c r="C770" s="1">
-        <v>275</v>
+        <v>215</v>
       </c>
     </row>
     <row r="771" spans="1:3">
       <c r="A771" s="1" t="inlineStr">
         <is>
-          <t>9786253937461</t>
+          <t>9786254337369</t>
         </is>
       </c>
       <c r="B771" s="1" t="inlineStr">
         <is>
-          <t>Aile Şirketlerinde Kurumsallaşma, Stratejik Yönetim ve Çağdaş Liderlik Uygulamaları</t>
+          <t>Toplumun Medyatik İnşası ve Göç</t>
         </is>
       </c>
       <c r="C771" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="772" spans="1:3">
       <c r="A772" s="1" t="inlineStr">
         <is>
-          <t>9786253937713</t>
+          <t>9786254335129</t>
         </is>
       </c>
       <c r="B772" s="1" t="inlineStr">
         <is>
-          <t>Eski Harfli Türkçe Matematik Biyo-Bibliyografyası (1900-1928)</t>
+          <t>Uluslararası Pazarlamada Rekabet İstihbaratı</t>
         </is>
       </c>
       <c r="C772" s="1">
-        <v>850</v>
+        <v>215</v>
       </c>
     </row>
     <row r="773" spans="1:3">
       <c r="A773" s="1" t="inlineStr">
         <is>
-          <t>9786253937799</t>
+          <t>9786254336461</t>
         </is>
       </c>
       <c r="B773" s="1" t="inlineStr">
         <is>
-          <t>Yaşlılıkta Çift İlişkisi - Aile Odaklı Sosyal Hizmet Müdahalesi</t>
+          <t>Multidisipliner Bakış Açısı İle Kentsel Yaşam Kalitesinin Analizi</t>
         </is>
       </c>
       <c r="C773" s="1">
-        <v>225</v>
+        <v>270</v>
       </c>
     </row>
     <row r="774" spans="1:3">
       <c r="A774" s="1" t="inlineStr">
         <is>
-          <t>9786253937119</t>
+          <t>9786254336379</t>
         </is>
       </c>
       <c r="B774" s="1" t="inlineStr">
         <is>
-          <t>Özgürlüğün Esiri - Ahmadou Bamba</t>
+          <t>Türkıye'de İç Göç Ve Toplumsal Değerler (Kahramankazan Örneği)</t>
         </is>
       </c>
       <c r="C774" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="775" spans="1:3">
       <c r="A775" s="1" t="inlineStr">
         <is>
-          <t>9786253985998</t>
+          <t>9786254337437</t>
         </is>
       </c>
       <c r="B775" s="1" t="inlineStr">
         <is>
-          <t>Metaverse ve Yapay Zeka</t>
+          <t>Tüketici Davranışlarında Makro Trendler</t>
         </is>
       </c>
       <c r="C775" s="1">
-        <v>275</v>
+        <v>505</v>
       </c>
     </row>
     <row r="776" spans="1:3">
       <c r="A776" s="1" t="inlineStr">
         <is>
-          <t>9786253936860</t>
+          <t>9786254335693</t>
         </is>
       </c>
       <c r="B776" s="1" t="inlineStr">
         <is>
-          <t>Takım Sporlarında İDİ-İletişim Yöntemi</t>
+          <t>5 Seyyah 5 Hikaye - Aileden Devlete Osmanlı Hayat Modeli</t>
         </is>
       </c>
       <c r="C776" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="777" spans="1:3">
       <c r="A777" s="1" t="inlineStr">
         <is>
-          <t>9786253937423</t>
+          <t>9786254337192</t>
         </is>
       </c>
       <c r="B777" s="1" t="inlineStr">
         <is>
-          <t>Afetistan’da Doğrunun Peşinde</t>
+          <t>Sanal Dünya Sosyal Medyada Metalar Ve Metaverse</t>
         </is>
       </c>
       <c r="C777" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="778" spans="1:3">
       <c r="A778" s="1" t="inlineStr">
         <is>
-          <t>9786253935290</t>
+          <t>9786254337154</t>
         </is>
       </c>
       <c r="B778" s="1" t="inlineStr">
         <is>
-          <t>Teknolojinin Gücü</t>
+          <t>Ukrayna - Kimlik, Siyaset, Dış Politika</t>
         </is>
       </c>
       <c r="C778" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="779" spans="1:3">
       <c r="A779" s="1" t="inlineStr">
         <is>
-          <t>9786253937584</t>
+          <t>9786254336775</t>
         </is>
       </c>
       <c r="B779" s="1" t="inlineStr">
         <is>
-          <t>Tübüler Membran Filtrasyon (Cilt II)</t>
+          <t>Çipler Artık Vücudumuzda</t>
         </is>
       </c>
       <c r="C779" s="1">
-        <v>130</v>
+        <v>195</v>
       </c>
     </row>
     <row r="780" spans="1:3">
       <c r="A780" s="1" t="inlineStr">
         <is>
-          <t>9786253937195</t>
+          <t>9786254334788</t>
         </is>
       </c>
       <c r="B780" s="1" t="inlineStr">
         <is>
-          <t>Avrupa ve Türkiye Eğitim Sistemleri</t>
+          <t>Pazarlamanın Dijital Halleri</t>
         </is>
       </c>
       <c r="C780" s="1">
-        <v>285</v>
+        <v>425</v>
       </c>
     </row>
     <row r="781" spans="1:3">
       <c r="A781" s="1" t="inlineStr">
         <is>
-          <t>9786253937324</t>
+          <t>9786254336812</t>
         </is>
       </c>
       <c r="B781" s="1" t="inlineStr">
         <is>
-          <t>Pandora'nın Kutusu Açılıyor</t>
+          <t>Uluslararası Güvenlik Bağlamında Uzay Güvenliği</t>
         </is>
       </c>
       <c r="C781" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="782" spans="1:3">
       <c r="A782" s="1" t="inlineStr">
         <is>
-          <t>9786253936303</t>
+          <t>9786254336560</t>
         </is>
       </c>
       <c r="B782" s="1" t="inlineStr">
         <is>
-          <t>Okul Eğitiminin İflası</t>
+          <t>Jeopolitik Teoriler Ve Riskler Işığında Bankacılık Sektörü Brıcs Ve Türkiye Örneği</t>
         </is>
       </c>
       <c r="C782" s="1">
-        <v>175</v>
+        <v>240</v>
       </c>
     </row>
     <row r="783" spans="1:3">
       <c r="A783" s="1" t="inlineStr">
         <is>
-          <t>9786253937508</t>
+          <t>9786254336003</t>
         </is>
       </c>
       <c r="B783" s="1" t="inlineStr">
         <is>
-          <t>Modern Dünyaya Nebevi Dokunuş - Hz. Peygamber’e Dair Akademik Çalışmalar (Disiplinlerarası Yaklaşım)</t>
+          <t>Büyük Güçlerin Savaş Diplomasisi</t>
         </is>
       </c>
       <c r="C783" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="784" spans="1:3">
       <c r="A784" s="1" t="inlineStr">
         <is>
-          <t>9786253936259</t>
+          <t>9786254336393</t>
         </is>
       </c>
       <c r="B784" s="1" t="inlineStr">
         <is>
-          <t>Yenilik ve Girişimcilikte Dijitalleşme - Gelişmekte Olan Ülkeler Perspektifi</t>
+          <t>A Study on Consumer Decision-Making Process for Life Insurance Services in the 1990's</t>
         </is>
       </c>
       <c r="C784" s="1">
-        <v>130</v>
+        <v>150</v>
       </c>
     </row>
     <row r="785" spans="1:3">
       <c r="A785" s="1" t="inlineStr">
         <is>
-          <t>9786254338892</t>
+          <t>9786254335631</t>
         </is>
       </c>
       <c r="B785" s="1" t="inlineStr">
         <is>
-          <t>Mübadelenin Mimari Kültürü - Sürmeli</t>
+          <t>Küresel Dünyada Uluslararası Örgütler ve Güvenlik Algısı</t>
         </is>
       </c>
       <c r="C785" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="786" spans="1:3">
       <c r="A786" s="1" t="inlineStr">
         <is>
-          <t>9786253938970</t>
+          <t>9786254335020</t>
         </is>
       </c>
       <c r="B786" s="1" t="inlineStr">
         <is>
-          <t>Umuyorduk - Kadın Konukevinden Ayrılan Kadınların Ayrılış Dinamikleri: Diyarbakır Örneği</t>
+          <t>Asya’da Devlet Ve Askeri Darbeler - Ekonomik, Toplumsal Ve Siyasal Değişim</t>
         </is>
       </c>
       <c r="C786" s="1">
-        <v>140</v>
+        <v>290</v>
       </c>
     </row>
     <row r="787" spans="1:3">
       <c r="A787" s="1" t="inlineStr">
         <is>
-          <t>9786253936976</t>
+          <t>9786254336423</t>
         </is>
       </c>
       <c r="B787" s="1" t="inlineStr">
         <is>
-          <t>Uygarlıklar Dünyası</t>
+          <t>Finans 4.0</t>
         </is>
       </c>
       <c r="C787" s="1">
-        <v>200</v>
+        <v>170</v>
       </c>
     </row>
     <row r="788" spans="1:3">
       <c r="A788" s="1" t="inlineStr">
         <is>
-          <t>9786253937621</t>
+          <t>9786254336645</t>
         </is>
       </c>
       <c r="B788" s="1" t="inlineStr">
         <is>
-          <t>Rumeli’den Anadolu’ya Tarihten Günümüze Tüm Yönleriyle Kaletepe, Namıdiğer Kesiriç Köyü</t>
+          <t>Finansal Hile Ve Manipülasyonların Değerlendirilmesinde Veri Madenciliği Tekniklerinin Kullanımı</t>
         </is>
       </c>
       <c r="C788" s="1">
-        <v>350</v>
+        <v>270</v>
       </c>
     </row>
     <row r="789" spans="1:3">
       <c r="A789" s="1" t="inlineStr">
         <is>
-          <t>9786253932992</t>
+          <t>9786254335983</t>
         </is>
       </c>
       <c r="B789" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Değişim ve Gelişim I / Siyaset-İşletme Arasında</t>
+          <t>Digital Storytelling Als Methode</t>
         </is>
       </c>
       <c r="C789" s="1">
-        <v>115</v>
+        <v>195</v>
       </c>
     </row>
     <row r="790" spans="1:3">
       <c r="A790" s="1" t="inlineStr">
         <is>
-          <t>9786253982324</t>
+          <t>9786254335969</t>
         </is>
       </c>
       <c r="B790" s="1" t="inlineStr">
         <is>
-          <t>Latans Dönemi ve Projektif Testler</t>
+          <t>Pazarlamada Dijital Dönüşüm</t>
         </is>
       </c>
       <c r="C790" s="1">
-        <v>135</v>
+        <v>530</v>
       </c>
     </row>
     <row r="791" spans="1:3">
       <c r="A791" s="1" t="inlineStr">
         <is>
-          <t>9786253936686</t>
+          <t>9786254336126</t>
         </is>
       </c>
       <c r="B791" s="1" t="inlineStr">
         <is>
-          <t>Küresel Müzakerenin Yeni Formu Dijital Aktivizm</t>
+          <t>Bilgi, İktidar ve Politika Alanının İnşası</t>
         </is>
       </c>
       <c r="C791" s="1">
-        <v>230</v>
+        <v>280</v>
       </c>
     </row>
     <row r="792" spans="1:3">
       <c r="A792" s="1" t="inlineStr">
         <is>
-          <t>9786253936440</t>
+          <t>9786254335082</t>
         </is>
       </c>
       <c r="B792" s="1" t="inlineStr">
         <is>
-          <t>Genç Yoksulluğu</t>
+          <t>Savaşı Anlamak - Disiplinlerarası Yaklaşımlar</t>
         </is>
       </c>
       <c r="C792" s="1">
-        <v>200</v>
+        <v>255</v>
       </c>
     </row>
     <row r="793" spans="1:3">
       <c r="A793" s="1" t="inlineStr">
         <is>
-          <t>9786253937881</t>
+          <t>9786254335471</t>
         </is>
       </c>
       <c r="B793" s="1" t="inlineStr">
         <is>
-          <t>Eş Zamanlı Dijital Sahne: Cıneopera</t>
+          <t>Dijital Evrenin Yeni İletişim Kodları II</t>
         </is>
       </c>
       <c r="C793" s="1">
-        <v>190</v>
+        <v>295</v>
       </c>
     </row>
     <row r="794" spans="1:3">
       <c r="A794" s="1" t="inlineStr">
         <is>
-          <t>9786253936495</t>
+          <t>9786254335907</t>
         </is>
       </c>
       <c r="B794" s="1" t="inlineStr">
         <is>
-          <t>Anscombe - Modern Ahlak Felsefesi Eleştirisi ve Niyet - Eylem Teorisi</t>
+          <t>Reality Beyond Postmodernism - Re-thinking Of The American Dream İn David Foster Wallace’s Writings</t>
         </is>
       </c>
       <c r="C794" s="1">
-        <v>140</v>
+        <v>215</v>
       </c>
     </row>
     <row r="795" spans="1:3">
       <c r="A795" s="1" t="inlineStr">
         <is>
-          <t>9786257932448</t>
+          <t>9786254335518</t>
         </is>
       </c>
       <c r="B795" s="1" t="inlineStr">
         <is>
-          <t>Hibrit Savaşlar</t>
+          <t>Çocuk Ve Tüketim - Çocukların Tüketici Bireyler Olarak Sosyalleşmeleri</t>
         </is>
       </c>
       <c r="C795" s="1">
-        <v>315</v>
+        <v>245</v>
       </c>
     </row>
     <row r="796" spans="1:3">
       <c r="A796" s="1" t="inlineStr">
         <is>
-          <t>9786253936068</t>
+          <t>9786254332951</t>
         </is>
       </c>
       <c r="B796" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Senaryo Müzik - Görüntü ve Müzik Kullanımına Felsefi ve Disiplinlerarası Bir Yaklaşım</t>
+          <t>Ulaşım Coğrafyasının Prensipleri Ve Türkiye Ulaşım Coğrafyası</t>
         </is>
       </c>
       <c r="C796" s="1">
-        <v>100</v>
+        <v>595</v>
       </c>
     </row>
     <row r="797" spans="1:3">
       <c r="A797" s="1" t="inlineStr">
         <is>
-          <t>9786253936143</t>
+          <t>9786254334061</t>
         </is>
       </c>
       <c r="B797" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Çağında Tüketici Davranışı - Dijital Profiller ve Büyük Verinin Etkisi</t>
+          <t>Spor Bilimlerinde İletişim</t>
         </is>
       </c>
       <c r="C797" s="1">
-        <v>240</v>
+        <v>215</v>
       </c>
     </row>
     <row r="798" spans="1:3">
       <c r="A798" s="1" t="inlineStr">
         <is>
-          <t>9786257203937</t>
+          <t>9786254334207</t>
         </is>
       </c>
       <c r="B798" s="1" t="inlineStr">
         <is>
-          <t>Farmakoepidemiyoloji</t>
+          <t>Avrupa Birliği Ülkelerinde Ve Türkiye’de İşverenin İş Sağlığı Ve Güvenliği Eğitimi Yükümlülüğü</t>
         </is>
       </c>
       <c r="C798" s="1">
-        <v>365</v>
+        <v>215</v>
       </c>
     </row>
     <row r="799" spans="1:3">
       <c r="A799" s="1" t="inlineStr">
         <is>
-          <t>9786253931254</t>
+          <t>9786254335068</t>
         </is>
       </c>
       <c r="B799" s="1" t="inlineStr">
         <is>
-          <t>İmranlı (Ümraniye) Boğazören Köyü Eski Mezarlık’taki Taş Sandukalar ve Koçgiri Mezar Taşları Üzerine Değerlendirme</t>
+          <t>Basra Körfezi’nde Tarihsel Dinamikler Ve Güvenlikleştirme</t>
         </is>
       </c>
       <c r="C799" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="800" spans="1:3">
       <c r="A800" s="1" t="inlineStr">
         <is>
-          <t>9786253931193</t>
+          <t>9786254332449</t>
         </is>
       </c>
       <c r="B800" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze İktisat, Maliye ve Sosyal Kurumlar</t>
+          <t>Jeopolitikten Astropolitiğe</t>
         </is>
       </c>
       <c r="C800" s="1">
-        <v>195</v>
+        <v>565</v>
       </c>
     </row>
     <row r="801" spans="1:3">
       <c r="A801" s="1" t="inlineStr">
         <is>
-          <t>9786253989415</t>
+          <t>9786254334511</t>
         </is>
       </c>
       <c r="B801" s="1" t="inlineStr">
         <is>
-          <t>Blockchain ve Nesnelerin İnterneti - Alan Uygulamaları-2</t>
+          <t>Dionysosçu Nietzsche Apolloncu Sokrates'e Karşı</t>
         </is>
       </c>
       <c r="C801" s="1">
         <v>180</v>
       </c>
     </row>
     <row r="802" spans="1:3">
       <c r="A802" s="1" t="inlineStr">
         <is>
-          <t>9786253989101</t>
+          <t>9786254334177</t>
         </is>
       </c>
       <c r="B802" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliği Siyaseti Riskler, Fırsatlar ve Yeni Vizyonlar</t>
+          <t>Türkiye’de Kurumsal Sosyal Sorumluluk ve Kurumsal İtibar</t>
         </is>
       </c>
       <c r="C802" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="803" spans="1:3">
       <c r="A803" s="1" t="inlineStr">
         <is>
-          <t>9786253989538</t>
+          <t>9786254333781</t>
         </is>
       </c>
       <c r="B803" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Farkındalık ve Turizm</t>
+          <t>Ulusal Ve Uluslararası Boyutlarıyla Göç</t>
         </is>
       </c>
       <c r="C803" s="1">
-        <v>165</v>
+        <v>320</v>
       </c>
     </row>
     <row r="804" spans="1:3">
       <c r="A804" s="1" t="inlineStr">
         <is>
-          <t>9786253989644</t>
+          <t>9786254334344</t>
         </is>
       </c>
       <c r="B804" s="1" t="inlineStr">
         <is>
-          <t>Fundamentals of Matlab For Economic Modelling</t>
+          <t>Türkiye'de Reel Sektör Firmalarının Finansmanı ve Halka Açılma Tutumları - İSO 1000 Uygulaması</t>
         </is>
       </c>
       <c r="C804" s="1">
-        <v>255</v>
+        <v>165</v>
       </c>
     </row>
     <row r="805" spans="1:3">
       <c r="A805" s="1" t="inlineStr">
         <is>
-          <t>9786253988449</t>
+          <t>9786257492218</t>
         </is>
       </c>
       <c r="B805" s="1" t="inlineStr">
         <is>
-          <t>İyisiyle Kötüsüyle Sürdürülebilirlik “Yaşasın İyilik”</t>
+          <t>Güncel Gelişmelerle Yerel Ve Kentsel Siyaset</t>
         </is>
       </c>
       <c r="C805" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="806" spans="1:3">
       <c r="A806" s="1" t="inlineStr">
         <is>
-          <t>9786253988586</t>
+          <t>9786254334122</t>
         </is>
       </c>
       <c r="B806" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Girişimcilik Ekosistemi (2001-2020)</t>
+          <t>Dijital Flörtleşme</t>
         </is>
       </c>
       <c r="C806" s="1">
-        <v>255</v>
+        <v>170</v>
       </c>
     </row>
     <row r="807" spans="1:3">
       <c r="A807" s="1" t="inlineStr">
         <is>
-          <t>9786253980788</t>
+          <t>9786254332531</t>
         </is>
       </c>
       <c r="B807" s="1" t="inlineStr">
         <is>
-          <t>İstatistiksel Yöntemler Boyutuyla İstisnalarla Yönetim</t>
+          <t>Algı Yönetimi Ve Medya - Yabancı Basında Türkiye Algısı</t>
         </is>
       </c>
       <c r="C807" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="808" spans="1:3">
       <c r="A808" s="1" t="inlineStr">
         <is>
-          <t>9786253987190</t>
+          <t>9786254333552</t>
         </is>
       </c>
       <c r="B808" s="1" t="inlineStr">
         <is>
-          <t>İklim Değişikliğinin İnsan Hakları Üzerindeki Etkisi</t>
+          <t>Kamu Diplomasisi ve Medya</t>
         </is>
       </c>
       <c r="C808" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="809" spans="1:3">
       <c r="A809" s="1" t="inlineStr">
         <is>
-          <t>9786253988104</t>
+          <t>9786254333989</t>
         </is>
       </c>
       <c r="B809" s="1" t="inlineStr">
         <is>
-          <t>Sanatta Matematik</t>
+          <t>Cumhuriyetin Başkentinde ABD'li Misyonerler</t>
         </is>
       </c>
       <c r="C809" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="810" spans="1:3">
       <c r="A810" s="1" t="inlineStr">
         <is>
-          <t>9786253987282</t>
+          <t>9786254333811</t>
         </is>
       </c>
       <c r="B810" s="1" t="inlineStr">
         <is>
-          <t>Diziler ve Seriler Ders Notları</t>
+          <t>Orta Anadolu’da Kentsel Yaşlanma: Kayseri Örneği</t>
         </is>
       </c>
       <c r="C810" s="1">
-        <v>170</v>
+        <v>270</v>
       </c>
     </row>
     <row r="811" spans="1:3">
       <c r="A811" s="1" t="inlineStr">
         <is>
-          <t>9786253988036</t>
+          <t>9786254332487</t>
         </is>
       </c>
       <c r="B811" s="1" t="inlineStr">
         <is>
-          <t>Haldun Taner ve İnsan</t>
+          <t>Sosyal Sorunlara Panoramik Bakış</t>
         </is>
       </c>
       <c r="C811" s="1">
-        <v>365</v>
+        <v>270</v>
       </c>
     </row>
     <row r="812" spans="1:3">
       <c r="A812" s="1" t="inlineStr">
         <is>
-          <t>9786253982966</t>
+          <t>9786254333385</t>
         </is>
       </c>
       <c r="B812" s="1" t="inlineStr">
         <is>
-          <t>Poetika ve Gerçeklik - Türk Şiirinde İzler</t>
+          <t>Sağlık İdarecileri İçin Sağlık Teknolojisi Değerlendirme</t>
         </is>
       </c>
       <c r="C812" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="813" spans="1:3">
       <c r="A813" s="1" t="inlineStr">
         <is>
-          <t>9786253982805</t>
+          <t>9786254333286</t>
         </is>
       </c>
       <c r="B813" s="1" t="inlineStr">
         <is>
-          <t>İşletmelerde Marka Değeri ve Muhasebeleştirilmesi</t>
+          <t>Sınıf Yaşamını Yönetmek</t>
         </is>
       </c>
       <c r="C813" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="814" spans="1:3">
       <c r="A814" s="1" t="inlineStr">
         <is>
-          <t>9786254338090</t>
+          <t>9786254332999</t>
         </is>
       </c>
       <c r="B814" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel Çocuk Oyunları</t>
+          <t>Sinema Ve Öznellik</t>
         </is>
       </c>
       <c r="C814" s="1">
-        <v>270</v>
+        <v>215</v>
       </c>
     </row>
     <row r="815" spans="1:3">
       <c r="A815" s="1" t="inlineStr">
         <is>
-          <t>9786254335112</t>
+          <t>9786254333514</t>
         </is>
       </c>
       <c r="B815" s="1" t="inlineStr">
         <is>
-          <t>Farklı Bakış Açılarıyla Yoksulluk Çalışmaları</t>
+          <t>Bankacılıkta Risk Yönetimi ve Risk Ölçüm Yöntemleri</t>
         </is>
       </c>
       <c r="C815" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="816" spans="1:3">
       <c r="A816" s="1" t="inlineStr">
         <is>
-          <t>9786254332777</t>
+          <t>9786254331954</t>
         </is>
       </c>
       <c r="B816" s="1" t="inlineStr">
         <is>
-          <t>Gerçeğin Düşüşü: Post - Gerçek Zeminde İletişim</t>
+          <t>İngiltere Dış Politikası (Britanya Dış Politikası)</t>
         </is>
       </c>
       <c r="C816" s="1">
-        <v>165</v>
+        <v>320</v>
       </c>
     </row>
     <row r="817" spans="1:3">
       <c r="A817" s="1" t="inlineStr">
         <is>
-          <t>9786254331725</t>
+          <t>9786254333200</t>
         </is>
       </c>
       <c r="B817" s="1" t="inlineStr">
         <is>
-          <t>Örnek Cümleler Ve Diyaloglarla Türkçe Konuşma Kılavuzu</t>
+          <t>Tale of a River City: Reading Urban Histories of Antakya Through The Asi (Orontes) River</t>
         </is>
       </c>
       <c r="C817" s="1">
-        <v>155</v>
+        <v>215</v>
       </c>
     </row>
     <row r="818" spans="1:3">
       <c r="A818" s="1" t="inlineStr">
         <is>
-          <t>9786254331053</t>
+          <t>9786254332524</t>
         </is>
       </c>
       <c r="B818" s="1" t="inlineStr">
         <is>
-          <t>Geleneksel ve Modern Çalma Teknikli UD METODU</t>
+          <t>Açık Kaynak İstihbaratı ve Askeri İstihbarat - Haşdi Şabi Örgütü Üzerinde Uygulama</t>
         </is>
       </c>
       <c r="C818" s="1">
-        <v>465</v>
+        <v>255</v>
       </c>
     </row>
     <row r="819" spans="1:3">
       <c r="A819" s="1" t="inlineStr">
         <is>
-          <t>9786257363303</t>
+          <t>9786254333897</t>
         </is>
       </c>
       <c r="B819" s="1" t="inlineStr">
         <is>
-          <t>Bibliyometrik Analiz</t>
+          <t>Biyolojik Çeşitlilik Ekonomisi - Ekonomik Açıdan Biyolojik Çeşitliliğin Sürdürülebilir Kullanımı</t>
         </is>
       </c>
       <c r="C819" s="1">
-        <v>470</v>
+        <v>275</v>
       </c>
     </row>
     <row r="820" spans="1:3">
       <c r="A820" s="1" t="inlineStr">
         <is>
-          <t>9786257566933</t>
+          <t>9786254333408</t>
         </is>
       </c>
       <c r="B820" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Amaç Cümleleri</t>
+          <t>Energy Security Türkiye As An Energy Actor</t>
         </is>
       </c>
       <c r="C820" s="1">
-        <v>150</v>
+        <v>250</v>
       </c>
     </row>
     <row r="821" spans="1:3">
       <c r="A821" s="1" t="inlineStr">
         <is>
-          <t>9786257492874</t>
+          <t>9786254331831</t>
         </is>
       </c>
       <c r="B821" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zincirinde Riskler</t>
+          <t>Tuz ve Gıda</t>
         </is>
       </c>
       <c r="C821" s="1">
-        <v>215</v>
+        <v>245</v>
       </c>
     </row>
     <row r="822" spans="1:3">
       <c r="A822" s="1" t="inlineStr">
         <is>
-          <t>9786257589895</t>
+          <t>9786254332364</t>
         </is>
       </c>
       <c r="B822" s="1" t="inlineStr">
         <is>
-          <t>Sanal Gerçeklik ve 360 Derece Film</t>
+          <t>Vergi Yargılama Hukukunda Hak Arama Özgürlüğü</t>
         </is>
       </c>
       <c r="C822" s="1">
-        <v>315</v>
+        <v>280</v>
       </c>
     </row>
     <row r="823" spans="1:3">
       <c r="A823" s="1" t="inlineStr">
         <is>
-          <t>9786052149126</t>
+          <t>9786254330704</t>
         </is>
       </c>
       <c r="B823" s="1" t="inlineStr">
         <is>
-          <t>Mikro İktisadi Açıdan Sağlık Hizmetleri Piyasasının Analizi</t>
+          <t>ABD Dış Politikasında Türkiye ve Türk Siyasal Yaşamı (1919-1939)</t>
         </is>
       </c>
       <c r="C823" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="824" spans="1:3">
       <c r="A824" s="1" t="inlineStr">
         <is>
-          <t>9786253934088</t>
+          <t>9786254331978</t>
         </is>
       </c>
       <c r="B824" s="1" t="inlineStr">
         <is>
-          <t>Spor Yayınları Bibliyografyası - Kitaplar</t>
+          <t>Küresel Hegemonya Mücadelesi - Yükselen Çin</t>
         </is>
       </c>
       <c r="C824" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="825" spans="1:3">
       <c r="A825" s="1" t="inlineStr">
         <is>
-          <t>9786253936723</t>
+          <t>9786254332166</t>
         </is>
       </c>
       <c r="B825" s="1" t="inlineStr">
         <is>
-          <t>Aile Nereye Evriliyor</t>
+          <t>21. Yüzyılda Türkiye’nin Deniz Stratejisi</t>
         </is>
       </c>
       <c r="C825" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="826" spans="1:3">
       <c r="A826" s="1" t="inlineStr">
         <is>
-          <t>9786253930745</t>
+          <t>9786254331787</t>
         </is>
       </c>
       <c r="B826" s="1" t="inlineStr">
         <is>
-          <t>Kentsel İçmesuyu Tesislerinin Planlaması, İnşaatı ve İşletilmesi</t>
+          <t>Yenilenebilir Enerjiye Farklı Bakışlar</t>
         </is>
       </c>
       <c r="C826" s="1">
-        <v>705</v>
+        <v>280</v>
       </c>
     </row>
     <row r="827" spans="1:3">
       <c r="A827" s="1" t="inlineStr">
         <is>
-          <t>9786253936181</t>
+          <t>9786254330759</t>
         </is>
       </c>
       <c r="B827" s="1" t="inlineStr">
         <is>
-          <t>Atan-a-mayanlar</t>
+          <t>Çin-Rusya Enerji İlişkilerinde Yeni Dengeler</t>
         </is>
       </c>
       <c r="C827" s="1">
-        <v>220</v>
+        <v>425</v>
       </c>
     </row>
     <row r="828" spans="1:3">
       <c r="A828" s="1" t="inlineStr">
         <is>
-          <t>9786253936273</t>
+          <t>9786254331091</t>
         </is>
       </c>
       <c r="B828" s="1" t="inlineStr">
         <is>
-          <t>Otizm Metaforları</t>
+          <t>XXI. Yüzyıl Rus Edebiyatından Okumalar II</t>
         </is>
       </c>
       <c r="C828" s="1">
-        <v>100</v>
+        <v>280</v>
       </c>
     </row>
     <row r="829" spans="1:3">
       <c r="A829" s="1" t="inlineStr">
         <is>
-          <t>9786254332128</t>
+          <t>9786257258524</t>
         </is>
       </c>
       <c r="B829" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta Soru Sorma Stratejileri</t>
+          <t>Pazarlama Bakış Açısıyla Çeyizin Fenomenolojisi</t>
         </is>
       </c>
       <c r="C829" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="830" spans="1:3">
       <c r="A830" s="1" t="inlineStr">
         <is>
-          <t>9786059663571</t>
+          <t>9786254172342</t>
         </is>
       </c>
       <c r="B830" s="1" t="inlineStr">
         <is>
-          <t>Kozmetik Kimyası Güzelliğin Formülü</t>
+          <t>Financial Markets and Institutions</t>
         </is>
       </c>
       <c r="C830" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="831" spans="1:3">
       <c r="A831" s="1" t="inlineStr">
         <is>
-          <t>9786253935795</t>
+          <t>9786257566230</t>
         </is>
       </c>
       <c r="B831" s="1" t="inlineStr">
         <is>
-          <t>Kent Kamusallığında Toplumsal Cinsiyet</t>
+          <t>Yerel ve Küresel Eksende Uluslararası Göç Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C831" s="1">
-        <v>115</v>
+        <v>225</v>
       </c>
     </row>
     <row r="832" spans="1:3">
       <c r="A832" s="1" t="inlineStr">
         <is>
-          <t>9786253936341</t>
+          <t>9786257258968</t>
         </is>
       </c>
       <c r="B832" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’ne Yönelik Düzensiz Göçlerin Terörizmle Mücadele Bağlamında Analizi</t>
+          <t>Topics in International Logistics</t>
         </is>
       </c>
       <c r="C832" s="1">
-        <v>115</v>
+        <v>250</v>
       </c>
     </row>
     <row r="833" spans="1:3">
       <c r="A833" s="1" t="inlineStr">
         <is>
-          <t>9786253934880</t>
+          <t>9786257296045</t>
         </is>
       </c>
       <c r="B833" s="1" t="inlineStr">
         <is>
-          <t>Project Management In Non-Governmental Organizations (NGOs)/</t>
+          <t>Siyasi Coğrafya ve Sıra Dışı Sınırlar</t>
         </is>
       </c>
       <c r="C833" s="1">
-        <v>160</v>
+        <v>750</v>
       </c>
     </row>
     <row r="834" spans="1:3">
       <c r="A834" s="1" t="inlineStr">
         <is>
-          <t>9786253936587</t>
+          <t>9786257363860</t>
         </is>
       </c>
       <c r="B834" s="1" t="inlineStr">
         <is>
-          <t>Bütüncül Eğitim - Giriş Kitabı</t>
+          <t>Pedagojik Gramer - Yabancı Dil Olarak Türkçe Öğretimi Tasarımı</t>
         </is>
       </c>
       <c r="C834" s="1">
-        <v>270</v>
+        <v>195</v>
       </c>
     </row>
     <row r="835" spans="1:3">
       <c r="A835" s="1" t="inlineStr">
         <is>
-          <t>9786253936518</t>
+          <t>9786257363709</t>
         </is>
       </c>
       <c r="B835" s="1" t="inlineStr">
         <is>
-          <t>Dijital Oyun Evreni</t>
+          <t>Eski Türkçeden Günümüze Basit Fiillerin Semantikası ve Etimolojisi</t>
         </is>
       </c>
       <c r="C835" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="836" spans="1:3">
       <c r="A836" s="1" t="inlineStr">
         <is>
-          <t>9786253937072</t>
+          <t>9786257492805</t>
         </is>
       </c>
       <c r="B836" s="1" t="inlineStr">
         <is>
-          <t>Ay Ken Du İt Rafet!</t>
+          <t>Çok Kriterli Karar Verme Yöntemlerinde Kriter Ağırlıklarının Belirlenmesi</t>
         </is>
       </c>
       <c r="C836" s="1">
-        <v>76</v>
+        <v>145</v>
       </c>
     </row>
     <row r="837" spans="1:3">
       <c r="A837" s="1" t="inlineStr">
         <is>
-          <t>9786253936709</t>
+          <t>9786257677653</t>
         </is>
       </c>
       <c r="B837" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Endüstrisi ve Spor</t>
+          <t>COVID-19 Sürecinde Sağlık Hizmetleri Yönetimi Pratik Yaklaşımlar</t>
         </is>
       </c>
       <c r="C837" s="1">
-        <v>96</v>
+        <v>190</v>
       </c>
     </row>
     <row r="838" spans="1:3">
       <c r="A838" s="1" t="inlineStr">
         <is>
-          <t>9786253936006</t>
+          <t>9786254331350</t>
         </is>
       </c>
       <c r="B838" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Gelişmişlik ve Kadın Görünürlüğü</t>
+          <t>Bridging The Gaps An Almanac For Greek-Turkish Cooperation</t>
         </is>
       </c>
       <c r="C838" s="1">
-        <v>84</v>
+        <v>255</v>
       </c>
     </row>
     <row r="839" spans="1:3">
       <c r="A839" s="1" t="inlineStr">
         <is>
-          <t>9786253936204</t>
+          <t>9786254330773</t>
         </is>
       </c>
       <c r="B839" s="1" t="inlineStr">
         <is>
-          <t>Grimm Masallarında Mesajlar</t>
+          <t>Salgın Sonrası Dönemde Yeni Dijital’ Normal</t>
         </is>
       </c>
       <c r="C839" s="1">
-        <v>130</v>
+        <v>365</v>
       </c>
     </row>
     <row r="840" spans="1:3">
       <c r="A840" s="1" t="inlineStr">
         <is>
-          <t>9786253936167</t>
+          <t>9786257589482</t>
         </is>
       </c>
       <c r="B840" s="1" t="inlineStr">
         <is>
-          <t>Medyada Cumhuriyet Algısının İdeolojik İnşası - Haber Editörlüğü ve Çerçeveleme</t>
+          <t>Sakin Şehir Hizmetleri ve Yerel Kalkınma</t>
         </is>
       </c>
       <c r="C840" s="1">
-        <v>550</v>
+        <v>240</v>
       </c>
     </row>
     <row r="841" spans="1:3">
       <c r="A841" s="1" t="inlineStr">
         <is>
-          <t>9786253936761</t>
+          <t>9786257589093</t>
         </is>
       </c>
       <c r="B841" s="1" t="inlineStr">
         <is>
-          <t>AK Parti Para ve Maliye Politikaları 2018-2023</t>
+          <t>Sokakta Çalışan Çocuklar ve Gelecek Beklentileri</t>
         </is>
       </c>
       <c r="C841" s="1">
-        <v>400</v>
+        <v>255</v>
       </c>
     </row>
     <row r="842" spans="1:3">
       <c r="A842" s="1" t="inlineStr">
         <is>
-          <t>9786253935894</t>
+          <t>9786254330452</t>
         </is>
       </c>
       <c r="B842" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Kararın Sibernetiği - Karmaşık Sistemlerde Kararın Dinamiğini Anlamak</t>
+          <t>Women Behınd The Pens: A Brief History of Turkish Feminism</t>
         </is>
       </c>
       <c r="C842" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="843" spans="1:3">
       <c r="A843" s="1" t="inlineStr">
         <is>
-          <t>9786253933449</t>
+          <t>9786254330490</t>
         </is>
       </c>
       <c r="B843" s="1" t="inlineStr">
         <is>
-          <t>İz Bırakan Liderlik</t>
+          <t>Sağlık İletişimi ve Yoksulluk</t>
         </is>
       </c>
       <c r="C843" s="1">
-        <v>200</v>
+        <v>195</v>
       </c>
     </row>
     <row r="844" spans="1:3">
       <c r="A844" s="1" t="inlineStr">
         <is>
-          <t>9786253935948</t>
+          <t>9786057662095</t>
         </is>
       </c>
       <c r="B844" s="1" t="inlineStr">
         <is>
-          <t>Pürüzsüz Yaşlanma</t>
+          <t>Spiritual Care Needs Determination Scale On Patient</t>
         </is>
       </c>
       <c r="C844" s="1">
-        <v>280</v>
+        <v>100</v>
       </c>
     </row>
     <row r="845" spans="1:3">
       <c r="A845" s="1" t="inlineStr">
         <is>
-          <t>9786253935474</t>
+          <t>9786057662187</t>
         </is>
       </c>
       <c r="B845" s="1" t="inlineStr">
         <is>
-          <t>Doğa Turizmi</t>
+          <t>Şeyl Gazı</t>
         </is>
       </c>
       <c r="C845" s="1">
-        <v>275</v>
+        <v>440</v>
       </c>
     </row>
     <row r="846" spans="1:3">
       <c r="A846" s="1" t="inlineStr">
         <is>
-          <t>9786257677479</t>
+          <t>9786052149386</t>
         </is>
       </c>
       <c r="B846" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’nin Kafkasya Politikası 1991 - 2006</t>
+          <t>İslami Hisse Senedi Piyasası</t>
         </is>
       </c>
       <c r="C846" s="1">
-        <v>190</v>
+        <v>145</v>
       </c>
     </row>
     <row r="847" spans="1:3">
       <c r="A847" s="1" t="inlineStr">
         <is>
-          <t>9786253934637</t>
+          <t>9786052149591</t>
         </is>
       </c>
       <c r="B847" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ile Güvenli Çalışma Hayatı</t>
+          <t>Algılar ve Gerçekler Arasında Türk Basınında Suriyeli Sığınmacılar</t>
         </is>
       </c>
       <c r="C847" s="1">
-        <v>220</v>
+        <v>165</v>
       </c>
     </row>
     <row r="848" spans="1:3">
       <c r="A848" s="1" t="inlineStr">
         <is>
-          <t>9786253935986</t>
+          <t>9786059663946</t>
         </is>
       </c>
       <c r="B848" s="1" t="inlineStr">
         <is>
-          <t>Sendika ve Siyasal Katılım</t>
+          <t>Futbolun Çalışma Ekonomisi</t>
         </is>
       </c>
       <c r="C848" s="1">
-        <v>190</v>
+        <v>120</v>
       </c>
     </row>
     <row r="849" spans="1:3">
       <c r="A849" s="1" t="inlineStr">
         <is>
-          <t>9786253986389</t>
+          <t>9786052149492</t>
         </is>
       </c>
       <c r="B849" s="1" t="inlineStr">
         <is>
-          <t>İlham veren Harmonik Liderlik</t>
+          <t>Yalın Üretim Tekniklerinden Toplam Ekipman Etkinliği</t>
         </is>
       </c>
       <c r="C849" s="1">
-        <v>305</v>
+        <v>145</v>
       </c>
     </row>
     <row r="850" spans="1:3">
       <c r="A850" s="1" t="inlineStr">
         <is>
-          <t>9786253933746</t>
+          <t>9786059663694</t>
         </is>
       </c>
       <c r="B850" s="1" t="inlineStr">
         <is>
-          <t>İncesu Halk Kültürü Isparta/Keçiborlu - Ardıç Gıvratan Bilge</t>
+          <t>Genç Futbolcularda Anaerobik Eşik, Kritik Hız ve Müsabakadaki Koşu Hızı Profili Arasındaki İlişkilerin Araştırılması</t>
         </is>
       </c>
       <c r="C850" s="1">
-        <v>550</v>
+        <v>145</v>
       </c>
     </row>
     <row r="851" spans="1:3">
       <c r="A851" s="1" t="inlineStr">
         <is>
-          <t>9786254338342</t>
+          <t>9786052149270</t>
         </is>
       </c>
       <c r="B851" s="1" t="inlineStr">
         <is>
-          <t>Esrar ve Sentetik Esrar</t>
+          <t>Güven ve Bağlanmanın Kurgusal Yüzleri</t>
         </is>
       </c>
       <c r="C851" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="852" spans="1:3">
       <c r="A852" s="1" t="inlineStr">
         <is>
-          <t>9786253933678</t>
+          <t>9786052149447</t>
         </is>
       </c>
       <c r="B852" s="1" t="inlineStr">
         <is>
-          <t>Almanya’da Kadınlara Yönelik Sosyal Politikalar</t>
+          <t>Üniversite Gençliği'nde Obezite Fiziksel Aktivite ve Sağlıklı Yaşam</t>
         </is>
       </c>
       <c r="C852" s="1">
-        <v>205</v>
+        <v>95</v>
       </c>
     </row>
     <row r="853" spans="1:3">
       <c r="A853" s="1" t="inlineStr">
         <is>
-          <t>9786253934958</t>
+          <t>9786059663762</t>
         </is>
       </c>
       <c r="B853" s="1" t="inlineStr">
         <is>
-          <t>Bir Varoluş Hikayesi</t>
+          <t>Beden Eğitiminde İşbirliğine Dayalı Öğrenme</t>
         </is>
       </c>
       <c r="C853" s="1">
-        <v>425</v>
+        <v>100</v>
       </c>
     </row>
     <row r="854" spans="1:3">
       <c r="A854" s="1" t="inlineStr">
         <is>
-          <t>9786253935726</t>
+          <t>9786059663595</t>
         </is>
       </c>
       <c r="B854" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Algısıyla Şehir Hastaneleri</t>
+          <t>Uluslararası Vergi Sistemi ve Denetim</t>
         </is>
       </c>
       <c r="C854" s="1">
-        <v>315</v>
+        <v>340</v>
       </c>
     </row>
     <row r="855" spans="1:3">
       <c r="A855" s="1" t="inlineStr">
         <is>
-          <t>9786259887654</t>
+          <t>9786059663809</t>
         </is>
       </c>
       <c r="B855" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Gelecek Perspektifi - Eğitimin Geleceği, Geleceğin Eğitimi</t>
+          <t>Ardahan’da Geçmişten Günümüze Sporun Yolculuğu</t>
         </is>
       </c>
       <c r="C855" s="1">
-        <v>340</v>
+        <v>100</v>
       </c>
     </row>
     <row r="856" spans="1:3">
       <c r="A856" s="1" t="inlineStr">
         <is>
-          <t>9786253935016</t>
+          <t>9786059663489</t>
         </is>
       </c>
       <c r="B856" s="1" t="inlineStr">
         <is>
-          <t>Zürafayı Öldürmek - Hayvanat Bahçelerinde Yaşatma ve Öldürme Pratikleri</t>
+          <t>Anaerobik Eşik Belirleme Yöntemleri</t>
         </is>
       </c>
       <c r="C856" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="857" spans="1:3">
       <c r="A857" s="1" t="inlineStr">
         <is>
-          <t>9786253934071</t>
+          <t>9786257589260</t>
         </is>
       </c>
       <c r="B857" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Parlamentosunda Kültürel Ortaklık Tartışması: Suriyeli Sığınmacılar Örneği</t>
+          <t>Aile İşletmelerinde Dijital Teknolojiler</t>
         </is>
       </c>
       <c r="C857" s="1">
-        <v>375</v>
+        <v>280</v>
       </c>
     </row>
     <row r="858" spans="1:3">
       <c r="A858" s="1" t="inlineStr">
         <is>
-          <t>9786254334870</t>
+          <t>9786257589949</t>
         </is>
       </c>
       <c r="B858" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'deki Kadın Girişimciler</t>
+          <t>Z Kuşağı: Eşitlik ve Reklam Tasarımları</t>
         </is>
       </c>
       <c r="C858" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="859" spans="1:3">
       <c r="A859" s="1" t="inlineStr">
         <is>
-          <t>9786253934927</t>
+          <t>9786257589970</t>
         </is>
       </c>
       <c r="B859" s="1" t="inlineStr">
         <is>
-          <t>Yerküre ve Edebiyat</t>
+          <t>Gençlik Anlam Arayışı ve Din</t>
         </is>
       </c>
       <c r="C859" s="1">
-        <v>365</v>
+        <v>195</v>
       </c>
     </row>
     <row r="860" spans="1:3">
       <c r="A860" s="1" t="inlineStr">
         <is>
-          <t>9786253933500</t>
+          <t>9786257589567</t>
         </is>
       </c>
       <c r="B860" s="1" t="inlineStr">
         <is>
-          <t>Divan - Toplumsal Sorunların Çözümüne Farklı Bir Yaklaşım</t>
+          <t>Aile İşletmelerinde Dijital Pazarlama Süreçleri</t>
         </is>
       </c>
       <c r="C860" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="861" spans="1:3">
       <c r="A861" s="1" t="inlineStr">
         <is>
-          <t>9786254339370</t>
+          <t>9786257296373</t>
         </is>
       </c>
       <c r="B861" s="1" t="inlineStr">
         <is>
-          <t>Hakikat Sonrası Çağda Dijital Gazetecilikte Etik Ve İtibar</t>
+          <t>Sürdürülebilir Kentsel Tasarım Kriterleri</t>
         </is>
       </c>
       <c r="C861" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="862" spans="1:3">
       <c r="A862" s="1" t="inlineStr">
         <is>
-          <t>9786257363761</t>
+          <t>9786257566841</t>
         </is>
       </c>
       <c r="B862" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Şiddet ve İletişim</t>
+          <t>Mimarlık Alanında Farklı Yaklaşımlar</t>
         </is>
       </c>
       <c r="C862" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="863" spans="1:3">
       <c r="A863" s="1" t="inlineStr">
         <is>
-          <t>9786253935689</t>
+          <t>9786257566568</t>
         </is>
       </c>
       <c r="B863" s="1" t="inlineStr">
         <is>
-          <t>Huzurevinde Yaşlılara Manevi Bakım</t>
+          <t>Veri Gazeteciliği</t>
         </is>
       </c>
       <c r="C863" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="864" spans="1:3">
       <c r="A864" s="1" t="inlineStr">
         <is>
-          <t>9786253935511</t>
+          <t>9786257492003</t>
         </is>
       </c>
       <c r="B864" s="1" t="inlineStr">
         <is>
-          <t>Dayatılmış Engelli Kimliği - Bir Sosyal İnşa Süreci Olarak Engellilik</t>
+          <t>Türkiye’deki Hükümet Politikalarının Sanat Eğitimine Etkisi (1980-2019)</t>
         </is>
       </c>
       <c r="C864" s="1">
-        <v>470</v>
+        <v>280</v>
       </c>
     </row>
     <row r="865" spans="1:3">
       <c r="A865" s="1" t="inlineStr">
         <is>
-          <t>9786253984625</t>
+          <t>9786257589161</t>
         </is>
       </c>
       <c r="B865" s="1" t="inlineStr">
         <is>
-          <t>Malatya Tarihinden Kesitler</t>
+          <t>Kuramdan Uygulamaya Yabancı Dil Öğretiminde Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C865" s="1">
-        <v>315</v>
+        <v>305</v>
       </c>
     </row>
     <row r="866" spans="1:3">
       <c r="A866" s="1" t="inlineStr">
         <is>
-          <t>9786253934576</t>
+          <t>9786257589918</t>
         </is>
       </c>
       <c r="B866" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Ekseninde Kolektif Bellek ve Popüler Tarih</t>
+          <t>Kamu ve Özel Sektörde Blokzincir Teknolojisi</t>
         </is>
       </c>
       <c r="C866" s="1">
-        <v>275</v>
+        <v>290</v>
       </c>
     </row>
     <row r="867" spans="1:3">
       <c r="A867" s="1" t="inlineStr">
         <is>
-          <t>9786253933531</t>
+          <t>9786257566117</t>
         </is>
       </c>
       <c r="B867" s="1" t="inlineStr">
         <is>
-          <t>Deyimbilim - Geleneksel ve Çağdaş Yaklaşımlar</t>
+          <t>İnkarın İnkarı Diyalektiği</t>
         </is>
       </c>
       <c r="C867" s="1">
-        <v>550</v>
+        <v>365</v>
       </c>
     </row>
     <row r="868" spans="1:3">
       <c r="A868" s="1" t="inlineStr">
         <is>
-          <t>9786253935573</t>
+          <t>9786257566803</t>
         </is>
       </c>
       <c r="B868" s="1" t="inlineStr">
         <is>
-          <t>Velid Ebüzziya’nın Mektupları</t>
+          <t>Alman Milliyetçiliğinin Dünü ve Bugünü</t>
         </is>
       </c>
       <c r="C868" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="869" spans="1:3">
       <c r="A869" s="1" t="inlineStr">
         <is>
-          <t>9786253935498</t>
+          <t>9786257258708</t>
         </is>
       </c>
       <c r="B869" s="1" t="inlineStr">
         <is>
-          <t>Yol ve Medeniyet - Ortak Kader ve Ortak Geleceği İnşa Etmek</t>
+          <t>Göç: Sosyal ve Ekonomik İncelemeler</t>
         </is>
       </c>
       <c r="C869" s="1">
-        <v>205</v>
+        <v>290</v>
       </c>
     </row>
     <row r="870" spans="1:3">
       <c r="A870" s="1" t="inlineStr">
         <is>
-          <t>9786253935351</t>
+          <t>9786257492263</t>
         </is>
       </c>
       <c r="B870" s="1" t="inlineStr">
         <is>
-          <t>Spor Turizmi Destinasyonlarında Kimlik, İmaj ve Sadakat</t>
+          <t>Değişen Dünya ve Yaşlılık Sorunları</t>
         </is>
       </c>
       <c r="C870" s="1">
-        <v>270</v>
+        <v>130</v>
       </c>
     </row>
     <row r="871" spans="1:3">
       <c r="A871" s="1" t="inlineStr">
         <is>
-          <t>9786253934903</t>
+          <t>9786257258326</t>
         </is>
       </c>
       <c r="B871" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetim Turizm Anlayışı</t>
+          <t>Lawrence Kohlberg</t>
         </is>
       </c>
       <c r="C871" s="1">
-        <v>315</v>
+        <v>165</v>
       </c>
     </row>
     <row r="872" spans="1:3">
       <c r="A872" s="1" t="inlineStr">
         <is>
-          <t>9786253935214</t>
+          <t>9786257677585</t>
         </is>
       </c>
       <c r="B872" s="1" t="inlineStr">
         <is>
-          <t>Bedene Estetik Müdahale Olgusuna (Cerrahi ve Cerrahi Olmayan Estetik İşlemler Ayrımı Özelinde) Pierre Bourdieu Perspektifinden Bakmak</t>
+          <t>Paul Bonatz’ın Türkiye Yılları</t>
         </is>
       </c>
       <c r="C872" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="873" spans="1:3">
       <c r="A873" s="1" t="inlineStr">
         <is>
-          <t>9786253935597</t>
+          <t>9786257203890</t>
         </is>
       </c>
       <c r="B873" s="1" t="inlineStr">
         <is>
-          <t>1935 Genel Seçimlerinde Bağımsız Milletvekilleri ve Meclis Faaliyetleri (1935-1939)</t>
+          <t>Çevre Muhasebesinin Bir Alt Dalı Olarak Karbon Muhasebesi</t>
         </is>
       </c>
       <c r="C873" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="874" spans="1:3">
       <c r="A874" s="1" t="inlineStr">
         <is>
-          <t>9786253933210</t>
+          <t>9786257258210</t>
         </is>
       </c>
       <c r="B874" s="1" t="inlineStr">
         <is>
-          <t>Toprak-Bitki-Atmosfer İlişkisinde Evapotranspirasyon</t>
+          <t>Fıkhi Açıdan Hamilelik</t>
         </is>
       </c>
       <c r="C874" s="1">
-        <v>500</v>
+        <v>215</v>
       </c>
     </row>
     <row r="875" spans="1:3">
       <c r="A875" s="1" t="inlineStr">
         <is>
-          <t>9786254335273</t>
+          <t>9786257258388</t>
         </is>
       </c>
       <c r="B875" s="1" t="inlineStr">
         <is>
-          <t>Çamlıyayla İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Futbol Finansmanı</t>
         </is>
       </c>
       <c r="C875" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="876" spans="1:3">
       <c r="A876" s="1" t="inlineStr">
         <is>
-          <t>9786254335280</t>
+          <t>9786257203951</t>
         </is>
       </c>
       <c r="B876" s="1" t="inlineStr">
         <is>
-          <t>Aydıncık İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Kamu Diplomasisi</t>
         </is>
       </c>
       <c r="C876" s="1">
-        <v>205</v>
+        <v>165</v>
       </c>
     </row>
     <row r="877" spans="1:3">
       <c r="A877" s="1" t="inlineStr">
         <is>
-          <t>9786254335433</t>
+          <t>9786257258159</t>
         </is>
       </c>
       <c r="B877" s="1" t="inlineStr">
         <is>
-          <t>Gülnar İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Z Kuşağı - Dijital Doğanların Halkla İlişkilerdeki Yansıması</t>
         </is>
       </c>
       <c r="C877" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="878" spans="1:3">
       <c r="A878" s="1" t="inlineStr">
         <is>
-          <t>9786254335457</t>
+          <t>9786257126175</t>
         </is>
       </c>
       <c r="B878" s="1" t="inlineStr">
         <is>
-          <t>Erdemli İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Metaforik Dil</t>
         </is>
       </c>
       <c r="C878" s="1">
-        <v>220</v>
+        <v>145</v>
       </c>
     </row>
     <row r="879" spans="1:3">
       <c r="A879" s="1" t="inlineStr">
         <is>
-          <t>9786254335532</t>
+          <t>9786257932257</t>
         </is>
       </c>
       <c r="B879" s="1" t="inlineStr">
         <is>
-          <t>Yenişehir İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Tekstil İmalatında Yalın Üretim</t>
         </is>
       </c>
       <c r="C879" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="880" spans="1:3">
       <c r="A880" s="1" t="inlineStr">
         <is>
-          <t>9786254335617</t>
+          <t>9786257932035</t>
         </is>
       </c>
       <c r="B880" s="1" t="inlineStr">
         <is>
-          <t>Silifke İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Küresel Yer Değiştirmenin Sosyal Boyutu Afgan Sığınmacılar</t>
         </is>
       </c>
       <c r="C880" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="881" spans="1:3">
       <c r="A881" s="1" t="inlineStr">
         <is>
-          <t>9786253934651</t>
+          <t>9786257203715</t>
         </is>
       </c>
       <c r="B881" s="1" t="inlineStr">
         <is>
-          <t>Rus Dilbiliminde Söylem Kuramı</t>
+          <t>İç Denetim</t>
         </is>
       </c>
       <c r="C881" s="1">
-        <v>205</v>
+        <v>250</v>
       </c>
     </row>
     <row r="882" spans="1:3">
       <c r="A882" s="1" t="inlineStr">
         <is>
-          <t>9786254335570</t>
+          <t>9786257932424</t>
         </is>
       </c>
       <c r="B882" s="1" t="inlineStr">
         <is>
-          <t>Tarsus İlçesi (Mersin) Turizm Destinasyonu</t>
+          <t>Serbest Bölgeler ve Dış Ticarete Etkileri</t>
         </is>
       </c>
       <c r="C882" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="883" spans="1:3">
       <c r="A883" s="1" t="inlineStr">
         <is>
-          <t>9786253935054</t>
+          <t>9786257126052</t>
         </is>
       </c>
       <c r="B883" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Küllerinden Doğuyor</t>
+          <t>Planlı Davranış Teorisi Perspektifinden Sürdürülebilirlik İçin Pazar Bölümlerinin Politik ve Sosyal Önerileri</t>
         </is>
       </c>
       <c r="C883" s="1">
-        <v>275</v>
+        <v>225</v>
       </c>
     </row>
     <row r="884" spans="1:3">
       <c r="A884" s="1" t="inlineStr">
         <is>
-          <t>9786253933388</t>
+          <t>9786257173582</t>
         </is>
       </c>
       <c r="B884" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Öğrenme ve Öğretim Yaklaşımları</t>
+          <t>Örgütsel Bağlılık ve İş Etiği</t>
         </is>
       </c>
       <c r="C884" s="1">
-        <v>250</v>
+        <v>195</v>
       </c>
     </row>
     <row r="885" spans="1:3">
       <c r="A885" s="1" t="inlineStr">
         <is>
-          <t>9786253932930</t>
+          <t>9786257932356</t>
         </is>
       </c>
       <c r="B885" s="1" t="inlineStr">
         <is>
-          <t>Yönetimde Yeni Yaklaşımlar</t>
+          <t>Seçim Kampanyaları: Nasıl Kaybedilir? Nasıl Kazanılır?</t>
         </is>
       </c>
       <c r="C885" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="886" spans="1:3">
       <c r="A886" s="1" t="inlineStr">
         <is>
-          <t>9786253935153</t>
+          <t>9786257363037</t>
         </is>
       </c>
       <c r="B886" s="1" t="inlineStr">
         <is>
-          <t>Zordan Kolaya - Eğriden Doğruya</t>
+          <t>Deneyimsel Pazarlama ve Müşteri Sadakati</t>
         </is>
       </c>
       <c r="C886" s="1">
-        <v>220</v>
+        <v>190</v>
       </c>
     </row>
     <row r="887" spans="1:3">
       <c r="A887" s="1" t="inlineStr">
         <is>
-          <t>9786253934316</t>
+          <t>9786257363365</t>
         </is>
       </c>
       <c r="B887" s="1" t="inlineStr">
         <is>
-          <t>İnsani Yardım</t>
+          <t>Karanlığın Estetiği Rus Edebiyatında Gotik</t>
         </is>
       </c>
       <c r="C887" s="1">
-        <v>275</v>
+        <v>255</v>
       </c>
     </row>
     <row r="888" spans="1:3">
       <c r="A888" s="1" t="inlineStr">
         <is>
-          <t>9786253933067</t>
+          <t>9786257363181</t>
         </is>
       </c>
       <c r="B888" s="1" t="inlineStr">
         <is>
-          <t>Şehir Hastaneleri İçin Kanıta Dayalı Yönetsel Karar Verme Modeli</t>
+          <t>Beden Politikaları - Rus ve Türk Edebiyatlarında Makbul Yurttaşın İnşası (1900-1940)</t>
         </is>
       </c>
       <c r="C888" s="1">
-        <v>250</v>
+        <v>255</v>
       </c>
     </row>
     <row r="889" spans="1:3">
       <c r="A889" s="1" t="inlineStr">
         <is>
-          <t>9786254336508</t>
+          <t>9786257932585</t>
         </is>
       </c>
       <c r="B889" s="1" t="inlineStr">
         <is>
-          <t>Geç Dönem Osmanlı'dan Günümüze Türkiye'de Göç Politikalarının Evrimi</t>
+          <t>Effective Storytelling in Digital Marketing: A Proposed Framework</t>
         </is>
       </c>
       <c r="C889" s="1">
-        <v>265</v>
+        <v>170</v>
       </c>
     </row>
     <row r="890" spans="1:3">
       <c r="A890" s="1" t="inlineStr">
         <is>
-          <t>9786253933197</t>
+          <t>9786257932295</t>
         </is>
       </c>
       <c r="B890" s="1" t="inlineStr">
         <is>
-          <t>Web 2.0 Destekli Dijital Öyküleme: Teoriden Uygulamaya</t>
+          <t>Medikal Turizm ve Türk Dış Politikası</t>
         </is>
       </c>
       <c r="C890" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="891" spans="1:3">
       <c r="A891" s="1" t="inlineStr">
         <is>
-          <t>9786253933012</t>
+          <t>9786257258081</t>
         </is>
       </c>
       <c r="B891" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Yaşanan Kimlik Krizinin Günümüz Yönetim Yaklaşımları Üzerinden Değerlendirilmesi</t>
+          <t>Kurumsal İtibar Yönetimi</t>
         </is>
       </c>
       <c r="C891" s="1">
-        <v>280</v>
+        <v>145</v>
       </c>
     </row>
     <row r="892" spans="1:3">
       <c r="A892" s="1" t="inlineStr">
         <is>
-          <t>9786253935191</t>
+          <t>9786257203685</t>
         </is>
       </c>
       <c r="B892" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Turizminde Sağlık Serbest Bölgeleri</t>
+          <t>Onomasyoloji Kuramdan Bilime Doğru Rus Dili Örneği</t>
         </is>
       </c>
       <c r="C892" s="1">
-        <v>275</v>
+        <v>170</v>
       </c>
     </row>
     <row r="893" spans="1:3">
       <c r="A893" s="1" t="inlineStr">
         <is>
-          <t>9786253935436</t>
+          <t>9786257363129</t>
         </is>
       </c>
       <c r="B893" s="1" t="inlineStr">
         <is>
-          <t>Bir Medeniyet Ürünü Olarak Zeytinyağı - Kadim Kültür Değerlerimiz II</t>
+          <t>Bağlam ve Aktörler</t>
         </is>
       </c>
       <c r="C893" s="1">
-        <v>275</v>
+        <v>165</v>
       </c>
     </row>
     <row r="894" spans="1:3">
       <c r="A894" s="1" t="inlineStr">
         <is>
-          <t>9786253933333</t>
+          <t>9786057662903</t>
         </is>
       </c>
       <c r="B894" s="1" t="inlineStr">
         <is>
-          <t>İş Sağlığı ve Güvenliği Sektörel Kitabı II</t>
+          <t>Feminist Uluslararası İlişkiler ve Avrupa Birliği Güvenlik Politikaları</t>
         </is>
       </c>
       <c r="C894" s="1">
-        <v>705</v>
+        <v>165</v>
       </c>
     </row>
     <row r="895" spans="1:3">
       <c r="A895" s="1" t="inlineStr">
         <is>
-          <t>9786253935276</t>
+          <t>9786052149829</t>
         </is>
       </c>
       <c r="B895" s="1" t="inlineStr">
         <is>
-          <t>Gerzekler Pandemisi Artık Her Yerdeler</t>
+          <t>Modern Türkiye Anatomisi</t>
         </is>
       </c>
       <c r="C895" s="1">
-        <v>145</v>
+        <v>260</v>
       </c>
     </row>
     <row r="896" spans="1:3">
       <c r="A896" s="1" t="inlineStr">
         <is>
-          <t>9786253935313</t>
+          <t>9786257296687</t>
         </is>
       </c>
       <c r="B896" s="1" t="inlineStr">
         <is>
-          <t>Fintech</t>
+          <t>İletişim Çalışmalarında Dijital Yerliler</t>
         </is>
       </c>
       <c r="C896" s="1">
-        <v>315</v>
+        <v>255</v>
       </c>
     </row>
     <row r="897" spans="1:3">
       <c r="A897" s="1" t="inlineStr">
         <is>
-          <t>9786253935078</t>
+          <t>9786257296625</t>
         </is>
       </c>
       <c r="B897" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim Tekniklerinde VUCA Uygulamaları - Bibliyometrik Bir Analiz</t>
+          <t>Transkulturalität In Der Translation</t>
         </is>
       </c>
       <c r="C897" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="898" spans="1:3">
       <c r="A898" s="1" t="inlineStr">
         <is>
-          <t>9786253934989</t>
+          <t>9786257296977</t>
         </is>
       </c>
       <c r="B898" s="1" t="inlineStr">
         <is>
-          <t>Eğitimin Karanlık Yüzü</t>
+          <t>Kır Sosyolojisi</t>
         </is>
       </c>
       <c r="C898" s="1">
-        <v>125</v>
+        <v>255</v>
       </c>
     </row>
     <row r="899" spans="1:3">
       <c r="A899" s="1" t="inlineStr">
         <is>
-          <t>9786253932275</t>
+          <t>9786257126090</t>
         </is>
       </c>
       <c r="B899" s="1" t="inlineStr">
         <is>
-          <t>Amerika’da Siyaset Yönetim Toplum</t>
+          <t>Ukrayna Krizi’nde Rusya: Büyük Güç Politikası ve Saldırgan Realist Dinamikler</t>
         </is>
       </c>
       <c r="C899" s="1">
-        <v>440</v>
+        <v>245</v>
       </c>
     </row>
     <row r="900" spans="1:3">
       <c r="A900" s="1" t="inlineStr">
         <is>
-          <t>9786253981358</t>
+          <t>9786257677219</t>
         </is>
       </c>
       <c r="B900" s="1" t="inlineStr">
         <is>
-          <t>Şehirler, Binalar ve Doğa Tabanlı Çözümler Tırmanıcı Bitkilerle Cephe Yeşillendirmesi</t>
+          <t>Taşıt Emisyonları ve Kontrolü</t>
         </is>
       </c>
       <c r="C900" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="901" spans="1:3">
       <c r="A901" s="1" t="inlineStr">
         <is>
-          <t>9786253935030</t>
+          <t>9786257203470</t>
         </is>
       </c>
       <c r="B901" s="1" t="inlineStr">
         <is>
-          <t>Yerel Paydaşların Bakış Açısıyla Turizmin Destinasyonlara Etkileri</t>
+          <t>Yerel Gazetecilik Alanı</t>
         </is>
       </c>
       <c r="C901" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="902" spans="1:3">
       <c r="A902" s="1" t="inlineStr">
         <is>
-          <t>9786254339844</t>
+          <t>9786057662361</t>
         </is>
       </c>
       <c r="B902" s="1" t="inlineStr">
         <is>
-          <t>Marka Sadakati Bağlamında İşlevsel Ve Sembolik Konumlandırma</t>
+          <t>İktisat Politikaları Çerçevesinde Türkiye’de Mali Kural Uygulamaları</t>
         </is>
       </c>
       <c r="C902" s="1">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="903" spans="1:3">
       <c r="A903" s="1" t="inlineStr">
         <is>
-          <t>9786253989705</t>
+          <t>9786057662255</t>
         </is>
       </c>
       <c r="B903" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu’da Üç Lider - Bin Ali, Kaddafi, Mübarek</t>
+          <t>Dinamik Yeteneklerin Örgütsel Yenilikçiliğe Etkisi</t>
         </is>
       </c>
       <c r="C903" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="904" spans="1:3">
       <c r="A904" s="1" t="inlineStr">
         <is>
-          <t>9786253932305</t>
+          <t>9786057662019</t>
         </is>
       </c>
       <c r="B904" s="1" t="inlineStr">
         <is>
-          <t>Prososyal Sessizlik, Örgütsel Güven ve Örgütsel Bağlılık İlişkisinde Örgütsel Prestijin Rolü</t>
+          <t>1980-1998 Döneminde Kamu Maliyesinde Yapılan Devlet İç Borçlarının Yapısal Gelişimi ve Enflasyonist Etkileri</t>
         </is>
       </c>
       <c r="C904" s="1">
-        <v>280</v>
+        <v>145</v>
       </c>
     </row>
     <row r="905" spans="1:3">
       <c r="A905" s="1" t="inlineStr">
         <is>
-          <t>9786253932541</t>
+          <t>9786052149959</t>
         </is>
       </c>
       <c r="B905" s="1" t="inlineStr">
         <is>
-          <t>Türk Yönetim Kültürü</t>
+          <t>Çim Hokeyinde Farklı Şut Tekniklerinin Mekaniği</t>
         </is>
       </c>
       <c r="C905" s="1">
-        <v>345</v>
+        <v>145</v>
       </c>
     </row>
     <row r="906" spans="1:3">
       <c r="A906" s="1" t="inlineStr">
         <is>
-          <t>9786253934842</t>
+          <t>9786058072862</t>
         </is>
       </c>
       <c r="B906" s="1" t="inlineStr">
         <is>
-          <t>Tefsiru’l-Kelbî ve Tefsiru İbn Abbas (TİA) İlişkisi</t>
+          <t>Yeniden Yatırım Kararlarında Yatırım İklimi Etkisi</t>
         </is>
       </c>
       <c r="C906" s="1">
-        <v>220</v>
+        <v>100</v>
       </c>
     </row>
     <row r="907" spans="1:3">
       <c r="A907" s="1" t="inlineStr">
         <is>
-          <t>9786253935238</t>
+          <t>9786057662811</t>
         </is>
       </c>
       <c r="B907" s="1" t="inlineStr">
         <is>
-          <t>Milli Görüş Partilerinin Geleceği - Üç Tarz-ı Siyaset</t>
+          <t>İç Kontrol ve Kurumsallaşma Arasındaki İlişkide Örgüt Kültürünün Aracılık Etkisi</t>
         </is>
       </c>
       <c r="C907" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="908" spans="1:3">
       <c r="A908" s="1" t="inlineStr">
         <is>
-          <t>9786253934552</t>
+          <t>9786052149362</t>
         </is>
       </c>
       <c r="B908" s="1" t="inlineStr">
         <is>
-          <t>XX. Yüzyıldan Günümüze Resim Sanatındaki Zaman Sembolü ve Zaman Kavramı</t>
+          <t>İlbank'ın Yeniden Yapılandırılması</t>
         </is>
       </c>
       <c r="C908" s="1">
-        <v>190</v>
+        <v>165</v>
       </c>
     </row>
     <row r="909" spans="1:3">
       <c r="A909" s="1" t="inlineStr">
         <is>
-          <t>9786253932664</t>
+          <t>9786057662545</t>
         </is>
       </c>
       <c r="B909" s="1" t="inlineStr">
         <is>
-          <t>Açık ve Uzaktan Öğretim Fakültesi Hizmetlerinden Memnuniyetin Belirleyicileri</t>
+          <t>Petrol ve Doğal Gaz Boru Hatlarının Yapımında Kalite Yönetimi</t>
         </is>
       </c>
       <c r="C909" s="1">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="910" spans="1:3">
       <c r="A910" s="1" t="inlineStr">
         <is>
-          <t>9786253932893</t>
+          <t>9786052149928</t>
         </is>
       </c>
       <c r="B910" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in Yüzüncü Yılında Türkiye’nin Ekonomik, Sosyal ve Siyasi Yapısı Üzerine İncelemeler</t>
+          <t>Ardahan Değerlemeleri 1</t>
         </is>
       </c>
       <c r="C910" s="1">
-        <v>625</v>
+        <v>290</v>
       </c>
     </row>
     <row r="911" spans="1:3">
       <c r="A911" s="1" t="inlineStr">
         <is>
-          <t>9786253932978</t>
+          <t>9786052149935</t>
         </is>
       </c>
       <c r="B911" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplum Üzerine Araştırmalar</t>
+          <t>Günümüzde Türk Devletlerinde Örgün Eğitim</t>
         </is>
       </c>
       <c r="C911" s="1">
-        <v>155</v>
+        <v>145</v>
       </c>
     </row>
     <row r="912" spans="1:3">
       <c r="A912" s="1" t="inlineStr">
         <is>
-          <t>9786253932718</t>
+          <t>9786056928765</t>
         </is>
       </c>
       <c r="B912" s="1" t="inlineStr">
         <is>
-          <t>Tüketicilerin Alışveriş Merkezlerine Yönelik Sadakatleri</t>
+          <t>Türkiye'de Bağımsız Sinemaya Dair Tartışmalar</t>
         </is>
       </c>
       <c r="C912" s="1">
-        <v>175</v>
+        <v>195</v>
       </c>
     </row>
     <row r="913" spans="1:3">
       <c r="A913" s="1" t="inlineStr">
         <is>
-          <t>9786253933630</t>
+          <t>9786057662637</t>
         </is>
       </c>
       <c r="B913" s="1" t="inlineStr">
         <is>
-          <t>Göç ve Metodoloji - Disiplinlerarası Bir Yaklaşım</t>
+          <t>Türkiye’de Film Festivalleri</t>
         </is>
       </c>
       <c r="C913" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="914" spans="1:3">
       <c r="A914" s="1" t="inlineStr">
         <is>
-          <t>9786253934743</t>
+          <t>9786056928789</t>
         </is>
       </c>
       <c r="B914" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Değişim ve Gelişim II / Siyaset - İşletme Arasında, 1999-2024</t>
+          <t>Kadınlar Hapishanesi</t>
         </is>
       </c>
       <c r="C914" s="1">
-        <v>150</v>
+        <v>165</v>
       </c>
     </row>
     <row r="915" spans="1:3">
       <c r="A915" s="1" t="inlineStr">
         <is>
-          <t>9786253931865</t>
+          <t>9786052149157</t>
         </is>
       </c>
       <c r="B915" s="1" t="inlineStr">
         <is>
-          <t>Turist Rehberliği Mesleğine Disiplinler Arası Bir Yaklaşım</t>
+          <t>Deşifre Şarkı Söyleme</t>
         </is>
       </c>
       <c r="C915" s="1">
-        <v>365</v>
+        <v>100</v>
       </c>
     </row>
     <row r="916" spans="1:3">
       <c r="A916" s="1" t="inlineStr">
         <is>
-          <t>9786253932688</t>
+          <t>9786253760595</t>
         </is>
       </c>
       <c r="B916" s="1" t="inlineStr">
         <is>
-          <t>Pandora’nın Kutusu Açılıyor - Gölgedeki Sosyal Sorunlar 1</t>
+          <t>Türkiye'deki Sakin Şehirlerde Sürdürülebilir Gastronomi</t>
         </is>
       </c>
       <c r="C916" s="1">
-        <v>365</v>
+        <v>250</v>
       </c>
     </row>
     <row r="917" spans="1:3">
       <c r="A917" s="1" t="inlineStr">
         <is>
-          <t>9786253980375</t>
+          <t>9786253939984</t>
         </is>
       </c>
       <c r="B917" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetimi</t>
+          <t>Nanobilim ve Nanoteknoloji</t>
         </is>
       </c>
       <c r="C917" s="1">
-        <v>345</v>
+        <v>300</v>
       </c>
     </row>
     <row r="918" spans="1:3">
       <c r="A918" s="1" t="inlineStr">
         <is>
-          <t>9786253934781</t>
+          <t>9786057662859</t>
         </is>
       </c>
       <c r="B918" s="1" t="inlineStr">
         <is>
-          <t>Critical Geopolitics And Maritime Fiction - Patrick O’brian’s The Golden Ocean And The Unknown Shore</t>
+          <t>Çocuk Edebiyatında Kurmaca Gerçeklik</t>
         </is>
       </c>
       <c r="C918" s="1">
-        <v>140</v>
+        <v>260</v>
       </c>
     </row>
     <row r="919" spans="1:3">
       <c r="A919" s="1" t="inlineStr">
         <is>
-          <t>9786253934682</t>
+          <t>9786253939946</t>
         </is>
       </c>
       <c r="B919" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Yönetimde Yeni Trendler</t>
+          <t>Güncel Lojistik Uygulamaları</t>
         </is>
       </c>
       <c r="C919" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="920" spans="1:3">
       <c r="A920" s="1" t="inlineStr">
         <is>
-          <t>9786253930998</t>
+          <t>9786253760304</t>
         </is>
       </c>
       <c r="B920" s="1" t="inlineStr">
         <is>
-          <t>Yün Keçe Peri Bebek Yapımı</t>
+          <t>Bağımlılık Sorununun Çözümünde Yeni Bir Deneyim: Karar Verme Becerisi</t>
         </is>
       </c>
       <c r="C920" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="921" spans="1:3">
       <c r="A921" s="1" t="inlineStr">
         <is>
-          <t>9786253931919</t>
+          <t>9786254331343</t>
         </is>
       </c>
       <c r="B921" s="1" t="inlineStr">
         <is>
-          <t>Arapça YDS - YÖKDİL - YKS Hazırlık 10 Tema / 10 Metin</t>
+          <t>Spor Diyeti</t>
         </is>
       </c>
       <c r="C921" s="1">
-        <v>470</v>
+        <v>265</v>
       </c>
     </row>
     <row r="922" spans="1:3">
       <c r="A922" s="1" t="inlineStr">
         <is>
-          <t>9786254339349</t>
+          <t>9786052149621</t>
         </is>
       </c>
       <c r="B922" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme ve Yönetim</t>
+          <t>Çankırı Coğrafya Araştırmaları</t>
         </is>
       </c>
       <c r="C922" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="923" spans="1:3">
       <c r="A923" s="1" t="inlineStr">
         <is>
-          <t>9786254337253</t>
+          <t>9786253938093</t>
         </is>
       </c>
       <c r="B923" s="1" t="inlineStr">
         <is>
-          <t>Büyük Selçuklu Ordusunda Sefer Organizasyonu</t>
+          <t>Dynamics Of Art</t>
         </is>
       </c>
       <c r="C923" s="1">
-        <v>495</v>
+        <v>120</v>
       </c>
     </row>
     <row r="924" spans="1:3">
       <c r="A924" s="1" t="inlineStr">
         <is>
-          <t>9786254337345</t>
+          <t>9786253760540</t>
         </is>
       </c>
       <c r="B924" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Sistemlerde Üst Düzey Yöneticilerin Statüsü Düzenleme - Atama - Denetleme</t>
+          <t>İş Yerinde Menopozu Konuşmak: Menopoz Tabusundan Menopoz Politikalarına</t>
         </is>
       </c>
       <c r="C924" s="1">
-        <v>425</v>
+        <v>120</v>
       </c>
     </row>
     <row r="925" spans="1:3">
       <c r="A925" s="1" t="inlineStr">
         <is>
-          <t>9786254332197</t>
+          <t>9786253760243</t>
         </is>
       </c>
       <c r="B925" s="1" t="inlineStr">
         <is>
-          <t>Ana Haber Bülteni - Öğretmenlere Ve Öğretmen Adaylarına Yönelik</t>
+          <t>Belirsizlik ve Risk Çağında Tedarik Zinciri: İnovasyon ve Dirençlilik</t>
         </is>
       </c>
       <c r="C925" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="926" spans="1:3">
       <c r="A926" s="1" t="inlineStr">
         <is>
-          <t>9786254330834</t>
+          <t>9786253939182</t>
         </is>
       </c>
       <c r="B926" s="1" t="inlineStr">
         <is>
-          <t>Sultan Abdülhamid Han - İslamcılık ve Tarih Söyleşileri</t>
+          <t>Dijitalleşen Dünyada Sosyal Hizmet Eğitimi</t>
         </is>
       </c>
       <c r="C926" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="927" spans="1:3">
       <c r="A927" s="1" t="inlineStr">
         <is>
-          <t>9786059663373</t>
+          <t>9786253983642</t>
         </is>
       </c>
       <c r="B927" s="1" t="inlineStr">
         <is>
-          <t>Urfa Halkevi (1934-1951)</t>
+          <t>Postmodern Romanlar ve Uyarlamaları</t>
         </is>
       </c>
       <c r="C927" s="1">
-        <v>205</v>
+        <v>365</v>
       </c>
     </row>
     <row r="928" spans="1:3">
       <c r="A928" s="1" t="inlineStr">
         <is>
-          <t>9786257126229</t>
+          <t>9786253981785</t>
         </is>
       </c>
       <c r="B928" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Fıkhi Açıdan Beden Estetizasyonu</t>
+          <t>Türk Eğitim Sisteminde Öğretmen Yetiştirmenin Tarihi Sosyal ve Felsefi Temelleri</t>
         </is>
       </c>
       <c r="C928" s="1">
-        <v>190</v>
+        <v>365</v>
       </c>
     </row>
     <row r="929" spans="1:3">
       <c r="A929" s="1" t="inlineStr">
         <is>
-          <t>9786257203647</t>
+          <t>9786253982881</t>
         </is>
       </c>
       <c r="B929" s="1" t="inlineStr">
         <is>
-          <t>Araştırma Yolculuğundan Yansımalar</t>
+          <t>Mitolojide Engellilik</t>
         </is>
       </c>
       <c r="C929" s="1">
-        <v>330</v>
+        <v>165</v>
       </c>
     </row>
     <row r="930" spans="1:3">
       <c r="A930" s="1" t="inlineStr">
         <is>
-          <t>9786253933074</t>
+          <t>9786253983147</t>
         </is>
       </c>
       <c r="B930" s="1" t="inlineStr">
         <is>
-          <t>Avrupa 2023 - Siyaset, Güvenlik, Göç, Terör ve Dış İlişkiler</t>
+          <t>Sosyal Medya, Teknoloji ve Toplum</t>
         </is>
       </c>
       <c r="C930" s="1">
-        <v>300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="931" spans="1:3">
       <c r="A931" s="1" t="inlineStr">
         <is>
-          <t>9786253933289</t>
+          <t>9786254337963</t>
         </is>
       </c>
       <c r="B931" s="1" t="inlineStr">
         <is>
-          <t>Dünya Rekabetinde Bir Marka Olmak</t>
+          <t>Küreselleşme ve Spor</t>
         </is>
       </c>
       <c r="C931" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="932" spans="1:3">
       <c r="A932" s="1" t="inlineStr">
         <is>
-          <t>9786253934415</t>
+          <t>9786254332258</t>
         </is>
       </c>
       <c r="B932" s="1" t="inlineStr">
         <is>
-          <t>Dijital Teknoloji ve Sosyal Medya Pazarlaması</t>
+          <t>Türkiye’de Sayısal Televizyon Yayıncılığı</t>
         </is>
       </c>
       <c r="C932" s="1">
-        <v>120</v>
+        <v>320</v>
       </c>
     </row>
     <row r="933" spans="1:3">
       <c r="A933" s="1" t="inlineStr">
         <is>
-          <t>9786253933296</t>
+          <t>9786257677394</t>
         </is>
       </c>
       <c r="B933" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Yönetiminde Süreç Yönetimi (SYSY)</t>
+          <t>NeoGastronomik Akımlar</t>
         </is>
       </c>
       <c r="C933" s="1">
-        <v>500</v>
+        <v>525</v>
       </c>
     </row>
     <row r="934" spans="1:3">
       <c r="A934" s="1" t="inlineStr">
         <is>
-          <t>9786253930608</t>
+          <t>9786257677073</t>
         </is>
       </c>
       <c r="B934" s="1" t="inlineStr">
         <is>
-          <t>Zorlukların Yönetimi</t>
+          <t>Siyasal Toplumsallaşma ve Medya</t>
         </is>
       </c>
       <c r="C934" s="1">
-        <v>250</v>
+        <v>215</v>
       </c>
     </row>
     <row r="935" spans="1:3">
       <c r="A935" s="1" t="inlineStr">
         <is>
-          <t>9786253933616</t>
+          <t>9786257589680</t>
         </is>
       </c>
       <c r="B935" s="1" t="inlineStr">
         <is>
-          <t>Kalite Kültürü Temelinde Çevikleşen Örgütlerde Liderlik</t>
+          <t>Çiftlik Bank Vakası</t>
         </is>
       </c>
       <c r="C935" s="1">
-        <v>190</v>
+        <v>195</v>
       </c>
     </row>
     <row r="936" spans="1:3">
       <c r="A936" s="1" t="inlineStr">
         <is>
-          <t>9786253933562</t>
+          <t>9786257363259</t>
         </is>
       </c>
       <c r="B936" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in 100. Yılında Türkiye’de Sosyal Bilimler</t>
+          <t>Dijidrama ve Temel Etkinlikler</t>
         </is>
       </c>
       <c r="C936" s="1">
-        <v>395</v>
+        <v>145</v>
       </c>
     </row>
     <row r="937" spans="1:3">
       <c r="A937" s="1" t="inlineStr">
         <is>
-          <t>9786253932831</t>
+          <t>9786253760137</t>
         </is>
       </c>
       <c r="B937" s="1" t="inlineStr">
         <is>
-          <t>Türk Anayasalarında Devlet Başkanının Sorumluluğu</t>
+          <t>Uluslararası İşletmecilik</t>
         </is>
       </c>
       <c r="C937" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="938" spans="1:3">
       <c r="A938" s="1" t="inlineStr">
         <is>
-          <t>9786253933425</t>
+          <t>9786253937966</t>
         </is>
       </c>
       <c r="B938" s="1" t="inlineStr">
         <is>
-          <t>Türk Dünyası Jeopolitiği</t>
+          <t>Avusturya'da 60 Yıl - Misafirlikten Ev Sahipliğine</t>
         </is>
       </c>
       <c r="C938" s="1">
-        <v>395</v>
+        <v>250</v>
       </c>
     </row>
     <row r="939" spans="1:3">
       <c r="A939" s="1" t="inlineStr">
         <is>
-          <t>9786253934002</t>
+          <t>9786253939311</t>
         </is>
       </c>
       <c r="B939" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in 100. Yılında Tavas</t>
+          <t>Sprint Biyomekaniği ve İzokinetik Testler</t>
         </is>
       </c>
       <c r="C939" s="1">
-        <v>270</v>
+        <v>150</v>
       </c>
     </row>
     <row r="940" spans="1:3">
       <c r="A940" s="1" t="inlineStr">
         <is>
-          <t>9786253932817</t>
+          <t>9786253933166</t>
         </is>
       </c>
       <c r="B940" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Girişimcilik - Teori ve Uygulamalar</t>
+          <t>Atatürk Kaç Yıl Yaşadı?</t>
         </is>
       </c>
       <c r="C940" s="1">
-        <v>315</v>
+        <v>250</v>
       </c>
     </row>
     <row r="941" spans="1:3">
       <c r="A941" s="1" t="inlineStr">
         <is>
-          <t>9786253932770</t>
+          <t>9786253939526</t>
         </is>
       </c>
       <c r="B941" s="1" t="inlineStr">
         <is>
-          <t>Havacılıkta Güncel Yaklaşımlar</t>
+          <t>Erken Yaşta Evliliklerin Erkek Yüzü</t>
         </is>
       </c>
       <c r="C941" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="942" spans="1:3">
       <c r="A942" s="1" t="inlineStr">
         <is>
-          <t>9786253932626</t>
+          <t>9786253760175</t>
         </is>
       </c>
       <c r="B942" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Gençliğinin Dijital Oyun Oynama Alışkanlığının Araştırılması</t>
+          <t>Türkiye'nin Sağlığı-Söylem, Politika ve Deneyimler</t>
         </is>
       </c>
       <c r="C942" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="943" spans="1:3">
       <c r="A943" s="1" t="inlineStr">
         <is>
-          <t>9786253933968</t>
+          <t>9786253937447</t>
         </is>
       </c>
       <c r="B943" s="1" t="inlineStr">
         <is>
-          <t>Deprem Okuryazarlığı</t>
+          <t>Dijital Dünyanın Anahtarı - Kripto Paralar ile İlgili Merak Edilen Soruların Cevapları 100 Soru 100 Cevap</t>
         </is>
       </c>
       <c r="C943" s="1">
-        <v>190</v>
+        <v>110</v>
       </c>
     </row>
     <row r="944" spans="1:3">
       <c r="A944" s="1" t="inlineStr">
         <is>
-          <t>9786253989767</t>
+          <t>9786253939427</t>
         </is>
       </c>
       <c r="B944" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Savaş ve Çatışmalar - Kentsel Alanlarda Askeri Harekat ve Operasyonlar</t>
+          <t>Batı’nın Medeniyet İçi Mücadelelerinin Orta Doğu’daki Yansımaları - Haçlı Seferlerinden Soğuk Savaş Sonrasına</t>
         </is>
       </c>
       <c r="C944" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="945" spans="1:3">
       <c r="A945" s="1" t="inlineStr">
         <is>
-          <t>9786253934217</t>
+          <t>9786253760106</t>
         </is>
       </c>
       <c r="B945" s="1" t="inlineStr">
         <is>
-          <t>Düzenler &amp; Barışlar - Diplomatik Arabuluculuğun Tarihsel Sosyolojik Bir İncelemesi</t>
+          <t>Deneyim Kaybı - Benjamin ve Ong’a Göre Teknolojide Kaybolan Söz</t>
         </is>
       </c>
       <c r="C945" s="1">
-        <v>315</v>
+        <v>240</v>
       </c>
     </row>
     <row r="946" spans="1:3">
       <c r="A946" s="1" t="inlineStr">
         <is>
-          <t>9786253932459</t>
+          <t>9786253939632</t>
         </is>
       </c>
       <c r="B946" s="1" t="inlineStr">
         <is>
-          <t>Çocuk, Kulüp, Aile Üçgeninde Sporcu Ebeveyni Olmak</t>
+          <t>İşletme Yönetiminde Pozitif Örgütsel Davranışlar</t>
         </is>
       </c>
       <c r="C946" s="1">
-        <v>140</v>
+        <v>200</v>
       </c>
     </row>
     <row r="947" spans="1:3">
       <c r="A947" s="1" t="inlineStr">
         <is>
-          <t>9786253933258</t>
+          <t>9786253939557</t>
         </is>
       </c>
       <c r="B947" s="1" t="inlineStr">
         <is>
-          <t>Farklı Boyutlarıyla Sağlık Kurumları Yönetimi</t>
+          <t>Kaynaştırma/Bütünleştirme Sınıf İçi Destekler-Öğretmen Yardımcıları İçin Bir Rehber</t>
         </is>
       </c>
       <c r="C947" s="1">
-        <v>550</v>
+        <v>200</v>
       </c>
     </row>
     <row r="948" spans="1:3">
       <c r="A948" s="1" t="inlineStr">
         <is>
-          <t>9786253932435</t>
+          <t>9786253934507</t>
         </is>
       </c>
       <c r="B948" s="1" t="inlineStr">
         <is>
-          <t>A’dan Z’ye Kadın Kooperatifleri</t>
+          <t>Siyasetin Yönetimi</t>
         </is>
       </c>
       <c r="C948" s="1">
-        <v>155</v>
+        <v>120</v>
       </c>
     </row>
     <row r="949" spans="1:3">
       <c r="A949" s="1" t="inlineStr">
         <is>
-          <t>9786253934354</t>
+          <t>9786253939762</t>
         </is>
       </c>
       <c r="B949" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimde Yapı ve Süreç</t>
+          <t>İşletme Biliminde Güncel Tartışmalar ve Paradigmalar-I</t>
         </is>
       </c>
       <c r="C949" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="950" spans="1:3">
       <c r="A950" s="1" t="inlineStr">
         <is>
-          <t>9786253934439</t>
+          <t>9786253936785</t>
         </is>
       </c>
       <c r="B950" s="1" t="inlineStr">
         <is>
-          <t>Dijital İtibar</t>
+          <t>Dijital Toplumu Açıklama Çalışmaları: İletişim ve Yeni Medya</t>
         </is>
       </c>
       <c r="C950" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="951" spans="1:3">
       <c r="A951" s="1" t="inlineStr">
         <is>
-          <t>9786253930011</t>
+          <t>9786253938079</t>
         </is>
       </c>
       <c r="B951" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşen Medya ve İletişim Araştırmaları</t>
+          <t>İran Ders Kitaplarında Şiileştirilmiş Pers Kimliği</t>
         </is>
       </c>
       <c r="C951" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="952" spans="1:3">
       <c r="A952" s="1" t="inlineStr">
         <is>
-          <t>9786253932237</t>
+          <t>9786253931971</t>
         </is>
       </c>
       <c r="B952" s="1" t="inlineStr">
         <is>
-          <t>Klasik Gitar İçin Türk Tasavvuf Musikisi Aranjmanları - I</t>
+          <t>Silifke (Mersin) Turizmi</t>
         </is>
       </c>
       <c r="C952" s="1">
-        <v>155</v>
+        <v>240</v>
       </c>
     </row>
     <row r="953" spans="1:3">
       <c r="A953" s="1" t="inlineStr">
         <is>
-          <t>9786253989453</t>
+          <t>9786052149119</t>
         </is>
       </c>
       <c r="B953" s="1" t="inlineStr">
         <is>
-          <t>Public Sentiment of a Pandemic – Securitizing Health in Turkey</t>
+          <t>Ambalaj Sektöründe Stok Çeşitliliği Optimizasyonu</t>
         </is>
       </c>
       <c r="C953" s="1">
-        <v>190</v>
+        <v>150</v>
       </c>
     </row>
     <row r="954" spans="1:3">
       <c r="A954" s="1" t="inlineStr">
         <is>
-          <t>9786253931216</t>
+          <t>9786253939212</t>
         </is>
       </c>
       <c r="B954" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı İmparatorluğu’nun Son Döneminde ve Gazetecilikte Manipülasyon</t>
+          <t>Türkiye’de Üniversite Kütüphane Binaları İçin Mimari Program Rehberi</t>
         </is>
       </c>
       <c r="C954" s="1">
-        <v>315</v>
+        <v>200</v>
       </c>
     </row>
     <row r="955" spans="1:3">
       <c r="A955" s="1" t="inlineStr">
         <is>
-          <t>9786253932251</t>
+          <t>9786253938017</t>
         </is>
       </c>
       <c r="B955" s="1" t="inlineStr">
         <is>
-          <t>Kırşehir El Örgüsü Çorapları ve Patikleri</t>
+          <t>Oyun Okuryazarlığı</t>
         </is>
       </c>
       <c r="C955" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="956" spans="1:3">
       <c r="A956" s="1" t="inlineStr">
         <is>
-          <t>9786253932473</t>
+          <t>9786253937157</t>
         </is>
       </c>
       <c r="B956" s="1" t="inlineStr">
         <is>
-          <t>Performans Değerleme Sistemi</t>
+          <t>İşletmelerde Örgüt Kültürü ve Stratejik Yönetim</t>
         </is>
       </c>
       <c r="C956" s="1">
-        <v>175</v>
+        <v>300</v>
       </c>
     </row>
     <row r="957" spans="1:3">
       <c r="A957" s="1" t="inlineStr">
         <is>
-          <t>9786253932954</t>
+          <t>9786253939618</t>
         </is>
       </c>
       <c r="B957" s="1" t="inlineStr">
         <is>
-          <t>Yeşil İşletmeler Teori ve Uygulamalar</t>
+          <t>Din Eğitiminde Teori ve Pratik</t>
         </is>
       </c>
       <c r="C957" s="1">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="958" spans="1:3">
       <c r="A958" s="1" t="inlineStr">
         <is>
-          <t>9786253932374</t>
+          <t>9786253933852</t>
         </is>
       </c>
       <c r="B958" s="1" t="inlineStr">
         <is>
-          <t>Yönetsel ve Örgütsel Davranış Alanı ile İlgili Güncel Konular</t>
+          <t>Leadership Communication and Denktaş</t>
         </is>
       </c>
       <c r="C958" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="959" spans="1:3">
       <c r="A959" s="1" t="inlineStr">
         <is>
-          <t>9786253932756</t>
+          <t>9786253939274</t>
         </is>
       </c>
       <c r="B959" s="1" t="inlineStr">
         <is>
-          <t>Sınır Ötesindeki Yankılar - Mültecilerin Medyadaki Varoluşu</t>
+          <t>Stratejik Kültür ve Kuzey Kore’nin Nükleer Silah Programı</t>
         </is>
       </c>
       <c r="C959" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="960" spans="1:3">
       <c r="A960" s="1" t="inlineStr">
         <is>
-          <t>9786253930264</t>
+          <t>9786254335679</t>
         </is>
       </c>
       <c r="B960" s="1" t="inlineStr">
         <is>
-          <t>Savunma Yönetimi - Disiplinlerarası Bir Yaklaşım</t>
+          <t>Eğitim ve Gelişim Psikolojisinde Güncel Konular</t>
         </is>
       </c>
       <c r="C960" s="1">
-        <v>395</v>
+        <v>200</v>
       </c>
     </row>
     <row r="961" spans="1:3">
       <c r="A961" s="1" t="inlineStr">
         <is>
-          <t>9786253931476</t>
+          <t>9786253939168</t>
         </is>
       </c>
       <c r="B961" s="1" t="inlineStr">
         <is>
-          <t>Ücretin Haksız Belirleyeni - Cinsiyet</t>
+          <t>Afrika’da Bölgesel Güvenlik ve Terör</t>
         </is>
       </c>
       <c r="C961" s="1">
-        <v>120</v>
+        <v>180</v>
       </c>
     </row>
     <row r="962" spans="1:3">
       <c r="A962" s="1" t="inlineStr">
         <is>
-          <t>9786253932046</t>
+          <t>9786253937904</t>
         </is>
       </c>
       <c r="B962" s="1" t="inlineStr">
         <is>
-          <t>Örtülü Dijital Emek</t>
+          <t>Mersin Balığı Yetiştiriciliği</t>
         </is>
       </c>
       <c r="C962" s="1">
-        <v>155</v>
+        <v>250</v>
       </c>
     </row>
     <row r="963" spans="1:3">
       <c r="A963" s="1" t="inlineStr">
         <is>
-          <t>9786253932213</t>
+          <t>9786254338533</t>
         </is>
       </c>
       <c r="B963" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Yaşamda Kadın</t>
+          <t>Uluslararası İnsan Kaynakları Yönetimi UİKY) - Uygulama Ve Örnekler</t>
         </is>
       </c>
       <c r="C963" s="1">
-        <v>395</v>
+        <v>290</v>
       </c>
     </row>
     <row r="964" spans="1:3">
       <c r="A964" s="1" t="inlineStr">
         <is>
-          <t>9786253930622</t>
+          <t>9786253939298</t>
         </is>
       </c>
       <c r="B964" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatri Hemşirelerinde Psikodrama Uygulaması</t>
+          <t>Investigating Unıversity Youth’s Awareness of Artificial Intelligence Applications</t>
         </is>
       </c>
       <c r="C964" s="1">
-        <v>125</v>
+        <v>260</v>
       </c>
     </row>
     <row r="965" spans="1:3">
       <c r="A965" s="1" t="inlineStr">
         <is>
-          <t>9786253988548</t>
+          <t>9786253937034</t>
         </is>
       </c>
       <c r="B965" s="1" t="inlineStr">
         <is>
-          <t>Sosyolojik, Felsefi ve Tarihi Yönleriyle Hekimlik</t>
+          <t>Sağlık Hizmetlerinde Ekonomik Değerlendirme Yöntemleri</t>
         </is>
       </c>
       <c r="C965" s="1">
-        <v>375</v>
+        <v>135</v>
       </c>
     </row>
     <row r="966" spans="1:3">
       <c r="A966" s="1" t="inlineStr">
         <is>
-          <t>9786253980016</t>
+          <t>9786253939489</t>
         </is>
       </c>
       <c r="B966" s="1" t="inlineStr">
         <is>
-          <t>Din Kültürü ve Ahlak Bilgisi Öğretmenleri ve Öğretim Materyalleri</t>
+          <t>Sokak Fiziksel Öz Savunma Sistemi</t>
         </is>
       </c>
       <c r="C966" s="1">
-        <v>345</v>
+        <v>300</v>
       </c>
     </row>
     <row r="967" spans="1:3">
       <c r="A967" s="1" t="inlineStr">
         <is>
-          <t>9786253932114</t>
+          <t>9786253938031</t>
         </is>
       </c>
       <c r="B967" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilimde Kişiye Özel Tercüme Hizmetleri</t>
+          <t>Bankacılık Hizmetlerinde Müşteri Bağlılığını Artıran Faktörler</t>
         </is>
       </c>
       <c r="C967" s="1">
-        <v>255</v>
+        <v>150</v>
       </c>
     </row>
     <row r="968" spans="1:3">
       <c r="A968" s="1" t="inlineStr">
         <is>
-          <t>9786253930400</t>
+          <t>9786253939465</t>
         </is>
       </c>
       <c r="B968" s="1" t="inlineStr">
         <is>
-          <t>Yeni Korumacılık</t>
+          <t>Öğretmen Eğitiminde Uygulama ve İnceleme Döngüleri</t>
         </is>
       </c>
       <c r="C968" s="1">
-        <v>190</v>
+        <v>90</v>
       </c>
     </row>
     <row r="969" spans="1:3">
       <c r="A969" s="1" t="inlineStr">
         <is>
-          <t>9786253989873</t>
+          <t>9786253937812</t>
         </is>
       </c>
       <c r="B969" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılın Eşsiz Yeteneği: Dijital Dönüşüm - Sağlık Alanına Dair Bazı Yorumlamalar</t>
+          <t>Yaşlıların Sosyal Dışlanma Algısı - Sosyolojik Bir Analiz</t>
         </is>
       </c>
       <c r="C969" s="1">
-        <v>125</v>
+        <v>380</v>
       </c>
     </row>
     <row r="970" spans="1:3">
       <c r="A970" s="1" t="inlineStr">
         <is>
-          <t>9786253932855</t>
+          <t>9786253939380</t>
         </is>
       </c>
       <c r="B970" s="1" t="inlineStr">
         <is>
-          <t>Kişilikte Güncel Çalışmalar</t>
+          <t>Afgan Göçmenlerin Türkiye’den Memnuniyetinin Belirleyicileri</t>
         </is>
       </c>
       <c r="C970" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="971" spans="1:3">
       <c r="A971" s="1" t="inlineStr">
         <is>
-          <t>9786253932503</t>
+          <t>9786253937218</t>
         </is>
       </c>
       <c r="B971" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Ekonomide Güncel Eğilimler</t>
+          <t>Geleneksel Bankacılıktan Dijital Bankacılığa Değişim Süreci</t>
         </is>
       </c>
       <c r="C971" s="1">
-        <v>700</v>
+        <v>180</v>
       </c>
     </row>
     <row r="972" spans="1:3">
       <c r="A972" s="1" t="inlineStr">
         <is>
-          <t>9786253931025</t>
+          <t>9786253939236</t>
         </is>
       </c>
       <c r="B972" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl İşletmelerinde Bilgiye Dayalı Girişimcilik</t>
+          <t>Dijital Çağda Z Kuşağı Bireylerin Kimlik İnşası ve Sunumu</t>
         </is>
       </c>
       <c r="C972" s="1">
-        <v>550</v>
+        <v>150</v>
       </c>
     </row>
     <row r="973" spans="1:3">
       <c r="A973" s="1" t="inlineStr">
         <is>
-          <t>9786253930769</t>
+          <t>9786253989989</t>
         </is>
       </c>
       <c r="B973" s="1" t="inlineStr">
         <is>
-          <t>Kamu Kurumlarında İç Denetim Uygulamaları</t>
+          <t>İlköğretimde Kolay Aritmetik İşlemler</t>
         </is>
       </c>
       <c r="C973" s="1">
-        <v>145</v>
+        <v>200</v>
       </c>
     </row>
     <row r="974" spans="1:3">
       <c r="A974" s="1" t="inlineStr">
         <is>
-          <t>9786253934101</t>
+          <t>9786253939243</t>
         </is>
       </c>
       <c r="B974" s="1" t="inlineStr">
         <is>
-          <t>Örgüt İklimi ve Örgütsel Vatandaşlık Davranışı Açısından Cam Tavan Algısı</t>
+          <t>Teknolojlik Determinizm - Geleceğe Bakış ve Çok Boyutlu Analiz - II</t>
         </is>
       </c>
       <c r="C974" s="1">
-        <v>145</v>
+        <v>230</v>
       </c>
     </row>
     <row r="975" spans="1:3">
       <c r="A975" s="1" t="inlineStr">
         <is>
-          <t>9786253932565</t>
+          <t>9786254335853</t>
         </is>
       </c>
       <c r="B975" s="1" t="inlineStr">
         <is>
-          <t>Medyanın Kurgusal Gerçekliği ve Travmaları (Ciltli)</t>
+          <t>Türk Kamu Yönetiminde Stratejik Yönetim ve Stratejik Planlama</t>
         </is>
       </c>
       <c r="C975" s="1">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="976" spans="1:3">
       <c r="A976" s="1" t="inlineStr">
         <is>
-          <t>9786253930035</t>
+          <t>9786253936938</t>
         </is>
       </c>
       <c r="B976" s="1" t="inlineStr">
         <is>
-          <t>Dijital Evrenin Yeni İletişim Kodları IV</t>
+          <t>Another Scenarıo “Musıc” - A Philosophical and Interdisciplinary Approach to the Use of Images and Music</t>
         </is>
       </c>
       <c r="C976" s="1">
-        <v>300</v>
+        <v>120</v>
       </c>
     </row>
     <row r="977" spans="1:3">
       <c r="A977" s="1" t="inlineStr">
         <is>
-          <t>9786253930721</t>
+          <t>9786253937836</t>
         </is>
       </c>
       <c r="B977" s="1" t="inlineStr">
         <is>
-          <t>Lise Son Sınıf Öğrencilerinin Üniversiteye Kariyer Geçişlerine Yönelik Bir Model Önerisi</t>
+          <t>Cumhuriyet’in 100. Yılında Türkiye’de Eğitim Yönetimi Alanının Gelişimi - İnceleme ve Değerlendirme</t>
         </is>
       </c>
       <c r="C977" s="1">
-        <v>275</v>
+        <v>150</v>
       </c>
     </row>
     <row r="978" spans="1:3">
       <c r="A978" s="1" t="inlineStr">
         <is>
-          <t>9786253986803</t>
+          <t>9786254336362</t>
         </is>
       </c>
       <c r="B978" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon Stratejileri ve Motivasyonun İşletme Performansına Etkileri</t>
+          <t>Bir Medeniyet Ürünü Olarak Zeytin</t>
         </is>
       </c>
       <c r="C978" s="1">
-        <v>190</v>
+        <v>290</v>
       </c>
     </row>
     <row r="979" spans="1:3">
       <c r="A979" s="1" t="inlineStr">
         <is>
-          <t>9786253987725</t>
+          <t>9786253939120</t>
         </is>
       </c>
       <c r="B979" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Katılım Finans Uyuşmazlıklarının Çözümünde Tahkim</t>
+          <t>Dijital Diplomasi Politikaları</t>
         </is>
       </c>
       <c r="C979" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="980" spans="1:3">
       <c r="A980" s="1" t="inlineStr">
         <is>
-          <t>9786253930202</t>
+          <t>9786253933913</t>
         </is>
       </c>
       <c r="B980" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İçin Beden Eğitimi Öğretmen Eğitimi Standartlarının Oluşturulması</t>
+          <t>Mekân Çevre Kültür</t>
         </is>
       </c>
       <c r="C980" s="1">
-        <v>295</v>
+        <v>280</v>
       </c>
     </row>
     <row r="981" spans="1:3">
       <c r="A981" s="1" t="inlineStr">
         <is>
-          <t>9786253988869</t>
+          <t>9786253980771</t>
         </is>
       </c>
       <c r="B981" s="1" t="inlineStr">
         <is>
-          <t>İstif Stratigrafisinin Temel Prensipleri</t>
+          <t>Kayak - Tarihi Ve Güvenlik Uygulamaları</t>
         </is>
       </c>
       <c r="C981" s="1">
-        <v>470</v>
+        <v>175</v>
       </c>
     </row>
     <row r="982" spans="1:3">
       <c r="A982" s="1" t="inlineStr">
         <is>
-          <t>9786253989439</t>
+          <t>9786254330483</t>
         </is>
       </c>
       <c r="B982" s="1" t="inlineStr">
         <is>
-          <t>Teknolojik Determinizm</t>
+          <t>Assessment Center - Değerlendirme Merkezi Uygulamaları</t>
         </is>
       </c>
       <c r="C982" s="1">
-        <v>870</v>
+        <v>315</v>
       </c>
     </row>
     <row r="983" spans="1:3">
       <c r="A983" s="1" t="inlineStr">
         <is>
-          <t>9786253989927</t>
+          <t>9786253938949</t>
         </is>
       </c>
       <c r="B983" s="1" t="inlineStr">
         <is>
-          <t>Reklam Araştırmalarında Farklı Bakış Açıları</t>
+          <t>Bankacılıkta Estetik Emek Pratikleri</t>
         </is>
       </c>
       <c r="C983" s="1">
-        <v>240</v>
+        <v>230</v>
       </c>
     </row>
     <row r="984" spans="1:3">
       <c r="A984" s="1" t="inlineStr">
         <is>
-          <t>9786253983680</t>
+          <t>9786253938994</t>
         </is>
       </c>
       <c r="B984" s="1" t="inlineStr">
         <is>
-          <t>İş Kazalarında Veri Analizi - SPSS ve Lojistik Regresyon Uygulamaları</t>
+          <t>Revizeli Ses Esaslı İlkokuma Yazma Öğretimi</t>
         </is>
       </c>
       <c r="C984" s="1">
-        <v>180</v>
+        <v>150</v>
       </c>
     </row>
     <row r="985" spans="1:3">
       <c r="A985" s="1" t="inlineStr">
         <is>
-          <t>9786253983574</t>
+          <t>9786253936624</t>
         </is>
       </c>
       <c r="B985" s="1" t="inlineStr">
         <is>
-          <t>Tedarik Zinciri Stratejilerinin Performans Üzerindeki Etkisi</t>
+          <t>XX. Yüzyıl Türk Tasavvufunda Entelektüel Tavır: Kenan Rifai Örneği</t>
         </is>
       </c>
       <c r="C985" s="1">
-        <v>195</v>
+        <v>360</v>
       </c>
     </row>
     <row r="986" spans="1:3">
       <c r="A986" s="1" t="inlineStr">
         <is>
-          <t>9786253983840</t>
+          <t>9786254338540</t>
         </is>
       </c>
       <c r="B986" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sürecinde Özel Okullarda İnsan Kaynakları Yönetimi</t>
+          <t>Kuramdan Uygulamaya Türkçe Eğitiminde Bibliyoterapi</t>
         </is>
       </c>
       <c r="C986" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="987" spans="1:3">
       <c r="A987" s="1" t="inlineStr">
         <is>
-          <t>9786253986889</t>
+          <t>9786052149416</t>
         </is>
       </c>
       <c r="B987" s="1" t="inlineStr">
         <is>
-          <t>Data Privacy - A Special Review of Android Applications in The USA</t>
+          <t>Reçete ve Tarfiler ile Kıbrıs Türk Mutfağı</t>
         </is>
       </c>
       <c r="C987" s="1">
-        <v>205</v>
+        <v>315</v>
       </c>
     </row>
     <row r="988" spans="1:3">
       <c r="A988" s="1" t="inlineStr">
         <is>
-          <t>9786253985004</t>
+          <t>9786253937669</t>
         </is>
       </c>
       <c r="B988" s="1" t="inlineStr">
         <is>
-          <t>Karar Vermede Çerçeveleme Etkisi</t>
+          <t>İlk Okuma Yazma Öğretiminde DNA Modeli</t>
         </is>
       </c>
       <c r="C988" s="1">
-        <v>190</v>
+        <v>275</v>
       </c>
     </row>
     <row r="989" spans="1:3">
       <c r="A989" s="1" t="inlineStr">
         <is>
-          <t>9786253987497</t>
+          <t>9786253937294</t>
         </is>
       </c>
       <c r="B989" s="1" t="inlineStr">
         <is>
-          <t>Kimlik, Din ve Siyaset</t>
+          <t>E-Spor ve Liderlik</t>
         </is>
       </c>
       <c r="C989" s="1">
-        <v>250</v>
+        <v>140</v>
       </c>
     </row>
     <row r="990" spans="1:3">
       <c r="A990" s="1" t="inlineStr">
         <is>
-          <t>9786253988753</t>
+          <t>9786253937560</t>
         </is>
       </c>
       <c r="B990" s="1" t="inlineStr">
         <is>
-          <t>Bir Tüketim Pratiği Olarak Hanehalkının İsraf Davranışlarının Sosyolojik Analizi</t>
+          <t>Women In British Travel Writing</t>
         </is>
       </c>
       <c r="C990" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="991" spans="1:3">
       <c r="A991" s="1" t="inlineStr">
         <is>
-          <t>9786253930387</t>
+          <t>9786253937096</t>
         </is>
       </c>
       <c r="B991" s="1" t="inlineStr">
         <is>
-          <t>Bursa Hisar'ı Tasarlamak</t>
+          <t>Yüz Yıllık Cumhuriyet ve Toplum</t>
         </is>
       </c>
       <c r="C991" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="992" spans="1:3">
       <c r="A992" s="1" t="inlineStr">
         <is>
-          <t>9786253982430</t>
+          <t>9786253938055</t>
         </is>
       </c>
       <c r="B992" s="1" t="inlineStr">
         <is>
-          <t>Engelli Ailesinde Boşanma</t>
+          <t>Historical Crime Fiction</t>
         </is>
       </c>
       <c r="C992" s="1">
-        <v>375</v>
+        <v>150</v>
       </c>
     </row>
     <row r="993" spans="1:3">
       <c r="A993" s="1" t="inlineStr">
         <is>
-          <t>9786253932015</t>
+          <t>9786253937645</t>
         </is>
       </c>
       <c r="B993" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Diplomasisi - Dünyadan Örnekler Türkiye İçin Öneriler</t>
+          <t>Sağlıkta Bütçe Dağılımı</t>
         </is>
       </c>
       <c r="C993" s="1">
-        <v>255</v>
+        <v>380</v>
       </c>
     </row>
     <row r="994" spans="1:3">
       <c r="A994" s="1" t="inlineStr">
         <is>
-          <t>9786253932206</t>
+          <t>9786253937010</t>
         </is>
       </c>
       <c r="B994" s="1" t="inlineStr">
         <is>
-          <t>Satışta Sosyal Stiller</t>
+          <t>Sanat ve Siyaset Bağlamında Film Festivalleri</t>
         </is>
       </c>
       <c r="C994" s="1">
-        <v>330</v>
+        <v>175</v>
       </c>
     </row>
     <row r="995" spans="1:3">
       <c r="A995" s="1" t="inlineStr">
         <is>
-          <t>9786253988708</t>
+          <t>9786253981242</t>
         </is>
       </c>
       <c r="B995" s="1" t="inlineStr">
         <is>
-          <t>Innovation for Social Business Administration</t>
+          <t>Eğitsel Oyun</t>
         </is>
       </c>
       <c r="C995" s="1">
-        <v>415</v>
+        <v>275</v>
       </c>
     </row>
     <row r="996" spans="1:3">
       <c r="A996" s="1" t="inlineStr">
         <is>
-          <t>9786253931735</t>
+          <t>9786253985295</t>
         </is>
       </c>
       <c r="B996" s="1" t="inlineStr">
         <is>
-          <t>Gaziantep Üniversitesinde Öğrenim Gören Afrikalı Öğrencilerin Mekan, Toplum ve Akademik Deneyimleri</t>
+          <t>6 Şubat 2023 Kahramanmaraş Depremleri Raporu</t>
         </is>
       </c>
       <c r="C996" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="997" spans="1:3">
       <c r="A997" s="1" t="inlineStr">
         <is>
-          <t>9786253930684</t>
+          <t>9786253937171</t>
         </is>
       </c>
       <c r="B997" s="1" t="inlineStr">
         <is>
-          <t>Outside The Nation, Inside The Melancholic State(s) of Mind</t>
+          <t>Takipteki Alacaklar ve Türk Bankacılık Sektörü</t>
         </is>
       </c>
       <c r="C997" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="998" spans="1:3">
       <c r="A998" s="1" t="inlineStr">
         <is>
-          <t>9786253931612</t>
+          <t>9786253938130</t>
         </is>
       </c>
       <c r="B998" s="1" t="inlineStr">
         <is>
-          <t>Development Aid and Middle Power Diplomacy: Navigating TİKA’s Role in Turkish Foreign Policy</t>
+          <t>Çevresel Açıdan Sektörel Atık Yönetimi ve Uygulamaları IV</t>
         </is>
       </c>
       <c r="C998" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="999" spans="1:3">
       <c r="A999" s="1" t="inlineStr">
         <is>
-          <t>9786253931803</t>
+          <t>9786253938116</t>
         </is>
       </c>
       <c r="B999" s="1" t="inlineStr">
         <is>
-          <t>Ahlaki Liderin Kavram Dünyası - Nurettin Topçu ve Erol Güngör Sözlüğü</t>
+          <t>Çevresel Açıdan Sektörel Atık Yönetimi ve Uygulamaları III</t>
         </is>
       </c>
       <c r="C999" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1000" spans="1:3">
       <c r="A1000" s="1" t="inlineStr">
         <is>
-          <t>9786253931575</t>
+          <t>9786253936662</t>
         </is>
       </c>
       <c r="B1000" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’deki Sakin Şehirlerde Sürdürülebilir Turizm</t>
+          <t>Alevi Kimliği ve Din Eğitimi</t>
         </is>
       </c>
       <c r="C1000" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1001" spans="1:3">
       <c r="A1001" s="1" t="inlineStr">
         <is>
-          <t>9786253930127</t>
+          <t>9786253937348</t>
         </is>
       </c>
       <c r="B1001" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Biliminde Yapay Zeka</t>
+          <t>Hava Yolları Hesapları Üzerinden İnstagram’da Kültürel Boyutları Okumak</t>
         </is>
       </c>
       <c r="C1001" s="1">
-        <v>340</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1002" spans="1:3">
       <c r="A1002" s="1" t="inlineStr">
         <is>
-          <t>9786253988555</t>
+          <t>9786253937461</t>
         </is>
       </c>
       <c r="B1002" s="1" t="inlineStr">
         <is>
-          <t>Structures on the Manifolds and Bundles - Lift Problems</t>
+          <t>Aile Şirketlerinde Kurumsallaşma, Stratejik Yönetim ve Çağdaş Liderlik Uygulamaları</t>
         </is>
       </c>
       <c r="C1002" s="1">
-        <v>590</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1003" spans="1:3">
       <c r="A1003" s="1" t="inlineStr">
         <is>
-          <t>9786253986926</t>
+          <t>9786253937713</t>
         </is>
       </c>
       <c r="B1003" s="1" t="inlineStr">
         <is>
-          <t>Müşteri İlişkileri Yönetimi</t>
+          <t>Eski Harfli Türkçe Matematik Biyo-Bibliyografyası (1900-1928)</t>
         </is>
       </c>
       <c r="C1003" s="1">
-        <v>165</v>
+        <v>850</v>
       </c>
     </row>
     <row r="1004" spans="1:3">
       <c r="A1004" s="1" t="inlineStr">
         <is>
-          <t>9786253930844</t>
+          <t>9786253937799</t>
         </is>
       </c>
       <c r="B1004" s="1" t="inlineStr">
         <is>
-          <t>Gastronomide Üretim ve Tüketim Boyutları</t>
+          <t>Yaşlılıkta Çift İlişkisi - Aile Odaklı Sosyal Hizmet Müdahalesi</t>
         </is>
       </c>
       <c r="C1004" s="1">
-        <v>520</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1005" spans="1:3">
       <c r="A1005" s="1" t="inlineStr">
         <is>
-          <t>9786253930882</t>
+          <t>9786253937119</t>
         </is>
       </c>
       <c r="B1005" s="1" t="inlineStr">
         <is>
-          <t>Erkekliğe Karşı Üçlü İttifak</t>
+          <t>Özgürlüğün Esiri - Ahmadou Bamba</t>
         </is>
       </c>
       <c r="C1005" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1006" spans="1:3">
       <c r="A1006" s="1" t="inlineStr">
         <is>
-          <t>9786253930660</t>
+          <t>9786253985998</t>
         </is>
       </c>
       <c r="B1006" s="1" t="inlineStr">
         <is>
-          <t>Örgütlerde Grup İçi Etkileşim, Takım İşbirliği ve Kolektif Zeka</t>
+          <t>Metaverse ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C1006" s="1">
-        <v>255</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1007" spans="1:3">
       <c r="A1007" s="1" t="inlineStr">
         <is>
-          <t>9786253988319</t>
+          <t>9786253936860</t>
         </is>
       </c>
       <c r="B1007" s="1" t="inlineStr">
         <is>
-          <t>İşletme Biliminde Güncel Tartışmalar</t>
+          <t>Takım Sporlarında İDİ-İletişim Yöntemi</t>
         </is>
       </c>
       <c r="C1007" s="1">
-        <v>215</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1008" spans="1:3">
       <c r="A1008" s="1" t="inlineStr">
         <is>
-          <t>9786253987572</t>
+          <t>9786253937423</t>
         </is>
       </c>
       <c r="B1008" s="1" t="inlineStr">
         <is>
-          <t>Isparta’da Deprem Afet Yönetimi ve Kentsel Dönüşüm</t>
+          <t>Afetistan’da Doğrunun Peşinde</t>
         </is>
       </c>
       <c r="C1008" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1009" spans="1:3">
       <c r="A1009" s="1" t="inlineStr">
         <is>
-          <t>9786253988814</t>
+          <t>9786253935290</t>
         </is>
       </c>
       <c r="B1009" s="1" t="inlineStr">
         <is>
-          <t>Kültür, Düğün ve Toplumsal Yapılanma</t>
+          <t>Teknolojinin Gücü</t>
         </is>
       </c>
       <c r="C1009" s="1">
-        <v>195</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1010" spans="1:3">
       <c r="A1010" s="1" t="inlineStr">
         <is>
-          <t>9786253982270</t>
+          <t>9786253937584</t>
         </is>
       </c>
       <c r="B1010" s="1" t="inlineStr">
         <is>
-          <t>Sanayi Devrimi’nden Günümüze Emeğin Niteliği</t>
+          <t>Tübüler Membran Filtrasyon (Cilt II)</t>
         </is>
       </c>
       <c r="C1010" s="1">
-        <v>150</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1011" spans="1:3">
       <c r="A1011" s="1" t="inlineStr">
         <is>
-          <t>9786253930059</t>
+          <t>9786253937195</t>
         </is>
       </c>
       <c r="B1011" s="1" t="inlineStr">
         <is>
-          <t>Çevre ve Ekonomisi - Politika, Yönetim Ve Uygulama</t>
+          <t>Avrupa ve Türkiye Eğitim Sistemleri</t>
         </is>
       </c>
       <c r="C1011" s="1">
-        <v>295</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1012" spans="1:3">
       <c r="A1012" s="1" t="inlineStr">
         <is>
-          <t>9786253989613</t>
+          <t>9786253937324</t>
         </is>
       </c>
       <c r="B1012" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Biyografik Filmler</t>
+          <t>Pandora'nın Kutusu Açılıyor</t>
         </is>
       </c>
       <c r="C1012" s="1">
-        <v>280</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1013" spans="1:3">
       <c r="A1013" s="1" t="inlineStr">
         <is>
-          <t>9786253931636</t>
+          <t>9786253936303</t>
         </is>
       </c>
       <c r="B1013" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet’in 100. Yılında İletişim Çalışmalarında “Kadın”</t>
+          <t>Okul Eğitiminin İflası</t>
         </is>
       </c>
       <c r="C1013" s="1">
-        <v>215</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1014" spans="1:3">
       <c r="A1014" s="1" t="inlineStr">
         <is>
-          <t>9786253989842</t>
+          <t>9786253937508</t>
         </is>
       </c>
       <c r="B1014" s="1" t="inlineStr">
         <is>
-          <t>Afetlerde Etik Yaklaşım</t>
+          <t>Modern Dünyaya Nebevi Dokunuş - Hz. Peygamber’e Dair Akademik Çalışmalar (Disiplinlerarası Yaklaşım)</t>
         </is>
       </c>
       <c r="C1014" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1015" spans="1:3">
       <c r="A1015" s="1" t="inlineStr">
         <is>
-          <t>9786253989187</t>
+          <t>9786253936259</t>
         </is>
       </c>
       <c r="B1015" s="1" t="inlineStr">
         <is>
-          <t>Moda, Reklam ve Toplumsal Değişim</t>
+          <t>Yenilik ve Girişimcilikte Dijitalleşme - Gelişmekte Olan Ülkeler Perspektifi</t>
         </is>
       </c>
       <c r="C1015" s="1">
-        <v>425</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1016" spans="1:3">
       <c r="A1016" s="1" t="inlineStr">
         <is>
-          <t>9786253931353</t>
+          <t>9786254338892</t>
         </is>
       </c>
       <c r="B1016" s="1" t="inlineStr">
         <is>
-          <t>Almanya’ya Hoş mu Geldiniz? Almanya’daki Türklerin Suriyelilere Bakışı</t>
+          <t>Mübadelenin Mimari Kültürü - Sürmeli</t>
         </is>
       </c>
       <c r="C1016" s="1">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1017" spans="1:3">
       <c r="A1017" s="1" t="inlineStr">
         <is>
-          <t>9786253931438</t>
+          <t>9786253938970</t>
         </is>
       </c>
       <c r="B1017" s="1" t="inlineStr">
         <is>
-          <t>Türk Ü Tazi</t>
+          <t>Umuyorduk - Kadın Konukevinden Ayrılan Kadınların Ayrılış Dinamikleri: Diyarbakır Örneği</t>
         </is>
       </c>
       <c r="C1017" s="1">
-        <v>295</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1018" spans="1:3">
       <c r="A1018" s="1" t="inlineStr">
         <is>
-          <t>9786253980351</t>
+          <t>9786253936976</t>
         </is>
       </c>
       <c r="B1018" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İmalat Sanayiine Sektörel Bakış</t>
+          <t>Uygarlıklar Dünyası</t>
         </is>
       </c>
       <c r="C1018" s="1">
-        <v>820</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1019" spans="1:3">
       <c r="A1019" s="1" t="inlineStr">
         <is>
-          <t>9786253986674</t>
+          <t>9786253937621</t>
         </is>
       </c>
       <c r="B1019" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Sürecinde Üniversitelerde Yabancı Dil Öğretimi: Durum Çalışması</t>
+          <t>Rumeli’den Anadolu’ya Tarihten Günümüze Tüm Yönleriyle Kaletepe, Namıdiğer Kesiriç Köyü</t>
         </is>
       </c>
       <c r="C1019" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1020" spans="1:3">
       <c r="A1020" s="1" t="inlineStr">
         <is>
-          <t>9786253988425</t>
+          <t>9786253932992</t>
         </is>
       </c>
       <c r="B1020" s="1" t="inlineStr">
         <is>
-          <t>Hava Yolu Taşıyıcıları Rekabet Stratejileri - Türkiye’de Düşük Maliyetli Hava Yolu Taşıyıcıları</t>
+          <t>Kamu Yönetiminde Değişim ve Gelişim I / Siyaset-İşletme Arasında</t>
         </is>
       </c>
       <c r="C1020" s="1">
-        <v>295</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1021" spans="1:3">
       <c r="A1021" s="1" t="inlineStr">
         <is>
-          <t>9786253930585</t>
+          <t>9786253982324</t>
         </is>
       </c>
       <c r="B1021" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Kampanya Yönetimi ve Uygulamaları</t>
+          <t>Latans Dönemi ve Projektif Testler</t>
         </is>
       </c>
       <c r="C1021" s="1">
-        <v>590</v>
+        <v>135</v>
       </c>
     </row>
     <row r="1022" spans="1:3">
       <c r="A1022" s="1" t="inlineStr">
         <is>
-          <t>9786253931315</t>
+          <t>9786253936686</t>
         </is>
       </c>
       <c r="B1022" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağda Medya ve İletişim Çalışmaları</t>
+          <t>Küresel Müzakerenin Yeni Formu Dijital Aktivizm</t>
         </is>
       </c>
       <c r="C1022" s="1">
-        <v>320</v>
+        <v>230</v>
       </c>
     </row>
     <row r="1023" spans="1:3">
       <c r="A1023" s="1" t="inlineStr">
         <is>
-          <t>9786253931001</t>
+          <t>9786253936440</t>
         </is>
       </c>
       <c r="B1023" s="1" t="inlineStr">
         <is>
-          <t>Çevre Eğitiminde Güncel Yaklaşımlar</t>
+          <t>Genç Yoksulluğu</t>
         </is>
       </c>
       <c r="C1023" s="1">
-        <v>340</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1024" spans="1:3">
       <c r="A1024" s="1" t="inlineStr">
         <is>
-          <t>9786253930820</t>
+          <t>9786253937881</t>
         </is>
       </c>
       <c r="B1024" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Alanında Disiplinler Arası Yaklaşımlar - Dijitalleşme</t>
+          <t>Eş Zamanlı Dijital Sahne: Cıneopera</t>
         </is>
       </c>
       <c r="C1024" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1025" spans="1:3">
       <c r="A1025" s="1" t="inlineStr">
         <is>
-          <t>9786253988395</t>
+          <t>9786253936495</t>
         </is>
       </c>
       <c r="B1025" s="1" t="inlineStr">
         <is>
-          <t>Finansal Sosyal Hizmet</t>
+          <t>Anscombe - Modern Ahlak Felsefesi Eleştirisi ve Niyet - Eylem Teorisi</t>
         </is>
       </c>
       <c r="C1025" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1026" spans="1:3">
       <c r="A1026" s="1" t="inlineStr">
         <is>
-          <t>9786253930905</t>
+          <t>9786257932448</t>
         </is>
       </c>
       <c r="B1026" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Yalan Söyler mi? Kendiyle Çelişen İktisat</t>
+          <t>Hibrit Savaşlar</t>
         </is>
       </c>
       <c r="C1026" s="1">
-        <v>215</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1027" spans="1:3">
       <c r="A1027" s="1" t="inlineStr">
         <is>
-          <t>9786253930547</t>
+          <t>9786253936068</t>
         </is>
       </c>
       <c r="B1027" s="1" t="inlineStr">
         <is>
-          <t>Şanlıurfa İlinde Tarım, Hayvancılık ve Kırsal Kalkınma</t>
+          <t>Bir Başka Senaryo Müzik - Görüntü ve Müzik Kullanımına Felsefi ve Disiplinlerarası Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1027" s="1">
-        <v>215</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1028" spans="1:3">
       <c r="A1028" s="1" t="inlineStr">
         <is>
-          <t>9786253930462</t>
+          <t>9786253936143</t>
         </is>
       </c>
       <c r="B1028" s="1" t="inlineStr">
         <is>
-          <t>Türkiye İle Rusya Arasında Siyasi Krizlerin Ekonomilerine Yansıması</t>
+          <t>Yapay Zeka Çağında Tüketici Davranışı - Dijital Profiller ve Büyük Verinin Etkisi</t>
         </is>
       </c>
       <c r="C1028" s="1">
-        <v>365</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1029" spans="1:3">
       <c r="A1029" s="1" t="inlineStr">
         <is>
-          <t>9786253989071</t>
+          <t>9786257203937</t>
         </is>
       </c>
       <c r="B1029" s="1" t="inlineStr">
         <is>
-          <t>Stem Eğitimine Yolculuk</t>
+          <t>Farmakoepidemiyoloji</t>
         </is>
       </c>
       <c r="C1029" s="1">
-        <v>320</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1030" spans="1:3">
       <c r="A1030" s="1" t="inlineStr">
         <is>
-          <t>9786253930561</t>
+          <t>9786253931254</t>
         </is>
       </c>
       <c r="B1030" s="1" t="inlineStr">
         <is>
-          <t>Structure Evolutıon In Steels Of Railway Wheels At Manufacture And Operations</t>
+          <t>İmranlı (Ümraniye) Boğazören Köyü Eski Mezarlık’taki Taş Sandukalar ve Koçgiri Mezar Taşları Üzerine Değerlendirme</t>
         </is>
       </c>
       <c r="C1030" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1031" spans="1:3">
       <c r="A1031" s="1" t="inlineStr">
         <is>
-          <t>9786253989354</t>
+          <t>9786253931193</t>
         </is>
       </c>
       <c r="B1031" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Perspektifinden Kolluk Çalışmaları III - Liderlik Üzerine</t>
+          <t>Osmanlı’dan Günümüze İktisat, Maliye ve Sosyal Kurumlar</t>
         </is>
       </c>
       <c r="C1031" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1032" spans="1:3">
       <c r="A1032" s="1" t="inlineStr">
         <is>
-          <t>9786253988388</t>
+          <t>9786253989415</t>
         </is>
       </c>
       <c r="B1032" s="1" t="inlineStr">
         <is>
-          <t>Psikosiyasal Yönüyle Saldırganlık ve Terör</t>
+          <t>Blockchain ve Nesnelerin İnterneti - Alan Uygulamaları-2</t>
         </is>
       </c>
       <c r="C1032" s="1">
-        <v>275</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1033" spans="1:3">
       <c r="A1033" s="1" t="inlineStr">
         <is>
-          <t>9786253930783</t>
+          <t>9786253989101</t>
         </is>
       </c>
       <c r="B1033" s="1" t="inlineStr">
         <is>
-          <t>Kadının Güçlenmesi Sürecinde Bir Sosyal Girişim Modeli Olarak Kadın Kooperatifleri</t>
+          <t>İklim Değişikliği Siyaseti Riskler, Fırsatlar ve Yeni Vizyonlar</t>
         </is>
       </c>
       <c r="C1033" s="1">
-        <v>550</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1034" spans="1:3">
       <c r="A1034" s="1" t="inlineStr">
         <is>
-          <t>9786253987398</t>
+          <t>9786253989538</t>
         </is>
       </c>
       <c r="B1034" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu’da Elitler ve Dış Politika</t>
+          <t>Bilinçli Farkındalık ve Turizm</t>
         </is>
       </c>
       <c r="C1034" s="1">
-        <v>255</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1035" spans="1:3">
       <c r="A1035" s="1" t="inlineStr">
         <is>
-          <t>9786253988333</t>
+          <t>9786253989644</t>
         </is>
       </c>
       <c r="B1035" s="1" t="inlineStr">
         <is>
-          <t>Kayıt Dışı Çalışanların Sosyal Yardım Alma Durumunu Etkileyen Faktörler</t>
+          <t>Fundamentals of Matlab For Economic Modelling</t>
         </is>
       </c>
       <c r="C1035" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1036" spans="1:3">
       <c r="A1036" s="1" t="inlineStr">
         <is>
-          <t>9786253988999</t>
+          <t>9786253988449</t>
         </is>
       </c>
       <c r="B1036" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Küreselleşme, Siyaset ve Uluslararası Sistem</t>
+          <t>İyisiyle Kötüsüyle Sürdürülebilirlik “Yaşasın İyilik”</t>
         </is>
       </c>
       <c r="C1036" s="1">
-        <v>255</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1037" spans="1:3">
       <c r="A1037" s="1" t="inlineStr">
         <is>
-          <t>9786253988678</t>
+          <t>9786253988586</t>
         </is>
       </c>
       <c r="B1037" s="1" t="inlineStr">
         <is>
-          <t>Gıdanın Geleceği</t>
+          <t>Türkiye Girişimcilik Ekosistemi (2001-2020)</t>
         </is>
       </c>
       <c r="C1037" s="1">
-        <v>565</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1038" spans="1:3">
       <c r="A1038" s="1" t="inlineStr">
         <is>
-          <t>9786253930486</t>
+          <t>9786253980788</t>
         </is>
       </c>
       <c r="B1038" s="1" t="inlineStr">
         <is>
-          <t>Türk Kültüründe Erdemli Liderlik Modeli</t>
+          <t>İstatistiksel Yöntemler Boyutuyla İstisnalarla Yönetim</t>
         </is>
       </c>
       <c r="C1038" s="1">
         <v>205</v>
       </c>
     </row>
     <row r="1039" spans="1:3">
       <c r="A1039" s="1" t="inlineStr">
         <is>
-          <t>9786253931292</t>
+          <t>9786253987190</t>
         </is>
       </c>
       <c r="B1039" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm Sürecinde İletişim Çalışmaları</t>
+          <t>İklim Değişikliğinin İnsan Hakları Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C1039" s="1">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1040" spans="1:3">
       <c r="A1040" s="1" t="inlineStr">
         <is>
-          <t>9786253989231</t>
+          <t>9786253988104</t>
         </is>
       </c>
       <c r="B1040" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle İş - Aile Çatışması</t>
+          <t>Sanatta Matematik</t>
         </is>
       </c>
       <c r="C1040" s="1">
-        <v>165</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1041" spans="1:3">
       <c r="A1041" s="1" t="inlineStr">
         <is>
-          <t>9786253931100</t>
+          <t>9786253987282</t>
         </is>
       </c>
       <c r="B1041" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticarete Yönelik Teşvikler ve Ekonomik Etkileri</t>
+          <t>Diziler ve Seriler Ders Notları</t>
         </is>
       </c>
       <c r="C1041" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1042" spans="1:3">
       <c r="A1042" s="1" t="inlineStr">
         <is>
-          <t>9786253989392</t>
+          <t>9786253988036</t>
         </is>
       </c>
       <c r="B1042" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekâ: Alan Uygulamaları-2</t>
+          <t>Haldun Taner ve İnsan</t>
         </is>
       </c>
       <c r="C1042" s="1">
-        <v>320</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1043" spans="1:3">
       <c r="A1043" s="1" t="inlineStr">
         <is>
-          <t>9786253930646</t>
+          <t>9786253982966</t>
         </is>
       </c>
       <c r="B1043" s="1" t="inlineStr">
         <is>
-          <t>Paydaş Yaklaşımı Çerçevesinde Sürdürülebilirlik</t>
+          <t>Poetika ve Gerçeklik - Türk Şiirinde İzler</t>
         </is>
       </c>
       <c r="C1043" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1044" spans="1:3">
       <c r="A1044" s="1" t="inlineStr">
         <is>
-          <t>9786253989590</t>
+          <t>9786253982805</t>
         </is>
       </c>
       <c r="B1044" s="1" t="inlineStr">
         <is>
-          <t>Genomik Veri Tabanlarında İndeksleme ve Arama Yöntemleri Üzerine</t>
+          <t>İşletmelerde Marka Değeri ve Muhasebeleştirilmesi</t>
         </is>
       </c>
       <c r="C1044" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1045" spans="1:3">
       <c r="A1045" s="1" t="inlineStr">
         <is>
-          <t>9786253930288</t>
+          <t>9786254338090</t>
         </is>
       </c>
       <c r="B1045" s="1" t="inlineStr">
         <is>
-          <t>Platon’dan Churchlandlara Zihin Felsefesinin Kısa Tarihi</t>
+          <t>Geleneksel Çocuk Oyunları</t>
         </is>
       </c>
       <c r="C1045" s="1">
-        <v>340</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1046" spans="1:3">
       <c r="A1046" s="1" t="inlineStr">
         <is>
-          <t>9786253931940</t>
+          <t>9786254335112</t>
         </is>
       </c>
       <c r="B1046" s="1" t="inlineStr">
         <is>
-          <t>Emerging Issues in Terrorism Studies</t>
+          <t>Farklı Bakış Açılarıyla Yoksulluk Çalışmaları</t>
         </is>
       </c>
       <c r="C1046" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1047" spans="1:3">
       <c r="A1047" s="1" t="inlineStr">
         <is>
-          <t>9786253988920</t>
+          <t>9786254332777</t>
         </is>
       </c>
       <c r="B1047" s="1" t="inlineStr">
         <is>
-          <t>Smart Cities: Cases and Implications</t>
+          <t>Gerçeğin Düşüşü: Post - Gerçek Zeminde İletişim</t>
         </is>
       </c>
       <c r="C1047" s="1">
-        <v>215</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1048" spans="1:3">
       <c r="A1048" s="1" t="inlineStr">
         <is>
-          <t>9786253987121</t>
+          <t>9786254331725</t>
         </is>
       </c>
       <c r="B1048" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanan İş Gücü Yönetimi</t>
+          <t>Örnek Cümleler Ve Diyaloglarla Türkçe Konuşma Kılavuzu</t>
         </is>
       </c>
       <c r="C1048" s="1">
-        <v>330</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1049" spans="1:3">
       <c r="A1049" s="1" t="inlineStr">
         <is>
-          <t>9786253988777</t>
+          <t>9786254331053</t>
         </is>
       </c>
       <c r="B1049" s="1" t="inlineStr">
         <is>
-          <t>Dijital Çağ ve Kamu Yönetimi</t>
+          <t>Geleneksel ve Modern Çalma Teknikli UD METODU</t>
         </is>
       </c>
       <c r="C1049" s="1">
-        <v>350</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1050" spans="1:3">
       <c r="A1050" s="1" t="inlineStr">
         <is>
-          <t>9786253987343</t>
+          <t>9786257363303</t>
         </is>
       </c>
       <c r="B1050" s="1" t="inlineStr">
         <is>
-          <t>Simülasyon Destekli Analog ve Sayısal Elektronik Uygulamaları</t>
+          <t>Bibliyometrik Analiz</t>
         </is>
       </c>
       <c r="C1050" s="1">
-        <v>465</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1051" spans="1:3">
       <c r="A1051" s="1" t="inlineStr">
         <is>
-          <t>9786253988166</t>
+          <t>9786257566933</t>
         </is>
       </c>
       <c r="B1051" s="1" t="inlineStr">
         <is>
-          <t>Terörizmin El Kitabı</t>
+          <t>Türkçede Amaç Cümleleri</t>
         </is>
       </c>
       <c r="C1051" s="1">
-        <v>630</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1052" spans="1:3">
       <c r="A1052" s="1" t="inlineStr">
         <is>
-          <t>9786253931278</t>
+          <t>9786257492874</t>
         </is>
       </c>
       <c r="B1052" s="1" t="inlineStr">
         <is>
-          <t>Gossip Discourse as a Social Practice Amongst the Elderly</t>
+          <t>Tedarik Zincirinde Riskler</t>
         </is>
       </c>
       <c r="C1052" s="1">
-        <v>170</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1053" spans="1:3">
       <c r="A1053" s="1" t="inlineStr">
         <is>
-          <t>9786253989828</t>
+          <t>9786257589895</t>
         </is>
       </c>
       <c r="B1053" s="1" t="inlineStr">
         <is>
-          <t>Çin’in Doğu Afrika’daki Yumuşak Gücü</t>
+          <t>Sanal Gerçeklik ve 360 Derece Film</t>
         </is>
       </c>
       <c r="C1053" s="1">
-        <v>340</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1054" spans="1:3">
       <c r="A1054" s="1" t="inlineStr">
         <is>
-          <t>9786253989378</t>
+          <t>9786052149126</t>
         </is>
       </c>
       <c r="B1054" s="1" t="inlineStr">
         <is>
-          <t>Yarının Teknolojik Vizyonu ve Yapay Zeka</t>
+          <t>Mikro İktisadi Açıdan Sağlık Hizmetleri Piyasasının Analizi</t>
         </is>
       </c>
       <c r="C1054" s="1">
-        <v>590</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1055" spans="1:3">
       <c r="A1055" s="1" t="inlineStr">
         <is>
-          <t>9786253989477</t>
+          <t>9786253934088</t>
         </is>
       </c>
       <c r="B1055" s="1" t="inlineStr">
         <is>
-          <t>Kovid-19 Salgınının Aile, Çalışma ve Dini Hayata Etkileri</t>
+          <t>Spor Yayınları Bibliyografyası - Kitaplar</t>
         </is>
       </c>
       <c r="C1055" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1056" spans="1:3">
       <c r="A1056" s="1" t="inlineStr">
         <is>
-          <t>9786253988487</t>
+          <t>9786253936723</t>
         </is>
       </c>
       <c r="B1056" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Meşruiyet Krizi</t>
+          <t>Aile Nereye Evriliyor</t>
         </is>
       </c>
       <c r="C1056" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1057" spans="1:3">
       <c r="A1057" s="1" t="inlineStr">
         <is>
-          <t>9786253985394</t>
+          <t>9786253930745</t>
         </is>
       </c>
       <c r="B1057" s="1" t="inlineStr">
         <is>
-          <t>Okul Geliştirme</t>
+          <t>Kentsel İçmesuyu Tesislerinin Planlaması, İnşaatı ve İşletilmesi</t>
         </is>
       </c>
       <c r="C1057" s="1">
-        <v>150</v>
+        <v>705</v>
       </c>
     </row>
     <row r="1058" spans="1:3">
       <c r="A1058" s="1" t="inlineStr">
         <is>
-          <t>9786253989217</t>
+          <t>9786253936181</t>
         </is>
       </c>
       <c r="B1058" s="1" t="inlineStr">
         <is>
-          <t>Eklem Biyomekaniği</t>
+          <t>Atan-a-mayanlar</t>
         </is>
       </c>
       <c r="C1058" s="1">
-        <v>380</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1059" spans="1:3">
       <c r="A1059" s="1" t="inlineStr">
         <is>
-          <t>9786253988739</t>
+          <t>9786253936273</t>
         </is>
       </c>
       <c r="B1059" s="1" t="inlineStr">
         <is>
-          <t>Bir Gazetecinin Kaleminden Cumhuriyet Bursa’sı - Musa Ataş’ın Bilinmeyen Hakimiyet-i Milliye Yazıları</t>
+          <t>Otizm Metaforları</t>
         </is>
       </c>
       <c r="C1059" s="1">
-        <v>180</v>
+        <v>100</v>
       </c>
     </row>
     <row r="1060" spans="1:3">
       <c r="A1060" s="1" t="inlineStr">
         <is>
-          <t>9786253986964</t>
+          <t>9786254332128</t>
         </is>
       </c>
       <c r="B1060" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Avrupa Serüveni: AB Sürecinde Türkiye-Avrupa İlişkileri</t>
+          <t>Sınıfta Soru Sorma Stratejileri</t>
         </is>
       </c>
       <c r="C1060" s="1">
-        <v>375</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1061" spans="1:3">
       <c r="A1061" s="1" t="inlineStr">
         <is>
-          <t>9786253989033</t>
+          <t>9786059663571</t>
         </is>
       </c>
       <c r="B1061" s="1" t="inlineStr">
         <is>
-          <t>Mirror Images of Terrorist Incidents in The News</t>
+          <t>Kozmetik Kimyası Güzelliğin Formülü</t>
         </is>
       </c>
       <c r="C1061" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1062" spans="1:3">
       <c r="A1062" s="1" t="inlineStr">
         <is>
-          <t>9786253989330</t>
+          <t>9786253935795</t>
         </is>
       </c>
       <c r="B1062" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimde Nitelik</t>
+          <t>Kent Kamusallığında Toplumsal Cinsiyet</t>
         </is>
       </c>
       <c r="C1062" s="1">
-        <v>170</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1063" spans="1:3">
       <c r="A1063" s="1" t="inlineStr">
         <is>
-          <t>9786253988906</t>
+          <t>9786253936341</t>
         </is>
       </c>
       <c r="B1063" s="1" t="inlineStr">
         <is>
-          <t>İş Yeri Kıskançlığı</t>
+          <t>Avrupa Birliği’ne Yönelik Düzensiz Göçlerin Terörizmle Mücadele Bağlamında Analizi</t>
         </is>
       </c>
       <c r="C1063" s="1">
-        <v>125</v>
+        <v>115</v>
       </c>
     </row>
     <row r="1064" spans="1:3">
       <c r="A1064" s="1" t="inlineStr">
         <is>
-          <t>9786253988463</t>
+          <t>9786253934880</t>
         </is>
       </c>
       <c r="B1064" s="1" t="inlineStr">
         <is>
-          <t>Kıyıları Yaşatmak ve Yönetmek</t>
+          <t>Project Management In Non-Governmental Organizations (NGOs)/</t>
         </is>
       </c>
       <c r="C1064" s="1">
-        <v>320</v>
+        <v>160</v>
       </c>
     </row>
     <row r="1065" spans="1:3">
       <c r="A1065" s="1" t="inlineStr">
         <is>
-          <t>9786253988876</t>
+          <t>9786253936587</t>
         </is>
       </c>
       <c r="B1065" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Paylaşım ve Dünyadan Kentsel Paylaşım Örnekleri</t>
+          <t>Bütüncül Eğitim - Giriş Kitabı</t>
         </is>
       </c>
       <c r="C1065" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1066" spans="1:3">
       <c r="A1066" s="1" t="inlineStr">
         <is>
-          <t>9786253988265</t>
+          <t>9786253936518</t>
         </is>
       </c>
       <c r="B1066" s="1" t="inlineStr">
         <is>
-          <t>Çevresel Açıdan Sektörel Atık Yönetimi ve Uygulamaları II</t>
+          <t>Dijital Oyun Evreni</t>
         </is>
       </c>
       <c r="C1066" s="1">
-        <v>315</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1067" spans="1:3">
       <c r="A1067" s="1" t="inlineStr">
         <is>
-          <t>9786253987138</t>
+          <t>9786253937072</t>
         </is>
       </c>
       <c r="B1067" s="1" t="inlineStr">
         <is>
-          <t>Sustainability Management and Sustainable Business Models</t>
+          <t>Ay Ken Du İt Rafet!</t>
         </is>
       </c>
       <c r="C1067" s="1">
-        <v>255</v>
+        <v>76</v>
       </c>
     </row>
     <row r="1068" spans="1:3">
       <c r="A1068" s="1" t="inlineStr">
         <is>
-          <t>9786253989682</t>
+          <t>9786253936709</t>
         </is>
       </c>
       <c r="B1068" s="1" t="inlineStr">
         <is>
-          <t>Siyasi Partiler Hukuku Ansiklopedisi</t>
+          <t>Yönetim Endüstrisi ve Spor</t>
         </is>
       </c>
       <c r="C1068" s="1">
-        <v>745</v>
+        <v>96</v>
       </c>
     </row>
     <row r="1069" spans="1:3">
       <c r="A1069" s="1" t="inlineStr">
         <is>
-          <t>9786253989668</t>
+          <t>9786253936006</t>
         </is>
       </c>
       <c r="B1069" s="1" t="inlineStr">
         <is>
-          <t>Seçim Hukuku Ansiklopedisi</t>
+          <t>Kentsel Gelişmişlik ve Kadın Görünürlüğü</t>
         </is>
       </c>
       <c r="C1069" s="1">
-        <v>745</v>
+        <v>84</v>
       </c>
     </row>
     <row r="1070" spans="1:3">
       <c r="A1070" s="1" t="inlineStr">
         <is>
-          <t>9786253989781</t>
+          <t>9786253936204</t>
         </is>
       </c>
       <c r="B1070" s="1" t="inlineStr">
         <is>
-          <t>Kapitalist İktisadi Düzene Bir Eleştiri: İslami Ekonomi ve Finansal Alternatifler</t>
+          <t>Grimm Masallarında Mesajlar</t>
         </is>
       </c>
       <c r="C1070" s="1">
-        <v>290</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1071" spans="1:3">
       <c r="A1071" s="1" t="inlineStr">
         <is>
-          <t>9786253987886</t>
+          <t>9786253936167</t>
         </is>
       </c>
       <c r="B1071" s="1" t="inlineStr">
         <is>
-          <t>Türk Siyası Hayatında Milli Nizam ve Milli Selamet Partileri</t>
+          <t>Medyada Cumhuriyet Algısının İdeolojik İnşası - Haber Editörlüğü ve Çerçeveleme</t>
         </is>
       </c>
       <c r="C1071" s="1">
-        <v>170</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1072" spans="1:3">
       <c r="A1072" s="1" t="inlineStr">
         <is>
-          <t>9786253989491</t>
+          <t>9786253936761</t>
         </is>
       </c>
       <c r="B1072" s="1" t="inlineStr">
         <is>
-          <t>İşsizlerin Refahı Kamu İstihdam Hizmetleri Açısından Bir Model Önerisi</t>
+          <t>AK Parti Para ve Maliye Politikaları 2018-2023</t>
         </is>
       </c>
       <c r="C1072" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1073" spans="1:3">
       <c r="A1073" s="1" t="inlineStr">
         <is>
-          <t>9786253985776</t>
+          <t>9786253935894</t>
         </is>
       </c>
       <c r="B1073" s="1" t="inlineStr">
         <is>
-          <t>Kamu Politikasında Başarı ve Başarısızlık - Türkiye’nin Yenilenebilir Enerji Politikalarının Değerlendirilmesi</t>
+          <t>Yönetimde Kararın Sibernetiği - Karmaşık Sistemlerde Kararın Dinamiğini Anlamak</t>
         </is>
       </c>
       <c r="C1073" s="1">
-        <v>650</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1074" spans="1:3">
       <c r="A1074" s="1" t="inlineStr">
         <is>
-          <t>9786253986483</t>
+          <t>9786253933449</t>
         </is>
       </c>
       <c r="B1074" s="1" t="inlineStr">
         <is>
-          <t>The Political Economy of COVID-19/2020 Global Challenges</t>
+          <t>İz Bırakan Liderlik</t>
         </is>
       </c>
       <c r="C1074" s="1">
-        <v>255</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1075" spans="1:3">
       <c r="A1075" s="1" t="inlineStr">
         <is>
-          <t>9786253989316</t>
+          <t>9786253935948</t>
         </is>
       </c>
       <c r="B1075" s="1" t="inlineStr">
         <is>
-          <t>Astro Müzikoloji</t>
+          <t>Pürüzsüz Yaşlanma</t>
         </is>
       </c>
       <c r="C1075" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1076" spans="1:3">
       <c r="A1076" s="1" t="inlineStr">
         <is>
-          <t>9786253988968</t>
+          <t>9786253935474</t>
         </is>
       </c>
       <c r="B1076" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Gayrimenkul Piyasası ve Finansman Modelleri</t>
+          <t>Doğa Turizmi</t>
         </is>
       </c>
       <c r="C1076" s="1">
-        <v>215</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1077" spans="1:3">
       <c r="A1077" s="1" t="inlineStr">
         <is>
-          <t>9786253987923</t>
+          <t>9786257677479</t>
         </is>
       </c>
       <c r="B1077" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Boru Hatlarının Güvenliği</t>
+          <t>Avrupa Birliği’nin Kafkasya Politikası 1991 - 2006</t>
         </is>
       </c>
       <c r="C1077" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1078" spans="1:3">
       <c r="A1078" s="1" t="inlineStr">
         <is>
-          <t>9786253988838</t>
+          <t>9786253934637</t>
         </is>
       </c>
       <c r="B1078" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Eğitiminde Uygulamalarla Medya Okuryazarlığı</t>
+          <t>İş Sağlığı ile Güvenli Çalışma Hayatı</t>
         </is>
       </c>
       <c r="C1078" s="1">
-        <v>445</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1079" spans="1:3">
       <c r="A1079" s="1" t="inlineStr">
         <is>
-          <t>9786253987992</t>
+          <t>9786253935986</t>
         </is>
       </c>
       <c r="B1079" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikolojide Yeni Yönelimler</t>
+          <t>Sendika ve Siyasal Katılım</t>
         </is>
       </c>
       <c r="C1079" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1080" spans="1:3">
       <c r="A1080" s="1" t="inlineStr">
         <is>
-          <t>9786253987688</t>
+          <t>9786253986389</t>
         </is>
       </c>
       <c r="B1080" s="1" t="inlineStr">
         <is>
-          <t>Kamu Politikası Nedir, Nasıl Değişir? Kuramsal Bir Giriş</t>
+          <t>İlham veren Harmonik Liderlik</t>
         </is>
       </c>
       <c r="C1080" s="1">
-        <v>195</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1081" spans="1:3">
       <c r="A1081" s="1" t="inlineStr">
         <is>
-          <t>9786253988791</t>
+          <t>9786253933746</t>
         </is>
       </c>
       <c r="B1081" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dünyada Değişen Yönetim Normları</t>
+          <t>İncesu Halk Kültürü Isparta/Keçiborlu - Ardıç Gıvratan Bilge</t>
         </is>
       </c>
       <c r="C1081" s="1">
-        <v>295</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1082" spans="1:3">
       <c r="A1082" s="1" t="inlineStr">
         <is>
-          <t>9786253988654</t>
+          <t>9786254338342</t>
         </is>
       </c>
       <c r="B1082" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Toplum ve Siyaset - Teoriden Pratiğe Güncel Meseleler</t>
+          <t>Esrar ve Sentetik Esrar</t>
         </is>
       </c>
       <c r="C1082" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1083" spans="1:3">
       <c r="A1083" s="1" t="inlineStr">
         <is>
-          <t>9786253987466</t>
+          <t>9786253933678</t>
         </is>
       </c>
       <c r="B1083" s="1" t="inlineStr">
         <is>
-          <t>Kapsayıcı Matematik Eğitimi</t>
+          <t>Almanya’da Kadınlara Yönelik Sosyal Politikalar</t>
         </is>
       </c>
       <c r="C1083" s="1">
-        <v>170</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1084" spans="1:3">
       <c r="A1084" s="1" t="inlineStr">
         <is>
-          <t>9786253989026</t>
+          <t>9786253934958</t>
         </is>
       </c>
       <c r="B1084" s="1" t="inlineStr">
         <is>
-          <t>Doğal Hukukun Pozitif Hukuka ve Siyaset Felsefesine Etkileri - H. Grotius, B. Spinoza, J. Locke</t>
+          <t>Bir Varoluş Hikayesi</t>
         </is>
       </c>
       <c r="C1084" s="1">
-        <v>280</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1085" spans="1:3">
       <c r="A1085" s="1" t="inlineStr">
         <is>
-          <t>9786253988982</t>
+          <t>9786253935726</t>
         </is>
       </c>
       <c r="B1085" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluk, Sosyal Dışlanma ve Yaşam Kalitesi</t>
+          <t>Tüketici Algısıyla Şehir Hastaneleri</t>
         </is>
       </c>
       <c r="C1085" s="1">
-        <v>215</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1086" spans="1:3">
       <c r="A1086" s="1" t="inlineStr">
         <is>
-          <t>9786253988616</t>
+          <t>9786259887654</t>
         </is>
       </c>
       <c r="B1086" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Merkez Teşkilatın Koordinasyon Merkezleri</t>
+          <t>Eğitimde Gelecek Perspektifi - Eğitimin Geleceği, Geleceğin Eğitimi</t>
         </is>
       </c>
       <c r="C1086" s="1">
-        <v>215</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1087" spans="1:3">
       <c r="A1087" s="1" t="inlineStr">
         <is>
-          <t>9786253987800</t>
+          <t>9786253935016</t>
         </is>
       </c>
       <c r="B1087" s="1" t="inlineStr">
         <is>
-          <t>Afrika ve Sivil Toplum</t>
+          <t>Zürafayı Öldürmek - Hayvanat Bahçelerinde Yaşatma ve Öldürme Pratikleri</t>
         </is>
       </c>
       <c r="C1087" s="1">
-        <v>150</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1088" spans="1:3">
       <c r="A1088" s="1" t="inlineStr">
         <is>
-          <t>9786253987664</t>
+          <t>9786253934071</t>
         </is>
       </c>
       <c r="B1088" s="1" t="inlineStr">
         <is>
-          <t>Türkiye ve Almanya'da Hazırlanan Sosyal İnceleme Raporlarının Sistem Kuramı Bağlamında Analizi</t>
+          <t>Avrupa Birliği Parlamentosunda Kültürel Ortaklık Tartışması: Suriyeli Sığınmacılar Örneği</t>
         </is>
       </c>
       <c r="C1088" s="1">
-        <v>215</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1089" spans="1:3">
       <c r="A1089" s="1" t="inlineStr">
         <is>
-          <t>9786253988500</t>
+          <t>9786254334870</t>
         </is>
       </c>
       <c r="B1089" s="1" t="inlineStr">
         <is>
-          <t>Sanayi 4.0 İçin Hazırlık ve Olgunluk Endeksi Modeli Geliştirilmesi</t>
+          <t>Türkiye'deki Kadın Girişimciler</t>
         </is>
       </c>
       <c r="C1089" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1090" spans="1:3">
       <c r="A1090" s="1" t="inlineStr">
         <is>
-          <t>9786253985370</t>
+          <t>9786253934927</t>
         </is>
       </c>
       <c r="B1090" s="1" t="inlineStr">
         <is>
-          <t>Madde Bağımlılığıyla Mücadele</t>
+          <t>Yerküre ve Edebiyat</t>
         </is>
       </c>
       <c r="C1090" s="1">
-        <v>395</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1091" spans="1:3">
       <c r="A1091" s="1" t="inlineStr">
         <is>
-          <t>9786253988944</t>
+          <t>9786253933500</t>
         </is>
       </c>
       <c r="B1091" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim Açısından Kamu Kurumlarının Markalaşması</t>
+          <t>Divan - Toplumsal Sorunların Çözümüne Farklı Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1091" s="1">
-        <v>155</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1092" spans="1:3">
       <c r="A1092" s="1" t="inlineStr">
         <is>
-          <t>9786253987824</t>
+          <t>9786254339370</t>
         </is>
       </c>
       <c r="B1092" s="1" t="inlineStr">
         <is>
-          <t>Dijital Girişimcilikte İnovasyon ve Sürdürülebilirlik</t>
+          <t>Hakikat Sonrası Çağda Dijital Gazetecilikte Etik Ve İtibar</t>
         </is>
       </c>
       <c r="C1092" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1093" spans="1:3">
       <c r="A1093" s="1" t="inlineStr">
         <is>
-          <t>9786253986520</t>
+          <t>9786257363761</t>
         </is>
       </c>
       <c r="B1093" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Cinsiyet Algısı Araştırması</t>
+          <t>Sağlıkta Şiddet ve İletişim</t>
         </is>
       </c>
       <c r="C1093" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1094" spans="1:3">
       <c r="A1094" s="1" t="inlineStr">
         <is>
-          <t>9786253989118</t>
+          <t>9786253935689</t>
         </is>
       </c>
       <c r="B1094" s="1" t="inlineStr">
         <is>
-          <t>KOBİ’lerde Yönetim, Strateji ve Liderlik</t>
+          <t>Huzurevinde Yaşlılara Manevi Bakım</t>
         </is>
       </c>
       <c r="C1094" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1095" spans="1:3">
       <c r="A1095" s="1" t="inlineStr">
         <is>
-          <t>9786253988081</t>
+          <t>9786253935511</t>
         </is>
       </c>
       <c r="B1095" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikoloji Paradigmalarına Göre İletişim</t>
+          <t>Dayatılmış Engelli Kimliği - Bir Sosyal İnşa Süreci Olarak Engellilik</t>
         </is>
       </c>
       <c r="C1095" s="1">
-        <v>170</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1096" spans="1:3">
       <c r="A1096" s="1" t="inlineStr">
         <is>
-          <t>9786253976026</t>
+          <t>9786253984625</t>
         </is>
       </c>
       <c r="B1096" s="1" t="inlineStr">
         <is>
-          <t>A Quest for Justice - Theoretical Insights, Challenges, and Pathways Forward</t>
+          <t>Malatya Tarihinden Kesitler</t>
         </is>
       </c>
       <c r="C1096" s="1">
-        <v>295</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1097" spans="1:3">
       <c r="A1097" s="1" t="inlineStr">
         <is>
-          <t>9786253987770</t>
+          <t>9786253934576</t>
         </is>
       </c>
       <c r="B1097" s="1" t="inlineStr">
         <is>
-          <t>Gezi Parkı Olayları -Mikroskop-</t>
+          <t>Sosyal Medya Ekseninde Kolektif Bellek ve Popüler Tarih</t>
         </is>
       </c>
       <c r="C1097" s="1">
-        <v>470</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1098" spans="1:3">
       <c r="A1098" s="1" t="inlineStr">
         <is>
-          <t>9786253987855</t>
+          <t>9786253933531</t>
         </is>
       </c>
       <c r="B1098" s="1" t="inlineStr">
         <is>
-          <t>Hoş Gelişler Ola Mustafa Kemal Paşa</t>
+          <t>Deyimbilim - Geleneksel ve Çağdaş Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1098" s="1">
-        <v>350</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1099" spans="1:3">
       <c r="A1099" s="1" t="inlineStr">
         <is>
-          <t>9786253985226</t>
+          <t>9786253935573</t>
         </is>
       </c>
       <c r="B1099" s="1" t="inlineStr">
         <is>
-          <t>Ekolojik Sosyal Hizmet</t>
+          <t>Velid Ebüzziya’nın Mektupları</t>
         </is>
       </c>
       <c r="C1099" s="1">
-        <v>145</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1100" spans="1:3">
       <c r="A1100" s="1" t="inlineStr">
         <is>
-          <t>9786253987428</t>
+          <t>9786253935498</t>
         </is>
       </c>
       <c r="B1100" s="1" t="inlineStr">
         <is>
-          <t>Bir Portrenin Anlatısı - Prof. Dr. Burhanettin Uysal</t>
+          <t>Yol ve Medeniyet - Ortak Kader ve Ortak Geleceği İnşa Etmek</t>
         </is>
       </c>
       <c r="C1100" s="1">
-        <v>255</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1101" spans="1:3">
       <c r="A1101" s="1" t="inlineStr">
         <is>
-          <t>9786253987947</t>
+          <t>9786253935351</t>
         </is>
       </c>
       <c r="B1101" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Tüketim</t>
+          <t>Spor Turizmi Destinasyonlarında Kimlik, İmaj ve Sadakat</t>
         </is>
       </c>
       <c r="C1101" s="1">
-        <v>125</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1102" spans="1:3">
       <c r="A1102" s="1" t="inlineStr">
         <is>
-          <t>9786253986384</t>
+          <t>9786253934903</t>
         </is>
       </c>
       <c r="B1102" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Karayosunları El Kitapçığı I - Batı Anadolu</t>
+          <t>Yerel Yönetim Turizm Anlayışı</t>
         </is>
       </c>
       <c r="C1102" s="1">
-        <v>320</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1103" spans="1:3">
       <c r="A1103" s="1" t="inlineStr">
         <is>
-          <t>9786253987916</t>
+          <t>9786253935214</t>
         </is>
       </c>
       <c r="B1103" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Zehirli Deniz Canlıları</t>
+          <t>Bedene Estetik Müdahale Olgusuna (Cerrahi ve Cerrahi Olmayan Estetik İşlemler Ayrımı Özelinde) Pierre Bourdieu Perspektifinden Bakmak</t>
         </is>
       </c>
       <c r="C1103" s="1">
-        <v>305</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1104" spans="1:3">
       <c r="A1104" s="1" t="inlineStr">
         <is>
-          <t>9786253986865</t>
+          <t>9786253935597</t>
         </is>
       </c>
       <c r="B1104" s="1" t="inlineStr">
         <is>
-          <t>Otel İşletmelerinde Dış Kaynaklardan Yararlanma</t>
+          <t>1935 Genel Seçimlerinde Bağımsız Milletvekilleri ve Meclis Faaliyetleri (1935-1939)</t>
         </is>
       </c>
       <c r="C1104" s="1">
-        <v>165</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1105" spans="1:3">
       <c r="A1105" s="1" t="inlineStr">
         <is>
-          <t>9786253988050</t>
+          <t>9786253933210</t>
         </is>
       </c>
       <c r="B1105" s="1" t="inlineStr">
         <is>
-          <t>Milliyetçilik ve Reklam</t>
+          <t>Toprak-Bitki-Atmosfer İlişkisinde Evapotranspirasyon</t>
         </is>
       </c>
       <c r="C1105" s="1">
-        <v>195</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1106" spans="1:3">
       <c r="A1106" s="1" t="inlineStr">
         <is>
-          <t>9786253987930</t>
+          <t>9786254335273</t>
         </is>
       </c>
       <c r="B1106" s="1" t="inlineStr">
         <is>
-          <t>W. V. Quine’ın Bütüncü Felsefesi</t>
+          <t>Çamlıyayla İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C1106" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1107" spans="1:3">
       <c r="A1107" s="1" t="inlineStr">
         <is>
-          <t>9786253983895</t>
+          <t>9786254335280</t>
         </is>
       </c>
       <c r="B1107" s="1" t="inlineStr">
         <is>
-          <t>İmalat Sanayisinde Çalışan Kadınların Kültürel ve Sosyal Sermaye Durumu</t>
+          <t>Aydıncık İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C1107" s="1">
-        <v>145</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1108" spans="1:3">
       <c r="A1108" s="1" t="inlineStr">
         <is>
-          <t>9786253986650</t>
+          <t>9786254335433</t>
         </is>
       </c>
       <c r="B1108" s="1" t="inlineStr">
         <is>
-          <t>Subjektif Ağırlıklandırma Temelli Çok Kriterli Karar Verme Teknikleri</t>
+          <t>Gülnar İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C1108" s="1">
-        <v>240</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1109" spans="1:3">
       <c r="A1109" s="1" t="inlineStr">
         <is>
-          <t>9786253988012</t>
+          <t>9786254335457</t>
         </is>
       </c>
       <c r="B1109" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye’de A’dan Z’ye Turizm Çeşitleri</t>
+          <t>Erdemli İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C1109" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1110" spans="1:3">
       <c r="A1110" s="1" t="inlineStr">
         <is>
-          <t>9786253987114</t>
+          <t>9786254335532</t>
         </is>
       </c>
       <c r="B1110" s="1" t="inlineStr">
         <is>
-          <t>Yeni Medya ve Halkla İlişkiler</t>
+          <t>Yenişehir İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C1110" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1111" spans="1:3">
       <c r="A1111" s="1" t="inlineStr">
         <is>
-          <t>9786253986636</t>
+          <t>9786254335617</t>
         </is>
       </c>
       <c r="B1111" s="1" t="inlineStr">
         <is>
-          <t>Sudanlı Öykü ve Roman Yazarı Tayyib Salih Hayatı, Edebi Kişiliği ve Eserleri</t>
+          <t>Silifke İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C1111" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1112" spans="1:3">
       <c r="A1112" s="1" t="inlineStr">
         <is>
-          <t>9786253986568</t>
+          <t>9786253934651</t>
         </is>
       </c>
       <c r="B1112" s="1" t="inlineStr">
         <is>
-          <t>Hayat Pahalılığı Araştırması</t>
+          <t>Rus Dilbiliminde Söylem Kuramı</t>
         </is>
       </c>
       <c r="C1112" s="1">
-        <v>255</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1113" spans="1:3">
       <c r="A1113" s="1" t="inlineStr">
         <is>
-          <t>9786253985899</t>
+          <t>9786254335570</t>
         </is>
       </c>
       <c r="B1113" s="1" t="inlineStr">
         <is>
-          <t>Kamu Organizasyonlarında Risk Yönetimi</t>
+          <t>Tarsus İlçesi (Mersin) Turizm Destinasyonu</t>
         </is>
       </c>
       <c r="C1113" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1114" spans="1:3">
       <c r="A1114" s="1" t="inlineStr">
         <is>
-          <t>9786253987046</t>
+          <t>9786253935054</t>
         </is>
       </c>
       <c r="B1114" s="1" t="inlineStr">
         <is>
-          <t>Dijital Müzik ve Müziğin Dönüşümü</t>
+          <t>Türkiye Küllerinden Doğuyor</t>
         </is>
       </c>
       <c r="C1114" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1115" spans="1:3">
       <c r="A1115" s="1" t="inlineStr">
         <is>
-          <t>9786253980030</t>
+          <t>9786253933388</t>
         </is>
       </c>
       <c r="B1115" s="1" t="inlineStr">
         <is>
-          <t>Türk Gümrük Sistemi</t>
+          <t>Sosyal Bilgiler Öğrenme ve Öğretim Yaklaşımları</t>
         </is>
       </c>
       <c r="C1115" s="1">
-        <v>530</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1116" spans="1:3">
       <c r="A1116" s="1" t="inlineStr">
         <is>
-          <t>9786253987701</t>
+          <t>9786253932930</t>
         </is>
       </c>
       <c r="B1116" s="1" t="inlineStr">
         <is>
-          <t>Disiplinler Arası Bir Bakışla Afet Yönetimi</t>
+          <t>Yönetimde Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1116" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1117" spans="1:3">
       <c r="A1117" s="1" t="inlineStr">
         <is>
-          <t>9786253986193</t>
+          <t>9786253935153</t>
         </is>
       </c>
       <c r="B1117" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Büyükşehir Belediye Modelinde Hizmet ve Gelir Paylaşımı Analizi: Ordu ve Trabzon Örneği</t>
+          <t>Zordan Kolaya - Eğriden Doğruya</t>
         </is>
       </c>
       <c r="C1117" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1118" spans="1:3">
       <c r="A1118" s="1" t="inlineStr">
         <is>
-          <t>9786253986582</t>
+          <t>9786253934316</t>
         </is>
       </c>
       <c r="B1118" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Üniversiteler</t>
+          <t>İnsani Yardım</t>
         </is>
       </c>
       <c r="C1118" s="1">
-        <v>165</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1119" spans="1:3">
       <c r="A1119" s="1" t="inlineStr">
         <is>
-          <t>9786254338489</t>
+          <t>9786253933067</t>
         </is>
       </c>
       <c r="B1119" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitimi Açısından Sebîlürreşad ve İctihad’ın Mukayesesi</t>
+          <t>Şehir Hastaneleri İçin Kanıta Dayalı Yönetsel Karar Verme Modeli</t>
         </is>
       </c>
       <c r="C1119" s="1">
-        <v>340</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1120" spans="1:3">
       <c r="A1120" s="1" t="inlineStr">
         <is>
-          <t>9786253985875</t>
+          <t>9786254336508</t>
         </is>
       </c>
       <c r="B1120" s="1" t="inlineStr">
         <is>
-          <t>Engellilerin İstihdamı ve Yaşam Memnuniyeti</t>
+          <t>Geç Dönem Osmanlı'dan Günümüze Türkiye'de Göç Politikalarının Evrimi</t>
         </is>
       </c>
       <c r="C1120" s="1">
-        <v>245</v>
+        <v>265</v>
       </c>
     </row>
     <row r="1121" spans="1:3">
       <c r="A1121" s="1" t="inlineStr">
         <is>
-          <t>9786253987749</t>
+          <t>9786253933197</t>
         </is>
       </c>
       <c r="B1121" s="1" t="inlineStr">
         <is>
-          <t>Covıd-19’un Gölgesinde Bir Kent: Büyükçekmece</t>
+          <t>Web 2.0 Destekli Dijital Öyküleme: Teoriden Uygulamaya</t>
         </is>
       </c>
       <c r="C1121" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1122" spans="1:3">
       <c r="A1122" s="1" t="inlineStr">
         <is>
-          <t>9786253986810</t>
+          <t>9786253933012</t>
         </is>
       </c>
       <c r="B1122" s="1" t="inlineStr">
         <is>
-          <t>Hava Yolu İşletmelerinde Meteoroloji Kaynaklı Divertlerin Yönetim Stratejileri</t>
+          <t>Kamu Yönetiminde Yaşanan Kimlik Krizinin Günümüz Yönetim Yaklaşımları Üzerinden Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1122" s="1">
-        <v>350</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1123" spans="1:3">
       <c r="A1123" s="1" t="inlineStr">
         <is>
-          <t>9786253987411</t>
+          <t>9786253935191</t>
         </is>
       </c>
       <c r="B1123" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Pozitif ve Negatif Davranışlar</t>
+          <t>Sağlık Turizminde Sağlık Serbest Bölgeleri</t>
         </is>
       </c>
       <c r="C1123" s="1">
-        <v>180</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1124" spans="1:3">
       <c r="A1124" s="1" t="inlineStr">
         <is>
-          <t>9786253986438</t>
+          <t>9786253935436</t>
         </is>
       </c>
       <c r="B1124" s="1" t="inlineStr">
         <is>
-          <t>Tüm Özellikleriyle Toksik Lider</t>
+          <t>Bir Medeniyet Ürünü Olarak Zeytinyağı - Kadim Kültür Değerlerimiz II</t>
         </is>
       </c>
       <c r="C1124" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1125" spans="1:3">
       <c r="A1125" s="1" t="inlineStr">
         <is>
-          <t>9786253985646</t>
+          <t>9786253933333</t>
         </is>
       </c>
       <c r="B1125" s="1" t="inlineStr">
         <is>
-          <t>Tanzimat’tan Cumhuriyet’e (1839-1923) Osmanlı Maarif Nazırları ve Eğitim Politikaları</t>
+          <t>İş Sağlığı ve Güvenliği Sektörel Kitabı II</t>
         </is>
       </c>
       <c r="C1125" s="1">
-        <v>280</v>
+        <v>705</v>
       </c>
     </row>
     <row r="1126" spans="1:3">
       <c r="A1126" s="1" t="inlineStr">
         <is>
-          <t>9786253987237</t>
+          <t>9786253935276</t>
         </is>
       </c>
       <c r="B1126" s="1" t="inlineStr">
         <is>
-          <t>Dijital Politik Propaganda</t>
+          <t>Gerzekler Pandemisi Artık Her Yerdeler</t>
         </is>
       </c>
       <c r="C1126" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1127" spans="1:3">
       <c r="A1127" s="1" t="inlineStr">
         <is>
-          <t>9786253987015</t>
+          <t>9786253935313</t>
         </is>
       </c>
       <c r="B1127" s="1" t="inlineStr">
         <is>
-          <t>Görsel Ağırlıklı Anlatımla - NMR/MR</t>
+          <t>Fintech</t>
         </is>
       </c>
       <c r="C1127" s="1">
-        <v>350</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1128" spans="1:3">
       <c r="A1128" s="1" t="inlineStr">
         <is>
-          <t>9786253987480</t>
+          <t>9786253935078</t>
         </is>
       </c>
       <c r="B1128" s="1" t="inlineStr">
         <is>
-          <t>Siber Vatan ve Türkiye</t>
+          <t>Stratejik Yönetim Tekniklerinde VUCA Uygulamaları - Bibliyometrik Bir Analiz</t>
         </is>
       </c>
       <c r="C1128" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1129" spans="1:3">
       <c r="A1129" s="1" t="inlineStr">
         <is>
-          <t>9786253987213</t>
+          <t>9786253934989</t>
         </is>
       </c>
       <c r="B1129" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi ve Finans Temelli Çalışmalar</t>
+          <t>Eğitimin Karanlık Yüzü</t>
         </is>
       </c>
       <c r="C1129" s="1">
-        <v>255</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1130" spans="1:3">
       <c r="A1130" s="1" t="inlineStr">
         <is>
-          <t>9786253986261</t>
+          <t>9786253932275</t>
         </is>
       </c>
       <c r="B1130" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Barış ve Güvenliğin Küresel ve Bölgesel İnşası</t>
+          <t>Amerika’da Siyaset Yönetim Toplum</t>
         </is>
       </c>
       <c r="C1130" s="1">
-        <v>245</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1131" spans="1:3">
       <c r="A1131" s="1" t="inlineStr">
         <is>
-          <t>9786253986612</t>
+          <t>9786253981358</t>
         </is>
       </c>
       <c r="B1131" s="1" t="inlineStr">
         <is>
-          <t>Ayrımcılık Yasağı Hukuku - Uluslararası ve Avrupa Konseyi Belgeleri İle Avrupa Birliği ve Türk Hukuku Çerçevesinde</t>
+          <t>Şehirler, Binalar ve Doğa Tabanlı Çözümler Tırmanıcı Bitkilerle Cephe Yeşillendirmesi</t>
         </is>
       </c>
       <c r="C1131" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1132" spans="1:3">
       <c r="A1132" s="1" t="inlineStr">
         <is>
-          <t>9786253986049</t>
+          <t>9786253935030</t>
         </is>
       </c>
       <c r="B1132" s="1" t="inlineStr">
         <is>
-          <t>Firma Performans Analizinde Makine Öğrenmesi - Düzenlileştirici Regresyon Yöntemleri</t>
+          <t>Yerel Paydaşların Bakış Açısıyla Turizmin Destinasyonlara Etkileri</t>
         </is>
       </c>
       <c r="C1132" s="1">
-        <v>345</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1133" spans="1:3">
       <c r="A1133" s="1" t="inlineStr">
         <is>
-          <t>9786253986902</t>
+          <t>9786254339844</t>
         </is>
       </c>
       <c r="B1133" s="1" t="inlineStr">
         <is>
-          <t>Internatıonal Publıc Relatıons</t>
+          <t>Marka Sadakati Bağlamında İşlevsel Ve Sembolik Konumlandırma</t>
         </is>
       </c>
       <c r="C1133" s="1">
-        <v>165</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1134" spans="1:3">
       <c r="A1134" s="1" t="inlineStr">
         <is>
-          <t>9786253987374</t>
+          <t>9786253989705</t>
         </is>
       </c>
       <c r="B1134" s="1" t="inlineStr">
         <is>
-          <t>Nonparametrik Regresyon Analizi - Farklı Yaklaşımlar ve R Hesaplamaları</t>
+          <t>Orta Doğu’da Üç Lider - Bin Ali, Kaddafi, Mübarek</t>
         </is>
       </c>
       <c r="C1134" s="1">
-        <v>195</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1135" spans="1:3">
       <c r="A1135" s="1" t="inlineStr">
         <is>
-          <t>9786253986308</t>
+          <t>9786253932305</t>
         </is>
       </c>
       <c r="B1135" s="1" t="inlineStr">
         <is>
-          <t>Çanakkale’de Su Ürünleri, Balıkçılık ve Denizcilik</t>
+          <t>Prososyal Sessizlik, Örgütsel Güven ve Örgütsel Bağlılık İlişkisinde Örgütsel Prestijin Rolü</t>
         </is>
       </c>
       <c r="C1135" s="1">
-        <v>680</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1136" spans="1:3">
       <c r="A1136" s="1" t="inlineStr">
         <is>
-          <t>9786253986452</t>
+          <t>9786253932541</t>
         </is>
       </c>
       <c r="B1136" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Bilimi ve İletişim Çalışmalarına Eleştirel Yaklaşımlar</t>
+          <t>Türk Yönetim Kültürü</t>
         </is>
       </c>
       <c r="C1136" s="1">
-        <v>240</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1137" spans="1:3">
       <c r="A1137" s="1" t="inlineStr">
         <is>
-          <t>9786253986025</t>
+          <t>9786253934842</t>
         </is>
       </c>
       <c r="B1137" s="1" t="inlineStr">
         <is>
-          <t>Gönüllü Geri Dönüşten Gönüllü Kalıcılığa</t>
+          <t>Tefsiru’l-Kelbî ve Tefsiru İbn Abbas (TİA) İlişkisi</t>
         </is>
       </c>
       <c r="C1137" s="1">
-        <v>255</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1138" spans="1:3">
       <c r="A1138" s="1" t="inlineStr">
         <is>
-          <t>9786253986421</t>
+          <t>9786253935238</t>
         </is>
       </c>
       <c r="B1138" s="1" t="inlineStr">
         <is>
-          <t>100. Yılında Türk Futbolu: 1923-2023</t>
+          <t>Milli Görüş Partilerinin Geleceği - Üç Tarz-ı Siyaset</t>
         </is>
       </c>
       <c r="C1138" s="1">
-        <v>275</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1139" spans="1:3">
       <c r="A1139" s="1" t="inlineStr">
         <is>
-          <t>9786253986735</t>
+          <t>9786253934552</t>
         </is>
       </c>
       <c r="B1139" s="1" t="inlineStr">
         <is>
-          <t>Duygular ve Örgütler</t>
+          <t>XX. Yüzyıldan Günümüze Resim Sanatındaki Zaman Sembolü ve Zaman Kavramı</t>
         </is>
       </c>
       <c r="C1139" s="1">
-        <v>375</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1140" spans="1:3">
       <c r="A1140" s="1" t="inlineStr">
         <is>
-          <t>9786253972035</t>
+          <t>9786253932664</t>
         </is>
       </c>
       <c r="B1140" s="1" t="inlineStr">
         <is>
-          <t>Adım Adım İç Denetim Teorisi ve Uygulaması</t>
+          <t>Açık ve Uzaktan Öğretim Fakültesi Hizmetlerinden Memnuniyetin Belirleyicileri</t>
         </is>
       </c>
       <c r="C1140" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1141" spans="1:3">
       <c r="A1141" s="1" t="inlineStr">
         <is>
-          <t>9786253987183</t>
+          <t>9786253932893</t>
         </is>
       </c>
       <c r="B1141" s="1" t="inlineStr">
         <is>
-          <t>ihracat Bedellerinin Yurt İçine Getirilmesinde İzlenecek Usul ve Esaslar: Açık İhracat Hesabı İşlemleri</t>
+          <t>Cumhuriyet’in Yüzüncü Yılında Türkiye’nin Ekonomik, Sosyal ve Siyasi Yapısı Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C1141" s="1">
-        <v>195</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1142" spans="1:3">
       <c r="A1142" s="1" t="inlineStr">
         <is>
-          <t>9786253985974</t>
+          <t>9786253932978</t>
         </is>
       </c>
       <c r="B1142" s="1" t="inlineStr">
         <is>
-          <t>Tepki Stilleri Tespit, Kontrol ve Önleme</t>
+          <t>Sivil Toplum Üzerine Araştırmalar</t>
         </is>
       </c>
       <c r="C1142" s="1">
-        <v>145</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1143" spans="1:3">
       <c r="A1143" s="1" t="inlineStr">
         <is>
-          <t>9786253986063</t>
+          <t>9786253932718</t>
         </is>
       </c>
       <c r="B1143" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Üç Temel Kavram: Adalet, İşten Ayrılma ve Öznel İyi Oluş</t>
+          <t>Tüketicilerin Alışveriş Merkezlerine Yönelik Sadakatleri</t>
         </is>
       </c>
       <c r="C1143" s="1">
-        <v>150</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1144" spans="1:3">
       <c r="A1144" s="1" t="inlineStr">
         <is>
-          <t>9786253986698</t>
+          <t>9786253933630</t>
         </is>
       </c>
       <c r="B1144" s="1" t="inlineStr">
         <is>
-          <t>İstder Talks Doğru Bilinen Yanlışlar Podcast Kitabı</t>
+          <t>Göç ve Metodoloji - Disiplinlerarası Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1144" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1145" spans="1:3">
       <c r="A1145" s="1" t="inlineStr">
         <is>
-          <t>9786253986506</t>
+          <t>9786253934743</t>
         </is>
       </c>
       <c r="B1145" s="1" t="inlineStr">
         <is>
-          <t>1961 Anayasası ve Vesayetçi Demokrasi: Kurumlar ve Uygulamalar</t>
+          <t>Kamu Yönetiminde Değişim ve Gelişim II / Siyaset - İşletme Arasında, 1999-2024</t>
         </is>
       </c>
       <c r="C1145" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1146" spans="1:3">
       <c r="A1146" s="1" t="inlineStr">
         <is>
-          <t>9786253985240</t>
+          <t>9786253931865</t>
         </is>
       </c>
       <c r="B1146" s="1" t="inlineStr">
         <is>
-          <t>Sevimliliğin Kitabı - Bir Pazarlama Sihri</t>
+          <t>Turist Rehberliği Mesleğine Disiplinler Arası Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1146" s="1">
-        <v>225</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1147" spans="1:3">
       <c r="A1147" s="1" t="inlineStr">
         <is>
-          <t>9786253985479</t>
+          <t>9786253932688</t>
         </is>
       </c>
       <c r="B1147" s="1" t="inlineStr">
         <is>
-          <t>Images of Woman in Pre-Raphaelite Visual and Textual Narratives</t>
+          <t>Pandora’nın Kutusu Açılıyor - Gölgedeki Sosyal Sorunlar 1</t>
         </is>
       </c>
       <c r="C1147" s="1">
-        <v>320</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1148" spans="1:3">
       <c r="A1148" s="1" t="inlineStr">
         <is>
-          <t>9786253984267</t>
+          <t>9786253980375</t>
         </is>
       </c>
       <c r="B1148" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Sektöründe Eksik Sigorta</t>
+          <t>İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1148" s="1">
-        <v>240</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1149" spans="1:3">
       <c r="A1149" s="1" t="inlineStr">
         <is>
-          <t>9786253984328</t>
+          <t>9786253934781</t>
         </is>
       </c>
       <c r="B1149" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Hizmet Sektörüne Yeni Bir Bakış</t>
+          <t>Critical Geopolitics And Maritime Fiction - Patrick O’brian’s The Golden Ocean And The Unknown Shore</t>
         </is>
       </c>
       <c r="C1149" s="1">
-        <v>240</v>
+        <v>110</v>
       </c>
     </row>
     <row r="1150" spans="1:3">
       <c r="A1150" s="1" t="inlineStr">
         <is>
-          <t>9786253986094</t>
+          <t>9786253934682</t>
         </is>
       </c>
       <c r="B1150" s="1" t="inlineStr">
         <is>
-          <t>E-Ticarette İletişim Kanallarının Tüketici Davranışlarına Etkileri</t>
+          <t>Yeşil Yönetimde Yeni Trendler</t>
         </is>
       </c>
       <c r="C1150" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1151" spans="1:3">
       <c r="A1151" s="1" t="inlineStr">
         <is>
-          <t>9786253985196</t>
+          <t>9786253930998</t>
         </is>
       </c>
       <c r="B1151" s="1" t="inlineStr">
         <is>
-          <t>Dijital Şiddet</t>
+          <t>Yün Keçe Peri Bebek Yapımı</t>
         </is>
       </c>
       <c r="C1151" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1152" spans="1:3">
       <c r="A1152" s="1" t="inlineStr">
         <is>
-          <t>9786253986100</t>
+          <t>9786253931919</t>
         </is>
       </c>
       <c r="B1152" s="1" t="inlineStr">
         <is>
-          <t>South Asia</t>
+          <t>Arapça YDS - YÖKDİL - YKS Hazırlık 10 Tema / 10 Metin</t>
         </is>
       </c>
       <c r="C1152" s="1">
-        <v>630</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1153" spans="1:3">
       <c r="A1153" s="1" t="inlineStr">
         <is>
-          <t>9786253986155</t>
+          <t>9786254339349</t>
         </is>
       </c>
       <c r="B1153" s="1" t="inlineStr">
         <is>
-          <t>Doğum Öncesi Bakıma Multidisipliner Yaklaşım</t>
+          <t>Dijitalleşme ve Yönetim</t>
         </is>
       </c>
       <c r="C1153" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1154" spans="1:3">
       <c r="A1154" s="1" t="inlineStr">
         <is>
-          <t>9786253985837</t>
+          <t>9786254337253</t>
         </is>
       </c>
       <c r="B1154" s="1" t="inlineStr">
         <is>
-          <t>Ölüm, Yas ve Sosyal Hizmet: Geride Kalanların Yas Yolculukları</t>
+          <t>Büyük Selçuklu Ordusunda Sefer Organizasyonu</t>
         </is>
       </c>
       <c r="C1154" s="1">
-        <v>270</v>
+        <v>495</v>
       </c>
     </row>
     <row r="1155" spans="1:3">
       <c r="A1155" s="1" t="inlineStr">
         <is>
-          <t>9786253985530</t>
+          <t>9786254337345</t>
         </is>
       </c>
       <c r="B1155" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İşletmelerinde Çalışan Verimliliği, Örgütsel Bağlılık ve Stres Yönetimi</t>
+          <t>Siyasal Sistemlerde Üst Düzey Yöneticilerin Statüsü Düzenleme - Atama - Denetleme</t>
         </is>
       </c>
       <c r="C1155" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1156" spans="1:3">
       <c r="A1156" s="1" t="inlineStr">
         <is>
-          <t>9786253986360</t>
+          <t>9786254332197</t>
         </is>
       </c>
       <c r="B1156" s="1" t="inlineStr">
         <is>
-          <t>Kamu Denetçiliği Kurumunda Karar Verme Süreci: Kuramlar, Yapılar ve Uygulamalar</t>
+          <t>Ana Haber Bülteni - Öğretmenlere Ve Öğretmen Adaylarına Yönelik</t>
         </is>
       </c>
       <c r="C1156" s="1">
-        <v>240</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1157" spans="1:3">
       <c r="A1157" s="1" t="inlineStr">
         <is>
-          <t>9786253985622</t>
+          <t>9786254330834</t>
         </is>
       </c>
       <c r="B1157" s="1" t="inlineStr">
         <is>
-          <t>Örgüt Kültürünün Yaratıcılık ve Yenilikçiliğe Etkisinde Kişi-Örgüt Uyumu ve Örgütsel Desteğin Aracı Rolü</t>
+          <t>Sultan Abdülhamid Han - İslamcılık ve Tarih Söyleşileri</t>
         </is>
       </c>
       <c r="C1157" s="1">
-        <v>170</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1158" spans="1:3">
       <c r="A1158" s="1" t="inlineStr">
         <is>
-          <t>9786253984229</t>
+          <t>9786059663373</t>
         </is>
       </c>
       <c r="B1158" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Yayıncılık Bağlamında Kamu Diplomasisinde Stratejik Anlatı</t>
+          <t>Urfa Halkevi (1934-1951)</t>
         </is>
       </c>
       <c r="C1158" s="1">
-        <v>340</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1159" spans="1:3">
       <c r="A1159" s="1" t="inlineStr">
         <is>
-          <t>9786253985813</t>
+          <t>9786257126229</t>
         </is>
       </c>
       <c r="B1159" s="1" t="inlineStr">
         <is>
-          <t>Çevik/Agile Örgütler: Kuram ve Uygulama</t>
+          <t>Geçmişten Günümüze Fıkhi Açıdan Beden Estetizasyonu</t>
         </is>
       </c>
       <c r="C1159" s="1">
-        <v>205</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1160" spans="1:3">
       <c r="A1160" s="1" t="inlineStr">
         <is>
-          <t>9786253985561</t>
+          <t>9786257203647</t>
         </is>
       </c>
       <c r="B1160" s="1" t="inlineStr">
         <is>
-          <t>Otonom Ganglionlar: Beynin Derin İstihbarat Ağları</t>
+          <t>Araştırma Yolculuğundan Yansımalar</t>
         </is>
       </c>
       <c r="C1160" s="1">
-        <v>142</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1161" spans="1:3">
       <c r="A1161" s="1" t="inlineStr">
         <is>
-          <t>9786253985752</t>
+          <t>9786253933074</t>
         </is>
       </c>
       <c r="B1161" s="1" t="inlineStr">
         <is>
-          <t>Kocaeli Gölcük İlçesi Su Yapıları</t>
+          <t>Avrupa 2023 - Siyaset, Güvenlik, Göç, Terör ve Dış İlişkiler</t>
         </is>
       </c>
       <c r="C1161" s="1">
-        <v>215</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1162" spans="1:3">
       <c r="A1162" s="1" t="inlineStr">
         <is>
-          <t>9786253982492</t>
+          <t>9786253933289</t>
         </is>
       </c>
       <c r="B1162" s="1" t="inlineStr">
         <is>
-          <t>Bosna-Hersek’te Savaş, Güvenlikleştirme ve Siyasi Liderler</t>
+          <t>Dünya Rekabetinde Bir Marka Olmak</t>
         </is>
       </c>
       <c r="C1162" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1163" spans="1:3">
       <c r="A1163" s="1" t="inlineStr">
         <is>
-          <t>9786253985103</t>
+          <t>9786253934415</t>
         </is>
       </c>
       <c r="B1163" s="1" t="inlineStr">
         <is>
-          <t>Ötekinin Bilgisi: Weber’de Avrupa Merkezciliğin Yapısökümü</t>
+          <t>Dijital Teknoloji ve Sosyal Medya Pazarlaması</t>
         </is>
       </c>
       <c r="C1163" s="1">
-        <v>295</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1164" spans="1:3">
       <c r="A1164" s="1" t="inlineStr">
         <is>
-          <t>9786253983970</t>
+          <t>9786253933296</t>
         </is>
       </c>
       <c r="B1164" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zeka Yaklaşımı - Son Yıllarda Ve Geleceğe Yönelik Mesleki Değişimler İle Eğilimlerin Analizi</t>
+          <t>Sağlık Yönetiminde Süreç Yönetimi (SYSY)</t>
         </is>
       </c>
       <c r="C1164" s="1">
-        <v>195</v>
+        <v>500</v>
       </c>
     </row>
     <row r="1165" spans="1:3">
       <c r="A1165" s="1" t="inlineStr">
         <is>
-          <t>9786254334146</t>
+          <t>9786253930608</t>
         </is>
       </c>
       <c r="B1165" s="1" t="inlineStr">
         <is>
-          <t>Dini İstismar Eden Terör - Mahkumlar Üzerinden Bir Araştırma</t>
+          <t>Zorlukların Yönetimi</t>
         </is>
       </c>
       <c r="C1165" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1166" spans="1:3">
       <c r="A1166" s="1" t="inlineStr">
         <is>
-          <t>9786253984809</t>
+          <t>9786253933616</t>
         </is>
       </c>
       <c r="B1166" s="1" t="inlineStr">
         <is>
-          <t>Erdem Epistemolojisi- Linda Zagzebski</t>
+          <t>Kalite Kültürü Temelinde Çevikleşen Örgütlerde Liderlik</t>
         </is>
       </c>
       <c r="C1166" s="1">
-        <v>165</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1167" spans="1:3">
       <c r="A1167" s="1" t="inlineStr">
         <is>
-          <t>9786253985431</t>
+          <t>9786253933562</t>
         </is>
       </c>
       <c r="B1167" s="1" t="inlineStr">
         <is>
-          <t>Yönetilen Kalbi Yönetmek</t>
+          <t>Cumhuriyet’in 100. Yılında Türkiye’de Sosyal Bilimler</t>
         </is>
       </c>
       <c r="C1167" s="1">
-        <v>255</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1168" spans="1:3">
       <c r="A1168" s="1" t="inlineStr">
         <is>
-          <t>9786253985417</t>
+          <t>9786253932831</t>
         </is>
       </c>
       <c r="B1168" s="1" t="inlineStr">
         <is>
-          <t>Bilimsel Yaklaşım ve Farklı Yönleriyle Anaerobik Performans</t>
+          <t>Türk Anayasalarında Devlet Başkanının Sorumluluğu</t>
         </is>
       </c>
       <c r="C1168" s="1">
-        <v>315</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1169" spans="1:3">
       <c r="A1169" s="1" t="inlineStr">
         <is>
-          <t>9786253984601</t>
+          <t>9786253933425</t>
         </is>
       </c>
       <c r="B1169" s="1" t="inlineStr">
         <is>
-          <t>Silahlı Mücadeleden Silahsızlanmaya 21. Yüzyılda Ayrılıkçı Hareketlerin Dönüşümü MILF ve LTTE Örneği</t>
+          <t>Türk Dünyası Jeopolitiği</t>
         </is>
       </c>
       <c r="C1169" s="1">
-        <v>240</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1170" spans="1:3">
       <c r="A1170" s="1" t="inlineStr">
         <is>
-          <t>9786253982188</t>
+          <t>9786253934002</t>
         </is>
       </c>
       <c r="B1170" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası Bakışla Afet Risk Yönetimi - 2</t>
+          <t>Cumhuriyet’in 100. Yılında Tavas</t>
         </is>
       </c>
       <c r="C1170" s="1">
-        <v>245</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1171" spans="1:3">
       <c r="A1171" s="1" t="inlineStr">
         <is>
-          <t>9786253985264</t>
+          <t>9786253932817</t>
         </is>
       </c>
       <c r="B1171" s="1" t="inlineStr">
         <is>
-          <t>Karamenderes Havzası’nın (Çanakkale) Coğrafi Ekolojisi</t>
+          <t>Sosyal Girişimcilik - Teori ve Uygulamalar</t>
         </is>
       </c>
       <c r="C1171" s="1">
-        <v>565</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1172" spans="1:3">
       <c r="A1172" s="1" t="inlineStr">
         <is>
-          <t>9786253985158</t>
+          <t>9786253932770</t>
         </is>
       </c>
       <c r="B1172" s="1" t="inlineStr">
         <is>
-          <t>Yapısal Değişim ve Gelir Eşitsizliği İlişkisi</t>
+          <t>Havacılıkta Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1172" s="1">
-        <v>170</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1173" spans="1:3">
       <c r="A1173" s="1" t="inlineStr">
         <is>
-          <t>9786253983451</t>
+          <t>9786253932626</t>
         </is>
       </c>
       <c r="B1173" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Avrupa Birliği’ne Otomotiv Yan Sanayi İhracatında Rekabet Gücü</t>
+          <t>Üniversite Gençliğinin Dijital Oyun Oynama Alışkanlığının Araştırılması</t>
         </is>
       </c>
       <c r="C1173" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1174" spans="1:3">
       <c r="A1174" s="1" t="inlineStr">
         <is>
-          <t>9786253985301</t>
+          <t>9786253933968</t>
         </is>
       </c>
       <c r="B1174" s="1" t="inlineStr">
         <is>
-          <t>Organization Of Turkic States</t>
+          <t>Deprem Okuryazarlığı</t>
         </is>
       </c>
       <c r="C1174" s="1">
-        <v>505</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1175" spans="1:3">
       <c r="A1175" s="1" t="inlineStr">
         <is>
-          <t>9786253982782</t>
+          <t>9786253989767</t>
         </is>
       </c>
       <c r="B1175" s="1" t="inlineStr">
         <is>
-          <t>Dijital Diplomasi ve Twitter</t>
+          <t>Kentsel Savaş ve Çatışmalar - Kentsel Alanlarda Askeri Harekat ve Operasyonlar</t>
         </is>
       </c>
       <c r="C1175" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1176" spans="1:3">
       <c r="A1176" s="1" t="inlineStr">
         <is>
-          <t>9786253984243</t>
+          <t>9786253934217</t>
         </is>
       </c>
       <c r="B1176" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Öğrenciler ve Uyum Süreçleri</t>
+          <t>Düzenler &amp; Barışlar - Diplomatik Arabuluculuğun Tarihsel Sosyolojik Bir İncelemesi</t>
         </is>
       </c>
       <c r="C1176" s="1">
-        <v>180</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1177" spans="1:3">
       <c r="A1177" s="1" t="inlineStr">
         <is>
-          <t>9786253983338</t>
+          <t>9786253932459</t>
         </is>
       </c>
       <c r="B1177" s="1" t="inlineStr">
         <is>
-          <t>İslam Dostu Turizm ve Helal Turizm Pazarlaması</t>
+          <t>Çocuk, Kulüp, Aile Üçgeninde Sporcu Ebeveyni Olmak</t>
         </is>
       </c>
       <c r="C1177" s="1">
-        <v>150</v>
+        <v>140</v>
       </c>
     </row>
     <row r="1178" spans="1:3">
       <c r="A1178" s="1" t="inlineStr">
         <is>
-          <t>9786253985738</t>
+          <t>9786253933258</t>
         </is>
       </c>
       <c r="B1178" s="1" t="inlineStr">
         <is>
-          <t>Uçtan Uca Faaliyet Zincirleri Yönetimi</t>
+          <t>Farklı Boyutlarıyla Sağlık Kurumları Yönetimi</t>
         </is>
       </c>
       <c r="C1178" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1179" spans="1:3">
       <c r="A1179" s="1" t="inlineStr">
         <is>
-          <t>9786253984465</t>
+          <t>9786253932435</t>
         </is>
       </c>
       <c r="B1179" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşümün Etkileri</t>
+          <t>A’dan Z’ye Kadın Kooperatifleri</t>
         </is>
       </c>
       <c r="C1179" s="1">
-        <v>280</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1180" spans="1:3">
       <c r="A1180" s="1" t="inlineStr">
         <is>
-          <t>9786254331992</t>
+          <t>9786253934354</t>
         </is>
       </c>
       <c r="B1180" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Becerileri Kendini Gerçekleştirme’’ Psikoeğitim Programı</t>
+          <t>Yükseköğretimde Yapı ve Süreç</t>
         </is>
       </c>
       <c r="C1180" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1181" spans="1:3">
       <c r="A1181" s="1" t="inlineStr">
         <is>
-          <t>9786253984489</t>
+          <t>9786253934439</t>
         </is>
       </c>
       <c r="B1181" s="1" t="inlineStr">
         <is>
-          <t>Blok Zincir Dünyası</t>
+          <t>Dijital İtibar</t>
         </is>
       </c>
       <c r="C1181" s="1">
-        <v>400</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1182" spans="1:3">
       <c r="A1182" s="1" t="inlineStr">
         <is>
-          <t>9786253984526</t>
+          <t>9786253930011</t>
         </is>
       </c>
       <c r="B1182" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişim</t>
+          <t>Dijitalleşen Medya ve İletişim Araştırmaları</t>
         </is>
       </c>
       <c r="C1182" s="1">
-        <v>170</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1183" spans="1:3">
       <c r="A1183" s="1" t="inlineStr">
         <is>
-          <t>9786253984915</t>
+          <t>9786253932237</t>
         </is>
       </c>
       <c r="B1183" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Yönetiminde Etik</t>
+          <t>Klasik Gitar İçin Türk Tasavvuf Musikisi Aranjmanları - I</t>
         </is>
       </c>
       <c r="C1183" s="1">
-        <v>270</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1184" spans="1:3">
       <c r="A1184" s="1" t="inlineStr">
         <is>
-          <t>9786253983741</t>
+          <t>9786253989453</t>
         </is>
       </c>
       <c r="B1184" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Türk Romanında Grotesk</t>
+          <t>Public Sentiment of a Pandemic – Securitizing Health in Turkey</t>
         </is>
       </c>
       <c r="C1184" s="1">
-        <v>255</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1185" spans="1:3">
       <c r="A1185" s="1" t="inlineStr">
         <is>
-          <t>9786253981082</t>
+          <t>9786253931216</t>
         </is>
       </c>
       <c r="B1185" s="1" t="inlineStr">
         <is>
-          <t>Yerel Kaynaklar Işığında Orta Çağ Azerbaycan Tarihi - 2</t>
+          <t>Osmanlı İmparatorluğu’nun Son Döneminde ve Gazetecilikte Manipülasyon</t>
         </is>
       </c>
       <c r="C1185" s="1">
-        <v>195</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1186" spans="1:3">
       <c r="A1186" s="1" t="inlineStr">
         <is>
-          <t>9786253983529</t>
+          <t>9786253932251</t>
         </is>
       </c>
       <c r="B1186" s="1" t="inlineStr">
         <is>
-          <t>Dijital Pazarlama Stratejilerinin Marka Kişiliği Oluşturmadaki Rolü - Vakıf Üniversiteleri Üzerine Bir Analiz</t>
+          <t>Kırşehir El Örgüsü Çorapları ve Patikleri</t>
         </is>
       </c>
       <c r="C1186" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1187" spans="1:3">
       <c r="A1187" s="1" t="inlineStr">
         <is>
-          <t>9786253984212</t>
+          <t>9786253932473</t>
         </is>
       </c>
       <c r="B1187" s="1" t="inlineStr">
         <is>
-          <t>Ben Feryat Ederken Hepiniz Sağırdınız… Madde Bağımlılarının Yaşanmış Gerçek Hikayeleri!</t>
+          <t>Performans Değerleme Sistemi</t>
         </is>
       </c>
       <c r="C1187" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1188" spans="1:3">
       <c r="A1188" s="1" t="inlineStr">
         <is>
-          <t>9786253985073</t>
+          <t>9786253932954</t>
         </is>
       </c>
       <c r="B1188" s="1" t="inlineStr">
         <is>
-          <t>Şans Hazırlıklı Olanı Sever</t>
+          <t>Yeşil İşletmeler Teori ve Uygulamalar</t>
         </is>
       </c>
       <c r="C1188" s="1">
-        <v>280</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1189" spans="1:3">
       <c r="A1189" s="1" t="inlineStr">
         <is>
-          <t>9786253983802</t>
+          <t>9786253932374</t>
         </is>
       </c>
       <c r="B1189" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dalgalar Cilt 2: Dönüşüm</t>
+          <t>Yönetsel ve Örgütsel Davranış Alanı ile İlgili Güncel Konular</t>
         </is>
       </c>
       <c r="C1189" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1190" spans="1:3">
       <c r="A1190" s="1" t="inlineStr">
         <is>
-          <t>9786253983925</t>
+          <t>9786253932756</t>
         </is>
       </c>
       <c r="B1190" s="1" t="inlineStr">
         <is>
-          <t>Ordu Gastronomi Kültürü</t>
+          <t>Sınır Ötesindeki Yankılar - Mültecilerin Medyadaki Varoluşu</t>
         </is>
       </c>
       <c r="C1190" s="1">
-        <v>215</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1191" spans="1:3">
       <c r="A1191" s="1" t="inlineStr">
         <is>
-          <t>9786253984564</t>
+          <t>9786253930264</t>
         </is>
       </c>
       <c r="B1191" s="1" t="inlineStr">
         <is>
-          <t>Enerji Bölgeselciliği - Şanghay İşbirliği Örgütü ve Avrasya Ekonomik Birliği</t>
+          <t>Savunma Yönetimi - Disiplinlerarası Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1191" s="1">
-        <v>270</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1192" spans="1:3">
       <c r="A1192" s="1" t="inlineStr">
         <is>
-          <t>9786253982904</t>
+          <t>9786253931476</t>
         </is>
       </c>
       <c r="B1192" s="1" t="inlineStr">
         <is>
-          <t>İlgilenim</t>
+          <t>Ücretin Haksız Belirleyeni - Cinsiyet</t>
         </is>
       </c>
       <c r="C1192" s="1">
-        <v>165</v>
+        <v>120</v>
       </c>
     </row>
     <row r="1193" spans="1:3">
       <c r="A1193" s="1" t="inlineStr">
         <is>
-          <t>9786253983543</t>
+          <t>9786253932046</t>
         </is>
       </c>
       <c r="B1193" s="1" t="inlineStr">
         <is>
-          <t>Dijital Perspektifte Tüketici Manipülasyonu Değerlendirmeleri</t>
+          <t>Örtülü Dijital Emek</t>
         </is>
       </c>
       <c r="C1193" s="1">
-        <v>195</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1194" spans="1:3">
       <c r="A1194" s="1" t="inlineStr">
         <is>
-          <t>9786253981679</t>
+          <t>9786253932213</t>
         </is>
       </c>
       <c r="B1194" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim İlkeleri ile Kurumsallaşma Etkileşiminin Kadın İstihdamına Katkıları</t>
+          <t>Toplumsal Yaşamda Kadın</t>
         </is>
       </c>
       <c r="C1194" s="1">
-        <v>240</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1195" spans="1:3">
       <c r="A1195" s="1" t="inlineStr">
         <is>
-          <t>9786253983086</t>
+          <t>9786253930622</t>
         </is>
       </c>
       <c r="B1195" s="1" t="inlineStr">
         <is>
-          <t>Akademik Disiplinlerde Sürdürülebilirlik</t>
+          <t>Psikiyatri Hemşirelerinde Psikodrama Uygulaması</t>
         </is>
       </c>
       <c r="C1195" s="1">
-        <v>290</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1196" spans="1:3">
       <c r="A1196" s="1" t="inlineStr">
         <is>
-          <t>9786253983826</t>
+          <t>9786253988548</t>
         </is>
       </c>
       <c r="B1196" s="1" t="inlineStr">
         <is>
-          <t>Z Kuşağının Çalışma Hayatı</t>
+          <t>Sosyolojik, Felsefi ve Tarihi Yönleriyle Hekimlik</t>
         </is>
       </c>
       <c r="C1196" s="1">
-        <v>215</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1197" spans="1:3">
       <c r="A1197" s="1" t="inlineStr">
         <is>
-          <t>9786253984427</t>
+          <t>9786253980016</t>
         </is>
       </c>
       <c r="B1197" s="1" t="inlineStr">
         <is>
-          <t>İnsani Güvenliğin Realist Açıdan Eleştirisi - Avrupa Birliği’nin Covid-19 Pandemisiyle Mücadelesi</t>
+          <t>Din Kültürü ve Ahlak Bilgisi Öğretmenleri ve Öğretim Materyalleri</t>
         </is>
       </c>
       <c r="C1197" s="1">
-        <v>245</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1198" spans="1:3">
       <c r="A1198" s="1" t="inlineStr">
         <is>
-          <t>9786253983604</t>
+          <t>9786253932114</t>
         </is>
       </c>
       <c r="B1198" s="1" t="inlineStr">
         <is>
-          <t>Gaziantep’te Kentsel Dönüşüm Projeleri</t>
+          <t>Çeviribilimde Kişiye Özel Tercüme Hizmetleri</t>
         </is>
       </c>
       <c r="C1198" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1199" spans="1:3">
       <c r="A1199" s="1" t="inlineStr">
         <is>
-          <t>9786253983406</t>
+          <t>9786253930400</t>
         </is>
       </c>
       <c r="B1199" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Finans Alanında Sektörel Uygulamalar</t>
+          <t>Yeni Korumacılık</t>
         </is>
       </c>
       <c r="C1199" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1200" spans="1:3">
       <c r="A1200" s="1" t="inlineStr">
         <is>
-          <t>9786253982997</t>
+          <t>9786253989873</t>
         </is>
       </c>
       <c r="B1200" s="1" t="inlineStr">
         <is>
-          <t>Ticari Hava Yollarında Rekabetçi Tarife Sistemleri Üzerine Filo Yönetimi Araştırması</t>
+          <t>21. Yüzyılın Eşsiz Yeteneği: Dijital Dönüşüm - Sağlık Alanına Dair Bazı Yorumlamalar</t>
         </is>
       </c>
       <c r="C1200" s="1">
-        <v>305</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1201" spans="1:3">
       <c r="A1201" s="1" t="inlineStr">
         <is>
-          <t>9786253982577</t>
+          <t>9786253932855</t>
         </is>
       </c>
       <c r="B1201" s="1" t="inlineStr">
         <is>
-          <t>Does Attitude Matter?</t>
+          <t>Kişilikte Güncel Çalışmalar</t>
         </is>
       </c>
       <c r="C1201" s="1">
-        <v>255</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1202" spans="1:3">
       <c r="A1202" s="1" t="inlineStr">
         <is>
-          <t>9786253984649</t>
+          <t>9786253932503</t>
         </is>
       </c>
       <c r="B1202" s="1" t="inlineStr">
         <is>
-          <t>Her Telden</t>
+          <t>Yeşil Ekonomide Güncel Eğilimler</t>
         </is>
       </c>
       <c r="C1202" s="1">
-        <v>280</v>
+        <v>700</v>
       </c>
     </row>
     <row r="1203" spans="1:3">
       <c r="A1203" s="1" t="inlineStr">
         <is>
-          <t>9786253984038</t>
+          <t>9786253931025</t>
         </is>
       </c>
       <c r="B1203" s="1" t="inlineStr">
         <is>
-          <t>ULUSLARIN CAZİBESİ</t>
+          <t>21. Yüzyıl İşletmelerinde Bilgiye Dayalı Girişimcilik</t>
         </is>
       </c>
       <c r="C1203" s="1">
-        <v>240</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1204" spans="1:3">
       <c r="A1204" s="1" t="inlineStr">
         <is>
-          <t>9786253984588</t>
+          <t>9786253930769</t>
         </is>
       </c>
       <c r="B1204" s="1" t="inlineStr">
         <is>
-          <t>Yüzücülerde Genetik ve Antropometrik Özellikler</t>
+          <t>Kamu Kurumlarında İç Denetim Uygulamaları</t>
         </is>
       </c>
       <c r="C1204" s="1">
-        <v>215</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1205" spans="1:3">
       <c r="A1205" s="1" t="inlineStr">
         <is>
-          <t>9786253982744</t>
+          <t>9786253934101</t>
         </is>
       </c>
       <c r="B1205" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kent Planlama Ekseninde Enerji Verimliliği ve Ekoloji</t>
+          <t>Örgüt İklimi ve Örgütsel Vatandaşlık Davranışı Açısından Cam Tavan Algısı</t>
         </is>
       </c>
       <c r="C1205" s="1">
-        <v>245</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1206" spans="1:3">
       <c r="A1206" s="1" t="inlineStr">
         <is>
-          <t>9786253980726</t>
+          <t>9786253932565</t>
         </is>
       </c>
       <c r="B1206" s="1" t="inlineStr">
         <is>
-          <t>Üç Gitar İçin Düzenlemeler - Arrangements For Three Guitars</t>
+          <t>Medyanın Kurgusal Gerçekliği ve Travmaları (Ciltli)</t>
         </is>
       </c>
       <c r="C1206" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1207" spans="1:3">
       <c r="A1207" s="1" t="inlineStr">
         <is>
-          <t>9786253983291</t>
+          <t>9786253930035</t>
         </is>
       </c>
       <c r="B1207" s="1" t="inlineStr">
         <is>
-          <t>Bağımsız Denetim Faaliyetlerinin Kurumsal Yönetimdeki Rolü: Uluslararası Denetim Standartları Anlatımıyla</t>
+          <t>Dijital Evrenin Yeni İletişim Kodları IV</t>
         </is>
       </c>
       <c r="C1207" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1208" spans="1:3">
       <c r="A1208" s="1" t="inlineStr">
         <is>
-          <t>9786253984182</t>
+          <t>9786253930721</t>
         </is>
       </c>
       <c r="B1208" s="1" t="inlineStr">
         <is>
-          <t>1990-2015 Yılları Arasında Avrupa Birliği’nin Göçü Güvenlikleştirme Politikası: İtalya Örneği</t>
+          <t>Lise Son Sınıf Öğrencilerinin Üniversiteye Kariyer Geçişlerine Yönelik Bir Model Önerisi</t>
         </is>
       </c>
       <c r="C1208" s="1">
-        <v>320</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1209" spans="1:3">
       <c r="A1209" s="1" t="inlineStr">
         <is>
-          <t>9786253983222</t>
+          <t>9786253986803</t>
         </is>
       </c>
       <c r="B1209" s="1" t="inlineStr">
         <is>
-          <t>Birleşik Afrika Mücadelesi</t>
+          <t>İnovasyon Stratejileri ve Motivasyonun İşletme Performansına Etkileri</t>
         </is>
       </c>
       <c r="C1209" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1210" spans="1:3">
       <c r="A1210" s="1" t="inlineStr">
         <is>
-          <t>9786253983369</t>
+          <t>9786253987725</t>
         </is>
       </c>
       <c r="B1210" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretimin Yönetimi Disiplinler Arası Bir Yaklaşım</t>
+          <t>Uluslararası Katılım Finans Uyuşmazlıklarının Çözümünde Tahkim</t>
         </is>
       </c>
       <c r="C1210" s="1">
-        <v>380</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1211" spans="1:3">
       <c r="A1211" s="1" t="inlineStr">
         <is>
-          <t>9786253984106</t>
+          <t>9786253930202</t>
         </is>
       </c>
       <c r="B1211" s="1" t="inlineStr">
         <is>
-          <t>Dayanıklı, Yeşil ve Sürdürülebilir İşletmeler</t>
+          <t>Türkiye İçin Beden Eğitimi Öğretmen Eğitimi Standartlarının Oluşturulması</t>
         </is>
       </c>
       <c r="C1211" s="1">
-        <v>215</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1212" spans="1:3">
       <c r="A1212" s="1" t="inlineStr">
         <is>
-          <t>9786253983734</t>
+          <t>9786253988869</t>
         </is>
       </c>
       <c r="B1212" s="1" t="inlineStr">
         <is>
-          <t>Gayrimenkul Pazar Analizinde Sistem Dinamiği Yaklaşımı ve Uygulaması</t>
+          <t>İstif Stratigrafisinin Temel Prensipleri</t>
         </is>
       </c>
       <c r="C1212" s="1">
-        <v>195</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1213" spans="1:3">
       <c r="A1213" s="1" t="inlineStr">
         <is>
-          <t>9786253980108</t>
+          <t>9786253989439</t>
         </is>
       </c>
       <c r="B1213" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkilerde Oyunlaştırma - Procter &amp; Gamble Mobil Uygulama Örneği</t>
+          <t>Teknolojik Determinizm</t>
         </is>
       </c>
       <c r="C1213" s="1">
-        <v>255</v>
+        <v>870</v>
       </c>
     </row>
     <row r="1214" spans="1:3">
       <c r="A1214" s="1" t="inlineStr">
         <is>
-          <t>9786253984120</t>
+          <t>9786253989927</t>
         </is>
       </c>
       <c r="B1214" s="1" t="inlineStr">
         <is>
-          <t>Seçmenler, Adaylar, Partiler Nasıl Düşünür? Nasıl Davranır?</t>
+          <t>Reklam Araştırmalarında Farklı Bakış Açıları</t>
         </is>
       </c>
       <c r="C1214" s="1">
-        <v>145</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1215" spans="1:3">
       <c r="A1215" s="1" t="inlineStr">
         <is>
-          <t>9786253981648</t>
+          <t>9786253983680</t>
         </is>
       </c>
       <c r="B1215" s="1" t="inlineStr">
         <is>
-          <t>Simidimiz ve Hürriyetimiz İçin</t>
+          <t>İş Kazalarında Veri Analizi - SPSS ve Lojistik Regresyon Uygulamaları</t>
         </is>
       </c>
       <c r="C1215" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1216" spans="1:3">
       <c r="A1216" s="1" t="inlineStr">
         <is>
-          <t>9786253981792</t>
+          <t>9786253983574</t>
         </is>
       </c>
       <c r="B1216" s="1" t="inlineStr">
         <is>
-          <t>AK Parti Dönemi Türk Dış Politikasında Güvenlik Söylemi IKBY ve Ermenistan</t>
+          <t>Tedarik Zinciri Stratejilerinin Performans Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C1216" s="1">
-        <v>365</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1217" spans="1:3">
       <c r="A1217" s="1" t="inlineStr">
         <is>
-          <t>9786253983055</t>
+          <t>9786253983840</t>
         </is>
       </c>
       <c r="B1217" s="1" t="inlineStr">
         <is>
-          <t>Manager Selection Problems With Multi Criteria Decision Making Methods</t>
+          <t>Pandemi Sürecinde Özel Okullarda İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1217" s="1">
-        <v>365</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1218" spans="1:3">
       <c r="A1218" s="1" t="inlineStr">
         <is>
-          <t>9786253981983</t>
+          <t>9786253986889</t>
         </is>
       </c>
       <c r="B1218" s="1" t="inlineStr">
         <is>
-          <t>Popüler Türk Sinemasının İdeolojik Dönüşümü</t>
+          <t>Data Privacy - A Special Review of Android Applications in The USA</t>
         </is>
       </c>
       <c r="C1218" s="1">
-        <v>215</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1219" spans="1:3">
       <c r="A1219" s="1" t="inlineStr">
         <is>
-          <t>9786253982300</t>
+          <t>9786253985004</t>
         </is>
       </c>
       <c r="B1219" s="1" t="inlineStr">
         <is>
-          <t>Tüketimin Mekansal Organizasyonu</t>
+          <t>Karar Vermede Çerçeveleme Etkisi</t>
         </is>
       </c>
       <c r="C1219" s="1">
-        <v>215</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1220" spans="1:3">
       <c r="A1220" s="1" t="inlineStr">
         <is>
-          <t>9786253983093</t>
+          <t>9786253987497</t>
         </is>
       </c>
       <c r="B1220" s="1" t="inlineStr">
         <is>
-          <t>İşletmecilikte Yeni Yaklaşım - Duyarlı İşletmecilik Ekosistemleri</t>
+          <t>Kimlik, Din ve Siyaset</t>
         </is>
       </c>
       <c r="C1220" s="1">
-        <v>295</v>
+        <v>250</v>
       </c>
     </row>
     <row r="1221" spans="1:3">
       <c r="A1221" s="1" t="inlineStr">
         <is>
-          <t>9786253983444</t>
+          <t>9786253988753</t>
         </is>
       </c>
       <c r="B1221" s="1" t="inlineStr">
         <is>
-          <t>Dijital Okumalar</t>
+          <t>Bir Tüketim Pratiği Olarak Hanehalkının İsraf Davranışlarının Sosyolojik Analizi</t>
         </is>
       </c>
       <c r="C1221" s="1">
-        <v>320</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1222" spans="1:3">
       <c r="A1222" s="1" t="inlineStr">
         <is>
-          <t>9786253981716</t>
+          <t>9786253930387</t>
         </is>
       </c>
       <c r="B1222" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Adalet</t>
+          <t>Bursa Hisar'ı Tasarlamak</t>
         </is>
       </c>
       <c r="C1222" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1223" spans="1:3">
       <c r="A1223" s="1" t="inlineStr">
         <is>
-          <t>9786253984304</t>
+          <t>9786253982430</t>
         </is>
       </c>
       <c r="B1223" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Hegemonyasının İnşası</t>
+          <t>Engelli Ailesinde Boşanma</t>
         </is>
       </c>
       <c r="C1223" s="1">
-        <v>540</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1224" spans="1:3">
       <c r="A1224" s="1" t="inlineStr">
         <is>
-          <t>9786253982553</t>
+          <t>9786253932015</t>
         </is>
       </c>
       <c r="B1224" s="1" t="inlineStr">
         <is>
-          <t>Dil ve Duygular</t>
+          <t>Eğitim Diplomasisi - Dünyadan Örnekler Türkiye İçin Öneriler</t>
         </is>
       </c>
       <c r="C1224" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1225" spans="1:3">
       <c r="A1225" s="1" t="inlineStr">
         <is>
-          <t>9786253982126</t>
+          <t>9786253932206</t>
         </is>
       </c>
       <c r="B1225" s="1" t="inlineStr">
         <is>
-          <t>Velid Ebüzziya (1882-1945)</t>
+          <t>Satışta Sosyal Stiller</t>
         </is>
       </c>
       <c r="C1225" s="1">
-        <v>815</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1226" spans="1:3">
       <c r="A1226" s="1" t="inlineStr">
         <is>
-          <t>9786253983314</t>
+          <t>9786253988708</t>
         </is>
       </c>
       <c r="B1226" s="1" t="inlineStr">
         <is>
-          <t>Döviz Piyasası Baskısı - Türkiye, BRICS ve Doğu Avrupa Ülkeleri</t>
+          <t>Innovation for Social Business Administration</t>
         </is>
       </c>
       <c r="C1226" s="1">
-        <v>215</v>
+        <v>415</v>
       </c>
     </row>
     <row r="1227" spans="1:3">
       <c r="A1227" s="1" t="inlineStr">
         <is>
-          <t>9786253982836</t>
+          <t>9786253931735</t>
         </is>
       </c>
       <c r="B1227" s="1" t="inlineStr">
         <is>
-          <t>Fintek ve Regülasyon - Bir Elmanın İki Yarısı</t>
+          <t>Gaziantep Üniversitesinde Öğrenim Gören Afrikalı Öğrencilerin Mekan, Toplum ve Akademik Deneyimleri</t>
         </is>
       </c>
       <c r="C1227" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="1228" spans="1:3">
       <c r="A1228" s="1" t="inlineStr">
         <is>
-          <t>9786253982652</t>
+          <t>9786253930684</t>
         </is>
       </c>
       <c r="B1228" s="1" t="inlineStr">
         <is>
-          <t>Kıbrıs’tan Urfa'ya Ratip Akdeniz (1911-1985) - Bir Öğretmenin Hikayesi</t>
+          <t>Outside The Nation, Inside The Melancholic State(s) of Mind</t>
         </is>
       </c>
       <c r="C1228" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1229" spans="1:3">
       <c r="A1229" s="1" t="inlineStr">
         <is>
-          <t>9786253983383</t>
+          <t>9786253931612</t>
         </is>
       </c>
       <c r="B1229" s="1" t="inlineStr">
         <is>
-          <t>İkinci Dünya Savaşı’nda ve Gazetecilikte Manipülasyon</t>
+          <t>Development Aid and Middle Power Diplomacy: Navigating TİKA’s Role in Turkish Foreign Policy</t>
         </is>
       </c>
       <c r="C1229" s="1">
-        <v>505</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1230" spans="1:3">
       <c r="A1230" s="1" t="inlineStr">
         <is>
-          <t>9786254338960</t>
+          <t>9786253931803</t>
         </is>
       </c>
       <c r="B1230" s="1" t="inlineStr">
         <is>
-          <t>Karabük 78 - Bıldır Senelerin Yemek Kültürü</t>
+          <t>Ahlaki Liderin Kavram Dünyası - Nurettin Topçu ve Erol Güngör Sözlüğü</t>
         </is>
       </c>
       <c r="C1230" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1231" spans="1:3">
       <c r="A1231" s="1" t="inlineStr">
         <is>
-          <t>9786253980993</t>
+          <t>9786253931575</t>
         </is>
       </c>
       <c r="B1231" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Günümüze Rüzgar Sörfü</t>
+          <t>Türkiye’deki Sakin Şehirlerde Sürdürülebilir Turizm</t>
         </is>
       </c>
       <c r="C1231" s="1">
-        <v>255</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1232" spans="1:3">
       <c r="A1232" s="1" t="inlineStr">
         <is>
-          <t>9786253982713</t>
+          <t>9786253930127</t>
         </is>
       </c>
       <c r="B1232" s="1" t="inlineStr">
         <is>
-          <t>Dijital Oyun ve Tutundurma</t>
+          <t>Yönetim Biliminde Yapay Zeka</t>
         </is>
       </c>
       <c r="C1232" s="1">
-        <v>165</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1233" spans="1:3">
       <c r="A1233" s="1" t="inlineStr">
         <is>
-          <t>9786253983475</t>
+          <t>9786253988555</t>
         </is>
       </c>
       <c r="B1233" s="1" t="inlineStr">
         <is>
-          <t>Sanal Müze</t>
+          <t>Structures on the Manifolds and Bundles - Lift Problems</t>
         </is>
       </c>
       <c r="C1233" s="1">
-        <v>195</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1234" spans="1:3">
       <c r="A1234" s="1" t="inlineStr">
         <is>
-          <t>9786253982362</t>
+          <t>9786253986926</t>
         </is>
       </c>
       <c r="B1234" s="1" t="inlineStr">
         <is>
-          <t>Takım Öğrenmesinin Ahlaki ve Spiritüel Doğası</t>
+          <t>Müşteri İlişkileri Yönetimi</t>
         </is>
       </c>
       <c r="C1234" s="1">
-        <v>195</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1235" spans="1:3">
       <c r="A1235" s="1" t="inlineStr">
         <is>
-          <t>9786253982867</t>
+          <t>9786253930844</t>
         </is>
       </c>
       <c r="B1235" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Öğrenme ve Mesleki Gelişim</t>
+          <t>Gastronomide Üretim ve Tüketim Boyutları</t>
         </is>
       </c>
       <c r="C1235" s="1">
-        <v>145</v>
+        <v>520</v>
       </c>
     </row>
     <row r="1236" spans="1:3">
       <c r="A1236" s="1" t="inlineStr">
         <is>
-          <t>9786253983420</t>
+          <t>9786253930882</t>
         </is>
       </c>
       <c r="B1236" s="1" t="inlineStr">
         <is>
-          <t>The Theatrical Representations of Traumatized Psyche: Beside Herself, The Skriker and Crave</t>
+          <t>Erkekliğe Karşı Üçlü İttifak</t>
         </is>
       </c>
       <c r="C1236" s="1">
-        <v>180</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1237" spans="1:3">
       <c r="A1237" s="1" t="inlineStr">
         <is>
-          <t>9786253982249</t>
+          <t>9786253930660</t>
         </is>
       </c>
       <c r="B1237" s="1" t="inlineStr">
         <is>
-          <t>Dünyada ve Türkiye'de Evlilik Yaşının Artışı</t>
+          <t>Örgütlerde Grup İçi Etkileşim, Takım İşbirliği ve Kolektif Zeka</t>
         </is>
       </c>
       <c r="C1237" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1238" spans="1:3">
       <c r="A1238" s="1" t="inlineStr">
         <is>
-          <t>9786253983277</t>
+          <t>9786253988319</t>
         </is>
       </c>
       <c r="B1238" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetlerinde Denetim ve Değerlendirme</t>
+          <t>İşletme Biliminde Güncel Tartışmalar</t>
         </is>
       </c>
       <c r="C1238" s="1">
-        <v>295</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1239" spans="1:3">
       <c r="A1239" s="1" t="inlineStr">
         <is>
-          <t>9786253982287</t>
+          <t>9786253987572</t>
         </is>
       </c>
       <c r="B1239" s="1" t="inlineStr">
         <is>
-          <t>Uzay - İnsanlığın Ortak Mirası mı?</t>
+          <t>Isparta’da Deprem Afet Yönetimi ve Kentsel Dönüşüm</t>
         </is>
       </c>
       <c r="C1239" s="1">
         <v>340</v>
       </c>
     </row>
     <row r="1240" spans="1:3">
       <c r="A1240" s="1" t="inlineStr">
         <is>
-          <t>9786254338922</t>
+          <t>9786253988814</t>
         </is>
       </c>
       <c r="B1240" s="1" t="inlineStr">
         <is>
-          <t>Yamaç Paraşütü Eğitimi</t>
+          <t>Kültür, Düğün ve Toplumsal Yapılanma</t>
         </is>
       </c>
       <c r="C1240" s="1">
-        <v>940</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1241" spans="1:3">
       <c r="A1241" s="1" t="inlineStr">
         <is>
-          <t>9786253981563</t>
+          <t>9786253982270</t>
         </is>
       </c>
       <c r="B1241" s="1" t="inlineStr">
         <is>
-          <t>Yamaç Paraşütü Eğitimi</t>
+          <t>Sanayi Devrimi’nden Günümüze Emeğin Niteliği</t>
         </is>
       </c>
       <c r="C1241" s="1">
-        <v>895</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1242" spans="1:3">
       <c r="A1242" s="1" t="inlineStr">
         <is>
-          <t>9786253980412</t>
+          <t>9786253930059</t>
         </is>
       </c>
       <c r="B1242" s="1" t="inlineStr">
         <is>
-          <t>Okuma Kültürü ve Kurumsal Yapı</t>
+          <t>Çevre ve Ekonomisi - Politika, Yönetim Ve Uygulama</t>
         </is>
       </c>
       <c r="C1242" s="1">
-        <v>215</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1243" spans="1:3">
       <c r="A1243" s="1" t="inlineStr">
         <is>
-          <t>9786254339080</t>
+          <t>9786253989613</t>
         </is>
       </c>
       <c r="B1243" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilgiler Eğitiminde Gösteri Yöntemi</t>
+          <t>Türk Sinemasında Biyografik Filmler</t>
         </is>
       </c>
       <c r="C1243" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1244" spans="1:3">
       <c r="A1244" s="1" t="inlineStr">
         <is>
-          <t>9786254339974</t>
+          <t>9786253931636</t>
         </is>
       </c>
       <c r="B1244" s="1" t="inlineStr">
         <is>
-          <t>Spor Liselerinde Adanmışlık</t>
+          <t>Cumhuriyet’in 100. Yılında İletişim Çalışmalarında “Kadın”</t>
         </is>
       </c>
       <c r="C1244" s="1">
-        <v>270</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1245" spans="1:3">
       <c r="A1245" s="1" t="inlineStr">
         <is>
-          <t>9786254336966</t>
+          <t>9786253989842</t>
         </is>
       </c>
       <c r="B1245" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminde Ailenin Yeri ve Önemi</t>
+          <t>Afetlerde Etik Yaklaşım</t>
         </is>
       </c>
       <c r="C1245" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1246" spans="1:3">
       <c r="A1246" s="1" t="inlineStr">
         <is>
-          <t>9786254335808</t>
+          <t>9786253989187</t>
         </is>
       </c>
       <c r="B1246" s="1" t="inlineStr">
         <is>
-          <t>Erken Çocukluk Döneminde Sosyal Duygusal Gelişim</t>
+          <t>Moda, Reklam ve Toplumsal Değişim</t>
         </is>
       </c>
       <c r="C1246" s="1">
-        <v>150</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1247" spans="1:3">
       <c r="A1247" s="1" t="inlineStr">
         <is>
-          <t>9786254334764</t>
+          <t>9786253931353</t>
         </is>
       </c>
       <c r="B1247" s="1" t="inlineStr">
         <is>
-          <t>Öğretim Süreci Etkinlik Ve Materyaller</t>
+          <t>Almanya’ya Hoş mu Geldiniz? Almanya’daki Türklerin Suriyelilere Bakışı</t>
         </is>
       </c>
       <c r="C1247" s="1">
-        <v>550</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1248" spans="1:3">
       <c r="A1248" s="1" t="inlineStr">
         <is>
-          <t>9786254334351</t>
+          <t>9786253931438</t>
         </is>
       </c>
       <c r="B1248" s="1" t="inlineStr">
         <is>
-          <t>Öğretim İçin Yeni Alternatifler Bütüncül Yaklaşım Ve Sacayağı Stratejisi</t>
+          <t>Türk Ü Tazi</t>
         </is>
       </c>
       <c r="C1248" s="1">
-        <v>380</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1249" spans="1:3">
       <c r="A1249" s="1" t="inlineStr">
         <is>
-          <t>9786254332838</t>
+          <t>9786253980351</t>
         </is>
       </c>
       <c r="B1249" s="1" t="inlineStr">
         <is>
-          <t>Social - Emotional Learning and Development Through Play</t>
+          <t>Türkiye İmalat Sanayiine Sektörel Bakış</t>
         </is>
       </c>
       <c r="C1249" s="1">
-        <v>270</v>
+        <v>820</v>
       </c>
     </row>
     <row r="1250" spans="1:3">
       <c r="A1250" s="1" t="inlineStr">
         <is>
-          <t>9786254331756</t>
+          <t>9786253986674</t>
         </is>
       </c>
       <c r="B1250" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Güney Kore Eğitim Sistemi</t>
+          <t>Pandemi Sürecinde Üniversitelerde Yabancı Dil Öğretimi: Durum Çalışması</t>
         </is>
       </c>
       <c r="C1250" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1251" spans="1:3">
       <c r="A1251" s="1" t="inlineStr">
         <is>
-          <t>9786257363594</t>
+          <t>9786253988425</t>
         </is>
       </c>
       <c r="B1251" s="1" t="inlineStr">
         <is>
-          <t>Otomotiv Sözlüğü - Automobil Wörterbuch</t>
+          <t>Hava Yolu Taşıyıcıları Rekabet Stratejileri - Türkiye’de Düşük Maliyetli Hava Yolu Taşıyıcıları</t>
         </is>
       </c>
       <c r="C1251" s="1">
-        <v>335</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1252" spans="1:3">
       <c r="A1252" s="1" t="inlineStr">
         <is>
-          <t>9786052149164</t>
+          <t>9786253930585</t>
         </is>
       </c>
       <c r="B1252" s="1" t="inlineStr">
         <is>
-          <t>Balköpüğü</t>
+          <t>Siyasal Kampanya Yönetimi ve Uygulamaları</t>
         </is>
       </c>
       <c r="C1252" s="1">
-        <v>145</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1253" spans="1:3">
       <c r="A1253" s="1" t="inlineStr">
         <is>
-          <t>9786254331138</t>
+          <t>9786253931315</t>
         </is>
       </c>
       <c r="B1253" s="1" t="inlineStr">
         <is>
-          <t>Tasarımsal Düşünce Ve Açık Ve Uzaktan Öğrenme</t>
+          <t>Dijital Çağda Medya ve İletişim Çalışmaları</t>
         </is>
       </c>
       <c r="C1253" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1254" spans="1:3">
       <c r="A1254" s="1" t="inlineStr">
         <is>
-          <t>9786254330018</t>
+          <t>9786253931001</t>
         </is>
       </c>
       <c r="B1254" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Spor Öğretmeninin İlkokul Öğrencilerinin Gelişimleri Üzerindeki Etkisi</t>
+          <t>Çevre Eğitiminde Güncel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1254" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1255" spans="1:3">
       <c r="A1255" s="1" t="inlineStr">
         <is>
-          <t>9786059663663</t>
+          <t>9786253930820</t>
         </is>
       </c>
       <c r="B1255" s="1" t="inlineStr">
         <is>
-          <t>Buz Hokeyi Oyuncularının Alt Extremite Sinir İleti Hızlarının İncelenmesi</t>
+          <t>Gayrimenkul Alanında Disiplinler Arası Yaklaşımlar - Dijitalleşme</t>
         </is>
       </c>
       <c r="C1255" s="1">
-        <v>155</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1256" spans="1:3">
       <c r="A1256" s="1" t="inlineStr">
         <is>
-          <t>9786059663731</t>
+          <t>9786253988395</t>
         </is>
       </c>
       <c r="B1256" s="1" t="inlineStr">
         <is>
-          <t>Puberte Döneminde Yapılan Kuvvet Antremanlarının Koordinasyon Gelişimi Üzerine Etkisi</t>
+          <t>Finansal Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C1256" s="1">
-        <v>200</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1257" spans="1:3">
       <c r="A1257" s="1" t="inlineStr">
         <is>
-          <t>9786053209928</t>
+          <t>9786253930905</t>
         </is>
       </c>
       <c r="B1257" s="1" t="inlineStr">
         <is>
-          <t>Teoriden Pratiğe STEM Eğitimi</t>
+          <t>Ekonomi Yalan Söyler mi? Kendiyle Çelişen İktisat</t>
         </is>
       </c>
       <c r="C1257" s="1">
-        <v>270</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1258" spans="1:3">
       <c r="A1258" s="1" t="inlineStr">
         <is>
-          <t>9786059663311</t>
+          <t>9786253930547</t>
         </is>
       </c>
       <c r="B1258" s="1" t="inlineStr">
         <is>
-          <t>Fiziksel Etkinlik Oyunlarının İlköğretim Öğrencilerinin Karakter Gelişimleri Üzerindeki Etkisi</t>
+          <t>Şanlıurfa İlinde Tarım, Hayvancılık ve Kırsal Kalkınma</t>
         </is>
       </c>
       <c r="C1258" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1259" spans="1:3">
       <c r="A1259" s="1" t="inlineStr">
         <is>
-          <t>9786257492416</t>
+          <t>9786253930462</t>
         </is>
       </c>
       <c r="B1259" s="1" t="inlineStr">
         <is>
-          <t>Çocuğumun Okul Yolu Güvenliği</t>
+          <t>Türkiye İle Rusya Arasında Siyasi Krizlerin Ekonomilerine Yansıması</t>
         </is>
       </c>
       <c r="C1259" s="1">
-        <v>195</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1260" spans="1:3">
       <c r="A1260" s="1" t="inlineStr">
         <is>
-          <t>9786257589468</t>
+          <t>9786253989071</t>
         </is>
       </c>
       <c r="B1260" s="1" t="inlineStr">
         <is>
-          <t>Eğitimde Yeni Normal Liderlik Yaklaşımları</t>
+          <t>Stem Eğitimine Yolculuk</t>
         </is>
       </c>
       <c r="C1260" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1261" spans="1:3">
       <c r="A1261" s="1" t="inlineStr">
         <is>
-          <t>9786257258043</t>
+          <t>9786253930561</t>
         </is>
       </c>
       <c r="B1261" s="1" t="inlineStr">
         <is>
-          <t>1001 Söz</t>
+          <t>Structure Evolutıon In Steels Of Railway Wheels At Manufacture And Operations</t>
         </is>
       </c>
       <c r="C1261" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1262" spans="1:3">
       <c r="A1262" s="1" t="inlineStr">
         <is>
-          <t>9786257677875</t>
+          <t>9786253989354</t>
         </is>
       </c>
       <c r="B1262" s="1" t="inlineStr">
         <is>
-          <t>Didier Daeninckx'in Kara Romanlarında Bellek Kavramı</t>
+          <t>Yönetim ve Organizasyon Perspektifinden Kolluk Çalışmaları III - Liderlik Üzerine</t>
         </is>
       </c>
       <c r="C1262" s="1">
-        <v>255</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1263" spans="1:3">
       <c r="A1263" s="1" t="inlineStr">
         <is>
-          <t>9786257126243</t>
+          <t>9786253988388</t>
         </is>
       </c>
       <c r="B1263" s="1" t="inlineStr">
         <is>
-          <t>Çevrim İçi İş Birliğine Dayalı Ödevler</t>
+          <t>Psikosiyasal Yönüyle Saldırganlık ve Terör</t>
         </is>
       </c>
       <c r="C1263" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1264" spans="1:3">
       <c r="A1264" s="1" t="inlineStr">
         <is>
-          <t>9786253982515</t>
+          <t>9786253930783</t>
         </is>
       </c>
       <c r="B1264" s="1" t="inlineStr">
         <is>
-          <t>Dijital Evrenin Yeni İletişim Kodları III</t>
+          <t>Kadının Güçlenmesi Sürecinde Bir Sosyal Girişim Modeli Olarak Kadın Kooperatifleri</t>
         </is>
       </c>
       <c r="C1264" s="1">
-        <v>320</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1265" spans="1:3">
       <c r="A1265" s="1" t="inlineStr">
         <is>
-          <t>9786253983567</t>
+          <t>9786253987398</t>
         </is>
       </c>
       <c r="B1265" s="1" t="inlineStr">
         <is>
-          <t>Zincir Hastanelerin Uluslararasılaşmasına Etki Eden Faktörler</t>
+          <t>Orta Doğu’da Elitler ve Dış Politika</t>
         </is>
       </c>
       <c r="C1265" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1266" spans="1:3">
       <c r="A1266" s="1" t="inlineStr">
         <is>
-          <t>9786253983765</t>
+          <t>9786253988333</t>
         </is>
       </c>
       <c r="B1266" s="1" t="inlineStr">
         <is>
-          <t>Soylulaştırma: Madalyonun Diğer Yüzü - Kenti Soylulaştıran Kendi Yoksullaşan Üniversite Öğrencileri</t>
+          <t>Kayıt Dışı Çalışanların Sosyal Yardım Alma Durumunu Etkileyen Faktörler</t>
         </is>
       </c>
       <c r="C1266" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1267" spans="1:3">
       <c r="A1267" s="1" t="inlineStr">
         <is>
-          <t>9786253982942</t>
+          <t>9786253988999</t>
         </is>
       </c>
       <c r="B1267" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Davranışında Benzersizlik ve Uyum İhtiyacı</t>
+          <t>21. Yüzyılda Küreselleşme, Siyaset ve Uluslararası Sistem</t>
         </is>
       </c>
       <c r="C1267" s="1">
-        <v>180</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1268" spans="1:3">
       <c r="A1268" s="1" t="inlineStr">
         <is>
-          <t>9786253980337</t>
+          <t>9786253988678</t>
         </is>
       </c>
       <c r="B1268" s="1" t="inlineStr">
         <is>
-          <t>Şehir Pazarlamasında Yeni Yaklaşımlar</t>
+          <t>Gıdanın Geleceği</t>
         </is>
       </c>
       <c r="C1268" s="1">
-        <v>320</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1269" spans="1:3">
       <c r="A1269" s="1" t="inlineStr">
         <is>
-          <t>9786254339059</t>
+          <t>9786253930486</t>
         </is>
       </c>
       <c r="B1269" s="1" t="inlineStr">
         <is>
-          <t>Demir İpek Yolu ve Türkiye</t>
+          <t>Türk Kültüründe Erdemli Liderlik Modeli</t>
         </is>
       </c>
       <c r="C1269" s="1">
-        <v>280</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1270" spans="1:3">
       <c r="A1270" s="1" t="inlineStr">
         <is>
-          <t>9786253981907</t>
+          <t>9786253931292</t>
         </is>
       </c>
       <c r="B1270" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyılda Türk Sigorta Sektörüne 21 Tavsiye</t>
+          <t>Dijital Dönüşüm Sürecinde İletişim Çalışmaları</t>
         </is>
       </c>
       <c r="C1270" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="1271" spans="1:3">
       <c r="A1271" s="1" t="inlineStr">
         <is>
-          <t>9786253983192</t>
+          <t>9786253989231</t>
         </is>
       </c>
       <c r="B1271" s="1" t="inlineStr">
         <is>
-          <t>Trampadan Kripto Paraya</t>
+          <t>Tüm Yönleriyle İş - Aile Çatışması</t>
         </is>
       </c>
       <c r="C1271" s="1">
-        <v>345</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1272" spans="1:3">
       <c r="A1272" s="1" t="inlineStr">
         <is>
-          <t>9786253983116</t>
+          <t>9786253931100</t>
         </is>
       </c>
       <c r="B1272" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Sanayi Devrimi’nde Liderlik - Liderlik 4.0</t>
+          <t>Uluslararası Ticarete Yönelik Teşvikler ve Ekonomik Etkileri</t>
         </is>
       </c>
       <c r="C1272" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1273" spans="1:3">
       <c r="A1273" s="1" t="inlineStr">
         <is>
-          <t>9786253981860</t>
+          <t>9786253989392</t>
         </is>
       </c>
       <c r="B1273" s="1" t="inlineStr">
         <is>
-          <t>Dijital İnsan Kaynakları Yönetimi</t>
+          <t>Yapay Zekâ: Alan Uygulamaları-2</t>
         </is>
       </c>
       <c r="C1273" s="1">
-        <v>290</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1274" spans="1:3">
       <c r="A1274" s="1" t="inlineStr">
         <is>
-          <t>9786253982638</t>
+          <t>9786253930646</t>
         </is>
       </c>
       <c r="B1274" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon, Açık İnovasyon Ve İnovasyon İçin Topluluklardan Faydalanma</t>
+          <t>Paydaş Yaklaşımı Çerçevesinde Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C1274" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1275" spans="1:3">
       <c r="A1275" s="1" t="inlineStr">
         <is>
-          <t>9786253982522</t>
+          <t>9786253989590</t>
         </is>
       </c>
       <c r="B1275" s="1" t="inlineStr">
         <is>
-          <t>Vatandaşlık Bağı ve Sosyal Hizmet</t>
+          <t>Genomik Veri Tabanlarında İndeksleme ve Arama Yöntemleri Üzerine</t>
         </is>
       </c>
       <c r="C1275" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1276" spans="1:3">
       <c r="A1276" s="1" t="inlineStr">
         <is>
-          <t>9786253983260</t>
+          <t>9786253930288</t>
         </is>
       </c>
       <c r="B1276" s="1" t="inlineStr">
         <is>
-          <t>Sapma Teorileri ve Kavramları Temelinde Pozitif Sapma</t>
+          <t>Platon’dan Churchlandlara Zihin Felsefesinin Kısa Tarihi</t>
         </is>
       </c>
       <c r="C1276" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1277" spans="1:3">
       <c r="A1277" s="1" t="inlineStr">
         <is>
-          <t>9786253983048</t>
+          <t>9786253931940</t>
         </is>
       </c>
       <c r="B1277" s="1" t="inlineStr">
         <is>
-          <t>Çevrim İçi Bilgi Arama Süreci</t>
+          <t>Emerging Issues in Terrorism Studies</t>
         </is>
       </c>
       <c r="C1277" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1278" spans="1:3">
       <c r="A1278" s="1" t="inlineStr">
         <is>
-          <t>9786254339004</t>
+          <t>9786253988920</t>
         </is>
       </c>
       <c r="B1278" s="1" t="inlineStr">
         <is>
-          <t>OECD Ülkelerinde Sağlık Sistemleri ve Sağlık Ekonomisi</t>
+          <t>Smart Cities: Cases and Implications</t>
         </is>
       </c>
       <c r="C1278" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1279" spans="1:3">
       <c r="A1279" s="1" t="inlineStr">
         <is>
-          <t>9786253981129</t>
+          <t>9786253987121</t>
         </is>
       </c>
       <c r="B1279" s="1" t="inlineStr">
         <is>
-          <t>Yapılı Çevre Değerlendirmeleri</t>
+          <t>Yaşlanan İş Gücü Yönetimi</t>
         </is>
       </c>
       <c r="C1279" s="1">
-        <v>445</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1280" spans="1:3">
       <c r="A1280" s="1" t="inlineStr">
         <is>
-          <t>9786253981266</t>
+          <t>9786253988777</t>
         </is>
       </c>
       <c r="B1280" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Çağda Z Kuşağının Dijital Okuryazarlık Sorunu</t>
+          <t>Dijital Çağ ve Kamu Yönetimi</t>
         </is>
       </c>
       <c r="C1280" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1281" spans="1:3">
       <c r="A1281" s="1" t="inlineStr">
         <is>
-          <t>9786253980689</t>
+          <t>9786253987343</t>
         </is>
       </c>
       <c r="B1281" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Kurumlarında Çağdaş Yönetim Yaklaşımları</t>
+          <t>Simülasyon Destekli Analog ve Sayısal Elektronik Uygulamaları</t>
         </is>
       </c>
       <c r="C1281" s="1">
-        <v>270</v>
+        <v>465</v>
       </c>
     </row>
     <row r="1282" spans="1:3">
       <c r="A1282" s="1" t="inlineStr">
         <is>
-          <t>9786254337765</t>
+          <t>9786253988166</t>
         </is>
       </c>
       <c r="B1282" s="1" t="inlineStr">
         <is>
-          <t>Tarihte Rus ve Ermeni Tedhişi (Belge ve Bilgiler Işığında)</t>
+          <t>Terörizmin El Kitabı</t>
         </is>
       </c>
       <c r="C1282" s="1">
-        <v>280</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1283" spans="1:3">
       <c r="A1283" s="1" t="inlineStr">
         <is>
-          <t>9786253981921</t>
+          <t>9786253931278</t>
         </is>
       </c>
       <c r="B1283" s="1" t="inlineStr">
         <is>
-          <t>Türk Düşünce Dünyasında Kültür Sosyolojisi Tartışmaları</t>
+          <t>Gossip Discourse as a Social Practice Amongst the Elderly</t>
         </is>
       </c>
       <c r="C1283" s="1">
-        <v>240</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1284" spans="1:3">
       <c r="A1284" s="1" t="inlineStr">
         <is>
-          <t>9786253982164</t>
+          <t>9786253989828</t>
         </is>
       </c>
       <c r="B1284" s="1" t="inlineStr">
         <is>
-          <t>Kültür, Moda ve Gündelik Hayat</t>
+          <t>Çin’in Doğu Afrika’daki Yumuşak Gücü</t>
         </is>
       </c>
       <c r="C1284" s="1">
-        <v>225</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1285" spans="1:3">
       <c r="A1285" s="1" t="inlineStr">
         <is>
-          <t>9786253980542</t>
+          <t>9786253989378</t>
         </is>
       </c>
       <c r="B1285" s="1" t="inlineStr">
         <is>
-          <t>Hedef Pazar Analizi ve Trade Map Uygulamaları</t>
+          <t>Yarının Teknolojik Vizyonu ve Yapay Zeka</t>
         </is>
       </c>
       <c r="C1285" s="1">
-        <v>150</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1286" spans="1:3">
       <c r="A1286" s="1" t="inlineStr">
         <is>
-          <t>9786253981594</t>
+          <t>9786253989477</t>
         </is>
       </c>
       <c r="B1286" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı’dan Günümüze Türkiye’de Terörizm ve Terörizmle Mücadele</t>
+          <t>Kovid-19 Salgınının Aile, Çalışma ve Dini Hayata Etkileri</t>
         </is>
       </c>
       <c r="C1286" s="1">
-        <v>345</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1287" spans="1:3">
       <c r="A1287" s="1" t="inlineStr">
         <is>
-          <t>9786253981228</t>
+          <t>9786253988487</t>
         </is>
       </c>
       <c r="B1287" s="1" t="inlineStr">
         <is>
-          <t>Türk Eğitim Sisteminde Uygulanan Spor Politikalarının Yapısal ve Kurumsal Olarak İncelenmesi</t>
+          <t>Örgütsel Meşruiyet Krizi</t>
         </is>
       </c>
       <c r="C1287" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1288" spans="1:3">
       <c r="A1288" s="1" t="inlineStr">
         <is>
-          <t>9786253980955</t>
+          <t>9786253985394</t>
         </is>
       </c>
       <c r="B1288" s="1" t="inlineStr">
         <is>
-          <t>Ardahan Değerlemeleri -4-</t>
+          <t>Okul Geliştirme</t>
         </is>
       </c>
       <c r="C1288" s="1">
-        <v>505</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1289" spans="1:3">
       <c r="A1289" s="1" t="inlineStr">
         <is>
-          <t>9786253980603</t>
+          <t>9786253989217</t>
         </is>
       </c>
       <c r="B1289" s="1" t="inlineStr">
         <is>
-          <t>Dünden Bugüne Sapanca</t>
+          <t>Eklem Biyomekaniği</t>
         </is>
       </c>
       <c r="C1289" s="1">
-        <v>565</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1290" spans="1:3">
       <c r="A1290" s="1" t="inlineStr">
         <is>
-          <t>9786253981181</t>
+          <t>9786253988739</t>
         </is>
       </c>
       <c r="B1290" s="1" t="inlineStr">
         <is>
-          <t>Kamusal Mal ve Hizmet Olarak Kentsel Atık Su Yönetimi</t>
+          <t>Bir Gazetecinin Kaleminden Cumhuriyet Bursa’sı - Musa Ataş’ın Bilinmeyen Hakimiyet-i Milliye Yazıları</t>
         </is>
       </c>
       <c r="C1290" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1291" spans="1:3">
       <c r="A1291" s="1" t="inlineStr">
         <is>
-          <t>9786253980924</t>
+          <t>9786253986964</t>
         </is>
       </c>
       <c r="B1291" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Helal Tüketim</t>
+          <t>Türkiye’nin Avrupa Serüveni: AB Sürecinde Türkiye-Avrupa İlişkileri</t>
         </is>
       </c>
       <c r="C1291" s="1">
-        <v>425</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1292" spans="1:3">
       <c r="A1292" s="1" t="inlineStr">
         <is>
-          <t>9786253980399</t>
+          <t>9786253989033</t>
         </is>
       </c>
       <c r="B1292" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Kültürün Örgütsel Bağlılık ve Çalışan Performansına Olan Etkisi</t>
+          <t>Mirror Images of Terrorist Incidents in The News</t>
         </is>
       </c>
       <c r="C1292" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1293" spans="1:3">
       <c r="A1293" s="1" t="inlineStr">
         <is>
-          <t>9786253981433</t>
+          <t>9786253989330</t>
         </is>
       </c>
       <c r="B1293" s="1" t="inlineStr">
         <is>
-          <t>Terörizmle Mücadelede Müzakere Yöntemi: ETA-LTTE-PKK-FARC</t>
+          <t>Yükseköğretimde Nitelik</t>
         </is>
       </c>
       <c r="C1293" s="1">
-        <v>425</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1294" spans="1:3">
       <c r="A1294" s="1" t="inlineStr">
         <is>
-          <t>9786253980504</t>
+          <t>9786253988906</t>
         </is>
       </c>
       <c r="B1294" s="1" t="inlineStr">
         <is>
-          <t>İntihar Saldırılarının Anatomisi</t>
+          <t>İş Yeri Kıskançlığı</t>
         </is>
       </c>
       <c r="C1294" s="1">
-        <v>205</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1295" spans="1:3">
       <c r="A1295" s="1" t="inlineStr">
         <is>
-          <t>9786254339103</t>
+          <t>9786253988463</t>
         </is>
       </c>
       <c r="B1295" s="1" t="inlineStr">
         <is>
-          <t>Çevrimiçi ve Kitlesel Açık Çevrimiçi Derslerde Transkültür</t>
+          <t>Kıyıları Yaşatmak ve Yönetmek</t>
         </is>
       </c>
       <c r="C1295" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1296" spans="1:3">
       <c r="A1296" s="1" t="inlineStr">
         <is>
-          <t>9786253981396</t>
+          <t>9786253988876</t>
         </is>
       </c>
       <c r="B1296" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetiminde Koruma Fonksiyonu ve Konu İle İlgili Bir Araştırma</t>
+          <t>Kentsel Paylaşım ve Dünyadan Kentsel Paylaşım Örnekleri</t>
         </is>
       </c>
       <c r="C1296" s="1">
-        <v>215</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1297" spans="1:3">
       <c r="A1297" s="1" t="inlineStr">
         <is>
-          <t>9786254339929</t>
+          <t>9786253988265</t>
         </is>
       </c>
       <c r="B1297" s="1" t="inlineStr">
         <is>
-          <t>Beklenen Yaşam Süresini Etkileyen Faktörler</t>
+          <t>Çevresel Açıdan Sektörel Atık Yönetimi ve Uygulamaları II</t>
         </is>
       </c>
       <c r="C1297" s="1">
-        <v>170</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1298" spans="1:3">
       <c r="A1298" s="1" t="inlineStr">
         <is>
-          <t>9786253980450</t>
+          <t>9786253987138</t>
         </is>
       </c>
       <c r="B1298" s="1" t="inlineStr">
         <is>
-          <t>Kars ve Ardahan Beşik Türküleri</t>
+          <t>Sustainability Management and Sustainable Business Models</t>
         </is>
       </c>
       <c r="C1298" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1299" spans="1:3">
       <c r="A1299" s="1" t="inlineStr">
         <is>
-          <t>9786253980078</t>
+          <t>9786253989682</t>
         </is>
       </c>
       <c r="B1299" s="1" t="inlineStr">
         <is>
-          <t>İzmir Kentsel Araştirmalar ve Tartişmalar</t>
+          <t>Siyasi Partiler Hukuku Ansiklopedisi</t>
         </is>
       </c>
       <c r="C1299" s="1">
-        <v>590</v>
+        <v>745</v>
       </c>
     </row>
     <row r="1300" spans="1:3">
       <c r="A1300" s="1" t="inlineStr">
         <is>
-          <t>9786253980863</t>
+          <t>9786253989668</t>
         </is>
       </c>
       <c r="B1300" s="1" t="inlineStr">
         <is>
-          <t>Muhasebede İhtiyatlılık Kavramı</t>
+          <t>Seçim Hukuku Ansiklopedisi</t>
         </is>
       </c>
       <c r="C1300" s="1">
-        <v>170</v>
+        <v>745</v>
       </c>
     </row>
     <row r="1301" spans="1:3">
       <c r="A1301" s="1" t="inlineStr">
         <is>
-          <t>9786254339141</t>
+          <t>9786253989781</t>
         </is>
       </c>
       <c r="B1301" s="1" t="inlineStr">
         <is>
-          <t>Vergi Hukukunda Uzlaşma Müessesesi Mevzuatı</t>
+          <t>Kapitalist İktisadi Düzene Bir Eleştiri: İslami Ekonomi ve Finansal Alternatifler</t>
         </is>
       </c>
       <c r="C1301" s="1">
-        <v>255</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1302" spans="1:3">
       <c r="A1302" s="1" t="inlineStr">
         <is>
-          <t>9786253980849</t>
+          <t>9786253987886</t>
         </is>
       </c>
       <c r="B1302" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Tipolojileri</t>
+          <t>Türk Siyası Hayatında Milli Nizam ve Milli Selamet Partileri</t>
         </is>
       </c>
       <c r="C1302" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1303" spans="1:3">
       <c r="A1303" s="1" t="inlineStr">
         <is>
-          <t>9786253980184</t>
+          <t>9786253989491</t>
         </is>
       </c>
       <c r="B1303" s="1" t="inlineStr">
         <is>
-          <t>Gdevelop ile Dijital Oyun Tasarımı</t>
+          <t>İşsizlerin Refahı Kamu İstihdam Hizmetleri Açısından Bir Model Önerisi</t>
         </is>
       </c>
       <c r="C1303" s="1">
-        <v>340</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1304" spans="1:3">
       <c r="A1304" s="1" t="inlineStr">
         <is>
-          <t>9786254337789</t>
+          <t>9786253985776</t>
         </is>
       </c>
       <c r="B1304" s="1" t="inlineStr">
         <is>
-          <t>Somut Olmayan Kültürel Miras Kapsamında Anadolu Düşünürleri</t>
+          <t>Kamu Politikasında Başarı ve Başarısızlık - Türkiye’nin Yenilenebilir Enerji Politikalarının Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1304" s="1">
-        <v>380</v>
+        <v>650</v>
       </c>
     </row>
     <row r="1305" spans="1:3">
       <c r="A1305" s="1" t="inlineStr">
         <is>
-          <t>9786253980054</t>
+          <t>9786253986483</t>
         </is>
       </c>
       <c r="B1305" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’s Visual Representation in Right-Wing Populist Discourse</t>
+          <t>The Political Economy of COVID-19/2020 Global Challenges</t>
         </is>
       </c>
       <c r="C1305" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1306" spans="1:3">
       <c r="A1306" s="1" t="inlineStr">
         <is>
-          <t>9786254339356</t>
+          <t>9786253989316</t>
         </is>
       </c>
       <c r="B1306" s="1" t="inlineStr">
         <is>
-          <t>Gelişmiş ve Demokratik Ülkelerin Üzerinde Yükseldikleri Kültürel Zemin</t>
+          <t>Astro Müzikoloji</t>
         </is>
       </c>
       <c r="C1306" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1307" spans="1:3">
       <c r="A1307" s="1" t="inlineStr">
         <is>
-          <t>9786254338366</t>
+          <t>9786253988968</t>
         </is>
       </c>
       <c r="B1307" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Bölgesel Politikaları ve Türkiye’de Uygulanabilirliği: Serhat Kalkınma Ajansı Üzerine Bir İnceleme</t>
+          <t>Türkiye Gayrimenkul Piyasası ve Finansman Modelleri</t>
         </is>
       </c>
       <c r="C1307" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="1308" spans="1:3">
       <c r="A1308" s="1" t="inlineStr">
         <is>
-          <t>9786253980528</t>
+          <t>9786253987923</t>
         </is>
       </c>
       <c r="B1308" s="1" t="inlineStr">
         <is>
-          <t>Investigation of the Effect of Techniques (Drop Shot-Lob- Slice) Not Included in the International Tennis Number (ITN) Test on Match Results in Elite Athletes</t>
+          <t>Türkiye’de Boru Hatlarının Güvenliği</t>
         </is>
       </c>
       <c r="C1308" s="1">
-        <v>125</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1309" spans="1:3">
       <c r="A1309" s="1" t="inlineStr">
         <is>
-          <t>9786253980153</t>
+          <t>9786253988838</t>
         </is>
       </c>
       <c r="B1309" s="1" t="inlineStr">
         <is>
-          <t>Küçükbaş Hayvan İşletmelerinin Tipolojilerinin Belirlenmesi ve Tipolojinin İşletmelerin Üretim Etkinliğine Etkisi</t>
+          <t>Erken Çocukluk Eğitiminde Uygulamalarla Medya Okuryazarlığı</t>
         </is>
       </c>
       <c r="C1309" s="1">
-        <v>280</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1310" spans="1:3">
       <c r="A1310" s="1" t="inlineStr">
         <is>
-          <t>9786254339943</t>
+          <t>9786253987992</t>
         </is>
       </c>
       <c r="B1310" s="1" t="inlineStr">
         <is>
-          <t>Güvenlik Yönetimi Yaklaşımları</t>
+          <t>Pozitif Psikolojide Yeni Yönelimler</t>
         </is>
       </c>
       <c r="C1310" s="1">
-        <v>331</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1311" spans="1:3">
       <c r="A1311" s="1" t="inlineStr">
         <is>
-          <t>9786254339516</t>
+          <t>9786253987688</t>
         </is>
       </c>
       <c r="B1311" s="1" t="inlineStr">
         <is>
-          <t>Representation of Orientalism in James Morier’s Novels</t>
+          <t>Kamu Politikası Nedir, Nasıl Değişir? Kuramsal Bir Giriş</t>
         </is>
       </c>
       <c r="C1311" s="1">
-        <v>215</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1312" spans="1:3">
       <c r="A1312" s="1" t="inlineStr">
         <is>
-          <t>9786253980009</t>
+          <t>9786253988791</t>
         </is>
       </c>
       <c r="B1312" s="1" t="inlineStr">
         <is>
-          <t>Afyonkarahisar İlinin Sosyoekonomik Analizi</t>
+          <t>Dijital Dünyada Değişen Yönetim Normları</t>
         </is>
       </c>
       <c r="C1312" s="1">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1313" spans="1:3">
       <c r="A1313" s="1" t="inlineStr">
         <is>
-          <t>9786253980566</t>
+          <t>9786253988654</t>
         </is>
       </c>
       <c r="B1313" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Özgürlükler, Yabancı Doğrudan Yatırımlar ve Yabancı Portföy Yatırımları Arasındaki İlişki: OECD Ülkeleri Üzerine Ampirik Bir Çalışma</t>
+          <t>Türkiye’de Toplum ve Siyaset - Teoriden Pratiğe Güncel Meseleler</t>
         </is>
       </c>
       <c r="C1313" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1314" spans="1:3">
       <c r="A1314" s="1" t="inlineStr">
         <is>
-          <t>9786254338816</t>
+          <t>9786253987466</t>
         </is>
       </c>
       <c r="B1314" s="1" t="inlineStr">
         <is>
-          <t>Ktisadi, Finans Ve Yönetimsel Bakış Açısıyla Sosyal Bilimler Alanındaki Konuların Değerlendirilmesi</t>
+          <t>Kapsayıcı Matematik Eğitimi</t>
         </is>
       </c>
       <c r="C1314" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1315" spans="1:3">
       <c r="A1315" s="1" t="inlineStr">
         <is>
-          <t>9786254338946</t>
+          <t>9786253989026</t>
         </is>
       </c>
       <c r="B1315" s="1" t="inlineStr">
         <is>
-          <t>Fonksiyonel Açıdan Türkiye’de Gelir Dağılımı</t>
+          <t>Doğal Hukukun Pozitif Hukuka ve Siyaset Felsefesine Etkileri - H. Grotius, B. Spinoza, J. Locke</t>
         </is>
       </c>
       <c r="C1315" s="1">
-        <v>195</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1316" spans="1:3">
       <c r="A1316" s="1" t="inlineStr">
         <is>
-          <t>9786253981310</t>
+          <t>9786253988982</t>
         </is>
       </c>
       <c r="B1316" s="1" t="inlineStr">
         <is>
-          <t>1 Adım 12 Seyyah 35 Rota</t>
+          <t>Yoksulluk, Sosyal Dışlanma ve Yaşam Kalitesi</t>
         </is>
       </c>
       <c r="C1316" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1317" spans="1:3">
       <c r="A1317" s="1" t="inlineStr">
         <is>
-          <t>9786254337543</t>
+          <t>9786253988616</t>
         </is>
       </c>
       <c r="B1317" s="1" t="inlineStr">
         <is>
-          <t>Tıbbi Ve Sosyal Yönleriyle Obezite</t>
+          <t>Türkiye’de Merkez Teşkilatın Koordinasyon Merkezleri</t>
         </is>
       </c>
       <c r="C1317" s="1">
-        <v>425</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1318" spans="1:3">
       <c r="A1318" s="1" t="inlineStr">
         <is>
-          <t>9786254337321</t>
+          <t>9786253987800</t>
         </is>
       </c>
       <c r="B1318" s="1" t="inlineStr">
         <is>
-          <t>Günlük Yaşamda ve İş Dünyasında Uzmanları Kullanma Sanatı ve Öykülerle Uygulamalar</t>
+          <t>Afrika ve Sivil Toplum</t>
         </is>
       </c>
       <c r="C1318" s="1">
-        <v>255</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1319" spans="1:3">
       <c r="A1319" s="1" t="inlineStr">
         <is>
-          <t>9786254339110</t>
+          <t>9786253987664</t>
         </is>
       </c>
       <c r="B1319" s="1" t="inlineStr">
         <is>
-          <t>Spor Turizmi Ve Rekreasyon Bibliyografyası</t>
+          <t>Türkiye ve Almanya'da Hazırlanan Sosyal İnceleme Raporlarının Sistem Kuramı Bağlamında Analizi</t>
         </is>
       </c>
       <c r="C1319" s="1">
-        <v>290</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1320" spans="1:3">
       <c r="A1320" s="1" t="inlineStr">
         <is>
-          <t>9786254339424</t>
+          <t>9786253988500</t>
         </is>
       </c>
       <c r="B1320" s="1" t="inlineStr">
         <is>
-          <t>Müslüman - Dostu Turizm Ve Türkiye Deneyimi</t>
+          <t>Sanayi 4.0 İçin Hazırlık ve Olgunluk Endeksi Modeli Geliştirilmesi</t>
         </is>
       </c>
       <c r="C1320" s="1">
-        <v>245</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1321" spans="1:3">
       <c r="A1321" s="1" t="inlineStr">
         <is>
-          <t>9786253980276</t>
+          <t>9786253985370</t>
         </is>
       </c>
       <c r="B1321" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti’nde Müftülük (Taşra Teşkilatı)</t>
+          <t>Madde Bağımlılığıyla Mücadele</t>
         </is>
       </c>
       <c r="C1321" s="1">
-        <v>245</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1322" spans="1:3">
       <c r="A1322" s="1" t="inlineStr">
         <is>
-          <t>9786254338793</t>
+          <t>9786253988944</t>
         </is>
       </c>
       <c r="B1322" s="1" t="inlineStr">
         <is>
-          <t>Stratejiye Dair Seçki Yazılar II</t>
+          <t>Stratejik Yönetim Açısından Kamu Kurumlarının Markalaşması</t>
         </is>
       </c>
       <c r="C1322" s="1">
-        <v>215</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1323" spans="1:3">
       <c r="A1323" s="1" t="inlineStr">
         <is>
-          <t>9786253980245</t>
+          <t>9786253987824</t>
         </is>
       </c>
       <c r="B1323" s="1" t="inlineStr">
         <is>
-          <t>Dünya ve Türkiye Ekseninde Sosyal, Ekonomik ve Politik Gelişmeler</t>
+          <t>Dijital Girişimcilikte İnovasyon ve Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C1323" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1324" spans="1:3">
       <c r="A1324" s="1" t="inlineStr">
         <is>
-          <t>9786254339653</t>
+          <t>9786253986520</t>
         </is>
       </c>
       <c r="B1324" s="1" t="inlineStr">
         <is>
-          <t>Programmierung der Zugehörigkeit zur Diskursgemeinschaft</t>
+          <t>Türkiye’de Cinsiyet Algısı Araştırması</t>
         </is>
       </c>
       <c r="C1324" s="1">
-        <v>290</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1325" spans="1:3">
       <c r="A1325" s="1" t="inlineStr">
         <is>
-          <t>9786254338694</t>
+          <t>9786253989118</t>
         </is>
       </c>
       <c r="B1325" s="1" t="inlineStr">
         <is>
-          <t>Vergi Politikasının Transformasyonu</t>
+          <t>KOBİ’lerde Yönetim, Strateji ve Liderlik</t>
         </is>
       </c>
       <c r="C1325" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1326" spans="1:3">
       <c r="A1326" s="1" t="inlineStr">
         <is>
-          <t>9786254339820</t>
+          <t>9786253988081</t>
         </is>
       </c>
       <c r="B1326" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Deniz Hukukunda Hakkın Kötüye Kullanılması Yasağı</t>
+          <t>Sosyal Psikoloji Paradigmalarına Göre İletişim</t>
         </is>
       </c>
       <c r="C1326" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1327" spans="1:3">
       <c r="A1327" s="1" t="inlineStr">
         <is>
-          <t>9786254339394</t>
+          <t>9786253976026</t>
         </is>
       </c>
       <c r="B1327" s="1" t="inlineStr">
         <is>
-          <t>Bosna Sancak Hakkında İkincil Yazılar - Sessiz Soykırım</t>
+          <t>A Quest for Justice - Theoretical Insights, Challenges, and Pathways Forward</t>
         </is>
       </c>
       <c r="C1327" s="1">
-        <v>255</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1328" spans="1:3">
       <c r="A1328" s="1" t="inlineStr">
         <is>
-          <t>9786254336058</t>
+          <t>9786253987770</t>
         </is>
       </c>
       <c r="B1328" s="1" t="inlineStr">
         <is>
-          <t>Salgın ve Edebiyat</t>
+          <t>Gezi Parkı Olayları -Mikroskop-</t>
         </is>
       </c>
       <c r="C1328" s="1">
-        <v>380</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1329" spans="1:3">
       <c r="A1329" s="1" t="inlineStr">
         <is>
-          <t>9786254339233</t>
+          <t>9786253987855</t>
         </is>
       </c>
       <c r="B1329" s="1" t="inlineStr">
         <is>
-          <t>Soğuk Savaş Yıllarında Türkiye’nin Güvenlik Arayışları - Uluslararası Antlaşmalar (1945-1975)</t>
+          <t>Hoş Gelişler Ola Mustafa Kemal Paşa</t>
         </is>
       </c>
       <c r="C1329" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1330" spans="1:3">
       <c r="A1330" s="1" t="inlineStr">
         <is>
-          <t>9786254338168</t>
+          <t>9786253985226</t>
         </is>
       </c>
       <c r="B1330" s="1" t="inlineStr">
         <is>
-          <t>Bir İdeolojiler Alanı Olarak İkinci Dünya Savaşı Ve Siyasal Propaganda: 1939-1945 Savaş Dönemi Afişlerinin Karşılaştırmalı Analiz</t>
+          <t>Ekolojik Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C1330" s="1">
-        <v>530</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1331" spans="1:3">
       <c r="A1331" s="1" t="inlineStr">
         <is>
-          <t>9786254338021</t>
+          <t>9786253987428</t>
         </is>
       </c>
       <c r="B1331" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Belgelerinde Kuzey Türklerinden Kırım, Nogay ve Kazan Tatarlarının Eskişehir Yerleşimleri</t>
+          <t>Bir Portrenin Anlatısı - Prof. Dr. Burhanettin Uysal</t>
         </is>
       </c>
       <c r="C1331" s="1">
-        <v>505</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1332" spans="1:3">
       <c r="A1332" s="1" t="inlineStr">
         <is>
-          <t>9786254339318</t>
+          <t>9786253987947</t>
         </is>
       </c>
       <c r="B1332" s="1" t="inlineStr">
         <is>
-          <t>2000 Sonrası Türkiye’de Ekonomik ve Politik Dönüşüm</t>
+          <t>Yeşil Tüketim</t>
         </is>
       </c>
       <c r="C1332" s="1">
-        <v>425</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1333" spans="1:3">
       <c r="A1333" s="1" t="inlineStr">
         <is>
-          <t>9786254338403</t>
+          <t>9786253986384</t>
         </is>
       </c>
       <c r="B1333" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Döneminde Yükseköğretimde Uzaktan Eğitim</t>
+          <t>Türkiye Karayosunları El Kitapçığı I - Batı Anadolu</t>
         </is>
       </c>
       <c r="C1333" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1334" spans="1:3">
       <c r="A1334" s="1" t="inlineStr">
         <is>
-          <t>9786254336522</t>
+          <t>9786253987916</t>
         </is>
       </c>
       <c r="B1334" s="1" t="inlineStr">
         <is>
-          <t>Atatürk - Bir Dahinin Yaşam Öyküsü</t>
+          <t>Türkiye’nin Zehirli Deniz Canlıları</t>
         </is>
       </c>
       <c r="C1334" s="1">
-        <v>350</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1335" spans="1:3">
       <c r="A1335" s="1" t="inlineStr">
         <is>
-          <t>9786254339172</t>
+          <t>9786253986865</t>
         </is>
       </c>
       <c r="B1335" s="1" t="inlineStr">
         <is>
-          <t>Tasarruf Yatırım İlişkisi / Feldstein-Horioka Hipotezinin Ticari ve Finansal Dışa Açıklık Durumuna Genişletilmesi</t>
+          <t>Otel İşletmelerinde Dış Kaynaklardan Yararlanma</t>
         </is>
       </c>
       <c r="C1335" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1336" spans="1:3">
       <c r="A1336" s="1" t="inlineStr">
         <is>
-          <t>9786254337703</t>
+          <t>9786253988050</t>
         </is>
       </c>
       <c r="B1336" s="1" t="inlineStr">
         <is>
-          <t>Rus Edebiyatında Çocuk Olmak</t>
+          <t>Milliyetçilik ve Reklam</t>
         </is>
       </c>
       <c r="C1336" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1337" spans="1:3">
       <c r="A1337" s="1" t="inlineStr">
         <is>
-          <t>9786254337475</t>
+          <t>9786253987930</t>
         </is>
       </c>
       <c r="B1337" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Yazıları</t>
+          <t>W. V. Quine’ın Bütüncü Felsefesi</t>
         </is>
       </c>
       <c r="C1337" s="1">
-        <v>590</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1338" spans="1:3">
       <c r="A1338" s="1" t="inlineStr">
         <is>
-          <t>9786254337956</t>
+          <t>9786253983895</t>
         </is>
       </c>
       <c r="B1338" s="1" t="inlineStr">
         <is>
-          <t>Reklam ve Halkla İlişkiler Çalışmaları</t>
+          <t>İmalat Sanayisinde Çalışan Kadınların Kültürel ve Sosyal Sermaye Durumu</t>
         </is>
       </c>
       <c r="C1338" s="1">
-        <v>280</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1339" spans="1:3">
       <c r="A1339" s="1" t="inlineStr">
         <is>
-          <t>9786254338069</t>
+          <t>9786253986650</t>
         </is>
       </c>
       <c r="B1339" s="1" t="inlineStr">
         <is>
-          <t>Finans ve Bankacılık Alanında Güncel Araştırmalar</t>
+          <t>Subjektif Ağırlıklandırma Temelli Çok Kriterli Karar Verme Teknikleri</t>
         </is>
       </c>
       <c r="C1339" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1340" spans="1:3">
       <c r="A1340" s="1" t="inlineStr">
         <is>
-          <t>9786254338649</t>
+          <t>9786253988012</t>
         </is>
       </c>
       <c r="B1340" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Perception of Ethics in Contemporary American Science Fiction Novel</t>
+          <t>Dünyada ve Türkiye’de A’dan Z’ye Turizm Çeşitleri</t>
         </is>
       </c>
       <c r="C1340" s="1">
-        <v>330</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1341" spans="1:3">
       <c r="A1341" s="1" t="inlineStr">
         <is>
-          <t>9786254337017</t>
+          <t>9786253987114</t>
         </is>
       </c>
       <c r="B1341" s="1" t="inlineStr">
         <is>
-          <t>Kadına Yönelik Şiddetin Kültürel Temelleri</t>
+          <t>Yeni Medya ve Halkla İlişkiler</t>
         </is>
       </c>
       <c r="C1341" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1342" spans="1:3">
       <c r="A1342" s="1" t="inlineStr">
         <is>
-          <t>9786254334658</t>
+          <t>9786253986636</t>
         </is>
       </c>
       <c r="B1342" s="1" t="inlineStr">
         <is>
-          <t>Tekstil Kalite Kontrol Test ve Analizleri - Kumaş</t>
+          <t>Sudanlı Öykü ve Roman Yazarı Tayyib Salih Hayatı, Edebi Kişiliği ve Eserleri</t>
         </is>
       </c>
       <c r="C1342" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1343" spans="1:3">
       <c r="A1343" s="1" t="inlineStr">
         <is>
-          <t>9786254336256</t>
+          <t>9786253986568</t>
         </is>
       </c>
       <c r="B1343" s="1" t="inlineStr">
         <is>
-          <t>İşletme Bilimi ile İşletme Eğitimini Etkileyen Güncel Meseleler</t>
+          <t>Hayat Pahalılığı Araştırması</t>
         </is>
       </c>
       <c r="C1343" s="1">
-        <v>290</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1344" spans="1:3">
       <c r="A1344" s="1" t="inlineStr">
         <is>
-          <t>9786254337567</t>
+          <t>9786253985899</t>
         </is>
       </c>
       <c r="B1344" s="1" t="inlineStr">
         <is>
-          <t>Determination of Election Systems on The Principle of Justice in Representation: Country Analysis</t>
+          <t>Kamu Organizasyonlarında Risk Yönetimi</t>
         </is>
       </c>
       <c r="C1344" s="1">
-        <v>590</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1345" spans="1:3">
       <c r="A1345" s="1" t="inlineStr">
         <is>
-          <t>9786254337581</t>
+          <t>9786253987046</t>
         </is>
       </c>
       <c r="B1345" s="1" t="inlineStr">
         <is>
-          <t>Çevrim Dışı İrade - Dijital Kültürün Ayartıcı Gücüne Karşı Bir Direnç Formu Olarak İrade</t>
+          <t>Dijital Müzik ve Müziğin Dönüşümü</t>
         </is>
       </c>
       <c r="C1345" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1346" spans="1:3">
       <c r="A1346" s="1" t="inlineStr">
         <is>
-          <t>9786254337406</t>
+          <t>9786253980030</t>
         </is>
       </c>
       <c r="B1346" s="1" t="inlineStr">
         <is>
-          <t>Isparta Özel Gün Gastronomisi</t>
+          <t>Türk Gümrük Sistemi</t>
         </is>
       </c>
       <c r="C1346" s="1">
-        <v>300</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1347" spans="1:3">
       <c r="A1347" s="1" t="inlineStr">
         <is>
-          <t>9786254336850</t>
+          <t>9786253987701</t>
         </is>
       </c>
       <c r="B1347" s="1" t="inlineStr">
         <is>
-          <t>Genişletilmiş Gerçeklik ve Medya - XR Teknolojileri</t>
+          <t>Disiplinler Arası Bir Bakışla Afet Yönetimi</t>
         </is>
       </c>
       <c r="C1347" s="1">
-        <v>320</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1348" spans="1:3">
       <c r="A1348" s="1" t="inlineStr">
         <is>
-          <t>9786254337031</t>
+          <t>9786253986193</t>
         </is>
       </c>
       <c r="B1348" s="1" t="inlineStr">
         <is>
-          <t>İletişimin Dijital Hali</t>
+          <t>Türkiye’de Büyükşehir Belediye Modelinde Hizmet ve Gelir Paylaşımı Analizi: Ordu ve Trabzon Örneği</t>
         </is>
       </c>
       <c r="C1348" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1349" spans="1:3">
       <c r="A1349" s="1" t="inlineStr">
         <is>
-          <t>9786254335839</t>
+          <t>9786253986582</t>
         </is>
       </c>
       <c r="B1349" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi ve Finans Üzerine İncelemeler</t>
+          <t>Geçmişten Geleceğe Üniversiteler</t>
         </is>
       </c>
       <c r="C1349" s="1">
-        <v>105</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1350" spans="1:3">
       <c r="A1350" s="1" t="inlineStr">
         <is>
-          <t>9786254333613</t>
+          <t>9786254338489</t>
         </is>
       </c>
       <c r="B1350" s="1" t="inlineStr">
         <is>
-          <t>Swift’ten Mcpherson’a İrlandalı Edebiyatçılar</t>
+          <t>Din Eğitimi Açısından Sebîlürreşad ve İctihad’ın Mukayesesi</t>
         </is>
       </c>
       <c r="C1350" s="1">
-        <v>315</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1351" spans="1:3">
       <c r="A1351" s="1" t="inlineStr">
         <is>
-          <t>9786254336904</t>
+          <t>9786253985875</t>
         </is>
       </c>
       <c r="B1351" s="1" t="inlineStr">
         <is>
-          <t>Yurttaş Gazeteciliği</t>
+          <t>Engellilerin İstihdamı ve Yaşam Memnuniyeti</t>
         </is>
       </c>
       <c r="C1351" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1352" spans="1:3">
       <c r="A1352" s="1" t="inlineStr">
         <is>
-          <t>9786254336898</t>
+          <t>9786253987749</t>
         </is>
       </c>
       <c r="B1352" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Perspektifinden Kolluk Çalışmaları II - Öfke Üzerine..</t>
+          <t>Covıd-19’un Gölgesinde Bir Kent: Büyükçekmece</t>
         </is>
       </c>
       <c r="C1352" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1353" spans="1:3">
       <c r="A1353" s="1" t="inlineStr">
         <is>
-          <t>9786254336690</t>
+          <t>9786253986810</t>
         </is>
       </c>
       <c r="B1353" s="1" t="inlineStr">
         <is>
-          <t>Kamu Mali Yönetiminin Paradigması Ve Gelişim Süreci - Türkiye Örneği</t>
+          <t>Hava Yolu İşletmelerinde Meteoroloji Kaynaklı Divertlerin Yönetim Stratejileri</t>
         </is>
       </c>
       <c r="C1353" s="1">
-        <v>505</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1354" spans="1:3">
       <c r="A1354" s="1" t="inlineStr">
         <is>
-          <t>9786254336287</t>
+          <t>9786253987411</t>
         </is>
       </c>
       <c r="B1354" s="1" t="inlineStr">
         <is>
-          <t>Duygusal Güvenlik Teorisinin Farklı Yaş Grubundaki Ergenler Açısından İncelenmesi</t>
+          <t>İş Hayatında Pozitif ve Negatif Davranışlar</t>
         </is>
       </c>
       <c r="C1354" s="1">
-        <v>215</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1355" spans="1:3">
       <c r="A1355" s="1" t="inlineStr">
         <is>
-          <t>9786254336546</t>
+          <t>9786253986438</t>
         </is>
       </c>
       <c r="B1355" s="1" t="inlineStr">
         <is>
-          <t>Dijital İşletmecilik</t>
+          <t>Tüm Özellikleriyle Toksik Lider</t>
         </is>
       </c>
       <c r="C1355" s="1">
-        <v>320</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1356" spans="1:3">
       <c r="A1356" s="1" t="inlineStr">
         <is>
-          <t>9786254336744</t>
+          <t>9786253985646</t>
         </is>
       </c>
       <c r="B1356" s="1" t="inlineStr">
         <is>
-          <t>Kültür ve Mekan Araştırmaları</t>
+          <t>Tanzimat’tan Cumhuriyet’e (1839-1923) Osmanlı Maarif Nazırları ve Eğitim Politikaları</t>
         </is>
       </c>
       <c r="C1356" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1357" spans="1:3">
       <c r="A1357" s="1" t="inlineStr">
         <is>
-          <t>9786254335747</t>
+          <t>9786253987237</t>
         </is>
       </c>
       <c r="B1357" s="1" t="inlineStr">
         <is>
-          <t>Devletler ve Aktörler</t>
+          <t>Dijital Politik Propaganda</t>
         </is>
       </c>
       <c r="C1357" s="1">
-        <v>505</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1358" spans="1:3">
       <c r="A1358" s="1" t="inlineStr">
         <is>
-          <t>9786254335921</t>
+          <t>9786253987015</t>
         </is>
       </c>
       <c r="B1358" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin Yeni Gücü - Kar Amacı Gütmeyen Sektör</t>
+          <t>Görsel Ağırlıklı Anlatımla - NMR/MR</t>
         </is>
       </c>
       <c r="C1358" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1359" spans="1:3">
       <c r="A1359" s="1" t="inlineStr">
         <is>
-          <t>9786254336201</t>
+          <t>9786253987480</t>
         </is>
       </c>
       <c r="B1359" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Büyükşehir Belediyesi Kurma ve Genişletme Politikası</t>
+          <t>Siber Vatan ve Türkiye</t>
         </is>
       </c>
       <c r="C1359" s="1">
-        <v>380</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1360" spans="1:3">
       <c r="A1360" s="1" t="inlineStr">
         <is>
-          <t>9786254335655</t>
+          <t>9786253987213</t>
         </is>
       </c>
       <c r="B1360" s="1" t="inlineStr">
         <is>
-          <t>Göbeklitepe’den Antroposen’e Yerkürede İnsan</t>
+          <t>Ekonomi ve Finans Temelli Çalışmalar</t>
         </is>
       </c>
       <c r="C1360" s="1">
-        <v>145</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1361" spans="1:3">
       <c r="A1361" s="1" t="inlineStr">
         <is>
-          <t>9786254178276</t>
+          <t>9786253986261</t>
         </is>
       </c>
       <c r="B1361" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Hastane</t>
+          <t>21. Yüzyılda Barış ve Güvenliğin Küresel ve Bölgesel İnşası</t>
         </is>
       </c>
       <c r="C1361" s="1">
-        <v>380</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1362" spans="1:3">
       <c r="A1362" s="1" t="inlineStr">
         <is>
-          <t>9786254270789</t>
+          <t>9786253986612</t>
         </is>
       </c>
       <c r="B1362" s="1" t="inlineStr">
         <is>
-          <t>Yükseköğretim Kurumlarında Risk, Kalite ve Süreç Temelli Yönetim Modeli</t>
+          <t>Ayrımcılık Yasağı Hukuku - Uluslararası ve Avrupa Konseyi Belgeleri İle Avrupa Birliği ve Türk Hukuku Çerçevesinde</t>
         </is>
       </c>
       <c r="C1362" s="1">
-        <v>505</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1363" spans="1:3">
       <c r="A1363" s="1" t="inlineStr">
         <is>
-          <t>9786254334221</t>
+          <t>9786253986049</t>
         </is>
       </c>
       <c r="B1363" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Hekimlik Mesleği - Meslek Kültürü Açısından Bir Değerlendirme</t>
+          <t>Firma Performans Analizinde Makine Öğrenmesi - Düzenlileştirici Regresyon Yöntemleri</t>
         </is>
       </c>
       <c r="C1363" s="1">
-        <v>320</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1364" spans="1:3">
       <c r="A1364" s="1" t="inlineStr">
         <is>
-          <t>9786254334825</t>
+          <t>9786253986902</t>
         </is>
       </c>
       <c r="B1364" s="1" t="inlineStr">
         <is>
-          <t>Espora Multidisipliner Yaklaşımlar</t>
+          <t>Internatıonal Publıc Relatıons</t>
         </is>
       </c>
       <c r="C1364" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1365" spans="1:3">
       <c r="A1365" s="1" t="inlineStr">
         <is>
-          <t>9786254335945</t>
+          <t>9786253987374</t>
         </is>
       </c>
       <c r="B1365" s="1" t="inlineStr">
         <is>
-          <t>Global Competition Stage - Developıng Africa - Opportunities, Threats, Competitors Case Study Türkiye</t>
+          <t>Nonparametrik Regresyon Analizi - Farklı Yaklaşımlar ve R Hesaplamaları</t>
         </is>
       </c>
       <c r="C1365" s="1">
-        <v>470</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1366" spans="1:3">
       <c r="A1366" s="1" t="inlineStr">
         <is>
-          <t>9786254335402</t>
+          <t>9786253986308</t>
         </is>
       </c>
       <c r="B1366" s="1" t="inlineStr">
         <is>
-          <t>Kara Mürver: Meyve mi İlaç mı?</t>
+          <t>Çanakkale’de Su Ürünleri, Balıkçılık ve Denizcilik</t>
         </is>
       </c>
       <c r="C1366" s="1">
-        <v>195</v>
+        <v>680</v>
       </c>
     </row>
     <row r="1367" spans="1:3">
       <c r="A1367" s="1" t="inlineStr">
         <is>
-          <t>9786254334092</t>
+          <t>9786253986452</t>
         </is>
       </c>
       <c r="B1367" s="1" t="inlineStr">
         <is>
-          <t>Otizmli Çocuğa Sahip Olmak</t>
+          <t>Siyaset Bilimi ve İletişim Çalışmalarına Eleştirel Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1367" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1368" spans="1:3">
       <c r="A1368" s="1" t="inlineStr">
         <is>
-          <t>9786254335594</t>
+          <t>9786253986025</t>
         </is>
       </c>
       <c r="B1368" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimler Metodolojisinde Yeni Bir Uygulama Örneği: Bulanık Küme Tekniğiyle Kentsel Dönüşüme Bakış</t>
+          <t>Gönüllü Geri Dönüşten Gönüllü Kalıcılığa</t>
         </is>
       </c>
       <c r="C1368" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1369" spans="1:3">
       <c r="A1369" s="1" t="inlineStr">
         <is>
-          <t>9786254335761</t>
+          <t>9786253986421</t>
         </is>
       </c>
       <c r="B1369" s="1" t="inlineStr">
         <is>
-          <t>Richmond Minimal Yüzeyler Ailesi ve Cebirsel Yüzeyleri</t>
+          <t>100. Yılında Türk Futbolu: 1923-2023</t>
         </is>
       </c>
       <c r="C1369" s="1">
-        <v>170</v>
+        <v>275</v>
       </c>
     </row>
     <row r="1370" spans="1:3">
       <c r="A1370" s="1" t="inlineStr">
         <is>
-          <t>9786254335419</t>
+          <t>9786253986735</t>
         </is>
       </c>
       <c r="B1370" s="1" t="inlineStr">
         <is>
-          <t>Methods &amp; Approaches in English Language Education in Türkiye</t>
+          <t>Duygular ve Örgütler</t>
         </is>
       </c>
       <c r="C1370" s="1">
-        <v>195</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1371" spans="1:3">
       <c r="A1371" s="1" t="inlineStr">
         <is>
-          <t>9786254334948</t>
+          <t>9786253972035</t>
         </is>
       </c>
       <c r="B1371" s="1" t="inlineStr">
         <is>
-          <t>İktisadi ve Finansal Konular Üzerine Çalışmalar</t>
+          <t>Adım Adım İç Denetim Teorisi ve Uygulaması</t>
         </is>
       </c>
       <c r="C1371" s="1">
-        <v>345</v>
+        <v>450</v>
       </c>
     </row>
     <row r="1372" spans="1:3">
       <c r="A1372" s="1" t="inlineStr">
         <is>
-          <t>9786254334894</t>
+          <t>9786253987183</t>
         </is>
       </c>
       <c r="B1372" s="1" t="inlineStr">
         <is>
-          <t>Uzun Yaşam İçin Fonksiyonel Bitki Bazlı Beslenme - Kalorileri Değil Renkleri Say</t>
+          <t>ihracat Bedellerinin Yurt İçine Getirilmesinde İzlenecek Usul ve Esaslar: Açık İhracat Hesabı İşlemleri</t>
         </is>
       </c>
       <c r="C1372" s="1">
-        <v>590</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1373" spans="1:3">
       <c r="A1373" s="1" t="inlineStr">
         <is>
-          <t>9786257677080</t>
+          <t>9786253985974</t>
         </is>
       </c>
       <c r="B1373" s="1" t="inlineStr">
         <is>
-          <t>Comparative Modernisation</t>
+          <t>Tepki Stilleri Tespit, Kontrol ve Önleme</t>
         </is>
       </c>
       <c r="C1373" s="1">
-        <v>270</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1374" spans="1:3">
       <c r="A1374" s="1" t="inlineStr">
         <is>
-          <t>9786254334856</t>
+          <t>9786253986063</t>
         </is>
       </c>
       <c r="B1374" s="1" t="inlineStr">
         <is>
-          <t>Dijidrama Ve Akran Zorbalığı: Sınıfta Ve Ekranda Yaratıcı Drama</t>
+          <t>Eğitimde Üç Temel Kavram: Adalet, İşten Ayrılma ve Öznel İyi Oluş</t>
         </is>
       </c>
       <c r="C1374" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1375" spans="1:3">
       <c r="A1375" s="1" t="inlineStr">
         <is>
-          <t>9786254333729</t>
+          <t>9786253986698</t>
         </is>
       </c>
       <c r="B1375" s="1" t="inlineStr">
         <is>
-          <t>Markalaşma Vizyonuyla Uşak Kenti</t>
+          <t>İstder Talks Doğru Bilinen Yanlışlar Podcast Kitabı</t>
         </is>
       </c>
       <c r="C1375" s="1">
-        <v>555</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1376" spans="1:3">
       <c r="A1376" s="1" t="inlineStr">
         <is>
-          <t>9786254334269</t>
+          <t>9786253986506</t>
         </is>
       </c>
       <c r="B1376" s="1" t="inlineStr">
         <is>
-          <t>Bts Ve Army K-pop Hayranlığı Üzerinde Sosyolojik Bir İnceleme</t>
+          <t>1961 Anayasası ve Vesayetçi Demokrasi: Kurumlar ve Uygulamalar</t>
         </is>
       </c>
       <c r="C1376" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1377" spans="1:3">
       <c r="A1377" s="1" t="inlineStr">
         <is>
-          <t>9786254334986</t>
+          <t>9786253985240</t>
         </is>
       </c>
       <c r="B1377" s="1" t="inlineStr">
         <is>
-          <t>Gözlemlenen Bir Çocuğun Gelişimi (Şiir)</t>
+          <t>Sevimliliğin Kitabı - Bir Pazarlama Sihri</t>
         </is>
       </c>
       <c r="C1377" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1378" spans="1:3">
       <c r="A1378" s="1" t="inlineStr">
         <is>
-          <t>9786254334597</t>
+          <t>9786253985479</t>
         </is>
       </c>
       <c r="B1378" s="1" t="inlineStr">
         <is>
-          <t>Orak Hücre Anemisinde Ağrı Krizi ve Bilişsel Davranışçı Terapi</t>
+          <t>Images of Woman in Pre-Raphaelite Visual and Textual Narratives</t>
         </is>
       </c>
       <c r="C1378" s="1">
-        <v>195</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1379" spans="1:3">
       <c r="A1379" s="1" t="inlineStr">
         <is>
-          <t>9786254335006</t>
+          <t>9786253984267</t>
         </is>
       </c>
       <c r="B1379" s="1" t="inlineStr">
         <is>
-          <t>Governing Islam in France and Russia</t>
+          <t>Sağlık Sektöründe Eksik Sigorta</t>
         </is>
       </c>
       <c r="C1379" s="1">
-        <v>295</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1380" spans="1:3">
       <c r="A1380" s="1" t="inlineStr">
         <is>
-          <t>9786254333477</t>
+          <t>9786253984328</t>
         </is>
       </c>
       <c r="B1380" s="1" t="inlineStr">
         <is>
-          <t>Terörizm ve Yalnız Kurtlar</t>
+          <t>21. Yüzyılda Hizmet Sektörüne Yeni Bir Bakış</t>
         </is>
       </c>
       <c r="C1380" s="1">
-        <v>205</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1381" spans="1:3">
       <c r="A1381" s="1" t="inlineStr">
         <is>
-          <t>9786254333835</t>
+          <t>9786253986094</t>
         </is>
       </c>
       <c r="B1381" s="1" t="inlineStr">
         <is>
-          <t>İdeolojik İletişim Ve Muhafazakar Sanat - Hasan Nail Canat</t>
+          <t>E-Ticarette İletişim Kanallarının Tüketici Davranışlarına Etkileri</t>
         </is>
       </c>
       <c r="C1381" s="1">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1382" spans="1:3">
       <c r="A1382" s="1" t="inlineStr">
         <is>
-          <t>9786254334290</t>
+          <t>9786253985196</t>
         </is>
       </c>
       <c r="B1382" s="1" t="inlineStr">
         <is>
-          <t>The Dynamic Development of Student Immunity in Language Learning</t>
+          <t>Dijital Şiddet</t>
         </is>
       </c>
       <c r="C1382" s="1">
-        <v>145</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1383" spans="1:3">
       <c r="A1383" s="1" t="inlineStr">
         <is>
-          <t>9786254332913</t>
+          <t>9786253986100</t>
         </is>
       </c>
       <c r="B1383" s="1" t="inlineStr">
         <is>
-          <t>İş Hayatında Bağlılık ve Tükenmişlik</t>
+          <t>South Asia</t>
         </is>
       </c>
       <c r="C1383" s="1">
-        <v>195</v>
+        <v>630</v>
       </c>
     </row>
     <row r="1384" spans="1:3">
       <c r="A1384" s="1" t="inlineStr">
         <is>
-          <t>9786254332937</t>
+          <t>9786253986155</t>
         </is>
       </c>
       <c r="B1384" s="1" t="inlineStr">
         <is>
-          <t>Succes with Virtual Management</t>
+          <t>Doğum Öncesi Bakıma Multidisipliner Yaklaşım</t>
         </is>
       </c>
       <c r="C1384" s="1">
-        <v>145</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1385" spans="1:3">
       <c r="A1385" s="1" t="inlineStr">
         <is>
-          <t>9786254334078</t>
+          <t>9786253985837</t>
         </is>
       </c>
       <c r="B1385" s="1" t="inlineStr">
         <is>
-          <t>Antik Yunan’da Felsefe, Bilim ve Sanat</t>
+          <t>Ölüm, Yas ve Sosyal Hizmet: Geride Kalanların Yas Yolculukları</t>
         </is>
       </c>
       <c r="C1385" s="1">
-        <v>255</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1386" spans="1:3">
       <c r="A1386" s="1" t="inlineStr">
         <is>
-          <t>9786254332593</t>
+          <t>9786253985530</t>
         </is>
       </c>
       <c r="B1386" s="1" t="inlineStr">
         <is>
-          <t>Küresel Rekabet Ortamında Birlikte Rekabet: İhracatta Kümelenme Yaklaşımı</t>
+          <t>Sağlık İşletmelerinde Çalışan Verimliliği, Örgütsel Bağlılık ve Stres Yönetimi</t>
         </is>
       </c>
       <c r="C1386" s="1">
-        <v>255</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1387" spans="1:3">
       <c r="A1387" s="1" t="inlineStr">
         <is>
-          <t>9786254333538</t>
+          <t>9786253986360</t>
         </is>
       </c>
       <c r="B1387" s="1" t="inlineStr">
         <is>
-          <t>28 Şubat Bir Darbeden Çok Fazlası</t>
+          <t>Kamu Denetçiliği Kurumunda Karar Verme Süreci: Kuramlar, Yapılar ve Uygulamalar</t>
         </is>
       </c>
       <c r="C1387" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1388" spans="1:3">
       <c r="A1388" s="1" t="inlineStr">
         <is>
-          <t>9786254333590</t>
+          <t>9786253985622</t>
         </is>
       </c>
       <c r="B1388" s="1" t="inlineStr">
         <is>
-          <t>Medya Okuyan ve Medyayla İlgilenenlerin El Kitabı - Medya Ve İletişim</t>
+          <t>Örgüt Kültürünün Yaratıcılık ve Yenilikçiliğe Etkisinde Kişi-Örgüt Uyumu ve Örgütsel Desteğin Aracı Rolü</t>
         </is>
       </c>
       <c r="C1388" s="1">
-        <v>295</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1389" spans="1:3">
       <c r="A1389" s="1" t="inlineStr">
         <is>
-          <t>9786254334016</t>
+          <t>9786253984229</t>
         </is>
       </c>
       <c r="B1389" s="1" t="inlineStr">
         <is>
-          <t>1952'den 2022'ye NATO ve Türkiye</t>
+          <t>Uluslararası Yayıncılık Bağlamında Kamu Diplomasisinde Stratejik Anlatı</t>
         </is>
       </c>
       <c r="C1389" s="1">
-        <v>600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1390" spans="1:3">
       <c r="A1390" s="1" t="inlineStr">
         <is>
-          <t>9786254334245</t>
+          <t>9786253985813</t>
         </is>
       </c>
       <c r="B1390" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Mühendislik, Bilgi Güvenliği ve Endüstri 4.0</t>
+          <t>Çevik/Agile Örgütler: Kuram ve Uygulama</t>
         </is>
       </c>
       <c r="C1390" s="1">
-        <v>280</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1391" spans="1:3">
       <c r="A1391" s="1" t="inlineStr">
         <is>
-          <t>9786254334337</t>
+          <t>9786253985561</t>
         </is>
       </c>
       <c r="B1391" s="1" t="inlineStr">
         <is>
-          <t>Yurt Dışında Türk Dizileri ve Kültürel Diplomasi</t>
+          <t>Otonom Ganglionlar: Beynin Derin İstihbarat Ağları</t>
         </is>
       </c>
       <c r="C1391" s="1">
-        <v>255</v>
+        <v>75</v>
       </c>
     </row>
     <row r="1392" spans="1:3">
       <c r="A1392" s="1" t="inlineStr">
         <is>
-          <t>9786254332906</t>
+          <t>9786253985752</t>
         </is>
       </c>
       <c r="B1392" s="1" t="inlineStr">
         <is>
-          <t>Contemporary Aspects of Entrepreneurship and Innovation Management</t>
+          <t>Kocaeli Gölcük İlçesi Su Yapıları</t>
         </is>
       </c>
       <c r="C1392" s="1">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1393" spans="1:3">
       <c r="A1393" s="1" t="inlineStr">
         <is>
-          <t>9786254334900</t>
+          <t>9786253982492</t>
         </is>
       </c>
       <c r="B1393" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama Araştırması ve Analitiği</t>
+          <t>Bosna-Hersek’te Savaş, Güvenlikleştirme ve Siyasi Liderler</t>
         </is>
       </c>
       <c r="C1393" s="1">
-        <v>625</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1394" spans="1:3">
       <c r="A1394" s="1" t="inlineStr">
         <is>
-          <t>9786254331534</t>
+          <t>9786253985103</t>
         </is>
       </c>
       <c r="B1394" s="1" t="inlineStr">
         <is>
-          <t>Elektronik Basında Tüketici Tercihleri Analizi</t>
+          <t>Ötekinin Bilgisi: Weber’de Avrupa Merkezciliğin Yapısökümü</t>
         </is>
       </c>
       <c r="C1394" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1395" spans="1:3">
       <c r="A1395" s="1" t="inlineStr">
         <is>
-          <t>9786254333170</t>
+          <t>9786253983970</t>
         </is>
       </c>
       <c r="B1395" s="1" t="inlineStr">
         <is>
-          <t>İşyerlerinde Radyasyon Güvenliği</t>
+          <t>Yapay Zeka Yaklaşımı - Son Yıllarda Ve Geleceğe Yönelik Mesleki Değişimler İle Eğilimlerin Analizi</t>
         </is>
       </c>
       <c r="C1395" s="1">
-        <v>270</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1396" spans="1:3">
       <c r="A1396" s="1" t="inlineStr">
         <is>
-          <t>9786254332876</t>
+          <t>9786254334146</t>
         </is>
       </c>
       <c r="B1396" s="1" t="inlineStr">
         <is>
-          <t>Kadın Emeği: Türk Bankacılık Sektörüne Bir Bakış</t>
+          <t>Dini İstismar Eden Terör - Mahkumlar Üzerinden Bir Araştırma</t>
         </is>
       </c>
       <c r="C1396" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1397" spans="1:3">
       <c r="A1397" s="1" t="inlineStr">
         <is>
-          <t>9786254332043</t>
+          <t>9786253984809</t>
         </is>
       </c>
       <c r="B1397" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı'dan Günümüze Validebağ Korusu</t>
+          <t>Erdem Epistemolojisi- Linda Zagzebski</t>
         </is>
       </c>
       <c r="C1397" s="1">
-        <v>320</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1398" spans="1:3">
       <c r="A1398" s="1" t="inlineStr">
         <is>
-          <t>9786254333224</t>
+          <t>9786253985431</t>
         </is>
       </c>
       <c r="B1398" s="1" t="inlineStr">
         <is>
-          <t>Tadın Gücü</t>
+          <t>Yönetilen Kalbi Yönetmek</t>
         </is>
       </c>
       <c r="C1398" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1399" spans="1:3">
       <c r="A1399" s="1" t="inlineStr">
         <is>
-          <t>9786254332104</t>
+          <t>9786253985417</t>
         </is>
       </c>
       <c r="B1399" s="1" t="inlineStr">
         <is>
-          <t>Finansta Bugünü Geçmişte Bırakan Zeka</t>
+          <t>Bilimsel Yaklaşım ve Farklı Yönleriyle Anaerobik Performans</t>
         </is>
       </c>
       <c r="C1399" s="1">
-        <v>425</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1400" spans="1:3">
       <c r="A1400" s="1" t="inlineStr">
         <is>
-          <t>9786254333934</t>
+          <t>9786253984601</t>
         </is>
       </c>
       <c r="B1400" s="1" t="inlineStr">
         <is>
-          <t>Eğitim Örgütlerinde Kurumsallaşma</t>
+          <t>Silahlı Mücadeleden Silahsızlanmaya 21. Yüzyılda Ayrılıkçı Hareketlerin Dönüşümü MILF ve LTTE Örneği</t>
         </is>
       </c>
       <c r="C1400" s="1">
-        <v>270</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1401" spans="1:3">
       <c r="A1401" s="1" t="inlineStr">
         <is>
-          <t>9786254332562</t>
+          <t>9786253982188</t>
         </is>
       </c>
       <c r="B1401" s="1" t="inlineStr">
         <is>
-          <t>İktisadi Konular Üzerine Seçme Yazılar</t>
+          <t>Disiplinlerarası Bakışla Afet Risk Yönetimi - 2</t>
         </is>
       </c>
       <c r="C1401" s="1">
-        <v>375</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1402" spans="1:3">
       <c r="A1402" s="1" t="inlineStr">
         <is>
-          <t>9786254333309</t>
+          <t>9786253985264</t>
         </is>
       </c>
       <c r="B1402" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetleri Pazarlamasında Dijital Dönüşüm Ve Çevrim İçi Uygulamalar</t>
+          <t>Karamenderes Havzası’nın (Çanakkale) Coğrafi Ekolojisi</t>
         </is>
       </c>
       <c r="C1402" s="1">
-        <v>255</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1403" spans="1:3">
       <c r="A1403" s="1" t="inlineStr">
         <is>
-          <t>9786254333323</t>
+          <t>9786253985158</t>
         </is>
       </c>
       <c r="B1403" s="1" t="inlineStr">
         <is>
-          <t>ÇKKV Yöntemleri Matematiksel Modelleme Ve CBS İle Jandarma Karakolu Kuruluş Yeri Seçimi</t>
+          <t>Yapısal Değişim ve Gelir Eşitsizliği İlişkisi</t>
         </is>
       </c>
       <c r="C1403" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1404" spans="1:3">
       <c r="A1404" s="1" t="inlineStr">
         <is>
-          <t>9786254333453</t>
+          <t>9786253983451</t>
         </is>
       </c>
       <c r="B1404" s="1" t="inlineStr">
         <is>
-          <t>Disiplinlerarası İmaj Çalışmaları</t>
+          <t>Türkiye’nin Avrupa Birliği’ne Otomotiv Yan Sanayi İhracatında Rekabet Gücü</t>
         </is>
       </c>
       <c r="C1404" s="1">
-        <v>295</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1405" spans="1:3">
       <c r="A1405" s="1" t="inlineStr">
         <is>
-          <t>9786254332852</t>
+          <t>9786253985301</t>
         </is>
       </c>
       <c r="B1405" s="1" t="inlineStr">
         <is>
-          <t>Medya İletişim ve Örgütsel Davranış</t>
+          <t>Organization Of Turkic States</t>
         </is>
       </c>
       <c r="C1405" s="1">
-        <v>365</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1406" spans="1:3">
       <c r="A1406" s="1" t="inlineStr">
         <is>
-          <t>9786254333262</t>
+          <t>9786253982782</t>
         </is>
       </c>
       <c r="B1406" s="1" t="inlineStr">
         <is>
-          <t>Tourism Industry a Key Value Driver to Economic Growth and Development - A Case of North Cyprus</t>
+          <t>Dijital Diplomasi ve Twitter</t>
         </is>
       </c>
       <c r="C1406" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1407" spans="1:3">
       <c r="A1407" s="1" t="inlineStr">
         <is>
-          <t>9786254331510</t>
+          <t>9786253984243</t>
         </is>
       </c>
       <c r="B1407" s="1" t="inlineStr">
         <is>
-          <t>Biyolojik ve Kültürel Antropolojik Boyutlarıyla Beslenme</t>
+          <t>Uluslararası Öğrenciler ve Uyum Süreçleri</t>
         </is>
       </c>
       <c r="C1407" s="1">
-        <v>270</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1408" spans="1:3">
       <c r="A1408" s="1" t="inlineStr">
         <is>
-          <t>9786254331763</t>
+          <t>9786253983338</t>
         </is>
       </c>
       <c r="B1408" s="1" t="inlineStr">
         <is>
-          <t>Yeşil İşler’e Doğru - Sürdürülebilir Gelişme ve Yeşil Ekonomi</t>
+          <t>İslam Dostu Turizm ve Helal Turizm Pazarlaması</t>
         </is>
       </c>
       <c r="C1408" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1409" spans="1:3">
       <c r="A1409" s="1" t="inlineStr">
         <is>
-          <t>9786254330827</t>
+          <t>9786253985738</t>
         </is>
       </c>
       <c r="B1409" s="1" t="inlineStr">
         <is>
-          <t>Harezm Türkçesiyle Yazılmış Cümcüme Sultan Hikayesi</t>
+          <t>Uçtan Uca Faaliyet Zincirleri Yönetimi</t>
         </is>
       </c>
       <c r="C1409" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1410" spans="1:3">
       <c r="A1410" s="1" t="inlineStr">
         <is>
-          <t>9786254333491</t>
+          <t>9786253984465</t>
         </is>
       </c>
       <c r="B1410" s="1" t="inlineStr">
         <is>
-          <t>Bir Meçhul Aleme Giderken Sinema - Farklı Okumalarla Bir Film: Seni Buldum Ya!</t>
+          <t>Dijital Dönüşümün Etkileri</t>
         </is>
       </c>
       <c r="C1410" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1411" spans="1:3">
       <c r="A1411" s="1" t="inlineStr">
         <is>
-          <t>9786254331909</t>
+          <t>9786254331992</t>
         </is>
       </c>
       <c r="B1411" s="1" t="inlineStr">
         <is>
-          <t>Etik Liderlik ve Örgütsel Adalet Algısının Örgütsel Sinizm Davranışlarına Etkisi</t>
+          <t>Yaşam Becerileri Kendini Gerçekleştirme’’ Psikoeğitim Programı</t>
         </is>
       </c>
       <c r="C1411" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1412" spans="1:3">
       <c r="A1412" s="1" t="inlineStr">
         <is>
-          <t>9786254332340</t>
+          <t>9786253984489</t>
         </is>
       </c>
       <c r="B1412" s="1" t="inlineStr">
         <is>
-          <t>Güncel ve Uygulamalı Çok Kriterli Karar Verme Yöntemleri</t>
+          <t>Blok Zincir Dünyası</t>
         </is>
       </c>
       <c r="C1412" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1413" spans="1:3">
       <c r="A1413" s="1" t="inlineStr">
         <is>
-          <t>9786254332296</t>
+          <t>9786253984526</t>
         </is>
       </c>
       <c r="B1413" s="1" t="inlineStr">
         <is>
-          <t>Lüks Tüketim Eğiliminin Vitrini Çocuklar: Ebeveynler Üzerine Bir Araştırma</t>
+          <t>Dijital İletişim</t>
         </is>
       </c>
       <c r="C1413" s="1">
         <v>170</v>
       </c>
     </row>
     <row r="1414" spans="1:3">
       <c r="A1414" s="1" t="inlineStr">
         <is>
-          <t>9786257589062</t>
+          <t>9786253984915</t>
         </is>
       </c>
       <c r="B1414" s="1" t="inlineStr">
         <is>
-          <t>Kadın Yoksulluğu Sorunu ve Mücadele</t>
+          <t>Eğitim Yönetiminde Etik</t>
         </is>
       </c>
       <c r="C1414" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1415" spans="1:3">
       <c r="A1415" s="1" t="inlineStr">
         <is>
-          <t>9786257258739</t>
+          <t>9786253983741</t>
         </is>
       </c>
       <c r="B1415" s="1" t="inlineStr">
         <is>
-          <t>Yerelden Uluslararası Düzlemlere Suriye Krizinin Dönüşümü</t>
+          <t>Postmodern Türk Romanında Grotesk</t>
         </is>
       </c>
       <c r="C1415" s="1">
-        <v>440</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1416" spans="1:3">
       <c r="A1416" s="1" t="inlineStr">
         <is>
-          <t>9786257363969</t>
+          <t>9786253981082</t>
         </is>
       </c>
       <c r="B1416" s="1" t="inlineStr">
         <is>
-          <t>19. Yüzyıl Rus Öyküsünde Müzik İzleği - 1</t>
+          <t>Yerel Kaynaklar Işığında Orta Çağ Azerbaycan Tarihi - 2</t>
         </is>
       </c>
       <c r="C1416" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1417" spans="1:3">
       <c r="A1417" s="1" t="inlineStr">
         <is>
-          <t>9786257566346</t>
+          <t>9786253983529</t>
         </is>
       </c>
       <c r="B1417" s="1" t="inlineStr">
         <is>
-          <t>Vandalizm - Tarihi Adlara Karşı Soykırım</t>
+          <t>Dijital Pazarlama Stratejilerinin Marka Kişiliği Oluşturmadaki Rolü - Vakıf Üniversiteleri Üzerine Bir Analiz</t>
         </is>
       </c>
       <c r="C1417" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1418" spans="1:3">
       <c r="A1418" s="1" t="inlineStr">
         <is>
-          <t>9786257258913</t>
+          <t>9786253984212</t>
         </is>
       </c>
       <c r="B1418" s="1" t="inlineStr">
         <is>
-          <t>Uzay Hukuku ve Türkiye</t>
+          <t>Ben Feryat Ederken Hepiniz Sağırdınız… Madde Bağımlılarının Yaşanmış Gerçek Hikayeleri!</t>
         </is>
       </c>
       <c r="C1418" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1419" spans="1:3">
       <c r="A1419" s="1" t="inlineStr">
         <is>
-          <t>9786257677356</t>
+          <t>9786253985073</t>
         </is>
       </c>
       <c r="B1419" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Reel Sektör Firmaları Açısından Borç Dolarizasyonunun Değerlendirilmesi: TCMB Sektör Bilançosu Örneği</t>
+          <t>Şans Hazırlıklı Olanı Sever</t>
         </is>
       </c>
       <c r="C1419" s="1">
-        <v>245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1420" spans="1:3">
       <c r="A1420" s="1" t="inlineStr">
         <is>
-          <t>9786254330162</t>
+          <t>9786253983802</t>
         </is>
       </c>
       <c r="B1420" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Olumsuzluk - Eşzamanlı İşlevsel Bir İnceleme</t>
+          <t>Dijital Dalgalar Cilt 2: Dönüşüm</t>
         </is>
       </c>
       <c r="C1420" s="1">
-        <v>240</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1421" spans="1:3">
       <c r="A1421" s="1" t="inlineStr">
         <is>
-          <t>9786257566988</t>
+          <t>9786253983925</t>
         </is>
       </c>
       <c r="B1421" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Üslup Ve Teknik Olanaklar - Kameramanlıktan Görüntü Yönetmenliğine</t>
+          <t>Ordu Gastronomi Kültürü</t>
         </is>
       </c>
       <c r="C1421" s="1">
-        <v>180</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1422" spans="1:3">
       <c r="A1422" s="1" t="inlineStr">
         <is>
-          <t>9786257258753</t>
+          <t>9786253984564</t>
         </is>
       </c>
       <c r="B1422" s="1" t="inlineStr">
         <is>
-          <t>Türk Modernleşmesinde Devlet, Toplum ve Ekonomi</t>
+          <t>Enerji Bölgeselciliği - Şanghay İşbirliği Örgütü ve Avrasya Ekonomik Birliği</t>
         </is>
       </c>
       <c r="C1422" s="1">
-        <v>255</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1423" spans="1:3">
       <c r="A1423" s="1" t="inlineStr">
         <is>
-          <t>9786257363105</t>
+          <t>9786253982904</t>
         </is>
       </c>
       <c r="B1423" s="1" t="inlineStr">
         <is>
-          <t>Türk İşletme Grupları</t>
+          <t>İlgilenim</t>
         </is>
       </c>
       <c r="C1423" s="1">
-        <v>215</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1424" spans="1:3">
       <c r="A1424" s="1" t="inlineStr">
         <is>
-          <t>9786257258791</t>
+          <t>9786253983543</t>
         </is>
       </c>
       <c r="B1424" s="1" t="inlineStr">
         <is>
-          <t>Türk İdare Teşkilatında Rasyonalizasyon Leimgruber Raporu</t>
+          <t>Dijital Perspektifte Tüketici Manipülasyonu Değerlendirmeleri</t>
         </is>
       </c>
       <c r="C1424" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1425" spans="1:3">
       <c r="A1425" s="1" t="inlineStr">
         <is>
-          <t>9786257296007</t>
+          <t>9786253981679</t>
         </is>
       </c>
       <c r="B1425" s="1" t="inlineStr">
         <is>
-          <t>Türk Edebiyatında Vatan ve Vatanseverlik (1839-1918)</t>
+          <t>Kurumsal Yönetim İlkeleri ile Kurumsallaşma Etkileşiminin Kadın İstihdamına Katkıları</t>
         </is>
       </c>
       <c r="C1425" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1426" spans="1:3">
       <c r="A1426" s="1" t="inlineStr">
         <is>
-          <t>9786257363846</t>
+          <t>9786253983086</t>
         </is>
       </c>
       <c r="B1426" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Bellek ve Yıldönümü Gazeteciliği: Şafak Nöbeti</t>
+          <t>Akademik Disiplinlerde Sürdürülebilirlik</t>
         </is>
       </c>
       <c r="C1426" s="1">
-        <v>150</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1427" spans="1:3">
       <c r="A1427" s="1" t="inlineStr">
         <is>
-          <t>9786257258876</t>
+          <t>9786253983826</t>
         </is>
       </c>
       <c r="B1427" s="1" t="inlineStr">
         <is>
-          <t>The Role of Soft Power in Qatar’s Foreign Policy</t>
+          <t>Z Kuşağının Çalışma Hayatı</t>
         </is>
       </c>
       <c r="C1427" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1428" spans="1:3">
       <c r="A1428" s="1" t="inlineStr">
         <is>
-          <t>9786257677639</t>
+          <t>9786253984427</t>
         </is>
       </c>
       <c r="B1428" s="1" t="inlineStr">
         <is>
-          <t>The Philosophical Methodology for Designing Highly Accurate Laser Tomography</t>
+          <t>İnsani Güvenliğin Realist Açıdan Eleştirisi - Avrupa Birliği’nin Covid-19 Pandemisiyle Mücadelesi</t>
         </is>
       </c>
       <c r="C1428" s="1">
-        <v>215</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1429" spans="1:3">
       <c r="A1429" s="1" t="inlineStr">
         <is>
-          <t>9786257363679</t>
+          <t>9786253983604</t>
         </is>
       </c>
       <c r="B1429" s="1" t="inlineStr">
         <is>
-          <t>Tekstil Ürünleri İçin Dijital Ortamda Pazarlama</t>
+          <t>Gaziantep’te Kentsel Dönüşüm Projeleri</t>
         </is>
       </c>
       <c r="C1429" s="1">
-        <v>380</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1430" spans="1:3">
       <c r="A1430" s="1" t="inlineStr">
         <is>
-          <t>9786257363518</t>
+          <t>9786253983406</t>
         </is>
       </c>
       <c r="B1430" s="1" t="inlineStr">
         <is>
-          <t>Teknoloji, Yenilik ve Büyüme</t>
+          <t>Kurumsal Finans Alanında Sektörel Uygulamalar</t>
         </is>
       </c>
       <c r="C1430" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1431" spans="1:3">
       <c r="A1431" s="1" t="inlineStr">
         <is>
-          <t>9786257677813</t>
+          <t>9786253982997</t>
         </is>
       </c>
       <c r="B1431" s="1" t="inlineStr">
         <is>
-          <t>Şiir Tadında Divan-ı Hikmet: Ahmed Yesevi</t>
+          <t>Ticari Hava Yollarında Rekabetçi Tarife Sistemleri Üzerine Filo Yönetimi Araştırması</t>
         </is>
       </c>
       <c r="C1431" s="1">
-        <v>365</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1432" spans="1:3">
       <c r="A1432" s="1" t="inlineStr">
         <is>
-          <t>9786257296359</t>
+          <t>9786253982577</t>
         </is>
       </c>
       <c r="B1432" s="1" t="inlineStr">
         <is>
-          <t>Şehir Marka Değerinin Şehir Sakinlerinin Memnuniyetine Etkisi</t>
+          <t>Does Attitude Matter?</t>
         </is>
       </c>
       <c r="C1432" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1433" spans="1:3">
       <c r="A1433" s="1" t="inlineStr">
         <is>
-          <t>9786257258449</t>
+          <t>9786253984649</t>
         </is>
       </c>
       <c r="B1433" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Kalkınma Disiplinlerarası Yaklaşım</t>
+          <t>Her Telden</t>
         </is>
       </c>
       <c r="C1433" s="1">
-        <v>425</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1434" spans="1:3">
       <c r="A1434" s="1" t="inlineStr">
         <is>
-          <t>9786257258494</t>
+          <t>9786253984038</t>
         </is>
       </c>
       <c r="B1434" s="1" t="inlineStr">
         <is>
-          <t>Suriyeli Sığınmacılara Yönelik Güvenlik Algısı</t>
+          <t>ULUSLARIN CAZİBESİ</t>
         </is>
       </c>
       <c r="C1434" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1435" spans="1:3">
       <c r="A1435" s="1" t="inlineStr">
         <is>
-          <t>9786057662316</t>
+          <t>9786253984588</t>
         </is>
       </c>
       <c r="B1435" s="1" t="inlineStr">
         <is>
-          <t>Spor Yöneticilerinin Öz Yeterlilik İnancı ve Öz Liderlik</t>
+          <t>Yüzücülerde Genetik ve Antropometrik Özellikler</t>
         </is>
       </c>
       <c r="C1435" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1436" spans="1:3">
       <c r="A1436" s="1" t="inlineStr">
         <is>
-          <t>9786257589147</t>
+          <t>9786253982744</t>
         </is>
       </c>
       <c r="B1436" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Toplumsallaşma Sürecinde İmam Hatip Liseleri</t>
+          <t>Sürdürülebilir Kent Planlama Ekseninde Enerji Verimliliği ve Ekoloji</t>
         </is>
       </c>
       <c r="C1436" s="1">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1437" spans="1:3">
       <c r="A1437" s="1" t="inlineStr">
         <is>
-          <t>9786257492614</t>
+          <t>9786253980726</t>
         </is>
       </c>
       <c r="B1437" s="1" t="inlineStr">
         <is>
-          <t>Sakin Kentlerde Çalışma Yaşamı Kalitesi Üzerine Nitel Bir Araştırma</t>
+          <t>Üç Gitar İçin Düzenlemeler - Arrangements For Three Guitars</t>
         </is>
       </c>
       <c r="C1437" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1438" spans="1:3">
       <c r="A1438" s="1" t="inlineStr">
         <is>
-          <t>9786257296243</t>
+          <t>9786253983291</t>
         </is>
       </c>
       <c r="B1438" s="1" t="inlineStr">
         <is>
-          <t>Sağlıkta Kalite Yönetimi</t>
+          <t>Bağımsız Denetim Faaliyetlerinin Kurumsal Yönetimdeki Rolü: Uluslararası Denetim Standartları Anlatımıyla</t>
         </is>
       </c>
       <c r="C1438" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1439" spans="1:3">
       <c r="A1439" s="1" t="inlineStr">
         <is>
-          <t>9786257363549</t>
+          <t>9786253984182</t>
         </is>
       </c>
       <c r="B1439" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Diplomatik Gücü</t>
+          <t>1990-2015 Yılları Arasında Avrupa Birliği’nin Göçü Güvenlikleştirme Politikası: İtalya Örneği</t>
         </is>
       </c>
       <c r="C1439" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1440" spans="1:3">
       <c r="A1440" s="1" t="inlineStr">
         <is>
-          <t>9786257492928</t>
+          <t>9786253983222</t>
         </is>
       </c>
       <c r="B1440" s="1" t="inlineStr">
         <is>
-          <t>Rüya Mimarisi</t>
+          <t>Birleşik Afrika Mücadelesi</t>
         </is>
       </c>
       <c r="C1440" s="1">
-        <v>395</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1441" spans="1:3">
       <c r="A1441" s="1" t="inlineStr">
         <is>
-          <t>9786257258944</t>
+          <t>9786253983369</t>
         </is>
       </c>
       <c r="B1441" s="1" t="inlineStr">
         <is>
-          <t>Psikiyatrinin Türkiye'ye Girişi</t>
+          <t>Yükseköğretimin Yönetimi Disiplinler Arası Bir Yaklaşım</t>
         </is>
       </c>
       <c r="C1441" s="1">
-        <v>245</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1442" spans="1:3">
       <c r="A1442" s="1" t="inlineStr">
         <is>
-          <t>9786257363167</t>
+          <t>9786253984106</t>
         </is>
       </c>
       <c r="B1442" s="1" t="inlineStr">
         <is>
-          <t>Postmodern Futbol</t>
+          <t>Dayanıklı, Yeşil ve Sürdürülebilir İşletmeler</t>
         </is>
       </c>
       <c r="C1442" s="1">
-        <v>305</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1443" spans="1:3">
       <c r="A1443" s="1" t="inlineStr">
         <is>
-          <t>9786257363402</t>
+          <t>9786253983734</t>
         </is>
       </c>
       <c r="B1443" s="1" t="inlineStr">
         <is>
-          <t>Postmenopozal Dönemde Rekreatif Yüzme Egzersizinin Psikososyal Etkisi</t>
+          <t>Gayrimenkul Pazar Analizinde Sistem Dinamiği Yaklaşımı ve Uygulaması</t>
         </is>
       </c>
       <c r="C1443" s="1">
-        <v>215</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1444" spans="1:3">
       <c r="A1444" s="1" t="inlineStr">
         <is>
-          <t>9786257492997</t>
+          <t>9786253980108</t>
         </is>
       </c>
       <c r="B1444" s="1" t="inlineStr">
         <is>
-          <t>Personality Traits And Consumer Decision-Making Styles</t>
+          <t>Halkla İlişkilerde Oyunlaştırma - Procter &amp; Gamble Mobil Uygulama Örneği</t>
         </is>
       </c>
       <c r="C1444" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1445" spans="1:3">
       <c r="A1445" s="1" t="inlineStr">
         <is>
-          <t>9786257363884</t>
+          <t>9786253984120</t>
         </is>
       </c>
       <c r="B1445" s="1" t="inlineStr">
         <is>
-          <t>Öğrenci ve Öğretmen Duyguları ve Özyeterlik İnançları: Bir Alanyazın Çalışması</t>
+          <t>Seçmenler, Adaylar, Partiler Nasıl Düşünür? Nasıl Davranır?</t>
         </is>
       </c>
       <c r="C1445" s="1">
         <v>145</v>
       </c>
     </row>
     <row r="1446" spans="1:3">
       <c r="A1446" s="1" t="inlineStr">
         <is>
-          <t>9786257363228</t>
+          <t>9786253981648</t>
         </is>
       </c>
       <c r="B1446" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Döneminde Musul ve Kerkük Vakıfları</t>
+          <t>Simidimiz ve Hürriyetimiz İçin</t>
         </is>
       </c>
       <c r="C1446" s="1">
-        <v>245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1447" spans="1:3">
       <c r="A1447" s="1" t="inlineStr">
         <is>
-          <t>9786257363815</t>
+          <t>9786253981792</t>
         </is>
       </c>
       <c r="B1447" s="1" t="inlineStr">
         <is>
-          <t>Okul Yöneticilerinin Beden Eğitimi Dersine İlişkin Tutumlarının Bazı Değişkenlere Göre İncelenmesi</t>
+          <t>AK Parti Dönemi Türk Dış Politikasında Güvenlik Söylemi IKBY ve Ermenistan</t>
         </is>
       </c>
       <c r="C1447" s="1">
-        <v>205</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1448" spans="1:3">
       <c r="A1448" s="1" t="inlineStr">
         <is>
-          <t>9786257363907</t>
+          <t>9786253983055</t>
         </is>
       </c>
       <c r="B1448" s="1" t="inlineStr">
         <is>
-          <t>Medya, Siyaset, Toplum Ekseninde Dijitalleşme ve İnternet</t>
+          <t>Manager Selection Problems With Multi Criteria Decision Making Methods</t>
         </is>
       </c>
       <c r="C1448" s="1">
-        <v>255</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1449" spans="1:3">
       <c r="A1449" s="1" t="inlineStr">
         <is>
-          <t>9786257492430</t>
+          <t>9786253981983</t>
         </is>
       </c>
       <c r="B1449" s="1" t="inlineStr">
         <is>
-          <t>Markamın İsmi Ne Olsun?</t>
+          <t>Popüler Türk Sinemasının İdeolojik Dönüşümü</t>
         </is>
       </c>
       <c r="C1449" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1450" spans="1:3">
       <c r="A1450" s="1" t="inlineStr">
         <is>
-          <t>9786257589000</t>
+          <t>9786253982300</t>
         </is>
       </c>
       <c r="B1450" s="1" t="inlineStr">
         <is>
-          <t>Managerial Skills in The Wind of Management and Change in The 21St Century Business World</t>
+          <t>Tüketimin Mekansal Organizasyonu</t>
         </is>
       </c>
       <c r="C1450" s="1">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1451" spans="1:3">
       <c r="A1451" s="1" t="inlineStr">
         <is>
-          <t>9786257296649</t>
+          <t>9786253983093</t>
         </is>
       </c>
       <c r="B1451" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Zeka ve Kültürlerarası İletişim Kaygısı İlişkisi: Türkiye ve İngiltere Karşılaştırması</t>
+          <t>İşletmecilikte Yeni Yaklaşım - Duyarlı İşletmecilik Ekosistemleri</t>
         </is>
       </c>
       <c r="C1451" s="1">
-        <v>245</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1452" spans="1:3">
       <c r="A1452" s="1" t="inlineStr">
         <is>
-          <t>9786257363013</t>
+          <t>9786253983444</t>
         </is>
       </c>
       <c r="B1452" s="1" t="inlineStr">
         <is>
-          <t>Kuzey Kıbrıs Türk Cumhuriyeti'ndeki Okul Müdürlerinin Yönetsel Etkililikleri</t>
+          <t>Dijital Okumalar</t>
         </is>
       </c>
       <c r="C1452" s="1">
-        <v>165</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1453" spans="1:3">
       <c r="A1453" s="1" t="inlineStr">
         <is>
-          <t>9786257492164</t>
+          <t>9786253981716</t>
         </is>
       </c>
       <c r="B1453" s="1" t="inlineStr">
         <is>
-          <t>Kurumsal Yönetim - Kamu Kurumları İçin Bir Kurumsal Derecelendirme Model Önerisi</t>
+          <t>Sağlıkta Adalet</t>
         </is>
       </c>
       <c r="C1453" s="1">
-        <v>245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1454" spans="1:3">
       <c r="A1454" s="1" t="inlineStr">
         <is>
-          <t>9786257363808</t>
+          <t>9786253984304</t>
         </is>
       </c>
       <c r="B1454" s="1" t="inlineStr">
         <is>
-          <t>Kinematic Investigation of Handspring and Handspring Sideward With ¼ Turn Performed on Artistic Gymnastics Vaulting Table</t>
+          <t>Amerikan Hegemonyasının İnşası</t>
         </is>
       </c>
       <c r="C1454" s="1">
-        <v>190</v>
+        <v>540</v>
       </c>
     </row>
     <row r="1455" spans="1:3">
       <c r="A1455" s="1" t="inlineStr">
         <is>
-          <t>9786257296489</t>
+          <t>9786253982553</t>
         </is>
       </c>
       <c r="B1455" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm Uygulamalarının Kentsel Yaşam Kalitesine Etkisi: Mamak Örneği</t>
+          <t>Dil ve Duygular</t>
         </is>
       </c>
       <c r="C1455" s="1">
-        <v>255</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1456" spans="1:3">
       <c r="A1456" s="1" t="inlineStr">
         <is>
-          <t>9786257566629</t>
+          <t>9786253982126</t>
         </is>
       </c>
       <c r="B1456" s="1" t="inlineStr">
         <is>
-          <t>Karabağ Tarihi</t>
+          <t>Velid Ebüzziya (1882-1945)</t>
         </is>
       </c>
       <c r="C1456" s="1">
-        <v>280</v>
+        <v>815</v>
       </c>
     </row>
     <row r="1457" spans="1:3">
       <c r="A1457" s="1" t="inlineStr">
         <is>
-          <t>9786257363488</t>
+          <t>9786253983314</t>
         </is>
       </c>
       <c r="B1457" s="1" t="inlineStr">
         <is>
-          <t>Kar Amaçsız Örgütlerde Değişim: Türk Kızılay Örneği</t>
+          <t>Döviz Piyasası Baskısı - Türkiye, BRICS ve Doğu Avrupa Ülkeleri</t>
         </is>
       </c>
       <c r="C1457" s="1">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1458" spans="1:3">
       <c r="A1458" s="1" t="inlineStr">
         <is>
-          <t>9786257589024</t>
+          <t>9786253982836</t>
         </is>
       </c>
       <c r="B1458" s="1" t="inlineStr">
         <is>
-          <t>Kapsayıcı Büyüme - Türkiye Ekonomisine Bakış</t>
+          <t>Fintek ve Regülasyon - Bir Elmanın İki Yarısı</t>
         </is>
       </c>
       <c r="C1458" s="1">
-        <v>255</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1459" spans="1:3">
       <c r="A1459" s="1" t="inlineStr">
         <is>
-          <t>9786257589185</t>
+          <t>9786253982652</t>
         </is>
       </c>
       <c r="B1459" s="1" t="inlineStr">
         <is>
-          <t>Kapsamlı Membran Bilimi ve Yaşamımızdaki Yeri</t>
+          <t>Kıbrıs’tan Urfa'ya Ratip Akdeniz (1911-1985) - Bir Öğretmenin Hikayesi</t>
         </is>
       </c>
       <c r="C1459" s="1">
-        <v>205</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1460" spans="1:3">
       <c r="A1460" s="1" t="inlineStr">
         <is>
-          <t>9786257258463</t>
+          <t>9786253983383</t>
         </is>
       </c>
       <c r="B1460" s="1" t="inlineStr">
         <is>
-          <t>Kamu ve Özel Sektör Uygulamaları Kapsamında Muhasebe ve Denetim</t>
+          <t>İkinci Dünya Savaşı’nda ve Gazetecilikte Manipülasyon</t>
         </is>
       </c>
       <c r="C1460" s="1">
-        <v>255</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1461" spans="1:3">
       <c r="A1461" s="1" t="inlineStr">
         <is>
-          <t>9786254330209</t>
+          <t>9786254338960</t>
         </is>
       </c>
       <c r="B1461" s="1" t="inlineStr">
         <is>
-          <t>İnovasyon Yönetimi</t>
+          <t>Karabük 78 - Bıldır Senelerin Yemek Kültürü</t>
         </is>
       </c>
       <c r="C1461" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1462" spans="1:3">
       <c r="A1462" s="1" t="inlineStr">
         <is>
-          <t>9786257258654</t>
+          <t>9786253980993</t>
         </is>
       </c>
       <c r="B1462" s="1" t="inlineStr">
         <is>
-          <t>Hurda İmha Maliyetlerinin Kalite Maliyetleri Açısından İrdelenmesi</t>
+          <t>Geçmişten Günümüze Rüzgar Sörfü</t>
         </is>
       </c>
       <c r="C1462" s="1">
-        <v>165</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1463" spans="1:3">
       <c r="A1463" s="1" t="inlineStr">
         <is>
-          <t>9786257296168</t>
+          <t>9786253982713</t>
         </is>
       </c>
       <c r="B1463" s="1" t="inlineStr">
         <is>
-          <t>Hizmet İçi Eğitim, Motivasyon ve Performans Boyutlarıyla İnsan Kaynakları Yönetimi</t>
+          <t>Dijital Oyun ve Tutundurma</t>
         </is>
       </c>
       <c r="C1463" s="1">
-        <v>240</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1464" spans="1:3">
       <c r="A1464" s="1" t="inlineStr">
         <is>
-          <t>9786257363983</t>
+          <t>9786253983475</t>
         </is>
       </c>
       <c r="B1464" s="1" t="inlineStr">
         <is>
-          <t>Fuar Endüstrisi: Kavramlar ve Hizmet Kalitesi</t>
+          <t>Sanal Müze</t>
         </is>
       </c>
       <c r="C1464" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1465" spans="1:3">
       <c r="A1465" s="1" t="inlineStr">
         <is>
-          <t>9786257296724</t>
+          <t>9786253982362</t>
         </is>
       </c>
       <c r="B1465" s="1" t="inlineStr">
         <is>
-          <t>Etnopedagoji</t>
+          <t>Takım Öğrenmesinin Ahlaki ve Spiritüel Doğası</t>
         </is>
       </c>
       <c r="C1465" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1466" spans="1:3">
       <c r="A1466" s="1" t="inlineStr">
         <is>
-          <t>9786257492225</t>
+          <t>9786253982867</t>
         </is>
       </c>
       <c r="B1466" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi ve Finans Çalışmaları</t>
+          <t>Profesyonel Öğrenme ve Mesleki Gelişim</t>
         </is>
       </c>
       <c r="C1466" s="1">
-        <v>290</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1467" spans="1:3">
       <c r="A1467" s="1" t="inlineStr">
         <is>
-          <t>9786254330063</t>
+          <t>9786253983420</t>
         </is>
       </c>
       <c r="B1467" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Yeni Rekabet Sahnesi Gelişen Afrika - Türkiye İçin Fırsatlar, Tehditler, Rakipler</t>
+          <t>The Theatrical Representations of Traumatized Psyche: Beside Herself, The Skriker and Crave</t>
         </is>
       </c>
       <c r="C1467" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1468" spans="1:3">
       <c r="A1468" s="1" t="inlineStr">
         <is>
-          <t>9786257363341</t>
+          <t>9786253982249</t>
         </is>
       </c>
       <c r="B1468" s="1" t="inlineStr">
         <is>
-          <t>DTÖ Politikaları ve Türkiye’de Tarımsal Destekler</t>
+          <t>Dünyada ve Türkiye'de Evlilik Yaşının Artışı</t>
         </is>
       </c>
       <c r="C1468" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="1469" spans="1:3">
       <c r="A1469" s="1" t="inlineStr">
         <is>
-          <t>9786257258623</t>
+          <t>9786253983277</t>
         </is>
       </c>
       <c r="B1469" s="1" t="inlineStr">
         <is>
-          <t>Dispersif Killer</t>
+          <t>Sağlık Hizmetlerinde Denetim ve Değerlendirme</t>
         </is>
       </c>
       <c r="C1469" s="1">
-        <v>240</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1470" spans="1:3">
       <c r="A1470" s="1" t="inlineStr">
         <is>
-          <t>9786257589123</t>
+          <t>9786253982287</t>
         </is>
       </c>
       <c r="B1470" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşen Dünyada Pazarlama</t>
+          <t>Uzay - İnsanlığın Ortak Mirası mı?</t>
         </is>
       </c>
       <c r="C1470" s="1">
-        <v>280</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1471" spans="1:3">
       <c r="A1471" s="1" t="inlineStr">
         <is>
-          <t>9786257296588</t>
+          <t>9786254338922</t>
         </is>
       </c>
       <c r="B1471" s="1" t="inlineStr">
         <is>
-          <t>Dış Ticaret Hadlerinin Belirleyicileri: Türkiye (1998-2019)</t>
+          <t>Yamaç Paraşütü Eğitimi</t>
         </is>
       </c>
       <c r="C1471" s="1">
-        <v>215</v>
+        <v>940</v>
       </c>
     </row>
     <row r="1472" spans="1:3">
       <c r="A1472" s="1" t="inlineStr">
         <is>
-          <t>9786257589369</t>
+          <t>9786253981563</t>
         </is>
       </c>
       <c r="B1472" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Bilişim</t>
+          <t>Yamaç Paraşütü Eğitimi</t>
         </is>
       </c>
       <c r="C1472" s="1">
-        <v>255</v>
+        <v>895</v>
       </c>
     </row>
     <row r="1473" spans="1:3">
       <c r="A1473" s="1" t="inlineStr">
         <is>
-          <t>9786257296236</t>
+          <t>9786253980412</t>
         </is>
       </c>
       <c r="B1473" s="1" t="inlineStr">
         <is>
-          <t>Benim Çocuğum Kullanmaz: Çocuğun Madde Bağımlılığında Annelik</t>
+          <t>Okuma Kültürü ve Kurumsal Yapı</t>
         </is>
       </c>
       <c r="C1473" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1474" spans="1:3">
       <c r="A1474" s="1" t="inlineStr">
         <is>
-          <t>9786257363266</t>
+          <t>9786254339080</t>
         </is>
       </c>
       <c r="B1474" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Refah Devletlerinde Göçmenlerin Sosyal Güvenlik Hakkı</t>
+          <t>Sosyal Bilgiler Eğitiminde Gösteri Yöntemi</t>
         </is>
       </c>
       <c r="C1474" s="1">
-        <v>225</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1475" spans="1:3">
       <c r="A1475" s="1" t="inlineStr">
         <is>
-          <t>9786257126113</t>
+          <t>9786254339974</t>
         </is>
       </c>
       <c r="B1475" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği'ne Üyelikte Etkili Olan Sosyoekonomik Faktörlerin Belirlenmesi</t>
+          <t>Spor Liselerinde Adanmışlık</t>
         </is>
       </c>
       <c r="C1475" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1476" spans="1:3">
       <c r="A1476" s="1" t="inlineStr">
         <is>
-          <t>9786257363945</t>
+          <t>9786254336966</t>
         </is>
       </c>
       <c r="B1476" s="1" t="inlineStr">
         <is>
-          <t>Archetypal and Feminist Approaches to American Literature</t>
+          <t>Din Eğitiminde Ailenin Yeri ve Önemi</t>
         </is>
       </c>
       <c r="C1476" s="1">
-        <v>170</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1477" spans="1:3">
       <c r="A1477" s="1" t="inlineStr">
         <is>
-          <t>9786257363655</t>
+          <t>9786254335808</t>
         </is>
       </c>
       <c r="B1477" s="1" t="inlineStr">
         <is>
-          <t>Arap Baharında Tunuslu Kadınların Rollerinin ve Kazanımlarının İncelenmesi</t>
+          <t>Erken Çocukluk Döneminde Sosyal Duygusal Gelişim</t>
         </is>
       </c>
       <c r="C1477" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1478" spans="1:3">
       <c r="A1478" s="1" t="inlineStr">
         <is>
-          <t>9786257258821</t>
+          <t>9786254334764</t>
         </is>
       </c>
       <c r="B1478" s="1" t="inlineStr">
         <is>
-          <t>Anlamsal Bir Fenomen Olarak Kiplik: Dede Korkut Örneği</t>
+          <t>Öğretim Süreci Etkinlik Ve Materyaller</t>
         </is>
       </c>
       <c r="C1478" s="1">
-        <v>195</v>
+        <v>550</v>
       </c>
     </row>
     <row r="1479" spans="1:3">
       <c r="A1479" s="1" t="inlineStr">
         <is>
-          <t>9786257492331</t>
+          <t>9786254334351</t>
         </is>
       </c>
       <c r="B1479" s="1" t="inlineStr">
         <is>
-          <t>Amerika'nın Müttefikleri: Soğuk Savaş Sonrası Düzende Türkiye ve Güney Kore’nin İttifak Politikası</t>
+          <t>Öğretim İçin Yeni Alternatifler Bütüncül Yaklaşım Ve Sacayağı Stratejisi</t>
         </is>
       </c>
       <c r="C1479" s="1">
-        <v>445</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1480" spans="1:3">
       <c r="A1480" s="1" t="inlineStr">
         <is>
-          <t>9786257492089</t>
+          <t>9786254332838</t>
         </is>
       </c>
       <c r="B1480" s="1" t="inlineStr">
         <is>
-          <t>Alanya Örneğinde Almanca-Türkçe İki Dillilik</t>
+          <t>Social - Emotional Learning and Development Through Play</t>
         </is>
       </c>
       <c r="C1480" s="1">
-        <v>380</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1481" spans="1:3">
       <c r="A1481" s="1" t="inlineStr">
         <is>
-          <t>9786257492843</t>
+          <t>9786254331756</t>
         </is>
       </c>
       <c r="B1481" s="1" t="inlineStr">
         <is>
-          <t>Female Characters in Regency and Victorian Literature</t>
+          <t>Tüm Yönleriyle Güney Kore Eğitim Sistemi</t>
         </is>
       </c>
       <c r="C1481" s="1">
-        <v>150</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1482" spans="1:3">
       <c r="A1482" s="1" t="inlineStr">
         <is>
-          <t>9786254330025</t>
+          <t>9786257363594</t>
         </is>
       </c>
       <c r="B1482" s="1" t="inlineStr">
         <is>
-          <t>Bitlis İlinin Sosyoekonomik Durumunun Swot Analizi</t>
+          <t>Otomotiv Sözlüğü - Automobil Wörterbuch</t>
         </is>
       </c>
       <c r="C1482" s="1">
-        <v>205</v>
+        <v>335</v>
       </c>
     </row>
     <row r="1483" spans="1:3">
       <c r="A1483" s="1" t="inlineStr">
         <is>
-          <t>9786257296762</t>
+          <t>9786052149164</t>
         </is>
       </c>
       <c r="B1483" s="1" t="inlineStr">
         <is>
-          <t>Sınava Velin Girsin</t>
+          <t>Balköpüğü</t>
         </is>
       </c>
       <c r="C1483" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1484" spans="1:3">
       <c r="A1484" s="1" t="inlineStr">
         <is>
-          <t>9786254178825</t>
+          <t>9786254331138</t>
         </is>
       </c>
       <c r="B1484" s="1" t="inlineStr">
         <is>
-          <t>Başkasının Zararına Sevinme - Schadenfreude</t>
+          <t>Tasarımsal Düşünce Ve Açık Ve Uzaktan Öğrenme</t>
         </is>
       </c>
       <c r="C1484" s="1">
-        <v>170</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1485" spans="1:3">
       <c r="A1485" s="1" t="inlineStr">
         <is>
-          <t>9786057662514</t>
+          <t>9786254330018</t>
         </is>
       </c>
       <c r="B1485" s="1" t="inlineStr">
         <is>
-          <t>Hizmet İçi Eğitimde Dijitalleşme: Blog Tabanlı İletişim Eğitimi</t>
+          <t>Beden Eğitimi ve Spor Öğretmeninin İlkokul Öğrencilerinin Gelişimleri Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C1485" s="1">
-        <v>180</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1486" spans="1:3">
       <c r="A1486" s="1" t="inlineStr">
         <is>
-          <t>9786057662118</t>
+          <t>9786059663663</t>
         </is>
       </c>
       <c r="B1486" s="1" t="inlineStr">
         <is>
-          <t>Din Kültürü ve Ahlak Bilgisi Öğretmen Yetiştirme Programlarına İlişkin Kalite Standartlarının Belirlenmesi</t>
+          <t>Buz Hokeyi Oyuncularının Alt Extremite Sinir İleti Hızlarının İncelenmesi</t>
         </is>
       </c>
       <c r="C1486" s="1">
-        <v>215</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1487" spans="1:3">
       <c r="A1487" s="1" t="inlineStr">
         <is>
-          <t>9786052149713</t>
+          <t>9786059663731</t>
         </is>
       </c>
       <c r="B1487" s="1" t="inlineStr">
         <is>
-          <t>Akademik Aklın Öz Yitimi ve Üniversiteler</t>
+          <t>Puberte Döneminde Yapılan Kuvvet Antremanlarının Koordinasyon Gelişimi Üzerine Etkisi</t>
         </is>
       </c>
       <c r="C1487" s="1">
-        <v>130</v>
+        <v>200</v>
       </c>
     </row>
     <row r="1488" spans="1:3">
       <c r="A1488" s="1" t="inlineStr">
         <is>
-          <t>9786254335716</t>
+          <t>9786053209928</t>
         </is>
       </c>
       <c r="B1488" s="1" t="inlineStr">
         <is>
-          <t>100 Araştırma Hikayesi İle İş’te Mutluluk Araştırmaları - 1</t>
+          <t>Teoriden Pratiğe STEM Eğitimi</t>
         </is>
       </c>
       <c r="C1488" s="1">
-        <v>280</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1489" spans="1:3">
       <c r="A1489" s="1" t="inlineStr">
         <is>
-          <t>9786254334559</t>
+          <t>9786059663311</t>
         </is>
       </c>
       <c r="B1489" s="1" t="inlineStr">
         <is>
-          <t>Belgeler Bulgular Ve İlişkilerle 31 Mart’ın Şifreleri</t>
+          <t>Fiziksel Etkinlik Oyunlarının İlköğretim Öğrencilerinin Karakter Gelişimleri Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C1489" s="1">
-        <v>195</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1490" spans="1:3">
       <c r="A1490" s="1" t="inlineStr">
         <is>
-          <t>9786254332739</t>
+          <t>9786257492416</t>
         </is>
       </c>
       <c r="B1490" s="1" t="inlineStr">
         <is>
-          <t>İslami ve Konvansiyonel Endekslerde Risk Karşılaştırması: Riske Maruz Değer Uygulaması</t>
+          <t>Çocuğumun Okul Yolu Güvenliği</t>
         </is>
       </c>
       <c r="C1490" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1491" spans="1:3">
       <c r="A1491" s="1" t="inlineStr">
         <is>
-          <t>9786254333798</t>
+          <t>9786257589468</t>
         </is>
       </c>
       <c r="B1491" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Döneminde Mutluluk Düzeyi Belirleyicileri</t>
+          <t>Eğitimde Yeni Normal Liderlik Yaklaşımları</t>
         </is>
       </c>
       <c r="C1491" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1492" spans="1:3">
       <c r="A1492" s="1" t="inlineStr">
         <is>
-          <t>9786254331312</t>
+          <t>9786257258043</t>
         </is>
       </c>
       <c r="B1492" s="1" t="inlineStr">
         <is>
-          <t>Small-scale Lng And Lng Bunkering İn Turkey</t>
+          <t>1001 Söz</t>
         </is>
       </c>
       <c r="C1492" s="1">
-        <v>290</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1493" spans="1:3">
       <c r="A1493" s="1" t="inlineStr">
         <is>
-          <t>9786254331114</t>
+          <t>9786257677875</t>
         </is>
       </c>
       <c r="B1493" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Bağlamında Örgütlerde Yönetim</t>
+          <t>Didier Daeninckx'in Kara Romanlarında Bellek Kavramı</t>
         </is>
       </c>
       <c r="C1493" s="1">
-        <v>245</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1494" spans="1:3">
       <c r="A1494" s="1" t="inlineStr">
         <is>
-          <t>9786254333156</t>
+          <t>9786257126243</t>
         </is>
       </c>
       <c r="B1494" s="1" t="inlineStr">
         <is>
-          <t>Communicative Orientation Of Language Classrooms: A Comparative Analysis</t>
+          <t>Çevrim İçi İş Birliğine Dayalı Ödevler</t>
         </is>
       </c>
       <c r="C1494" s="1">
-        <v>195</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1495" spans="1:3">
       <c r="A1495" s="1" t="inlineStr">
         <is>
-          <t>9786254332586</t>
+          <t>9786253982515</t>
         </is>
       </c>
       <c r="B1495" s="1" t="inlineStr">
         <is>
-          <t>Memory and Dissonance in Shakespeare’s Selected Plays</t>
+          <t>Dijital Evrenin Yeni İletişim Kodları III</t>
         </is>
       </c>
       <c r="C1495" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1496" spans="1:3">
       <c r="A1496" s="1" t="inlineStr">
         <is>
-          <t>9786254333064</t>
+          <t>9786253983567</t>
         </is>
       </c>
       <c r="B1496" s="1" t="inlineStr">
         <is>
-          <t>Distopik Yönetici</t>
+          <t>Zincir Hastanelerin Uluslararasılaşmasına Etki Eden Faktörler</t>
         </is>
       </c>
       <c r="C1496" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1497" spans="1:3">
       <c r="A1497" s="1" t="inlineStr">
         <is>
-          <t>9786254333095</t>
+          <t>9786253983765</t>
         </is>
       </c>
       <c r="B1497" s="1" t="inlineStr">
         <is>
-          <t>Tuva Türkçesinde Edimsöz Edimleri</t>
+          <t>Soylulaştırma: Madalyonun Diğer Yüzü - Kenti Soylulaştıran Kendi Yoksullaşan Üniversite Öğrencileri</t>
         </is>
       </c>
       <c r="C1497" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1498" spans="1:3">
       <c r="A1498" s="1" t="inlineStr">
         <is>
-          <t>9786254333958</t>
+          <t>9786253982942</t>
         </is>
       </c>
       <c r="B1498" s="1" t="inlineStr">
         <is>
-          <t>Oyun İçi Reklamcılık ve Marka Farkındalığı</t>
+          <t>Tüketici Davranışında Benzersizlik ve Uyum İhtiyacı</t>
         </is>
       </c>
       <c r="C1498" s="1">
-        <v>170</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1499" spans="1:3">
       <c r="A1499" s="1" t="inlineStr">
         <is>
-          <t>9786254332692</t>
+          <t>9786253980337</t>
         </is>
       </c>
       <c r="B1499" s="1" t="inlineStr">
         <is>
-          <t>Yoksulluğun Farklı Boyutları ve Çok Boyutlu Yoksulluk</t>
+          <t>Şehir Pazarlamasında Yeni Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1499" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1500" spans="1:3">
       <c r="A1500" s="1" t="inlineStr">
         <is>
-          <t>9786257492201</t>
+          <t>9786254339059</t>
         </is>
       </c>
       <c r="B1500" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm Projelerinin Gerçekleştirilmesinde Finansman Modeli: Gayrimenkul Girişim Sermayesi Kitle Yatırım Fonu</t>
+          <t>Demir İpek Yolu ve Türkiye</t>
         </is>
       </c>
       <c r="C1500" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1501" spans="1:3">
       <c r="A1501" s="1" t="inlineStr">
         <is>
-          <t>9786254332326</t>
+          <t>9786253981907</t>
         </is>
       </c>
       <c r="B1501" s="1" t="inlineStr">
         <is>
-          <t>Kriz Yönetimi ve Liderlik</t>
+          <t>21. Yüzyılda Türk Sigorta Sektörüne 21 Tavsiye</t>
         </is>
       </c>
       <c r="C1501" s="1">
-        <v>340</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1502" spans="1:3">
       <c r="A1502" s="1" t="inlineStr">
         <is>
-          <t>9786254332180</t>
+          <t>9786253983192</t>
         </is>
       </c>
       <c r="B1502" s="1" t="inlineStr">
         <is>
-          <t>Enerji Birliğinin Teorik Çerçevesi Üye Devletlerin Avrupa Birliği Ortak Enerji Politikasına Etkisi</t>
+          <t>Trampadan Kripto Paraya</t>
         </is>
       </c>
       <c r="C1502" s="1">
-        <v>165</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1503" spans="1:3">
       <c r="A1503" s="1" t="inlineStr">
         <is>
-          <t>9786254332975</t>
+          <t>9786253983116</t>
         </is>
       </c>
       <c r="B1503" s="1" t="inlineStr">
         <is>
-          <t>Küresel Eğitim Reformunun Bir Parçası Olarak Türkiye’de Eğitimde Yerelleşme</t>
+          <t>Dördüncü Sanayi Devrimi’nde Liderlik - Liderlik 4.0</t>
         </is>
       </c>
       <c r="C1503" s="1">
-        <v>425</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1504" spans="1:3">
       <c r="A1504" s="1" t="inlineStr">
         <is>
-          <t>9786254332500</t>
+          <t>9786253981860</t>
         </is>
       </c>
       <c r="B1504" s="1" t="inlineStr">
         <is>
-          <t>Türk Dış Politikasında Kıbrıs (Zürih’ten Kanlı Noel’e)</t>
+          <t>Dijital İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1504" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1505" spans="1:3">
       <c r="A1505" s="1" t="inlineStr">
         <is>
-          <t>9786254331572</t>
+          <t>9786253982638</t>
         </is>
       </c>
       <c r="B1505" s="1" t="inlineStr">
         <is>
-          <t>İnsan Kaynakları Yönetiminde Değişimi Yakalamak</t>
+          <t>İnovasyon, Açık İnovasyon Ve İnovasyon İçin Topluluklardan Faydalanma</t>
         </is>
       </c>
       <c r="C1505" s="1">
-        <v>225</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1506" spans="1:3">
       <c r="A1506" s="1" t="inlineStr">
         <is>
-          <t>9786254331855</t>
+          <t>9786253982522</t>
         </is>
       </c>
       <c r="B1506" s="1" t="inlineStr">
         <is>
-          <t>Alternatif Medya: Alevi Televizyonları</t>
+          <t>Vatandaşlık Bağı ve Sosyal Hizmet</t>
         </is>
       </c>
       <c r="C1506" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="1507" spans="1:3">
       <c r="A1507" s="1" t="inlineStr">
         <is>
-          <t>9786254331497</t>
+          <t>9786253983260</t>
         </is>
       </c>
       <c r="B1507" s="1" t="inlineStr">
         <is>
-          <t>Doğu Karadeniz’de Kırsal Turizm Geleneksel Çamlıhemşin Konutları</t>
+          <t>Sapma Teorileri ve Kavramları Temelinde Pozitif Sapma</t>
         </is>
       </c>
       <c r="C1507" s="1">
-        <v>350</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1508" spans="1:3">
       <c r="A1508" s="1" t="inlineStr">
         <is>
-          <t>9786057087775</t>
+          <t>9786253983048</t>
         </is>
       </c>
       <c r="B1508" s="1" t="inlineStr">
         <is>
-          <t>İyi Aile İyi Çocuk - Çocuklarda Sosyal ve Duygusal Gelişim</t>
+          <t>Çevrim İçi Bilgi Arama Süreci</t>
         </is>
       </c>
       <c r="C1508" s="1">
-        <v>330</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1509" spans="1:3">
       <c r="A1509" s="1" t="inlineStr">
         <is>
-          <t>9786254331886</t>
+          <t>9786254339004</t>
         </is>
       </c>
       <c r="B1509" s="1" t="inlineStr">
         <is>
-          <t>Kadın Futbolcularda Yoğun İnterval Antrenmanın Lipid Peroksidasyonu ve Antioksidanlara Etkisi</t>
+          <t>OECD Ülkelerinde Sağlık Sistemleri ve Sağlık Ekonomisi</t>
         </is>
       </c>
       <c r="C1509" s="1">
-        <v>155</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1510" spans="1:3">
       <c r="A1510" s="1" t="inlineStr">
         <is>
-          <t>9786254331619</t>
+          <t>9786253981129</t>
         </is>
       </c>
       <c r="B1510" s="1" t="inlineStr">
         <is>
-          <t>Arap Edebiyatında Vatan ve Bağımsızlık Mücadelesi</t>
+          <t>Yapılı Çevre Değerlendirmeleri</t>
         </is>
       </c>
       <c r="C1510" s="1">
-        <v>255</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1511" spans="1:3">
       <c r="A1511" s="1" t="inlineStr">
         <is>
-          <t>9786254331923</t>
+          <t>9786253981266</t>
         </is>
       </c>
       <c r="B1511" s="1" t="inlineStr">
         <is>
-          <t>Boş Zaman Tutumu Ve Sağlıklı Yaşam Biçimi Davranışı</t>
+          <t>Postmodern Çağda Z Kuşağının Dijital Okuryazarlık Sorunu</t>
         </is>
       </c>
       <c r="C1511" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1512" spans="1:3">
       <c r="A1512" s="1" t="inlineStr">
         <is>
-          <t>9786254331169</t>
+          <t>9786253980689</t>
         </is>
       </c>
       <c r="B1512" s="1" t="inlineStr">
         <is>
-          <t>Bir Okul Müdürünün Tragedyası</t>
+          <t>Sağlık Kurumlarında Çağdaş Yönetim Yaklaşımları</t>
         </is>
       </c>
       <c r="C1512" s="1">
-        <v>145</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1513" spans="1:3">
       <c r="A1513" s="1" t="inlineStr">
         <is>
-          <t>9786254331374</t>
+          <t>9786254337765</t>
         </is>
       </c>
       <c r="B1513" s="1" t="inlineStr">
         <is>
-          <t>Bengalce Kur'an-ı Kerim Çeviri Çalışmaları</t>
+          <t>Tarihte Rus ve Ermeni Tedhişi (Belge ve Bilgiler Işığında)</t>
         </is>
       </c>
       <c r="C1513" s="1">
-        <v>205</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1514" spans="1:3">
       <c r="A1514" s="1" t="inlineStr">
         <is>
-          <t>9786254330049</t>
+          <t>9786253981921</t>
         </is>
       </c>
       <c r="B1514" s="1" t="inlineStr">
         <is>
-          <t>Yönetim ve Organizasyon Perspektifinden Kolluk Çalışmaları Yönetim Üzerine…</t>
+          <t>Türk Düşünce Dünyasında Kültür Sosyolojisi Tartışmaları</t>
         </is>
       </c>
       <c r="C1514" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1515" spans="1:3">
       <c r="A1515" s="1" t="inlineStr">
         <is>
-          <t>9786254330872</t>
+          <t>9786253982164</t>
         </is>
       </c>
       <c r="B1515" s="1" t="inlineStr">
         <is>
-          <t>Bankacılıkta Likidite Riski ve Piyasa Disiplini</t>
+          <t>Kültür, Moda ve Gündelik Hayat</t>
         </is>
       </c>
       <c r="C1515" s="1">
-        <v>205</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1516" spans="1:3">
       <c r="A1516" s="1" t="inlineStr">
         <is>
-          <t>9786254331404</t>
+          <t>9786253980542</t>
         </is>
       </c>
       <c r="B1516" s="1" t="inlineStr">
         <is>
-          <t>Mehmet Akif Ersoy’un Ahlak Anlayışı</t>
+          <t>Hedef Pazar Analizi ve Trade Map Uygulamaları</t>
         </is>
       </c>
       <c r="C1516" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1517" spans="1:3">
       <c r="A1517" s="1" t="inlineStr">
         <is>
-          <t>9786254330988</t>
+          <t>9786253981594</t>
         </is>
       </c>
       <c r="B1517" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Kadın ve Siyasal Temsil</t>
+          <t>Osmanlı’dan Günümüze Türkiye’de Terörizm ve Terörizmle Mücadele</t>
         </is>
       </c>
       <c r="C1517" s="1">
-        <v>205</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1518" spans="1:3">
       <c r="A1518" s="1" t="inlineStr">
         <is>
-          <t>9786257492492</t>
+          <t>9786253981228</t>
         </is>
       </c>
       <c r="B1518" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilimi</t>
+          <t>Türk Eğitim Sisteminde Uygulanan Spor Politikalarının Yapısal ve Kurumsal Olarak İncelenmesi</t>
         </is>
       </c>
       <c r="C1518" s="1">
-        <v>365</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1519" spans="1:3">
       <c r="A1519" s="1" t="inlineStr">
         <is>
-          <t>9786254173509</t>
+          <t>9786253980955</t>
         </is>
       </c>
       <c r="B1519" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Beynin Gizemi</t>
+          <t>Ardahan Değerlemeleri -4-</t>
         </is>
       </c>
       <c r="C1519" s="1">
-        <v>270</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1520" spans="1:3">
       <c r="A1520" s="1" t="inlineStr">
         <is>
-          <t>9786254331473</t>
+          <t>9786253980603</t>
         </is>
       </c>
       <c r="B1520" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kısmi Zamanlı Ve Tam Zamanlı Çiftçilik Kavramı: Fındık Tarımı Örneği</t>
+          <t>Dünden Bugüne Sapanca</t>
         </is>
       </c>
       <c r="C1520" s="1">
-        <v>195</v>
+        <v>565</v>
       </c>
     </row>
     <row r="1521" spans="1:3">
       <c r="A1521" s="1" t="inlineStr">
         <is>
-          <t>9786254331299</t>
+          <t>9786253981181</t>
         </is>
       </c>
       <c r="B1521" s="1" t="inlineStr">
         <is>
-          <t>Spor Muhasebesi</t>
+          <t>Kamusal Mal ve Hizmet Olarak Kentsel Atık Su Yönetimi</t>
         </is>
       </c>
       <c r="C1521" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1522" spans="1:3">
       <c r="A1522" s="1" t="inlineStr">
         <is>
-          <t>9786257566780</t>
+          <t>9786253980924</t>
         </is>
       </c>
       <c r="B1522" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyete Dair</t>
+          <t>Tüm Yönleriyle Helal Tüketim</t>
         </is>
       </c>
       <c r="C1522" s="1">
-        <v>240</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1523" spans="1:3">
       <c r="A1523" s="1" t="inlineStr">
         <is>
-          <t>9786254175619</t>
+          <t>9786253980399</t>
         </is>
       </c>
       <c r="B1523" s="1" t="inlineStr">
         <is>
-          <t>Edebiyat Ve Kültürde Yalnızlığın 16 Hali</t>
+          <t>Örgütsel Kültürün Örgütsel Bağlılık ve Çalışan Performansına Olan Etkisi</t>
         </is>
       </c>
       <c r="C1523" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1524" spans="1:3">
       <c r="A1524" s="1" t="inlineStr">
         <is>
-          <t>9786254330940</t>
+          <t>9786253981433</t>
         </is>
       </c>
       <c r="B1524" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi, Finans ve İşletme Yönetimi Alanında Güncel Gelişmeler - 2</t>
+          <t>Terörizmle Mücadelede Müzakere Yöntemi: ETA-LTTE-PKK-FARC</t>
         </is>
       </c>
       <c r="C1524" s="1">
-        <v>290</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1525" spans="1:3">
       <c r="A1525" s="1" t="inlineStr">
         <is>
-          <t>9786254330711</t>
+          <t>9786253980504</t>
         </is>
       </c>
       <c r="B1525" s="1" t="inlineStr">
         <is>
-          <t>Cumhuriyet Dönemi Hükümetlerinin Kültür Politikalarında Müziğin Yeri ve Önemi (1938-1980)</t>
+          <t>İntihar Saldırılarının Anatomisi</t>
         </is>
       </c>
       <c r="C1525" s="1">
-        <v>280</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1526" spans="1:3">
       <c r="A1526" s="1" t="inlineStr">
         <is>
-          <t>9786257492249</t>
+          <t>9786254339103</t>
         </is>
       </c>
       <c r="B1526" s="1" t="inlineStr">
         <is>
-          <t>Enerji Şoklarının Makroekonomik Etkileri: Türkiye İçin Bir Genel Denge Modeli Uygulaması</t>
+          <t>Çevrimiçi ve Kitlesel Açık Çevrimiçi Derslerde Transkültür</t>
         </is>
       </c>
       <c r="C1526" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1527" spans="1:3">
       <c r="A1527" s="1" t="inlineStr">
         <is>
-          <t>9786254331039</t>
+          <t>9786253981396</t>
         </is>
       </c>
       <c r="B1527" s="1" t="inlineStr">
         <is>
-          <t>Turizm Sektöründe Güncel Araştırmalar</t>
+          <t>İnsan Kaynakları Yönetiminde Koruma Fonksiyonu ve Konu İle İlgili Bir Araştırma</t>
         </is>
       </c>
       <c r="C1527" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="1528" spans="1:3">
       <c r="A1528" s="1" t="inlineStr">
         <is>
-          <t>9786254331237</t>
+          <t>9786254339929</t>
         </is>
       </c>
       <c r="B1528" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Ticaretin Finansmanı</t>
+          <t>Beklenen Yaşam Süresini Etkileyen Faktörler</t>
         </is>
       </c>
       <c r="C1528" s="1">
-        <v>425</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1529" spans="1:3">
       <c r="A1529" s="1" t="inlineStr">
         <is>
-          <t>9786254330599</t>
+          <t>9786253980450</t>
         </is>
       </c>
       <c r="B1529" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kamu Politikası Sürecinde - Vali</t>
+          <t>Kars ve Ardahan Beşik Türküleri</t>
         </is>
       </c>
       <c r="C1529" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="1530" spans="1:3">
       <c r="A1530" s="1" t="inlineStr">
         <is>
-          <t>9786254330797</t>
+          <t>9786253980078</t>
         </is>
       </c>
       <c r="B1530" s="1" t="inlineStr">
         <is>
-          <t>Ekonominin Kültürü Kültürün Ekonomisi</t>
+          <t>İzmir Kentsel Araştirmalar ve Tartişmalar</t>
         </is>
       </c>
       <c r="C1530" s="1">
-        <v>215</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1531" spans="1:3">
       <c r="A1531" s="1" t="inlineStr">
         <is>
-          <t>9786254330261</t>
+          <t>9786253980863</t>
         </is>
       </c>
       <c r="B1531" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Kaynaşma Ve Kürtler - Coğrafi Farklılıklar</t>
+          <t>Muhasebede İhtiyatlılık Kavramı</t>
         </is>
       </c>
       <c r="C1531" s="1">
-        <v>290</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1532" spans="1:3">
       <c r="A1532" s="1" t="inlineStr">
         <is>
-          <t>9786254330414</t>
+          <t>9786254339141</t>
         </is>
       </c>
       <c r="B1532" s="1" t="inlineStr">
         <is>
-          <t>Çiftçilerin Tarım Sigortası Yaptırmaya Karşı Tutumları Ve Ödeme İstekliliği</t>
+          <t>Vergi Hukukunda Uzlaşma Müessesesi Mevzuatı</t>
         </is>
       </c>
       <c r="C1532" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1533" spans="1:3">
       <c r="A1533" s="1" t="inlineStr">
         <is>
-          <t>9786257492768</t>
+          <t>9786253980849</t>
         </is>
       </c>
       <c r="B1533" s="1" t="inlineStr">
         <is>
-          <t>Societal Securitization Beyond Securitization</t>
+          <t>Tüketici Tipolojileri</t>
         </is>
       </c>
       <c r="C1533" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1534" spans="1:3">
       <c r="A1534" s="1" t="inlineStr">
         <is>
-          <t>9786257258630</t>
+          <t>9786253980184</t>
         </is>
       </c>
       <c r="B1534" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Öğrenme Ve Bireysel Yenilikçilik</t>
+          <t>Gdevelop ile Dijital Oyun Tasarımı</t>
         </is>
       </c>
       <c r="C1534" s="1">
-        <v>180</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1535" spans="1:3">
       <c r="A1535" s="1" t="inlineStr">
         <is>
-          <t>9786254330223</t>
+          <t>9786254337789</t>
         </is>
       </c>
       <c r="B1535" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan Denetim Standartları ve Uluslararası Denetim Standartlarıyla Karşılaştırması</t>
+          <t>Somut Olmayan Kültürel Miras Kapsamında Anadolu Düşünürleri</t>
         </is>
       </c>
       <c r="C1535" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1536" spans="1:3">
       <c r="A1536" s="1" t="inlineStr">
         <is>
-          <t>9786257566889</t>
+          <t>9786253980054</t>
         </is>
       </c>
       <c r="B1536" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası İlişkilerde Bir Şiddet Tezahürü Olarak Uluslararası Terörizm Ve Işid Örneği</t>
+          <t>Türkiye’s Visual Representation in Right-Wing Populist Discourse</t>
         </is>
       </c>
       <c r="C1536" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1537" spans="1:3">
       <c r="A1537" s="1" t="inlineStr">
         <is>
-          <t>9786254330391</t>
+          <t>9786254339356</t>
         </is>
       </c>
       <c r="B1537" s="1" t="inlineStr">
         <is>
-          <t>Uncertainty and Uncertainty Management in Language Learning</t>
+          <t>Gelişmiş ve Demokratik Ülkelerin Üzerinde Yükseldikleri Kültürel Zemin</t>
         </is>
       </c>
       <c r="C1537" s="1">
-        <v>165</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1538" spans="1:3">
       <c r="A1538" s="1" t="inlineStr">
         <is>
-          <t>9786254330285</t>
+          <t>9786254338366</t>
         </is>
       </c>
       <c r="B1538" s="1" t="inlineStr">
         <is>
-          <t>Siyasal İletişim Bağlamında Sosyal Medyanın Seçmenler Üzerindeki Etkisi</t>
+          <t>Avrupa Birliği Bölgesel Politikaları ve Türkiye’de Uygulanabilirliği: Serhat Kalkınma Ajansı Üzerine Bir İnceleme</t>
         </is>
       </c>
       <c r="C1538" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="1539" spans="1:3">
       <c r="A1539" s="1" t="inlineStr">
         <is>
-          <t>9786254330544</t>
+          <t>9786253980528</t>
         </is>
       </c>
       <c r="B1539" s="1" t="inlineStr">
         <is>
-          <t>Bilgi ve İslam Ekonomisi Yoluyla Kalkınma</t>
+          <t>Investigation of the Effect of Techniques (Drop Shot-Lob- Slice) Not Included in the International Tennis Number (ITN) Test on Match Results in Elite Athletes</t>
         </is>
       </c>
       <c r="C1539" s="1">
-        <v>280</v>
+        <v>125</v>
       </c>
     </row>
     <row r="1540" spans="1:3">
       <c r="A1540" s="1" t="inlineStr">
         <is>
-          <t>9786254330513</t>
+          <t>9786253980153</t>
         </is>
       </c>
       <c r="B1540" s="1" t="inlineStr">
         <is>
-          <t>Dijital İletişim Araştırmaları</t>
+          <t>Küçükbaş Hayvan İşletmelerinin Tipolojilerinin Belirlenmesi ve Tipolojinin İşletmelerin Üretim Etkinliğine Etkisi</t>
         </is>
       </c>
       <c r="C1540" s="1">
-        <v>255</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1541" spans="1:3">
       <c r="A1541" s="1" t="inlineStr">
         <is>
-          <t>9786254330148</t>
+          <t>9786254339943</t>
         </is>
       </c>
       <c r="B1541" s="1" t="inlineStr">
         <is>
-          <t>Social-Emotional Foreign Language Learning</t>
+          <t>Güvenlik Yönetimi Yaklaşımları</t>
         </is>
       </c>
       <c r="C1541" s="1">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="1542" spans="1:3">
       <c r="A1542" s="1" t="inlineStr">
         <is>
-          <t>9786254330353</t>
+          <t>9786254339516</t>
         </is>
       </c>
       <c r="B1542" s="1" t="inlineStr">
         <is>
-          <t>Antarktika Ve Türkiye</t>
+          <t>Representation of Orientalism in James Morier’s Novels</t>
         </is>
       </c>
       <c r="C1542" s="1">
-        <v>305</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1543" spans="1:3">
       <c r="A1543" s="1" t="inlineStr">
         <is>
-          <t>9786257492942</t>
+          <t>9786253980009</t>
         </is>
       </c>
       <c r="B1543" s="1" t="inlineStr">
         <is>
-          <t>Davranışsal Boyutları ile Sağlık</t>
+          <t>Afyonkarahisar İlinin Sosyoekonomik Analizi</t>
         </is>
       </c>
       <c r="C1543" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1544" spans="1:3">
       <c r="A1544" s="1" t="inlineStr">
         <is>
-          <t>9786257566957</t>
+          <t>9786253980566</t>
         </is>
       </c>
       <c r="B1544" s="1" t="inlineStr">
         <is>
-          <t>İkili İlişkiler Bağlamında Fas Pazarının Türkiye Açısından Önemi ve İşletmelerin Durumu</t>
+          <t>Ekonomik Özgürlükler, Yabancı Doğrudan Yatırımlar ve Yabancı Portföy Yatırımları Arasındaki İlişki: OECD Ülkeleri Üzerine Ampirik Bir Çalışma</t>
         </is>
       </c>
       <c r="C1544" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1545" spans="1:3">
       <c r="A1545" s="1" t="inlineStr">
         <is>
-          <t>9786257566360</t>
+          <t>9786254338816</t>
         </is>
       </c>
       <c r="B1545" s="1" t="inlineStr">
         <is>
-          <t>İşletmede Etik Kod Uygulaması</t>
+          <t>Ktisadi, Finans Ve Yönetimsel Bakış Açısıyla Sosyal Bilimler Alanındaki Konuların Değerlendirilmesi</t>
         </is>
       </c>
       <c r="C1545" s="1">
-        <v>215</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1546" spans="1:3">
       <c r="A1546" s="1" t="inlineStr">
         <is>
-          <t>9786257492287</t>
+          <t>9786254338946</t>
         </is>
       </c>
       <c r="B1546" s="1" t="inlineStr">
         <is>
-          <t>Çevirmen Eğitiminde Güncel Yaklaşımlar ve Uygulamalar</t>
+          <t>Fonksiyonel Açıdan Türkiye’de Gelir Dağılımı</t>
         </is>
       </c>
       <c r="C1546" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1547" spans="1:3">
       <c r="A1547" s="1" t="inlineStr">
         <is>
-          <t>9786254330438</t>
+          <t>9786253981310</t>
         </is>
       </c>
       <c r="B1547" s="1" t="inlineStr">
         <is>
-          <t>Viral Reklamcılık</t>
+          <t>1 Adım 12 Seyyah 35 Rota</t>
         </is>
       </c>
       <c r="C1547" s="1">
-        <v>78</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1548" spans="1:3">
       <c r="A1548" s="1" t="inlineStr">
         <is>
-          <t>9786254330087</t>
+          <t>9786254337543</t>
         </is>
       </c>
       <c r="B1548" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Ağlarda Benlik ve Benlik Sunumu</t>
+          <t>Tıbbi Ve Sosyal Yönleriyle Obezite</t>
         </is>
       </c>
       <c r="C1548" s="1">
-        <v>195</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1549" spans="1:3">
       <c r="A1549" s="1" t="inlineStr">
         <is>
-          <t>9786257492102</t>
+          <t>9786254337321</t>
         </is>
       </c>
       <c r="B1549" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Yarım Asırlık Nükleer Santral Serüveni</t>
+          <t>Günlük Yaşamda ve İş Dünyasında Uzmanları Kullanma Sanatı ve Öykülerle Uygulamalar</t>
         </is>
       </c>
       <c r="C1549" s="1">
-        <v>305</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1550" spans="1:3">
       <c r="A1550" s="1" t="inlineStr">
         <is>
-          <t>9786257492744</t>
+          <t>9786254339110</t>
         </is>
       </c>
       <c r="B1550" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Rekabetçiliğin Geliştirilmesi Projeleri ve Projeleri Tamamlamış Firmalar Üzerine Bir Saha Araştırması</t>
+          <t>Spor Turizmi Ve Rekreasyon Bibliyografyası</t>
         </is>
       </c>
       <c r="C1550" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1551" spans="1:3">
       <c r="A1551" s="1" t="inlineStr">
         <is>
-          <t>9786257492706</t>
+          <t>9786254339424</t>
         </is>
       </c>
       <c r="B1551" s="1" t="inlineStr">
         <is>
-          <t>Covid-19 Pandemisine Disiplinlerarası Bakış</t>
+          <t>Müslüman - Dostu Turizm Ve Türkiye Deneyimi</t>
         </is>
       </c>
       <c r="C1551" s="1">
-        <v>600</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1552" spans="1:3">
       <c r="A1552" s="1" t="inlineStr">
         <is>
-          <t>9786257492317</t>
+          <t>9786253980276</t>
         </is>
       </c>
       <c r="B1552" s="1" t="inlineStr">
         <is>
-          <t>Lojistik Performans Endeksi İle Ekonomik Özgürlük Endeksinin Küresel Ticareti Kolaylaştırmaya Etkisinin İncelenmesi</t>
+          <t>Osmanlı Devleti’nde Müftülük (Taşra Teşkilatı)</t>
         </is>
       </c>
       <c r="C1552" s="1">
-        <v>170</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1553" spans="1:3">
       <c r="A1553" s="1" t="inlineStr">
         <is>
-          <t>9786257492638</t>
+          <t>9786254338793</t>
         </is>
       </c>
       <c r="B1553" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Davranışa Pozitif Bakış</t>
+          <t>Stratejiye Dair Seçki Yazılar II</t>
         </is>
       </c>
       <c r="C1553" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1554" spans="1:3">
       <c r="A1554" s="1" t="inlineStr">
         <is>
-          <t>9786257566827</t>
+          <t>9786253980245</t>
         </is>
       </c>
       <c r="B1554" s="1" t="inlineStr">
         <is>
-          <t>Standart Türkçe ve Standart Çuvaşçada Ad Yan Cümleleri</t>
+          <t>Dünya ve Türkiye Ekseninde Sosyal, Ekonomik ve Politik Gelişmeler</t>
         </is>
       </c>
       <c r="C1554" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1555" spans="1:3">
       <c r="A1555" s="1" t="inlineStr">
         <is>
-          <t>9786257492393</t>
+          <t>9786254339653</t>
         </is>
       </c>
       <c r="B1555" s="1" t="inlineStr">
         <is>
-          <t>Bilgi Çağında Siyaset</t>
+          <t>Programmierung der Zugehörigkeit zur Diskursgemeinschaft</t>
         </is>
       </c>
       <c r="C1555" s="1">
-        <v>350</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1556" spans="1:3">
       <c r="A1556" s="1" t="inlineStr">
         <is>
-          <t>9786257492188</t>
+          <t>9786254338694</t>
         </is>
       </c>
       <c r="B1556" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Bilimlerde Güncel Konular</t>
+          <t>Vergi Politikasının Transformasyonu</t>
         </is>
       </c>
       <c r="C1556" s="1">
-        <v>205</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1557" spans="1:3">
       <c r="A1557" s="1" t="inlineStr">
         <is>
-          <t>9786257492539</t>
+          <t>9786254339820</t>
         </is>
       </c>
       <c r="B1557" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşmenin Finans Dünyasına Yansımaları</t>
+          <t>Uluslararası Deniz Hukukunda Hakkın Kötüye Kullanılması Yasağı</t>
         </is>
       </c>
       <c r="C1557" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1558" spans="1:3">
       <c r="A1558" s="1" t="inlineStr">
         <is>
-          <t>9786257492355</t>
+          <t>9786254339394</t>
         </is>
       </c>
       <c r="B1558" s="1" t="inlineStr">
         <is>
-          <t>A5 Ülkelerinde Finansal Kabarcık Tecrübeleri (1990-2016)</t>
+          <t>Bosna Sancak Hakkında İkincil Yazılar - Sessiz Soykırım</t>
         </is>
       </c>
       <c r="C1558" s="1">
-        <v>320</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1559" spans="1:3">
       <c r="A1559" s="1" t="inlineStr">
         <is>
-          <t>9786257566520</t>
+          <t>9786254336058</t>
         </is>
       </c>
       <c r="B1559" s="1" t="inlineStr">
         <is>
-          <t>100 Soruda Sürdürülebilir Enerji</t>
+          <t>Salgın ve Edebiyat</t>
         </is>
       </c>
       <c r="C1559" s="1">
-        <v>330</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1560" spans="1:3">
       <c r="A1560" s="1" t="inlineStr">
         <is>
-          <t>9786257492829</t>
+          <t>9786254339233</t>
         </is>
       </c>
       <c r="B1560" s="1" t="inlineStr">
         <is>
-          <t>COVID-19 Sonrası Dünyada Ekonomi, Radikalleşme ve Terör</t>
+          <t>Soğuk Savaş Yıllarında Türkiye’nin Güvenlik Arayışları - Uluslararası Antlaşmalar (1945-1975)</t>
         </is>
       </c>
       <c r="C1560" s="1">
-        <v>245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1561" spans="1:3">
       <c r="A1561" s="1" t="inlineStr">
         <is>
-          <t>9786257492683</t>
+          <t>9786254338168</t>
         </is>
       </c>
       <c r="B1561" s="1" t="inlineStr">
         <is>
-          <t>Gastro Artvin</t>
+          <t>Bir İdeolojiler Alanı Olarak İkinci Dünya Savaşı Ve Siyasal Propaganda: 1939-1945 Savaş Dönemi Afişlerinin Karşılaştırmalı Analiz</t>
         </is>
       </c>
       <c r="C1561" s="1">
-        <v>280</v>
+        <v>530</v>
       </c>
     </row>
     <row r="1562" spans="1:3">
       <c r="A1562" s="1" t="inlineStr">
         <is>
-          <t>9786257492966</t>
+          <t>9786254338021</t>
         </is>
       </c>
       <c r="B1562" s="1" t="inlineStr">
         <is>
-          <t>Coğrafi Bakış Açısıyla Film ve Diziler</t>
+          <t>Osmanlı Belgelerinde Kuzey Türklerinden Kırım, Nogay ve Kazan Tatarlarının Eskişehir Yerleşimleri</t>
         </is>
       </c>
       <c r="C1562" s="1">
-        <v>280</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1563" spans="1:3">
       <c r="A1563" s="1" t="inlineStr">
         <is>
-          <t>9786257566599</t>
+          <t>9786254339318</t>
         </is>
       </c>
       <c r="B1563" s="1" t="inlineStr">
         <is>
-          <t>Gazetecilik Üzerine</t>
+          <t>2000 Sonrası Türkiye’de Ekonomik ve Politik Dönüşüm</t>
         </is>
       </c>
       <c r="C1563" s="1">
-        <v>215</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1564" spans="1:3">
       <c r="A1564" s="1" t="inlineStr">
         <is>
-          <t>9786257492041</t>
+          <t>9786254338403</t>
         </is>
       </c>
       <c r="B1564" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Hizmetleri Pazarlamasında Güncel Tartışmalar ve Çevrim Dışı Uygulamalar</t>
+          <t>Pandemi Döneminde Yükseköğretimde Uzaktan Eğitim</t>
         </is>
       </c>
       <c r="C1564" s="1">
-        <v>255</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1565" spans="1:3">
       <c r="A1565" s="1" t="inlineStr">
         <is>
-          <t>9786257492065</t>
+          <t>9786254336522</t>
         </is>
       </c>
       <c r="B1565" s="1" t="inlineStr">
         <is>
-          <t>Ombudsman Kurumu Transfer Süreci ve İşlevselliği</t>
+          <t>Atatürk - Bir Dahinin Yaşam Öyküsü</t>
         </is>
       </c>
       <c r="C1565" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1566" spans="1:3">
       <c r="A1566" s="1" t="inlineStr">
         <is>
-          <t>9786257566018</t>
+          <t>9786254339172</t>
         </is>
       </c>
       <c r="B1566" s="1" t="inlineStr">
         <is>
-          <t>COVID - 19 Pandemisinin İktisadi ve Sosyal Etkileri</t>
+          <t>Tasarruf Yatırım İlişkisi / Feldstein-Horioka Hipotezinin Ticari ve Finansal Dışa Açıklık Durumuna Genişletilmesi</t>
         </is>
       </c>
       <c r="C1566" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1567" spans="1:3">
       <c r="A1567" s="1" t="inlineStr">
         <is>
-          <t>9786257566766</t>
+          <t>9786254337703</t>
         </is>
       </c>
       <c r="B1567" s="1" t="inlineStr">
         <is>
-          <t>“Amerika’nın Sesi”ndeki Kültürel Kodlar</t>
+          <t>Rus Edebiyatında Çocuk Olmak</t>
         </is>
       </c>
       <c r="C1567" s="1">
-        <v>240</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1568" spans="1:3">
       <c r="A1568" s="1" t="inlineStr">
         <is>
-          <t>9786257566551</t>
+          <t>9786254337475</t>
         </is>
       </c>
       <c r="B1568" s="1" t="inlineStr">
         <is>
-          <t>Şimdiki Aklım Geçmiş Tecrübem</t>
+          <t>Siyaset Yazıları</t>
         </is>
       </c>
       <c r="C1568" s="1">
-        <v>205</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1569" spans="1:3">
       <c r="A1569" s="1" t="inlineStr">
         <is>
-          <t>9786257566469</t>
+          <t>9786254337956</t>
         </is>
       </c>
       <c r="B1569" s="1" t="inlineStr">
         <is>
-          <t>Aşk-ı Kübra (Ciltli)</t>
+          <t>Reklam ve Halkla İlişkiler Çalışmaları</t>
         </is>
       </c>
       <c r="C1569" s="1">
-        <v>540</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1570" spans="1:3">
       <c r="A1570" s="1" t="inlineStr">
         <is>
-          <t>9786257566704</t>
+          <t>9786254338069</t>
         </is>
       </c>
       <c r="B1570" s="1" t="inlineStr">
         <is>
-          <t>Dördüncü Sanayi Devrimi</t>
+          <t>Finans ve Bankacılık Alanında Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C1570" s="1">
-        <v>205</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1571" spans="1:3">
       <c r="A1571" s="1" t="inlineStr">
         <is>
-          <t>9786257566421</t>
+          <t>9786254338649</t>
         </is>
       </c>
       <c r="B1571" s="1" t="inlineStr">
         <is>
-          <t>Kuramdan Araştırmaya Türkiye’de Göç Olgusu</t>
+          <t>Postmodern Perception of Ethics in Contemporary American Science Fiction Novel</t>
         </is>
       </c>
       <c r="C1571" s="1">
-        <v>280</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1572" spans="1:3">
       <c r="A1572" s="1" t="inlineStr">
         <is>
-          <t>9786257363778</t>
+          <t>9786254337017</t>
         </is>
       </c>
       <c r="B1572" s="1" t="inlineStr">
         <is>
-          <t>Memleketim Safranbolu</t>
+          <t>Kadına Yönelik Şiddetin Kültürel Temelleri</t>
         </is>
       </c>
       <c r="C1572" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1573" spans="1:3">
       <c r="A1573" s="1" t="inlineStr">
         <is>
-          <t>9786257566292</t>
+          <t>9786254334658</t>
         </is>
       </c>
       <c r="B1573" s="1" t="inlineStr">
         <is>
-          <t>Latin Amerika'da 21. Yüzyıl Sosyalizmi</t>
+          <t>Tekstil Kalite Kontrol Test ve Analizleri - Kumaş</t>
         </is>
       </c>
       <c r="C1573" s="1">
-        <v>375</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1574" spans="1:3">
       <c r="A1574" s="1" t="inlineStr">
         <is>
-          <t>9786257589710</t>
+          <t>9786254336256</t>
         </is>
       </c>
       <c r="B1574" s="1" t="inlineStr">
         <is>
-          <t>Esnek Üretim Sistemlerinde Petri Ağları</t>
+          <t>İşletme Bilimi ile İşletme Eğitimini Etkileyen Güncel Meseleler</t>
         </is>
       </c>
       <c r="C1574" s="1">
-        <v>255</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1575" spans="1:3">
       <c r="A1575" s="1" t="inlineStr">
         <is>
-          <t>9786257566445</t>
+          <t>9786254337567</t>
         </is>
       </c>
       <c r="B1575" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya ve Satın Alma Davranışı</t>
+          <t>Determination of Election Systems on The Principle of Justice in Representation: Country Analysis</t>
         </is>
       </c>
       <c r="C1575" s="1">
-        <v>240</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1576" spans="1:3">
       <c r="A1576" s="1" t="inlineStr">
         <is>
-          <t>9786257566261</t>
+          <t>9786254337581</t>
         </is>
       </c>
       <c r="B1576" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamanın Geleceği</t>
+          <t>Çevrim Dışı İrade - Dijital Kültürün Ayartıcı Gücüne Karşı Bir Direnç Formu Olarak İrade</t>
         </is>
       </c>
       <c r="C1576" s="1">
-        <v>240</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1577" spans="1:3">
       <c r="A1577" s="1" t="inlineStr">
         <is>
-          <t>9786257589109</t>
+          <t>9786254337406</t>
         </is>
       </c>
       <c r="B1577" s="1" t="inlineStr">
         <is>
-          <t>Birleşik Krallık ve Terörizmle Mücadele</t>
+          <t>Isparta Özel Gün Gastronomisi</t>
         </is>
       </c>
       <c r="C1577" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="1578" spans="1:3">
       <c r="A1578" s="1" t="inlineStr">
         <is>
-          <t>9786257566056</t>
+          <t>9786254336850</t>
         </is>
       </c>
       <c r="B1578" s="1" t="inlineStr">
         <is>
-          <t>Cahil Şehirler’den Akıllı Şehir Devletleri'ne</t>
+          <t>Genişletilmiş Gerçeklik ve Medya - XR Teknolojileri</t>
         </is>
       </c>
       <c r="C1578" s="1">
-        <v>205</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1579" spans="1:3">
       <c r="A1579" s="1" t="inlineStr">
         <is>
-          <t>9786257589291</t>
+          <t>9786254337031</t>
         </is>
       </c>
       <c r="B1579" s="1" t="inlineStr">
         <is>
-          <t>Öncileriyle Alman Orta Çağ Edebiyatı</t>
+          <t>İletişimin Dijital Hali</t>
         </is>
       </c>
       <c r="C1579" s="1">
-        <v>165</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1580" spans="1:3">
       <c r="A1580" s="1" t="inlineStr">
         <is>
-          <t>9786257589208</t>
+          <t>9786254335839</t>
         </is>
       </c>
       <c r="B1580" s="1" t="inlineStr">
         <is>
-          <t>Optik</t>
+          <t>Ekonomi ve Finans Üzerine İncelemeler</t>
         </is>
       </c>
       <c r="C1580" s="1">
-        <v>330</v>
+        <v>105</v>
       </c>
     </row>
     <row r="1581" spans="1:3">
       <c r="A1581" s="1" t="inlineStr">
         <is>
-          <t>9786257589239</t>
+          <t>9786254333613</t>
         </is>
       </c>
       <c r="B1581" s="1" t="inlineStr">
         <is>
-          <t>The Transforming Brain</t>
+          <t>Swift’ten Mcpherson’a İrlandalı Edebiyatçılar</t>
         </is>
       </c>
       <c r="C1581" s="1">
-        <v>255</v>
+        <v>315</v>
       </c>
     </row>
     <row r="1582" spans="1:3">
       <c r="A1582" s="1" t="inlineStr">
         <is>
-          <t>9786257363556</t>
+          <t>9786254336904</t>
         </is>
       </c>
       <c r="B1582" s="1" t="inlineStr">
         <is>
-          <t>Diplomatik İlişki Kuruluşundan Günümüze Osmanlı - Türkiye - Amerika Birleşik Devletleri İlişkileri</t>
+          <t>Yurttaş Gazeteciliği</t>
         </is>
       </c>
       <c r="C1582" s="1">
-        <v>380</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1583" spans="1:3">
       <c r="A1583" s="1" t="inlineStr">
         <is>
-          <t>9786257589246</t>
+          <t>9786254336898</t>
         </is>
       </c>
       <c r="B1583" s="1" t="inlineStr">
         <is>
-          <t>Öncülleri ve Sonuçları Açısından Yetenek Yönetimi</t>
+          <t>Yönetim ve Organizasyon Perspektifinden Kolluk Çalışmaları II - Öfke Üzerine..</t>
         </is>
       </c>
       <c r="C1583" s="1">
-        <v>170</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1584" spans="1:3">
       <c r="A1584" s="1" t="inlineStr">
         <is>
-          <t>9786257589529</t>
+          <t>9786254336690</t>
         </is>
       </c>
       <c r="B1584" s="1" t="inlineStr">
         <is>
-          <t>Şansölye Angela Merkel Dönemi Almanya'nın Orta Doğu Politikası</t>
+          <t>Kamu Mali Yönetiminin Paradigması Ve Gelişim Süreci - Türkiye Örneği</t>
         </is>
       </c>
       <c r="C1584" s="1">
-        <v>415</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1585" spans="1:3">
       <c r="A1585" s="1" t="inlineStr">
         <is>
-          <t>9786257589444</t>
+          <t>9786254336287</t>
         </is>
       </c>
       <c r="B1585" s="1" t="inlineStr">
         <is>
-          <t>Bireysel Emeklilik Otomatik Katılım Sistemi</t>
+          <t>Duygusal Güvenlik Teorisinin Farklı Yaş Grubundaki Ergenler Açısından İncelenmesi</t>
         </is>
       </c>
       <c r="C1585" s="1">
         <v>215</v>
       </c>
     </row>
     <row r="1586" spans="1:3">
       <c r="A1586" s="1" t="inlineStr">
         <is>
-          <t>9786257363440</t>
+          <t>9786254336546</t>
         </is>
       </c>
       <c r="B1586" s="1" t="inlineStr">
         <is>
-          <t>Pazarlamayı Paydaş Bakış Açısıyla Değerlendirmek</t>
+          <t>Dijital İşletmecilik</t>
         </is>
       </c>
       <c r="C1586" s="1">
-        <v>245</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1587" spans="1:3">
       <c r="A1587" s="1" t="inlineStr">
         <is>
-          <t>9786257589666</t>
+          <t>9786254336744</t>
         </is>
       </c>
       <c r="B1587" s="1" t="inlineStr">
         <is>
-          <t>Worldviews and Identity Discernment of Muslim Youth</t>
+          <t>Kültür ve Mekan Araştırmaları</t>
         </is>
       </c>
       <c r="C1587" s="1">
-        <v>255</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1588" spans="1:3">
       <c r="A1588" s="1" t="inlineStr">
         <is>
-          <t>9786257589338</t>
+          <t>9786254335747</t>
         </is>
       </c>
       <c r="B1588" s="1" t="inlineStr">
         <is>
-          <t>Değerler ve Medya</t>
+          <t>Devletler ve Aktörler</t>
         </is>
       </c>
       <c r="C1588" s="1">
-        <v>180</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1589" spans="1:3">
       <c r="A1589" s="1" t="inlineStr">
         <is>
-          <t>9786257589796</t>
+          <t>9786254335921</t>
         </is>
       </c>
       <c r="B1589" s="1" t="inlineStr">
         <is>
-          <t>Sürrealizm ve Markalaşma</t>
+          <t>Ekonominin Yeni Gücü - Kar Amacı Gütmeyen Sektör</t>
         </is>
       </c>
       <c r="C1589" s="1">
-        <v>255</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1590" spans="1:3">
       <c r="A1590" s="1" t="inlineStr">
         <is>
-          <t>9786257296502</t>
+          <t>9786254336201</t>
         </is>
       </c>
       <c r="B1590" s="1" t="inlineStr">
         <is>
-          <t>Etkili Okul ve Akademik Başarı</t>
+          <t>Türkiye'de Büyükşehir Belediyesi Kurma ve Genişletme Politikası</t>
         </is>
       </c>
       <c r="C1590" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1591" spans="1:3">
       <c r="A1591" s="1" t="inlineStr">
         <is>
-          <t>9786257566032</t>
+          <t>9786254335655</t>
         </is>
       </c>
       <c r="B1591" s="1" t="inlineStr">
         <is>
-          <t>Marka Algısı ve Hizmet Kalitesinin Müşteri Bağlılığına Etkileri</t>
+          <t>Göbeklitepe’den Antroposen’e Yerkürede İnsan</t>
         </is>
       </c>
       <c r="C1591" s="1">
-        <v>205</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1592" spans="1:3">
       <c r="A1592" s="1" t="inlineStr">
         <is>
-          <t>9786257566193</t>
+          <t>9786254178276</t>
         </is>
       </c>
       <c r="B1592" s="1" t="inlineStr">
         <is>
-          <t>Enerji Güvenliği Enerji Aktörü Olarak Türkiye</t>
+          <t>Yeşil Hastane</t>
         </is>
       </c>
       <c r="C1592" s="1">
-        <v>205</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1593" spans="1:3">
       <c r="A1593" s="1" t="inlineStr">
         <is>
-          <t>9786257589406</t>
+          <t>9786254270789</t>
         </is>
       </c>
       <c r="B1593" s="1" t="inlineStr">
         <is>
-          <t>Kamu Yönetiminde Değişim Olgusu</t>
+          <t>Yükseköğretim Kurumlarında Risk, Kalite ve Süreç Temelli Yönetim Modeli</t>
         </is>
       </c>
       <c r="C1593" s="1">
-        <v>280</v>
+        <v>505</v>
       </c>
     </row>
     <row r="1594" spans="1:3">
       <c r="A1594" s="1" t="inlineStr">
         <is>
-          <t>9786257296021</t>
+          <t>9786254334221</t>
         </is>
       </c>
       <c r="B1594" s="1" t="inlineStr">
         <is>
-          <t>Mycetozoa of Turkey</t>
+          <t>Türkiye’de Hekimlik Mesleği - Meslek Kültürü Açısından Bir Değerlendirme</t>
         </is>
       </c>
       <c r="C1594" s="1">
-        <v>280</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1595" spans="1:3">
       <c r="A1595" s="1" t="inlineStr">
         <is>
-          <t>9786254398308</t>
+          <t>9786254334825</t>
         </is>
       </c>
       <c r="B1595" s="1" t="inlineStr">
         <is>
-          <t>Çalışan Deneyimi ve Yeni İnsan Kaynakları Yönetimi</t>
+          <t>Espora Multidisipliner Yaklaşımlar</t>
         </is>
       </c>
       <c r="C1595" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1596" spans="1:3">
       <c r="A1596" s="1" t="inlineStr">
         <is>
-          <t>9786257363723</t>
+          <t>9786254335945</t>
         </is>
       </c>
       <c r="B1596" s="1" t="inlineStr">
         <is>
-          <t>Yaşlanma Sürecinin Biyopolitikası</t>
+          <t>Global Competition Stage - Developıng Africa - Opportunities, Threats, Competitors Case Study Türkiye</t>
         </is>
       </c>
       <c r="C1596" s="1">
-        <v>290</v>
+        <v>470</v>
       </c>
     </row>
     <row r="1597" spans="1:3">
       <c r="A1597" s="1" t="inlineStr">
         <is>
-          <t>9786257363006</t>
+          <t>9786254335402</t>
         </is>
       </c>
       <c r="B1597" s="1" t="inlineStr">
         <is>
-          <t>Regional Power Politics: Conflict and Cooperation</t>
+          <t>Kara Mürver: Meyve mi İlaç mı?</t>
         </is>
       </c>
       <c r="C1597" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1598" spans="1:3">
       <c r="A1598" s="1" t="inlineStr">
         <is>
-          <t>9786257363327</t>
+          <t>9786254334092</t>
         </is>
       </c>
       <c r="B1598" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık Değişim ve Maneviyat</t>
+          <t>Otizmli Çocuğa Sahip Olmak</t>
         </is>
       </c>
       <c r="C1598" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1599" spans="1:3">
       <c r="A1599" s="1" t="inlineStr">
         <is>
-          <t>9786257363204</t>
+          <t>9786254335594</t>
         </is>
       </c>
       <c r="B1599" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bilimlerinde Adalet Kavramı ve Yabancılaşma Sorunu</t>
+          <t>Sosyal Bilimler Metodolojisinde Yeni Bir Uygulama Örneği: Bulanık Küme Tekniğiyle Kentsel Dönüşüme Bakış</t>
         </is>
       </c>
       <c r="C1599" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1600" spans="1:3">
       <c r="A1600" s="1" t="inlineStr">
         <is>
-          <t>9786257363051</t>
+          <t>9786254335761</t>
         </is>
       </c>
       <c r="B1600" s="1" t="inlineStr">
         <is>
-          <t>Tying The Knot: A Comparison of Marriage Shows in Two Culture</t>
+          <t>Richmond Minimal Yüzeyler Ailesi ve Cebirsel Yüzeyleri</t>
         </is>
       </c>
       <c r="C1600" s="1">
-        <v>215</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1601" spans="1:3">
       <c r="A1601" s="1" t="inlineStr">
         <is>
-          <t>9786257677837</t>
+          <t>9786254335419</t>
         </is>
       </c>
       <c r="B1601" s="1" t="inlineStr">
         <is>
-          <t>Reklamın Dünyasında Zaman</t>
+          <t>Methods &amp; Approaches in English Language Education in Türkiye</t>
         </is>
       </c>
       <c r="C1601" s="1">
-        <v>205</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1602" spans="1:3">
       <c r="A1602" s="1" t="inlineStr">
         <is>
-          <t>9786257363082</t>
+          <t>9786254334948</t>
         </is>
       </c>
       <c r="B1602" s="1" t="inlineStr">
         <is>
-          <t>Sen Ne Yap Biliyor Musun?</t>
+          <t>İktisadi ve Finansal Konular Üzerine Çalışmalar</t>
         </is>
       </c>
       <c r="C1602" s="1">
-        <v>270</v>
+        <v>345</v>
       </c>
     </row>
     <row r="1603" spans="1:3">
       <c r="A1603" s="1" t="inlineStr">
         <is>
-          <t>9786257677370</t>
+          <t>9786254334894</t>
         </is>
       </c>
       <c r="B1603" s="1" t="inlineStr">
         <is>
-          <t>Orta Asya’da ve Kırgızistan’da İslami Finansın Gelişimi Muhasebe Sistemi ve Halkın Bakış Açısı Üzeri</t>
+          <t>Uzun Yaşam İçin Fonksiyonel Bitki Bazlı Beslenme - Kalorileri Değil Renkleri Say</t>
         </is>
       </c>
       <c r="C1603" s="1">
-        <v>125</v>
+        <v>590</v>
       </c>
     </row>
     <row r="1604" spans="1:3">
       <c r="A1604" s="1" t="inlineStr">
         <is>
-          <t>9786257677202</t>
+          <t>9786257677080</t>
         </is>
       </c>
       <c r="B1604" s="1" t="inlineStr">
         <is>
-          <t>Pierre Loti’nin Gözüyle Türkiye ve Batı Medeniyeti</t>
+          <t>Comparative Modernisation</t>
         </is>
       </c>
       <c r="C1604" s="1">
-        <v>255</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1605" spans="1:3">
       <c r="A1605" s="1" t="inlineStr">
         <is>
-          <t>9786257296519</t>
+          <t>9786254334856</t>
         </is>
       </c>
       <c r="B1605" s="1" t="inlineStr">
         <is>
-          <t>Kamu Harcamaları ve Ekonomik Büyüme Arasındaki İlişki</t>
+          <t>Dijidrama Ve Akran Zorbalığı: Sınıfta Ve Ekranda Yaratıcı Drama</t>
         </is>
       </c>
       <c r="C1605" s="1">
-        <v>170</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1606" spans="1:3">
       <c r="A1606" s="1" t="inlineStr">
         <is>
-          <t>9786257296540</t>
+          <t>9786254333729</t>
         </is>
       </c>
       <c r="B1606" s="1" t="inlineStr">
         <is>
-          <t>Ekonometride Ampirik Çalışmalar</t>
+          <t>Markalaşma Vizyonuyla Uşak Kenti</t>
         </is>
       </c>
       <c r="C1606" s="1">
-        <v>290</v>
+        <v>555</v>
       </c>
     </row>
     <row r="1607" spans="1:3">
       <c r="A1607" s="1" t="inlineStr">
         <is>
-          <t>9786257677608</t>
+          <t>9786254334269</t>
         </is>
       </c>
       <c r="B1607" s="1" t="inlineStr">
         <is>
-          <t>Kaostan Yaratıma: Postmodernizm ve Rus Edebiyatına Yansımaları</t>
+          <t>Bts Ve Army K-pop Hayranlığı Üzerinde Sosyolojik Bir İnceleme</t>
         </is>
       </c>
       <c r="C1607" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="1608" spans="1:3">
       <c r="A1608" s="1" t="inlineStr">
         <is>
-          <t>9786257677677</t>
+          <t>9786254334986</t>
         </is>
       </c>
       <c r="B1608" s="1" t="inlineStr">
         <is>
-          <t>Purchasing Power Parity in a Spatial Perspective</t>
+          <t>Gözlemlenen Bir Çocuğun Gelişimi (Şiir)</t>
         </is>
       </c>
       <c r="C1608" s="1">
-        <v>190</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1609" spans="1:3">
       <c r="A1609" s="1" t="inlineStr">
         <is>
-          <t>9786257677691</t>
+          <t>9786254334597</t>
         </is>
       </c>
       <c r="B1609" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin İki Yanlı Ticaretindeki J ve S Eğrisi ve Harberger - Laursen - Metzler Etkilerinin Analizi</t>
+          <t>Orak Hücre Anemisinde Ağrı Krizi ve Bilişsel Davranışçı Terapi</t>
         </is>
       </c>
       <c r="C1609" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1610" spans="1:3">
       <c r="A1610" s="1" t="inlineStr">
         <is>
-          <t>9786257296816</t>
+          <t>9786254335006</t>
         </is>
       </c>
       <c r="B1610" s="1" t="inlineStr">
         <is>
-          <t>Lojistikte Farklı Yaklaşımlar</t>
+          <t>Governing Islam in France and Russia</t>
         </is>
       </c>
       <c r="C1610" s="1">
-        <v>205</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1611" spans="1:3">
       <c r="A1611" s="1" t="inlineStr">
         <is>
-          <t>9786257677578</t>
+          <t>9786254333477</t>
         </is>
       </c>
       <c r="B1611" s="1" t="inlineStr">
         <is>
-          <t>Değişen Dünya Düzeninde Yeni Tüketiciler</t>
+          <t>Terörizm ve Yalnız Kurtlar</t>
         </is>
       </c>
       <c r="C1611" s="1">
-        <v>245</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1612" spans="1:3">
       <c r="A1612" s="1" t="inlineStr">
         <is>
-          <t>9786257677912</t>
+          <t>9786254333835</t>
         </is>
       </c>
       <c r="B1612" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Krizler ve İnsan Kaynakları Yönetimi</t>
+          <t>İdeolojik İletişim Ve Muhafazakar Sanat - Hasan Nail Canat</t>
         </is>
       </c>
       <c r="C1612" s="1">
-        <v>245</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1613" spans="1:3">
       <c r="A1613" s="1" t="inlineStr">
         <is>
-          <t>9786257677295</t>
+          <t>9786254334290</t>
         </is>
       </c>
       <c r="B1613" s="1" t="inlineStr">
         <is>
-          <t>The Esintiler</t>
+          <t>The Dynamic Development of Student Immunity in Language Learning</t>
         </is>
       </c>
       <c r="C1613" s="1">
-        <v>300</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1614" spans="1:3">
       <c r="A1614" s="1" t="inlineStr">
         <is>
-          <t>9786257677790</t>
+          <t>9786254332913</t>
         </is>
       </c>
       <c r="B1614" s="1" t="inlineStr">
         <is>
-          <t>Turkey’s Security: New Threats Indigenous Solutions and Overseas Stretch</t>
+          <t>İş Hayatında Bağlılık ve Tükenmişlik</t>
         </is>
       </c>
       <c r="C1614" s="1">
         <v>195</v>
       </c>
     </row>
     <row r="1615" spans="1:3">
       <c r="A1615" s="1" t="inlineStr">
         <is>
-          <t>9786257677332</t>
+          <t>9786254332937</t>
         </is>
       </c>
       <c r="B1615" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle Tuz</t>
+          <t>Succes with Virtual Management</t>
         </is>
       </c>
       <c r="C1615" s="1">
-        <v>280</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1616" spans="1:3">
       <c r="A1616" s="1" t="inlineStr">
         <is>
-          <t>9786257296786</t>
+          <t>9786254334078</t>
         </is>
       </c>
       <c r="B1616" s="1" t="inlineStr">
         <is>
-          <t>İki Darbe Arasında Türkiye’nin Suriye Politikası (1960-1980)</t>
+          <t>Antik Yunan’da Felsefe, Bilim ve Sanat</t>
         </is>
       </c>
       <c r="C1616" s="1">
-        <v>320</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1617" spans="1:3">
       <c r="A1617" s="1" t="inlineStr">
         <is>
-          <t>9786257296281</t>
+          <t>9786254332593</t>
         </is>
       </c>
       <c r="B1617" s="1" t="inlineStr">
         <is>
-          <t>İran ve Suudi Arabistan İlişkileri</t>
+          <t>Küresel Rekabet Ortamında Birlikte Rekabet: İhracatta Kümelenme Yaklaşımı</t>
         </is>
       </c>
       <c r="C1617" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1618" spans="1:3">
       <c r="A1618" s="1" t="inlineStr">
         <is>
-          <t>9786257296267</t>
+          <t>9786254333538</t>
         </is>
       </c>
       <c r="B1618" s="1" t="inlineStr">
         <is>
-          <t>Post-Method Pedagogies for English Language Teaching: Emerging Research and Opportunities</t>
+          <t>28 Şubat Bir Darbeden Çok Fazlası</t>
         </is>
       </c>
       <c r="C1618" s="1">
-        <v>245</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1619" spans="1:3">
       <c r="A1619" s="1" t="inlineStr">
         <is>
-          <t>9786254067228</t>
+          <t>9786254333590</t>
         </is>
       </c>
       <c r="B1619" s="1" t="inlineStr">
         <is>
-          <t>Piyanonun Osmanlı’daki Serüveni</t>
+          <t>Medya Okuyan ve Medyayla İlgilenenlerin El Kitabı - Medya Ve İletişim</t>
         </is>
       </c>
       <c r="C1619" s="1">
-        <v>265</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1620" spans="1:3">
       <c r="A1620" s="1" t="inlineStr">
         <is>
-          <t>9786257296861</t>
+          <t>9786254334016</t>
         </is>
       </c>
       <c r="B1620" s="1" t="inlineStr">
         <is>
-          <t>Highly-Skilled Immigrants, Science Cities and Japan</t>
+          <t>1952'den 2022'ye NATO ve Türkiye</t>
         </is>
       </c>
       <c r="C1620" s="1">
-        <v>195</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1621" spans="1:3">
       <c r="A1621" s="1" t="inlineStr">
         <is>
-          <t>9786257296885</t>
+          <t>9786254334245</t>
         </is>
       </c>
       <c r="B1621" s="1" t="inlineStr">
         <is>
-          <t>International Students, MEXT Scholarship, and Japan</t>
+          <t>Sosyal Mühendislik, Bilgi Güvenliği ve Endüstri 4.0</t>
         </is>
       </c>
       <c r="C1621" s="1">
-        <v>165</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1622" spans="1:3">
       <c r="A1622" s="1" t="inlineStr">
         <is>
-          <t>9786257677059</t>
+          <t>9786254334337</t>
         </is>
       </c>
       <c r="B1622" s="1" t="inlineStr">
         <is>
-          <t>Contemporary Approaches in the Field of Economy Finance and Management</t>
+          <t>Yurt Dışında Türk Dizileri ve Kültürel Diplomasi</t>
         </is>
       </c>
       <c r="C1622" s="1">
-        <v>170</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1623" spans="1:3">
       <c r="A1623" s="1" t="inlineStr">
         <is>
-          <t>9786257677233</t>
+          <t>9786254332906</t>
         </is>
       </c>
       <c r="B1623" s="1" t="inlineStr">
         <is>
-          <t>Scientific Studies on the Edge of Global Warming</t>
+          <t>Contemporary Aspects of Entrepreneurship and Innovation Management</t>
         </is>
       </c>
       <c r="C1623" s="1">
-        <v>255</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1624" spans="1:3">
       <c r="A1624" s="1" t="inlineStr">
         <is>
-          <t>9786257296120</t>
+          <t>9786254334900</t>
         </is>
       </c>
       <c r="B1624" s="1" t="inlineStr">
         <is>
-          <t>Yüksek Yapılar ve İstanbul'un Değişen Kentsel İmgesi</t>
+          <t>Pazarlama Araştırması ve Analitiği</t>
         </is>
       </c>
       <c r="C1624" s="1">
-        <v>320</v>
+        <v>625</v>
       </c>
     </row>
     <row r="1625" spans="1:3">
       <c r="A1625" s="1" t="inlineStr">
         <is>
-          <t>9786257677318</t>
+          <t>9786254331534</t>
         </is>
       </c>
       <c r="B1625" s="1" t="inlineStr">
         <is>
-          <t>Siyaset Medya ve Seçmen</t>
+          <t>Elektronik Basında Tüketici Tercihleri Analizi</t>
         </is>
       </c>
       <c r="C1625" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1626" spans="1:3">
       <c r="A1626" s="1" t="inlineStr">
         <is>
-          <t>9786257677493</t>
+          <t>9786254333170</t>
         </is>
       </c>
       <c r="B1626" s="1" t="inlineStr">
         <is>
-          <t>Fluktika - Dokuz Dalgaboyu - Sekiz Aralık</t>
+          <t>İşyerlerinde Radyasyon Güvenliği</t>
         </is>
       </c>
       <c r="C1626" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1627" spans="1:3">
       <c r="A1627" s="1" t="inlineStr">
         <is>
-          <t>9786257296304</t>
+          <t>9786254332876</t>
         </is>
       </c>
       <c r="B1627" s="1" t="inlineStr">
         <is>
-          <t>Rekreasyon</t>
+          <t>Kadın Emeği: Türk Bankacılık Sektörüne Bir Bakış</t>
         </is>
       </c>
       <c r="C1627" s="1">
-        <v>380</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1628" spans="1:3">
       <c r="A1628" s="1" t="inlineStr">
         <is>
-          <t>9786257203494</t>
+          <t>9786254332043</t>
         </is>
       </c>
       <c r="B1628" s="1" t="inlineStr">
         <is>
-          <t>Azerbaycan - ABD İlişkileri ve Azerbaycan'da ABD İmajı (1991-2010)</t>
+          <t>Osmanlı'dan Günümüze Validebağ Korusu</t>
         </is>
       </c>
       <c r="C1628" s="1">
-        <v>255</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1629" spans="1:3">
       <c r="A1629" s="1" t="inlineStr">
         <is>
-          <t>9786257296939</t>
+          <t>9786254333224</t>
         </is>
       </c>
       <c r="B1629" s="1" t="inlineStr">
         <is>
-          <t>Dijitalleşme Eğilimleri</t>
+          <t>Tadın Gücü</t>
         </is>
       </c>
       <c r="C1629" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1630" spans="1:3">
       <c r="A1630" s="1" t="inlineStr">
         <is>
-          <t>9786257296144</t>
+          <t>9786254332104</t>
         </is>
       </c>
       <c r="B1630" s="1" t="inlineStr">
         <is>
-          <t>Osmanlı Devleti'nde Uzaktan Eğitim 1902-1907</t>
+          <t>Finansta Bugünü Geçmişte Bırakan Zeka</t>
         </is>
       </c>
       <c r="C1630" s="1">
-        <v>240</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1631" spans="1:3">
       <c r="A1631" s="1" t="inlineStr">
         <is>
-          <t>9786257296564</t>
+          <t>9786254333934</t>
         </is>
       </c>
       <c r="B1631" s="1" t="inlineStr">
         <is>
-          <t>Din Eğitiminin Sosyal Medya Kullanımına Etkisi</t>
+          <t>Eğitim Örgütlerinde Kurumsallaşma</t>
         </is>
       </c>
       <c r="C1631" s="1">
-        <v>205</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1632" spans="1:3">
       <c r="A1632" s="1" t="inlineStr">
         <is>
-          <t>9786257677523</t>
+          <t>9786254332562</t>
         </is>
       </c>
       <c r="B1632" s="1" t="inlineStr">
         <is>
-          <t>Pandemi Döneminde İletişim Çalışmaları</t>
+          <t>İktisadi Konular Üzerine Seçme Yazılar</t>
         </is>
       </c>
       <c r="C1632" s="1">
-        <v>255</v>
+        <v>375</v>
       </c>
     </row>
     <row r="1633" spans="1:3">
       <c r="A1633" s="1" t="inlineStr">
         <is>
-          <t>9786257296700</t>
+          <t>9786254333309</t>
         </is>
       </c>
       <c r="B1633" s="1" t="inlineStr">
         <is>
-          <t>Her Balık Çağlayan Çıkar</t>
+          <t>Sağlık Hizmetleri Pazarlamasında Dijital Dönüşüm Ve Çevrim İçi Uygulamalar</t>
         </is>
       </c>
       <c r="C1633" s="1">
-        <v>215</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1634" spans="1:3">
       <c r="A1634" s="1" t="inlineStr">
         <is>
-          <t>9786059663090</t>
+          <t>9786254333323</t>
         </is>
       </c>
       <c r="B1634" s="1" t="inlineStr">
         <is>
-          <t>Denetimde Blokzincir Teknolojisinin Uygulanması ve Denetim Mesleğinin Geleceği</t>
+          <t>ÇKKV Yöntemleri Matematiksel Modelleme Ve CBS İle Jandarma Karakolu Kuruluş Yeri Seçimi</t>
         </is>
       </c>
       <c r="C1634" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1635" spans="1:3">
       <c r="A1635" s="1" t="inlineStr">
         <is>
-          <t>9786257296441</t>
+          <t>9786254333453</t>
         </is>
       </c>
       <c r="B1635" s="1" t="inlineStr">
         <is>
-          <t>Maliyet Yönetiminde Değer Mühendisliği ve Kalite Maliyetleri</t>
+          <t>Disiplinlerarası İmaj Çalışmaları</t>
         </is>
       </c>
       <c r="C1635" s="1">
-        <v>170</v>
+        <v>295</v>
       </c>
     </row>
     <row r="1636" spans="1:3">
       <c r="A1636" s="1" t="inlineStr">
         <is>
-          <t>9786257296380</t>
+          <t>9786254332852</t>
         </is>
       </c>
       <c r="B1636" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Bağlılık ve İş Tatmininin İşten Ayrılma Niyeti Üzerindeki Etkisinin İncelenmesi</t>
+          <t>Medya İletişim ve Örgütsel Davranış</t>
         </is>
       </c>
       <c r="C1636" s="1">
-        <v>215</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1637" spans="1:3">
       <c r="A1637" s="1" t="inlineStr">
         <is>
-          <t>9786257296953</t>
+          <t>9786254333262</t>
         </is>
       </c>
       <c r="B1637" s="1" t="inlineStr">
         <is>
-          <t>Panik Bozukluğa Psikodinamik Bakış</t>
+          <t>Tourism Industry a Key Value Driver to Economic Growth and Development - A Case of North Cyprus</t>
         </is>
       </c>
       <c r="C1637" s="1">
-        <v>205</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1638" spans="1:3">
       <c r="A1638" s="1" t="inlineStr">
         <is>
-          <t>9786257677417</t>
+          <t>9786254331510</t>
         </is>
       </c>
       <c r="B1638" s="1" t="inlineStr">
         <is>
-          <t>COVID-19 Salgınının İşletme Dünyasına Yansımaları</t>
+          <t>Biyolojik ve Kültürel Antropolojik Boyutlarıyla Beslenme</t>
         </is>
       </c>
       <c r="C1638" s="1">
-        <v>245</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1639" spans="1:3">
       <c r="A1639" s="1" t="inlineStr">
         <is>
-          <t>9786257296465</t>
+          <t>9786254331763</t>
         </is>
       </c>
       <c r="B1639" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Gelişim ve Davranış Portföyünden Bilinmeyen Nesillere X, Y, Z Buketi</t>
+          <t>Yeşil İşler’e Doğru - Sürdürülebilir Gelişme ve Yeşil Ekonomi</t>
         </is>
       </c>
       <c r="C1639" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="1640" spans="1:3">
       <c r="A1640" s="1" t="inlineStr">
         <is>
-          <t>9786257296847</t>
+          <t>9786254330827</t>
         </is>
       </c>
       <c r="B1640" s="1" t="inlineStr">
         <is>
-          <t>Kızılırmak Havzasının Coğrafi Tarihine Bakış</t>
+          <t>Harezm Türkçesiyle Yazılmış Cümcüme Sultan Hikayesi</t>
         </is>
       </c>
       <c r="C1640" s="1">
-        <v>305</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1641" spans="1:3">
       <c r="A1641" s="1" t="inlineStr">
         <is>
-          <t>9786257296052</t>
+          <t>9786254333491</t>
         </is>
       </c>
       <c r="B1641" s="1" t="inlineStr">
         <is>
-          <t>Yabancı Futbolcu Statüsü ve Başarı İlişkisi</t>
+          <t>Bir Meçhul Aleme Giderken Sinema - Farklı Okumalarla Bir Film: Seni Buldum Ya!</t>
         </is>
       </c>
       <c r="C1641" s="1">
-        <v>125</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1642" spans="1:3">
       <c r="A1642" s="1" t="inlineStr">
         <is>
-          <t>9786257126168</t>
+          <t>9786254331909</t>
         </is>
       </c>
       <c r="B1642" s="1" t="inlineStr">
         <is>
-          <t>Muhasebe Finans Perspektifinde E-Dönüşüm Süreci</t>
+          <t>Etik Liderlik ve Örgütsel Adalet Algısının Örgütsel Sinizm Davranışlarına Etkisi</t>
         </is>
       </c>
       <c r="C1642" s="1">
-        <v>245</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1643" spans="1:3">
       <c r="A1643" s="1" t="inlineStr">
         <is>
-          <t>9786257258418</t>
+          <t>9786254332340</t>
         </is>
       </c>
       <c r="B1643" s="1" t="inlineStr">
         <is>
-          <t>Grupla Psikolojik Danışmanın Bireylerin Kaygı ve Uyum Düzeyleri Üzerindeki Etkisi</t>
+          <t>Güncel ve Uygulamalı Çok Kriterli Karar Verme Yöntemleri</t>
         </is>
       </c>
       <c r="C1643" s="1">
-        <v>150</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1644" spans="1:3">
       <c r="A1644" s="1" t="inlineStr">
         <is>
-          <t>9786257258128</t>
+          <t>9786254332296</t>
         </is>
       </c>
       <c r="B1644" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Devletin Görünmez Kahramanları</t>
+          <t>Lüks Tüketim Eğiliminin Vitrini Çocuklar: Ebeveynler Üzerine Bir Araştırma</t>
         </is>
       </c>
       <c r="C1644" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1645" spans="1:3">
       <c r="A1645" s="1" t="inlineStr">
         <is>
-          <t>9786257258470</t>
+          <t>9786257589062</t>
         </is>
       </c>
       <c r="B1645" s="1" t="inlineStr">
         <is>
-          <t>Yaş Kuşaklarının Rekreasyon Etkinliklerine Bakışı</t>
+          <t>Kadın Yoksulluğu Sorunu ve Mücadele</t>
         </is>
       </c>
       <c r="C1645" s="1">
-        <v>215</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1646" spans="1:3">
       <c r="A1646" s="1" t="inlineStr">
         <is>
-          <t>9786257258593</t>
+          <t>9786257258739</t>
         </is>
       </c>
       <c r="B1646" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Algısı ve Negatif eWOM</t>
+          <t>Yerelden Uluslararası Düzlemlere Suriye Krizinin Dönüşümü</t>
         </is>
       </c>
       <c r="C1646" s="1">
-        <v>205</v>
+        <v>440</v>
       </c>
     </row>
     <row r="1647" spans="1:3">
       <c r="A1647" s="1" t="inlineStr">
         <is>
-          <t>9786257258357</t>
+          <t>9786257363969</t>
         </is>
       </c>
       <c r="B1647" s="1" t="inlineStr">
         <is>
-          <t>Türkiye GSM Piyasasının Piyasa Teorileri Bağlamında Anylogic ile Simülasyonu</t>
+          <t>19. Yüzyıl Rus Öyküsünde Müzik İzleği - 1</t>
         </is>
       </c>
       <c r="C1647" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1648" spans="1:3">
       <c r="A1648" s="1" t="inlineStr">
         <is>
-          <t>9786257258531</t>
+          <t>9786257566346</t>
         </is>
       </c>
       <c r="B1648" s="1" t="inlineStr">
         <is>
-          <t>ABD Petrol Tedariği Çeşitlendirme Motivasyonlarına NEO-COX’çu Yaklaşım</t>
+          <t>Vandalizm - Tarihi Adlara Karşı Soykırım</t>
         </is>
       </c>
       <c r="C1648" s="1">
-        <v>220</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1649" spans="1:3">
       <c r="A1649" s="1" t="inlineStr">
         <is>
-          <t>9786257203845</t>
+          <t>9786257258913</t>
         </is>
       </c>
       <c r="B1649" s="1" t="inlineStr">
         <is>
-          <t>Siyasal Düşüncenin Değişiminde Sınıf, Siyaset, Devlet</t>
+          <t>Uzay Hukuku ve Türkiye</t>
         </is>
       </c>
       <c r="C1649" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1650" spans="1:3">
       <c r="A1650" s="1" t="inlineStr">
         <is>
-          <t>9786257258012</t>
+          <t>9786257677356</t>
         </is>
       </c>
       <c r="B1650" s="1" t="inlineStr">
         <is>
-          <t>Modern Seçim Kampanyaları ve Politik Pazarlama Amaçlı Halkla İlişkiler</t>
+          <t>Türkiye'de Reel Sektör Firmaları Açısından Borç Dolarizasyonunun Değerlendirilmesi: TCMB Sektör Bilançosu Örneği</t>
         </is>
       </c>
       <c r="C1650" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1651" spans="1:3">
       <c r="A1651" s="1" t="inlineStr">
         <is>
-          <t>9786257203760</t>
+          <t>9786254330162</t>
         </is>
       </c>
       <c r="B1651" s="1" t="inlineStr">
         <is>
-          <t>Özgürlük Kavramının Düşünsel Dayanakları</t>
+          <t>Türkçede Olumsuzluk - Eşzamanlı İşlevsel Bir İnceleme</t>
         </is>
       </c>
       <c r="C1651" s="1">
-        <v>245</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1652" spans="1:3">
       <c r="A1652" s="1" t="inlineStr">
         <is>
-          <t>9786257258234</t>
+          <t>9786257566988</t>
         </is>
       </c>
       <c r="B1652" s="1" t="inlineStr">
         <is>
-          <t>Researches on Financial Performance</t>
+          <t>Türk Sinemasında Üslup Ve Teknik Olanaklar - Kameramanlıktan Görüntü Yönetmenliğine</t>
         </is>
       </c>
       <c r="C1652" s="1">
-        <v>245</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1653" spans="1:3">
       <c r="A1653" s="1" t="inlineStr">
         <is>
-          <t>9786257203913</t>
+          <t>9786257258753</t>
         </is>
       </c>
       <c r="B1653" s="1" t="inlineStr">
         <is>
-          <t>Finansal Performans Araştırmalarında Güncel Yaklaşımlar</t>
+          <t>Türk Modernleşmesinde Devlet, Toplum ve Ekonomi</t>
         </is>
       </c>
       <c r="C1653" s="1">
-        <v>290</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1654" spans="1:3">
       <c r="A1654" s="1" t="inlineStr">
         <is>
-          <t>9786257203975</t>
+          <t>9786257363105</t>
         </is>
       </c>
       <c r="B1654" s="1" t="inlineStr">
         <is>
-          <t>Liberal ve Komüniteryan Çokkültürlülük</t>
+          <t>Türk İşletme Grupları</t>
         </is>
       </c>
       <c r="C1654" s="1">
-        <v>280</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1655" spans="1:3">
       <c r="A1655" s="1" t="inlineStr">
         <is>
-          <t>9786257203876</t>
+          <t>9786257258791</t>
         </is>
       </c>
       <c r="B1655" s="1" t="inlineStr">
         <is>
-          <t>Borsaya Kote İmalat Sektörü Firmalarının Risk Analizi</t>
+          <t>Türk İdare Teşkilatında Rasyonalizasyon Leimgruber Raporu</t>
         </is>
       </c>
       <c r="C1655" s="1">
-        <v>215</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1656" spans="1:3">
       <c r="A1656" s="1" t="inlineStr">
         <is>
-          <t>9786257203616</t>
+          <t>9786257296007</t>
         </is>
       </c>
       <c r="B1656" s="1" t="inlineStr">
         <is>
-          <t>Firmalarda Ticari Borç ve Alacak Yönetimi</t>
+          <t>Türk Edebiyatında Vatan ve Vatanseverlik (1839-1918)</t>
         </is>
       </c>
       <c r="C1656" s="1">
-        <v>195</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1657" spans="1:3">
       <c r="A1657" s="1" t="inlineStr">
         <is>
-          <t>9786257203050</t>
+          <t>9786257363846</t>
         </is>
       </c>
       <c r="B1657" s="1" t="inlineStr">
         <is>
-          <t>Aklın Yolu 1</t>
+          <t>Toplumsal Bellek ve Yıldönümü Gazeteciliği: Şafak Nöbeti</t>
         </is>
       </c>
       <c r="C1657" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="1658" spans="1:3">
       <c r="A1658" s="1" t="inlineStr">
         <is>
-          <t>9786257203784</t>
+          <t>9786257258876</t>
         </is>
       </c>
       <c r="B1658" s="1" t="inlineStr">
         <is>
-          <t>Siber Zorbalık</t>
+          <t>The Role of Soft Power in Qatar’s Foreign Policy</t>
         </is>
       </c>
       <c r="C1658" s="1">
-        <v>170</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1659" spans="1:3">
       <c r="A1659" s="1" t="inlineStr">
         <is>
-          <t>9786257203579</t>
+          <t>9786257677639</t>
         </is>
       </c>
       <c r="B1659" s="1" t="inlineStr">
         <is>
-          <t>Temel Matlab</t>
+          <t>The Philosophical Methodology for Designing Highly Accurate Laser Tomography</t>
         </is>
       </c>
       <c r="C1659" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1660" spans="1:3">
       <c r="A1660" s="1" t="inlineStr">
         <is>
-          <t>9786257203456</t>
+          <t>9786257363679</t>
         </is>
       </c>
       <c r="B1660" s="1" t="inlineStr">
         <is>
-          <t>Tarihsel Maddecilik ve Dr. Hikmet Kıvılcımlı’nın Tarih Tezi’nin Siyasetine Etkisi (1950-1971)</t>
+          <t>Tekstil Ürünleri İçin Dijital Ortamda Pazarlama</t>
         </is>
       </c>
       <c r="C1660" s="1">
-        <v>255</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1661" spans="1:3">
       <c r="A1661" s="1" t="inlineStr">
         <is>
-          <t>9786257126557</t>
+          <t>9786257363518</t>
         </is>
       </c>
       <c r="B1661" s="1" t="inlineStr">
         <is>
-          <t>Medya Endüstrisinde Freelance Gazetecilerin İşgücü Piyasası Analizi</t>
+          <t>Teknoloji, Yenilik ve Büyüme</t>
         </is>
       </c>
       <c r="C1661" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1662" spans="1:3">
       <c r="A1662" s="1" t="inlineStr">
         <is>
-          <t>9786257203012</t>
+          <t>9786257677813</t>
         </is>
       </c>
       <c r="B1662" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimler Ekonomisi ve Tartışmalar</t>
+          <t>Şiir Tadında Divan-ı Hikmet: Ahmed Yesevi</t>
         </is>
       </c>
       <c r="C1662" s="1">
-        <v>150</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1663" spans="1:3">
       <c r="A1663" s="1" t="inlineStr">
         <is>
-          <t>9786257126441</t>
+          <t>9786257296359</t>
         </is>
       </c>
       <c r="B1663" s="1" t="inlineStr">
         <is>
-          <t>Putin Dönemi</t>
+          <t>Şehir Marka Değerinin Şehir Sakinlerinin Memnuniyetine Etkisi</t>
         </is>
       </c>
       <c r="C1663" s="1">
-        <v>380</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1664" spans="1:3">
       <c r="A1664" s="1" t="inlineStr">
         <is>
-          <t>9786257126076</t>
+          <t>9786257258449</t>
         </is>
       </c>
       <c r="B1664" s="1" t="inlineStr">
         <is>
-          <t>Fikirden Eyleme Kobi'lerde Yönetim</t>
+          <t>Sürdürülebilir Kalkınma Disiplinlerarası Yaklaşım</t>
         </is>
       </c>
       <c r="C1664" s="1">
-        <v>205</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1665" spans="1:3">
       <c r="A1665" s="1" t="inlineStr">
         <is>
-          <t>9786257126304</t>
+          <t>9786257258494</t>
         </is>
       </c>
       <c r="B1665" s="1" t="inlineStr">
         <is>
-          <t>İş Ekosistemleri</t>
+          <t>Suriyeli Sığınmacılara Yönelik Güvenlik Algısı</t>
         </is>
       </c>
       <c r="C1665" s="1">
-        <v>225</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1666" spans="1:3">
       <c r="A1666" s="1" t="inlineStr">
         <is>
-          <t>9786257126069</t>
+          <t>9786057662316</t>
         </is>
       </c>
       <c r="B1666" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kamu Yönetiminde Koordinasyon</t>
+          <t>Spor Yöneticilerinin Öz Yeterlilik İnancı ve Öz Liderlik</t>
         </is>
       </c>
       <c r="C1666" s="1">
-        <v>245</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1667" spans="1:3">
       <c r="A1667" s="1" t="inlineStr">
         <is>
-          <t>9786257126199</t>
+          <t>9786257589147</t>
         </is>
       </c>
       <c r="B1667" s="1" t="inlineStr">
         <is>
-          <t>Data, Information Knowledge Management</t>
+          <t>Siyasal Toplumsallaşma Sürecinde İmam Hatip Liseleri</t>
         </is>
       </c>
       <c r="C1667" s="1">
-        <v>400</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1668" spans="1:3">
       <c r="A1668" s="1" t="inlineStr">
         <is>
-          <t>9786257126281</t>
+          <t>9786257492614</t>
         </is>
       </c>
       <c r="B1668" s="1" t="inlineStr">
         <is>
-          <t>Malatya Kuru Kayısı Üreticiliği Ekonomisi</t>
+          <t>Sakin Kentlerde Çalışma Yaşamı Kalitesi Üzerine Nitel Bir Araştırma</t>
         </is>
       </c>
       <c r="C1668" s="1">
-        <v>320</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1669" spans="1:3">
       <c r="A1669" s="1" t="inlineStr">
         <is>
-          <t>9786257932837</t>
+          <t>9786257296243</t>
         </is>
       </c>
       <c r="B1669" s="1" t="inlineStr">
         <is>
-          <t>Lale Çılgınlığından Mortgage Krizine</t>
+          <t>Sağlıkta Kalite Yönetimi</t>
         </is>
       </c>
       <c r="C1669" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1670" spans="1:3">
       <c r="A1670" s="1" t="inlineStr">
         <is>
-          <t>9786257126212</t>
+          <t>9786257363549</t>
         </is>
       </c>
       <c r="B1670" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Girişimci Ve Yenilikçi Üniversitelerin Gömülü Teoriye Göre Değerlendirmesi Ve Bir Model Önerisi</t>
+          <t>Sağlığın Diplomatik Gücü</t>
         </is>
       </c>
       <c r="C1670" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1671" spans="1:3">
       <c r="A1671" s="1" t="inlineStr">
         <is>
-          <t>9786257932851</t>
+          <t>9786257492928</t>
         </is>
       </c>
       <c r="B1671" s="1" t="inlineStr">
         <is>
-          <t>Milli Güvenlik Stratejisi Açısından Hafız Esad Dönemi</t>
+          <t>Rüya Mimarisi</t>
         </is>
       </c>
       <c r="C1671" s="1">
-        <v>180</v>
+        <v>395</v>
       </c>
     </row>
     <row r="1672" spans="1:3">
       <c r="A1672" s="1" t="inlineStr">
         <is>
-          <t>9786257126311</t>
+          <t>9786257258944</t>
         </is>
       </c>
       <c r="B1672" s="1" t="inlineStr">
         <is>
-          <t>Ürün Adaptasyonu İle İhracat Performansı Arasındaki İlişki</t>
+          <t>Psikiyatrinin Türkiye'ye Girişi</t>
         </is>
       </c>
       <c r="C1672" s="1">
-        <v>205</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1673" spans="1:3">
       <c r="A1673" s="1" t="inlineStr">
         <is>
-          <t>9786257126205</t>
+          <t>9786257363167</t>
         </is>
       </c>
       <c r="B1673" s="1" t="inlineStr">
         <is>
-          <t>Çeviribilim Üzerine Kuramsal Çalışmalar</t>
+          <t>Postmodern Futbol</t>
         </is>
       </c>
       <c r="C1673" s="1">
-        <v>225</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1674" spans="1:3">
       <c r="A1674" s="1" t="inlineStr">
         <is>
-          <t>9786257126038</t>
+          <t>9786257363402</t>
         </is>
       </c>
       <c r="B1674" s="1" t="inlineStr">
         <is>
-          <t>Erkek Kayakçılarda Fiziksel Algılama ve Beden İmgesi - Türkiye Örneği</t>
+          <t>Postmenopozal Dönemde Rekreatif Yüzme Egzersizinin Psikososyal Etkisi</t>
         </is>
       </c>
       <c r="C1674" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1675" spans="1:3">
       <c r="A1675" s="1" t="inlineStr">
         <is>
-          <t>9786257126007</t>
+          <t>9786257492997</t>
         </is>
       </c>
       <c r="B1675" s="1" t="inlineStr">
         <is>
-          <t>Örgütsel Değişim Sinizmi ve Spor</t>
+          <t>Personality Traits And Consumer Decision-Making Styles</t>
         </is>
       </c>
       <c r="C1675" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1676" spans="1:3">
       <c r="A1676" s="1" t="inlineStr">
         <is>
-          <t>9786257126045</t>
+          <t>9786257363884</t>
         </is>
       </c>
       <c r="B1676" s="1" t="inlineStr">
         <is>
-          <t>Üniversite Gençliğinin Şiddete Eğiliminin Araştırılması</t>
+          <t>Öğrenci ve Öğretmen Duyguları ve Özyeterlik İnançları: Bir Alanyazın Çalışması</t>
         </is>
       </c>
       <c r="C1676" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1677" spans="1:3">
       <c r="A1677" s="1" t="inlineStr">
         <is>
-          <t>9786257932981</t>
+          <t>9786257363228</t>
         </is>
       </c>
       <c r="B1677" s="1" t="inlineStr">
         <is>
-          <t>Wellness Turizminde Sürdürülebilirlik Yönetimi</t>
+          <t>Osmanlı Döneminde Musul ve Kerkük Vakıfları</t>
         </is>
       </c>
       <c r="C1677" s="1">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1678" spans="1:3">
       <c r="A1678" s="1" t="inlineStr">
         <is>
-          <t>9786257126083</t>
+          <t>9786257363815</t>
         </is>
       </c>
       <c r="B1678" s="1" t="inlineStr">
         <is>
-          <t>Dijital Evrenin Yeni İletişim Kodları</t>
+          <t>Okul Yöneticilerinin Beden Eğitimi Dersine İlişkin Tutumlarının Bazı Değişkenlere Göre İncelenmesi</t>
         </is>
       </c>
       <c r="C1678" s="1">
-        <v>280</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1679" spans="1:3">
       <c r="A1679" s="1" t="inlineStr">
         <is>
-          <t>9786257932097</t>
+          <t>9786257363907</t>
         </is>
       </c>
       <c r="B1679" s="1" t="inlineStr">
         <is>
-          <t>Tanıtım Filmi</t>
+          <t>Medya, Siyaset, Toplum Ekseninde Dijitalleşme ve İnternet</t>
         </is>
       </c>
       <c r="C1679" s="1">
-        <v>190</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1680" spans="1:3">
       <c r="A1680" s="1" t="inlineStr">
         <is>
-          <t>9786257932479</t>
+          <t>9786257492430</t>
         </is>
       </c>
       <c r="B1680" s="1" t="inlineStr">
         <is>
-          <t>Pravention Kultur Erprobt</t>
+          <t>Markamın İsmi Ne Olsun?</t>
         </is>
       </c>
       <c r="C1680" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1681" spans="1:3">
       <c r="A1681" s="1" t="inlineStr">
         <is>
-          <t>9786257932363</t>
+          <t>9786257589000</t>
         </is>
       </c>
       <c r="B1681" s="1" t="inlineStr">
         <is>
-          <t>1930-1940 Yıllarında Urfa’da Fotoğraflarla 23 Nisan Ulusal Egemenlik Bayramları</t>
+          <t>Managerial Skills in The Wind of Management and Change in The 21St Century Business World</t>
         </is>
       </c>
       <c r="C1681" s="1">
-        <v>165</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1682" spans="1:3">
       <c r="A1682" s="1" t="inlineStr">
         <is>
-          <t>9786257932431</t>
+          <t>9786257296649</t>
         </is>
       </c>
       <c r="B1682" s="1" t="inlineStr">
         <is>
-          <t>Kitle Fonlaması: Paya Dayalı Modelde Başarı Faktörleri</t>
+          <t>Kültürel Zeka ve Kültürlerarası İletişim Kaygısı İlişkisi: Türkiye ve İngiltere Karşılaştırması</t>
         </is>
       </c>
       <c r="C1682" s="1">
-        <v>225</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1683" spans="1:3">
       <c r="A1683" s="1" t="inlineStr">
         <is>
-          <t>9786257932578</t>
+          <t>9786257363013</t>
         </is>
       </c>
       <c r="B1683" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Rekabet Gücü - İSO’ya Bağlı İmalat Sanayi Sektörlerinde Yapılan Analizler</t>
+          <t>Kuzey Kıbrıs Türk Cumhuriyeti'ndeki Okul Müdürlerinin Yönetsel Etkililikleri</t>
         </is>
       </c>
       <c r="C1683" s="1">
-        <v>195</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1684" spans="1:3">
       <c r="A1684" s="1" t="inlineStr">
         <is>
-          <t>9786257932844</t>
+          <t>9786257492164</t>
         </is>
       </c>
       <c r="B1684" s="1" t="inlineStr">
         <is>
-          <t>Devlet Yardımları ve Dahilde İşleme Rejiminin Dış Ticaretteki Yeri ve Önemi</t>
+          <t>Kurumsal Yönetim - Kamu Kurumları İçin Bir Kurumsal Derecelendirme Model Önerisi</t>
         </is>
       </c>
       <c r="C1684" s="1">
-        <v>195</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1685" spans="1:3">
       <c r="A1685" s="1" t="inlineStr">
         <is>
-          <t>9786257932370</t>
+          <t>9786257363808</t>
         </is>
       </c>
       <c r="B1685" s="1" t="inlineStr">
         <is>
-          <t>Yenilik Yönetiminde Multi Disipliner Yaklaşımlar</t>
+          <t>Kinematic Investigation of Handspring and Handspring Sideward With ¼ Turn Performed on Artistic Gymnastics Vaulting Table</t>
         </is>
       </c>
       <c r="C1685" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="1686" spans="1:3">
       <c r="A1686" s="1" t="inlineStr">
         <is>
-          <t>9786257932332</t>
+          <t>9786257296489</t>
         </is>
       </c>
       <c r="B1686" s="1" t="inlineStr">
         <is>
-          <t>Dijital Dönüşüm ve Finansal Teknolojilere Yansımaları</t>
+          <t>Kentsel Dönüşüm Uygulamalarının Kentsel Yaşam Kalitesine Etkisi: Mamak Örneği</t>
         </is>
       </c>
       <c r="C1686" s="1">
         <v>255</v>
       </c>
     </row>
     <row r="1687" spans="1:3">
       <c r="A1687" s="1" t="inlineStr">
         <is>
-          <t>9786257932233</t>
+          <t>9786257566629</t>
         </is>
       </c>
       <c r="B1687" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşme Çerçevesinde Yeni Ekonomi ve Bileşenleri</t>
+          <t>Karabağ Tarihi</t>
         </is>
       </c>
       <c r="C1687" s="1">
-        <v>215</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1688" spans="1:3">
       <c r="A1688" s="1" t="inlineStr">
         <is>
-          <t>9786257932158</t>
+          <t>9786257363488</t>
         </is>
       </c>
       <c r="B1688" s="1" t="inlineStr">
         <is>
-          <t>Yerel Kaynaklar Işığında Orta Çağ Azerbaycan Tarihi 1</t>
+          <t>Kar Amaçsız Örgütlerde Değişim: Türk Kızılay Örneği</t>
         </is>
       </c>
       <c r="C1688" s="1">
-        <v>180</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1689" spans="1:3">
       <c r="A1689" s="1" t="inlineStr">
         <is>
-          <t>9786257932387</t>
+          <t>9786257589024</t>
         </is>
       </c>
       <c r="B1689" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği ve Türkiye’de Asgari Ücret ve Adalet</t>
+          <t>Kapsayıcı Büyüme - Türkiye Ekonomisine Bakış</t>
         </is>
       </c>
       <c r="C1689" s="1">
-        <v>280</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1690" spans="1:3">
       <c r="A1690" s="1" t="inlineStr">
         <is>
-          <t>9786257932288</t>
+          <t>9786257589185</t>
         </is>
       </c>
       <c r="B1690" s="1" t="inlineStr">
         <is>
-          <t>İran - Sosyal Yapı ve Siyasi Sistem</t>
+          <t>Kapsamlı Membran Bilimi ve Yaşamımızdaki Yeri</t>
         </is>
       </c>
       <c r="C1690" s="1">
-        <v>215</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1691" spans="1:3">
       <c r="A1691" s="1" t="inlineStr">
         <is>
-          <t>9786257932226</t>
+          <t>9786257258463</t>
         </is>
       </c>
       <c r="B1691" s="1" t="inlineStr">
         <is>
-          <t>Muş Yöresine Ait Geleneksel Oyunlar</t>
+          <t>Kamu ve Özel Sektör Uygulamaları Kapsamında Muhasebe ve Denetim</t>
         </is>
       </c>
       <c r="C1691" s="1">
-        <v>170</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1692" spans="1:3">
       <c r="A1692" s="1" t="inlineStr">
         <is>
-          <t>9786257932301</t>
+          <t>9786254330209</t>
         </is>
       </c>
       <c r="B1692" s="1" t="inlineStr">
         <is>
-          <t>Televizyon Haberciliğinde Yeni Medyanın Kullanımı: Whatsapp İhbar Hattı</t>
+          <t>İnovasyon Yönetimi</t>
         </is>
       </c>
       <c r="C1692" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1693" spans="1:3">
       <c r="A1693" s="1" t="inlineStr">
         <is>
-          <t>9786257932172</t>
+          <t>9786257258654</t>
         </is>
       </c>
       <c r="B1693" s="1" t="inlineStr">
         <is>
-          <t>Çeviriye Kültürel Bakış</t>
+          <t>Hurda İmha Maliyetlerinin Kalite Maliyetleri Açısından İrdelenmesi</t>
         </is>
       </c>
       <c r="C1693" s="1">
-        <v>280</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1694" spans="1:3">
       <c r="A1694" s="1" t="inlineStr">
         <is>
-          <t>9786257932219</t>
+          <t>9786257296168</t>
         </is>
       </c>
       <c r="B1694" s="1" t="inlineStr">
         <is>
-          <t>Current Issues in Sociology of Health</t>
+          <t>Hizmet İçi Eğitim, Motivasyon ve Performans Boyutlarıyla İnsan Kaynakları Yönetimi</t>
         </is>
       </c>
       <c r="C1694" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1695" spans="1:3">
       <c r="A1695" s="1" t="inlineStr">
         <is>
-          <t>9786257932080</t>
+          <t>9786257363983</t>
         </is>
       </c>
       <c r="B1695" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Çocuk Üniversiteleri 21. Yüzyıl Becerileri Yaklaşımı</t>
+          <t>Fuar Endüstrisi: Kavramlar ve Hizmet Kalitesi</t>
         </is>
       </c>
       <c r="C1695" s="1">
-        <v>280</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1696" spans="1:3">
       <c r="A1696" s="1" t="inlineStr">
         <is>
-          <t>9786257932141</t>
+          <t>9786257296724</t>
         </is>
       </c>
       <c r="B1696" s="1" t="inlineStr">
         <is>
-          <t>Derin Öğrenme</t>
+          <t>Etnopedagoji</t>
         </is>
       </c>
       <c r="C1696" s="1">
-        <v>190</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1697" spans="1:3">
       <c r="A1697" s="1" t="inlineStr">
         <is>
-          <t>9786057662996</t>
+          <t>9786257492225</t>
         </is>
       </c>
       <c r="B1697" s="1" t="inlineStr">
         <is>
-          <t>Temel Etik Değerler ve Kamu Kurumlarındaki Hizmet Verimliliği İlişkisi</t>
+          <t>Ekonomi ve Finans Çalışmaları</t>
         </is>
       </c>
       <c r="C1697" s="1">
-        <v>145</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1698" spans="1:3">
       <c r="A1698" s="1" t="inlineStr">
         <is>
-          <t>9786057662965</t>
+          <t>9786254330063</t>
         </is>
       </c>
       <c r="B1698" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği’nin Adalet ve İçişleri Politikası ile Türkiye’nin Uyum Süreci</t>
+          <t>Dünyanın Yeni Rekabet Sahnesi Gelişen Afrika - Türkiye İçin Fırsatlar, Tehditler, Rakipler</t>
         </is>
       </c>
       <c r="C1698" s="1">
-        <v>205</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1699" spans="1:3">
       <c r="A1699" s="1" t="inlineStr">
         <is>
-          <t>9786257932011</t>
+          <t>9786257363341</t>
         </is>
       </c>
       <c r="B1699" s="1" t="inlineStr">
         <is>
-          <t>Türk Üniversitelerinde Bologna Süreci</t>
+          <t>DTÖ Politikaları ve Türkiye’de Tarımsal Destekler</t>
         </is>
       </c>
       <c r="C1699" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1700" spans="1:3">
       <c r="A1700" s="1" t="inlineStr">
         <is>
-          <t>9786057662972</t>
+          <t>9786257258623</t>
         </is>
       </c>
       <c r="B1700" s="1" t="inlineStr">
         <is>
-          <t>Müziğin Aerobik ve Anaerobik Performansa Etkisinin İncelenmesi</t>
+          <t>Dispersif Killer</t>
         </is>
       </c>
       <c r="C1700" s="1">
-        <v>165</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1701" spans="1:3">
       <c r="A1701" s="1" t="inlineStr">
         <is>
-          <t>9786057662897</t>
+          <t>9786257589123</t>
         </is>
       </c>
       <c r="B1701" s="1" t="inlineStr">
         <is>
-          <t>Turizm Endüstrisinde Pazarlama İletişimi</t>
+          <t>Dijitalleşen Dünyada Pazarlama</t>
         </is>
       </c>
       <c r="C1701" s="1">
         <v>280</v>
       </c>
     </row>
     <row r="1702" spans="1:3">
       <c r="A1702" s="1" t="inlineStr">
         <is>
-          <t>9786057662774</t>
+          <t>9786257296588</t>
         </is>
       </c>
       <c r="B1702" s="1" t="inlineStr">
         <is>
-          <t>Organik Elektronik - Aygıt Fiziği ve Uygulamaları</t>
+          <t>Dış Ticaret Hadlerinin Belirleyicileri: Türkiye (1998-2019)</t>
         </is>
       </c>
       <c r="C1702" s="1">
-        <v>225</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1703" spans="1:3">
       <c r="A1703" s="1" t="inlineStr">
         <is>
-          <t>9786057662958</t>
+          <t>9786257589369</t>
         </is>
       </c>
       <c r="B1703" s="1" t="inlineStr">
         <is>
-          <t>Kuşaklarda Tüketici Etnosentrizmi ve Tüketici Husumeti</t>
+          <t>Çocuklar İçin Bilişim</t>
         </is>
       </c>
       <c r="C1703" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1704" spans="1:3">
       <c r="A1704" s="1" t="inlineStr">
         <is>
-          <t>9786057662842</t>
+          <t>9786257296236</t>
         </is>
       </c>
       <c r="B1704" s="1" t="inlineStr">
         <is>
-          <t>Adolesan - Kadınlarda Sporun Biyokimyasal Etkileri</t>
+          <t>Benim Çocuğum Kullanmaz: Çocuğun Madde Bağımlılığında Annelik</t>
         </is>
       </c>
       <c r="C1704" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1705" spans="1:3">
       <c r="A1705" s="1" t="inlineStr">
         <is>
-          <t>9786057662606</t>
+          <t>9786257363266</t>
         </is>
       </c>
       <c r="B1705" s="1" t="inlineStr">
         <is>
-          <t>Eski Anadolu Türkçesinde Epistemik Kiplik Kısas-ı Enbiya Örneği</t>
+          <t>Avrupa Refah Devletlerinde Göçmenlerin Sosyal Güvenlik Hakkı</t>
         </is>
       </c>
       <c r="C1705" s="1">
-        <v>305</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1706" spans="1:3">
       <c r="A1706" s="1" t="inlineStr">
         <is>
-          <t>9786057662651</t>
+          <t>9786257126113</t>
         </is>
       </c>
       <c r="B1706" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medyada Pazarlama Uygulamaları, Marka Bağlılığı ve Satın Alma Niyeti</t>
+          <t>Avrupa Birliği'ne Üyelikte Etkili Olan Sosyoekonomik Faktörlerin Belirlenmesi</t>
         </is>
       </c>
       <c r="C1706" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1707" spans="1:3">
       <c r="A1707" s="1" t="inlineStr">
         <is>
-          <t>9786057662491</t>
+          <t>9786257363945</t>
         </is>
       </c>
       <c r="B1707" s="1" t="inlineStr">
         <is>
-          <t>Şirketler İçin Risk Yönetimi - Olgunluk Düzeyleri</t>
+          <t>Archetypal and Feminist Approaches to American Literature</t>
         </is>
       </c>
       <c r="C1707" s="1">
-        <v>150</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1708" spans="1:3">
       <c r="A1708" s="1" t="inlineStr">
         <is>
-          <t>9786057662484</t>
+          <t>9786257363655</t>
         </is>
       </c>
       <c r="B1708" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Ordu ve Sermaye İlişkisi</t>
+          <t>Arap Baharında Tunuslu Kadınların Rollerinin ve Kazanımlarının İncelenmesi</t>
         </is>
       </c>
       <c r="C1708" s="1">
-        <v>215</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1709" spans="1:3">
       <c r="A1709" s="1" t="inlineStr">
         <is>
-          <t>9786057662767</t>
+          <t>9786257258821</t>
         </is>
       </c>
       <c r="B1709" s="1" t="inlineStr">
         <is>
-          <t>Dijital Para ve Merkez Bankası Para Politikaları</t>
+          <t>Anlamsal Bir Fenomen Olarak Kiplik: Dede Korkut Örneği</t>
         </is>
       </c>
       <c r="C1709" s="1">
-        <v>225</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1710" spans="1:3">
       <c r="A1710" s="1" t="inlineStr">
         <is>
-          <t>9786057662712</t>
+          <t>9786257492331</t>
         </is>
       </c>
       <c r="B1710" s="1" t="inlineStr">
         <is>
-          <t>Teorik ve Ampirik Perspektifte Seçilmiş Finans Konuları</t>
+          <t>Amerika'nın Müttefikleri: Soğuk Savaş Sonrası Düzende Türkiye ve Güney Kore’nin İttifak Politikası</t>
         </is>
       </c>
       <c r="C1710" s="1">
-        <v>280</v>
+        <v>445</v>
       </c>
     </row>
     <row r="1711" spans="1:3">
       <c r="A1711" s="1" t="inlineStr">
         <is>
-          <t>9786057662552</t>
+          <t>9786257492089</t>
         </is>
       </c>
       <c r="B1711" s="1" t="inlineStr">
         <is>
-          <t>Beden Eğitimi ve Sporda İstihdam Edilebilme</t>
+          <t>Alanya Örneğinde Almanca-Türkçe İki Dillilik</t>
         </is>
       </c>
       <c r="C1711" s="1">
-        <v>150</v>
+        <v>380</v>
       </c>
     </row>
     <row r="1712" spans="1:3">
       <c r="A1712" s="1" t="inlineStr">
         <is>
-          <t>9786057662521</t>
+          <t>9786257492843</t>
         </is>
       </c>
       <c r="B1712" s="1" t="inlineStr">
         <is>
-          <t>Alfabe Raporu</t>
+          <t>Female Characters in Regency and Victorian Literature</t>
         </is>
       </c>
       <c r="C1712" s="1">
-        <v>205</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1713" spans="1:3">
       <c r="A1713" s="1" t="inlineStr">
         <is>
-          <t>9786057662644</t>
+          <t>9786254330025</t>
         </is>
       </c>
       <c r="B1713" s="1" t="inlineStr">
         <is>
-          <t>Organik Süt Sığırcılığı ve Sindirim Sistemi Hastalıklarına Bitkisel Tedavi Uygulamaları</t>
+          <t>Bitlis İlinin Sosyoekonomik Durumunun Swot Analizi</t>
         </is>
       </c>
       <c r="C1713" s="1">
-        <v>165</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1714" spans="1:3">
       <c r="A1714" s="1" t="inlineStr">
         <is>
-          <t>9786057662538</t>
+          <t>9786257296762</t>
         </is>
       </c>
       <c r="B1714" s="1" t="inlineStr">
         <is>
-          <t>Hükümet Sistemleri</t>
+          <t>Sınava Velin Girsin</t>
         </is>
       </c>
       <c r="C1714" s="1">
-        <v>255</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1715" spans="1:3">
       <c r="A1715" s="1" t="inlineStr">
         <is>
-          <t>9786057662439</t>
+          <t>9786254178825</t>
         </is>
       </c>
       <c r="B1715" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti’nin Son Döneminde Türkiye’nin ABD Politikası (1957-1960)</t>
+          <t>Başkasının Zararına Sevinme - Schadenfreude</t>
         </is>
       </c>
       <c r="C1715" s="1">
-        <v>245</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1716" spans="1:3">
       <c r="A1716" s="1" t="inlineStr">
         <is>
-          <t>9786057662477</t>
+          <t>9786057662514</t>
         </is>
       </c>
       <c r="B1716" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Çuvaş Edebiyatı’nın Kurucusu Konstantin V. İvanov Kitabı</t>
+          <t>Hizmet İçi Eğitimde Dijitalleşme: Blog Tabanlı İletişim Eğitimi</t>
         </is>
       </c>
       <c r="C1716" s="1">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1717" spans="1:3">
       <c r="A1717" s="1" t="inlineStr">
         <is>
-          <t>9786057662460</t>
+          <t>9786057662118</t>
         </is>
       </c>
       <c r="B1717" s="1" t="inlineStr">
         <is>
-          <t>Clusters: Are They the Panacea of Our Times</t>
+          <t>Din Kültürü ve Ahlak Bilgisi Öğretmen Yetiştirme Programlarına İlişkin Kalite Standartlarının Belirlenmesi</t>
         </is>
       </c>
       <c r="C1717" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1718" spans="1:3">
       <c r="A1718" s="1" t="inlineStr">
         <is>
-          <t>9786057662415</t>
+          <t>9786052149713</t>
         </is>
       </c>
       <c r="B1718" s="1" t="inlineStr">
         <is>
-          <t>Kişilik ve İş Değerlerinin Kurumsal Bağlılık Açısından Önemi</t>
+          <t>Akademik Aklın Öz Yitimi ve Üniversiteler</t>
         </is>
       </c>
       <c r="C1718" s="1">
-        <v>195</v>
+        <v>130</v>
       </c>
     </row>
     <row r="1719" spans="1:3">
       <c r="A1719" s="1" t="inlineStr">
         <is>
-          <t>9786057662392</t>
+          <t>9786254335716</t>
         </is>
       </c>
       <c r="B1719" s="1" t="inlineStr">
         <is>
-          <t>Denetimde Whistle Blowing Kavramının Önemi</t>
+          <t>100 Araştırma Hikayesi İle İş’te Mutluluk Araştırmaları - 1</t>
         </is>
       </c>
       <c r="C1719" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1720" spans="1:3">
       <c r="A1720" s="1" t="inlineStr">
         <is>
-          <t>9786057662156</t>
+          <t>9786254334559</t>
         </is>
       </c>
       <c r="B1720" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikolojide Kullanılan Ölçekler</t>
+          <t>Belgeler Bulgular Ve İlişkilerle 31 Mart’ın Şifreleri</t>
         </is>
       </c>
       <c r="C1720" s="1">
-        <v>180</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1721" spans="1:3">
       <c r="A1721" s="1" t="inlineStr">
         <is>
-          <t>9786254392429</t>
+          <t>9786254332739</t>
         </is>
       </c>
       <c r="B1721" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Psikolojide Film Analizleri</t>
+          <t>İslami ve Konvansiyonel Endekslerde Risk Karşılaştırması: Riske Maruz Değer Uygulaması</t>
         </is>
       </c>
       <c r="C1721" s="1">
-        <v>140</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1722" spans="1:3">
       <c r="A1722" s="1" t="inlineStr">
         <is>
-          <t>9786057662354</t>
+          <t>9786254333798</t>
         </is>
       </c>
       <c r="B1722" s="1" t="inlineStr">
         <is>
-          <t>Tarımda Mikroekonomi</t>
+          <t>Pandemi Döneminde Mutluluk Düzeyi Belirleyicileri</t>
         </is>
       </c>
       <c r="C1722" s="1">
-        <v>205</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1723" spans="1:3">
       <c r="A1723" s="1" t="inlineStr">
         <is>
-          <t>9786057662286</t>
+          <t>9786254331312</t>
         </is>
       </c>
       <c r="B1723" s="1" t="inlineStr">
         <is>
-          <t>Yerel Yönetimlerde İyi Yönetişim Aracı Olarak Katılımcı Bütçeleme</t>
+          <t>Small-scale Lng And Lng Bunkering İn Turkey</t>
         </is>
       </c>
       <c r="C1723" s="1">
-        <v>245</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1724" spans="1:3">
       <c r="A1724" s="1" t="inlineStr">
         <is>
-          <t>9786057662279</t>
+          <t>9786254331114</t>
         </is>
       </c>
       <c r="B1724" s="1" t="inlineStr">
         <is>
-          <t>Buz Hokeyi Sporcularında Duygusal Zeka ve Liderlik</t>
+          <t>Küreselleşme Bağlamında Örgütlerde Yönetim</t>
         </is>
       </c>
       <c r="C1724" s="1">
-        <v>150</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1725" spans="1:3">
       <c r="A1725" s="1" t="inlineStr">
         <is>
-          <t>9786057662200</t>
+          <t>9786254333156</t>
         </is>
       </c>
       <c r="B1725" s="1" t="inlineStr">
         <is>
-          <t>Voleybol Antrenörlerinin Mesleki Yeterlikleri</t>
+          <t>Communicative Orientation Of Language Classrooms: A Comparative Analysis</t>
         </is>
       </c>
       <c r="C1725" s="1">
-        <v>170</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1726" spans="1:3">
       <c r="A1726" s="1" t="inlineStr">
         <is>
-          <t>9786057662132</t>
+          <t>9786254332586</t>
         </is>
       </c>
       <c r="B1726" s="1" t="inlineStr">
         <is>
-          <t>Felsefi Bağlamda İnsan Hakları ve Barış Eğitimi</t>
+          <t>Memory and Dissonance in Shakespeare’s Selected Plays</t>
         </is>
       </c>
       <c r="C1726" s="1">
-        <v>195</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1727" spans="1:3">
       <c r="A1727" s="1" t="inlineStr">
         <is>
-          <t>9786057662217</t>
+          <t>9786254333064</t>
         </is>
       </c>
       <c r="B1727" s="1" t="inlineStr">
         <is>
-          <t>E-İhalede Format ve Rekabet Bilgisi Seçiminin Tasarruf Oranı Üzerindeki Rolü</t>
+          <t>Distopik Yönetici</t>
         </is>
       </c>
       <c r="C1727" s="1">
-        <v>125</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1728" spans="1:3">
       <c r="A1728" s="1" t="inlineStr">
         <is>
-          <t>9786057662170</t>
+          <t>9786254333095</t>
         </is>
       </c>
       <c r="B1728" s="1" t="inlineStr">
         <is>
-          <t>Bir Değer Aracı Olarak Bilgi Disiplinler Arası Güncel Yaklaşımlar</t>
+          <t>Tuva Türkçesinde Edimsöz Edimleri</t>
         </is>
       </c>
       <c r="C1728" s="1">
-        <v>280</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1729" spans="1:3">
       <c r="A1729" s="1" t="inlineStr">
         <is>
-          <t>9786052149645</t>
+          <t>9786254333958</t>
         </is>
       </c>
       <c r="B1729" s="1" t="inlineStr">
         <is>
-          <t>Petrol Üretim Maliyeti ve Bir Uygulama</t>
+          <t>Oyun İçi Reklamcılık ve Marka Farkındalığı</t>
         </is>
       </c>
       <c r="C1729" s="1">
-        <v>195</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1730" spans="1:3">
       <c r="A1730" s="1" t="inlineStr">
         <is>
-          <t>9786052149560</t>
+          <t>9786254332692</t>
         </is>
       </c>
       <c r="B1730" s="1" t="inlineStr">
         <is>
-          <t>Bahri Memlüklerde Bölgesel ve Uluslararası İlişkiler (1250 - 1382)</t>
+          <t>Yoksulluğun Farklı Boyutları ve Çok Boyutlu Yoksulluk</t>
         </is>
       </c>
       <c r="C1730" s="1">
-        <v>255</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1731" spans="1:3">
       <c r="A1731" s="1" t="inlineStr">
         <is>
-          <t>9786057662002</t>
+          <t>9786257492201</t>
         </is>
       </c>
       <c r="B1731" s="1" t="inlineStr">
         <is>
-          <t>Ekonomik Entegrasyon ve Endüstri İçi Ticaret İlişkisi</t>
+          <t>Kentsel Dönüşüm Projelerinin Gerçekleştirilmesinde Finansman Modeli: Gayrimenkul Girişim Sermayesi Kitle Yatırım Fonu</t>
         </is>
       </c>
       <c r="C1731" s="1">
-        <v>130</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1732" spans="1:3">
       <c r="A1732" s="1" t="inlineStr">
         <is>
-          <t>9786056928758</t>
+          <t>9786254332326</t>
         </is>
       </c>
       <c r="B1732" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Konseyi Kurumları Organları Mekanizmaları Sözleşmeleri ve Türkiye İlişkileri</t>
+          <t>Kriz Yönetimi ve Liderlik</t>
         </is>
       </c>
       <c r="C1732" s="1">
-        <v>265</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1733" spans="1:3">
       <c r="A1733" s="1" t="inlineStr">
         <is>
-          <t>9786058072893</t>
+          <t>9786254332180</t>
         </is>
       </c>
       <c r="B1733" s="1" t="inlineStr">
         <is>
-          <t>Zorbalık ve Futbol Seyircisi</t>
+          <t>Enerji Birliğinin Teorik Çerçevesi Üye Devletlerin Avrupa Birliği Ortak Enerji Politikasına Etkisi</t>
         </is>
       </c>
       <c r="C1733" s="1">
         <v>165</v>
       </c>
     </row>
     <row r="1734" spans="1:3">
       <c r="A1734" s="1" t="inlineStr">
         <is>
-          <t>9786052149836</t>
+          <t>9786254332975</t>
         </is>
       </c>
       <c r="B1734" s="1" t="inlineStr">
         <is>
-          <t>Türk Sinemasında Kadın Yönetmenler ve Özne(s)neleştirilmiş Kadının Mekanda Temsili</t>
+          <t>Küresel Eğitim Reformunun Bir Parçası Olarak Türkiye’de Eğitimde Yerelleşme</t>
         </is>
       </c>
       <c r="C1734" s="1">
-        <v>215</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1735" spans="1:3">
       <c r="A1735" s="1" t="inlineStr">
         <is>
-          <t>9786052149898</t>
+          <t>9786254332500</t>
         </is>
       </c>
       <c r="B1735" s="1" t="inlineStr">
         <is>
-          <t>Dışa Bağımlılığın Makroekonomik Sonuçları</t>
+          <t>Türk Dış Politikasında Kıbrıs (Zürih’ten Kanlı Noel’e)</t>
         </is>
       </c>
       <c r="C1735" s="1">
-        <v>145</v>
+        <v>400</v>
       </c>
     </row>
     <row r="1736" spans="1:3">
       <c r="A1736" s="1" t="inlineStr">
         <is>
-          <t>9786052149942</t>
+          <t>9786254331572</t>
         </is>
       </c>
       <c r="B1736" s="1" t="inlineStr">
         <is>
-          <t>Uzaktan Eğitim ile Muhasebe Eğitimi</t>
+          <t>İnsan Kaynakları Yönetiminde Değişimi Yakalamak</t>
         </is>
       </c>
       <c r="C1736" s="1">
-        <v>200</v>
+        <v>225</v>
       </c>
     </row>
     <row r="1737" spans="1:3">
       <c r="A1737" s="1" t="inlineStr">
         <is>
-          <t>9786058072831</t>
+          <t>9786254331855</t>
         </is>
       </c>
       <c r="B1737" s="1" t="inlineStr">
         <is>
-          <t>Inward and Outward Tracing the Paths of Internationalized Civil Wars</t>
+          <t>Alternatif Medya: Alevi Televizyonları</t>
         </is>
       </c>
       <c r="C1737" s="1">
-        <v>395</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1738" spans="1:3">
       <c r="A1738" s="1" t="inlineStr">
         <is>
-          <t>9786056928727</t>
+          <t>9786254331497</t>
         </is>
       </c>
       <c r="B1738" s="1" t="inlineStr">
         <is>
-          <t>Bütünleşme Milliyetçilik ve Avrupa Birliği</t>
+          <t>Doğu Karadeniz’de Kırsal Turizm Geleneksel Çamlıhemşin Konutları</t>
         </is>
       </c>
       <c r="C1738" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1739" spans="1:3">
       <c r="A1739" s="1" t="inlineStr">
         <is>
-          <t>9786052149874</t>
+          <t>9786057087775</t>
         </is>
       </c>
       <c r="B1739" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Alanda Politika Yayılımı ve Türkiye'deki Teknoloji Politikalarının Gelişimi</t>
+          <t>İyi Aile İyi Çocuk - Çocuklarda Sosyal ve Duygusal Gelişim</t>
         </is>
       </c>
       <c r="C1739" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="1740" spans="1:3">
       <c r="A1740" s="1" t="inlineStr">
         <is>
-          <t>9786052149966</t>
+          <t>9786254331886</t>
         </is>
       </c>
       <c r="B1740" s="1" t="inlineStr">
         <is>
-          <t>Hasan Sabah'ın Gizli Öğretisi</t>
+          <t>Kadın Futbolcularda Yoğun İnterval Antrenmanın Lipid Peroksidasyonu ve Antioksidanlara Etkisi</t>
         </is>
       </c>
       <c r="C1740" s="1">
-        <v>205</v>
+        <v>155</v>
       </c>
     </row>
     <row r="1741" spans="1:3">
       <c r="A1741" s="1" t="inlineStr">
         <is>
-          <t>9786052149843</t>
+          <t>9786254331619</t>
         </is>
       </c>
       <c r="B1741" s="1" t="inlineStr">
         <is>
-          <t>Sporda Örgütsel Bağlılık ve İletişim</t>
+          <t>Arap Edebiyatında Vatan ve Bağımsızlık Mücadelesi</t>
         </is>
       </c>
       <c r="C1741" s="1">
-        <v>195</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1742" spans="1:3">
       <c r="A1742" s="1" t="inlineStr">
         <is>
-          <t>9786052149751</t>
+          <t>9786254331923</t>
         </is>
       </c>
       <c r="B1742" s="1" t="inlineStr">
         <is>
-          <t>İlaç ve Tıbbi Cihaz Endüstrisi ve Yerelleşme</t>
+          <t>Boş Zaman Tutumu Ve Sağlıklı Yaşam Biçimi Davranışı</t>
         </is>
       </c>
       <c r="C1742" s="1">
-        <v>205</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1743" spans="1:3">
       <c r="A1743" s="1" t="inlineStr">
         <is>
-          <t>9786052149782</t>
+          <t>9786254331169</t>
         </is>
       </c>
       <c r="B1743" s="1" t="inlineStr">
         <is>
-          <t>Halkla İlişkiler Yönetiminde Kurum Kimliği ve Kriz İletişimi</t>
+          <t>Bir Okul Müdürünün Tragedyası</t>
         </is>
       </c>
       <c r="C1743" s="1">
-        <v>195</v>
+        <v>145</v>
       </c>
     </row>
     <row r="1744" spans="1:3">
       <c r="A1744" s="1" t="inlineStr">
         <is>
-          <t>9786052149775</t>
+          <t>9786254331374</t>
         </is>
       </c>
       <c r="B1744" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Uyum Kavramı</t>
+          <t>Bengalce Kur'an-ı Kerim Çeviri Çalışmaları</t>
         </is>
       </c>
       <c r="C1744" s="1">
-        <v>145</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1745" spans="1:3">
       <c r="A1745" s="1" t="inlineStr">
         <is>
-          <t>9786052149607</t>
+          <t>9786254330049</t>
         </is>
       </c>
       <c r="B1745" s="1" t="inlineStr">
         <is>
-          <t>Ders Dışı Etkinlikler ve Sporla İlgili Oyun Uygulamaları</t>
+          <t>Yönetim ve Organizasyon Perspektifinden Kolluk Çalışmaları Yönetim Üzerine…</t>
         </is>
       </c>
       <c r="C1745" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1746" spans="1:3">
       <c r="A1746" s="1" t="inlineStr">
         <is>
-          <t>9786052149409</t>
+          <t>9786254330872</t>
         </is>
       </c>
       <c r="B1746" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu ve Hazar Bölgesinde Petrol ve Petrol Ürünlerinin Taşımacılığı Yönetiminde Yeni Politikalar ve Stratejiler</t>
+          <t>Bankacılıkta Likidite Riski ve Piyasa Disiplini</t>
         </is>
       </c>
       <c r="C1746" s="1">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1747" spans="1:3">
       <c r="A1747" s="1" t="inlineStr">
         <is>
-          <t>9786052149508</t>
+          <t>9786254331404</t>
         </is>
       </c>
       <c r="B1747" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Örgütlerde İnsan Kaynakları Yönetimi</t>
+          <t>Mehmet Akif Ersoy’un Ahlak Anlayışı</t>
         </is>
       </c>
       <c r="C1747" s="1">
-        <v>205</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1748" spans="1:3">
       <c r="A1748" s="1" t="inlineStr">
         <is>
-          <t>9786052149331</t>
+          <t>9786254330988</t>
         </is>
       </c>
       <c r="B1748" s="1" t="inlineStr">
         <is>
-          <t>Çevresel Güvenlik</t>
+          <t>Türkiye'de Kadın ve Siyasal Temsil</t>
         </is>
       </c>
       <c r="C1748" s="1">
-        <v>220</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1749" spans="1:3">
       <c r="A1749" s="1" t="inlineStr">
         <is>
-          <t>9786052149461</t>
+          <t>9786257492492</t>
         </is>
       </c>
       <c r="B1749" s="1" t="inlineStr">
         <is>
-          <t>Mali Kurallara Karşı Bağımsız Mali Kurumlar</t>
+          <t>Yönetim Bilimi</t>
         </is>
       </c>
       <c r="C1749" s="1">
-        <v>200</v>
+        <v>365</v>
       </c>
     </row>
     <row r="1750" spans="1:3">
       <c r="A1750" s="1" t="inlineStr">
         <is>
-          <t>9786052149423</t>
+          <t>9786254173509</t>
         </is>
       </c>
       <c r="B1750" s="1" t="inlineStr">
         <is>
-          <t>Sağlık İletişimi</t>
+          <t>Yaratıcı Beynin Gizemi</t>
         </is>
       </c>
       <c r="C1750" s="1">
-        <v>195</v>
+        <v>270</v>
       </c>
     </row>
     <row r="1751" spans="1:3">
       <c r="A1751" s="1" t="inlineStr">
         <is>
-          <t>9786052149539</t>
+          <t>9786254331473</t>
         </is>
       </c>
       <c r="B1751" s="1" t="inlineStr">
         <is>
-          <t>18. ve 19. Yüzyıllarda Kazak Türkleri</t>
+          <t>Türkiye’de Kısmi Zamanlı Ve Tam Zamanlı Çiftçilik Kavramı: Fındık Tarımı Örneği</t>
         </is>
       </c>
       <c r="C1751" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1752" spans="1:3">
       <c r="A1752" s="1" t="inlineStr">
         <is>
-          <t>9786052149652</t>
+          <t>9786254331299</t>
         </is>
       </c>
       <c r="B1752" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Kapsayıcı Kalkınmanın Neresinde?</t>
+          <t>Spor Muhasebesi</t>
         </is>
       </c>
       <c r="C1752" s="1">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1753" spans="1:3">
       <c r="A1753" s="1" t="inlineStr">
         <is>
-          <t>9786052149263</t>
+          <t>9786257566780</t>
         </is>
       </c>
       <c r="B1753" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Boyu Öğrenme ve Küresel Dinamikleri</t>
+          <t>Toplumsal Cinsiyete Dair</t>
         </is>
       </c>
       <c r="C1753" s="1">
-        <v>195</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1754" spans="1:3">
       <c r="A1754" s="1" t="inlineStr">
         <is>
-          <t>9786052149232</t>
+          <t>9786254175619</t>
         </is>
       </c>
       <c r="B1754" s="1" t="inlineStr">
         <is>
-          <t>Karar Verme Yetkinliği ve Yönetsel Performans</t>
+          <t>Edebiyat Ve Kültürde Yalnızlığın 16 Hali</t>
         </is>
       </c>
       <c r="C1754" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1755" spans="1:3">
       <c r="A1755" s="1" t="inlineStr">
         <is>
-          <t>9786052149096</t>
+          <t>9786254330940</t>
         </is>
       </c>
       <c r="B1755" s="1" t="inlineStr">
         <is>
-          <t>Solun Düşü(şü)</t>
+          <t>Ekonomi, Finans ve İşletme Yönetimi Alanında Güncel Gelişmeler - 2</t>
         </is>
       </c>
       <c r="C1755" s="1">
-        <v>305</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1756" spans="1:3">
       <c r="A1756" s="1" t="inlineStr">
         <is>
-          <t>9786052149089</t>
+          <t>9786254330711</t>
         </is>
       </c>
       <c r="B1756" s="1" t="inlineStr">
         <is>
-          <t>Ekonomi Basınının Ekonomi Politik Yapısı ve İçeriğe Etkileri</t>
+          <t>Cumhuriyet Dönemi Hükümetlerinin Kültür Politikalarında Müziğin Yeri ve Önemi (1938-1980)</t>
         </is>
       </c>
       <c r="C1756" s="1">
-        <v>205</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1757" spans="1:3">
       <c r="A1757" s="1" t="inlineStr">
         <is>
-          <t>9786052149065</t>
+          <t>9786257492249</t>
         </is>
       </c>
       <c r="B1757" s="1" t="inlineStr">
         <is>
-          <t>Makineleşen İnsanın İletişim Dili Etkileşimleri</t>
+          <t>Enerji Şoklarının Makroekonomik Etkileri: Türkiye İçin Bir Genel Denge Modeli Uygulaması</t>
         </is>
       </c>
       <c r="C1757" s="1">
-        <v>155</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1758" spans="1:3">
       <c r="A1758" s="1" t="inlineStr">
         <is>
-          <t>9786059663885</t>
+          <t>9786254331039</t>
         </is>
       </c>
       <c r="B1758" s="1" t="inlineStr">
         <is>
-          <t>Futbol Takımlarında Tüketici Temelli Marka Değeri</t>
+          <t>Turizm Sektöründe Güncel Araştırmalar</t>
         </is>
       </c>
       <c r="C1758" s="1">
-        <v>205</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1759" spans="1:3">
       <c r="A1759" s="1" t="inlineStr">
         <is>
-          <t>9786059663922</t>
+          <t>9786254331237</t>
         </is>
       </c>
       <c r="B1759" s="1" t="inlineStr">
         <is>
-          <t>Mikro Öğretim Uygulamalarının Öğretim Becerilerine Etkisi</t>
+          <t>Uluslararası Ticaretin Finansmanı</t>
         </is>
       </c>
       <c r="C1759" s="1">
-        <v>190</v>
+        <v>425</v>
       </c>
     </row>
     <row r="1760" spans="1:3">
       <c r="A1760" s="1" t="inlineStr">
         <is>
-          <t>9786052149010</t>
+          <t>9786254330599</t>
         </is>
       </c>
       <c r="B1760" s="1" t="inlineStr">
         <is>
-          <t>Elit Güreşçilerde Antrenmanın Hipofiz Bezi Hormonları ve Karaciğer Enzimleri Üzerine Etkisi</t>
+          <t>Türkiye’de Kamu Politikası Sürecinde - Vali</t>
         </is>
       </c>
       <c r="C1760" s="1">
-        <v>155</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1761" spans="1:3">
       <c r="A1761" s="1" t="inlineStr">
         <is>
-          <t>9786052149041</t>
+          <t>9786254330797</t>
         </is>
       </c>
       <c r="B1761" s="1" t="inlineStr">
         <is>
-          <t>El Yapımı Kağıdın Serüveni</t>
+          <t>Ekonominin Kültürü Kültürün Ekonomisi</t>
         </is>
       </c>
       <c r="C1761" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1762" spans="1:3">
       <c r="A1762" s="1" t="inlineStr">
         <is>
-          <t>9786052149003</t>
+          <t>9786254330261</t>
         </is>
       </c>
       <c r="B1762" s="1" t="inlineStr">
         <is>
-          <t>Asimetrik Mobilyalar</t>
+          <t>Sosyal Kaynaşma Ve Kürtler - Coğrafi Farklılıklar</t>
         </is>
       </c>
       <c r="C1762" s="1">
-        <v>215</v>
+        <v>290</v>
       </c>
     </row>
     <row r="1763" spans="1:3">
       <c r="A1763" s="1" t="inlineStr">
         <is>
-          <t>9786059663915</t>
+          <t>9786254330414</t>
         </is>
       </c>
       <c r="B1763" s="1" t="inlineStr">
         <is>
-          <t>Marifet İltifata Tabidir</t>
+          <t>Çiftçilerin Tarım Sigortası Yaptırmaya Karşı Tutumları Ve Ödeme İstekliliği</t>
         </is>
       </c>
       <c r="C1763" s="1">
-        <v>145</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1764" spans="1:3">
       <c r="A1764" s="1" t="inlineStr">
         <is>
-          <t>9786059663908</t>
+          <t>9786257492768</t>
         </is>
       </c>
       <c r="B1764" s="1" t="inlineStr">
         <is>
-          <t>Organizasyonlarda Psikososyolojik Yönetim ve Uygulamaları</t>
+          <t>Societal Securitization Beyond Securitization</t>
         </is>
       </c>
       <c r="C1764" s="1">
-        <v>290</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1765" spans="1:3">
       <c r="A1765" s="1" t="inlineStr">
         <is>
-          <t>9786059663861</t>
+          <t>9786257258630</t>
         </is>
       </c>
       <c r="B1765" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Hayranlığı</t>
+          <t>Örgütsel Öğrenme Ve Bireysel Yenilikçilik</t>
         </is>
       </c>
       <c r="C1765" s="1">
-        <v>205</v>
+        <v>180</v>
       </c>
     </row>
     <row r="1766" spans="1:3">
       <c r="A1766" s="1" t="inlineStr">
         <is>
-          <t>9786059663878</t>
+          <t>9786254330223</t>
         </is>
       </c>
       <c r="B1766" s="1" t="inlineStr">
         <is>
-          <t>Kadın Bilek Güreşçilerinde Düzenli ve Planlı Antrenman</t>
+          <t>Azerbaycan Denetim Standartları ve Uluslararası Denetim Standartlarıyla Karşılaştırması</t>
         </is>
       </c>
       <c r="C1766" s="1">
-        <v>145</v>
+        <v>150</v>
       </c>
     </row>
     <row r="1767" spans="1:3">
       <c r="A1767" s="1" t="inlineStr">
         <is>
-          <t>9786059663816</t>
+          <t>9786257566889</t>
         </is>
       </c>
       <c r="B1767" s="1" t="inlineStr">
         <is>
-          <t>Kentsel Dönüşüm ve Arabuluculuk</t>
+          <t>Uluslararası İlişkilerde Bir Şiddet Tezahürü Olarak Uluslararası Terörizm Ve Işid Örneği</t>
         </is>
       </c>
       <c r="C1767" s="1">
-        <v>155</v>
+        <v>245</v>
       </c>
     </row>
     <row r="1768" spans="1:3">
       <c r="A1768" s="1" t="inlineStr">
         <is>
-          <t>9786059663779</t>
+          <t>9786254330391</t>
         </is>
       </c>
       <c r="B1768" s="1" t="inlineStr">
         <is>
-          <t>Elit Sporcularda Örgütsel Stres ve Bağlılık</t>
+          <t>Uncertainty and Uncertainty Management in Language Learning</t>
         </is>
       </c>
       <c r="C1768" s="1">
-        <v>180</v>
+        <v>165</v>
       </c>
     </row>
     <row r="1769" spans="1:3">
       <c r="A1769" s="1" t="inlineStr">
         <is>
-          <t>9786059663366</t>
+          <t>9786254330285</t>
         </is>
       </c>
       <c r="B1769" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Birliği Sinema Politikalarının Türk Sinemasına Etkileri</t>
+          <t>Siyasal İletişim Bağlamında Sosyal Medyanın Seçmenler Üzerindeki Etkisi</t>
         </is>
       </c>
       <c r="C1769" s="1">
-        <v>245</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1770" spans="1:3">
       <c r="A1770" s="1" t="inlineStr">
         <is>
-          <t>9786059663298</t>
+          <t>9786254330544</t>
         </is>
       </c>
       <c r="B1770" s="1" t="inlineStr">
         <is>
-          <t>Şehir Pazarlaması: Kars İli Örneği</t>
+          <t>Bilgi ve İslam Ekonomisi Yoluyla Kalkınma</t>
         </is>
       </c>
       <c r="C1770" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1771" spans="1:3">
       <c r="A1771" s="1" t="inlineStr">
         <is>
-          <t>9786059663793</t>
+          <t>9786254330513</t>
         </is>
       </c>
       <c r="B1771" s="1" t="inlineStr">
         <is>
-          <t>Şiir Dünyam</t>
+          <t>Dijital İletişim Araştırmaları</t>
         </is>
       </c>
       <c r="C1771" s="1">
-        <v>165</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1772" spans="1:3">
       <c r="A1772" s="1" t="inlineStr">
         <is>
-          <t>9786059663557</t>
+          <t>9786254330148</t>
         </is>
       </c>
       <c r="B1772" s="1" t="inlineStr">
         <is>
-          <t>Elit Kayakçılarda Coenzyme Q10 Kullanımının Performansa Etkisi</t>
+          <t>Social-Emotional Foreign Language Learning</t>
         </is>
       </c>
       <c r="C1772" s="1">
-        <v>155</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1773" spans="1:3">
       <c r="A1773" s="1" t="inlineStr">
         <is>
-          <t>9786254063343</t>
+          <t>9786254330353</t>
         </is>
       </c>
       <c r="B1773" s="1" t="inlineStr">
         <is>
-          <t>Ayaklanmalar ve Ayaklanmalara Karşı Koyma</t>
+          <t>Antarktika Ve Türkiye</t>
         </is>
       </c>
       <c r="C1773" s="1">
-        <v>195</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1774" spans="1:3">
       <c r="A1774" s="1" t="inlineStr">
         <is>
-          <t>9786059663649</t>
+          <t>9786257492942</t>
         </is>
       </c>
       <c r="B1774" s="1" t="inlineStr">
         <is>
-          <t>Tübüler Membran Filtrasyon Cilt 1</t>
+          <t>Davranışsal Boyutları ile Sağlık</t>
         </is>
       </c>
       <c r="C1774" s="1">
-        <v>145</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1775" spans="1:3">
       <c r="A1775" s="1" t="inlineStr">
         <is>
-          <t>9786059663564</t>
+          <t>9786257566957</t>
         </is>
       </c>
       <c r="B1775" s="1" t="inlineStr">
         <is>
-          <t>Aynalar</t>
+          <t>İkili İlişkiler Bağlamında Fas Pazarının Türkiye Açısından Önemi ve İşletmelerin Durumu</t>
         </is>
       </c>
       <c r="C1775" s="1">
-        <v>220</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1776" spans="1:3">
       <c r="A1776" s="1" t="inlineStr">
         <is>
-          <t>9786059663182</t>
+          <t>9786257566360</t>
         </is>
       </c>
       <c r="B1776" s="1" t="inlineStr">
         <is>
-          <t>Meşrutiyet'ten Cumhuriyet'e Türkiye'de İlköğretim ve Müfredat Programları</t>
+          <t>İşletmede Etik Kod Uygulaması</t>
         </is>
       </c>
       <c r="C1776" s="1">
-        <v>380</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1777" spans="1:3">
       <c r="A1777" s="1" t="inlineStr">
         <is>
-          <t>9786059663540</t>
+          <t>9786257492287</t>
         </is>
       </c>
       <c r="B1777" s="1" t="inlineStr">
         <is>
-          <t>Statik Esneklik Egzersizlerinin Uzun Süreli Uygulamasının Performans Üzerindeki Akut ve Kronik Etkileri</t>
+          <t>Çevirmen Eğitiminde Güncel Yaklaşımlar ve Uygulamalar</t>
         </is>
       </c>
       <c r="C1777" s="1">
-        <v>140</v>
+        <v>255</v>
       </c>
     </row>
     <row r="1778" spans="1:3">
       <c r="A1778" s="1" t="inlineStr">
         <is>
-          <t>9786059663533</t>
+          <t>9786254330438</t>
         </is>
       </c>
       <c r="B1778" s="1" t="inlineStr">
         <is>
-          <t>Her Yönüyle KOBİ’lerin Yönetim Sorunları ve Çözüm Önerileri</t>
+          <t>Viral Reklamcılık</t>
         </is>
       </c>
       <c r="C1778" s="1">
-        <v>145</v>
+        <v>78</v>
       </c>
     </row>
     <row r="1779" spans="1:3">
       <c r="A1779" s="1" t="inlineStr">
         <is>
-          <t>9786059663427</t>
+          <t>9786254330087</t>
         </is>
       </c>
       <c r="B1779" s="1" t="inlineStr">
         <is>
-          <t>Spor Sektöründe Hizmet Kalitesi</t>
+          <t>Sosyal Ağlarda Benlik ve Benlik Sunumu</t>
         </is>
       </c>
       <c r="C1779" s="1">
-        <v>165</v>
+        <v>195</v>
       </c>
     </row>
     <row r="1780" spans="1:3">
       <c r="A1780" s="1" t="inlineStr">
         <is>
-          <t>9786059663397</t>
+          <t>9786257492102</t>
         </is>
       </c>
       <c r="B1780" s="1" t="inlineStr">
         <is>
-          <t>Sürdürülebilir Yerel Kalkınma Model Önerisi: Kağızman İlçesi</t>
+          <t>Türkiye'nin Yarım Asırlık Nükleer Santral Serüveni</t>
         </is>
       </c>
       <c r="C1780" s="1">
-        <v>250</v>
+        <v>305</v>
       </c>
     </row>
     <row r="1781" spans="1:3">
       <c r="A1781" s="1" t="inlineStr">
         <is>
-          <t>9786059663243</t>
+          <t>9786257492744</t>
         </is>
       </c>
       <c r="B1781" s="1" t="inlineStr">
         <is>
-          <t>Stratejik Yönetim Enstrümanı Olarak Algı ve Arnavutluk’ta Türkiye Algısı</t>
+          <t>Uluslararası Rekabetçiliğin Geliştirilmesi Projeleri ve Projeleri Tamamlamış Firmalar Üzerine Bir Saha Araştırması</t>
         </is>
       </c>
       <c r="C1781" s="1">
-        <v>190</v>
+        <v>215</v>
       </c>
     </row>
     <row r="1782" spans="1:3">
       <c r="A1782" s="1" t="inlineStr">
         <is>
-          <t>9786059663069</t>
+          <t>9786257492706</t>
         </is>
       </c>
       <c r="B1782" s="1" t="inlineStr">
         <is>
-          <t>Küçük ve Orta Ölçekli İşletmelerde Yeniden Yapılanma Stratejileri</t>
+          <t>Covid-19 Pandemisine Disiplinlerarası Bakış</t>
         </is>
       </c>
       <c r="C1782" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="1783" spans="1:3">
       <c r="A1783" s="1" t="inlineStr">
         <is>
-          <t>9786059663335</t>
+          <t>9786257492317</t>
         </is>
       </c>
       <c r="B1783" s="1" t="inlineStr">
         <is>
-          <t>Aile Medya ve Serbest Zaman</t>
+          <t>Lojistik Performans Endeksi İle Ekonomik Özgürlük Endeksinin Küresel Ticareti Kolaylaştırmaya Etkisinin İncelenmesi</t>
         </is>
       </c>
       <c r="C1783" s="1">
-        <v>255</v>
+        <v>170</v>
       </c>
     </row>
     <row r="1784" spans="1:3">
       <c r="A1784" s="1" t="inlineStr">
         <is>
-          <t>9786059663472</t>
+          <t>9786257492638</t>
         </is>
       </c>
       <c r="B1784" s="1" t="inlineStr">
         <is>
-          <t>Voleybolda Fileye Temas Kuralında Yapılan Değişikliklerin Oyun ve Oyuncular Üzerindeki Etkileri</t>
+          <t>Örgütsel Davranışa Pozitif Bakış</t>
         </is>
       </c>
       <c r="C1784" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1785" spans="1:3">
       <c r="A1785" s="1" t="inlineStr">
         <is>
-          <t>9786059663342</t>
+          <t>9786257566827</t>
         </is>
       </c>
       <c r="B1785" s="1" t="inlineStr">
         <is>
-          <t>Bakım Kurumlarında Kalan Gençlerin Sosyalleşmesi</t>
+          <t>Standart Türkçe ve Standart Çuvaşçada Ad Yan Cümleleri</t>
         </is>
       </c>
       <c r="C1785" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="1786" spans="1:3">
       <c r="A1786" s="1" t="inlineStr">
         <is>
-          <t>9786059663267</t>
+          <t>9786257492393</t>
         </is>
       </c>
       <c r="B1786" s="1" t="inlineStr">
         <is>
-          <t>Çatışma Yönetimi ve Halkla İlişkiler</t>
+          <t>Bilgi Çağında Siyaset</t>
         </is>
       </c>
       <c r="C1786" s="1">
-        <v>205</v>
+        <v>350</v>
       </c>
     </row>
     <row r="1787" spans="1:3">
       <c r="A1787" s="1" t="inlineStr">
         <is>
-          <t>9786059663212</t>
+          <t>9786257492188</t>
         </is>
       </c>
       <c r="B1787" s="1" t="inlineStr">
         <is>
-          <t>Türk Vergi Sisteminde Mükellef Hakları</t>
+          <t>Sosyal Bilimlerde Güncel Konular</t>
         </is>
       </c>
       <c r="C1787" s="1">
-        <v>250</v>
+        <v>205</v>
       </c>
     </row>
     <row r="1788" spans="1:3">
       <c r="A1788" s="1" t="inlineStr">
         <is>
-          <t>9786059663137</t>
+          <t>9786257492539</t>
         </is>
       </c>
       <c r="B1788" s="1" t="inlineStr">
         <is>
-          <t>Yapılandırılmış Finans</t>
+          <t>Dijitalleşmenin Finans Dünyasına Yansımaları</t>
         </is>
       </c>
       <c r="C1788" s="1">
-        <v>245</v>
+        <v>280</v>
       </c>
     </row>
     <row r="1789" spans="1:3">
       <c r="A1789" s="1" t="inlineStr">
         <is>
-          <t>9786059663120</t>
+          <t>9786257492355</t>
         </is>
       </c>
       <c r="B1789" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Yerel Yönetimler ve Spor Hizmetleri</t>
+          <t>A5 Ülkelerinde Finansal Kabarcık Tecrübeleri (1990-2016)</t>
         </is>
       </c>
       <c r="C1789" s="1">
-        <v>295</v>
+        <v>320</v>
       </c>
     </row>
     <row r="1790" spans="1:3">
       <c r="A1790" s="1" t="inlineStr">
         <is>
-          <t>9786059663076</t>
+          <t>9786257566520</t>
         </is>
       </c>
       <c r="B1790" s="1" t="inlineStr">
         <is>
-          <t>Altı Sigma</t>
+          <t>100 Soruda Sürdürülebilir Enerji</t>
         </is>
       </c>
       <c r="C1790" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="1791" spans="1:3">
       <c r="A1791" s="1" t="inlineStr">
         <is>
+          <t>9786257492829</t>
+        </is>
+      </c>
+      <c r="B1791" s="1" t="inlineStr">
+        <is>
+          <t>COVID-19 Sonrası Dünyada Ekonomi, Radikalleşme ve Terör</t>
+        </is>
+      </c>
+      <c r="C1791" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1792" spans="1:3">
+      <c r="A1792" s="1" t="inlineStr">
+        <is>
+          <t>9786257492683</t>
+        </is>
+      </c>
+      <c r="B1792" s="1" t="inlineStr">
+        <is>
+          <t>Gastro Artvin</t>
+        </is>
+      </c>
+      <c r="C1792" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1793" spans="1:3">
+      <c r="A1793" s="1" t="inlineStr">
+        <is>
+          <t>9786257492966</t>
+        </is>
+      </c>
+      <c r="B1793" s="1" t="inlineStr">
+        <is>
+          <t>Coğrafi Bakış Açısıyla Film ve Diziler</t>
+        </is>
+      </c>
+      <c r="C1793" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1794" spans="1:3">
+      <c r="A1794" s="1" t="inlineStr">
+        <is>
+          <t>9786257566599</t>
+        </is>
+      </c>
+      <c r="B1794" s="1" t="inlineStr">
+        <is>
+          <t>Gazetecilik Üzerine</t>
+        </is>
+      </c>
+      <c r="C1794" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1795" spans="1:3">
+      <c r="A1795" s="1" t="inlineStr">
+        <is>
+          <t>9786257492041</t>
+        </is>
+      </c>
+      <c r="B1795" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık Hizmetleri Pazarlamasında Güncel Tartışmalar ve Çevrim Dışı Uygulamalar</t>
+        </is>
+      </c>
+      <c r="C1795" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1796" spans="1:3">
+      <c r="A1796" s="1" t="inlineStr">
+        <is>
+          <t>9786257492065</t>
+        </is>
+      </c>
+      <c r="B1796" s="1" t="inlineStr">
+        <is>
+          <t>Ombudsman Kurumu Transfer Süreci ve İşlevselliği</t>
+        </is>
+      </c>
+      <c r="C1796" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1797" spans="1:3">
+      <c r="A1797" s="1" t="inlineStr">
+        <is>
+          <t>9786257566018</t>
+        </is>
+      </c>
+      <c r="B1797" s="1" t="inlineStr">
+        <is>
+          <t>COVID - 19 Pandemisinin İktisadi ve Sosyal Etkileri</t>
+        </is>
+      </c>
+      <c r="C1797" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1798" spans="1:3">
+      <c r="A1798" s="1" t="inlineStr">
+        <is>
+          <t>9786257566766</t>
+        </is>
+      </c>
+      <c r="B1798" s="1" t="inlineStr">
+        <is>
+          <t>“Amerika’nın Sesi”ndeki Kültürel Kodlar</t>
+        </is>
+      </c>
+      <c r="C1798" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1799" spans="1:3">
+      <c r="A1799" s="1" t="inlineStr">
+        <is>
+          <t>9786257566551</t>
+        </is>
+      </c>
+      <c r="B1799" s="1" t="inlineStr">
+        <is>
+          <t>Şimdiki Aklım Geçmiş Tecrübem</t>
+        </is>
+      </c>
+      <c r="C1799" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1800" spans="1:3">
+      <c r="A1800" s="1" t="inlineStr">
+        <is>
+          <t>9786257566469</t>
+        </is>
+      </c>
+      <c r="B1800" s="1" t="inlineStr">
+        <is>
+          <t>Aşk-ı Kübra (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C1800" s="1">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="1801" spans="1:3">
+      <c r="A1801" s="1" t="inlineStr">
+        <is>
+          <t>9786257566704</t>
+        </is>
+      </c>
+      <c r="B1801" s="1" t="inlineStr">
+        <is>
+          <t>Dördüncü Sanayi Devrimi</t>
+        </is>
+      </c>
+      <c r="C1801" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1802" spans="1:3">
+      <c r="A1802" s="1" t="inlineStr">
+        <is>
+          <t>9786257566421</t>
+        </is>
+      </c>
+      <c r="B1802" s="1" t="inlineStr">
+        <is>
+          <t>Kuramdan Araştırmaya Türkiye’de Göç Olgusu</t>
+        </is>
+      </c>
+      <c r="C1802" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1803" spans="1:3">
+      <c r="A1803" s="1" t="inlineStr">
+        <is>
+          <t>9786257363778</t>
+        </is>
+      </c>
+      <c r="B1803" s="1" t="inlineStr">
+        <is>
+          <t>Memleketim Safranbolu</t>
+        </is>
+      </c>
+      <c r="C1803" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1804" spans="1:3">
+      <c r="A1804" s="1" t="inlineStr">
+        <is>
+          <t>9786257566292</t>
+        </is>
+      </c>
+      <c r="B1804" s="1" t="inlineStr">
+        <is>
+          <t>Latin Amerika'da 21. Yüzyıl Sosyalizmi</t>
+        </is>
+      </c>
+      <c r="C1804" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1805" spans="1:3">
+      <c r="A1805" s="1" t="inlineStr">
+        <is>
+          <t>9786257589710</t>
+        </is>
+      </c>
+      <c r="B1805" s="1" t="inlineStr">
+        <is>
+          <t>Esnek Üretim Sistemlerinde Petri Ağları</t>
+        </is>
+      </c>
+      <c r="C1805" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1806" spans="1:3">
+      <c r="A1806" s="1" t="inlineStr">
+        <is>
+          <t>9786257566445</t>
+        </is>
+      </c>
+      <c r="B1806" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medya ve Satın Alma Davranışı</t>
+        </is>
+      </c>
+      <c r="C1806" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1807" spans="1:3">
+      <c r="A1807" s="1" t="inlineStr">
+        <is>
+          <t>9786257566261</t>
+        </is>
+      </c>
+      <c r="B1807" s="1" t="inlineStr">
+        <is>
+          <t>Pazarlamanın Geleceği</t>
+        </is>
+      </c>
+      <c r="C1807" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1808" spans="1:3">
+      <c r="A1808" s="1" t="inlineStr">
+        <is>
+          <t>9786257589109</t>
+        </is>
+      </c>
+      <c r="B1808" s="1" t="inlineStr">
+        <is>
+          <t>Birleşik Krallık ve Terörizmle Mücadele</t>
+        </is>
+      </c>
+      <c r="C1808" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1809" spans="1:3">
+      <c r="A1809" s="1" t="inlineStr">
+        <is>
+          <t>9786257566056</t>
+        </is>
+      </c>
+      <c r="B1809" s="1" t="inlineStr">
+        <is>
+          <t>Cahil Şehirler’den Akıllı Şehir Devletleri'ne</t>
+        </is>
+      </c>
+      <c r="C1809" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1810" spans="1:3">
+      <c r="A1810" s="1" t="inlineStr">
+        <is>
+          <t>9786257589291</t>
+        </is>
+      </c>
+      <c r="B1810" s="1" t="inlineStr">
+        <is>
+          <t>Öncileriyle Alman Orta Çağ Edebiyatı</t>
+        </is>
+      </c>
+      <c r="C1810" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1811" spans="1:3">
+      <c r="A1811" s="1" t="inlineStr">
+        <is>
+          <t>9786257589208</t>
+        </is>
+      </c>
+      <c r="B1811" s="1" t="inlineStr">
+        <is>
+          <t>Optik</t>
+        </is>
+      </c>
+      <c r="C1811" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1812" spans="1:3">
+      <c r="A1812" s="1" t="inlineStr">
+        <is>
+          <t>9786257589239</t>
+        </is>
+      </c>
+      <c r="B1812" s="1" t="inlineStr">
+        <is>
+          <t>The Transforming Brain</t>
+        </is>
+      </c>
+      <c r="C1812" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1813" spans="1:3">
+      <c r="A1813" s="1" t="inlineStr">
+        <is>
+          <t>9786257363556</t>
+        </is>
+      </c>
+      <c r="B1813" s="1" t="inlineStr">
+        <is>
+          <t>Diplomatik İlişki Kuruluşundan Günümüze Osmanlı - Türkiye - Amerika Birleşik Devletleri İlişkileri</t>
+        </is>
+      </c>
+      <c r="C1813" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1814" spans="1:3">
+      <c r="A1814" s="1" t="inlineStr">
+        <is>
+          <t>9786257589246</t>
+        </is>
+      </c>
+      <c r="B1814" s="1" t="inlineStr">
+        <is>
+          <t>Öncülleri ve Sonuçları Açısından Yetenek Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1814" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1815" spans="1:3">
+      <c r="A1815" s="1" t="inlineStr">
+        <is>
+          <t>9786257589529</t>
+        </is>
+      </c>
+      <c r="B1815" s="1" t="inlineStr">
+        <is>
+          <t>Şansölye Angela Merkel Dönemi Almanya'nın Orta Doğu Politikası</t>
+        </is>
+      </c>
+      <c r="C1815" s="1">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1816" spans="1:3">
+      <c r="A1816" s="1" t="inlineStr">
+        <is>
+          <t>9786257589444</t>
+        </is>
+      </c>
+      <c r="B1816" s="1" t="inlineStr">
+        <is>
+          <t>Bireysel Emeklilik Otomatik Katılım Sistemi</t>
+        </is>
+      </c>
+      <c r="C1816" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1817" spans="1:3">
+      <c r="A1817" s="1" t="inlineStr">
+        <is>
+          <t>9786257363440</t>
+        </is>
+      </c>
+      <c r="B1817" s="1" t="inlineStr">
+        <is>
+          <t>Pazarlamayı Paydaş Bakış Açısıyla Değerlendirmek</t>
+        </is>
+      </c>
+      <c r="C1817" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1818" spans="1:3">
+      <c r="A1818" s="1" t="inlineStr">
+        <is>
+          <t>9786257589666</t>
+        </is>
+      </c>
+      <c r="B1818" s="1" t="inlineStr">
+        <is>
+          <t>Worldviews and Identity Discernment of Muslim Youth</t>
+        </is>
+      </c>
+      <c r="C1818" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1819" spans="1:3">
+      <c r="A1819" s="1" t="inlineStr">
+        <is>
+          <t>9786257589338</t>
+        </is>
+      </c>
+      <c r="B1819" s="1" t="inlineStr">
+        <is>
+          <t>Değerler ve Medya</t>
+        </is>
+      </c>
+      <c r="C1819" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1820" spans="1:3">
+      <c r="A1820" s="1" t="inlineStr">
+        <is>
+          <t>9786257589796</t>
+        </is>
+      </c>
+      <c r="B1820" s="1" t="inlineStr">
+        <is>
+          <t>Sürrealizm ve Markalaşma</t>
+        </is>
+      </c>
+      <c r="C1820" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1821" spans="1:3">
+      <c r="A1821" s="1" t="inlineStr">
+        <is>
+          <t>9786257296502</t>
+        </is>
+      </c>
+      <c r="B1821" s="1" t="inlineStr">
+        <is>
+          <t>Etkili Okul ve Akademik Başarı</t>
+        </is>
+      </c>
+      <c r="C1821" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1822" spans="1:3">
+      <c r="A1822" s="1" t="inlineStr">
+        <is>
+          <t>9786257566032</t>
+        </is>
+      </c>
+      <c r="B1822" s="1" t="inlineStr">
+        <is>
+          <t>Marka Algısı ve Hizmet Kalitesinin Müşteri Bağlılığına Etkileri</t>
+        </is>
+      </c>
+      <c r="C1822" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1823" spans="1:3">
+      <c r="A1823" s="1" t="inlineStr">
+        <is>
+          <t>9786257566193</t>
+        </is>
+      </c>
+      <c r="B1823" s="1" t="inlineStr">
+        <is>
+          <t>Enerji Güvenliği Enerji Aktörü Olarak Türkiye</t>
+        </is>
+      </c>
+      <c r="C1823" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1824" spans="1:3">
+      <c r="A1824" s="1" t="inlineStr">
+        <is>
+          <t>9786257589406</t>
+        </is>
+      </c>
+      <c r="B1824" s="1" t="inlineStr">
+        <is>
+          <t>Kamu Yönetiminde Değişim Olgusu</t>
+        </is>
+      </c>
+      <c r="C1824" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1825" spans="1:3">
+      <c r="A1825" s="1" t="inlineStr">
+        <is>
+          <t>9786257296021</t>
+        </is>
+      </c>
+      <c r="B1825" s="1" t="inlineStr">
+        <is>
+          <t>Mycetozoa of Turkey</t>
+        </is>
+      </c>
+      <c r="C1825" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1826" spans="1:3">
+      <c r="A1826" s="1" t="inlineStr">
+        <is>
+          <t>9786254398308</t>
+        </is>
+      </c>
+      <c r="B1826" s="1" t="inlineStr">
+        <is>
+          <t>Çalışan Deneyimi ve Yeni İnsan Kaynakları Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1826" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1827" spans="1:3">
+      <c r="A1827" s="1" t="inlineStr">
+        <is>
+          <t>9786257363723</t>
+        </is>
+      </c>
+      <c r="B1827" s="1" t="inlineStr">
+        <is>
+          <t>Yaşlanma Sürecinin Biyopolitikası</t>
+        </is>
+      </c>
+      <c r="C1827" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1828" spans="1:3">
+      <c r="A1828" s="1" t="inlineStr">
+        <is>
+          <t>9786257363006</t>
+        </is>
+      </c>
+      <c r="B1828" s="1" t="inlineStr">
+        <is>
+          <t>Regional Power Politics: Conflict and Cooperation</t>
+        </is>
+      </c>
+      <c r="C1828" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1829" spans="1:3">
+      <c r="A1829" s="1" t="inlineStr">
+        <is>
+          <t>9786257363327</t>
+        </is>
+      </c>
+      <c r="B1829" s="1" t="inlineStr">
+        <is>
+          <t>Bağımlılık Değişim ve Maneviyat</t>
+        </is>
+      </c>
+      <c r="C1829" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1830" spans="1:3">
+      <c r="A1830" s="1" t="inlineStr">
+        <is>
+          <t>9786257363204</t>
+        </is>
+      </c>
+      <c r="B1830" s="1" t="inlineStr">
+        <is>
+          <t>Yönetim Bilimlerinde Adalet Kavramı ve Yabancılaşma Sorunu</t>
+        </is>
+      </c>
+      <c r="C1830" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1831" spans="1:3">
+      <c r="A1831" s="1" t="inlineStr">
+        <is>
+          <t>9786257363051</t>
+        </is>
+      </c>
+      <c r="B1831" s="1" t="inlineStr">
+        <is>
+          <t>Tying The Knot: A Comparison of Marriage Shows in Two Culture</t>
+        </is>
+      </c>
+      <c r="C1831" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1832" spans="1:3">
+      <c r="A1832" s="1" t="inlineStr">
+        <is>
+          <t>9786257677837</t>
+        </is>
+      </c>
+      <c r="B1832" s="1" t="inlineStr">
+        <is>
+          <t>Reklamın Dünyasında Zaman</t>
+        </is>
+      </c>
+      <c r="C1832" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1833" spans="1:3">
+      <c r="A1833" s="1" t="inlineStr">
+        <is>
+          <t>9786257363082</t>
+        </is>
+      </c>
+      <c r="B1833" s="1" t="inlineStr">
+        <is>
+          <t>Sen Ne Yap Biliyor Musun?</t>
+        </is>
+      </c>
+      <c r="C1833" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="1834" spans="1:3">
+      <c r="A1834" s="1" t="inlineStr">
+        <is>
+          <t>9786257677370</t>
+        </is>
+      </c>
+      <c r="B1834" s="1" t="inlineStr">
+        <is>
+          <t>Orta Asya’da ve Kırgızistan’da İslami Finansın Gelişimi Muhasebe Sistemi ve Halkın Bakış Açısı Üzeri</t>
+        </is>
+      </c>
+      <c r="C1834" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1835" spans="1:3">
+      <c r="A1835" s="1" t="inlineStr">
+        <is>
+          <t>9786257677202</t>
+        </is>
+      </c>
+      <c r="B1835" s="1" t="inlineStr">
+        <is>
+          <t>Pierre Loti’nin Gözüyle Türkiye ve Batı Medeniyeti</t>
+        </is>
+      </c>
+      <c r="C1835" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1836" spans="1:3">
+      <c r="A1836" s="1" t="inlineStr">
+        <is>
+          <t>9786257296519</t>
+        </is>
+      </c>
+      <c r="B1836" s="1" t="inlineStr">
+        <is>
+          <t>Kamu Harcamaları ve Ekonomik Büyüme Arasındaki İlişki</t>
+        </is>
+      </c>
+      <c r="C1836" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1837" spans="1:3">
+      <c r="A1837" s="1" t="inlineStr">
+        <is>
+          <t>9786257296540</t>
+        </is>
+      </c>
+      <c r="B1837" s="1" t="inlineStr">
+        <is>
+          <t>Ekonometride Ampirik Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C1837" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1838" spans="1:3">
+      <c r="A1838" s="1" t="inlineStr">
+        <is>
+          <t>9786257677608</t>
+        </is>
+      </c>
+      <c r="B1838" s="1" t="inlineStr">
+        <is>
+          <t>Kaostan Yaratıma: Postmodernizm ve Rus Edebiyatına Yansımaları</t>
+        </is>
+      </c>
+      <c r="C1838" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1839" spans="1:3">
+      <c r="A1839" s="1" t="inlineStr">
+        <is>
+          <t>9786257677677</t>
+        </is>
+      </c>
+      <c r="B1839" s="1" t="inlineStr">
+        <is>
+          <t>Purchasing Power Parity in a Spatial Perspective</t>
+        </is>
+      </c>
+      <c r="C1839" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1840" spans="1:3">
+      <c r="A1840" s="1" t="inlineStr">
+        <is>
+          <t>9786257677691</t>
+        </is>
+      </c>
+      <c r="B1840" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin İki Yanlı Ticaretindeki J ve S Eğrisi ve Harberger - Laursen - Metzler Etkilerinin Analizi</t>
+        </is>
+      </c>
+      <c r="C1840" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1841" spans="1:3">
+      <c r="A1841" s="1" t="inlineStr">
+        <is>
+          <t>9786257296816</t>
+        </is>
+      </c>
+      <c r="B1841" s="1" t="inlineStr">
+        <is>
+          <t>Lojistikte Farklı Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1841" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1842" spans="1:3">
+      <c r="A1842" s="1" t="inlineStr">
+        <is>
+          <t>9786257677578</t>
+        </is>
+      </c>
+      <c r="B1842" s="1" t="inlineStr">
+        <is>
+          <t>Değişen Dünya Düzeninde Yeni Tüketiciler</t>
+        </is>
+      </c>
+      <c r="C1842" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1843" spans="1:3">
+      <c r="A1843" s="1" t="inlineStr">
+        <is>
+          <t>9786257677912</t>
+        </is>
+      </c>
+      <c r="B1843" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomik Krizler ve İnsan Kaynakları Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1843" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1844" spans="1:3">
+      <c r="A1844" s="1" t="inlineStr">
+        <is>
+          <t>9786257677295</t>
+        </is>
+      </c>
+      <c r="B1844" s="1" t="inlineStr">
+        <is>
+          <t>The Esintiler</t>
+        </is>
+      </c>
+      <c r="C1844" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1845" spans="1:3">
+      <c r="A1845" s="1" t="inlineStr">
+        <is>
+          <t>9786257677790</t>
+        </is>
+      </c>
+      <c r="B1845" s="1" t="inlineStr">
+        <is>
+          <t>Turkey’s Security: New Threats Indigenous Solutions and Overseas Stretch</t>
+        </is>
+      </c>
+      <c r="C1845" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1846" spans="1:3">
+      <c r="A1846" s="1" t="inlineStr">
+        <is>
+          <t>9786257677332</t>
+        </is>
+      </c>
+      <c r="B1846" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle Tuz</t>
+        </is>
+      </c>
+      <c r="C1846" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1847" spans="1:3">
+      <c r="A1847" s="1" t="inlineStr">
+        <is>
+          <t>9786257296786</t>
+        </is>
+      </c>
+      <c r="B1847" s="1" t="inlineStr">
+        <is>
+          <t>İki Darbe Arasında Türkiye’nin Suriye Politikası (1960-1980)</t>
+        </is>
+      </c>
+      <c r="C1847" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1848" spans="1:3">
+      <c r="A1848" s="1" t="inlineStr">
+        <is>
+          <t>9786257296281</t>
+        </is>
+      </c>
+      <c r="B1848" s="1" t="inlineStr">
+        <is>
+          <t>İran ve Suudi Arabistan İlişkileri</t>
+        </is>
+      </c>
+      <c r="C1848" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1849" spans="1:3">
+      <c r="A1849" s="1" t="inlineStr">
+        <is>
+          <t>9786257296267</t>
+        </is>
+      </c>
+      <c r="B1849" s="1" t="inlineStr">
+        <is>
+          <t>Post-Method Pedagogies for English Language Teaching: Emerging Research and Opportunities</t>
+        </is>
+      </c>
+      <c r="C1849" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1850" spans="1:3">
+      <c r="A1850" s="1" t="inlineStr">
+        <is>
+          <t>9786254067228</t>
+        </is>
+      </c>
+      <c r="B1850" s="1" t="inlineStr">
+        <is>
+          <t>Piyanonun Osmanlı’daki Serüveni</t>
+        </is>
+      </c>
+      <c r="C1850" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="1851" spans="1:3">
+      <c r="A1851" s="1" t="inlineStr">
+        <is>
+          <t>9786257296861</t>
+        </is>
+      </c>
+      <c r="B1851" s="1" t="inlineStr">
+        <is>
+          <t>Highly-Skilled Immigrants, Science Cities and Japan</t>
+        </is>
+      </c>
+      <c r="C1851" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1852" spans="1:3">
+      <c r="A1852" s="1" t="inlineStr">
+        <is>
+          <t>9786257296885</t>
+        </is>
+      </c>
+      <c r="B1852" s="1" t="inlineStr">
+        <is>
+          <t>International Students, MEXT Scholarship, and Japan</t>
+        </is>
+      </c>
+      <c r="C1852" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1853" spans="1:3">
+      <c r="A1853" s="1" t="inlineStr">
+        <is>
+          <t>9786257677059</t>
+        </is>
+      </c>
+      <c r="B1853" s="1" t="inlineStr">
+        <is>
+          <t>Contemporary Approaches in the Field of Economy Finance and Management</t>
+        </is>
+      </c>
+      <c r="C1853" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1854" spans="1:3">
+      <c r="A1854" s="1" t="inlineStr">
+        <is>
+          <t>9786257677233</t>
+        </is>
+      </c>
+      <c r="B1854" s="1" t="inlineStr">
+        <is>
+          <t>Scientific Studies on the Edge of Global Warming</t>
+        </is>
+      </c>
+      <c r="C1854" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1855" spans="1:3">
+      <c r="A1855" s="1" t="inlineStr">
+        <is>
+          <t>9786257296120</t>
+        </is>
+      </c>
+      <c r="B1855" s="1" t="inlineStr">
+        <is>
+          <t>Yüksek Yapılar ve İstanbul'un Değişen Kentsel İmgesi</t>
+        </is>
+      </c>
+      <c r="C1855" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1856" spans="1:3">
+      <c r="A1856" s="1" t="inlineStr">
+        <is>
+          <t>9786257677318</t>
+        </is>
+      </c>
+      <c r="B1856" s="1" t="inlineStr">
+        <is>
+          <t>Siyaset Medya ve Seçmen</t>
+        </is>
+      </c>
+      <c r="C1856" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1857" spans="1:3">
+      <c r="A1857" s="1" t="inlineStr">
+        <is>
+          <t>9786257677493</t>
+        </is>
+      </c>
+      <c r="B1857" s="1" t="inlineStr">
+        <is>
+          <t>Fluktika - Dokuz Dalgaboyu - Sekiz Aralık</t>
+        </is>
+      </c>
+      <c r="C1857" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1858" spans="1:3">
+      <c r="A1858" s="1" t="inlineStr">
+        <is>
+          <t>9786257296304</t>
+        </is>
+      </c>
+      <c r="B1858" s="1" t="inlineStr">
+        <is>
+          <t>Rekreasyon</t>
+        </is>
+      </c>
+      <c r="C1858" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1859" spans="1:3">
+      <c r="A1859" s="1" t="inlineStr">
+        <is>
+          <t>9786257203494</t>
+        </is>
+      </c>
+      <c r="B1859" s="1" t="inlineStr">
+        <is>
+          <t>Azerbaycan - ABD İlişkileri ve Azerbaycan'da ABD İmajı (1991-2010)</t>
+        </is>
+      </c>
+      <c r="C1859" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1860" spans="1:3">
+      <c r="A1860" s="1" t="inlineStr">
+        <is>
+          <t>9786257296939</t>
+        </is>
+      </c>
+      <c r="B1860" s="1" t="inlineStr">
+        <is>
+          <t>Dijitalleşme Eğilimleri</t>
+        </is>
+      </c>
+      <c r="C1860" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1861" spans="1:3">
+      <c r="A1861" s="1" t="inlineStr">
+        <is>
+          <t>9786257296144</t>
+        </is>
+      </c>
+      <c r="B1861" s="1" t="inlineStr">
+        <is>
+          <t>Osmanlı Devleti'nde Uzaktan Eğitim 1902-1907</t>
+        </is>
+      </c>
+      <c r="C1861" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1862" spans="1:3">
+      <c r="A1862" s="1" t="inlineStr">
+        <is>
+          <t>9786257296564</t>
+        </is>
+      </c>
+      <c r="B1862" s="1" t="inlineStr">
+        <is>
+          <t>Din Eğitiminin Sosyal Medya Kullanımına Etkisi</t>
+        </is>
+      </c>
+      <c r="C1862" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1863" spans="1:3">
+      <c r="A1863" s="1" t="inlineStr">
+        <is>
+          <t>9786257677523</t>
+        </is>
+      </c>
+      <c r="B1863" s="1" t="inlineStr">
+        <is>
+          <t>Pandemi Döneminde İletişim Çalışmaları</t>
+        </is>
+      </c>
+      <c r="C1863" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1864" spans="1:3">
+      <c r="A1864" s="1" t="inlineStr">
+        <is>
+          <t>9786257296700</t>
+        </is>
+      </c>
+      <c r="B1864" s="1" t="inlineStr">
+        <is>
+          <t>Her Balık Çağlayan Çıkar</t>
+        </is>
+      </c>
+      <c r="C1864" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1865" spans="1:3">
+      <c r="A1865" s="1" t="inlineStr">
+        <is>
+          <t>9786059663090</t>
+        </is>
+      </c>
+      <c r="B1865" s="1" t="inlineStr">
+        <is>
+          <t>Denetimde Blokzincir Teknolojisinin Uygulanması ve Denetim Mesleğinin Geleceği</t>
+        </is>
+      </c>
+      <c r="C1865" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1866" spans="1:3">
+      <c r="A1866" s="1" t="inlineStr">
+        <is>
+          <t>9786257296441</t>
+        </is>
+      </c>
+      <c r="B1866" s="1" t="inlineStr">
+        <is>
+          <t>Maliyet Yönetiminde Değer Mühendisliği ve Kalite Maliyetleri</t>
+        </is>
+      </c>
+      <c r="C1866" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1867" spans="1:3">
+      <c r="A1867" s="1" t="inlineStr">
+        <is>
+          <t>9786257296380</t>
+        </is>
+      </c>
+      <c r="B1867" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Bağlılık ve İş Tatmininin İşten Ayrılma Niyeti Üzerindeki Etkisinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C1867" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1868" spans="1:3">
+      <c r="A1868" s="1" t="inlineStr">
+        <is>
+          <t>9786257296953</t>
+        </is>
+      </c>
+      <c r="B1868" s="1" t="inlineStr">
+        <is>
+          <t>Panik Bozukluğa Psikodinamik Bakış</t>
+        </is>
+      </c>
+      <c r="C1868" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1869" spans="1:3">
+      <c r="A1869" s="1" t="inlineStr">
+        <is>
+          <t>9786257677417</t>
+        </is>
+      </c>
+      <c r="B1869" s="1" t="inlineStr">
+        <is>
+          <t>COVID-19 Salgınının İşletme Dünyasına Yansımaları</t>
+        </is>
+      </c>
+      <c r="C1869" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1870" spans="1:3">
+      <c r="A1870" s="1" t="inlineStr">
+        <is>
+          <t>9786257296465</t>
+        </is>
+      </c>
+      <c r="B1870" s="1" t="inlineStr">
+        <is>
+          <t>Kişisel Gelişim ve Davranış Portföyünden Bilinmeyen Nesillere X, Y, Z Buketi</t>
+        </is>
+      </c>
+      <c r="C1870" s="1">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1871" spans="1:3">
+      <c r="A1871" s="1" t="inlineStr">
+        <is>
+          <t>9786257296847</t>
+        </is>
+      </c>
+      <c r="B1871" s="1" t="inlineStr">
+        <is>
+          <t>Kızılırmak Havzasının Coğrafi Tarihine Bakış</t>
+        </is>
+      </c>
+      <c r="C1871" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="1872" spans="1:3">
+      <c r="A1872" s="1" t="inlineStr">
+        <is>
+          <t>9786257296052</t>
+        </is>
+      </c>
+      <c r="B1872" s="1" t="inlineStr">
+        <is>
+          <t>Yabancı Futbolcu Statüsü ve Başarı İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1872" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1873" spans="1:3">
+      <c r="A1873" s="1" t="inlineStr">
+        <is>
+          <t>9786257126168</t>
+        </is>
+      </c>
+      <c r="B1873" s="1" t="inlineStr">
+        <is>
+          <t>Muhasebe Finans Perspektifinde E-Dönüşüm Süreci</t>
+        </is>
+      </c>
+      <c r="C1873" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1874" spans="1:3">
+      <c r="A1874" s="1" t="inlineStr">
+        <is>
+          <t>9786257258418</t>
+        </is>
+      </c>
+      <c r="B1874" s="1" t="inlineStr">
+        <is>
+          <t>Grupla Psikolojik Danışmanın Bireylerin Kaygı ve Uyum Düzeyleri Üzerindeki Etkisi</t>
+        </is>
+      </c>
+      <c r="C1874" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1875" spans="1:3">
+      <c r="A1875" s="1" t="inlineStr">
+        <is>
+          <t>9786257258128</t>
+        </is>
+      </c>
+      <c r="B1875" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Devletin Görünmez Kahramanları</t>
+        </is>
+      </c>
+      <c r="C1875" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1876" spans="1:3">
+      <c r="A1876" s="1" t="inlineStr">
+        <is>
+          <t>9786257258470</t>
+        </is>
+      </c>
+      <c r="B1876" s="1" t="inlineStr">
+        <is>
+          <t>Yaş Kuşaklarının Rekreasyon Etkinliklerine Bakışı</t>
+        </is>
+      </c>
+      <c r="C1876" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1877" spans="1:3">
+      <c r="A1877" s="1" t="inlineStr">
+        <is>
+          <t>9786257258593</t>
+        </is>
+      </c>
+      <c r="B1877" s="1" t="inlineStr">
+        <is>
+          <t>Tüketici Algısı ve Negatif eWOM</t>
+        </is>
+      </c>
+      <c r="C1877" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1878" spans="1:3">
+      <c r="A1878" s="1" t="inlineStr">
+        <is>
+          <t>9786257258357</t>
+        </is>
+      </c>
+      <c r="B1878" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye GSM Piyasasının Piyasa Teorileri Bağlamında Anylogic ile Simülasyonu</t>
+        </is>
+      </c>
+      <c r="C1878" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1879" spans="1:3">
+      <c r="A1879" s="1" t="inlineStr">
+        <is>
+          <t>9786257258531</t>
+        </is>
+      </c>
+      <c r="B1879" s="1" t="inlineStr">
+        <is>
+          <t>ABD Petrol Tedariği Çeşitlendirme Motivasyonlarına NEO-COX’çu Yaklaşım</t>
+        </is>
+      </c>
+      <c r="C1879" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1880" spans="1:3">
+      <c r="A1880" s="1" t="inlineStr">
+        <is>
+          <t>9786257203845</t>
+        </is>
+      </c>
+      <c r="B1880" s="1" t="inlineStr">
+        <is>
+          <t>Siyasal Düşüncenin Değişiminde Sınıf, Siyaset, Devlet</t>
+        </is>
+      </c>
+      <c r="C1880" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1881" spans="1:3">
+      <c r="A1881" s="1" t="inlineStr">
+        <is>
+          <t>9786257258012</t>
+        </is>
+      </c>
+      <c r="B1881" s="1" t="inlineStr">
+        <is>
+          <t>Modern Seçim Kampanyaları ve Politik Pazarlama Amaçlı Halkla İlişkiler</t>
+        </is>
+      </c>
+      <c r="C1881" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1882" spans="1:3">
+      <c r="A1882" s="1" t="inlineStr">
+        <is>
+          <t>9786257203760</t>
+        </is>
+      </c>
+      <c r="B1882" s="1" t="inlineStr">
+        <is>
+          <t>Özgürlük Kavramının Düşünsel Dayanakları</t>
+        </is>
+      </c>
+      <c r="C1882" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1883" spans="1:3">
+      <c r="A1883" s="1" t="inlineStr">
+        <is>
+          <t>9786257258234</t>
+        </is>
+      </c>
+      <c r="B1883" s="1" t="inlineStr">
+        <is>
+          <t>Researches on Financial Performance</t>
+        </is>
+      </c>
+      <c r="C1883" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1884" spans="1:3">
+      <c r="A1884" s="1" t="inlineStr">
+        <is>
+          <t>9786257203913</t>
+        </is>
+      </c>
+      <c r="B1884" s="1" t="inlineStr">
+        <is>
+          <t>Finansal Performans Araştırmalarında Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1884" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1885" spans="1:3">
+      <c r="A1885" s="1" t="inlineStr">
+        <is>
+          <t>9786257203975</t>
+        </is>
+      </c>
+      <c r="B1885" s="1" t="inlineStr">
+        <is>
+          <t>Liberal ve Komüniteryan Çokkültürlülük</t>
+        </is>
+      </c>
+      <c r="C1885" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1886" spans="1:3">
+      <c r="A1886" s="1" t="inlineStr">
+        <is>
+          <t>9786257203876</t>
+        </is>
+      </c>
+      <c r="B1886" s="1" t="inlineStr">
+        <is>
+          <t>Borsaya Kote İmalat Sektörü Firmalarının Risk Analizi</t>
+        </is>
+      </c>
+      <c r="C1886" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1887" spans="1:3">
+      <c r="A1887" s="1" t="inlineStr">
+        <is>
+          <t>9786257203616</t>
+        </is>
+      </c>
+      <c r="B1887" s="1" t="inlineStr">
+        <is>
+          <t>Firmalarda Ticari Borç ve Alacak Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1887" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1888" spans="1:3">
+      <c r="A1888" s="1" t="inlineStr">
+        <is>
+          <t>9786257203050</t>
+        </is>
+      </c>
+      <c r="B1888" s="1" t="inlineStr">
+        <is>
+          <t>Aklın Yolu 1</t>
+        </is>
+      </c>
+      <c r="C1888" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1889" spans="1:3">
+      <c r="A1889" s="1" t="inlineStr">
+        <is>
+          <t>9786257203784</t>
+        </is>
+      </c>
+      <c r="B1889" s="1" t="inlineStr">
+        <is>
+          <t>Siber Zorbalık</t>
+        </is>
+      </c>
+      <c r="C1889" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1890" spans="1:3">
+      <c r="A1890" s="1" t="inlineStr">
+        <is>
+          <t>9786257203579</t>
+        </is>
+      </c>
+      <c r="B1890" s="1" t="inlineStr">
+        <is>
+          <t>Temel Matlab</t>
+        </is>
+      </c>
+      <c r="C1890" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1891" spans="1:3">
+      <c r="A1891" s="1" t="inlineStr">
+        <is>
+          <t>9786257203456</t>
+        </is>
+      </c>
+      <c r="B1891" s="1" t="inlineStr">
+        <is>
+          <t>Tarihsel Maddecilik ve Dr. Hikmet Kıvılcımlı’nın Tarih Tezi’nin Siyasetine Etkisi (1950-1971)</t>
+        </is>
+      </c>
+      <c r="C1891" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1892" spans="1:3">
+      <c r="A1892" s="1" t="inlineStr">
+        <is>
+          <t>9786257126557</t>
+        </is>
+      </c>
+      <c r="B1892" s="1" t="inlineStr">
+        <is>
+          <t>Medya Endüstrisinde Freelance Gazetecilerin İşgücü Piyasası Analizi</t>
+        </is>
+      </c>
+      <c r="C1892" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1893" spans="1:3">
+      <c r="A1893" s="1" t="inlineStr">
+        <is>
+          <t>9786257203012</t>
+        </is>
+      </c>
+      <c r="B1893" s="1" t="inlineStr">
+        <is>
+          <t>Yerel Yönetimler Ekonomisi ve Tartışmalar</t>
+        </is>
+      </c>
+      <c r="C1893" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1894" spans="1:3">
+      <c r="A1894" s="1" t="inlineStr">
+        <is>
+          <t>9786257126441</t>
+        </is>
+      </c>
+      <c r="B1894" s="1" t="inlineStr">
+        <is>
+          <t>Putin Dönemi</t>
+        </is>
+      </c>
+      <c r="C1894" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1895" spans="1:3">
+      <c r="A1895" s="1" t="inlineStr">
+        <is>
+          <t>9786257126076</t>
+        </is>
+      </c>
+      <c r="B1895" s="1" t="inlineStr">
+        <is>
+          <t>Fikirden Eyleme Kobi'lerde Yönetim</t>
+        </is>
+      </c>
+      <c r="C1895" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1896" spans="1:3">
+      <c r="A1896" s="1" t="inlineStr">
+        <is>
+          <t>9786257126304</t>
+        </is>
+      </c>
+      <c r="B1896" s="1" t="inlineStr">
+        <is>
+          <t>İş Ekosistemleri</t>
+        </is>
+      </c>
+      <c r="C1896" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1897" spans="1:3">
+      <c r="A1897" s="1" t="inlineStr">
+        <is>
+          <t>9786257126069</t>
+        </is>
+      </c>
+      <c r="B1897" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Kamu Yönetiminde Koordinasyon</t>
+        </is>
+      </c>
+      <c r="C1897" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1898" spans="1:3">
+      <c r="A1898" s="1" t="inlineStr">
+        <is>
+          <t>9786257126199</t>
+        </is>
+      </c>
+      <c r="B1898" s="1" t="inlineStr">
+        <is>
+          <t>Data, Information Knowledge Management</t>
+        </is>
+      </c>
+      <c r="C1898" s="1">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1899" spans="1:3">
+      <c r="A1899" s="1" t="inlineStr">
+        <is>
+          <t>9786257126281</t>
+        </is>
+      </c>
+      <c r="B1899" s="1" t="inlineStr">
+        <is>
+          <t>Malatya Kuru Kayısı Üreticiliği Ekonomisi</t>
+        </is>
+      </c>
+      <c r="C1899" s="1">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1900" spans="1:3">
+      <c r="A1900" s="1" t="inlineStr">
+        <is>
+          <t>9786257932837</t>
+        </is>
+      </c>
+      <c r="B1900" s="1" t="inlineStr">
+        <is>
+          <t>Lale Çılgınlığından Mortgage Krizine</t>
+        </is>
+      </c>
+      <c r="C1900" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1901" spans="1:3">
+      <c r="A1901" s="1" t="inlineStr">
+        <is>
+          <t>9786257126212</t>
+        </is>
+      </c>
+      <c r="B1901" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Girişimci Ve Yenilikçi Üniversitelerin Gömülü Teoriye Göre Değerlendirmesi Ve Bir Model Önerisi</t>
+        </is>
+      </c>
+      <c r="C1901" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1902" spans="1:3">
+      <c r="A1902" s="1" t="inlineStr">
+        <is>
+          <t>9786257932851</t>
+        </is>
+      </c>
+      <c r="B1902" s="1" t="inlineStr">
+        <is>
+          <t>Milli Güvenlik Stratejisi Açısından Hafız Esad Dönemi</t>
+        </is>
+      </c>
+      <c r="C1902" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1903" spans="1:3">
+      <c r="A1903" s="1" t="inlineStr">
+        <is>
+          <t>9786257126311</t>
+        </is>
+      </c>
+      <c r="B1903" s="1" t="inlineStr">
+        <is>
+          <t>Ürün Adaptasyonu İle İhracat Performansı Arasındaki İlişki</t>
+        </is>
+      </c>
+      <c r="C1903" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1904" spans="1:3">
+      <c r="A1904" s="1" t="inlineStr">
+        <is>
+          <t>9786257126205</t>
+        </is>
+      </c>
+      <c r="B1904" s="1" t="inlineStr">
+        <is>
+          <t>Çeviribilim Üzerine Kuramsal Çalışmalar</t>
+        </is>
+      </c>
+      <c r="C1904" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1905" spans="1:3">
+      <c r="A1905" s="1" t="inlineStr">
+        <is>
+          <t>9786257126038</t>
+        </is>
+      </c>
+      <c r="B1905" s="1" t="inlineStr">
+        <is>
+          <t>Erkek Kayakçılarda Fiziksel Algılama ve Beden İmgesi - Türkiye Örneği</t>
+        </is>
+      </c>
+      <c r="C1905" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1906" spans="1:3">
+      <c r="A1906" s="1" t="inlineStr">
+        <is>
+          <t>9786257126007</t>
+        </is>
+      </c>
+      <c r="B1906" s="1" t="inlineStr">
+        <is>
+          <t>Örgütsel Değişim Sinizmi ve Spor</t>
+        </is>
+      </c>
+      <c r="C1906" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1907" spans="1:3">
+      <c r="A1907" s="1" t="inlineStr">
+        <is>
+          <t>9786257126045</t>
+        </is>
+      </c>
+      <c r="B1907" s="1" t="inlineStr">
+        <is>
+          <t>Üniversite Gençliğinin Şiddete Eğiliminin Araştırılması</t>
+        </is>
+      </c>
+      <c r="C1907" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1908" spans="1:3">
+      <c r="A1908" s="1" t="inlineStr">
+        <is>
+          <t>9786257932981</t>
+        </is>
+      </c>
+      <c r="B1908" s="1" t="inlineStr">
+        <is>
+          <t>Wellness Turizminde Sürdürülebilirlik Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1908" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1909" spans="1:3">
+      <c r="A1909" s="1" t="inlineStr">
+        <is>
+          <t>9786257126083</t>
+        </is>
+      </c>
+      <c r="B1909" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Evrenin Yeni İletişim Kodları</t>
+        </is>
+      </c>
+      <c r="C1909" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1910" spans="1:3">
+      <c r="A1910" s="1" t="inlineStr">
+        <is>
+          <t>9786257932097</t>
+        </is>
+      </c>
+      <c r="B1910" s="1" t="inlineStr">
+        <is>
+          <t>Tanıtım Filmi</t>
+        </is>
+      </c>
+      <c r="C1910" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1911" spans="1:3">
+      <c r="A1911" s="1" t="inlineStr">
+        <is>
+          <t>9786257932479</t>
+        </is>
+      </c>
+      <c r="B1911" s="1" t="inlineStr">
+        <is>
+          <t>Pravention Kultur Erprobt</t>
+        </is>
+      </c>
+      <c r="C1911" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1912" spans="1:3">
+      <c r="A1912" s="1" t="inlineStr">
+        <is>
+          <t>9786257932363</t>
+        </is>
+      </c>
+      <c r="B1912" s="1" t="inlineStr">
+        <is>
+          <t>1930-1940 Yıllarında Urfa’da Fotoğraflarla 23 Nisan Ulusal Egemenlik Bayramları</t>
+        </is>
+      </c>
+      <c r="C1912" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1913" spans="1:3">
+      <c r="A1913" s="1" t="inlineStr">
+        <is>
+          <t>9786257932431</t>
+        </is>
+      </c>
+      <c r="B1913" s="1" t="inlineStr">
+        <is>
+          <t>Kitle Fonlaması: Paya Dayalı Modelde Başarı Faktörleri</t>
+        </is>
+      </c>
+      <c r="C1913" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1914" spans="1:3">
+      <c r="A1914" s="1" t="inlineStr">
+        <is>
+          <t>9786257932578</t>
+        </is>
+      </c>
+      <c r="B1914" s="1" t="inlineStr">
+        <is>
+          <t>Stratejik Rekabet Gücü - İSO’ya Bağlı İmalat Sanayi Sektörlerinde Yapılan Analizler</t>
+        </is>
+      </c>
+      <c r="C1914" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1915" spans="1:3">
+      <c r="A1915" s="1" t="inlineStr">
+        <is>
+          <t>9786257932844</t>
+        </is>
+      </c>
+      <c r="B1915" s="1" t="inlineStr">
+        <is>
+          <t>Devlet Yardımları ve Dahilde İşleme Rejiminin Dış Ticaretteki Yeri ve Önemi</t>
+        </is>
+      </c>
+      <c r="C1915" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1916" spans="1:3">
+      <c r="A1916" s="1" t="inlineStr">
+        <is>
+          <t>9786257932370</t>
+        </is>
+      </c>
+      <c r="B1916" s="1" t="inlineStr">
+        <is>
+          <t>Yenilik Yönetiminde Multi Disipliner Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1916" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1917" spans="1:3">
+      <c r="A1917" s="1" t="inlineStr">
+        <is>
+          <t>9786257932332</t>
+        </is>
+      </c>
+      <c r="B1917" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Dönüşüm ve Finansal Teknolojilere Yansımaları</t>
+        </is>
+      </c>
+      <c r="C1917" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1918" spans="1:3">
+      <c r="A1918" s="1" t="inlineStr">
+        <is>
+          <t>9786257932233</t>
+        </is>
+      </c>
+      <c r="B1918" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşme Çerçevesinde Yeni Ekonomi ve Bileşenleri</t>
+        </is>
+      </c>
+      <c r="C1918" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1919" spans="1:3">
+      <c r="A1919" s="1" t="inlineStr">
+        <is>
+          <t>9786257932158</t>
+        </is>
+      </c>
+      <c r="B1919" s="1" t="inlineStr">
+        <is>
+          <t>Yerel Kaynaklar Işığında Orta Çağ Azerbaycan Tarihi 1</t>
+        </is>
+      </c>
+      <c r="C1919" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1920" spans="1:3">
+      <c r="A1920" s="1" t="inlineStr">
+        <is>
+          <t>9786257932387</t>
+        </is>
+      </c>
+      <c r="B1920" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği ve Türkiye’de Asgari Ücret ve Adalet</t>
+        </is>
+      </c>
+      <c r="C1920" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1921" spans="1:3">
+      <c r="A1921" s="1" t="inlineStr">
+        <is>
+          <t>9786257932288</t>
+        </is>
+      </c>
+      <c r="B1921" s="1" t="inlineStr">
+        <is>
+          <t>İran - Sosyal Yapı ve Siyasi Sistem</t>
+        </is>
+      </c>
+      <c r="C1921" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1922" spans="1:3">
+      <c r="A1922" s="1" t="inlineStr">
+        <is>
+          <t>9786257932226</t>
+        </is>
+      </c>
+      <c r="B1922" s="1" t="inlineStr">
+        <is>
+          <t>Muş Yöresine Ait Geleneksel Oyunlar</t>
+        </is>
+      </c>
+      <c r="C1922" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1923" spans="1:3">
+      <c r="A1923" s="1" t="inlineStr">
+        <is>
+          <t>9786257932301</t>
+        </is>
+      </c>
+      <c r="B1923" s="1" t="inlineStr">
+        <is>
+          <t>Televizyon Haberciliğinde Yeni Medyanın Kullanımı: Whatsapp İhbar Hattı</t>
+        </is>
+      </c>
+      <c r="C1923" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1924" spans="1:3">
+      <c r="A1924" s="1" t="inlineStr">
+        <is>
+          <t>9786257932172</t>
+        </is>
+      </c>
+      <c r="B1924" s="1" t="inlineStr">
+        <is>
+          <t>Çeviriye Kültürel Bakış</t>
+        </is>
+      </c>
+      <c r="C1924" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1925" spans="1:3">
+      <c r="A1925" s="1" t="inlineStr">
+        <is>
+          <t>9786257932219</t>
+        </is>
+      </c>
+      <c r="B1925" s="1" t="inlineStr">
+        <is>
+          <t>Current Issues in Sociology of Health</t>
+        </is>
+      </c>
+      <c r="C1925" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1926" spans="1:3">
+      <c r="A1926" s="1" t="inlineStr">
+        <is>
+          <t>9786257932080</t>
+        </is>
+      </c>
+      <c r="B1926" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Çocuk Üniversiteleri 21. Yüzyıl Becerileri Yaklaşımı</t>
+        </is>
+      </c>
+      <c r="C1926" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1927" spans="1:3">
+      <c r="A1927" s="1" t="inlineStr">
+        <is>
+          <t>9786257932141</t>
+        </is>
+      </c>
+      <c r="B1927" s="1" t="inlineStr">
+        <is>
+          <t>Derin Öğrenme</t>
+        </is>
+      </c>
+      <c r="C1927" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1928" spans="1:3">
+      <c r="A1928" s="1" t="inlineStr">
+        <is>
+          <t>9786057662996</t>
+        </is>
+      </c>
+      <c r="B1928" s="1" t="inlineStr">
+        <is>
+          <t>Temel Etik Değerler ve Kamu Kurumlarındaki Hizmet Verimliliği İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1928" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1929" spans="1:3">
+      <c r="A1929" s="1" t="inlineStr">
+        <is>
+          <t>9786057662965</t>
+        </is>
+      </c>
+      <c r="B1929" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği’nin Adalet ve İçişleri Politikası ile Türkiye’nin Uyum Süreci</t>
+        </is>
+      </c>
+      <c r="C1929" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1930" spans="1:3">
+      <c r="A1930" s="1" t="inlineStr">
+        <is>
+          <t>9786257932011</t>
+        </is>
+      </c>
+      <c r="B1930" s="1" t="inlineStr">
+        <is>
+          <t>Türk Üniversitelerinde Bologna Süreci</t>
+        </is>
+      </c>
+      <c r="C1930" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1931" spans="1:3">
+      <c r="A1931" s="1" t="inlineStr">
+        <is>
+          <t>9786057662972</t>
+        </is>
+      </c>
+      <c r="B1931" s="1" t="inlineStr">
+        <is>
+          <t>Müziğin Aerobik ve Anaerobik Performansa Etkisinin İncelenmesi</t>
+        </is>
+      </c>
+      <c r="C1931" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1932" spans="1:3">
+      <c r="A1932" s="1" t="inlineStr">
+        <is>
+          <t>9786057662897</t>
+        </is>
+      </c>
+      <c r="B1932" s="1" t="inlineStr">
+        <is>
+          <t>Turizm Endüstrisinde Pazarlama İletişimi</t>
+        </is>
+      </c>
+      <c r="C1932" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1933" spans="1:3">
+      <c r="A1933" s="1" t="inlineStr">
+        <is>
+          <t>9786057662774</t>
+        </is>
+      </c>
+      <c r="B1933" s="1" t="inlineStr">
+        <is>
+          <t>Organik Elektronik - Aygıt Fiziği ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1933" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1934" spans="1:3">
+      <c r="A1934" s="1" t="inlineStr">
+        <is>
+          <t>9786057662958</t>
+        </is>
+      </c>
+      <c r="B1934" s="1" t="inlineStr">
+        <is>
+          <t>Kuşaklarda Tüketici Etnosentrizmi ve Tüketici Husumeti</t>
+        </is>
+      </c>
+      <c r="C1934" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1935" spans="1:3">
+      <c r="A1935" s="1" t="inlineStr">
+        <is>
+          <t>9786057662842</t>
+        </is>
+      </c>
+      <c r="B1935" s="1" t="inlineStr">
+        <is>
+          <t>Adolesan - Kadınlarda Sporun Biyokimyasal Etkileri</t>
+        </is>
+      </c>
+      <c r="C1935" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1936" spans="1:3">
+      <c r="A1936" s="1" t="inlineStr">
+        <is>
+          <t>9786057662606</t>
+        </is>
+      </c>
+      <c r="B1936" s="1" t="inlineStr">
+        <is>
+          <t>Eski Anadolu Türkçesinde Epistemik Kiplik Kısas-ı Enbiya Örneği</t>
+        </is>
+      </c>
+      <c r="C1936" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="1937" spans="1:3">
+      <c r="A1937" s="1" t="inlineStr">
+        <is>
+          <t>9786057662651</t>
+        </is>
+      </c>
+      <c r="B1937" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Medyada Pazarlama Uygulamaları, Marka Bağlılığı ve Satın Alma Niyeti</t>
+        </is>
+      </c>
+      <c r="C1937" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1938" spans="1:3">
+      <c r="A1938" s="1" t="inlineStr">
+        <is>
+          <t>9786057662491</t>
+        </is>
+      </c>
+      <c r="B1938" s="1" t="inlineStr">
+        <is>
+          <t>Şirketler İçin Risk Yönetimi - Olgunluk Düzeyleri</t>
+        </is>
+      </c>
+      <c r="C1938" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1939" spans="1:3">
+      <c r="A1939" s="1" t="inlineStr">
+        <is>
+          <t>9786057662484</t>
+        </is>
+      </c>
+      <c r="B1939" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'de Ordu ve Sermaye İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1939" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1940" spans="1:3">
+      <c r="A1940" s="1" t="inlineStr">
+        <is>
+          <t>9786057662767</t>
+        </is>
+      </c>
+      <c r="B1940" s="1" t="inlineStr">
+        <is>
+          <t>Dijital Para ve Merkez Bankası Para Politikaları</t>
+        </is>
+      </c>
+      <c r="C1940" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1941" spans="1:3">
+      <c r="A1941" s="1" t="inlineStr">
+        <is>
+          <t>9786057662712</t>
+        </is>
+      </c>
+      <c r="B1941" s="1" t="inlineStr">
+        <is>
+          <t>Teorik ve Ampirik Perspektifte Seçilmiş Finans Konuları</t>
+        </is>
+      </c>
+      <c r="C1941" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1942" spans="1:3">
+      <c r="A1942" s="1" t="inlineStr">
+        <is>
+          <t>9786057662552</t>
+        </is>
+      </c>
+      <c r="B1942" s="1" t="inlineStr">
+        <is>
+          <t>Beden Eğitimi ve Sporda İstihdam Edilebilme</t>
+        </is>
+      </c>
+      <c r="C1942" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1943" spans="1:3">
+      <c r="A1943" s="1" t="inlineStr">
+        <is>
+          <t>9786057662521</t>
+        </is>
+      </c>
+      <c r="B1943" s="1" t="inlineStr">
+        <is>
+          <t>Alfabe Raporu</t>
+        </is>
+      </c>
+      <c r="C1943" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1944" spans="1:3">
+      <c r="A1944" s="1" t="inlineStr">
+        <is>
+          <t>9786057662644</t>
+        </is>
+      </c>
+      <c r="B1944" s="1" t="inlineStr">
+        <is>
+          <t>Organik Süt Sığırcılığı ve Sindirim Sistemi Hastalıklarına Bitkisel Tedavi Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1944" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1945" spans="1:3">
+      <c r="A1945" s="1" t="inlineStr">
+        <is>
+          <t>9786057662538</t>
+        </is>
+      </c>
+      <c r="B1945" s="1" t="inlineStr">
+        <is>
+          <t>Hükümet Sistemleri</t>
+        </is>
+      </c>
+      <c r="C1945" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1946" spans="1:3">
+      <c r="A1946" s="1" t="inlineStr">
+        <is>
+          <t>9786057662439</t>
+        </is>
+      </c>
+      <c r="B1946" s="1" t="inlineStr">
+        <is>
+          <t>Demokrat Parti’nin Son Döneminde Türkiye’nin ABD Politikası (1957-1960)</t>
+        </is>
+      </c>
+      <c r="C1946" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1947" spans="1:3">
+      <c r="A1947" s="1" t="inlineStr">
+        <is>
+          <t>9786057662477</t>
+        </is>
+      </c>
+      <c r="B1947" s="1" t="inlineStr">
+        <is>
+          <t>Çağdaş Çuvaş Edebiyatı’nın Kurucusu Konstantin V. İvanov Kitabı</t>
+        </is>
+      </c>
+      <c r="C1947" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1948" spans="1:3">
+      <c r="A1948" s="1" t="inlineStr">
+        <is>
+          <t>9786057662460</t>
+        </is>
+      </c>
+      <c r="B1948" s="1" t="inlineStr">
+        <is>
+          <t>Clusters: Are They the Panacea of Our Times</t>
+        </is>
+      </c>
+      <c r="C1948" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1949" spans="1:3">
+      <c r="A1949" s="1" t="inlineStr">
+        <is>
+          <t>9786057662415</t>
+        </is>
+      </c>
+      <c r="B1949" s="1" t="inlineStr">
+        <is>
+          <t>Kişilik ve İş Değerlerinin Kurumsal Bağlılık Açısından Önemi</t>
+        </is>
+      </c>
+      <c r="C1949" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1950" spans="1:3">
+      <c r="A1950" s="1" t="inlineStr">
+        <is>
+          <t>9786057662392</t>
+        </is>
+      </c>
+      <c r="B1950" s="1" t="inlineStr">
+        <is>
+          <t>Denetimde Whistle Blowing Kavramının Önemi</t>
+        </is>
+      </c>
+      <c r="C1950" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1951" spans="1:3">
+      <c r="A1951" s="1" t="inlineStr">
+        <is>
+          <t>9786057662156</t>
+        </is>
+      </c>
+      <c r="B1951" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Psikolojide Kullanılan Ölçekler</t>
+        </is>
+      </c>
+      <c r="C1951" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="1952" spans="1:3">
+      <c r="A1952" s="1" t="inlineStr">
+        <is>
+          <t>9786254392429</t>
+        </is>
+      </c>
+      <c r="B1952" s="1" t="inlineStr">
+        <is>
+          <t>Sosyal Psikolojide Film Analizleri</t>
+        </is>
+      </c>
+      <c r="C1952" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="1953" spans="1:3">
+      <c r="A1953" s="1" t="inlineStr">
+        <is>
+          <t>9786057662354</t>
+        </is>
+      </c>
+      <c r="B1953" s="1" t="inlineStr">
+        <is>
+          <t>Tarımda Mikroekonomi</t>
+        </is>
+      </c>
+      <c r="C1953" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1954" spans="1:3">
+      <c r="A1954" s="1" t="inlineStr">
+        <is>
+          <t>9786057662286</t>
+        </is>
+      </c>
+      <c r="B1954" s="1" t="inlineStr">
+        <is>
+          <t>Yerel Yönetimlerde İyi Yönetişim Aracı Olarak Katılımcı Bütçeleme</t>
+        </is>
+      </c>
+      <c r="C1954" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1955" spans="1:3">
+      <c r="A1955" s="1" t="inlineStr">
+        <is>
+          <t>9786057662279</t>
+        </is>
+      </c>
+      <c r="B1955" s="1" t="inlineStr">
+        <is>
+          <t>Buz Hokeyi Sporcularında Duygusal Zeka ve Liderlik</t>
+        </is>
+      </c>
+      <c r="C1955" s="1">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="1956" spans="1:3">
+      <c r="A1956" s="1" t="inlineStr">
+        <is>
+          <t>9786057662200</t>
+        </is>
+      </c>
+      <c r="B1956" s="1" t="inlineStr">
+        <is>
+          <t>Voleybol Antrenörlerinin Mesleki Yeterlikleri</t>
+        </is>
+      </c>
+      <c r="C1956" s="1">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="1957" spans="1:3">
+      <c r="A1957" s="1" t="inlineStr">
+        <is>
+          <t>9786057662132</t>
+        </is>
+      </c>
+      <c r="B1957" s="1" t="inlineStr">
+        <is>
+          <t>Felsefi Bağlamda İnsan Hakları ve Barış Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1957" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1958" spans="1:3">
+      <c r="A1958" s="1" t="inlineStr">
+        <is>
+          <t>9786057662217</t>
+        </is>
+      </c>
+      <c r="B1958" s="1" t="inlineStr">
+        <is>
+          <t>E-İhalede Format ve Rekabet Bilgisi Seçiminin Tasarruf Oranı Üzerindeki Rolü</t>
+        </is>
+      </c>
+      <c r="C1958" s="1">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="1959" spans="1:3">
+      <c r="A1959" s="1" t="inlineStr">
+        <is>
+          <t>9786057662170</t>
+        </is>
+      </c>
+      <c r="B1959" s="1" t="inlineStr">
+        <is>
+          <t>Bir Değer Aracı Olarak Bilgi Disiplinler Arası Güncel Yaklaşımlar</t>
+        </is>
+      </c>
+      <c r="C1959" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1960" spans="1:3">
+      <c r="A1960" s="1" t="inlineStr">
+        <is>
+          <t>9786052149645</t>
+        </is>
+      </c>
+      <c r="B1960" s="1" t="inlineStr">
+        <is>
+          <t>Petrol Üretim Maliyeti ve Bir Uygulama</t>
+        </is>
+      </c>
+      <c r="C1960" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1961" spans="1:3">
+      <c r="A1961" s="1" t="inlineStr">
+        <is>
+          <t>9786052149560</t>
+        </is>
+      </c>
+      <c r="B1961" s="1" t="inlineStr">
+        <is>
+          <t>Bahri Memlüklerde Bölgesel ve Uluslararası İlişkiler (1250 - 1382)</t>
+        </is>
+      </c>
+      <c r="C1961" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1962" spans="1:3">
+      <c r="A1962" s="1" t="inlineStr">
+        <is>
+          <t>9786057662002</t>
+        </is>
+      </c>
+      <c r="B1962" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomik Entegrasyon ve Endüstri İçi Ticaret İlişkisi</t>
+        </is>
+      </c>
+      <c r="C1962" s="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="1963" spans="1:3">
+      <c r="A1963" s="1" t="inlineStr">
+        <is>
+          <t>9786056928758</t>
+        </is>
+      </c>
+      <c r="B1963" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Konseyi Kurumları Organları Mekanizmaları Sözleşmeleri ve Türkiye İlişkileri</t>
+        </is>
+      </c>
+      <c r="C1963" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="1964" spans="1:3">
+      <c r="A1964" s="1" t="inlineStr">
+        <is>
+          <t>9786058072893</t>
+        </is>
+      </c>
+      <c r="B1964" s="1" t="inlineStr">
+        <is>
+          <t>Zorbalık ve Futbol Seyircisi</t>
+        </is>
+      </c>
+      <c r="C1964" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="1965" spans="1:3">
+      <c r="A1965" s="1" t="inlineStr">
+        <is>
+          <t>9786052149836</t>
+        </is>
+      </c>
+      <c r="B1965" s="1" t="inlineStr">
+        <is>
+          <t>Türk Sinemasında Kadın Yönetmenler ve Özne(s)neleştirilmiş Kadının Mekanda Temsili</t>
+        </is>
+      </c>
+      <c r="C1965" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1966" spans="1:3">
+      <c r="A1966" s="1" t="inlineStr">
+        <is>
+          <t>9786052149898</t>
+        </is>
+      </c>
+      <c r="B1966" s="1" t="inlineStr">
+        <is>
+          <t>Dışa Bağımlılığın Makroekonomik Sonuçları</t>
+        </is>
+      </c>
+      <c r="C1966" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1967" spans="1:3">
+      <c r="A1967" s="1" t="inlineStr">
+        <is>
+          <t>9786052149942</t>
+        </is>
+      </c>
+      <c r="B1967" s="1" t="inlineStr">
+        <is>
+          <t>Uzaktan Eğitim ile Muhasebe Eğitimi</t>
+        </is>
+      </c>
+      <c r="C1967" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1968" spans="1:3">
+      <c r="A1968" s="1" t="inlineStr">
+        <is>
+          <t>9786058072831</t>
+        </is>
+      </c>
+      <c r="B1968" s="1" t="inlineStr">
+        <is>
+          <t>Inward and Outward Tracing the Paths of Internationalized Civil Wars</t>
+        </is>
+      </c>
+      <c r="C1968" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1969" spans="1:3">
+      <c r="A1969" s="1" t="inlineStr">
+        <is>
+          <t>9786056928727</t>
+        </is>
+      </c>
+      <c r="B1969" s="1" t="inlineStr">
+        <is>
+          <t>Bütünleşme Milliyetçilik ve Avrupa Birliği</t>
+        </is>
+      </c>
+      <c r="C1969" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1970" spans="1:3">
+      <c r="A1970" s="1" t="inlineStr">
+        <is>
+          <t>9786052149874</t>
+        </is>
+      </c>
+      <c r="B1970" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Alanda Politika Yayılımı ve Türkiye'deki Teknoloji Politikalarının Gelişimi</t>
+        </is>
+      </c>
+      <c r="C1970" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1971" spans="1:3">
+      <c r="A1971" s="1" t="inlineStr">
+        <is>
+          <t>9786052149966</t>
+        </is>
+      </c>
+      <c r="B1971" s="1" t="inlineStr">
+        <is>
+          <t>Hasan Sabah'ın Gizli Öğretisi</t>
+        </is>
+      </c>
+      <c r="C1971" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1972" spans="1:3">
+      <c r="A1972" s="1" t="inlineStr">
+        <is>
+          <t>9786052149843</t>
+        </is>
+      </c>
+      <c r="B1972" s="1" t="inlineStr">
+        <is>
+          <t>Sporda Örgütsel Bağlılık ve İletişim</t>
+        </is>
+      </c>
+      <c r="C1972" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1973" spans="1:3">
+      <c r="A1973" s="1" t="inlineStr">
+        <is>
+          <t>9786052149751</t>
+        </is>
+      </c>
+      <c r="B1973" s="1" t="inlineStr">
+        <is>
+          <t>İlaç ve Tıbbi Cihaz Endüstrisi ve Yerelleşme</t>
+        </is>
+      </c>
+      <c r="C1973" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1974" spans="1:3">
+      <c r="A1974" s="1" t="inlineStr">
+        <is>
+          <t>9786052149782</t>
+        </is>
+      </c>
+      <c r="B1974" s="1" t="inlineStr">
+        <is>
+          <t>Halkla İlişkiler Yönetiminde Kurum Kimliği ve Kriz İletişimi</t>
+        </is>
+      </c>
+      <c r="C1974" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1975" spans="1:3">
+      <c r="A1975" s="1" t="inlineStr">
+        <is>
+          <t>9786052149775</t>
+        </is>
+      </c>
+      <c r="B1975" s="1" t="inlineStr">
+        <is>
+          <t>Psikolojik Uyum Kavramı</t>
+        </is>
+      </c>
+      <c r="C1975" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1976" spans="1:3">
+      <c r="A1976" s="1" t="inlineStr">
+        <is>
+          <t>9786052149607</t>
+        </is>
+      </c>
+      <c r="B1976" s="1" t="inlineStr">
+        <is>
+          <t>Ders Dışı Etkinlikler ve Sporla İlgili Oyun Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1976" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1977" spans="1:3">
+      <c r="A1977" s="1" t="inlineStr">
+        <is>
+          <t>9786052149409</t>
+        </is>
+      </c>
+      <c r="B1977" s="1" t="inlineStr">
+        <is>
+          <t>Orta Doğu ve Hazar Bölgesinde Petrol ve Petrol Ürünlerinin Taşımacılığı Yönetiminde Yeni Politikalar ve Stratejiler</t>
+        </is>
+      </c>
+      <c r="C1977" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1978" spans="1:3">
+      <c r="A1978" s="1" t="inlineStr">
+        <is>
+          <t>9786052149508</t>
+        </is>
+      </c>
+      <c r="B1978" s="1" t="inlineStr">
+        <is>
+          <t>Uluslararası Örgütlerde İnsan Kaynakları Yönetimi</t>
+        </is>
+      </c>
+      <c r="C1978" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1979" spans="1:3">
+      <c r="A1979" s="1" t="inlineStr">
+        <is>
+          <t>9786052149331</t>
+        </is>
+      </c>
+      <c r="B1979" s="1" t="inlineStr">
+        <is>
+          <t>Çevresel Güvenlik</t>
+        </is>
+      </c>
+      <c r="C1979" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1980" spans="1:3">
+      <c r="A1980" s="1" t="inlineStr">
+        <is>
+          <t>9786052149461</t>
+        </is>
+      </c>
+      <c r="B1980" s="1" t="inlineStr">
+        <is>
+          <t>Mali Kurallara Karşı Bağımsız Mali Kurumlar</t>
+        </is>
+      </c>
+      <c r="C1980" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1981" spans="1:3">
+      <c r="A1981" s="1" t="inlineStr">
+        <is>
+          <t>9786052149423</t>
+        </is>
+      </c>
+      <c r="B1981" s="1" t="inlineStr">
+        <is>
+          <t>Sağlık İletişimi</t>
+        </is>
+      </c>
+      <c r="C1981" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1982" spans="1:3">
+      <c r="A1982" s="1" t="inlineStr">
+        <is>
+          <t>9786052149539</t>
+        </is>
+      </c>
+      <c r="B1982" s="1" t="inlineStr">
+        <is>
+          <t>18. ve 19. Yüzyıllarda Kazak Türkleri</t>
+        </is>
+      </c>
+      <c r="C1982" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1983" spans="1:3">
+      <c r="A1983" s="1" t="inlineStr">
+        <is>
+          <t>9786052149652</t>
+        </is>
+      </c>
+      <c r="B1983" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye Kapsayıcı Kalkınmanın Neresinde?</t>
+        </is>
+      </c>
+      <c r="C1983" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1984" spans="1:3">
+      <c r="A1984" s="1" t="inlineStr">
+        <is>
+          <t>9786052149263</t>
+        </is>
+      </c>
+      <c r="B1984" s="1" t="inlineStr">
+        <is>
+          <t>Yaşam Boyu Öğrenme ve Küresel Dinamikleri</t>
+        </is>
+      </c>
+      <c r="C1984" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="1985" spans="1:3">
+      <c r="A1985" s="1" t="inlineStr">
+        <is>
+          <t>9786052149232</t>
+        </is>
+      </c>
+      <c r="B1985" s="1" t="inlineStr">
+        <is>
+          <t>Karar Verme Yetkinliği ve Yönetsel Performans</t>
+        </is>
+      </c>
+      <c r="C1985" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="1986" spans="1:3">
+      <c r="A1986" s="1" t="inlineStr">
+        <is>
+          <t>9786052149096</t>
+        </is>
+      </c>
+      <c r="B1986" s="1" t="inlineStr">
+        <is>
+          <t>Solun Düşü(şü)</t>
+        </is>
+      </c>
+      <c r="C1986" s="1">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="1987" spans="1:3">
+      <c r="A1987" s="1" t="inlineStr">
+        <is>
+          <t>9786052149089</t>
+        </is>
+      </c>
+      <c r="B1987" s="1" t="inlineStr">
+        <is>
+          <t>Ekonomi Basınının Ekonomi Politik Yapısı ve İçeriğe Etkileri</t>
+        </is>
+      </c>
+      <c r="C1987" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1988" spans="1:3">
+      <c r="A1988" s="1" t="inlineStr">
+        <is>
+          <t>9786052149065</t>
+        </is>
+      </c>
+      <c r="B1988" s="1" t="inlineStr">
+        <is>
+          <t>Makineleşen İnsanın İletişim Dili Etkileşimleri</t>
+        </is>
+      </c>
+      <c r="C1988" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1989" spans="1:3">
+      <c r="A1989" s="1" t="inlineStr">
+        <is>
+          <t>9786059663885</t>
+        </is>
+      </c>
+      <c r="B1989" s="1" t="inlineStr">
+        <is>
+          <t>Futbol Takımlarında Tüketici Temelli Marka Değeri</t>
+        </is>
+      </c>
+      <c r="C1989" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1990" spans="1:3">
+      <c r="A1990" s="1" t="inlineStr">
+        <is>
+          <t>9786059663922</t>
+        </is>
+      </c>
+      <c r="B1990" s="1" t="inlineStr">
+        <is>
+          <t>Mikro Öğretim Uygulamalarının Öğretim Becerilerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C1990" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1991" spans="1:3">
+      <c r="A1991" s="1" t="inlineStr">
+        <is>
+          <t>9786052149010</t>
+        </is>
+      </c>
+      <c r="B1991" s="1" t="inlineStr">
+        <is>
+          <t>Elit Güreşçilerde Antrenmanın Hipofiz Bezi Hormonları ve Karaciğer Enzimleri Üzerine Etkisi</t>
+        </is>
+      </c>
+      <c r="C1991" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1992" spans="1:3">
+      <c r="A1992" s="1" t="inlineStr">
+        <is>
+          <t>9786052149041</t>
+        </is>
+      </c>
+      <c r="B1992" s="1" t="inlineStr">
+        <is>
+          <t>El Yapımı Kağıdın Serüveni</t>
+        </is>
+      </c>
+      <c r="C1992" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="1993" spans="1:3">
+      <c r="A1993" s="1" t="inlineStr">
+        <is>
+          <t>9786052149003</t>
+        </is>
+      </c>
+      <c r="B1993" s="1" t="inlineStr">
+        <is>
+          <t>Asimetrik Mobilyalar</t>
+        </is>
+      </c>
+      <c r="C1993" s="1">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1994" spans="1:3">
+      <c r="A1994" s="1" t="inlineStr">
+        <is>
+          <t>9786059663915</t>
+        </is>
+      </c>
+      <c r="B1994" s="1" t="inlineStr">
+        <is>
+          <t>Marifet İltifata Tabidir</t>
+        </is>
+      </c>
+      <c r="C1994" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1995" spans="1:3">
+      <c r="A1995" s="1" t="inlineStr">
+        <is>
+          <t>9786059663908</t>
+        </is>
+      </c>
+      <c r="B1995" s="1" t="inlineStr">
+        <is>
+          <t>Organizasyonlarda Psikososyolojik Yönetim ve Uygulamaları</t>
+        </is>
+      </c>
+      <c r="C1995" s="1">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1996" spans="1:3">
+      <c r="A1996" s="1" t="inlineStr">
+        <is>
+          <t>9786059663861</t>
+        </is>
+      </c>
+      <c r="B1996" s="1" t="inlineStr">
+        <is>
+          <t>Tüketici Hayranlığı</t>
+        </is>
+      </c>
+      <c r="C1996" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1997" spans="1:3">
+      <c r="A1997" s="1" t="inlineStr">
+        <is>
+          <t>9786059663878</t>
+        </is>
+      </c>
+      <c r="B1997" s="1" t="inlineStr">
+        <is>
+          <t>Kadın Bilek Güreşçilerinde Düzenli ve Planlı Antrenman</t>
+        </is>
+      </c>
+      <c r="C1997" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="1998" spans="1:3">
+      <c r="A1998" s="1" t="inlineStr">
+        <is>
+          <t>9786059663816</t>
+        </is>
+      </c>
+      <c r="B1998" s="1" t="inlineStr">
+        <is>
+          <t>Kentsel Dönüşüm ve Arabuluculuk</t>
+        </is>
+      </c>
+      <c r="C1998" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="1999" spans="1:3">
+      <c r="A1999" s="1" t="inlineStr">
+        <is>
+          <t>9786059663779</t>
+        </is>
+      </c>
+      <c r="B1999" s="1" t="inlineStr">
+        <is>
+          <t>Elit Sporcularda Örgütsel Stres ve Bağlılık</t>
+        </is>
+      </c>
+      <c r="C1999" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="2000" spans="1:3">
+      <c r="A2000" s="1" t="inlineStr">
+        <is>
+          <t>9786059663366</t>
+        </is>
+      </c>
+      <c r="B2000" s="1" t="inlineStr">
+        <is>
+          <t>Avrupa Birliği Sinema Politikalarının Türk Sinemasına Etkileri</t>
+        </is>
+      </c>
+      <c r="C2000" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2001" spans="1:3">
+      <c r="A2001" s="1" t="inlineStr">
+        <is>
+          <t>9786059663298</t>
+        </is>
+      </c>
+      <c r="B2001" s="1" t="inlineStr">
+        <is>
+          <t>Şehir Pazarlaması: Kars İli Örneği</t>
+        </is>
+      </c>
+      <c r="C2001" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2002" spans="1:3">
+      <c r="A2002" s="1" t="inlineStr">
+        <is>
+          <t>9786059663793</t>
+        </is>
+      </c>
+      <c r="B2002" s="1" t="inlineStr">
+        <is>
+          <t>Şiir Dünyam</t>
+        </is>
+      </c>
+      <c r="C2002" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="2003" spans="1:3">
+      <c r="A2003" s="1" t="inlineStr">
+        <is>
+          <t>9786059663557</t>
+        </is>
+      </c>
+      <c r="B2003" s="1" t="inlineStr">
+        <is>
+          <t>Elit Kayakçılarda Coenzyme Q10 Kullanımının Performansa Etkisi</t>
+        </is>
+      </c>
+      <c r="C2003" s="1">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="2004" spans="1:3">
+      <c r="A2004" s="1" t="inlineStr">
+        <is>
+          <t>9786254063343</t>
+        </is>
+      </c>
+      <c r="B2004" s="1" t="inlineStr">
+        <is>
+          <t>Ayaklanmalar ve Ayaklanmalara Karşı Koyma</t>
+        </is>
+      </c>
+      <c r="C2004" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="2005" spans="1:3">
+      <c r="A2005" s="1" t="inlineStr">
+        <is>
+          <t>9786059663649</t>
+        </is>
+      </c>
+      <c r="B2005" s="1" t="inlineStr">
+        <is>
+          <t>Tübüler Membran Filtrasyon Cilt 1</t>
+        </is>
+      </c>
+      <c r="C2005" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="2006" spans="1:3">
+      <c r="A2006" s="1" t="inlineStr">
+        <is>
+          <t>9786059663564</t>
+        </is>
+      </c>
+      <c r="B2006" s="1" t="inlineStr">
+        <is>
+          <t>Aynalar</t>
+        </is>
+      </c>
+      <c r="C2006" s="1">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="2007" spans="1:3">
+      <c r="A2007" s="1" t="inlineStr">
+        <is>
+          <t>9786059663182</t>
+        </is>
+      </c>
+      <c r="B2007" s="1" t="inlineStr">
+        <is>
+          <t>Meşrutiyet'ten Cumhuriyet'e Türkiye'de İlköğretim ve Müfredat Programları</t>
+        </is>
+      </c>
+      <c r="C2007" s="1">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="2008" spans="1:3">
+      <c r="A2008" s="1" t="inlineStr">
+        <is>
+          <t>9786059663540</t>
+        </is>
+      </c>
+      <c r="B2008" s="1" t="inlineStr">
+        <is>
+          <t>Statik Esneklik Egzersizlerinin Uzun Süreli Uygulamasının Performans Üzerindeki Akut ve Kronik Etkileri</t>
+        </is>
+      </c>
+      <c r="C2008" s="1">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="2009" spans="1:3">
+      <c r="A2009" s="1" t="inlineStr">
+        <is>
+          <t>9786059663533</t>
+        </is>
+      </c>
+      <c r="B2009" s="1" t="inlineStr">
+        <is>
+          <t>Her Yönüyle KOBİ’lerin Yönetim Sorunları ve Çözüm Önerileri</t>
+        </is>
+      </c>
+      <c r="C2009" s="1">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="2010" spans="1:3">
+      <c r="A2010" s="1" t="inlineStr">
+        <is>
+          <t>9786059663427</t>
+        </is>
+      </c>
+      <c r="B2010" s="1" t="inlineStr">
+        <is>
+          <t>Spor Sektöründe Hizmet Kalitesi</t>
+        </is>
+      </c>
+      <c r="C2010" s="1">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="2011" spans="1:3">
+      <c r="A2011" s="1" t="inlineStr">
+        <is>
+          <t>9786059663397</t>
+        </is>
+      </c>
+      <c r="B2011" s="1" t="inlineStr">
+        <is>
+          <t>Sürdürülebilir Yerel Kalkınma Model Önerisi: Kağızman İlçesi</t>
+        </is>
+      </c>
+      <c r="C2011" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2012" spans="1:3">
+      <c r="A2012" s="1" t="inlineStr">
+        <is>
+          <t>9786059663243</t>
+        </is>
+      </c>
+      <c r="B2012" s="1" t="inlineStr">
+        <is>
+          <t>Stratejik Yönetim Enstrümanı Olarak Algı ve Arnavutluk’ta Türkiye Algısı</t>
+        </is>
+      </c>
+      <c r="C2012" s="1">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2013" spans="1:3">
+      <c r="A2013" s="1" t="inlineStr">
+        <is>
+          <t>9786059663069</t>
+        </is>
+      </c>
+      <c r="B2013" s="1" t="inlineStr">
+        <is>
+          <t>Küçük ve Orta Ölçekli İşletmelerde Yeniden Yapılanma Stratejileri</t>
+        </is>
+      </c>
+      <c r="C2013" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2014" spans="1:3">
+      <c r="A2014" s="1" t="inlineStr">
+        <is>
+          <t>9786059663335</t>
+        </is>
+      </c>
+      <c r="B2014" s="1" t="inlineStr">
+        <is>
+          <t>Aile Medya ve Serbest Zaman</t>
+        </is>
+      </c>
+      <c r="C2014" s="1">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="2015" spans="1:3">
+      <c r="A2015" s="1" t="inlineStr">
+        <is>
+          <t>9786059663472</t>
+        </is>
+      </c>
+      <c r="B2015" s="1" t="inlineStr">
+        <is>
+          <t>Voleybolda Fileye Temas Kuralında Yapılan Değişikliklerin Oyun ve Oyuncular Üzerindeki Etkileri</t>
+        </is>
+      </c>
+      <c r="C2015" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2016" spans="1:3">
+      <c r="A2016" s="1" t="inlineStr">
+        <is>
+          <t>9786059663342</t>
+        </is>
+      </c>
+      <c r="B2016" s="1" t="inlineStr">
+        <is>
+          <t>Bakım Kurumlarında Kalan Gençlerin Sosyalleşmesi</t>
+        </is>
+      </c>
+      <c r="C2016" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="2017" spans="1:3">
+      <c r="A2017" s="1" t="inlineStr">
+        <is>
+          <t>9786059663267</t>
+        </is>
+      </c>
+      <c r="B2017" s="1" t="inlineStr">
+        <is>
+          <t>Çatışma Yönetimi ve Halkla İlişkiler</t>
+        </is>
+      </c>
+      <c r="C2017" s="1">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="2018" spans="1:3">
+      <c r="A2018" s="1" t="inlineStr">
+        <is>
+          <t>9786059663212</t>
+        </is>
+      </c>
+      <c r="B2018" s="1" t="inlineStr">
+        <is>
+          <t>Türk Vergi Sisteminde Mükellef Hakları</t>
+        </is>
+      </c>
+      <c r="C2018" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="2019" spans="1:3">
+      <c r="A2019" s="1" t="inlineStr">
+        <is>
+          <t>9786059663137</t>
+        </is>
+      </c>
+      <c r="B2019" s="1" t="inlineStr">
+        <is>
+          <t>Yapılandırılmış Finans</t>
+        </is>
+      </c>
+      <c r="C2019" s="1">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="2020" spans="1:3">
+      <c r="A2020" s="1" t="inlineStr">
+        <is>
+          <t>9786059663120</t>
+        </is>
+      </c>
+      <c r="B2020" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’de Yerel Yönetimler ve Spor Hizmetleri</t>
+        </is>
+      </c>
+      <c r="C2020" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="2021" spans="1:3">
+      <c r="A2021" s="1" t="inlineStr">
+        <is>
+          <t>9786059663076</t>
+        </is>
+      </c>
+      <c r="B2021" s="1" t="inlineStr">
+        <is>
+          <t>Altı Sigma</t>
+        </is>
+      </c>
+      <c r="C2021" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="2022" spans="1:3">
+      <c r="A2022" s="1" t="inlineStr">
+        <is>
           <t>9786059663007</t>
         </is>
       </c>
-      <c r="B1791" s="1" t="inlineStr">
+      <c r="B2022" s="1" t="inlineStr">
         <is>
           <t>Boş Zaman Tatmini ve Yaşam Tatmini Arasındaki İlişki</t>
         </is>
       </c>
-      <c r="C1791" s="1">
+      <c r="C2022" s="1">
         <v>205</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>