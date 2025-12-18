--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -85,2470 +85,2530 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255605269</t>
+          <t>9786255605290</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmette Bilinçli Farkındalık ve Kabul</t>
+          <t>Merhaba Bebeğim</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255605207</t>
+          <t>9786255605283</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Depresyon Sarmalını Tersine Çevirmek</t>
+          <t>Uyuşturucu Rüyaları</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257762519</t>
+          <t>9786257762847</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Duygu Karmaşası - Borderline İçin İlişkisel Psikoterapi / Early Affect Confusion - Relational Psychotherapy For the Borderline Client</t>
+          <t>İlişkide Cephe Almadan Yol Alabilmek</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786257762922</t>
+          <t>9786255605306</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Diskalkuli Etkinlik Kitabı</t>
+          <t>Psikoloji İle Anda Kalmak</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>275</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255605191</t>
+          <t>9786255605269</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Astım</t>
+          <t>Sosyal Hizmette Bilinçli Farkındalık ve Kabul</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>380</v>
+        <v>300</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786257762960</t>
+          <t>9786255605207</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Narsisistik İletişim - Yaşamınızdaki Benmerkezci Kişiler İçin İletişim Yolları</t>
+          <t>Gençlerde Depresyon Sarmalını Tersine Çevirmek</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786255605221</t>
+          <t>9786257762519</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kaybettiklerimiz İçin Nasıl Yas Tutarız</t>
+          <t>Erken Dönem Duygu Karmaşası - Borderline İçin İlişkisel Psikoterapi / Early Affect Confusion - Relational Psychotherapy For the Borderline Client</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786255605016</t>
+          <t>9786257762922</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Grup Psikoterapisi, Psikodrama Ve Örgütlerde Travma Farkındalığı Temelli İlkeler</t>
+          <t>Diskalkuli Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>340</v>
+        <v>400</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786257762908</t>
+          <t>9786255605191</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Yemekle İlişkinizi İyileştirin - Duygusal Yemeyi Anlama ve Yeme Alışkanlıklarınızı Dönüştürme Rehberi</t>
+          <t>Astım</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>380</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257762809</t>
+          <t>9786257762960</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Bir Gencin Başarı Rehberi</t>
+          <t>Narsisistik İletişim - Yaşamınızdaki Benmerkezci Kişiler İçin İletişim Yolları</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786257762861</t>
+          <t>9786255605221</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Esneklik</t>
+          <t>Kaybettiklerimiz İçin Nasıl Yas Tutarız</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255605184</t>
+          <t>9786255605016</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Hallleri</t>
+          <t>Grup Psikoterapisi, Psikodrama Ve Örgütlerde Travma Farkındalığı Temelli İlkeler</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786255605245</t>
+          <t>9786257762908</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Sosyal Medya Alıştırma Kitabı</t>
+          <t>Yemekle İlişkinizi İyileştirin - Duygusal Yemeyi Anlama ve Yeme Alışkanlıklarınızı Dönüştürme Rehberi</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786255605160</t>
+          <t>9786257762809</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Psikoserum Rehberim</t>
+          <t>Bir Gencin Başarı Rehberi</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786255605177</t>
+          <t>9786257762861</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Yazsam Terapim Olur</t>
+          <t>Psikolojik Esneklik</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255605047</t>
+          <t>9786255605184</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Öz Şefkat Çalışma Kitabı</t>
+          <t>Ruhumun Hallleri</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257762601</t>
+          <t>9786255605245</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin İletişim Becerileri</t>
+          <t>Gençler İçin Sosyal Medya Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257762885</t>
+          <t>9786255605160</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Günlük Hayatta Yanal Düşünme</t>
+          <t>Psikoserum Rehberim</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255605061</t>
+          <t>9786255605177</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Bir Klinisyenin OKB Tedavi Rehberi</t>
+          <t>Yazsam Terapim Olur</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255605139</t>
+          <t>9786255605047</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Empati: Çocuklar İçin Empati Çalışma Kitabı</t>
+          <t>Gençler İçin Öz Şefkat Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257762755</t>
+          <t>9786257762601</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Kayıptan Sonra Hayata Uyum</t>
+          <t>Gençler İçin İletişim Becerileri</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786255605085</t>
+          <t>9786257762885</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Farkındalıklı Beslenme - Çalışma Kitabı</t>
+          <t>Günlük Hayatta Yanal Düşünme</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255605108</t>
+          <t>9786255605061</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Mükemmelliyetçilik - Çalışma Kitabı</t>
+          <t>Bir Klinisyenin OKB Tedavi Rehberi</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255605146</t>
+          <t>9786255605139</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Sosyal Başarı</t>
+          <t>Empati: Çocuklar İçin Empati Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>210</v>
+        <v>280</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257762427</t>
+          <t>9786257762755</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Günden Güne Yas</t>
+          <t>Kayıptan Sonra Hayata Uyum</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786257762342</t>
+          <t>9786255605085</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji ve Kültür</t>
+          <t>Gençler İçin Farkındalıklı Beslenme - Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786257762137</t>
+          <t>9786255605108</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Ajandası</t>
+          <t>Gençler İçin Mükemmelliyetçilik - Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786257762038</t>
+          <t>9786255605146</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness: Günlük Sorunlar için Çözümler</t>
+          <t>Gençler İçin Sosyal Başarı</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>370</v>
+        <v>210</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059746755</t>
+          <t>9786257762427</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Köpeğinizi Anlamak</t>
+          <t>Günden Güne Yas</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059746397</t>
+          <t>9786257762342</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Obsesif-Kompulsif Bozukluk for Dummies</t>
+          <t>Psikoloji ve Kültür</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>380</v>
+        <v>260</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059746151</t>
+          <t>9786257762137</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Futbol Bir Akıl Oyunu</t>
+          <t>Farkındalık Ajandası</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786059746083</t>
+          <t>9786257762038</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Müzik Terapiyi Tanımlamak</t>
+          <t>Mindfulness: Günlük Sorunlar için Çözümler</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>410</v>
+        <v>370</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786255605009</t>
+          <t>9786059746755</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Antidepresan İlaç Tedavisinin Kesilmesi-Discontinuing Antidepressant Medications</t>
+          <t>Köpeğinizi Anlamak</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786257762588</t>
+          <t>9786059746397</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Boşalmış Ruh- Psikopatlığın Doğası / The Emptied Soul - On the Nature of the Psychopath</t>
+          <t>Obsesif-Kompulsif Bozukluk for Dummies</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>175</v>
+        <v>380</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257762700</t>
+          <t>9786059746151</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Zor İlişkilerde Yeniden Doğuş</t>
+          <t>Futbol Bir Akıl Oyunu</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257762793</t>
+          <t>9786059746083</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Obsesif-Kompulsif Bozukluk İçin Maruz Bırakma ve Tepki (Ritüel) Önleme</t>
+          <t>Müzik Terapiyi Tanımlamak</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>200</v>
+        <v>410</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255605023</t>
+          <t>9786255605009</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Stresle Başa Çıkma Rehberi- The Stress Survival Guide For Teens</t>
+          <t>Antidepresan İlaç Tedavisinin Kesilmesi-Discontinuing Antidepressant Medications</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257762663</t>
+          <t>9786257762588</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Ol</t>
+          <t>Boşalmış Ruh- Psikopatlığın Doğası / The Emptied Soul - On the Nature of the Psychopath</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059746809</t>
+          <t>9786257762700</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>2. Dünya Savaşı</t>
+          <t>Zor İlişkilerde Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257762472</t>
+          <t>9786257762793</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Aşermeler ve Bağımlılıklar - Kabul ve Kararlılık Terapisi ile Bağımlılık Yapıcı Davranışlarla Mücadeleden Kendinizi Kurtarın</t>
+          <t>Obsesif-Kompulsif Bozukluk İçin Maruz Bırakma ve Tepki (Ritüel) Önleme</t>
         </is>
       </c>
       <c r="C41" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786257762779</t>
+          <t>9786255605023</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Affetmek - Kendini ve Başkalarını Bağışlama Sanatı</t>
+          <t>Gençler İçin Stresle Başa Çıkma Rehberi- The Stress Survival Guide For Teens</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257762533</t>
+          <t>9786257762663</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Bilimi</t>
+          <t>Güçlü Ol</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786257762649</t>
+          <t>9786059746809</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapide Duygu Düzenleme - Uygulamacı Rehber</t>
+          <t>2. Dünya Savaşı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257762595</t>
+          <t>9786257762472</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Uçucu Yağlar &amp; Aromaterapi For Dummies / Essential Oils &amp; Aromatherapy For Dummies</t>
+          <t>Aşermeler ve Bağımlılıklar - Kabul ve Kararlılık Terapisi ile Bağımlılık Yapıcı Davranışlarla Mücadeleden Kendinizi Kurtarın</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>395</v>
+        <v>200</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059746212</t>
+          <t>9786257762779</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Stresten Kurtulun ve Gevşeyin</t>
+          <t>Affetmek - Kendini ve Başkalarını Bağışlama Sanatı</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>380</v>
+        <v>350</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059746601</t>
+          <t>9786257762533</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>20'li Yaşlar İçin Kişisel Finans</t>
+          <t>Mutfak Bilimi</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257762441</t>
+          <t>9786257762649</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Narsisistik Annelerin Yetişkin Kızları</t>
+          <t>Psikoterapide Duygu Düzenleme - Uygulamacı Rehber</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257762496</t>
+          <t>9786257762595</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Yazı Tipi İle Düşünmek-Thinking with Type</t>
+          <t>Uçucu Yağlar &amp; Aromaterapi For Dummies / Essential Oils &amp; Aromatherapy For Dummies</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>275</v>
+        <v>395</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059746090</t>
+          <t>9786059746212</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Astronomi</t>
+          <t>Stresten Kurtulun ve Gevşeyin</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>520</v>
+        <v>380</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786257762458</t>
+          <t>9786059746601</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Aile Terapisi</t>
+          <t>20'li Yaşlar İçin Kişisel Finans</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786059746717</t>
+          <t>9786257762441</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Oyun Terapisi İlk Kitabı</t>
+          <t>Narsisistik Annelerin Yetişkin Kızları</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257762359</t>
+          <t>9786257762496</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünmenin Bir Yılı</t>
+          <t>Yazı Tipi İle Düşünmek-Thinking with Type</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>290</v>
+        <v>275</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786257762304</t>
+          <t>9786059746090</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma Kuramının Klinik Uygulamaları</t>
+          <t>Astronomi</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786059746793</t>
+          <t>9786257762458</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>En İyi Boşanma Kitabı</t>
+          <t>Aile Terapisi</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059746915</t>
+          <t>9786059746717</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Anadolu - Türk Mutfağında Bir Macera</t>
+          <t>Çocuklar İçin Oyun Terapisi İlk Kitabı</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>1300</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257762434</t>
+          <t>9786257762359</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Beden Algısı Çalışma Kitabı - The Body Image Workbook for Teens Activities</t>
+          <t>Pozitif Düşünmenin Bir Yılı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786059746571</t>
+          <t>9786257762304</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yemek Pişirmenin Temelleri</t>
+          <t>Bağlanma Kuramının Klinik Uygulamaları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059746977</t>
+          <t>9786059746793</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Anatomi ve Fizyoloji for Dummies - Anatomy - Physiology For Dummies</t>
+          <t>En İyi Boşanma Kitabı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786257762335</t>
+          <t>9786059746915</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Terapide Değerler</t>
+          <t>Anadolu - Türk Mutfağında Bir Macera</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>240</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257762182</t>
+          <t>9786257762434</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Youtube Videoları Hazırlama</t>
+          <t>Gençler İçin Beden Algısı Çalışma Kitabı - The Body Image Workbook for Teens Activities</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>165</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786257762274</t>
+          <t>9786059746571</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Yastan Kurtulmak</t>
+          <t>Yemek Pişirmenin Temelleri</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786257762267</t>
+          <t>9786059746977</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Sizi Öfkelendirdiğinde</t>
+          <t>Anatomi ve Fizyoloji for Dummies - Anatomy - Physiology For Dummies</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>190</v>
+        <v>400</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257762243</t>
+          <t>9786257762335</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Müzik Terapinin Doğaçlama Yöntemleri</t>
+          <t>Terapide Değerler</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>290</v>
+        <v>240</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257762250</t>
+          <t>9786257762182</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Sen Neden Öldün? - Why Did You Die?</t>
+          <t>Youtube Videoları Hazırlama</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257762236</t>
+          <t>9786257762274</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Emekliliğin Psikolojisi - The Psychology of Retirement</t>
+          <t>Gençler İçin Yastan Kurtulmak</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>140</v>
+        <v>240</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257762281</t>
+          <t>9786257762267</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Şef Zeki Açıköz Anlatıyor - Siyasetin Sofrası</t>
+          <t>Kaygı Sizi Öfkelendirdiğinde</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257762212</t>
+          <t>9786257762243</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Aşırı Yemenin Üstesinden Gelmek - Getting Over Overeating For Teens</t>
+          <t>Müzik Terapinin Doğaçlama Yöntemleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>310</v>
+        <v>290</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257762199</t>
+          <t>9786257762250</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Einstein for Dummies</t>
+          <t>Sen Neden Öldün? - Why Did You Die?</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>370</v>
+        <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257762175</t>
+          <t>9786257762236</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Trade Sanatı</t>
+          <t>Emekliliğin Psikolojisi - The Psychology of Retirement</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>240</v>
+        <v>140</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257762168</t>
+          <t>9786257762281</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Psikolojisi</t>
+          <t>Şef Zeki Açıköz Anlatıyor - Siyasetin Sofrası</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257762144</t>
+          <t>9786257762212</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Depremler Ve Hayvanlar: Halk Hikayelerinden Bilime</t>
+          <t>Gençler İçin Aşırı Yemenin Üstesinden Gelmek - Getting Over Overeating For Teens</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786059746625</t>
+          <t>9786257762199</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Hamilelikte Beslenme ve Yemek Pişirme for Dummies</t>
+          <t>Einstein for Dummies</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>380</v>
+        <v>370</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059746939</t>
+          <t>9786257762175</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Aşçılık</t>
+          <t>Güvenli Trade Sanatı</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>2000</v>
+        <v>240</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257762052</t>
+          <t>9786257762168</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Beslenme</t>
+          <t>Tüketici Psikolojisi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>420</v>
+        <v>370</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059746892</t>
+          <t>9786257762144</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>R ile Veri Düzenleme ve İstatiksel Analizler</t>
+          <t>Depremler Ve Hayvanlar: Halk Hikayelerinden Bilime</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>430</v>
+        <v>330</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786257762076</t>
+          <t>9786059746625</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Travmadan Hayatta Kalanların Parçalanmış Benliklerini İyileştirmek</t>
+          <t>Hamilelikte Beslenme ve Yemek Pişirme for Dummies</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>310</v>
+        <v>380</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786257762120</t>
+          <t>9786059746939</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Ev İçi Şiddet</t>
+          <t>Profesyonel Aşçılık</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>330</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257762113</t>
+          <t>9786257762052</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Komplo Teorilerinin Psikolojisi</t>
+          <t>Beslenme</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786257762045</t>
+          <t>9786059746892</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Beyin Hasarı Sonrası Yaşam: Kurtulanların Öyküleri</t>
+          <t>R ile Veri Düzenleme ve İstatiksel Analizler</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>260</v>
+        <v>430</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257762106</t>
+          <t>9786257762076</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Gel</t>
+          <t>Travmadan Hayatta Kalanların Parçalanmış Benliklerini İyileştirmek</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>650</v>
+        <v>310</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257762083</t>
+          <t>9786257762120</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Oyun Terapisi</t>
+          <t>Ev İçi Şiddet</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>450</v>
+        <v>330</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257762090</t>
+          <t>9786257762113</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Psikolojisi</t>
+          <t>Komplo Teorilerinin Psikolojisi</t>
         </is>
       </c>
       <c r="C83" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257762014</t>
+          <t>9786257762045</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Karmaşıklık Çağında İktidar İdeoloji ve Kimlik Yeni Siyasal Sosyoloji</t>
+          <t>Beyin Hasarı Sonrası Yaşam: Kurtulanların Öyküleri</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>230</v>
+        <v>260</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257762007</t>
+          <t>9786257762106</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık Psikolojisi</t>
+          <t>Kendine İyi Gel</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>170</v>
+        <v>650</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786059746991</t>
+          <t>9786257762083</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Psikolojisi</t>
+          <t>Oyun Terapisi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>150</v>
+        <v>450</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059746960</t>
+          <t>9786257762090</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Yas Psikolojisi</t>
+          <t>Toplumsal Cinsiyet Psikolojisi</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059746953</t>
+          <t>9786257762014</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Diyet Psikolojisi</t>
+          <t>Karmaşıklık Çağında İktidar İdeoloji ve Kimlik Yeni Siyasal Sosyoloji</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786059746861</t>
+          <t>9786257762007</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Dijital Oyun Tasarımı - Sıfırdan Oyunlar Oluşturun!</t>
+          <t>Bağımlılık Psikolojisi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>165</v>
+        <v>170</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059746854</t>
+          <t>9786059746991</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Dijital Animasyon Tasarımı - Çizgilerle Öyküleri Canlandırın!</t>
+          <t>Mutluluk Psikolojisi</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>165</v>
+        <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059746816</t>
+          <t>9786059746960</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Komplo Teorileri ve Gizli Cemiyetler</t>
+          <t>Yas Psikolojisi</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059746946</t>
+          <t>9786059746953</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>İyi Strateji Kötü Strateji</t>
+          <t>Diyet Psikolojisi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>330</v>
+        <v>160</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059746922</t>
+          <t>9786059746861</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Bipolar Bozukluk</t>
+          <t>Dijital Oyun Tasarımı - Sıfırdan Oyunlar Oluşturun!</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>370</v>
+        <v>175</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059746908</t>
+          <t>9786059746854</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Modern Psikolojinin Kısa Bir Tarihi</t>
+          <t>Dijital Animasyon Tasarımı - Çizgilerle Öyküleri Canlandırın!</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>285</v>
+        <v>175</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059746878</t>
+          <t>9786059746816</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yıllar: Erken Çocukluk Döneminde Karşılaşılan Sorunlar ve Çözüm Önerileri</t>
+          <t>Komplo Teorileri ve Gizli Cemiyetler</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059746823</t>
+          <t>9786059746946</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Dışavurumcu Sanatın Psikolojik Danışma Uygulamalarına Entegrasyonu</t>
+          <t>İyi Strateji Kötü Strateji</t>
         </is>
       </c>
       <c r="C96" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059746847</t>
+          <t>9786059746922</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Depresyonun Üstesinden Gelmek</t>
+          <t>Bipolar Bozukluk</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>395</v>
+        <v>370</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059746830</t>
+          <t>9786059746908</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama</t>
+          <t>Modern Psikolojinin Kısa Bir Tarihi</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>400</v>
+        <v>285</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059746786</t>
+          <t>9786059746878</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Gelişen Zihin</t>
+          <t>Sihirli Yıllar: Erken Çocukluk Döneminde Karşılaşılan Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059746779</t>
+          <t>9786059746823</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Bir Tuva Hikayesi ve Yeni Öyküler</t>
+          <t>Dışavurumcu Sanatın Psikolojik Danışma Uygulamalarına Entegrasyonu</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>140</v>
+        <v>330</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059746762</t>
+          <t>9786059746847</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kervan</t>
+          <t>Depresyonun Üstesinden Gelmek</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>170</v>
+        <v>395</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059746700</t>
+          <t>9786059746830</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Fen Deneyleri - Eğlenerek Öğrenin!</t>
+          <t>Pazarlama</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>165</v>
+        <v>400</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059746748</t>
+          <t>9786059746786</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Astronomi</t>
+          <t>Gelişen Zihin</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>380</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059746731</t>
+          <t>9786059746779</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoloji</t>
+          <t>Bir Tuva Hikayesi ve Yeni Öyküler</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>320</v>
+        <v>140</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059746724</t>
+          <t>9786059746762</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Tarihi</t>
+          <t>Kervan</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>400</v>
+        <v>170</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059746694</t>
+          <t>9786059746700</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Eğlence Sosyolojisi</t>
+          <t>Fen Deneyleri - Eğlenerek Öğrenin!</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059746670</t>
+          <t>9786059746748</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Bitcoin</t>
+          <t>Astronomi</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059746502</t>
+          <t>9786059746731</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Elektroniğe Başlamak</t>
+          <t>Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>165</v>
+        <v>320</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059746687</t>
+          <t>9786059746724</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Eş Bağımlılık</t>
+          <t>Orta Çağ Tarihi</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>360</v>
+        <v>400</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059746632</t>
+          <t>9786059746694</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>İçim İçimi Yiyor (Çalışma Kitabı)</t>
+          <t>Eğlence Sosyolojisi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059746656</t>
+          <t>9786059746670</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Glütensiz Yaşam</t>
+          <t>Bitcoin</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059746663</t>
+          <t>9786059746502</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Çizim Teknikleri</t>
+          <t>Elektroniğe Başlamak</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>365</v>
+        <v>175</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059746649</t>
+          <t>9786059746687</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Düşünme</t>
+          <t>Eş Bağımlılık</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059746618</t>
+          <t>9786059746632</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Tarihi</t>
+          <t>İçim İçimi Yiyor (Çalışma Kitabı)</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>430</v>
+        <v>230</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059746595</t>
+          <t>9786059746656</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Utangaçlık ve Sosyal Kaygı Çalışma Kitabı</t>
+          <t>Glütensiz Yaşam</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059746540</t>
+          <t>9786059746663</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Ötesinde</t>
+          <t>Çizim Teknikleri</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>310</v>
+        <v>365</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059746588</t>
+          <t>9786059746649</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Öfke Denetimi Çalışma Kitabı</t>
+          <t>Yaratıcı Düşünme</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>240</v>
+        <v>370</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059746434</t>
+          <t>9786059746618</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Genç Kızlar İçin Cinsel Travma Çalışma Kitabı</t>
+          <t>Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>320</v>
+        <v>430</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059746533</t>
+          <t>9786059746595</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi for Dummies</t>
+          <t>Gençler İçin Utangaçlık ve Sosyal Kaygı Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059746564</t>
+          <t>9786059746540</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Beden Kayıt Tutar</t>
+          <t>Hüznün Ötesinde</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>450</v>
+        <v>310</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059746557</t>
+          <t>9786059746588</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Korkunu Yen</t>
+          <t>Gençler İçin Öfke Denetimi Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>180</v>
+        <v>240</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059746281</t>
+          <t>9786059746434</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İyileştirici Öyküler</t>
+          <t>Genç Kızlar İçin Cinsel Travma Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>460</v>
+        <v>320</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059746519</t>
+          <t>9786059746533</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin İlk Yılı İçin Babalık Kılavuzu for Dummies</t>
+          <t>Dünya Tarihi for Dummies</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>470</v>
+        <v>400</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059746526</t>
+          <t>9786059746564</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Öfke Kontrolü</t>
+          <t>Beden Kayıt Tutar</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>370</v>
+        <v>450</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059746274</t>
+          <t>9786059746557</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Siyasette Pazarlama Devrimi</t>
+          <t>Korkunu Yen</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>230</v>
+        <v>180</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059746441</t>
+          <t>9786059746281</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Vegan Yaşam</t>
+          <t>Çocuklar İçin İyileştirici Öyküler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>350</v>
+        <v>460</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059746366</t>
+          <t>9786059746519</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Hamilelik</t>
+          <t>Bebeğin İlk Yılı İçin Babalık Kılavuzu for Dummies</t>
         </is>
       </c>
       <c r="C127" s="1">
         <v>470</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059746458</t>
+          <t>9786059746526</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Şehir Bahçeciliği</t>
+          <t>Öfke Kontrolü</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059746373</t>
+          <t>9786059746274</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Arı Yetiştiriciliği</t>
+          <t>Siyasette Pazarlama Devrimi</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>460</v>
+        <v>230</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059746465</t>
+          <t>9786059746441</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Şehrimi İnşa Ediyorum</t>
+          <t>Vegan Yaşam</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>165</v>
+        <v>350</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059746496</t>
+          <t>9786059746366</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Kendi Robotlarınızı Yapın</t>
+          <t>Hamilelik</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>165</v>
+        <v>470</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059746472</t>
+          <t>9786059746458</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Mühendisliğe Başlamak</t>
+          <t>Şehir Bahçeciliği</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>165</v>
+        <v>360</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059746489</t>
+          <t>9786059746373</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Modlamayı Öğreniyorum</t>
+          <t>Arı Yetiştiriciliği</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>165</v>
+        <v>460</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059746298</t>
+          <t>9786059746465</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Kodu Yazmak</t>
+          <t>Minecraft Şehrimi İnşa Ediyorum</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>165</v>
+        <v>175</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059746410</t>
+          <t>9786059746496</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Vegan Yemek Tarifleri</t>
+          <t>Kendi Robotlarınızı Yapın</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>380</v>
+        <v>175</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059746380</t>
+          <t>9786059746472</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Özgüven</t>
+          <t>Mühendisliğe Başlamak</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>320</v>
+        <v>175</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059746359</t>
+          <t>9786059746489</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar ve Erkekler için Manita Yapmak</t>
+          <t>Minecraft Modlamayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>420</v>
+        <v>175</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059746335</t>
+          <t>9786059746298</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Stres Yönetimi</t>
+          <t>Bilgisayar Kodu Yazmak</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>365</v>
+        <v>175</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059746328</t>
+          <t>9786059746410</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Pazarlaması</t>
+          <t>Vegan Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059746427</t>
+          <t>9786059746380</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>İnternet</t>
+          <t>Özgüven</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>395</v>
+        <v>320</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059746311</t>
+          <t>9786059746359</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Çocuklar Yetiştirmek</t>
+          <t>Kadınlar ve Erkekler için Manita Yapmak</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>370</v>
+        <v>420</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059746342</t>
+          <t>9786059746335</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Eğitmek</t>
+          <t>Stres Yönetimi</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>280</v>
+        <v>365</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059746304</t>
+          <t>9786059746328</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Farkındalık</t>
+          <t>Sosyal Medya Pazarlaması</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>360</v>
+        <v>420</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059746403</t>
+          <t>9786059746427</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Beden Dili</t>
+          <t>İnternet</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>320</v>
+        <v>395</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059746267</t>
+          <t>9786059746311</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>HTML - CSS Web Siteleri Tasarlamak ve Oluşturmak</t>
+          <t>Mutlu Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>600</v>
+        <v>370</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059746250</t>
+          <t>9786059746342</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Bellek Nasıl Çalışır? Belleğinizi Değerlendirmenin Yolları</t>
+          <t>Beyninizi Eğitmek</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059746243</t>
+          <t>9786059746304</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Somut Ekonomi</t>
+          <t>Bilinçli Farkındalık</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059746236</t>
+          <t>9786059746403</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Matematik Tarihi</t>
+          <t>Beden Dili</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>750</v>
+        <v>320</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059746205</t>
+          <t>9786059746267</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Futbol Mantalitesi</t>
+          <t>HTML - CSS Web Siteleri Tasarlamak ve Oluşturmak</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>210</v>
+        <v>600</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059746182</t>
+          <t>9786059746250</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Futbol Bir Akıl Oyunu 2</t>
+          <t>Bellek Nasıl Çalışır? Belleğinizi Değerlendirmenin Yolları</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059746168</t>
+          <t>9786059746243</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Futsal İle Modern Futbolcu Gelişimi</t>
+          <t>Somut Ekonomi</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>150</v>
+        <v>240</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059746120</t>
+          <t>9786059746236</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>İstediğine Hatta Fazlasına Sahip Ol!</t>
+          <t>Matematik Tarihi</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>280</v>
+        <v>750</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059746144</t>
+          <t>9786059746205</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Öz Saygı</t>
+          <t>Futbol Mantalitesi</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059746137</t>
+          <t>9786059746182</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Kaygı</t>
+          <t>Futbol Bir Akıl Oyunu 2</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059746199</t>
+          <t>9786059746168</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergenlerle Jungcu Oyun Terapisi</t>
+          <t>Futsal İle Modern Futbolcu Gelişimi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>220</v>
+        <v>150</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059746175</t>
+          <t>9786059746120</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Erkek</t>
+          <t>İstediğine Hatta Fazlasına Sahip Ol!</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059746113</t>
+          <t>9786059746144</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Müzik Terapi İlkeleri</t>
+          <t>Öz Saygı</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059746069</t>
+          <t>9786059746137</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kendimizi Keşfetme Duygularımızla Yüzleşme</t>
+          <t>Kaygı</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059746076</t>
+          <t>9786059746199</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Kazete Yazıları</t>
+          <t>Çocuk ve Ergenlerle Jungcu Oyun Terapisi</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059746052</t>
+          <t>9786059746175</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Başarma Alışkanlığı</t>
+          <t>Erkek</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>280</v>
+        <v>190</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059746038</t>
+          <t>9786059746113</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Ergenler İçin 101 Tedavi Edici Öykü</t>
+          <t>Müzik Terapi İlkeleri</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059746014</t>
+          <t>9786059746069</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Matematiksel Deneyim</t>
+          <t>Kendimizi Keşfetme Duygularımızla Yüzleşme</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>520</v>
+        <v>240</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
+          <t>9786059746076</t>
+        </is>
+      </c>
+      <c r="B163" s="1" t="inlineStr">
+        <is>
+          <t>Kazete Yazıları</t>
+        </is>
+      </c>
+      <c r="C163" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3">
+      <c r="A164" s="1" t="inlineStr">
+        <is>
+          <t>9786059746052</t>
+        </is>
+      </c>
+      <c r="B164" s="1" t="inlineStr">
+        <is>
+          <t>Başarma Alışkanlığı</t>
+        </is>
+      </c>
+      <c r="C164" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3">
+      <c r="A165" s="1" t="inlineStr">
+        <is>
+          <t>9786059746038</t>
+        </is>
+      </c>
+      <c r="B165" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar ve Ergenler İçin 101 Tedavi Edici Öykü</t>
+        </is>
+      </c>
+      <c r="C165" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3">
+      <c r="A166" s="1" t="inlineStr">
+        <is>
+          <t>9786059746014</t>
+        </is>
+      </c>
+      <c r="B166" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Yönleriyle Matematiksel Deneyim</t>
+        </is>
+      </c>
+      <c r="C166" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3">
+      <c r="A167" s="1" t="inlineStr">
+        <is>
           <t>9786059746021</t>
         </is>
       </c>
-      <c r="B163" s="1" t="inlineStr">
+      <c r="B167" s="1" t="inlineStr">
         <is>
           <t>Erkek Kimliğinin Değişemeyen Halleri</t>
         </is>
       </c>
-      <c r="C163" s="1">
+      <c r="C167" s="1">
         <v>270</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>