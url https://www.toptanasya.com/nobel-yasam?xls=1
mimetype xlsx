--- v1 (2025-12-18)
+++ v2 (2026-02-17)
@@ -85,2530 +85,2575 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786255605290</t>
+          <t>9786255605276</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Merhaba Bebeğim</t>
+          <t>Ölüme İnat Yaşamak</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786255605283</t>
+          <t>9786255605399</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Uyuşturucu Rüyaları</t>
+          <t>Aşkın Ateşini Yak</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786257762847</t>
+          <t>9786255605214</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>İlişkide Cephe Almadan Yol Alabilmek</t>
+          <t>Emdr Sanatı ve Bilimi</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786255605306</t>
+          <t>9786255605290</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji İle Anda Kalmak</t>
+          <t>Merhaba Bebeğim</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786255605269</t>
+          <t>9786255605283</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Hizmette Bilinçli Farkındalık ve Kabul</t>
+          <t>Uyuşturucu Rüyaları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>300</v>
+        <v>240</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786255605207</t>
+          <t>9786257762847</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Gençlerde Depresyon Sarmalını Tersine Çevirmek</t>
+          <t>İlişkide Cephe Almadan Yol Alabilmek</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786257762519</t>
+          <t>9786255605306</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Erken Dönem Duygu Karmaşası - Borderline İçin İlişkisel Psikoterapi / Early Affect Confusion - Relational Psychotherapy For the Borderline Client</t>
+          <t>Psikoloji İle Anda Kalmak</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>240</v>
+        <v>275</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786257762922</t>
+          <t>9786255605269</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Diskalkuli Etkinlik Kitabı</t>
+          <t>Sosyal Hizmette Bilinçli Farkındalık ve Kabul</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786255605191</t>
+          <t>9786255605207</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Astım</t>
+          <t>Gençlerde Depresyon Sarmalını Tersine Çevirmek</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>380</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786257762960</t>
+          <t>9786257762519</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Narsisistik İletişim - Yaşamınızdaki Benmerkezci Kişiler İçin İletişim Yolları</t>
+          <t>Erken Dönem Duygu Karmaşası - Borderline İçin İlişkisel Psikoterapi / Early Affect Confusion - Relational Psychotherapy For the Borderline Client</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>280</v>
+        <v>240</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786255605221</t>
+          <t>9786257762922</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Kaybettiklerimiz İçin Nasıl Yas Tutarız</t>
+          <t>Diskalkuli Etkinlik Kitabı</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>150</v>
+        <v>400</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786255605016</t>
+          <t>9786255605191</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Grup Psikoterapisi, Psikodrama Ve Örgütlerde Travma Farkındalığı Temelli İlkeler</t>
+          <t>Astım</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>340</v>
+        <v>420</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786257762908</t>
+          <t>9786257762960</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Yemekle İlişkinizi İyileştirin - Duygusal Yemeyi Anlama ve Yeme Alışkanlıklarınızı Dönüştürme Rehberi</t>
+          <t>Narsisistik İletişim - Yaşamınızdaki Benmerkezci Kişiler İçin İletişim Yolları</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>250</v>
+        <v>280</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786257762809</t>
+          <t>9786255605221</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Bir Gencin Başarı Rehberi</t>
+          <t>Kaybettiklerimiz İçin Nasıl Yas Tutarız</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>250</v>
+        <v>150</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786257762861</t>
+          <t>9786255605016</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Psikolojik Esneklik</t>
+          <t>Grup Psikoterapisi, Psikodrama Ve Örgütlerde Travma Farkındalığı Temelli İlkeler</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786255605184</t>
+          <t>9786257762908</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Ruhumun Hallleri</t>
+          <t>Yemekle İlişkinizi İyileştirin - Duygusal Yemeyi Anlama ve Yeme Alışkanlıklarınızı Dönüştürme Rehberi</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786255605245</t>
+          <t>9786257762809</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Sosyal Medya Alıştırma Kitabı</t>
+          <t>Bir Gencin Başarı Rehberi</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786255605160</t>
+          <t>9786257762861</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Psikoserum Rehberim</t>
+          <t>Psikolojik Esneklik</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>180</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786255605177</t>
+          <t>9786255605184</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Yazsam Terapim Olur</t>
+          <t>Ruhumun Hallleri</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786255605047</t>
+          <t>9786255605245</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Öz Şefkat Çalışma Kitabı</t>
+          <t>Gençler İçin Sosyal Medya Alıştırma Kitabı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786257762601</t>
+          <t>9786255605160</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin İletişim Becerileri</t>
+          <t>Psikoserum Rehberim</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>250</v>
+        <v>180</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786257762885</t>
+          <t>9786255605177</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Günlük Hayatta Yanal Düşünme</t>
+          <t>Yazsam Terapim Olur</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786255605061</t>
+          <t>9786255605047</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Bir Klinisyenin OKB Tedavi Rehberi</t>
+          <t>Gençler İçin Öz Şefkat Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C24" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786255605139</t>
+          <t>9786257762601</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Empati: Çocuklar İçin Empati Çalışma Kitabı</t>
+          <t>Gençler İçin İletişim Becerileri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>280</v>
+        <v>250</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786257762755</t>
+          <t>9786257762885</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Kayıptan Sonra Hayata Uyum</t>
+          <t>Günlük Hayatta Yanal Düşünme</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786255605085</t>
+          <t>9786255605061</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Farkındalıklı Beslenme - Çalışma Kitabı</t>
+          <t>Bir Klinisyenin OKB Tedavi Rehberi</t>
         </is>
       </c>
       <c r="C27" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786255605108</t>
+          <t>9786255605139</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Mükemmelliyetçilik - Çalışma Kitabı</t>
+          <t>Empati: Çocuklar İçin Empati Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C28" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786255605146</t>
+          <t>9786257762755</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Sosyal Başarı</t>
+          <t>Kayıptan Sonra Hayata Uyum</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786257762427</t>
+          <t>9786255605085</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Günden Güne Yas</t>
+          <t>Gençler İçin Farkındalıklı Beslenme - Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786257762342</t>
+          <t>9786255605108</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Psikoloji ve Kültür</t>
+          <t>Gençler İçin Mükemmelliyetçilik - Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786257762137</t>
+          <t>9786255605146</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Farkındalık Ajandası</t>
+          <t>Gençler İçin Sosyal Başarı</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786257762038</t>
+          <t>9786257762427</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Mindfulness: Günlük Sorunlar için Çözümler</t>
+          <t>Günden Güne Yas</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>370</v>
+        <v>310</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786059746755</t>
+          <t>9786257762342</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Köpeğinizi Anlamak</t>
+          <t>Psikoloji ve Kültür</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059746397</t>
+          <t>9786257762137</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Obsesif-Kompulsif Bozukluk for Dummies</t>
+          <t>Farkındalık Ajandası</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>380</v>
+        <v>400</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059746151</t>
+          <t>9786257762038</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Futbol Bir Akıl Oyunu</t>
+          <t>Mindfulness: Günlük Sorunlar için Çözümler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>200</v>
+        <v>370</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059746083</t>
+          <t>9786059746755</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Müzik Terapiyi Tanımlamak</t>
+          <t>Köpeğinizi Anlamak</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>410</v>
+        <v>320</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786255605009</t>
+          <t>9786059746397</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Antidepresan İlaç Tedavisinin Kesilmesi-Discontinuing Antidepressant Medications</t>
+          <t>Obsesif-Kompulsif Bozukluk for Dummies</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>380</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786257762588</t>
+          <t>9786059746151</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Boşalmış Ruh- Psikopatlığın Doğası / The Emptied Soul - On the Nature of the Psychopath</t>
+          <t>Futbol Bir Akıl Oyunu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>175</v>
+        <v>200</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786257762700</t>
+          <t>9786059746083</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Zor İlişkilerde Yeniden Doğuş</t>
+          <t>Müzik Terapiyi Tanımlamak</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>300</v>
+        <v>410</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786257762793</t>
+          <t>9786255605009</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Obsesif-Kompulsif Bozukluk İçin Maruz Bırakma ve Tepki (Ritüel) Önleme</t>
+          <t>Antidepresan İlaç Tedavisinin Kesilmesi-Discontinuing Antidepressant Medications</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786255605023</t>
+          <t>9786257762588</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Stresle Başa Çıkma Rehberi- The Stress Survival Guide For Teens</t>
+          <t>Boşalmış Ruh- Psikopatlığın Doğası / The Emptied Soul - On the Nature of the Psychopath</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>250</v>
+        <v>175</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786257762663</t>
+          <t>9786257762700</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Güçlü Ol</t>
+          <t>Zor İlişkilerde Yeniden Doğuş</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786059746809</t>
+          <t>9786257762793</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>2. Dünya Savaşı</t>
+          <t>Obsesif-Kompulsif Bozukluk İçin Maruz Bırakma ve Tepki (Ritüel) Önleme</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786257762472</t>
+          <t>9786255605023</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Aşermeler ve Bağımlılıklar - Kabul ve Kararlılık Terapisi ile Bağımlılık Yapıcı Davranışlarla Mücadeleden Kendinizi Kurtarın</t>
+          <t>Gençler İçin Stresle Başa Çıkma Rehberi- The Stress Survival Guide For Teens</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786257762779</t>
+          <t>9786257762663</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Affetmek - Kendini ve Başkalarını Bağışlama Sanatı</t>
+          <t>Güçlü Ol</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786257762533</t>
+          <t>9786059746809</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Mutfak Bilimi</t>
+          <t>2. Dünya Savaşı</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>500</v>
+        <v>420</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786257762649</t>
+          <t>9786257762472</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Psikoterapide Duygu Düzenleme - Uygulamacı Rehber</t>
+          <t>Aşermeler ve Bağımlılıklar - Kabul ve Kararlılık Terapisi ile Bağımlılık Yapıcı Davranışlarla Mücadeleden Kendinizi Kurtarın</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>500</v>
+        <v>200</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786257762595</t>
+          <t>9786257762779</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Uçucu Yağlar &amp; Aromaterapi For Dummies / Essential Oils &amp; Aromatherapy For Dummies</t>
+          <t>Affetmek - Kendini ve Başkalarını Bağışlama Sanatı</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059746212</t>
+          <t>9786257762533</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Stresten Kurtulun ve Gevşeyin</t>
+          <t>Mutfak Bilimi</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>380</v>
+        <v>500</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786059746601</t>
+          <t>9786257762649</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>20'li Yaşlar İçin Kişisel Finans</t>
+          <t>Psikoterapide Duygu Düzenleme - Uygulamacı Rehber</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>280</v>
+        <v>500</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786257762441</t>
+          <t>9786257762595</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Narsisistik Annelerin Yetişkin Kızları</t>
+          <t>Uçucu Yağlar &amp; Aromaterapi For Dummies / Essential Oils &amp; Aromatherapy For Dummies</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>200</v>
+        <v>395</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786257762496</t>
+          <t>9786059746212</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Yazı Tipi İle Düşünmek-Thinking with Type</t>
+          <t>Stresten Kurtulun ve Gevşeyin</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>275</v>
+        <v>380</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786059746090</t>
+          <t>9786059746601</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Astronomi</t>
+          <t>20'li Yaşlar İçin Kişisel Finans</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>520</v>
+        <v>280</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786257762458</t>
+          <t>9786257762441</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Aile Terapisi</t>
+          <t>Narsisistik Annelerin Yetişkin Kızları</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>320</v>
+        <v>200</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786059746717</t>
+          <t>9786257762496</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin Oyun Terapisi İlk Kitabı</t>
+          <t>Yazı Tipi İle Düşünmek-Thinking with Type</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>150</v>
+        <v>275</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786257762359</t>
+          <t>9786059746090</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Düşünmenin Bir Yılı</t>
+          <t>Astronomi</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>290</v>
+        <v>520</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786257762304</t>
+          <t>9786257762458</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Bağlanma Kuramının Klinik Uygulamaları</t>
+          <t>Aile Terapisi</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>300</v>
+        <v>320</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786059746793</t>
+          <t>9786059746717</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>En İyi Boşanma Kitabı</t>
+          <t>Çocuklar İçin Oyun Terapisi İlk Kitabı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>240</v>
+        <v>150</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786059746915</t>
+          <t>9786257762359</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Anadolu - Türk Mutfağında Bir Macera</t>
+          <t>Pozitif Düşünmenin Bir Yılı</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>1300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786257762434</t>
+          <t>9786257762304</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Beden Algısı Çalışma Kitabı - The Body Image Workbook for Teens Activities</t>
+          <t>Bağlanma Kuramının Klinik Uygulamaları</t>
         </is>
       </c>
       <c r="C61" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786059746571</t>
+          <t>9786059746793</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Yemek Pişirmenin Temelleri</t>
+          <t>En İyi Boşanma Kitabı</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786059746977</t>
+          <t>9786059746915</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Anatomi ve Fizyoloji for Dummies - Anatomy - Physiology For Dummies</t>
+          <t>Anadolu - Türk Mutfağında Bir Macera</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>400</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786257762335</t>
+          <t>9786257762434</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Terapide Değerler</t>
+          <t>Gençler İçin Beden Algısı Çalışma Kitabı - The Body Image Workbook for Teens Activities</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>240</v>
+        <v>300</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786257762182</t>
+          <t>9786059746571</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Youtube Videoları Hazırlama</t>
+          <t>Yemek Pişirmenin Temelleri</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>175</v>
+        <v>450</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786257762274</t>
+          <t>9786059746977</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Yastan Kurtulmak</t>
+          <t>Anatomi ve Fizyoloji for Dummies - Anatomy - Physiology For Dummies</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786257762267</t>
+          <t>9786257762335</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Kaygı Sizi Öfkelendirdiğinde</t>
+          <t>Terapide Değerler</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786257762243</t>
+          <t>9786257762182</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Müzik Terapinin Doğaçlama Yöntemleri</t>
+          <t>Youtube Videoları Hazırlama</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>290</v>
+        <v>210</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786257762250</t>
+          <t>9786257762274</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Sen Neden Öldün? - Why Did You Die?</t>
+          <t>Gençler İçin Yastan Kurtulmak</t>
         </is>
       </c>
       <c r="C69" s="1">
         <v>240</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786257762236</t>
+          <t>9786257762267</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Emekliliğin Psikolojisi - The Psychology of Retirement</t>
+          <t>Kaygı Sizi Öfkelendirdiğinde</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786257762281</t>
+          <t>9786257762243</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Şef Zeki Açıköz Anlatıyor - Siyasetin Sofrası</t>
+          <t>Müzik Terapinin Doğaçlama Yöntemleri</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>280</v>
+        <v>290</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786257762212</t>
+          <t>9786257762250</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Aşırı Yemenin Üstesinden Gelmek - Getting Over Overeating For Teens</t>
+          <t>Sen Neden Öldün? - Why Did You Die?</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>310</v>
+        <v>240</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786257762199</t>
+          <t>9786257762236</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Einstein for Dummies</t>
+          <t>Emekliliğin Psikolojisi - The Psychology of Retirement</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>370</v>
+        <v>140</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786257762175</t>
+          <t>9786257762281</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Güvenli Trade Sanatı</t>
+          <t>Şef Zeki Açıköz Anlatıyor - Siyasetin Sofrası</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786257762168</t>
+          <t>9786257762212</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Tüketici Psikolojisi</t>
+          <t>Gençler İçin Aşırı Yemenin Üstesinden Gelmek - Getting Over Overeating For Teens</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>370</v>
+        <v>310</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786257762144</t>
+          <t>9786257762199</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Depremler Ve Hayvanlar: Halk Hikayelerinden Bilime</t>
+          <t>Einstein for Dummies</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059746625</t>
+          <t>9786257762175</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Hamilelikte Beslenme ve Yemek Pişirme for Dummies</t>
+          <t>Güvenli Trade Sanatı</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>380</v>
+        <v>240</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059746939</t>
+          <t>9786257762168</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Profesyonel Aşçılık</t>
+          <t>Tüketici Psikolojisi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>2000</v>
+        <v>370</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786257762052</t>
+          <t>9786257762144</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Beslenme</t>
+          <t>Depremler Ve Hayvanlar: Halk Hikayelerinden Bilime</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>420</v>
+        <v>330</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786059746892</t>
+          <t>9786059746625</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>R ile Veri Düzenleme ve İstatiksel Analizler</t>
+          <t>Hamilelikte Beslenme ve Yemek Pişirme for Dummies</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>430</v>
+        <v>380</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786257762076</t>
+          <t>9786059746939</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Travmadan Hayatta Kalanların Parçalanmış Benliklerini İyileştirmek</t>
+          <t>Profesyonel Aşçılık</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>310</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786257762120</t>
+          <t>9786257762052</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Ev İçi Şiddet</t>
+          <t>Beslenme</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>330</v>
+        <v>420</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786257762113</t>
+          <t>9786059746892</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Komplo Teorilerinin Psikolojisi</t>
+          <t>R ile Veri Düzenleme ve İstatiksel Analizler</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>150</v>
+        <v>430</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786257762045</t>
+          <t>9786257762076</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Beyin Hasarı Sonrası Yaşam: Kurtulanların Öyküleri</t>
+          <t>Travmadan Hayatta Kalanların Parçalanmış Benliklerini İyileştirmek</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>260</v>
+        <v>310</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786257762106</t>
+          <t>9786257762120</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Kendine İyi Gel</t>
+          <t>Ev İçi Şiddet</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>650</v>
+        <v>330</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786257762083</t>
+          <t>9786257762113</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Oyun Terapisi</t>
+          <t>Komplo Teorilerinin Psikolojisi</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786257762090</t>
+          <t>9786257762045</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Cinsiyet Psikolojisi</t>
+          <t>Beyin Hasarı Sonrası Yaşam: Kurtulanların Öyküleri</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786257762014</t>
+          <t>9786257762106</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Karmaşıklık Çağında İktidar İdeoloji ve Kimlik Yeni Siyasal Sosyoloji</t>
+          <t>Kendine İyi Gel</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>230</v>
+        <v>750</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786257762007</t>
+          <t>9786257762083</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Bağımlılık Psikolojisi</t>
+          <t>Oyun Terapisi</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>170</v>
+        <v>450</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786059746991</t>
+          <t>9786257762090</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Mutluluk Psikolojisi</t>
+          <t>Toplumsal Cinsiyet Psikolojisi</t>
         </is>
       </c>
       <c r="C90" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786059746960</t>
+          <t>9786257762014</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Yas Psikolojisi</t>
+          <t>Karmaşıklık Çağında İktidar İdeoloji ve Kimlik Yeni Siyasal Sosyoloji</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>160</v>
+        <v>230</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786059746953</t>
+          <t>9786257762007</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Diyet Psikolojisi</t>
+          <t>Bağımlılık Psikolojisi</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786059746861</t>
+          <t>9786059746991</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Dijital Oyun Tasarımı - Sıfırdan Oyunlar Oluşturun!</t>
+          <t>Mutluluk Psikolojisi</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>175</v>
+        <v>150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786059746854</t>
+          <t>9786059746960</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Dijital Animasyon Tasarımı - Çizgilerle Öyküleri Canlandırın!</t>
+          <t>Yas Psikolojisi</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>175</v>
+        <v>160</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786059746816</t>
+          <t>9786059746953</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Komplo Teorileri ve Gizli Cemiyetler</t>
+          <t>Diyet Psikolojisi</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>340</v>
+        <v>160</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059746946</t>
+          <t>9786059746861</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>İyi Strateji Kötü Strateji</t>
+          <t>Dijital Oyun Tasarımı - Sıfırdan Oyunlar Oluşturun!</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786059746922</t>
+          <t>9786059746854</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Bipolar Bozukluk</t>
+          <t>Dijital Animasyon Tasarımı - Çizgilerle Öyküleri Canlandırın!</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>370</v>
+        <v>210</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786059746908</t>
+          <t>9786059746816</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Modern Psikolojinin Kısa Bir Tarihi</t>
+          <t>Komplo Teorileri ve Gizli Cemiyetler</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>285</v>
+        <v>340</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786059746878</t>
+          <t>9786059746946</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Sihirli Yıllar: Erken Çocukluk Döneminde Karşılaşılan Sorunlar ve Çözüm Önerileri</t>
+          <t>İyi Strateji Kötü Strateji</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>250</v>
+        <v>330</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786059746823</t>
+          <t>9786059746922</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dışavurumcu Sanatın Psikolojik Danışma Uygulamalarına Entegrasyonu</t>
+          <t>Bipolar Bozukluk</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>330</v>
+        <v>370</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059746847</t>
+          <t>9786059746908</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Depresyonun Üstesinden Gelmek</t>
+          <t>Modern Psikolojinin Kısa Bir Tarihi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>395</v>
+        <v>285</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059746830</t>
+          <t>9786059746878</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Pazarlama</t>
+          <t>Sihirli Yıllar: Erken Çocukluk Döneminde Karşılaşılan Sorunlar ve Çözüm Önerileri</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786059746786</t>
+          <t>9786059746823</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Gelişen Zihin</t>
+          <t>Dışavurumcu Sanatın Psikolojik Danışma Uygulamalarına Entegrasyonu</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786059746779</t>
+          <t>9786059746847</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Bir Tuva Hikayesi ve Yeni Öyküler</t>
+          <t>Depresyonun Üstesinden Gelmek</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>140</v>
+        <v>395</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786059746762</t>
+          <t>9786059746830</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Kervan</t>
+          <t>Pazarlama</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>170</v>
+        <v>400</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786059746700</t>
+          <t>9786059746786</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Fen Deneyleri - Eğlenerek Öğrenin!</t>
+          <t>Gelişen Zihin</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>175</v>
+        <v>380</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786059746748</t>
+          <t>9786059746779</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Astronomi</t>
+          <t>Bir Tuva Hikayesi ve Yeni Öyküler</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>380</v>
+        <v>140</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786059746731</t>
+          <t>9786059746762</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Pozitif Psikoloji</t>
+          <t>Kervan</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>320</v>
+        <v>170</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786059746724</t>
+          <t>9786059746700</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Orta Çağ Tarihi</t>
+          <t>Fen Deneyleri - Eğlenerek Öğrenin!</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786059746694</t>
+          <t>9786059746748</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Eğlence Sosyolojisi</t>
+          <t>Astronomi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>240</v>
+        <v>380</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786059746670</t>
+          <t>9786059746731</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Bitcoin</t>
+          <t>Pozitif Psikoloji</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>220</v>
+        <v>320</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786059746502</t>
+          <t>9786059746724</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Elektroniğe Başlamak</t>
+          <t>Orta Çağ Tarihi</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>175</v>
+        <v>400</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786059746687</t>
+          <t>9786059746694</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Eş Bağımlılık</t>
+          <t>Eğlence Sosyolojisi</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786059746632</t>
+          <t>9786059746670</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>İçim İçimi Yiyor (Çalışma Kitabı)</t>
+          <t>Bitcoin</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>230</v>
+        <v>220</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786059746656</t>
+          <t>9786059746502</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Glütensiz Yaşam</t>
+          <t>Elektroniğe Başlamak</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>370</v>
+        <v>210</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786059746663</t>
+          <t>9786059746687</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Çizim Teknikleri</t>
+          <t>Eş Bağımlılık</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>365</v>
+        <v>360</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786059746649</t>
+          <t>9786059746632</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Yaratıcı Düşünme</t>
+          <t>İçim İçimi Yiyor (Çalışma Kitabı)</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>370</v>
+        <v>230</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786059746618</t>
+          <t>9786059746656</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Avrupa Tarihi</t>
+          <t>Glütensiz Yaşam</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>430</v>
+        <v>370</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786059746595</t>
+          <t>9786059746663</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Utangaçlık ve Sosyal Kaygı Çalışma Kitabı</t>
+          <t>Çizim Teknikleri</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>240</v>
+        <v>365</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786059746540</t>
+          <t>9786059746649</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hüznün Ötesinde</t>
+          <t>Yaratıcı Düşünme</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>310</v>
+        <v>370</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786059746588</t>
+          <t>9786059746618</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Gençler İçin Öfke Denetimi Çalışma Kitabı</t>
+          <t>Avrupa Tarihi</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>240</v>
+        <v>430</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786059746434</t>
+          <t>9786059746595</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Genç Kızlar İçin Cinsel Travma Çalışma Kitabı</t>
+          <t>Gençler İçin Utangaçlık ve Sosyal Kaygı Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786059746533</t>
+          <t>9786059746540</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Dünya Tarihi for Dummies</t>
+          <t>Hüznün Ötesinde</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786059746564</t>
+          <t>9786059746588</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Beden Kayıt Tutar</t>
+          <t>Gençler İçin Öfke Denetimi Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>450</v>
+        <v>240</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786059746557</t>
+          <t>9786059746434</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Korkunu Yen</t>
+          <t>Genç Kızlar İçin Cinsel Travma Çalışma Kitabı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>180</v>
+        <v>320</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786059746281</t>
+          <t>9786059746533</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar İçin İyileştirici Öyküler</t>
+          <t>Dünya Tarihi for Dummies</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>460</v>
+        <v>400</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059746519</t>
+          <t>9786059746564</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Bebeğin İlk Yılı İçin Babalık Kılavuzu for Dummies</t>
+          <t>Beden Kayıt Tutar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>470</v>
+        <v>450</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059746526</t>
+          <t>9786059746557</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Öfke Kontrolü</t>
+          <t>Korkunu Yen</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>370</v>
+        <v>180</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059746274</t>
+          <t>9786059746281</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Siyasette Pazarlama Devrimi</t>
+          <t>Çocuklar İçin İyileştirici Öyküler</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>230</v>
+        <v>460</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059746441</t>
+          <t>9786059746519</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Vegan Yaşam</t>
+          <t>Bebeğin İlk Yılı İçin Babalık Kılavuzu for Dummies</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>350</v>
+        <v>470</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059746366</t>
+          <t>9786059746526</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Hamilelik</t>
+          <t>Öfke Kontrolü</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>470</v>
+        <v>370</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786059746458</t>
+          <t>9786059746274</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Şehir Bahçeciliği</t>
+          <t>Siyasette Pazarlama Devrimi</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>360</v>
+        <v>230</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786059746373</t>
+          <t>9786059746441</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Arı Yetiştiriciliği</t>
+          <t>Vegan Yaşam</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>460</v>
+        <v>350</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786059746465</t>
+          <t>9786059746366</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Şehrimi İnşa Ediyorum</t>
+          <t>Hamilelik</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>175</v>
+        <v>470</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786059746496</t>
+          <t>9786059746458</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Kendi Robotlarınızı Yapın</t>
+          <t>Şehir Bahçeciliği</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>175</v>
+        <v>360</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786059746472</t>
+          <t>9786059746373</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Mühendisliğe Başlamak</t>
+          <t>Arı Yetiştiriciliği</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>175</v>
+        <v>460</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786059746489</t>
+          <t>9786059746465</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Minecraft Modlamayı Öğreniyorum</t>
+          <t>Minecraft Şehrimi İnşa Ediyorum</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786059746298</t>
+          <t>9786059746496</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Bilgisayar Kodu Yazmak</t>
+          <t>Kendi Robotlarınızı Yapın</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>175</v>
+        <v>210</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786059746410</t>
+          <t>9786059746472</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Vegan Yemek Tarifleri</t>
+          <t>Mühendisliğe Başlamak</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>380</v>
+        <v>210</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786059746380</t>
+          <t>9786059746489</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Özgüven</t>
+          <t>Minecraft Modlamayı Öğreniyorum</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786059746359</t>
+          <t>9786059746298</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Kadınlar ve Erkekler için Manita Yapmak</t>
+          <t>Bilgisayar Kodu Yazmak</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>420</v>
+        <v>210</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786059746335</t>
+          <t>9786059746410</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Stres Yönetimi</t>
+          <t>Vegan Yemek Tarifleri</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>365</v>
+        <v>380</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786059746328</t>
+          <t>9786059746380</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya Pazarlaması</t>
+          <t>Özgüven</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786059746427</t>
+          <t>9786059746359</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>İnternet</t>
+          <t>Kadınlar ve Erkekler için Manita Yapmak</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>395</v>
+        <v>420</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786059746311</t>
+          <t>9786059746335</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Mutlu Çocuklar Yetiştirmek</t>
+          <t>Stres Yönetimi</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>370</v>
+        <v>365</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786059746342</t>
+          <t>9786059746328</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Beyninizi Eğitmek</t>
+          <t>Sosyal Medya Pazarlaması</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>280</v>
+        <v>420</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786059746304</t>
+          <t>9786059746427</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Bilinçli Farkındalık</t>
+          <t>İnternet</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>360</v>
+        <v>395</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786059746403</t>
+          <t>9786059746311</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Beden Dili</t>
+          <t>Mutlu Çocuklar Yetiştirmek</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786059746267</t>
+          <t>9786059746342</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>HTML - CSS Web Siteleri Tasarlamak ve Oluşturmak</t>
+          <t>Beyninizi Eğitmek</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>600</v>
+        <v>280</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786059746250</t>
+          <t>9786059746304</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Bellek Nasıl Çalışır? Belleğinizi Değerlendirmenin Yolları</t>
+          <t>Bilinçli Farkındalık</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>310</v>
+        <v>360</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786059746243</t>
+          <t>9786059746403</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Somut Ekonomi</t>
+          <t>Beden Dili</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786059746236</t>
+          <t>9786059746267</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Matematik Tarihi</t>
+          <t>HTML - CSS Web Siteleri Tasarlamak ve Oluşturmak</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>750</v>
+        <v>600</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786059746205</t>
+          <t>9786059746250</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Futbol Mantalitesi</t>
+          <t>Bellek Nasıl Çalışır? Belleğinizi Değerlendirmenin Yolları</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786059746182</t>
+          <t>9786059746243</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Futbol Bir Akıl Oyunu 2</t>
+          <t>Somut Ekonomi</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786059746168</t>
+          <t>9786059746236</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Futsal İle Modern Futbolcu Gelişimi</t>
+          <t>Matematik Tarihi</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>150</v>
+        <v>750</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786059746120</t>
+          <t>9786059746205</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>İstediğine Hatta Fazlasına Sahip Ol!</t>
+          <t>Futbol Mantalitesi</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>280</v>
+        <v>230</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786059746144</t>
+          <t>9786059746182</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Öz Saygı</t>
+          <t>Futbol Bir Akıl Oyunu 2</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786059746137</t>
+          <t>9786059746168</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Kaygı</t>
+          <t>Futsal İle Modern Futbolcu Gelişimi</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>310</v>
+        <v>150</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786059746199</t>
+          <t>9786059746120</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Çocuk ve Ergenlerle Jungcu Oyun Terapisi</t>
+          <t>İstediğine Hatta Fazlasına Sahip Ol!</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786059746175</t>
+          <t>9786059746144</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Erkek</t>
+          <t>Öz Saygı</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>190</v>
+        <v>330</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786059746113</t>
+          <t>9786059746137</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Müzik Terapi İlkeleri</t>
+          <t>Kaygı</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786059746069</t>
+          <t>9786059746199</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Kendimizi Keşfetme Duygularımızla Yüzleşme</t>
+          <t>Çocuk ve Ergenlerle Jungcu Oyun Terapisi</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786059746076</t>
+          <t>9786059746175</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Kazete Yazıları</t>
+          <t>Erkek</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786059746052</t>
+          <t>9786059746113</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Başarma Alışkanlığı</t>
+          <t>Müzik Terapi İlkeleri</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>280</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786059746038</t>
+          <t>9786059746069</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Çocuklar ve Ergenler İçin 101 Tedavi Edici Öykü</t>
+          <t>Kendimizi Keşfetme Duygularımızla Yüzleşme</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>330</v>
+        <v>240</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786059746014</t>
+          <t>9786059746076</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Tüm Yönleriyle Matematiksel Deneyim</t>
+          <t>Kazete Yazıları</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>520</v>
+        <v>270</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
+          <t>9786059746052</t>
+        </is>
+      </c>
+      <c r="B167" s="1" t="inlineStr">
+        <is>
+          <t>Başarma Alışkanlığı</t>
+        </is>
+      </c>
+      <c r="C167" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3">
+      <c r="A168" s="1" t="inlineStr">
+        <is>
+          <t>9786059746038</t>
+        </is>
+      </c>
+      <c r="B168" s="1" t="inlineStr">
+        <is>
+          <t>Çocuklar ve Ergenler İçin 101 Tedavi Edici Öykü</t>
+        </is>
+      </c>
+      <c r="C168" s="1">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3">
+      <c r="A169" s="1" t="inlineStr">
+        <is>
+          <t>9786059746014</t>
+        </is>
+      </c>
+      <c r="B169" s="1" t="inlineStr">
+        <is>
+          <t>Tüm Yönleriyle Matematiksel Deneyim</t>
+        </is>
+      </c>
+      <c r="C169" s="1">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3">
+      <c r="A170" s="1" t="inlineStr">
+        <is>
           <t>9786059746021</t>
         </is>
       </c>
-      <c r="B167" s="1" t="inlineStr">
+      <c r="B170" s="1" t="inlineStr">
         <is>
           <t>Erkek Kimliğinin Değişemeyen Halleri</t>
         </is>
       </c>
-      <c r="C167" s="1">
+      <c r="C170" s="1">
         <v>270</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>