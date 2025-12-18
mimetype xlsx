--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -85,925 +85,940 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9789752473768</t>
+          <t>9786259273501</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Geçiş Ritleri</t>
+          <t>Profesör Do'nun Göz Kliniği</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>195</v>
+        <v>225</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752473355</t>
+          <t>9789752473768</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Bazen Derin Bir His</t>
+          <t>Geçiş Ritleri</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>179</v>
+        <v>195</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789752473201</t>
+          <t>9789752473355</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçta Deniz Vardı</t>
+          <t>Bazen Derin Bir His</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>129</v>
+        <v>179</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752473485</t>
+          <t>9789752473201</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Pislik</t>
+          <t>Başlangıçta Deniz Vardı</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>149</v>
+        <v>129</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752473362</t>
+          <t>9789752473485</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Kara Delik Blues ve Dış Uzaydan Diğer Şarkılar</t>
+          <t>Pislik</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>178</v>
+        <v>149</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752473348</t>
+          <t>9789752473362</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kapital’i Okumak</t>
+          <t>Kara Delik Blues ve Dış Uzaydan Diğer Şarkılar</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>279</v>
+        <v>178</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752473416</t>
+          <t>9789752473348</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Pansiyonerler</t>
+          <t>Kapital’i Okumak</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>178</v>
+        <v>279</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786058303126</t>
+          <t>9789752473416</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar Zar Attığında</t>
+          <t>Pansiyonerler</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>138.5</v>
+        <v>178</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786056595745</t>
+          <t>9786058303126</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Kral Arthur’un Sarayında Connecticutli Bir Yankee</t>
+          <t>Tanrılar Zar Attığında</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>144</v>
+        <v>138.5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786058323506</t>
+          <t>9786056595745</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Adem’den Önce</t>
+          <t>Kral Arthur’un Sarayında Connecticutli Bir Yankee</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>168</v>
+        <v>144</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786056595714</t>
+          <t>9786058323506</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Adem İle Havva'nın Güncesi</t>
+          <t>Adem’den Önce</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>129</v>
+        <v>168</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9789752473621</t>
+          <t>9786056595714</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Bir Adamın Olağanüstü Düşleri</t>
+          <t>Adem İle Havva'nın Güncesi</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>218</v>
+        <v>129</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752473645</t>
+          <t>9789752473621</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Kukla Kapanı</t>
+          <t>Tuhaf Bir Adamın Olağanüstü Düşleri</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>168</v>
+        <v>218</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752473591</t>
+          <t>9789752473645</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Ertelenmiş Kıyamet</t>
+          <t>Kukla Kapanı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>139</v>
+        <v>168</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752473577</t>
+          <t>9789752473591</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Canavar Çizen Çocuk</t>
+          <t>Ertelenmiş Kıyamet</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>198.5</v>
+        <v>139</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752473522</t>
+          <t>9789752473577</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Görelilik Nedir?</t>
+          <t>Canavar Çizen Çocuk</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>154</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786257359740</t>
+          <t>9789752473522</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Sol Ayağım</t>
+          <t>Görelilik Nedir?</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>198.5</v>
+        <v>154</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9789752473461</t>
+          <t>9786257359740</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Alice Ayna Ev'de</t>
+          <t>Sol Ayağım</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>129</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786056595783</t>
+          <t>9789752473461</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Günah Kök Saldığında</t>
+          <t>Alice Ayna Ev'de</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>225</v>
+        <v>129</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056595707</t>
+          <t>9786056595783</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Freud’un Kız Kardeşi</t>
+          <t>Günah Kök Saldığında</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>210</v>
+        <v>225</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256755970</t>
+          <t>9786056595707</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Sol Ayağım</t>
+          <t>Freud’un Kız Kardeşi</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>198.5</v>
+        <v>210</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256755802</t>
+          <t>9786256755970</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanemdeki İsyan</t>
+          <t>Sol Ayağım</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>225</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256947481</t>
+          <t>9786256755802</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Enayinin Portföyü</t>
+          <t>Kütüphanemdeki İsyan</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>240</v>
+        <v>225</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256947382</t>
+          <t>9786256947481</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>İslamcılık ve Türkçülük Üzerine (1908-1922)</t>
+          <t>Enayinin Portföyü</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>265</v>
+        <v>240</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256947245</t>
+          <t>9786256947382</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Freud’un Hastaları</t>
+          <t>İslamcılık ve Türkçülük Üzerine (1908-1922)</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>198.5</v>
+        <v>265</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786258400953</t>
+          <t>9786256947245</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanemdeki Sesler</t>
+          <t>Freud’un Hastaları</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>225</v>
+        <v>198.5</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258400724</t>
+          <t>9786258400953</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Matematikçiyi Serbest Bırak</t>
+          <t>Kütüphanemdeki Sesler</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>299</v>
+        <v>225</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258400915</t>
+          <t>9786258400724</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Spinoza ile Sohbetler</t>
+          <t>İçindeki Matematikçiyi Serbest Bırak</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>225</v>
+        <v>299</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258400205</t>
+          <t>9786258400915</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Yeni Harita</t>
+          <t>Spinoza ile Sohbetler</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>395</v>
+        <v>225</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258400656</t>
+          <t>9786258400205</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>On Beş Köpek ve Bir Bahis</t>
+          <t>Yeni Harita</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>225</v>
+        <v>395</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258400571</t>
+          <t>9786258400656</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Siyasal Gelişmeleri (1923-2018)</t>
+          <t>On Beş Köpek ve Bir Bahis</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>410</v>
+        <v>225</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9789752473775</t>
+          <t>9786258400571</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sol Ayağım (Ciltli)</t>
+          <t>Türkiye'nin Siyasal Gelişmeleri (1923-2018)</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>275</v>
+        <v>410</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786258400526</t>
+          <t>9789752473775</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Siyasal Gelişmeleri (1876-1923)</t>
+          <t>Sol Ayağım (Ciltli)</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>410</v>
+        <v>275</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9789752473676</t>
+          <t>9786258400526</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Politika Felsefesi Üzerine Dersler</t>
+          <t>Türkiye’nin Siyasal Gelişmeleri (1876-1923)</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>500</v>
+        <v>410</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786257359887</t>
+          <t>9789752473676</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin İlk Adımları 1000 Yılı</t>
+          <t>Politika Felsefesi Üzerine Dersler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>368</v>
+        <v>500</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257359719</t>
+          <t>9786257359887</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Domuzlar</t>
+          <t>Küreselleşmenin İlk Adımları 1000 Yılı</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>210</v>
+        <v>368</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9789752473744</t>
+          <t>9786257359719</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu</t>
+          <t>Domuzlar</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>368</v>
+        <v>210</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752473720</t>
+          <t>9789752473744</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Faşizm Tarihi ve Teorisi</t>
+          <t>İpek Yolu</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>250</v>
+        <v>368</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752473737</t>
+          <t>9789752473720</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Ah, Virginia</t>
+          <t>Faşizm Tarihi ve Teorisi</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>198</v>
+        <v>250</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752473706</t>
+          <t>9789752473737</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar Bana Ne Dedi?</t>
+          <t>Ah, Virginia</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>168.5</v>
+        <v>198</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752473690</t>
+          <t>9789752473706</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare Bana Ne Dedi?</t>
+          <t>Tanpınar Bana Ne Dedi?</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>168.5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789752473652</t>
+          <t>9789752473690</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Dumas Kulübü</t>
+          <t>Shakespeare Bana Ne Dedi?</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>298</v>
+        <v>168.5</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752473638</t>
+          <t>9789752473652</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Adem İle Havva Hangi Dili Konuşuyordu?</t>
+          <t>Dumas Kulübü</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>248</v>
+        <v>298</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789752473584</t>
+          <t>9789752473638</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Yaradanımız Medya</t>
+          <t>Adem İle Havva Hangi Dili Konuşuyordu?</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>295</v>
+        <v>248</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752473560</t>
+          <t>9789752473584</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Bahçede Tek Başına Yaşam ve Mutluluk</t>
+          <t>Yaradanımız Medya</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>99</v>
+        <v>295</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752473539</t>
+          <t>9789752473560</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Totemizm</t>
+          <t>Bahçede Tek Başına Yaşam ve Mutluluk</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>175</v>
+        <v>99</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789752473515</t>
+          <t>9789752473539</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Hayır Diyen Felsefe</t>
+          <t>Günümüzde Totemizm</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>185</v>
+        <v>175</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752473508</t>
+          <t>9789752473515</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Uçan Ada ve Atlar Ülkesi'ne Yolculuk - Gulliver'in Gezileri 2</t>
+          <t>Hayır Diyen Felsefe</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>129</v>
+        <v>185</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752473379</t>
+          <t>9789752473508</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Yüreği</t>
+          <t>Uçan Ada ve Atlar Ülkesi'ne Yolculuk - Gulliver'in Gezileri 2</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>30</v>
+        <v>129</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752473287</t>
+          <t>9789752473379</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Karanlığın Yüreği</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>168</v>
+        <v>30</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752473263</t>
+          <t>9789752473287</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Göstergebilimi</t>
+          <t>Katip Bartleby</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>340</v>
+        <v>168</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752473300</t>
+          <t>9789752473263</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Palto - Bir Delinin Güncesi - Burun - Neva Caddesi - Fayton</t>
+          <t>Hukuk Göstergebilimi</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>168</v>
+        <v>340</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752473133</t>
+          <t>9789752473300</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Palto - Bir Delinin Güncesi - Burun - Neva Caddesi - Fayton</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>129</v>
+        <v>168</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786058303133</t>
+          <t>9789752473133</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Middlemarch  2</t>
+          <t>Alice Harikalar Diyarında</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>350</v>
+        <v>129</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058303119</t>
+          <t>9786058303133</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Middlemarch 1</t>
+          <t>Middlemarch  2</t>
         </is>
       </c>
       <c r="C56" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786056595721</t>
+          <t>9786058303119</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Metodolojisinin Sorunları</t>
+          <t>Middlemarch 1</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>395</v>
+        <v>350</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786058323582</t>
+          <t>9786056595721</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Yabanın Çağrısı</t>
+          <t>Hukuk Metodolojisinin Sorunları</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>128</v>
+        <v>395</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786056595769</t>
+          <t>9786058323582</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Anonim Aktörler</t>
+          <t>Yabanın Çağrısı</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>129</v>
+        <v>128</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
+          <t>9786056595769</t>
+        </is>
+      </c>
+      <c r="B60" s="1" t="inlineStr">
+        <is>
+          <t>Anonim Aktörler</t>
+        </is>
+      </c>
+      <c r="C60" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3">
+      <c r="A61" s="1" t="inlineStr">
+        <is>
           <t>9786056595738</t>
         </is>
       </c>
-      <c r="B60" s="1" t="inlineStr">
+      <c r="B61" s="1" t="inlineStr">
         <is>
           <t>Sonbahar Gülleri</t>
         </is>
       </c>
-      <c r="C60" s="1">
+      <c r="C61" s="1">
         <v>198</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>