--- v1 (2025-12-18)
+++ v2 (2026-02-17)
@@ -85,940 +85,1840 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786259273501</t>
+          <t>9789780000103</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Profesör Do'nun Göz Kliniği</t>
+          <t>Cengiz Aytmatov (16 Kitap Takım)</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>225</v>
+        <v>310</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9789752473768</t>
+          <t>9786055395007</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Geçiş Ritleri</t>
+          <t>Nora Çocuk Klasikleri Seti (5 Kitap)</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>195</v>
+        <v>41.67</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9789752473355</t>
+          <t>9789752473386</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bazen Derin Bir His</t>
+          <t>Konovalov</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>179</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9789752473201</t>
+          <t>9789752473546</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Başlangıçta Deniz Vardı</t>
+          <t>Güneyin Kraliçesi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>129</v>
+        <v>232</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9789752473485</t>
+          <t>9789752473294</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Pislik</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>149</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9789752473362</t>
+          <t>9789752473195</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kara Delik Blues ve Dış Uzaydan Diğer Şarkılar</t>
+          <t>Beyaz Diş</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>178</v>
+        <v>29</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9789752473348</t>
+          <t>9789752473393</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kapital’i Okumak</t>
+          <t>Şiddetin Arkeolojisi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>279</v>
+        <v>18</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9789752473416</t>
+          <t>9789752473409</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Pansiyonerler</t>
+          <t>Budala</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>178</v>
+        <v>45</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786058303126</t>
+          <t>9789752473430</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Tanrılar Zar Attığında</t>
+          <t>Mark Twain'in Not Defterleri</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>138.5</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786056595745</t>
+          <t>9789752473256</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Kral Arthur’un Sarayında Connecticutli Bir Yankee</t>
+          <t>Düzgün Muamele</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>144</v>
+        <v>45</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786058323506</t>
+          <t>9789752473423</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Adem’den Önce</t>
+          <t>Peter Pan</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>168</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786056595714</t>
+          <t>9789752473188</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Adem İle Havva'nın Güncesi</t>
+          <t>Tom Sawyer'in Maceraları</t>
         </is>
       </c>
       <c r="C13" s="1">
         <v>129</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9789752473621</t>
+          <t>9789752473447</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Bir Adamın Olağanüstü Düşleri</t>
+          <t>Kör Baykuş</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>218</v>
+        <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9789752473645</t>
+          <t>9789752473041</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kukla Kapanı</t>
+          <t>Selvi Boylum Al Yazmalım</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>168</v>
+        <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9789752473591</t>
+          <t>9786058303157</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Ertelenmiş Kıyamet</t>
+          <t>Cezanne Üzerine Mektuplar</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>139</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9789752473577</t>
+          <t>9786058303171</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Canavar Çizen Çocuk</t>
+          <t>Anlamak İçin Yaşamak</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>198.5</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9789752473522</t>
+          <t>9789752473058</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Görelilik Nedir?</t>
+          <t>Dişi Kurdun Rüyaları</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>154</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786257359740</t>
+          <t>9789752473492</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Sol Ayağım</t>
+          <t>Avare Zihin</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>198.5</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9789752473461</t>
+          <t>9789752473324</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Alice Ayna Ev'de</t>
+          <t>Yıldırım Sesli Manasçı</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>129</v>
+        <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786056595783</t>
+          <t>9789752473317</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Günah Kök Saldığında</t>
+          <t>Tuhaf Bir Vaka: Dr. Jekyll ve Mr. Hyde</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>225</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786056595707</t>
+          <t>9789752473331</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Freud’un Kız Kardeşi</t>
+          <t>Hiroşima</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>210</v>
+        <v>20</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786256755970</t>
+          <t>9789752473072</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Sol Ayağım</t>
+          <t>Sultan Murat</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>198.5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786256755802</t>
+          <t>9786058323520</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanemdeki İsyan</t>
+          <t>Babaya Mektup</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>225</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786256947481</t>
+          <t>9789752473454</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Enayinin Portföyü</t>
+          <t>Hukukun Hükümranlığı</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>240</v>
+        <v>67</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786256947382</t>
+          <t>9789752473119</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>İslamcılık ve Türkçülük Üzerine (1908-1922)</t>
+          <t>Fuji - Yama</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>265</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786256947245</t>
+          <t>9789752473126</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Freud’un Hastaları</t>
+          <t>Ebedi Gelin</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>198.5</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786258400953</t>
+          <t>9789752473089</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Kütüphanemdeki Sesler</t>
+          <t>Mutlu Prens</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>225</v>
+        <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786258400724</t>
+          <t>9786058303188</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>İçindeki Matematikçiyi Serbest Bırak</t>
+          <t>Bir Şeftali Bin Şeftali</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>299</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786258400915</t>
+          <t>9786058323599</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Spinoza ile Sohbetler</t>
+          <t>Terörizmin Tarihi : Antikçağdan Işid’e</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>225</v>
+        <v>249</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786258400205</t>
+          <t>9786058323568</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Yeni Harita</t>
+          <t>Saf Hukuk Kuramı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>395</v>
+        <v>89</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786258400656</t>
+          <t>9786058323575</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>On Beş Köpek ve Bir Bahis</t>
+          <t>Ottla'ya ve Ailesine Mektuplar</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>225</v>
+        <v>30</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786258400571</t>
+          <t>9786058303164</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'nin Siyasal Gelişmeleri (1923-2018)</t>
+          <t>Yüzbaşı Corelli’nin Mandolini</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>410</v>
+        <v>117</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9789752473775</t>
+          <t>9786058323544</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sol Ayağım (Ciltli)</t>
+          <t>Genç Şaire Mektuplar</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>275</v>
+        <v>11.5</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786258400526</t>
+          <t>9786058303102</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Siyasal Gelişmeleri (1876-1923)</t>
+          <t>Bir Genç Kadına Mektuplar</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>410</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9789752473676</t>
+          <t>9789752473270</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Politika Felsefesi Üzerine Dersler</t>
+          <t>Define Adası</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>500</v>
+        <v>27</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786257359887</t>
+          <t>9789752473096</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Küreselleşmenin İlk Adımları 1000 Yılı</t>
+          <t>Deniz Kıyısında Koşan Ala Köpek</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>368</v>
+        <v>15.5</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786257359719</t>
+          <t>9789752473102</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Domuzlar</t>
+          <t>Yüz Yüze - Oğulla Görüşme</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>210</v>
+        <v>18</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9789752473744</t>
+          <t>9786058303140</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>İpek Yolu</t>
+          <t>Auguste Rodin</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>368</v>
+        <v>16</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9789752473720</t>
+          <t>9789752473034</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Faşizm Tarihi ve Teorisi</t>
+          <t>İlk Öğretmenim</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>250</v>
+        <v>14</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9789752473737</t>
+          <t>9789752473140</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Ah, Virginia</t>
+          <t>Mrs. Dalloway</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>198</v>
+        <v>18.5</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9789752473706</t>
+          <t>9789752473157</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Tanpınar Bana Ne Dedi?</t>
+          <t>Küçük Kara Balık</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>168.5</v>
+        <v>9.5</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9789752473690</t>
+          <t>9789752473027</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Shakespeare Bana Ne Dedi?</t>
+          <t>Toprak Ana</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>168.5</v>
+        <v>16</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9789752473652</t>
+          <t>9786058303195</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Dumas Kulübü</t>
+          <t>Elveda Gülsarı</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>298</v>
+        <v>22</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9789752473638</t>
+          <t>9789752473010</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Adem İle Havva Hangi Dili Konuşuyordu?</t>
+          <t>Cemile</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>248</v>
+        <v>14</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9789752473584</t>
+          <t>9789752473003</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Yaradanımız Medya</t>
+          <t>Beyaz Gemi</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>295</v>
+        <v>20</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9789752473560</t>
+          <t>9789752473171</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Bahçede Tek Başına Yaşam ve Mutluluk</t>
+          <t>Kassandra Damgası</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>99</v>
+        <v>29</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9789752473539</t>
+          <t>9789752473164</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Günümüzde Totemizm</t>
+          <t>Cengiz Han’a Küsen Bulut</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>175</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9789752473515</t>
+          <t>9786058323513</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Hayır Diyen Felsefe</t>
+          <t>Dönüşüm</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>185</v>
+        <v>25</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9789752473508</t>
+          <t>9789752473065</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Uçan Ada ve Atlar Ülkesi'ne Yolculuk - Gulliver'in Gezileri 2</t>
+          <t>Gün Olur Asra Bedel</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>129</v>
+        <v>29</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9789752473379</t>
+          <t>9786056595790</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Karanlığın Yüreği</t>
+          <t>Borges’in Dediği Gibi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>30</v>
+        <v>23.5</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9789752473287</t>
+          <t>9786058323537</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Katip Bartleby</t>
+          <t>Yaşamın İhtişamı</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>168</v>
+        <v>27.5</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9789752473263</t>
+          <t>9786056595752</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Göstergebilimi</t>
+          <t>Enayinin Portföyü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>340</v>
+        <v>16.5</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9789752473300</t>
+          <t>9786058323551</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Palto - Bir Delinin Güncesi - Burun - Neva Caddesi - Fayton</t>
+          <t>Milena’ya Mektuplar</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>168</v>
+        <v>23</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9789752473133</t>
+          <t>9786056595776</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Alice Harikalar Diyarında</t>
+          <t>Ustaparmak</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>129</v>
+        <v>68</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786058303133</t>
+          <t>9789752473607</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Middlemarch  2</t>
+          <t>İnanç Ya Da İnançsızlık</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>350</v>
+        <v>105</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786058303119</t>
+          <t>9789752473669</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Middlemarch 1</t>
+          <t>Ahlak Felsefesi Üzerine Dersler</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>350</v>
+        <v>245</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786056595721</t>
+          <t>9789752473624</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Hukuk Metodolojisinin Sorunları</t>
+          <t>Yaşlı Muhafızın Tangosu</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>395</v>
+        <v>248</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786058323582</t>
+          <t>9789752473478</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Yabanın Çağrısı</t>
+          <t>Cüceler ve Devler Ülkesi'ne Yolculuk - Gulliver'in Gezileri 1</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786056595769</t>
+          <t>9789752473553</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Anonim Aktörler</t>
+          <t>Dünyanın Başladığı Pencere</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>129</v>
+        <v>54</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
+          <t>9786259663289</t>
+        </is>
+      </c>
+      <c r="B61" s="1" t="inlineStr">
+        <is>
+          <t>Bu Parlak Hayat</t>
+        </is>
+      </c>
+      <c r="C61" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3">
+      <c r="A62" s="1" t="inlineStr">
+        <is>
+          <t>9786259273501</t>
+        </is>
+      </c>
+      <c r="B62" s="1" t="inlineStr">
+        <is>
+          <t>Profesör Do'nun Göz Kliniği</t>
+        </is>
+      </c>
+      <c r="C62" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3">
+      <c r="A63" s="1" t="inlineStr">
+        <is>
+          <t>9789752473768</t>
+        </is>
+      </c>
+      <c r="B63" s="1" t="inlineStr">
+        <is>
+          <t>Geçiş Ritleri</t>
+        </is>
+      </c>
+      <c r="C63" s="1">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3">
+      <c r="A64" s="1" t="inlineStr">
+        <is>
+          <t>9789752473355</t>
+        </is>
+      </c>
+      <c r="B64" s="1" t="inlineStr">
+        <is>
+          <t>Bazen Derin Bir His</t>
+        </is>
+      </c>
+      <c r="C64" s="1">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3">
+      <c r="A65" s="1" t="inlineStr">
+        <is>
+          <t>9789752473201</t>
+        </is>
+      </c>
+      <c r="B65" s="1" t="inlineStr">
+        <is>
+          <t>Başlangıçta Deniz Vardı</t>
+        </is>
+      </c>
+      <c r="C65" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3">
+      <c r="A66" s="1" t="inlineStr">
+        <is>
+          <t>9789752473485</t>
+        </is>
+      </c>
+      <c r="B66" s="1" t="inlineStr">
+        <is>
+          <t>Pislik</t>
+        </is>
+      </c>
+      <c r="C66" s="1">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3">
+      <c r="A67" s="1" t="inlineStr">
+        <is>
+          <t>9789752473362</t>
+        </is>
+      </c>
+      <c r="B67" s="1" t="inlineStr">
+        <is>
+          <t>Kara Delik Blues ve Dış Uzaydan Diğer Şarkılar</t>
+        </is>
+      </c>
+      <c r="C67" s="1">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3">
+      <c r="A68" s="1" t="inlineStr">
+        <is>
+          <t>9789752473348</t>
+        </is>
+      </c>
+      <c r="B68" s="1" t="inlineStr">
+        <is>
+          <t>Kapital’i Okumak</t>
+        </is>
+      </c>
+      <c r="C68" s="1">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3">
+      <c r="A69" s="1" t="inlineStr">
+        <is>
+          <t>9789752473416</t>
+        </is>
+      </c>
+      <c r="B69" s="1" t="inlineStr">
+        <is>
+          <t>Pansiyonerler</t>
+        </is>
+      </c>
+      <c r="C69" s="1">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3">
+      <c r="A70" s="1" t="inlineStr">
+        <is>
+          <t>9786058303126</t>
+        </is>
+      </c>
+      <c r="B70" s="1" t="inlineStr">
+        <is>
+          <t>Tanrılar Zar Attığında</t>
+        </is>
+      </c>
+      <c r="C70" s="1">
+        <v>138.5</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3">
+      <c r="A71" s="1" t="inlineStr">
+        <is>
+          <t>9786056595745</t>
+        </is>
+      </c>
+      <c r="B71" s="1" t="inlineStr">
+        <is>
+          <t>Kral Arthur’un Sarayında Connecticutli Bir Yankee</t>
+        </is>
+      </c>
+      <c r="C71" s="1">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3">
+      <c r="A72" s="1" t="inlineStr">
+        <is>
+          <t>9786058323506</t>
+        </is>
+      </c>
+      <c r="B72" s="1" t="inlineStr">
+        <is>
+          <t>Adem’den Önce</t>
+        </is>
+      </c>
+      <c r="C72" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3">
+      <c r="A73" s="1" t="inlineStr">
+        <is>
+          <t>9786056595714</t>
+        </is>
+      </c>
+      <c r="B73" s="1" t="inlineStr">
+        <is>
+          <t>Adem İle Havva'nın Güncesi</t>
+        </is>
+      </c>
+      <c r="C73" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3">
+      <c r="A74" s="1" t="inlineStr">
+        <is>
+          <t>9789752473621</t>
+        </is>
+      </c>
+      <c r="B74" s="1" t="inlineStr">
+        <is>
+          <t>Tuhaf Bir Adamın Olağanüstü Düşleri</t>
+        </is>
+      </c>
+      <c r="C74" s="1">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3">
+      <c r="A75" s="1" t="inlineStr">
+        <is>
+          <t>9789752473645</t>
+        </is>
+      </c>
+      <c r="B75" s="1" t="inlineStr">
+        <is>
+          <t>Kukla Kapanı</t>
+        </is>
+      </c>
+      <c r="C75" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3">
+      <c r="A76" s="1" t="inlineStr">
+        <is>
+          <t>9789752473591</t>
+        </is>
+      </c>
+      <c r="B76" s="1" t="inlineStr">
+        <is>
+          <t>Ertelenmiş Kıyamet</t>
+        </is>
+      </c>
+      <c r="C76" s="1">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3">
+      <c r="A77" s="1" t="inlineStr">
+        <is>
+          <t>9789752473577</t>
+        </is>
+      </c>
+      <c r="B77" s="1" t="inlineStr">
+        <is>
+          <t>Canavar Çizen Çocuk</t>
+        </is>
+      </c>
+      <c r="C77" s="1">
+        <v>198.5</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3">
+      <c r="A78" s="1" t="inlineStr">
+        <is>
+          <t>9789752473522</t>
+        </is>
+      </c>
+      <c r="B78" s="1" t="inlineStr">
+        <is>
+          <t>Görelilik Nedir?</t>
+        </is>
+      </c>
+      <c r="C78" s="1">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3">
+      <c r="A79" s="1" t="inlineStr">
+        <is>
+          <t>9786257359740</t>
+        </is>
+      </c>
+      <c r="B79" s="1" t="inlineStr">
+        <is>
+          <t>Sol Ayağım</t>
+        </is>
+      </c>
+      <c r="C79" s="1">
+        <v>198.5</v>
+      </c>
+    </row>
+    <row r="80" spans="1:3">
+      <c r="A80" s="1" t="inlineStr">
+        <is>
+          <t>9789752473461</t>
+        </is>
+      </c>
+      <c r="B80" s="1" t="inlineStr">
+        <is>
+          <t>Alice Ayna Ev'de</t>
+        </is>
+      </c>
+      <c r="C80" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="81" spans="1:3">
+      <c r="A81" s="1" t="inlineStr">
+        <is>
+          <t>9786056595783</t>
+        </is>
+      </c>
+      <c r="B81" s="1" t="inlineStr">
+        <is>
+          <t>Günah Kök Saldığında</t>
+        </is>
+      </c>
+      <c r="C81" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="82" spans="1:3">
+      <c r="A82" s="1" t="inlineStr">
+        <is>
+          <t>9786056595707</t>
+        </is>
+      </c>
+      <c r="B82" s="1" t="inlineStr">
+        <is>
+          <t>Freud’un Kız Kardeşi</t>
+        </is>
+      </c>
+      <c r="C82" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="83" spans="1:3">
+      <c r="A83" s="1" t="inlineStr">
+        <is>
+          <t>9786256755970</t>
+        </is>
+      </c>
+      <c r="B83" s="1" t="inlineStr">
+        <is>
+          <t>Sol Ayağım</t>
+        </is>
+      </c>
+      <c r="C83" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="84" spans="1:3">
+      <c r="A84" s="1" t="inlineStr">
+        <is>
+          <t>9786256755802</t>
+        </is>
+      </c>
+      <c r="B84" s="1" t="inlineStr">
+        <is>
+          <t>Kütüphanemdeki İsyan</t>
+        </is>
+      </c>
+      <c r="C84" s="1">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="85" spans="1:3">
+      <c r="A85" s="1" t="inlineStr">
+        <is>
+          <t>9786256947481</t>
+        </is>
+      </c>
+      <c r="B85" s="1" t="inlineStr">
+        <is>
+          <t>Enayinin Portföyü</t>
+        </is>
+      </c>
+      <c r="C85" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="86" spans="1:3">
+      <c r="A86" s="1" t="inlineStr">
+        <is>
+          <t>9786256947382</t>
+        </is>
+      </c>
+      <c r="B86" s="1" t="inlineStr">
+        <is>
+          <t>İslamcılık ve Türkçülük Üzerine (1908-1922)</t>
+        </is>
+      </c>
+      <c r="C86" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="87" spans="1:3">
+      <c r="A87" s="1" t="inlineStr">
+        <is>
+          <t>9786256947245</t>
+        </is>
+      </c>
+      <c r="B87" s="1" t="inlineStr">
+        <is>
+          <t>Freud’un Hastaları</t>
+        </is>
+      </c>
+      <c r="C87" s="1">
+        <v>198.5</v>
+      </c>
+    </row>
+    <row r="88" spans="1:3">
+      <c r="A88" s="1" t="inlineStr">
+        <is>
+          <t>9786258400953</t>
+        </is>
+      </c>
+      <c r="B88" s="1" t="inlineStr">
+        <is>
+          <t>Kütüphanemdeki Sesler</t>
+        </is>
+      </c>
+      <c r="C88" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="89" spans="1:3">
+      <c r="A89" s="1" t="inlineStr">
+        <is>
+          <t>9786258400724</t>
+        </is>
+      </c>
+      <c r="B89" s="1" t="inlineStr">
+        <is>
+          <t>İçindeki Matematikçiyi Serbest Bırak</t>
+        </is>
+      </c>
+      <c r="C89" s="1">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3">
+      <c r="A90" s="1" t="inlineStr">
+        <is>
+          <t>9786258400915</t>
+        </is>
+      </c>
+      <c r="B90" s="1" t="inlineStr">
+        <is>
+          <t>Spinoza ile Sohbetler</t>
+        </is>
+      </c>
+      <c r="C90" s="1">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="91" spans="1:3">
+      <c r="A91" s="1" t="inlineStr">
+        <is>
+          <t>9786258400205</t>
+        </is>
+      </c>
+      <c r="B91" s="1" t="inlineStr">
+        <is>
+          <t>Yeni Harita</t>
+        </is>
+      </c>
+      <c r="C91" s="1">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="92" spans="1:3">
+      <c r="A92" s="1" t="inlineStr">
+        <is>
+          <t>9786258400656</t>
+        </is>
+      </c>
+      <c r="B92" s="1" t="inlineStr">
+        <is>
+          <t>On Beş Köpek ve Bir Bahis</t>
+        </is>
+      </c>
+      <c r="C92" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3">
+      <c r="A93" s="1" t="inlineStr">
+        <is>
+          <t>9786258400571</t>
+        </is>
+      </c>
+      <c r="B93" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye'nin Siyasal Gelişmeleri (1923-2018)</t>
+        </is>
+      </c>
+      <c r="C93" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="94" spans="1:3">
+      <c r="A94" s="1" t="inlineStr">
+        <is>
+          <t>9789752473775</t>
+        </is>
+      </c>
+      <c r="B94" s="1" t="inlineStr">
+        <is>
+          <t>Sol Ayağım (Ciltli)</t>
+        </is>
+      </c>
+      <c r="C94" s="1">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3">
+      <c r="A95" s="1" t="inlineStr">
+        <is>
+          <t>9786258400526</t>
+        </is>
+      </c>
+      <c r="B95" s="1" t="inlineStr">
+        <is>
+          <t>Türkiye’nin Siyasal Gelişmeleri (1876-1923)</t>
+        </is>
+      </c>
+      <c r="C95" s="1">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3">
+      <c r="A96" s="1" t="inlineStr">
+        <is>
+          <t>9789752473676</t>
+        </is>
+      </c>
+      <c r="B96" s="1" t="inlineStr">
+        <is>
+          <t>Politika Felsefesi Üzerine Dersler</t>
+        </is>
+      </c>
+      <c r="C96" s="1">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3">
+      <c r="A97" s="1" t="inlineStr">
+        <is>
+          <t>9786257359887</t>
+        </is>
+      </c>
+      <c r="B97" s="1" t="inlineStr">
+        <is>
+          <t>Küreselleşmenin İlk Adımları 1000 Yılı</t>
+        </is>
+      </c>
+      <c r="C97" s="1">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3">
+      <c r="A98" s="1" t="inlineStr">
+        <is>
+          <t>9786257359719</t>
+        </is>
+      </c>
+      <c r="B98" s="1" t="inlineStr">
+        <is>
+          <t>Domuzlar</t>
+        </is>
+      </c>
+      <c r="C98" s="1">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3">
+      <c r="A99" s="1" t="inlineStr">
+        <is>
+          <t>9789752473744</t>
+        </is>
+      </c>
+      <c r="B99" s="1" t="inlineStr">
+        <is>
+          <t>İpek Yolu</t>
+        </is>
+      </c>
+      <c r="C99" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3">
+      <c r="A100" s="1" t="inlineStr">
+        <is>
+          <t>9789752473720</t>
+        </is>
+      </c>
+      <c r="B100" s="1" t="inlineStr">
+        <is>
+          <t>Faşizm Tarihi ve Teorisi</t>
+        </is>
+      </c>
+      <c r="C100" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3">
+      <c r="A101" s="1" t="inlineStr">
+        <is>
+          <t>9789752473737</t>
+        </is>
+      </c>
+      <c r="B101" s="1" t="inlineStr">
+        <is>
+          <t>Ah, Virginia</t>
+        </is>
+      </c>
+      <c r="C101" s="1">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3">
+      <c r="A102" s="1" t="inlineStr">
+        <is>
+          <t>9789752473706</t>
+        </is>
+      </c>
+      <c r="B102" s="1" t="inlineStr">
+        <is>
+          <t>Tanpınar Bana Ne Dedi?</t>
+        </is>
+      </c>
+      <c r="C102" s="1">
+        <v>168.5</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3">
+      <c r="A103" s="1" t="inlineStr">
+        <is>
+          <t>9789752473690</t>
+        </is>
+      </c>
+      <c r="B103" s="1" t="inlineStr">
+        <is>
+          <t>Shakespeare Bana Ne Dedi?</t>
+        </is>
+      </c>
+      <c r="C103" s="1">
+        <v>168.5</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3">
+      <c r="A104" s="1" t="inlineStr">
+        <is>
+          <t>9789752473652</t>
+        </is>
+      </c>
+      <c r="B104" s="1" t="inlineStr">
+        <is>
+          <t>Dumas Kulübü</t>
+        </is>
+      </c>
+      <c r="C104" s="1">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3">
+      <c r="A105" s="1" t="inlineStr">
+        <is>
+          <t>9789752473638</t>
+        </is>
+      </c>
+      <c r="B105" s="1" t="inlineStr">
+        <is>
+          <t>Adem İle Havva Hangi Dili Konuşuyordu?</t>
+        </is>
+      </c>
+      <c r="C105" s="1">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3">
+      <c r="A106" s="1" t="inlineStr">
+        <is>
+          <t>9789752473584</t>
+        </is>
+      </c>
+      <c r="B106" s="1" t="inlineStr">
+        <is>
+          <t>Yaradanımız Medya</t>
+        </is>
+      </c>
+      <c r="C106" s="1">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3">
+      <c r="A107" s="1" t="inlineStr">
+        <is>
+          <t>9789752473560</t>
+        </is>
+      </c>
+      <c r="B107" s="1" t="inlineStr">
+        <is>
+          <t>Bahçede Tek Başına Yaşam ve Mutluluk</t>
+        </is>
+      </c>
+      <c r="C107" s="1">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3">
+      <c r="A108" s="1" t="inlineStr">
+        <is>
+          <t>9789752473539</t>
+        </is>
+      </c>
+      <c r="B108" s="1" t="inlineStr">
+        <is>
+          <t>Günümüzde Totemizm</t>
+        </is>
+      </c>
+      <c r="C108" s="1">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3">
+      <c r="A109" s="1" t="inlineStr">
+        <is>
+          <t>9789752473515</t>
+        </is>
+      </c>
+      <c r="B109" s="1" t="inlineStr">
+        <is>
+          <t>Hayır Diyen Felsefe</t>
+        </is>
+      </c>
+      <c r="C109" s="1">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3">
+      <c r="A110" s="1" t="inlineStr">
+        <is>
+          <t>9789752473508</t>
+        </is>
+      </c>
+      <c r="B110" s="1" t="inlineStr">
+        <is>
+          <t>Uçan Ada ve Atlar Ülkesi'ne Yolculuk - Gulliver'in Gezileri 2</t>
+        </is>
+      </c>
+      <c r="C110" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3">
+      <c r="A111" s="1" t="inlineStr">
+        <is>
+          <t>9789752473379</t>
+        </is>
+      </c>
+      <c r="B111" s="1" t="inlineStr">
+        <is>
+          <t>Karanlığın Yüreği</t>
+        </is>
+      </c>
+      <c r="C111" s="1">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3">
+      <c r="A112" s="1" t="inlineStr">
+        <is>
+          <t>9789752473287</t>
+        </is>
+      </c>
+      <c r="B112" s="1" t="inlineStr">
+        <is>
+          <t>Katip Bartleby</t>
+        </is>
+      </c>
+      <c r="C112" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3">
+      <c r="A113" s="1" t="inlineStr">
+        <is>
+          <t>9789752473263</t>
+        </is>
+      </c>
+      <c r="B113" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Göstergebilimi</t>
+        </is>
+      </c>
+      <c r="C113" s="1">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3">
+      <c r="A114" s="1" t="inlineStr">
+        <is>
+          <t>9789752473300</t>
+        </is>
+      </c>
+      <c r="B114" s="1" t="inlineStr">
+        <is>
+          <t>Palto - Bir Delinin Güncesi - Burun - Neva Caddesi - Fayton</t>
+        </is>
+      </c>
+      <c r="C114" s="1">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3">
+      <c r="A115" s="1" t="inlineStr">
+        <is>
+          <t>9789752473133</t>
+        </is>
+      </c>
+      <c r="B115" s="1" t="inlineStr">
+        <is>
+          <t>Alice Harikalar Diyarında</t>
+        </is>
+      </c>
+      <c r="C115" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3">
+      <c r="A116" s="1" t="inlineStr">
+        <is>
+          <t>9786058303133</t>
+        </is>
+      </c>
+      <c r="B116" s="1" t="inlineStr">
+        <is>
+          <t>Middlemarch  2</t>
+        </is>
+      </c>
+      <c r="C116" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3">
+      <c r="A117" s="1" t="inlineStr">
+        <is>
+          <t>9786058303119</t>
+        </is>
+      </c>
+      <c r="B117" s="1" t="inlineStr">
+        <is>
+          <t>Middlemarch 1</t>
+        </is>
+      </c>
+      <c r="C117" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3">
+      <c r="A118" s="1" t="inlineStr">
+        <is>
+          <t>9786056595721</t>
+        </is>
+      </c>
+      <c r="B118" s="1" t="inlineStr">
+        <is>
+          <t>Hukuk Metodolojisinin Sorunları</t>
+        </is>
+      </c>
+      <c r="C118" s="1">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3">
+      <c r="A119" s="1" t="inlineStr">
+        <is>
+          <t>9786058323582</t>
+        </is>
+      </c>
+      <c r="B119" s="1" t="inlineStr">
+        <is>
+          <t>Yabanın Çağrısı</t>
+        </is>
+      </c>
+      <c r="C119" s="1">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3">
+      <c r="A120" s="1" t="inlineStr">
+        <is>
+          <t>9786056595769</t>
+        </is>
+      </c>
+      <c r="B120" s="1" t="inlineStr">
+        <is>
+          <t>Anonim Aktörler</t>
+        </is>
+      </c>
+      <c r="C120" s="1">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3">
+      <c r="A121" s="1" t="inlineStr">
+        <is>
           <t>9786056595738</t>
         </is>
       </c>
-      <c r="B61" s="1" t="inlineStr">
+      <c r="B121" s="1" t="inlineStr">
         <is>
           <t>Sonbahar Gülleri</t>
         </is>
       </c>
-      <c r="C61" s="1">
-        <v>198</v>
+      <c r="C121" s="1">
+        <v>265</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>