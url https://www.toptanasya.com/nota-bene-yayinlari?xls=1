--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -85,7450 +85,7465 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052604502</t>
+          <t>9786052604496</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Ali Rıza Binboğa Yarınlar Bizim Otobiyografi</t>
+          <t>Alevi Terim ve Deyimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786059679763</t>
+          <t>9786052604502</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>ODTÜ: Tarih Direniyor</t>
+          <t>Ali Rıza Binboğa Yarınlar Bizim Otobiyografi</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>600</v>
+        <v>350</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786052604472</t>
+          <t>9786059679763</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Bios</t>
+          <t>ODTÜ: Tarih Direniyor</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>400</v>
+        <v>600</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052604489</t>
+          <t>9786052604472</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Veli Lök</t>
+          <t>Bios</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052604465</t>
+          <t>9786052604489</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Güvenliğin İlgası</t>
+          <t>Veli Lök</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>250</v>
+        <v>350</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052604458</t>
+          <t>9786052604465</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Devrimi</t>
+          <t>Güvenliğin İlgası</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052604434</t>
+          <t>9786052604458</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Namlunun Ucundaki Sendika</t>
+          <t>Kasabanın Devrimi</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052604441</t>
+          <t>9786052604434</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Dili Yabana Sürmek</t>
+          <t>Namlunun Ucundaki Sendika</t>
         </is>
       </c>
       <c r="C9" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052602348</t>
+          <t>9786052604441</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Öfke</t>
+          <t>Dili Yabana Sürmek</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052604410</t>
+          <t>9786052602348</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Ulusötesi Tarımsal Hareketlerin Siyasi Dinamikleri</t>
+          <t>Dünyayı Kurtaran Öfke</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>260</v>
+        <v>330</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052604403</t>
+          <t>9786052604410</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Değişen Sinema Değişen Seyirci</t>
+          <t>Ulusötesi Tarımsal Hareketlerin Siyasi Dinamikleri</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>500</v>
+        <v>260</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052604397</t>
+          <t>9786052604403</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Sona Doğru AKP</t>
+          <t>Değişen Sinema Değişen Seyirci</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052604427</t>
+          <t>9786052604397</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin İdamına Bir Başka Bakış</t>
+          <t>Sona Doğru AKP</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052604380</t>
+          <t>9786052604427</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Sessiz Uçar/Filistin’de Savaşmış Bir Devrimcinin Anıları</t>
+          <t>Denizlerin İdamına Bir Başka Bakış</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>320</v>
+        <v>330</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052604373</t>
+          <t>9786052604380</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Veri Gaspı/Büyük Teknoloji’nin Yeni Sömürgeciliği ve Onunla Nasıl Mücadele Edilir?</t>
+          <t>Kelebekler Sessiz Uçar/Filistin’de Savaşmış Bir Devrimcinin Anıları</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>400</v>
+        <v>320</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052604366</t>
+          <t>9786052604373</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Çetin Uygur Kitabı</t>
+          <t>Veri Gaspı/Büyük Teknoloji’nin Yeni Sömürgeciliği ve Onunla Nasıl Mücadele Edilir?</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>710</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052601976</t>
+          <t>9786052604366</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Motosikletle İtalya</t>
+          <t>Çetin Uygur Kitabı</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>275</v>
+        <v>710</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786055513399</t>
+          <t>9786052601976</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Kriminoloji Teorisi</t>
+          <t>Motosikletle İtalya</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>500</v>
+        <v>275</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055513061</t>
+          <t>9786055513399</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Küçük Köylülüğe Sermaye Kapanı</t>
+          <t>Marksizm ve Kriminoloji Teorisi</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>190</v>
+        <v>500</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055513290</t>
+          <t>9786055513061</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Körfez Ülkelerinde Kapitalizm ve Sınıf</t>
+          <t>Küçük Köylülüğe Sermaye Kapanı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>420</v>
+        <v>190</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055513269</t>
+          <t>9786055513290</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Havana’da Türk Tutkusu 1898</t>
+          <t>Körfez Ülkelerinde Kapitalizm ve Sınıf</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055513368</t>
+          <t>9786055513269</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Doktorlar</t>
+          <t>Havana’da Türk Tutkusu 1898</t>
         </is>
       </c>
       <c r="C23" s="1">
         <v>350</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055513535</t>
+          <t>9786055513368</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Genç Düşünceler (1838 - 1845)</t>
+          <t>Devrimci Doktorlar</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055513276</t>
+          <t>9786055513535</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Clara Zetkin</t>
+          <t>Genç Düşünceler (1838 - 1845)</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055513375</t>
+          <t>9786055513276</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Cinselliği Kuramlaştırmak</t>
+          <t>Clara Zetkin</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>420</v>
+        <v>350</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055513078</t>
+          <t>9786055513375</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Avukatlık Mesleğinin Ekonomi Politiği</t>
+          <t>Cinselliği Kuramlaştırmak</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055513245</t>
+          <t>9786055513078</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Avukatlar Nasıl Yoldan Çıkar?</t>
+          <t>Avukatlık Mesleğinin Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055513719</t>
+          <t>9786055513245</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Game Of Thrones ve Felsefe</t>
+          <t>Avukatlar Nasıl Yoldan Çıkar?</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786059020572</t>
+          <t>9786055513719</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Felsefeye Eleştirel Bir Giriş - Gerçekliği Geri Kazanmak</t>
+          <t>Game Of Thrones ve Felsefe</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059020558</t>
+          <t>9786059020572</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Dijital Emek ve Karl Marx</t>
+          <t>Çağdaş Felsefeye Eleştirel Bir Giriş - Gerçekliği Geri Kazanmak</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>660</v>
+        <v>420</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786055513788</t>
+          <t>9786059020558</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Şans</t>
+          <t>Dijital Emek ve Karl Marx</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>360</v>
+        <v>660</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055513979</t>
+          <t>9786055513788</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Sizin Veysel</t>
+          <t>Şans</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786052601433</t>
+          <t>9786055513979</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Feminist Sosyal Politika</t>
+          <t>Sizin Veysel</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>265</v>
+        <v>440</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786059020589</t>
+          <t>9786052601433</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Erkekler</t>
+          <t>Feminist Sosyal Politika</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>280</v>
+        <v>265</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059020831</t>
+          <t>9786059020589</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Dış Politikası ve Düşünürleri</t>
+          <t>Erkekler</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>400</v>
+        <v>280</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059020602</t>
+          <t>9786059020831</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Fransa Turu Tarihi</t>
+          <t>Amerikan Dış Politikası ve Düşünürleri</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>290</v>
+        <v>400</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786055513764</t>
+          <t>9786059020602</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Küresel Gıda Düzeni</t>
+          <t>Fransa Turu Tarihi</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055513818</t>
+          <t>9786055513764</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Değirmen - Aş</t>
+          <t>Küresel Gıda Düzeni</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>150</v>
+        <v>300</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786059020626</t>
+          <t>9786055513818</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Hukuk, Adalet ve İnsan Hakları</t>
+          <t>Değirmen - Aş</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>325</v>
+        <v>150</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059020169</t>
+          <t>9786059020626</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Kapitalizm!</t>
+          <t>Hukuk, Adalet ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>510</v>
+        <v>325</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059020152</t>
+          <t>9786059020169</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Analizine Yaklaşımlar</t>
+          <t>Bilişsel Kapitalizm!</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>440</v>
+        <v>510</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786055513948</t>
+          <t>9786059020152</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Fikret Başkaya'ya Saygı 2: Modern Zamanlar: Bir Yokmuş Bir Varmış</t>
+          <t>Sınıf Analizine Yaklaşımlar</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>180</v>
+        <v>440</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055513931</t>
+          <t>9786055513948</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Fikret Başkaya'ya Saygı 1: Ulus, Devlet, Entelektüel</t>
+          <t>Fikret Başkaya'ya Saygı 2: Modern Zamanlar: Bir Yokmuş Bir Varmış</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>115</v>
+        <v>180</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786059020725</t>
+          <t>9786055513931</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Büyübozumu</t>
+          <t>Fikret Başkaya'ya Saygı 1: Ulus, Devlet, Entelektüel</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>240</v>
+        <v>115</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059679299</t>
+          <t>9786059020725</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya: Eleştirel Bir Giriş</t>
+          <t>Hukukun Büyübozumu</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>520</v>
+        <v>240</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059020480</t>
+          <t>9786059679299</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Yoksul ve Kürt</t>
+          <t>Sosyal Medya: Eleştirel Bir Giriş</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>230</v>
+        <v>520</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059020961</t>
+          <t>9786059020480</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Devlet Dersi</t>
+          <t>Kadın, Yoksul ve Kürt</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>205</v>
+        <v>230</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059020305</t>
+          <t>9786059020961</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Öğretmen Olmak</t>
+          <t>Devlet Dersi</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>300</v>
+        <v>205</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786052601662</t>
+          <t>9786059020305</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Bir Rumeli Rüyası - Eski Yugoslavya</t>
+          <t>Türkiye’de Öğretmen Olmak</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052604359</t>
+          <t>9786052601662</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Havalanması Gerekiyordu</t>
+          <t>Bir Rumeli Rüyası - Eski Yugoslavya</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052604342</t>
+          <t>9786052604359</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Azandelerde Cadılık, Kehanetler ve Büyü</t>
+          <t>Toprağın Havalanması Gerekiyordu</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>530</v>
+        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052604311</t>
+          <t>9786052604342</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Nüshu Kadın Yazısı</t>
+          <t>Azandelerde Cadılık, Kehanetler ve Büyü</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>470</v>
+        <v>530</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052604335</t>
+          <t>9786052604311</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Gölköy'ün Devrimci Yolu</t>
+          <t>Nüshu Kadın Yazısı</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>265</v>
+        <v>470</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052604328</t>
+          <t>9786052604335</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Hatice &amp; Mithat Can</t>
+          <t>Gölköy'ün Devrimci Yolu</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>330</v>
+        <v>265</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052604304</t>
+          <t>9786052604328</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sağ ve Solun Oluşumu ve 1975-80 “Sivil” İç Savaşı</t>
+          <t>Hatice &amp; Mithat Can</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>560</v>
+        <v>330</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052604281</t>
+          <t>9786052604304</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Fidel Castro</t>
+          <t>Türkiye’de Sağ ve Solun Oluşumu ve 1975-80 “Sivil” İç Savaşı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>220</v>
+        <v>560</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052604298</t>
+          <t>9786052604281</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Fidel Castro Çocukken</t>
+          <t>Fidel Castro</t>
         </is>
       </c>
       <c r="C58" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052603499</t>
+          <t>9786052604298</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Selahattin Demirtaş: Bir Siyasi Rehinelik Öyküsü</t>
+          <t>Fidel Castro Çocukken</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052603055</t>
+          <t>9786052603499</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Beni Tanıdın Mı?</t>
+          <t>Selahattin Demirtaş: Bir Siyasi Rehinelik Öyküsü</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>420</v>
+        <v>360</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052602485</t>
+          <t>9786052603055</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Çişim Geldi</t>
+          <t>Beni Tanıdın Mı?</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052604274</t>
+          <t>9786052602485</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Tanısan Severdin</t>
+          <t>Çişim Geldi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052604250</t>
+          <t>9786052604274</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu’da İşçiler ve Sendikal Hareket</t>
+          <t>Tanısan Severdin</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>310</v>
+        <v>260</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052604267</t>
+          <t>9786052604250</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Communitas Topluluğun Kökeni ve Kaderi</t>
+          <t>Orta Doğu’da İşçiler ve Sendikal Hareket</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052604243</t>
+          <t>9786052604267</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Mamak’tan Mektuplar 1981-1987</t>
+          <t>Communitas Topluluğun Kökeni ve Kaderi</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>385</v>
+        <v>330</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052604229</t>
+          <t>9786052604243</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Olduğu Gibi Diyaloglar</t>
+          <t>Mamak’tan Mektuplar 1981-1987</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>310</v>
+        <v>385</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052604212</t>
+          <t>9786052604229</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>30 İşçi Filmi Eleştirel Analizle Türkiye’de İşçi Sınıfının Durumu</t>
+          <t>Olduğu Gibi Diyaloglar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>385</v>
+        <v>310</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052604236</t>
+          <t>9786052604212</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet’in Bisikleti</t>
+          <t>30 İşçi Filmi Eleştirel Analizle Türkiye’de İşçi Sınıfının Durumu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>310</v>
+        <v>385</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052604205</t>
+          <t>9786052604236</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Rusya’da Sendikalar, İşçi Hareketleri ve Hegemonya</t>
+          <t>Nazım Hikmet’in Bisikleti</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>330</v>
+        <v>310</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052604199</t>
+          <t>9786052604205</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Devrimciler de İnsandır</t>
+          <t>Rusya’da Sendikalar, İşçi Hareketleri ve Hegemonya</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052604182</t>
+          <t>9786052604199</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Sensin Saçma</t>
+          <t>Devrimciler de İnsandır</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052604175</t>
+          <t>9786052604182</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Testo Canki - Farmakopornografik Çağda Seks, Uyuşturucular ve Biyopolitika</t>
+          <t>Sensin Saçma</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>430</v>
+        <v>240</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052604014</t>
+          <t>9786052604175</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekaya Direnmek</t>
+          <t>Testo Canki - Farmakopornografik Çağda Seks, Uyuşturucular ve Biyopolitika</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>265</v>
+        <v>430</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052601808</t>
+          <t>9786052604014</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Çimenler - Üç Kuzucuk 1 (Ciltli)</t>
+          <t>Yapay Zekaya Direnmek</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>200</v>
+        <v>265</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052604144</t>
+          <t>9786052601808</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yol ve İkrar</t>
+          <t>Yeşil Çimenler - Üç Kuzucuk 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>600</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052604137</t>
+          <t>9786052604144</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonundaki Kentler</t>
+          <t>Yol ve İkrar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>330</v>
+        <v>600</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052604168</t>
+          <t>9786052604137</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Darbeden Sonra Devrimci Yol 1980-1992</t>
+          <t>Dünyanın Sonundaki Kentler</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>530</v>
+        <v>330</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052604151</t>
+          <t>9786052604168</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Şeytanları</t>
+          <t>Darbeden Sonra Devrimci Yol 1980-1992</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>230</v>
+        <v>530</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052604120</t>
+          <t>9786052604151</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>1939 Avrupa, Sovyetler Birliği, Türkiye</t>
+          <t>Şehrin Şeytanları</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>875</v>
+        <v>230</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052604106</t>
+          <t>9786052604120</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Doğu-Batı İkileminde ATÜT ve Politik Marksizm</t>
+          <t>1939 Avrupa, Sovyetler Birliği, Türkiye</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>310</v>
+        <v>875</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052604113</t>
+          <t>9786052604106</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Kuyusu</t>
+          <t>Doğu-Batı İkileminde ATÜT ve Politik Marksizm</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>550</v>
+        <v>310</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052604076</t>
+          <t>9786052604113</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Meci - Toplumsal Bir Hareket ve Anti-Kapitalist İhtimaller</t>
+          <t>Yalnızlık Kuyusu</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>300</v>
+        <v>550</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052604069</t>
+          <t>9786052604076</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Mekanın [Biyo]Politikası</t>
+          <t>Meci - Toplumsal Bir Hareket ve Anti-Kapitalist İhtimaller</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>330</v>
+        <v>300</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052604083</t>
+          <t>9786052604069</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Müebbet Hücresinde Düşünmek</t>
+          <t>Mekanın [Biyo]Politikası</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052604090</t>
+          <t>9786052604083</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Çocuk</t>
+          <t>Müebbet Hücresinde Düşünmek</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052604052</t>
+          <t>9786052604090</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hikaye</t>
+          <t>Gökkuşağı Çocuk</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052604038</t>
+          <t>9786052604052</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Yol Hareketi</t>
+          <t>Büyük Hikaye</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>530</v>
+        <v>220</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052604045</t>
+          <t>9786052604038</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Top Oyunu - Üç Kuzucuk - 5</t>
+          <t>Devrimci Yol Hareketi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>200</v>
+        <v>530</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052603994</t>
+          <t>9786052604045</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>On Bin Varlık</t>
+          <t>Top Oyunu - Üç Kuzucuk - 5</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052604021</t>
+          <t>9786052603994</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır’da Devrimci Mücadele 1976-86</t>
+          <t>On Bin Varlık</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052604007</t>
+          <t>9786052604021</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Kemalizmden İslamcılığa</t>
+          <t>Diyarbakır’da Devrimci Mücadele 1976-86</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>400</v>
+        <v>360</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052603970</t>
+          <t>9786052604007</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Emek Sürecinde “Modern Zamanlar” Şehir Hastaneleri</t>
+          <t>Kemalizmden İslamcılığa</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052603987</t>
+          <t>9786052603970</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Eylül Karanlığından</t>
+          <t>Sağlık Emek Sürecinde “Modern Zamanlar” Şehir Hastaneleri</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052603963</t>
+          <t>9786052603987</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Bu Çağda Aile?</t>
+          <t>Eylül Karanlığından</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052603956</t>
+          <t>9786052603963</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Femı̇nı̇st Olan Polı̇tı̇ktı̇r</t>
+          <t>Bu Çağda Aile?</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>750</v>
+        <v>250</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052603949</t>
+          <t>9786052603956</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Putin’in Emek İkilemi</t>
+          <t>Femı̇nı̇st Olan Polı̇tı̇ktı̇r</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>450</v>
+        <v>750</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052603932</t>
+          <t>9786052603949</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sınıf Çalışmaları</t>
+          <t>Putin’in Emek İkilemi</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052603864</t>
+          <t>9786052603932</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Öykü Arin Kitabı</t>
+          <t>Türkiye’de Sınıf Çalışmaları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>600</v>
+        <v>320</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052603925</t>
+          <t>9786052603864</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Otoriter Dönüşüm ve Türkiye</t>
+          <t>Öykü Arin Kitabı</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>310</v>
+        <v>600</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052603918</t>
+          <t>9786052603925</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Dersim Halk Masalları</t>
+          <t>Neoliberal Otoriter Dönüşüm ve Türkiye</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>320</v>
+        <v>310</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786059679497</t>
+          <t>9786052603918</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İşçi Konfederasyonlarının Eğitim Faaliyeti</t>
+          <t>Dersim Halk Masalları</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786052603895</t>
+          <t>9786059679497</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kadınların Seçim Hakkı (Hakk-ı İntihâb) Mücadelesi 1908-1935</t>
+          <t>Türkiye’de İşçi Konfederasyonlarının Eğitim Faaliyeti</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>320</v>
+        <v>210</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052603901</t>
+          <t>9786052603895</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Mamak Günlüğü 1980-1989</t>
+          <t>Türkiye’de Kadınların Seçim Hakkı (Hakk-ı İntihâb) Mücadelesi 1908-1935</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>465</v>
+        <v>320</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052603871</t>
+          <t>9786052603901</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Işid, Kobani Ve Sosyalistler</t>
+          <t>Mamak Günlüğü 1980-1989</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>270</v>
+        <v>465</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052603840</t>
+          <t>9786052603871</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tıp ve Tarih: Türkiye’de Hekim Öznelliği (Ciltli)</t>
+          <t>Işid, Kobani Ve Sosyalistler</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>1000</v>
+        <v>270</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052603857</t>
+          <t>9786052603840</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Şeyler Oluyor</t>
+          <t>Tıp ve Tarih: Türkiye’de Hekim Öznelliği (Ciltli)</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052603826</t>
+          <t>9786052603857</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Üniversitede Direniş ve Dayanışma - Yıkım, Sömürü ve Sivil Ölüm Rejimine Karşı Durmak</t>
+          <t>Tuhaf Şeyler Oluyor</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052603819</t>
+          <t>9786052603826</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Teori ve Politika</t>
+          <t>Üniversitede Direniş ve Dayanışma - Yıkım, Sömürü ve Sivil Ölüm Rejimine Karşı Durmak</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>320</v>
+        <v>385</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052603802</t>
+          <t>9786052603819</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Off Günü</t>
+          <t>Kültürel Teori ve Politika</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052603833</t>
+          <t>9786052603802</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Mahalle Deyip Geçme</t>
+          <t>Off Günü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052603789</t>
+          <t>9786052603833</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Otomasyon ve İşin Geleceği</t>
+          <t>Mahalle Deyip Geçme</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052603796</t>
+          <t>9786052603789</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Anaakım Medya Alternatif Medya</t>
+          <t>Otomasyon ve İşin Geleceği</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>320</v>
+        <v>300</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052603772</t>
+          <t>9786052603796</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Saçımdaki Kuşlar</t>
+          <t>Anaakım Medya Alternatif Medya</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052603765</t>
+          <t>9786052603772</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Siyasette Konular ve Yöntemlere Giriş</t>
+          <t>Saçımdaki Kuşlar</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052603727</t>
+          <t>9786052603765</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Roni</t>
+          <t>Karşılaştırmalı Siyasette Konular ve Yöntemlere Giriş</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>220</v>
+        <v>470</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052603758</t>
+          <t>9786052603727</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Bağlantının Bedelleri</t>
+          <t>Roni</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052603734</t>
+          <t>9786052603758</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Cellatlarım Olabilirsiniz Ama Yargıçlarım Asla</t>
+          <t>Bağlantının Bedelleri</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>175</v>
+        <v>420</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052603710</t>
+          <t>9786052603734</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Yaşathak Aslan Bir Uzun Yol Türküsü</t>
+          <t>Cellatlarım Olabilirsiniz Ama Yargıçlarım Asla</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>265</v>
+        <v>175</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052603741</t>
+          <t>9786052603710</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Gıda Rejimleri ve Tarım Sorunları</t>
+          <t>Yaşathak Aslan Bir Uzun Yol Türküsü</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052603666</t>
+          <t>9786052603741</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Hegel’in Gölgesi - Bakunin’den Adorno’ya</t>
+          <t>Gıda Rejimleri ve Tarım Sorunları</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>530</v>
+        <v>300</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052603659</t>
+          <t>9786052603666</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Tercihen Çocuksuz Kadınlık Arzuları Değişirken</t>
+          <t>Hegel’in Gölgesi - Bakunin’den Adorno’ya</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>300</v>
+        <v>530</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052603536</t>
+          <t>9786052603659</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Çeşmeönü - Cihangir</t>
+          <t>Tercihen Çocuksuz Kadınlık Arzuları Değişirken</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>210</v>
+        <v>300</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052603543</t>
+          <t>9786052603536</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Açıyorum Gözlerimi</t>
+          <t>Çeşmeönü - Cihangir</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052603550</t>
+          <t>9786052603543</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Komşu Duvarı</t>
+          <t>Açıyorum Gözlerimi</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052601587</t>
+          <t>9786052603550</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Devrimci İşçi Avrupa’da Devrimci Mücadele Seçme Yazılar (1979-1994) – Cilt 1 ve Cilt 2</t>
+          <t>Komşu Duvarı</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>1800</v>
+        <v>240</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052036037</t>
+          <t>9786052601587</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Akıl Deliği: Anadipsi</t>
+          <t>Devrimci İşçi Avrupa’da Devrimci Mücadele Seçme Yazılar (1979-1994) – Cilt 1 ve Cilt 2</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>200</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786059679534</t>
+          <t>9786052036037</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Hasım</t>
+          <t>Akıl Deliği: Anadipsi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>385</v>
+        <v>200</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059020992</t>
+          <t>9786059679534</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Das Yönetim</t>
+          <t>Evrensel Hasım</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>530</v>
+        <v>385</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055513610</t>
+          <t>9786059020992</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Arzusu: Politika</t>
+          <t>Das Yönetim</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>470</v>
+        <v>530</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786059679831</t>
+          <t>9786055513610</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>İnziva Diyalogları</t>
+          <t>Felsefenin Arzusu: Politika</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>240</v>
+        <v>470</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786052601990</t>
+          <t>9786059679831</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>Çağrı Merkezinde Çalışmak</t>
+          <t>İnziva Diyalogları</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>190</v>
+        <v>240</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052602188</t>
+          <t>9786052601990</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Yakın Tarihinde Hayvanlar</t>
+          <t>Çağrı Merkezinde Çalışmak</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>270</v>
+        <v>190</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052603697</t>
+          <t>9786052602188</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Adrese Gerek Yok</t>
+          <t>Türkiye’nin Yakın Tarihinde Hayvanlar</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052603673</t>
+          <t>9786052603697</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Feminizm, Ekoloji, Toplumsal Direniş</t>
+          <t>Adrese Gerek Yok</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>470</v>
+        <v>250</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052603680</t>
+          <t>9786052603673</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Yoldaşça Diyaloglar</t>
+          <t>Feminizm, Ekoloji, Toplumsal Direniş</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>265</v>
+        <v>470</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052603703</t>
+          <t>9786052603680</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Fransa’da ve Türkiye’de Yoksulluğun Silüetleri Yuvayı Kaybetmek Karşılaştırmalı Konut Sorunu</t>
+          <t>Yoldaşça Diyaloglar</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>360</v>
+        <v>265</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052603635</t>
+          <t>9786052603703</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Agroekoloji Bilim ve Politika</t>
+          <t>Fransa’da ve Türkiye’de Yoksulluğun Silüetleri Yuvayı Kaybetmek Karşılaştırmalı Konut Sorunu</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>250</v>
+        <v>360</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052603642</t>
+          <t>9786052603635</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Modern Öykü</t>
+          <t>Agroekoloji Bilim ve Politika</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052603611</t>
+          <t>9786052603642</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Mona İris</t>
+          <t>Modern Öykü</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>220</v>
+        <v>360</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052603628</t>
+          <t>9786052603611</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Çamlık Apartmanı Gökalp, Zekeriya ve Diğerleri</t>
+          <t>Mona İris</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>290</v>
+        <v>220</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052603598</t>
+          <t>9786052603628</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Pinana</t>
+          <t>Çamlık Apartmanı Gökalp, Zekeriya ve Diğerleri</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>270</v>
+        <v>290</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052603581</t>
+          <t>9786052603598</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Salıver Uçsun İçindeki Çılgın Kuşu</t>
+          <t>Pinana</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052603574</t>
+          <t>9786052603581</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Sürgün, Mülteci, Göçmen Halleri</t>
+          <t>Salıver Uçsun İçindeki Çılgın Kuşu</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052603567</t>
+          <t>9786052603574</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Zenan Kayboldu</t>
+          <t>Avrupa’da Sürgün, Mülteci, Göçmen Halleri</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052603529</t>
+          <t>9786052603567</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Öteki Öyküler</t>
+          <t>Zenan Kayboldu</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052603505</t>
+          <t>9786052603529</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Mimarı - Dersim'de Yok Edilişin İnşası 1</t>
+          <t>Öteki Öyküler</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052603512</t>
+          <t>9786052603505</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Hayırlı Devrimler Uşağum!</t>
+          <t>Yalanın Mimarı - Dersim'de Yok Edilişin İnşası 1</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>260</v>
+        <v>420</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052602959</t>
+          <t>9786052603512</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Nosotras / Nosotros</t>
+          <t>Hayırlı Devrimler Uşağum!</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052603482</t>
+          <t>9786052602959</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>İçimden İnsanlar Düşüyor</t>
+          <t>Nosotras / Nosotros</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052603475</t>
+          <t>9786052603482</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>Sözleşme</t>
+          <t>İçimden İnsanlar Düşüyor</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052603178</t>
+          <t>9786052603475</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Çanakkale</t>
+          <t>Sözleşme</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052603307</t>
+          <t>9786052603178</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Biyopolitika - Düşünürler ve Temalar</t>
+          <t>Bir Başka Çanakkale</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>380</v>
+        <v>330</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052603277</t>
+          <t>9786052603307</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşmayı Öğretmek – Özgürlük Pratiği Olarak Eğitim</t>
+          <t>Biyopolitika - Düşünürler ve Temalar</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>320</v>
+        <v>380</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052603291</t>
+          <t>9786052603277</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Öyle Mi Alay Komutanı! – Sınıf Hareketiyle İç İçe Bir Ömür</t>
+          <t>Sınırları Aşmayı Öğretmek – Özgürlük Pratiği Olarak Eğitim</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>440</v>
+        <v>320</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052603253</t>
+          <t>9786052603291</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Leviathan’dan Neoleviathan’a</t>
+          <t>Öyle Mi Alay Komutanı! – Sınıf Hareketiyle İç İçe Bir Ömür</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>385</v>
+        <v>440</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052603284</t>
+          <t>9786052603253</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Tülüş</t>
+          <t>Leviathan’dan Neoleviathan’a</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>200</v>
+        <v>385</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052603260</t>
+          <t>9786052603284</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Kıvılcımlı’yı Anlamak</t>
+          <t>Tülüş</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>380</v>
+        <v>200</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052603246</t>
+          <t>9786052603260</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Hegel ve Felsefe Notları</t>
+          <t>Geçmişten Geleceğe Kıvılcımlı’yı Anlamak</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>385</v>
+        <v>380</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052603208</t>
+          <t>9786052603246</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bizde Mülkiyet Bizde</t>
+          <t>Hegel ve Felsefe Notları</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>580</v>
+        <v>385</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052603215</t>
+          <t>9786052603208</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Biyopolitika 3. Cilt</t>
+          <t>Yönetim Bizde Mülkiyet Bizde</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>400</v>
+        <v>580</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052603222</t>
+          <t>9786052603215</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Zarif Bir Giriş</t>
+          <t>Biyopolitika 3. Cilt</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052603239</t>
+          <t>9786052603222</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Ne Yana Düşer Usta</t>
+          <t>Deliliğe Zarif Bir Giriş</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>450</v>
+        <v>220</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052602980</t>
+          <t>9786052603239</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Yukarıdakiler ve Aşağıdakiler</t>
+          <t>Ölüm Ne Yana Düşer Usta</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052603192</t>
+          <t>9786052602980</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Post Sinema</t>
+          <t>Yukarıdakiler ve Aşağıdakiler</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052603185</t>
+          <t>9786052603192</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Şirketlerden Kooperatiflere Rekabetten Dayanışmaya</t>
+          <t>Post Sinema</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>370</v>
+        <v>375</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052603154</t>
+          <t>9786052603185</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Üretilen Mekanlar</t>
+          <t>Şirketlerden Kooperatiflere Rekabetten Dayanışmaya</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>250</v>
+        <v>370</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052603161</t>
+          <t>9786052603154</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl'da Endüstri İlişkileri</t>
+          <t>Yeniden Üretilen Mekanlar</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052603123</t>
+          <t>9786052603161</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Türkiye'sinde Tarım ve Kooperatifler</t>
+          <t>21. Yüzyıl'da Endüstri İlişkileri</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052603147</t>
+          <t>9786052603123</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>Bir Senaristin Sezon Finali</t>
+          <t>21. Yüzyıl Türkiye'sinde Tarım ve Kooperatifler</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>240</v>
+        <v>310</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052603093</t>
+          <t>9786052603147</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Dijital Nesneler, Dijital Özneler</t>
+          <t>Bir Senaristin Sezon Finali</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>415</v>
+        <v>240</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052603130</t>
+          <t>9786052603093</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Anti-Faşizmin Estetiği</t>
+          <t>Dijital Nesneler, Dijital Özneler</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>275</v>
+        <v>415</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052603116</t>
+          <t>9786052603130</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Kaç Rüyadır Uçamayanlara</t>
+          <t>Anti-Faşizmin Estetiği</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052603109</t>
+          <t>9786052603116</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Abidin</t>
+          <t>Kaç Rüyadır Uçamayanlara</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052603079</t>
+          <t>9786052603109</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Siyasi</t>
+          <t>Abidin</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052603017</t>
+          <t>9786052603079</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Rusya</t>
+          <t>Siyasi</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>310</v>
+        <v>210</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052603062</t>
+          <t>9786052603017</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Marksizmin Doğu’ya Açılışı</t>
+          <t>Rusya</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>400</v>
+        <v>310</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052603024</t>
+          <t>9786052603062</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Aydın - Bir Sıra Neferi</t>
+          <t>Marksizmin Doğu’ya Açılışı</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052603000</t>
+          <t>9786052603024</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kapitalizm Çağında Marx'ı Yeniden Okumak</t>
+          <t>Abdullah Aydın - Bir Sıra Neferi</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052603031</t>
+          <t>9786052603000</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Direniş Günlüğü</t>
+          <t>Dijital Kapitalizm Çağında Marx'ı Yeniden Okumak</t>
         </is>
       </c>
       <c r="C179" s="1">
         <v>320</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052603048</t>
+          <t>9786052603031</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Feminist Okumalar</t>
+          <t>Direniş Günlüğü</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052602997</t>
+          <t>9786052603048</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Göçer Dünya - Yavana</t>
+          <t>Feminist Okumalar</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>270</v>
+        <v>420</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052602973</t>
+          <t>9786052602997</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yalan</t>
+          <t>Göçer Dünya - Yavana</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052602966</t>
+          <t>9786052602973</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kirpiğin Düşmesin Yere</t>
+          <t>Kuyruklu Yalan</t>
         </is>
       </c>
       <c r="C183" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052602942</t>
+          <t>9786052602966</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Yerçekimsiz Dünya Sineması</t>
+          <t>Kirpiğin Düşmesin Yere</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052602935</t>
+          <t>9786052602942</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>İyi Kötü ve Arkadaşları</t>
+          <t>Yerçekimsiz Dünya Sineması</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>220</v>
+        <v>370</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052602928</t>
+          <t>9786052602935</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi 3. Cilt</t>
+          <t>İyi Kötü ve Arkadaşları</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>660</v>
+        <v>220</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052602898</t>
+          <t>9786052602928</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Ormandan Gece Gelen</t>
+          <t>Felsefe Tarihi 3. Cilt</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>240</v>
+        <v>660</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052602881</t>
+          <t>9786052602898</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Reklamlar</t>
+          <t>Ormandan Gece Gelen</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052602782</t>
+          <t>9786052602881</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Fabrikası</t>
+          <t>Şimdi Reklamlar</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052602874</t>
+          <t>9786052602782</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Fareler Ülkesi</t>
+          <t>Tanrı Fabrikası</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052602799</t>
+          <t>9786052602874</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>R.U.R Rossum’un Evrensel Robotları</t>
+          <t>Fareler Ülkesi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052602584</t>
+          <t>9786052602799</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>Kendinde Değil Gibisin</t>
+          <t>R.U.R Rossum’un Evrensel Robotları</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052602768</t>
+          <t>9786052602584</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Meral</t>
+          <t>Kendinde Değil Gibisin</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052602591</t>
+          <t>9786052602768</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Anadolu Notalarla Yolculuk</t>
+          <t>Meral</t>
         </is>
       </c>
       <c r="C194" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052602607</t>
+          <t>9786052602591</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Anadolu Kültür Balonu</t>
+          <t>Rengarenk Anadolu Notalarla Yolculuk</t>
         </is>
       </c>
       <c r="C195" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052602614</t>
+          <t>9786052602607</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Anadolu Halk Dansları Treni</t>
+          <t>Rengarenk Anadolu Kültür Balonu</t>
         </is>
       </c>
       <c r="C196" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052602683</t>
+          <t>9786052602614</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Yeniden İnşa Et</t>
+          <t>Rengarenk Anadolu Halk Dansları Treni</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>320</v>
+        <v>260</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052602652</t>
+          <t>9786052602683</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Aşkın L* Hali 4. Cilt 2015-2017</t>
+          <t>Yeniden İnşa Et</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>250</v>
+        <v>320</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052602775</t>
+          <t>9786052602652</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Fakir Baykurt</t>
+          <t>Aşkın L* Hali 4. Cilt 2015-2017</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052602645</t>
+          <t>9786052602775</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Aşkın L* Hali Cilt 3</t>
+          <t>Fakir Baykurt</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052602669</t>
+          <t>9786052602645</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Aşkın L* Hali 5. Cilt 2018-2020</t>
+          <t>Aşkın L* Hali Cilt 3</t>
         </is>
       </c>
       <c r="C201" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052602638</t>
+          <t>9786052602669</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Aşkın L* Hali Cilt 2</t>
+          <t>Aşkın L* Hali 5. Cilt 2018-2020</t>
         </is>
       </c>
       <c r="C202" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052602621</t>
+          <t>9786052602638</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Aşkın L* Hali Cilt 1</t>
+          <t>Aşkın L* Hali Cilt 2</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052602676</t>
+          <t>9786052602621</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Arabesk Yeniden</t>
+          <t>Aşkın L* Hali Cilt 1</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>270</v>
+        <v>260</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052602515</t>
+          <t>9786052602676</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Melek Gibi Bir Şey</t>
+          <t>Arabesk Yeniden</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052602546</t>
+          <t>9786052602515</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Küresel Sendikalar Kılavuzu</t>
+          <t>Melek Gibi Bir Şey</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052602553</t>
+          <t>9786052602546</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Unutup Gitmeden</t>
+          <t>Küresel Sendikalar Kılavuzu</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052602539</t>
+          <t>9786052602553</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Yaşamı Örgütleyen Deneyimler</t>
+          <t>Unutup Gitmeden</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>385</v>
+        <v>220</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052602522</t>
+          <t>9786052602539</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Türk Basın Tarihi</t>
+          <t>Yaşamı Örgütleyen Deneyimler</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>400</v>
+        <v>385</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052602508</t>
+          <t>9786052602522</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Pazar Distopyasının Ötesi - Socialist Register 2020</t>
+          <t>Türk Basın Tarihi</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>280</v>
+        <v>400</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052602577</t>
+          <t>9786052602508</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Öyküler</t>
+          <t>Pazar Distopyasının Ötesi - Socialist Register 2020</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052602560</t>
+          <t>9786052602577</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Denize Doğru</t>
+          <t>Tuhaf Öyküler</t>
         </is>
       </c>
       <c r="C212" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052602492</t>
+          <t>9786052602560</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Çamur</t>
+          <t>Denize Doğru</t>
         </is>
       </c>
       <c r="C213" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052602461</t>
+          <t>9786052602492</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Bölge</t>
+          <t>Yaramaz Çamur</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052602478</t>
+          <t>9786052602461</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Veba</t>
+          <t>Yasaklı Bölge</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>240</v>
+        <v>265</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052602423</t>
+          <t>9786052602478</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Az Adamla Yakalandık</t>
+          <t>Beyaz Veba</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>250</v>
+        <v>240</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052602447</t>
+          <t>9786052602423</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Pandemi: Salgının Medikopolitiği</t>
+          <t>Az Adamla Yakalandık</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>440</v>
+        <v>250</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052602454</t>
+          <t>9786052602447</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Olan Politiktir</t>
+          <t>Pandemi: Salgının Medikopolitiği</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>400</v>
+        <v>440</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052602430</t>
+          <t>9786052602454</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Ama Onlar Kardeştiler</t>
+          <t>Kişisel Olan Politiktir</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>240</v>
+        <v>400</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052602386</t>
+          <t>9786052602430</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Günün Sabahında</t>
+          <t>Ama Onlar Kardeştiler</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052602379</t>
+          <t>9786052602386</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Dibe Doğru Yarış</t>
+          <t>Yedinci Günün Sabahında</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>310</v>
+        <v>220</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052602317</t>
+          <t>9786052602379</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Biz Diğerleri</t>
+          <t>Dibe Doğru Yarış</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052602362</t>
+          <t>9786052602317</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Su İnsan ve Çeşmesi</t>
+          <t>Biz Diğerleri</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052602355</t>
+          <t>9786052602362</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>İslam-Sosyalizm, Bolşevik Devrimi ve Din</t>
+          <t>Su İnsan ve Çeşmesi</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>420</v>
+        <v>200</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052602225</t>
+          <t>9786052602355</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti ve Laiklik</t>
+          <t>İslam-Sosyalizm, Bolşevik Devrimi ve Din</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>265</v>
+        <v>420</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052602324</t>
+          <t>9786052602225</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Uçucu Bedenler</t>
+          <t>Demokrat Parti ve Laiklik</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>500</v>
+        <v>265</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052602331</t>
+          <t>9786052602324</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Başkası Üzerine Düşünmek</t>
+          <t>Uçucu Bedenler</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052602294</t>
+          <t>9786052602331</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>James Joyce’un Vicdanı</t>
+          <t>Başkası Üzerine Düşünmek</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>360</v>
+        <v>310</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052602287</t>
+          <t>9786052602294</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>Forster’da Hümanizmin Tehlikeleri</t>
+          <t>James Joyce’un Vicdanı</t>
         </is>
       </c>
       <c r="C229" s="1">
         <v>360</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052602270</t>
+          <t>9786052602287</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Birinci Yüzyılda Antikapitalist Olmak</t>
+          <t>Forster’da Hümanizmin Tehlikeleri</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052602249</t>
+          <t>9786052602270</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Mekan Varyasyonları</t>
+          <t>Yirmi Birinci Yüzyılda Antikapitalist Olmak</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052602232</t>
+          <t>9786052602249</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Kendisiymiş Gibi</t>
+          <t>Mekan Varyasyonları</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052036143</t>
+          <t>9786052602232</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Umut Diyalogları</t>
+          <t>Kendisiymiş Gibi</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052602256</t>
+          <t>9786052036143</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzun Yolculuk</t>
+          <t>Umut Diyalogları</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>300</v>
+        <v>265</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052601983</t>
+          <t>9786052602256</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Sandıktaki Dağın Şarkısı</t>
+          <t>Bir Uzun Yolculuk</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052602140</t>
+          <t>9786052601983</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Ardından</t>
+          <t>Sandıktaki Dağın Şarkısı</t>
         </is>
       </c>
       <c r="C236" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052602195</t>
+          <t>9786052602140</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Bitmesi Gerektiği Gibi</t>
+          <t>Deniz'in Ardından</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052602201</t>
+          <t>9786052602195</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Suyun Şarkısı</t>
+          <t>Bitmesi Gerektiği Gibi</t>
         </is>
       </c>
       <c r="C238" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052602218</t>
+          <t>9786052602201</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Yazıcı Manea</t>
+          <t>Suyun Şarkısı</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052602096</t>
+          <t>9786052602218</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Sineği</t>
+          <t>Yazıcı Manea</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052602164</t>
+          <t>9786052602096</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Krize Karşı Kooperatifler</t>
+          <t>Bir Gün Sineği</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052602126</t>
+          <t>9786052602164</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Şarkılı Oyunlu Şiirler</t>
+          <t>Krize Karşı Kooperatifler</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>200</v>
+        <v>420</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052602119</t>
+          <t>9786052602126</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Şarkılı Oyunlu Şiirler (Ciltli)</t>
+          <t>Şarkılı Oyunlu Şiirler</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052602157</t>
+          <t>9786052602119</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Siyasette Dinselleşme</t>
+          <t>Şarkılı Oyunlu Şiirler (Ciltli)</t>
         </is>
       </c>
       <c r="C244" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052602102</t>
+          <t>9786052602157</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Toprak Kanayınca</t>
+          <t>Siyasette Dinselleşme</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>180</v>
+        <v>220</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052602133</t>
+          <t>9786052602102</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>İnsan Barışla Yaşar</t>
+          <t>Toprak Kanayınca</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052602072</t>
+          <t>9786052602133</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>Görsel Kültür ve Fotoğrafın İzinde İnstagram</t>
+          <t>İnsan Barışla Yaşar</t>
         </is>
       </c>
       <c r="C247" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052602065</t>
+          <t>9786052602072</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hayat</t>
+          <t>Görsel Kültür ve Fotoğrafın İzinde İnstagram</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>360</v>
+        <v>220</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052602058</t>
+          <t>9786052602065</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Modern Çin Edebiyatının Öyküsü</t>
+          <t>Gerçek Hayat</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052602089</t>
+          <t>9786052602058</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Hekimler Suç İşliyor</t>
+          <t>Modern Çin Edebiyatının Öyküsü</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052602034</t>
+          <t>9786052602089</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm, Bilgi ve  Üniversiteler</t>
+          <t>Hekimler Suç İşliyor</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>320</v>
+        <v>220</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052602003</t>
+          <t>9786052602034</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Barış Akademisyenlerinden Hudut Dışı Öyküler</t>
+          <t>Neoliberalizm, Bilgi ve  Üniversiteler</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052602041</t>
+          <t>9786052602003</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi 2. Cilt</t>
+          <t>Barış Akademisyenlerinden Hudut Dışı Öyküler</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>600</v>
+        <v>240</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052601846</t>
+          <t>9786052602041</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Mut Teyze'nin Bahçesi (Ciltli)</t>
+          <t>Felsefe Tarihi 2. Cilt</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>220</v>
+        <v>600</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052601884</t>
+          <t>9786052601846</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Fenerbahçe Sözlüğü</t>
+          <t>Mut Teyze'nin Bahçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>400</v>
+        <v>220</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052602010</t>
+          <t>9786052601884</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Mut Teyze’nin Bahçesi</t>
+          <t>Fenerbahçe Sözlüğü</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052601952</t>
+          <t>9786052602010</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>38’lik Mıh</t>
+          <t>Mut Teyze’nin Bahçesi</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052601860</t>
+          <t>9786052601952</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal İktidar ve Özne</t>
+          <t>38’lik Mıh</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052601785</t>
+          <t>9786052601860</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>En Çok Seni Bekledim</t>
+          <t>Neoliberal İktidar ve Özne</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052601853</t>
+          <t>9786052601785</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>Dersim Üç Dağ İçinde</t>
+          <t>En Çok Seni Bekledim</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052601945</t>
+          <t>9786052601853</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Mama Habsinas - Kadim Medeniyetin Batmayan Güneşi</t>
+          <t>Dersim Üç Dağ İçinde</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052601914</t>
+          <t>9786052601945</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Sıcacık Bir Ev</t>
+          <t>Mama Habsinas - Kadim Medeniyetin Batmayan Güneşi</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052601907</t>
+          <t>9786052601914</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalem Kuş Olmuş</t>
+          <t>Sıcacık Bir Ev</t>
         </is>
       </c>
       <c r="C263" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052601938</t>
+          <t>9786052601907</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Sol’madan</t>
+          <t>Bir Kalem Kuş Olmuş</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052601891</t>
+          <t>9786052601938</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yeniden Şekillenirken 2</t>
+          <t>Yüreğim Sol’madan</t>
         </is>
       </c>
       <c r="C265" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052601921</t>
+          <t>9786052601891</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Optik Başkan</t>
+          <t>Dünya Yeniden Şekillenirken 2</t>
         </is>
       </c>
       <c r="C266" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052601822</t>
+          <t>9786052601921</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Oyun Parkında - Üç Kuzucuk 4 (Ciltli)</t>
+          <t>Optik Başkan</t>
         </is>
       </c>
       <c r="C267" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052601815</t>
+          <t>9786052601822</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Annemiz Pasta Yapacak - Üç Kuzucuk 2 (Ciltli)</t>
+          <t>Oyun Parkında - Üç Kuzucuk 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052601839</t>
+          <t>9786052601815</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şenlik Günü - Üç Kuzucuk 3 (Ciltli)</t>
+          <t>Annemiz Pasta Yapacak - Üç Kuzucuk 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C269" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052601792</t>
+          <t>9786052601839</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Düşman Ceza Hukuku</t>
+          <t>Büyük Şenlik Günü - Üç Kuzucuk 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052601778</t>
+          <t>9786052601792</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Gülüşün Çürümüş Menteşesi</t>
+          <t>Düşman Ceza Hukuku</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052601730</t>
+          <t>9786052601778</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Abim Benden Daha İyi</t>
+          <t>Gülüşün Çürümüş Menteşesi</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052601761</t>
+          <t>9786052601730</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Kedi Var!</t>
+          <t>Abim Benden Daha İyi</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052601747</t>
+          <t>9786052601761</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Sosyal Hali</t>
+          <t>Dikkat Kedi Var!</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052601716</t>
+          <t>9786052601747</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Umuduna Yaşamak</t>
+          <t>Sağlığın Sosyal Hali</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052601686</t>
+          <t>9786052601716</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar Müzikholü</t>
+          <t>Umuduna Yaşamak</t>
         </is>
       </c>
       <c r="C276" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052601655</t>
+          <t>9786052601686</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Sınırlarında Gazeteciler ve Proleterleşme</t>
+          <t>Büyük Umutlar Müzikholü</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>375</v>
+        <v>200</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052601617</t>
+          <t>9786052601655</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Bana Öyle Tuhaf Bakma</t>
+          <t>Sınıfın Sınırlarında Gazeteciler ve Proleterleşme</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>200</v>
+        <v>375</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052601679</t>
+          <t>9786052601617</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Ha Kıyamet</t>
+          <t>Bana Öyle Tuhaf Bakma</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052601556</t>
+          <t>9786052601679</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Kentin İnşası</t>
+          <t>Kıyamet Ha Kıyamet</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>350</v>
+        <v>220</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052601532</t>
+          <t>9786052601556</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Kanaryam</t>
+          <t>Muhafazakar Kentin İnşası</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052601549</t>
+          <t>9786052601532</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Şemsiye</t>
+          <t>Kanaryam</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052601525</t>
+          <t>9786052601549</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Prokrustes Yatağı</t>
+          <t>Şemsiye</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>300</v>
+        <v>200</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052601488</t>
+          <t>9786052601525</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Savaş Köprüleri Vurur</t>
+          <t>Emeğin Prokrustes Yatağı</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052601570</t>
+          <t>9786052601488</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Önsevişmesiz Çocuklar</t>
+          <t>Savaş Köprüleri Vurur</t>
         </is>
       </c>
       <c r="C285" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052601518</t>
+          <t>9786052601570</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Orkestrası</t>
+          <t>Önsevişmesiz Çocuklar</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>265</v>
+        <v>220</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052601495</t>
+          <t>9786052601518</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Çobanaldatan</t>
+          <t>Marx’ın Orkestrası</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052601501</t>
+          <t>9786052601495</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Çok Çağı</t>
+          <t>Çobanaldatan</t>
         </is>
       </c>
       <c r="C288" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052601471</t>
+          <t>9786052601501</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Ah Kamila</t>
+          <t>Çok Çağı</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052601464</t>
+          <t>9786052601471</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Kamusallık ve Tecrübe</t>
+          <t>Ah Kamila</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>570</v>
+        <v>200</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052601457</t>
+          <t>9786052601464</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Varlığın Ontolojisi - Hegel, Marx, Emek</t>
+          <t>Kamusallık ve Tecrübe</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>580</v>
+        <v>570</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052601396</t>
+          <t>9786052601457</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Hep Aşka Dair</t>
+          <t>Toplumsal Varlığın Ontolojisi - Hegel, Marx, Emek</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>360</v>
+        <v>580</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052036495</t>
+          <t>9786052601396</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta İsyan Var</t>
+          <t>Hep Aşka Dair</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>260</v>
+        <v>360</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052600610</t>
+          <t>9786052036495</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Piyasa Hukukunun İnşası</t>
+          <t>Sınıfta İsyan Var</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052601402</t>
+          <t>9786052600610</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Güney Sosyolojisi ve Türkiye'de Sosyoloji</t>
+          <t>Piyasa Hukukunun İnşası</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052036532</t>
+          <t>9786052601402</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Küçük Balık Kızılcık</t>
+          <t>Güney Sosyolojisi ve Türkiye'de Sosyoloji</t>
         </is>
       </c>
       <c r="C296" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052036563</t>
+          <t>9786052036532</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Minik Yeşil Kurbağa</t>
+          <t>Küçük Balık Kızılcık</t>
         </is>
       </c>
       <c r="C297" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052036549</t>
+          <t>9786052036563</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Kırçıl Horoz</t>
+          <t>Minik Yeşil Kurbağa</t>
         </is>
       </c>
       <c r="C298" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052036525</t>
+          <t>9786052036549</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Demet'in Bahçesi</t>
+          <t>Kırçıl Horoz</t>
         </is>
       </c>
       <c r="C299" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052036556</t>
+          <t>9786052036525</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mor Balık</t>
+          <t>Demet'in Bahçesi</t>
         </is>
       </c>
       <c r="C300" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052036518</t>
+          <t>9786052036556</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Işıltılar İmgeler</t>
+          <t>Küçük Mor Balık</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052036488</t>
+          <t>9786052036518</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Hayatta</t>
+          <t>Işıltılar İmgeler</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052036471</t>
+          <t>9786052036488</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Bir Sınırda Hapsolmak - Ulus</t>
+          <t>Başka Bir Hayatta</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052036389</t>
+          <t>9786052036471</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Charlotte’nin Sihirli Gözlükleri</t>
+          <t>Bir Sınırda Hapsolmak - Ulus</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052036464</t>
+          <t>9786052036389</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Nosotros</t>
+          <t>Charlotte’nin Sihirli Gözlükleri</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052036440</t>
+          <t>9786052036464</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Mişka 1</t>
+          <t>Nosotros</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052036419</t>
+          <t>9786052036440</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Muratdağı Efsanesi</t>
+          <t>Meraklı Mişka 1</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>190</v>
+        <v>200</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052036396</t>
+          <t>9786052036419</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Masalı</t>
+          <t>Muratdağı Efsanesi</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052036426</t>
+          <t>9786052036396</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Çoban ile Su Perisi</t>
+          <t>Masal'ın Masalı</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052036358</t>
+          <t>9786052036426</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Queer Marksizme Doğru</t>
+          <t>Çoban ile Su Perisi</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>360</v>
+        <v>165</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052036402</t>
+          <t>9786052036358</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi - 1. Cilt</t>
+          <t>Queer Marksizme Doğru</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>660</v>
+        <v>360</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052036433</t>
+          <t>9786052036402</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Üvey</t>
+          <t>Felsefe Tarihi - 1. Cilt</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>210</v>
+        <v>660</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052036372</t>
+          <t>9786052036433</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Thomas’ın Kar Tulumu</t>
+          <t>Üvey</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052036365</t>
+          <t>9786052036372</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Stephanie’nin At Kuyruğu</t>
+          <t>Thomas’ın Kar Tulumu</t>
         </is>
       </c>
       <c r="C314" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052036334</t>
+          <t>9786052036365</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Akademisyenlerden KHK Öyküleri</t>
+          <t>Stephanie’nin At Kuyruğu</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052036341</t>
+          <t>9786052036334</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Bir Ülke</t>
+          <t>Akademisyenlerden KHK Öyküleri</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052036327</t>
+          <t>9786052036341</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Duyarlıklı Bakışla Romanları Yaşamak</t>
+          <t>Yeşil Bir Ülke</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>270</v>
+        <v>220</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052036297</t>
+          <t>9786052036327</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Hastalık</t>
+          <t>Psikanalitik Duyarlıklı Bakışla Romanları Yaşamak</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052036303</t>
+          <t>9786052036297</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuğun Saflığıyla</t>
+          <t>Hastalık</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052036280</t>
+          <t>9786052036303</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>İlkel Birikim ve Acele Kamulaştırma</t>
+          <t>Bir Çocuğun Saflığıyla</t>
         </is>
       </c>
       <c r="C320" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052036310</t>
+          <t>9786052036280</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>Son Cevizlik</t>
+          <t>İlkel Birikim ve Acele Kamulaştırma</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052036273</t>
+          <t>9786052036310</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Hayat Üzerine Diyaloglar</t>
+          <t>Son Cevizlik</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052036228</t>
+          <t>9786052036273</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Yeni Görünümleri ve Bilişim Sektörü</t>
+          <t>Hayat Üzerine Diyaloglar</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>440</v>
+        <v>260</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052036266</t>
+          <t>9786052036228</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Bugün Anne Gibi Değilim</t>
+          <t>Sınıfın Yeni Görünümleri ve Bilişim Sektörü</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>220</v>
+        <v>440</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052036242</t>
+          <t>9786052036266</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Bela</t>
+          <t>Bugün Anne Gibi Değilim</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052036235</t>
+          <t>9786052036242</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Bir Balet Aydın Erol Kitabı</t>
+          <t>Bela</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052036259</t>
+          <t>9786052036235</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Günah</t>
+          <t>Devrimci Bir Balet Aydın Erol Kitabı</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>310</v>
+        <v>265</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052036204</t>
+          <t>9786052036259</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Hekim ve Heybesi</t>
+          <t>Günah</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>385</v>
+        <v>310</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052036211</t>
+          <t>9786052036204</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Yeldeğirmeni Öyküleri</t>
+          <t>Hekim ve Heybesi</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>210</v>
+        <v>385</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052036198</t>
+          <t>9786052036211</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Akademide Yolculuk</t>
+          <t>Yeldeğirmeni Öyküleri</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>330</v>
+        <v>210</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052036181</t>
+          <t>9786052036198</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yeniden Şekillenirken</t>
+          <t>Akademide Yolculuk</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>310</v>
+        <v>330</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052036167</t>
+          <t>9786052036181</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Sınavı</t>
+          <t>Dünya Yeniden Şekillenirken</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052036174</t>
+          <t>9786052036167</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Adalet İçin 700 Bin Adım</t>
+          <t>Dostluk Sınavı</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>160</v>
+        <v>200</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052036150</t>
+          <t>9786052036174</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Çocuk: İşçi,Yoksul,Göçmen</t>
+          <t>Adalet İçin 700 Bin Adım</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>250</v>
+        <v>160</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052036136</t>
+          <t>9786052036150</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Nişa</t>
+          <t>Çocuk: İşçi,Yoksul,Göçmen</t>
         </is>
       </c>
       <c r="C335" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052036112</t>
+          <t>9786052036136</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Yüksekten ve Paraşütsüz</t>
+          <t>Nişa</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052036129</t>
+          <t>9786052036112</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Özne</t>
+          <t>Yüksekten ve Paraşütsüz</t>
         </is>
       </c>
       <c r="C337" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052036075</t>
+          <t>9786052036129</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Kırmızı Başlıklı Kız</t>
+          <t>Huzursuz Özne</t>
         </is>
       </c>
       <c r="C338" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052036068</t>
+          <t>9786052036075</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Che Guevara - Anti Kahraman Serisi 3</t>
+          <t>Başka Bir Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C339" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052036105</t>
+          <t>9786052036068</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Büyüyen Zaman İhtiyacı</t>
+          <t>Che Guevara - Anti Kahraman Serisi 3</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052036082</t>
+          <t>9786052036105</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Mısır Koçanlarını Kızartan Koku</t>
+          <t>Büyüyen Zaman İhtiyacı</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052036099</t>
+          <t>9786052036082</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Sınıflar Üzerine Tartışmalar</t>
+          <t>Mısır Koçanlarını Kızartan Koku</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>470</v>
+        <v>265</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052036044</t>
+          <t>9786052036099</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Sözçalan Karanlık</t>
+          <t>Sınıflar Üzerine Tartışmalar</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052036020</t>
+          <t>9786052036044</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Ejma’nın Rüyası</t>
+          <t>Sözçalan Karanlık</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052036013</t>
+          <t>9786052036020</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Eduardo Galeano</t>
+          <t>Ejma’nın Rüyası</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786059679985</t>
+          <t>9786052036013</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Çürük Atlar Çöplüğü</t>
+          <t>Eduardo Galeano</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786052036006</t>
+          <t>9786059679985</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Kamuda Güvencesizlik</t>
+          <t>Çürük Atlar Çöplüğü</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>265</v>
+        <v>210</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786059679992</t>
+          <t>9786052036006</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Sermayeyi BES’lemek</t>
+          <t>Kamuda Güvencesizlik</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>220</v>
+        <v>265</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059679930</t>
+          <t>9786059679992</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Hüzünler</t>
+          <t>Sermayeyi BES’lemek</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059679961</t>
+          <t>9786059679930</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Kül ve Nal</t>
+          <t>Ev Yapımı Hüzünler</t>
         </is>
       </c>
       <c r="C350" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059679978</t>
+          <t>9786059679961</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Sonra</t>
+          <t>Kül ve Nal</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059679954</t>
+          <t>9786059679978</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Suretleri</t>
+          <t>Yağmurdan Sonra</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>240</v>
+        <v>220</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059679947</t>
+          <t>9786059679954</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Taşralı</t>
+          <t>Sınıfın Suretleri</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>230</v>
+        <v>240</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059679893</t>
+          <t>9786059679947</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>İnsana Karşı Piyasa Türkiye'de Sağlık ve Sosyal Güvenlik</t>
+          <t>Taşralı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059679886</t>
+          <t>9786059679893</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>Finansallaşma Kıskancında Türkiye'de Devlet Sermaye Birikimi ve Emek</t>
+          <t>İnsana Karşı Piyasa Türkiye'de Sağlık ve Sosyal Güvenlik</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059679916</t>
+          <t>9786059679886</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin - Bizim Antikahraman Serisi</t>
+          <t>Finansallaşma Kıskancında Türkiye'de Devlet Sermaye Birikimi ve Emek</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059679909</t>
+          <t>9786059679916</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Kuyunun Dibindeki Taş</t>
+          <t>Aziz Nesin - Bizim Antikahraman Serisi</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>330</v>
+        <v>200</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059679855</t>
+          <t>9786059679909</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Julio Cortazar</t>
+          <t>Kuyunun Dibindeki Taş</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059679848</t>
+          <t>9786059679855</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Violeta Parra</t>
+          <t>Julio Cortazar</t>
         </is>
       </c>
       <c r="C359" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059679862</t>
+          <t>9786059679848</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Moskova - Petuşki</t>
+          <t>Violeta Parra</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059679794</t>
+          <t>9786059679862</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Şeşe Gezegeni</t>
+          <t>Moskova - Petuşki</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059679824</t>
+          <t>9786059679794</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>İpek Gönül</t>
+          <t>Şeşe Gezegeni</t>
         </is>
       </c>
       <c r="C362" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059679817</t>
+          <t>9786059679824</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Sesler</t>
+          <t>İpek Gönül</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059679800</t>
+          <t>9786059679817</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Öldüren Erkek(lik)ler</t>
+          <t>Yeryüzünde Sesler</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>300</v>
+        <v>210</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059679787</t>
+          <t>9786059679800</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Karnı Çukur ile Sırtı Diken</t>
+          <t>Öldüren Erkek(lik)ler</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059679701</t>
+          <t>9786059679787</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Hikayesi</t>
+          <t>Karnı Çukur ile Sırtı Diken</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>180</v>
+        <v>200</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059679770</t>
+          <t>9786059679701</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Orta Sınıfın Fotoğrafı: Akışlar ve İlişkiler</t>
+          <t>Deniz'in Hikayesi</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>265</v>
+        <v>180</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059679749</t>
+          <t>9786059679770</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Borç Refahı Devletleri</t>
+          <t>Türkiye’de Orta Sınıfın Fotoğrafı: Akışlar ve İlişkiler</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>500</v>
+        <v>265</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059679671</t>
+          <t>9786059679749</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Boşlukta Büyüyen</t>
+          <t>Borç Refahı Devletleri</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059679732</t>
+          <t>9786059679671</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Aşağıdan</t>
+          <t>Boşlukta Büyüyen</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>350</v>
+        <v>200</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059679756</t>
+          <t>9786059679732</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Düşkapanından Kaçan Elma</t>
+          <t>Aşağıdan</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059679725</t>
+          <t>9786059679756</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Bense Ölümden Korkmayacak Kadar Yalnızdım</t>
+          <t>Düşkapanından Kaçan Elma</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059679695</t>
+          <t>9786059679725</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma Testi</t>
+          <t>Bense Ölümden Korkmayacak Kadar Yalnızdım</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059679718</t>
+          <t>9786059679695</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Kuyuda</t>
+          <t>Çarpışma Testi</t>
         </is>
       </c>
       <c r="C374" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059679688</t>
+          <t>9786059679718</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Ben Söylemem Sen Anla!</t>
+          <t>Kuyuda</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>260</v>
+        <v>220</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059679541</t>
+          <t>9786059679688</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Cumhuriyet Söylemi</t>
+          <t>Ben Söylemem Sen Anla!</t>
         </is>
       </c>
       <c r="C376" s="1">
-        <v>275</v>
+        <v>260</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059679664</t>
+          <t>9786059679541</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Akova Alev Alev</t>
+          <t>Mustafa Kemal’in Cumhuriyet Söylemi</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>250</v>
+        <v>275</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059679527</t>
+          <t>9786059679664</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Sınıflar</t>
+          <t>Akova Alev Alev</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059679503</t>
+          <t>9786059679527</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Kamu Emekçilerinin Sendikalar Süreci</t>
+          <t>Sınıflar</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>220</v>
+        <v>500</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059679510</t>
+          <t>9786059679503</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Marco Pantani’nin Ölümü</t>
+          <t>Kamu Emekçilerinin Sendikalar Süreci</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>500</v>
+        <v>220</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059679428</t>
+          <t>9786059679510</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Eşiği</t>
+          <t>Marco Pantani’nin Ölümü</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059679480</t>
+          <t>9786059679428</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Biyopolitika 2. Cilt</t>
+          <t>Ağrı Eşiği</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059679466</t>
+          <t>9786059679480</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Üzgün Muhallebi</t>
+          <t>Biyopolitika 2. Cilt</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059679459</t>
+          <t>9786059679466</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Karton Ev</t>
+          <t>Üzgün Muhallebi</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059679442</t>
+          <t>9786059679459</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Salyangozun Yolculuğu</t>
+          <t>Karton Ev</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059679435</t>
+          <t>9786059679442</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Babam İntihar Etmemişti</t>
+          <t>Salyangozun Yolculuğu</t>
         </is>
       </c>
       <c r="C386" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059679251</t>
+          <t>9786059679435</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Bilim-İktidar İlişkisinin Evrimi</t>
+          <t>Babam İntihar Etmemişti</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059679244</t>
+          <t>9786059679251</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Orhan Keskin - Bana Beyaz Bir At Getirin</t>
+          <t>Bilim-İktidar İlişkisinin Evrimi</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>420</v>
+        <v>310</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059679190</t>
+          <t>9786059679244</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Dinselleştirilmesi</t>
+          <t>Orhan Keskin - Bana Beyaz Bir At Getirin</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059679206</t>
+          <t>9786059679190</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Eğik Zaman</t>
+          <t>Bilginin Dinselleştirilmesi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>200</v>
+        <v>300</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059679084</t>
+          <t>9786059679206</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Masalından Göçen Kuş</t>
+          <t>Eğik Zaman</t>
         </is>
       </c>
       <c r="C391" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059679077</t>
+          <t>9786059679084</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo</t>
+          <t>Masalından Göçen Kuş</t>
         </is>
       </c>
       <c r="C392" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059679268</t>
+          <t>9786059679077</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Memo Tembelçizer Anlatıyor (Her Şeyi)</t>
+          <t>Frida Kahlo</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>260</v>
+        <v>200</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059679008</t>
+          <t>9786059679268</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Metalaştırma ve Direnç: Kapitalizmde Kültürün İkili Üretim Yapısı</t>
+          <t>Memo Tembelçizer Anlatıyor (Her Şeyi)</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059020985</t>
+          <t>9786059679008</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Kirekör</t>
+          <t>Metalaştırma ve Direnç: Kapitalizmde Kültürün İkili Üretim Yapısı</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059020978</t>
+          <t>9786059020985</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mavidir Öğretmenim</t>
+          <t>Kirekör</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059020947</t>
+          <t>9786059020978</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Lodos Çarpması</t>
+          <t>Aşk Mavidir Öğretmenim</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059020930</t>
+          <t>9786059020947</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Belleğin Bahar Temizliği</t>
+          <t>Lodos Çarpması</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059020862</t>
+          <t>9786059020930</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Kriz ve Konjonktür Kuramları</t>
+          <t>Belleğin Bahar Temizliği</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059020954</t>
+          <t>9786059020862</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Solu ve Kürt Siyaseti</t>
+          <t>Kriz ve Konjonktür Kuramları</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059020794</t>
+          <t>9786059020954</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Kadınları Seviniz</t>
+          <t>Türkiye Solu ve Kürt Siyaseti</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>220</v>
+        <v>200</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059020800</t>
+          <t>9786059020794</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Sermayenin Coğrafyası/ Yayılan Sermayenin Daralan Mekanları</t>
+          <t>Hüzünlü Kadınları Seviniz</t>
         </is>
       </c>
       <c r="C402" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059679022</t>
+          <t>9786059020800</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç Oynuyorduk Zamanla</t>
+          <t>Sermayenin Coğrafyası/ Yayılan Sermayenin Daralan Mekanları</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059020879</t>
+          <t>9786059679022</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Trinidad’ın Dönüşü</t>
+          <t>Saklambaç Oynuyorduk Zamanla</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>250</v>
+        <v>210</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059020893</t>
+          <t>9786059020879</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Üretim Siyaseti Kapitalizm ve Sosyalizmde Fabrika Rejimleri</t>
+          <t>Trinidad’ın Dönüşü</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>470</v>
+        <v>250</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059020848</t>
+          <t>9786059020893</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>1871 Paris Komünü Tarihi (2 Cilt Birarada)</t>
+          <t>Üretim Siyaseti Kapitalizm ve Sosyalizmde Fabrika Rejimleri</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>625</v>
+        <v>470</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059020886</t>
+          <t>9786059020848</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>Yokuş Yukarı İstanbul</t>
+          <t>1871 Paris Komünü Tarihi (2 Cilt Birarada)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>220</v>
+        <v>625</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059020732</t>
+          <t>9786059020886</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Datruelo - Küçük Şimşek</t>
+          <t>Yokuş Yukarı İstanbul</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059020763</t>
+          <t>9786059020732</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Ömrümüzü Hayat Yaptığımız Yıllar</t>
+          <t>Datruelo - Küçük Şimşek</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059020671</t>
+          <t>9786059020763</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Acır mı Mösyö Messier</t>
+          <t>Ömrümüzü Hayat Yaptığımız Yıllar</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059020817</t>
+          <t>9786059020671</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kızıl</t>
+          <t>Acır mı Mösyö Messier</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059020688</t>
+          <t>9786059020817</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Kül Vakti</t>
+          <t>Pembe Kızıl</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>200</v>
+        <v>220</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059020824</t>
+          <t>9786059020688</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Bay Prada Nasıl Öldürüldü?</t>
+          <t>Kül Vakti</t>
         </is>
       </c>
       <c r="C413" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059020718</t>
+          <t>9786059020824</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Malumun İlanı</t>
+          <t>Bay Prada Nasıl Öldürüldü?</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>360</v>
+        <v>200</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059020640</t>
+          <t>9786059020718</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Aşk Susmadan Git</t>
+          <t>Malumun İlanı</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>320</v>
+        <v>360</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059020756</t>
+          <t>9786059020640</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Renkler: Uyanış Öncesi Öyküler 3</t>
+          <t>Aşk Susmadan Git</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059020749</t>
+          <t>9786059020756</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Seksek Yıldızlar - Uyanış Öncesi Öyküler 2</t>
+          <t>Renkler: Uyanış Öncesi Öyküler 3</t>
         </is>
       </c>
       <c r="C417" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059020633</t>
+          <t>9786059020749</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Yuh</t>
+          <t>Seksek Yıldızlar - Uyanış Öncesi Öyküler 2</t>
         </is>
       </c>
       <c r="C418" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059020701</t>
+          <t>9786059020633</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Yeni Anlaşma Mümkün mü?</t>
+          <t>Yuh</t>
         </is>
       </c>
       <c r="C419" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059020770</t>
+          <t>9786059020701</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Annemin Hatırladıklarıysa</t>
+          <t>Yeni Anlaşma Mümkün mü?</t>
         </is>
       </c>
       <c r="C420" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059020664</t>
+          <t>9786059020770</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Toz Kadınları</t>
+          <t>Yaşam Annemin Hatırladıklarıysa</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059020909</t>
+          <t>9786059020664</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Ötesinde</t>
+          <t>Toz Kadınları</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>400</v>
+        <v>210</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786055513450</t>
+          <t>9786059020909</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Feminizmine Doğru</t>
+          <t>Oyunun Ötesinde</t>
         </is>
       </c>
       <c r="C423" s="1">
         <v>400</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786059020619</t>
+          <t>9786055513450</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>Liberal Hakların, Hukukun ve Devletin Sınırları</t>
+          <t>21. Yüzyıl Feminizmine Doğru</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059020596</t>
+          <t>9786059020619</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Haremden Berlin’e Cavidan</t>
+          <t>Liberal Hakların, Hukukun ve Devletin Sınırları</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059020534</t>
+          <t>9786059020596</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bütün Yalnızlıkların Anasıdır</t>
+          <t>Haremden Berlin’e Cavidan</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786059020503</t>
+          <t>9786059020534</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Bir Çift Kanat Bütün İstediğim</t>
+          <t>Aşk Bütün Yalnızlıkların Anasıdır</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786059020350</t>
+          <t>9786059020503</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Kutuplaştıran Kalkınma</t>
+          <t>Bir Çift Kanat Bütün İstediğim</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059020381</t>
+          <t>9786059020350</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Taşa Fısıldayan Öyküler : Kobane</t>
+          <t>Kutuplaştıran Kalkınma</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>300</v>
+        <v>310</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059020510</t>
+          <t>9786059020381</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Toplumcu Belediye : Namı-ı Diğer Belediye Sosyalizmi</t>
+          <t>Taşa Fısıldayan Öyküler : Kobane</t>
         </is>
       </c>
       <c r="C430" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059020282</t>
+          <t>9786059020510</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Reel Sosyalizmin Çelişkileri</t>
+          <t>Toplumcu Belediye : Namı-ı Diğer Belediye Sosyalizmi</t>
         </is>
       </c>
       <c r="C431" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059020244</t>
+          <t>9786059020282</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Korkma Kimse Yok</t>
+          <t>Reel Sosyalizmin Çelişkileri</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059020213</t>
+          <t>9786059020244</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Savaş Erki Polis Erki</t>
+          <t>Korkma Kimse Yok</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>470</v>
+        <v>265</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059020299</t>
+          <t>9786059020213</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Kadife Eldivenli Şeytan</t>
+          <t>Savaş Erki Polis Erki</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>420</v>
+        <v>470</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059020237</t>
+          <t>9786059020299</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Faşizm</t>
+          <t>Kadife Eldivenli Şeytan</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>320</v>
+        <v>420</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059020251</t>
+          <t>9786059020237</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Mülksüzleştirmenin Yönetimi</t>
+          <t>Faşizm</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>240</v>
+        <v>320</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059679039</t>
+          <t>9786059020251</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Boynumda Bir Dize İnci</t>
+          <t>Mülksüzleştirmenin Yönetimi</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>210</v>
+        <v>240</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059679046</t>
+          <t>9786059679039</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Fidel Castro'yu Öldürmenin 634 Yolu</t>
+          <t>Boynumda Bir Dize İnci</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>360</v>
+        <v>210</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786059020435</t>
+          <t>9786059679046</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sağlık Siyaset Piyasa</t>
+          <t>Fidel Castro'yu Öldürmenin 634 Yolu</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059020411</t>
+          <t>9786059020435</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Karşı</t>
+          <t>Türkiye’de Sağlık Siyaset Piyasa</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>250</v>
+        <v>265</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786059020138</t>
+          <t>9786059020411</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Nuhun Gemileri</t>
+          <t>Rüzgara Karşı</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059020190</t>
+          <t>9786059020138</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Emek Öyküleri</t>
+          <t>Nuhun Gemileri</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>190</v>
+        <v>220</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059020145</t>
+          <t>9786059020190</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>İlkel Birikim</t>
+          <t>Emek Öyküleri</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>330</v>
+        <v>190</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059020121</t>
+          <t>9786059020145</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Hasta Eder - Toplumcu Tıp</t>
+          <t>İlkel Birikim</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>240</v>
+        <v>330</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059020053</t>
+          <t>9786059020121</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Kent Reformu ve Yeni Gecekondu Hareketi ve Kendi Evini Kendin Yap Kılavuzu</t>
+          <t>Kapitalizm Hasta Eder - Toplumcu Tıp</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>275</v>
+        <v>240</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786055513795</t>
+          <t>9786059020053</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Eski Evin Kadınları</t>
+          <t>Kent Reformu ve Yeni Gecekondu Hareketi ve Kendi Evini Kendin Yap Kılavuzu</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>200</v>
+        <v>275</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055513993</t>
+          <t>9786055513795</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>O Çocuklar O Yapraklar</t>
+          <t>Eski Evin Kadınları</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>275</v>
+        <v>200</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786059020015</t>
+          <t>9786055513993</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>Öteki "Proletarya"</t>
+          <t>O Çocuklar O Yapraklar</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059020008</t>
+          <t>9786059020015</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Benim Amarcord'um</t>
+          <t>Öteki "Proletarya"</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786055513733</t>
+          <t>9786059020008</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Direniş Öyküleri</t>
+          <t>Benim Amarcord'um</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786059020312</t>
+          <t>9786055513733</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Evrim Düşü</t>
+          <t>Direniş Öyküleri</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786059020442</t>
+          <t>9786059020312</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Biyografi ve Biyografik Dram</t>
+          <t>Evrim Düşü</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786055513962</t>
+          <t>9786059020442</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Bir Kız Varmış</t>
+          <t>Biyografi ve Biyografik Dram</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>220</v>
+        <v>450</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786059020527</t>
+          <t>9786055513962</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Yeni Diyalektik ve Politik İktisat</t>
+          <t>Bir Kız Varmış</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>370</v>
+        <v>220</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786059020541</t>
+          <t>9786059020527</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz Annelerin Sessiz Çocukları</t>
+          <t>Yeni Diyalektik ve Politik İktisat</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>230</v>
+        <v>370</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786059020473</t>
+          <t>9786059020541</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Şiirsel Beden</t>
+          <t>Dilsiz Annelerin Sessiz Çocukları</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>380</v>
+        <v>230</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786059020466</t>
+          <t>9786059020473</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalmış Bir Öpüş</t>
+          <t>Şiirsel Beden</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>200</v>
+        <v>380</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786059020404</t>
+          <t>9786059020466</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal ve Militarist Post - Politika</t>
+          <t>Geç Kalmış Bir Öpüş</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>270</v>
+        <v>200</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786059679053</t>
+          <t>9786059020404</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Kartalimeni</t>
+          <t>Neoliberal ve Militarist Post - Politika</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>220</v>
+        <v>270</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786059679015</t>
+          <t>9786059679053</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Gece</t>
+          <t>Kartalimeni</t>
         </is>
       </c>
       <c r="C460" s="1">
         <v>220</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786059679060</t>
+          <t>9786059679015</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Sendikal Hareket</t>
+          <t>Yıldızlı Gece</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>300</v>
+        <v>220</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786055513900</t>
+          <t>9786059679060</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Marx Geri Döndü</t>
+          <t>Uluslararası Sendikal Hareket</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>450</v>
+        <v>300</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786055513894</t>
+          <t>9786055513900</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bilirkişisi</t>
+          <t>Marx Geri Döndü</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786055513955</t>
+          <t>9786055513894</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Serbest Ticaret Sorunu Üzerine</t>
+          <t>Aşk Bilirkişisi</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>240</v>
+        <v>200</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786059020060</t>
+          <t>9786055513955</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Kırık Menteşe</t>
+          <t>Serbest Ticaret Sorunu Üzerine</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>360</v>
+        <v>240</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786059020077</t>
+          <t>9786059020060</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Gönülsüz Köpek</t>
+          <t>Kırık Menteşe</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786059020091</t>
+          <t>9786059020077</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Gofer Ağacı</t>
+          <t>Gönülsüz Köpek</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786059020107</t>
+          <t>9786059020091</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Özelleştirmeye Karşı Alternatifler</t>
+          <t>Gofer Ağacı</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>370</v>
+        <v>310</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786055513870</t>
+          <t>9786059020107</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Finansallaşma Borç Krizi ve Çöküş</t>
+          <t>Özelleştirmeye Karşı Alternatifler</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>360</v>
+        <v>370</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055513863</t>
+          <t>9786055513870</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>AKP - Cemaat</t>
+          <t>Finansallaşma Borç Krizi ve Çöküş</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>200</v>
+        <v>360</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786055513696</t>
+          <t>9786055513863</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Tütün</t>
+          <t>AKP - Cemaat</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>620</v>
+        <v>200</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786055513702</t>
+          <t>9786055513696</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Paranın Toplumsal Yeniden Üretimi</t>
+          <t>Türkiye'de Tütün</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>370</v>
+        <v>620</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786059020787</t>
+          <t>9786055513702</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Queer Teori: Bir Giriş</t>
+          <t>Paranın Toplumsal Yeniden Üretimi</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>300</v>
+        <v>370</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786059679282</t>
+          <t>9786059020787</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Biyopolitika Cilt 1</t>
+          <t>Queer Teori: Bir Giriş</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>420</v>
+        <v>300</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786055513665</t>
+          <t>9786059679282</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Dayanışmadan İhanete</t>
+          <t>Biyopolitika Cilt 1</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>310</v>
+        <v>420</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786055513726</t>
+          <t>9786055513665</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Kuşatılan Şehirler</t>
+          <t>Dayanışmadan İhanete</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>500</v>
+        <v>310</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786055513160</t>
+          <t>9786055513726</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tüneli</t>
+          <t>Kuşatılan Şehirler</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786055513009</t>
+          <t>9786055513160</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Yerüstünden Notlar</t>
+          <t>Zaman Tüneli</t>
         </is>
       </c>
       <c r="C478" s="1">
-        <v>265</v>
+        <v>300</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786055513085</t>
+          <t>9786055513009</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sağlık Emek Sürecinin Dönüşümü</t>
+          <t>Yerüstünden Notlar</t>
         </is>
       </c>
       <c r="C479" s="1">
         <v>265</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786055513016</t>
+          <t>9786055513085</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Tekel Direnişinin Işığında Gelenekselden Yeniye İşçi Sınıfı Hareketi</t>
+          <t>Türkiye’de Sağlık Emek Sürecinin Dönüşümü</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>270</v>
+        <v>265</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786055513436</t>
+          <t>9786055513016</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Suriye Denklemi</t>
+          <t>Tekel Direnişinin Işığında Gelenekselden Yeniye İşçi Sınıfı Hareketi</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786059020367</t>
+          <t>9786055513436</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplumu Yönetmek</t>
+          <t>Suriye Denklemi</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>470</v>
+        <v>200</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786055513320</t>
+          <t>9786059020367</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Serçeler Ölürse</t>
+          <t>Sivil Toplumu Yönetmek</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>220</v>
+        <v>470</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786055513351</t>
+          <t>9786055513320</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Saklı Rönesans</t>
+          <t>Serçeler Ölürse</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>250</v>
+        <v>220</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786055513467</t>
+          <t>9786055513351</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Marksist Devlet ve Hukuk Teorisi</t>
+          <t>Saklı Rönesans</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>430</v>
+        <v>250</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786055513047</t>
+          <t>9786055513467</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Kuramsal ve Tarihsel Boyutlarıyla Hak Mücadeleleri 2</t>
+          <t>Marksist Devlet ve Hukuk Teorisi</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786055513498</t>
+          <t>9786055513047</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Kitika Li Ber Tifike</t>
+          <t>Kuramsal ve Tarihsel Boyutlarıyla Hak Mücadeleleri 2</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786055513573</t>
+          <t>9786055513498</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kendi Sesinden Gülsuyu-Gülensu</t>
+          <t>Kitika Li Ber Tifike</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>420</v>
+        <v>220</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786055513139</t>
+          <t>9786055513573</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Karl Korsch Kitabı</t>
+          <t>Kendi Sesinden Gülsuyu-Gülensu</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>710</v>
+        <v>420</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786055513542</t>
+          <t>9786055513139</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Enfiye Kutusu</t>
+          <t>Karl Korsch Kitabı</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>360</v>
+        <v>710</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786055513238</t>
+          <t>9786055513542</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>Gertrude</t>
+          <t>İmparatorun Enfiye Kutusu</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786055513092</t>
+          <t>9786055513238</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Gerçek, Yıkıcı ve Yaratıcı</t>
+          <t>Gertrude</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786055513054</t>
+          <t>9786055513092</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle AKP</t>
+          <t>Gerçek, Yıkıcı ve Yaratıcı</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786055513283</t>
+          <t>9786055513054</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Bruno Bauer ve Karl MarX</t>
+          <t>Çizgilerle AKP</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>460</v>
+        <v>150</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
+          <t>9786055513283</t>
+        </is>
+      </c>
+      <c r="B495" s="1" t="inlineStr">
+        <is>
+          <t>Bruno Bauer ve Karl MarX</t>
+        </is>
+      </c>
+      <c r="C495" s="1">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="496" spans="1:3">
+      <c r="A496" s="1" t="inlineStr">
+        <is>
           <t>9786055513412</t>
         </is>
       </c>
-      <c r="B495" s="1" t="inlineStr">
+      <c r="B496" s="1" t="inlineStr">
         <is>
           <t>Ben Çıkana Kadar Büyüme e mi...</t>
         </is>
       </c>
-      <c r="C495" s="1">
+      <c r="C496" s="1">
         <v>210</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>