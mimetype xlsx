--- v1 (2025-12-15)
+++ v2 (2026-02-14)
@@ -85,7465 +85,7660 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786052604496</t>
+          <t>9786052604526</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Alevi Terim ve Deyimleri Sözlüğü</t>
+          <t>Yekpare Kırılganlıklar</t>
         </is>
       </c>
       <c r="C2" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786052604502</t>
+          <t>9786052604519</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Ali Rıza Binboğa Yarınlar Bizim Otobiyografi</t>
+          <t>Genç Hegel</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>750</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786059679763</t>
+          <t>9786052604564</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>ODTÜ: Tarih Direniyor</t>
+          <t>Özgürlüğün İzinde Anılarım</t>
         </is>
       </c>
       <c r="C4" s="1">
         <v>600</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786052604472</t>
+          <t>9786052604571</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Bios</t>
+          <t>Moda’nın Son Azizi</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786052604489</t>
+          <t>9786052604533</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Veli Lök</t>
+          <t>Behçet’in Kır Notları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>350</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786052604465</t>
+          <t>9786055513252</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Güvenliğin İlgası</t>
+          <t>Vejetaryen Külkedisi - Büyüklere Gerçekçi Bir Masal</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786052604458</t>
+          <t>9786055513313</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Kasabanın Devrimi</t>
+          <t>ÜçRenk Seçki</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>270</v>
+        <v>325</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786052604434</t>
+          <t>9786055513023</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Namlunun Ucundaki Sendika</t>
+          <t>Dereler ve İsyanlar</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786052604441</t>
+          <t>9786052601563</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Dili Yabana Sürmek</t>
+          <t>Panayırda</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052602348</t>
+          <t>9786059679923</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Dünyayı Kurtaran Öfke</t>
+          <t>Türkan Saylan - Bizim Antiprenses Serisi 1</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786052604410</t>
+          <t>9786055513641</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Ulusötesi Tarımsal Hareketlerin Siyasi Dinamikleri</t>
+          <t>Tanrı Piyasası</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>260</v>
+        <v>430</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786052604403</t>
+          <t>9786052602263</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Değişen Sinema Değişen Seyirci</t>
+          <t>Artık Hepimiz Prekaryayız</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>500</v>
+        <v>480</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786052604397</t>
+          <t>9786052604540</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Sona Doğru AKP</t>
+          <t>Perdedeki Mücadele</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>300</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786052604427</t>
+          <t>9786052604496</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Denizlerin İdamına Bir Başka Bakış</t>
+          <t>Alevi Terim ve Deyimleri Sözlüğü</t>
         </is>
       </c>
       <c r="C15" s="1">
         <v>330</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786052604380</t>
+          <t>9786052604502</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Kelebekler Sessiz Uçar/Filistin’de Savaşmış Bir Devrimcinin Anıları</t>
+          <t>Ali Rıza Binboğa Yarınlar Bizim Otobiyografi</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>320</v>
+        <v>450</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786052604373</t>
+          <t>9786059679763</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Veri Gaspı/Büyük Teknoloji’nin Yeni Sömürgeciliği ve Onunla Nasıl Mücadele Edilir?</t>
+          <t>ODTÜ: Tarih Direniyor</t>
         </is>
       </c>
       <c r="C17" s="1">
-        <v>400</v>
+        <v>800</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786052604366</t>
+          <t>9786052604472</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Çetin Uygur Kitabı</t>
+          <t>Bios</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>710</v>
+        <v>520</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786052601976</t>
+          <t>9786052604489</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Motosikletle İtalya</t>
+          <t>Veli Lök</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>275</v>
+        <v>455</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786055513399</t>
+          <t>9786052604465</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Marksizm ve Kriminoloji Teorisi</t>
+          <t>Güvenliğin İlgası</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>500</v>
+        <v>325</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786055513061</t>
+          <t>9786052604458</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Küçük Köylülüğe Sermaye Kapanı</t>
+          <t>Kasabanın Devrimi</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>190</v>
+        <v>350</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786055513290</t>
+          <t>9786052604434</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Körfez Ülkelerinde Kapitalizm ve Sınıf</t>
+          <t>Namlunun Ucundaki Sendika</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>420</v>
+        <v>325</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786055513269</t>
+          <t>9786052604441</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Havana’da Türk Tutkusu 1898</t>
+          <t>Dili Yabana Sürmek</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>350</v>
+        <v>325</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055513368</t>
+          <t>9786052602348</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Doktorlar</t>
+          <t>Dünyayı Kurtaran Öfke</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>350</v>
+        <v>400</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786055513535</t>
+          <t>9786052604410</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Genç Düşünceler (1838 - 1845)</t>
+          <t>Ulusötesi Tarımsal Hareketlerin Siyasi Dinamikleri</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>325</v>
+        <v>340</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9786055513276</t>
+          <t>9786052604403</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Clara Zetkin</t>
+          <t>Değişen Sinema Değişen Seyirci</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>350</v>
+        <v>650</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786055513375</t>
+          <t>9786052604397</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Cinselliği Kuramlaştırmak</t>
+          <t>Sona Doğru AKP</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786055513078</t>
+          <t>9786052604427</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Avukatlık Mesleğinin Ekonomi Politiği</t>
+          <t>Denizlerin İdamına Bir Başka Bakış</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>350</v>
+        <v>420</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786055513245</t>
+          <t>9786052604380</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Avukatlar Nasıl Yoldan Çıkar?</t>
+          <t>Kelebekler Sessiz Uçar/Filistin’de Savaşmış Bir Devrimcinin Anıları</t>
         </is>
       </c>
       <c r="C29" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786055513719</t>
+          <t>9786052604373</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Game Of Thrones ve Felsefe</t>
+          <t>Veri Gaspı/Büyük Teknoloji’nin Yeni Sömürgeciliği ve Onunla Nasıl Mücadele Edilir?</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>360</v>
+        <v>520</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786059020572</t>
+          <t>9786052604366</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Çağdaş Felsefeye Eleştirel Bir Giriş - Gerçekliği Geri Kazanmak</t>
+          <t>Çetin Uygur Kitabı</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>420</v>
+        <v>925</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786059020558</t>
+          <t>9786052601976</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Dijital Emek ve Karl Marx</t>
+          <t>Motosikletle İtalya</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>660</v>
+        <v>350</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786055513788</t>
+          <t>9786055513399</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Şans</t>
+          <t>Marksizm ve Kriminoloji Teorisi</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786055513979</t>
+          <t>9786055513061</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Sizin Veysel</t>
+          <t>Küçük Köylülüğe Sermaye Kapanı</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>440</v>
+        <v>190</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786052601433</t>
+          <t>9786055513290</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Feminist Sosyal Politika</t>
+          <t>Körfez Ülkelerinde Kapitalizm ve Sınıf</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>265</v>
+        <v>420</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786059020589</t>
+          <t>9786055513269</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Erkekler</t>
+          <t>Havana’da Türk Tutkusu 1898</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>280</v>
+        <v>350</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786059020831</t>
+          <t>9786055513368</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Amerikan Dış Politikası ve Düşünürleri</t>
+          <t>Devrimci Doktorlar</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786059020602</t>
+          <t>9786055513535</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Fransa Turu Tarihi</t>
+          <t>Genç Düşünceler (1838 - 1845)</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>290</v>
+        <v>325</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786055513764</t>
+          <t>9786055513276</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Küresel Gıda Düzeni</t>
+          <t>Clara Zetkin</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786055513818</t>
+          <t>9786055513375</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Değirmen - Aş</t>
+          <t>Cinselliği Kuramlaştırmak</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>150</v>
+        <v>420</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786059020626</t>
+          <t>9786055513078</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Hukuk, Adalet ve İnsan Hakları</t>
+          <t>Avukatlık Mesleğinin Ekonomi Politiği</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>325</v>
+        <v>350</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786059020169</t>
+          <t>9786055513245</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Bilişsel Kapitalizm!</t>
+          <t>Avukatlar Nasıl Yoldan Çıkar?</t>
         </is>
       </c>
       <c r="C42" s="1">
-        <v>510</v>
+        <v>300</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786059020152</t>
+          <t>9786055513719</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Sınıf Analizine Yaklaşımlar</t>
+          <t>Game Of Thrones ve Felsefe</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>440</v>
+        <v>360</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786055513948</t>
+          <t>9786059020572</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Fikret Başkaya'ya Saygı 2: Modern Zamanlar: Bir Yokmuş Bir Varmış</t>
+          <t>Çağdaş Felsefeye Eleştirel Bir Giriş - Gerçekliği Geri Kazanmak</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>180</v>
+        <v>420</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786055513931</t>
+          <t>9786059020558</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Fikret Başkaya'ya Saygı 1: Ulus, Devlet, Entelektüel</t>
+          <t>Dijital Emek ve Karl Marx</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>115</v>
+        <v>660</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786059020725</t>
+          <t>9786055513788</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Hukukun Büyübozumu</t>
+          <t>Şans</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>240</v>
+        <v>360</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786059679299</t>
+          <t>9786055513979</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Sosyal Medya: Eleştirel Bir Giriş</t>
+          <t>Sizin Veysel</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>520</v>
+        <v>580</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786059020480</t>
+          <t>9786052601433</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Kadın, Yoksul ve Kürt</t>
+          <t>Feminist Sosyal Politika</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>230</v>
+        <v>265</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786059020961</t>
+          <t>9786059020589</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>Devlet Dersi</t>
+          <t>Erkekler</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>205</v>
+        <v>280</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786059020305</t>
+          <t>9786059020831</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Öğretmen Olmak</t>
+          <t>Amerikan Dış Politikası ve Düşünürleri</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786052601662</t>
+          <t>9786059020602</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Bir Rumeli Rüyası - Eski Yugoslavya</t>
+          <t>Fransa Turu Tarihi</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786052604359</t>
+          <t>9786055513764</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Toprağın Havalanması Gerekiyordu</t>
+          <t>Küresel Gıda Düzeni</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786052604342</t>
+          <t>9786055513818</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Azandelerde Cadılık, Kehanetler ve Büyü</t>
+          <t>Değirmen - Aş</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>530</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786052604311</t>
+          <t>9786059020626</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Nüshu Kadın Yazısı</t>
+          <t>Hukuk, Adalet ve İnsan Hakları</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>470</v>
+        <v>325</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786052604335</t>
+          <t>9786059020169</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Gölköy'ün Devrimci Yolu</t>
+          <t>Bilişsel Kapitalizm!</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>265</v>
+        <v>510</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786052604328</t>
+          <t>9786059020152</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Hatice &amp; Mithat Can</t>
+          <t>Sınıf Analizine Yaklaşımlar</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>330</v>
+        <v>440</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786052604304</t>
+          <t>9786055513948</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sağ ve Solun Oluşumu ve 1975-80 “Sivil” İç Savaşı</t>
+          <t>Fikret Başkaya'ya Saygı 2: Modern Zamanlar: Bir Yokmuş Bir Varmış</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>560</v>
+        <v>180</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786052604281</t>
+          <t>9786055513931</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Fidel Castro</t>
+          <t>Fikret Başkaya'ya Saygı 1: Ulus, Devlet, Entelektüel</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>220</v>
+        <v>115</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786052604298</t>
+          <t>9786059020725</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Fidel Castro Çocukken</t>
+          <t>Hukukun Büyübozumu</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786052603499</t>
+          <t>9786059679299</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Selahattin Demirtaş: Bir Siyasi Rehinelik Öyküsü</t>
+          <t>Sosyal Medya: Eleştirel Bir Giriş</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>360</v>
+        <v>520</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786052603055</t>
+          <t>9786059020480</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Beni Tanıdın Mı?</t>
+          <t>Kadın, Yoksul ve Kürt</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>420</v>
+        <v>230</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786052602485</t>
+          <t>9786059020961</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Çişim Geldi</t>
+          <t>Devlet Dersi</t>
         </is>
       </c>
       <c r="C62" s="1">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786052604274</t>
+          <t>9786059020305</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Tanısan Severdin</t>
+          <t>Türkiye’de Öğretmen Olmak</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>260</v>
+        <v>300</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786052604250</t>
+          <t>9786052601662</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Orta Doğu’da İşçiler ve Sendikal Hareket</t>
+          <t>Bir Rumeli Rüyası - Eski Yugoslavya</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>310</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786052604267</t>
+          <t>9786052604359</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Communitas Topluluğun Kökeni ve Kaderi</t>
+          <t>Toprağın Havalanması Gerekiyordu</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>330</v>
+        <v>290</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052604243</t>
+          <t>9786052604342</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Mamak’tan Mektuplar 1981-1987</t>
+          <t>Azandelerde Cadılık, Kehanetler ve Büyü</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>385</v>
+        <v>680</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052604229</t>
+          <t>9786052604311</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Olduğu Gibi Diyaloglar</t>
+          <t>Nüshu Kadın Yazısı</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>310</v>
+        <v>610</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052604212</t>
+          <t>9786052604335</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>30 İşçi Filmi Eleştirel Analizle Türkiye’de İşçi Sınıfının Durumu</t>
+          <t>Gölköy'ün Devrimci Yolu</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>385</v>
+        <v>345</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052604236</t>
+          <t>9786052604328</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Nazım Hikmet’in Bisikleti</t>
+          <t>Hatice &amp; Mithat Can</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>310</v>
+        <v>425</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052604205</t>
+          <t>9786052604304</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Rusya’da Sendikalar, İşçi Hareketleri ve Hegemonya</t>
+          <t>Türkiye’de Sağ ve Solun Oluşumu ve 1975-80 “Sivil” İç Savaşı</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>330</v>
+        <v>730</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052604199</t>
+          <t>9786052604281</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Devrimciler de İnsandır</t>
+          <t>Fidel Castro</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052604182</t>
+          <t>9786052604298</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Sensin Saçma</t>
+          <t>Fidel Castro Çocukken</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052604175</t>
+          <t>9786052603499</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Testo Canki - Farmakopornografik Çağda Seks, Uyuşturucular ve Biyopolitika</t>
+          <t>Selahattin Demirtaş: Bir Siyasi Rehinelik Öyküsü</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>430</v>
+        <v>460</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786052604014</t>
+          <t>9786052603055</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Yapay Zekaya Direnmek</t>
+          <t>Beni Tanıdın Mı?</t>
         </is>
       </c>
       <c r="C74" s="1">
-        <v>265</v>
+        <v>550</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786052601808</t>
+          <t>9786052602485</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Çimenler - Üç Kuzucuk 1 (Ciltli)</t>
+          <t>Çişim Geldi</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786052604144</t>
+          <t>9786052604274</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Yol ve İkrar</t>
+          <t>Tanısan Severdin</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>600</v>
+        <v>340</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786052604137</t>
+          <t>9786052604250</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonundaki Kentler</t>
+          <t>Orta Doğu’da İşçiler ve Sendikal Hareket</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786052604168</t>
+          <t>9786052604267</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Darbeden Sonra Devrimci Yol 1980-1992</t>
+          <t>Communitas Topluluğun Kökeni ve Kaderi</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>530</v>
+        <v>420</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786052604151</t>
+          <t>9786052604243</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Şehrin Şeytanları</t>
+          <t>Mamak’tan Mektuplar 1981-1987</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>230</v>
+        <v>500</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786052604120</t>
+          <t>9786052604229</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>1939 Avrupa, Sovyetler Birliği, Türkiye</t>
+          <t>Olduğu Gibi Diyaloglar</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>875</v>
+        <v>400</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786052604106</t>
+          <t>9786052604212</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Doğu-Batı İkileminde ATÜT ve Politik Marksizm</t>
+          <t>30 İşçi Filmi Eleştirel Analizle Türkiye’de İşçi Sınıfının Durumu</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786052604113</t>
+          <t>9786052604236</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Yalnızlık Kuyusu</t>
+          <t>Nazım Hikmet’in Bisikleti</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>550</v>
+        <v>400</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786052604076</t>
+          <t>9786052604205</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Meci - Toplumsal Bir Hareket ve Anti-Kapitalist İhtimaller</t>
+          <t>Rusya’da Sendikalar, İşçi Hareketleri ve Hegemonya</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786052604069</t>
+          <t>9786052604199</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Mekanın [Biyo]Politikası</t>
+          <t>Devrimciler de İnsandır</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>330</v>
+        <v>400</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786052604083</t>
+          <t>9786052604182</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Müebbet Hücresinde Düşünmek</t>
+          <t>Sensin Saçma</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>310</v>
+        <v>300</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786052604090</t>
+          <t>9786052604175</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Gökkuşağı Çocuk</t>
+          <t>Testo Canki - Farmakopornografik Çağda Seks, Uyuşturucular ve Biyopolitika</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>200</v>
+        <v>560</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786052604052</t>
+          <t>9786052604014</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Büyük Hikaye</t>
+          <t>Yapay Zekaya Direnmek</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786052604038</t>
+          <t>9786052601808</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Yol Hareketi</t>
+          <t>Yeşil Çimenler - Üç Kuzucuk 1 (Ciltli)</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>530</v>
+        <v>250</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786052604045</t>
+          <t>9786052604144</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Top Oyunu - Üç Kuzucuk - 5</t>
+          <t>Yol ve İkrar</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>200</v>
+        <v>780</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786052603994</t>
+          <t>9786052604137</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>On Bin Varlık</t>
+          <t>Dünyanın Sonundaki Kentler</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786052604021</t>
+          <t>9786052604168</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Diyarbakır’da Devrimci Mücadele 1976-86</t>
+          <t>Darbeden Sonra Devrimci Yol 1980-1992</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>360</v>
+        <v>690</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786052604007</t>
+          <t>9786052604151</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Kemalizmden İslamcılığa</t>
+          <t>Şehrin Şeytanları</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>400</v>
+        <v>290</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786052603970</t>
+          <t>9786052604120</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Sağlık Emek Sürecinde “Modern Zamanlar” Şehir Hastaneleri</t>
+          <t>1939 Avrupa, Sovyetler Birliği, Türkiye</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>420</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786052603987</t>
+          <t>9786052604106</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Eylül Karanlığından</t>
+          <t>Doğu-Batı İkileminde ATÜT ve Politik Marksizm</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786052603963</t>
+          <t>9786052604113</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Bu Çağda Aile?</t>
+          <t>Yalnızlık Kuyusu</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>250</v>
+        <v>715</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786052603956</t>
+          <t>9786052604076</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Femı̇nı̇st Olan Polı̇tı̇ktı̇r</t>
+          <t>Meci - Toplumsal Bir Hareket ve Anti-Kapitalist İhtimaller</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>750</v>
+        <v>390</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786052603949</t>
+          <t>9786052604069</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Putin’in Emek İkilemi</t>
+          <t>Mekanın [Biyo]Politikası</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>450</v>
+        <v>430</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786052603932</t>
+          <t>9786052604083</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sınıf Çalışmaları</t>
+          <t>Müebbet Hücresinde Düşünmek</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786052603864</t>
+          <t>9786052604090</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Öykü Arin Kitabı</t>
+          <t>Gökkuşağı Çocuk</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>600</v>
+        <v>250</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786052603925</t>
+          <t>9786052604052</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal Otoriter Dönüşüm ve Türkiye</t>
+          <t>Büyük Hikaye</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786052603918</t>
+          <t>9786052604038</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Dersim Halk Masalları</t>
+          <t>Devrimci Yol Hareketi</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>320</v>
+        <v>690</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786059679497</t>
+          <t>9786052604045</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de İşçi Konfederasyonlarının Eğitim Faaliyeti</t>
+          <t>Top Oyunu - Üç Kuzucuk - 5</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786052603895</t>
+          <t>9786052603994</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Kadınların Seçim Hakkı (Hakk-ı İntihâb) Mücadelesi 1908-1935</t>
+          <t>On Bin Varlık</t>
         </is>
       </c>
       <c r="C103" s="1">
-        <v>320</v>
+        <v>270</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786052603901</t>
+          <t>9786052604021</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Mamak Günlüğü 1980-1989</t>
+          <t>Diyarbakır’da Devrimci Mücadele 1976-86</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>465</v>
+        <v>470</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786052603871</t>
+          <t>9786052604007</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Işid, Kobani Ve Sosyalistler</t>
+          <t>Kemalizmden İslamcılığa</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>270</v>
+        <v>520</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786052603840</t>
+          <t>9786052603970</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tıp ve Tarih: Türkiye’de Hekim Öznelliği (Ciltli)</t>
+          <t>Sağlık Emek Sürecinde “Modern Zamanlar” Şehir Hastaneleri</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>1000</v>
+        <v>550</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786052603857</t>
+          <t>9786052603987</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Şeyler Oluyor</t>
+          <t>Eylül Karanlığından</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786052603826</t>
+          <t>9786052603963</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Üniversitede Direniş ve Dayanışma - Yıkım, Sömürü ve Sivil Ölüm Rejimine Karşı Durmak</t>
+          <t>Bu Çağda Aile?</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>385</v>
+        <v>325</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786052603819</t>
+          <t>9786052603956</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Kültürel Teori ve Politika</t>
+          <t>Femı̇nı̇st Olan Polı̇tı̇ktı̇r</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>320</v>
+        <v>975</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786052603802</t>
+          <t>9786052603949</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Off Günü</t>
+          <t>Putin’in Emek İkilemi</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>250</v>
+        <v>585</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786052603833</t>
+          <t>9786052603932</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Mahalle Deyip Geçme</t>
+          <t>Türkiye’de Sınıf Çalışmaları</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>220</v>
+        <v>420</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786052603789</t>
+          <t>9786052603864</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Otomasyon ve İşin Geleceği</t>
+          <t>Öykü Arin Kitabı</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>300</v>
+        <v>780</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786052603796</t>
+          <t>9786052603925</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Anaakım Medya Alternatif Medya</t>
+          <t>Neoliberal Otoriter Dönüşüm ve Türkiye</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>320</v>
+        <v>400</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786052603772</t>
+          <t>9786052603918</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Saçımdaki Kuşlar</t>
+          <t>Dersim Halk Masalları</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>200</v>
+        <v>415</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786052603765</t>
+          <t>9786059679497</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Karşılaştırmalı Siyasette Konular ve Yöntemlere Giriş</t>
+          <t>Türkiye’de İşçi Konfederasyonlarının Eğitim Faaliyeti</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>470</v>
+        <v>280</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786052603727</t>
+          <t>9786052603895</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Roni</t>
+          <t>Türkiye’de Kadınların Seçim Hakkı (Hakk-ı İntihâb) Mücadelesi 1908-1935</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>220</v>
+        <v>410</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786052603758</t>
+          <t>9786052603901</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Bağlantının Bedelleri</t>
+          <t>Mamak Günlüğü 1980-1989</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>420</v>
+        <v>600</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786052603734</t>
+          <t>9786052603871</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Cellatlarım Olabilirsiniz Ama Yargıçlarım Asla</t>
+          <t>Işid, Kobani Ve Sosyalistler</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>175</v>
+        <v>350</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786052603710</t>
+          <t>9786052603840</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>Yaşathak Aslan Bir Uzun Yol Türküsü</t>
+          <t>Tıp ve Tarih: Türkiye’de Hekim Öznelliği (Ciltli)</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>265</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786052603741</t>
+          <t>9786052603857</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Gıda Rejimleri ve Tarım Sorunları</t>
+          <t>Tuhaf Şeyler Oluyor</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786052603666</t>
+          <t>9786052603826</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hegel’in Gölgesi - Bakunin’den Adorno’ya</t>
+          <t>Üniversitede Direniş ve Dayanışma - Yıkım, Sömürü ve Sivil Ölüm Rejimine Karşı Durmak</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>530</v>
+        <v>500</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786052603659</t>
+          <t>9786052603819</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Tercihen Çocuksuz Kadınlık Arzuları Değişirken</t>
+          <t>Kültürel Teori ve Politika</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>300</v>
+        <v>420</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786052603536</t>
+          <t>9786052603802</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Çeşmeönü - Cihangir</t>
+          <t>Off Günü</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>210</v>
+        <v>325</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786052603543</t>
+          <t>9786052603833</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Açıyorum Gözlerimi</t>
+          <t>Mahalle Deyip Geçme</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786052603550</t>
+          <t>9786052603789</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Komşu Duvarı</t>
+          <t>Otomasyon ve İşin Geleceği</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786052601587</t>
+          <t>9786052603796</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Devrimci İşçi Avrupa’da Devrimci Mücadele Seçme Yazılar (1979-1994) – Cilt 1 ve Cilt 2</t>
+          <t>Anaakım Medya Alternatif Medya</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>1800</v>
+        <v>410</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786052036037</t>
+          <t>9786052603772</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Akıl Deliği: Anadipsi</t>
+          <t>Saçımdaki Kuşlar</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786059679534</t>
+          <t>9786052603765</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Evrensel Hasım</t>
+          <t>Karşılaştırmalı Siyasette Konular ve Yöntemlere Giriş</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>385</v>
+        <v>620</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786059020992</t>
+          <t>9786052603727</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Das Yönetim</t>
+          <t>Roni</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>530</v>
+        <v>270</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
-          <t>9786055513610</t>
+          <t>9786052603758</t>
         </is>
       </c>
       <c r="B130" s="1" t="inlineStr">
         <is>
-          <t>Felsefenin Arzusu: Politika</t>
+          <t>Bağlantının Bedelleri</t>
         </is>
       </c>
       <c r="C130" s="1">
-        <v>470</v>
+        <v>550</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" s="1" t="inlineStr">
         <is>
-          <t>9786059679831</t>
+          <t>9786052603734</t>
         </is>
       </c>
       <c r="B131" s="1" t="inlineStr">
         <is>
-          <t>İnziva Diyalogları</t>
+          <t>Cellatlarım Olabilirsiniz Ama Yargıçlarım Asla</t>
         </is>
       </c>
       <c r="C131" s="1">
-        <v>240</v>
+        <v>175</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" s="1" t="inlineStr">
         <is>
-          <t>9786052601990</t>
+          <t>9786052603710</t>
         </is>
       </c>
       <c r="B132" s="1" t="inlineStr">
         <is>
-          <t>Çağrı Merkezinde Çalışmak</t>
+          <t>Yaşathak Aslan Bir Uzun Yol Türküsü</t>
         </is>
       </c>
       <c r="C132" s="1">
-        <v>190</v>
+        <v>340</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" s="1" t="inlineStr">
         <is>
-          <t>9786052602188</t>
+          <t>9786052603741</t>
         </is>
       </c>
       <c r="B133" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’nin Yakın Tarihinde Hayvanlar</t>
+          <t>Gıda Rejimleri ve Tarım Sorunları</t>
         </is>
       </c>
       <c r="C133" s="1">
-        <v>270</v>
+        <v>390</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" s="1" t="inlineStr">
         <is>
-          <t>9786052603697</t>
+          <t>9786052603666</t>
         </is>
       </c>
       <c r="B134" s="1" t="inlineStr">
         <is>
-          <t>Adrese Gerek Yok</t>
+          <t>Hegel’in Gölgesi - Bakunin’den Adorno’ya</t>
         </is>
       </c>
       <c r="C134" s="1">
-        <v>250</v>
+        <v>690</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" s="1" t="inlineStr">
         <is>
-          <t>9786052603673</t>
+          <t>9786052603659</t>
         </is>
       </c>
       <c r="B135" s="1" t="inlineStr">
         <is>
-          <t>Feminizm, Ekoloji, Toplumsal Direniş</t>
+          <t>Tercihen Çocuksuz Kadınlık Arzuları Değişirken</t>
         </is>
       </c>
       <c r="C135" s="1">
-        <v>470</v>
+        <v>390</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" s="1" t="inlineStr">
         <is>
-          <t>9786052603680</t>
+          <t>9786052603536</t>
         </is>
       </c>
       <c r="B136" s="1" t="inlineStr">
         <is>
-          <t>Yoldaşça Diyaloglar</t>
+          <t>Çeşmeönü - Cihangir</t>
         </is>
       </c>
       <c r="C136" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" s="1" t="inlineStr">
         <is>
-          <t>9786052603703</t>
+          <t>9786052603543</t>
         </is>
       </c>
       <c r="B137" s="1" t="inlineStr">
         <is>
-          <t>Fransa’da ve Türkiye’de Yoksulluğun Silüetleri Yuvayı Kaybetmek Karşılaştırmalı Konut Sorunu</t>
+          <t>Açıyorum Gözlerimi</t>
         </is>
       </c>
       <c r="C137" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" s="1" t="inlineStr">
         <is>
-          <t>9786052603635</t>
+          <t>9786052603550</t>
         </is>
       </c>
       <c r="B138" s="1" t="inlineStr">
         <is>
-          <t>Agroekoloji Bilim ve Politika</t>
+          <t>Komşu Duvarı</t>
         </is>
       </c>
       <c r="C138" s="1">
-        <v>250</v>
+        <v>300</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" s="1" t="inlineStr">
         <is>
-          <t>9786052603642</t>
+          <t>9786052601587</t>
         </is>
       </c>
       <c r="B139" s="1" t="inlineStr">
         <is>
-          <t>Modern Öykü</t>
+          <t>Devrimci İşçi Avrupa’da Devrimci Mücadele Seçme Yazılar (1979-1994) – Cilt 1 ve Cilt 2</t>
         </is>
       </c>
       <c r="C139" s="1">
-        <v>360</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" s="1" t="inlineStr">
         <is>
-          <t>9786052603611</t>
+          <t>9786052036037</t>
         </is>
       </c>
       <c r="B140" s="1" t="inlineStr">
         <is>
-          <t>Mona İris</t>
+          <t>Akıl Deliği: Anadipsi</t>
         </is>
       </c>
       <c r="C140" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" s="1" t="inlineStr">
         <is>
-          <t>9786052603628</t>
+          <t>9786059679534</t>
         </is>
       </c>
       <c r="B141" s="1" t="inlineStr">
         <is>
-          <t>Çamlık Apartmanı Gökalp, Zekeriya ve Diğerleri</t>
+          <t>Evrensel Hasım</t>
         </is>
       </c>
       <c r="C141" s="1">
-        <v>290</v>
+        <v>500</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" s="1" t="inlineStr">
         <is>
-          <t>9786052603598</t>
+          <t>9786059020992</t>
         </is>
       </c>
       <c r="B142" s="1" t="inlineStr">
         <is>
-          <t>Pinana</t>
+          <t>Das Yönetim</t>
         </is>
       </c>
       <c r="C142" s="1">
-        <v>270</v>
+        <v>690</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" s="1" t="inlineStr">
         <is>
-          <t>9786052603581</t>
+          <t>9786055513610</t>
         </is>
       </c>
       <c r="B143" s="1" t="inlineStr">
         <is>
-          <t>Salıver Uçsun İçindeki Çılgın Kuşu</t>
+          <t>Felsefenin Arzusu: Politika</t>
         </is>
       </c>
       <c r="C143" s="1">
-        <v>220</v>
+        <v>610</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" s="1" t="inlineStr">
         <is>
-          <t>9786052603574</t>
+          <t>9786059679831</t>
         </is>
       </c>
       <c r="B144" s="1" t="inlineStr">
         <is>
-          <t>Avrupa’da Sürgün, Mülteci, Göçmen Halleri</t>
+          <t>İnziva Diyalogları</t>
         </is>
       </c>
       <c r="C144" s="1">
-        <v>400</v>
+        <v>240</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" s="1" t="inlineStr">
         <is>
-          <t>9786052603567</t>
+          <t>9786052601990</t>
         </is>
       </c>
       <c r="B145" s="1" t="inlineStr">
         <is>
-          <t>Zenan Kayboldu</t>
+          <t>Çağrı Merkezinde Çalışmak</t>
         </is>
       </c>
       <c r="C145" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" s="1" t="inlineStr">
         <is>
-          <t>9786052603529</t>
+          <t>9786052602188</t>
         </is>
       </c>
       <c r="B146" s="1" t="inlineStr">
         <is>
-          <t>Öteki Öyküler</t>
+          <t>Türkiye’nin Yakın Tarihinde Hayvanlar</t>
         </is>
       </c>
       <c r="C146" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" s="1" t="inlineStr">
         <is>
-          <t>9786052603505</t>
+          <t>9786052603697</t>
         </is>
       </c>
       <c r="B147" s="1" t="inlineStr">
         <is>
-          <t>Yalanın Mimarı - Dersim'de Yok Edilişin İnşası 1</t>
+          <t>Adrese Gerek Yok</t>
         </is>
       </c>
       <c r="C147" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" s="1" t="inlineStr">
         <is>
-          <t>9786052603512</t>
+          <t>9786052603673</t>
         </is>
       </c>
       <c r="B148" s="1" t="inlineStr">
         <is>
-          <t>Hayırlı Devrimler Uşağum!</t>
+          <t>Feminizm, Ekoloji, Toplumsal Direniş</t>
         </is>
       </c>
       <c r="C148" s="1">
-        <v>260</v>
+        <v>610</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" s="1" t="inlineStr">
         <is>
-          <t>9786052602959</t>
+          <t>9786052603680</t>
         </is>
       </c>
       <c r="B149" s="1" t="inlineStr">
         <is>
-          <t>Nosotras / Nosotros</t>
+          <t>Yoldaşça Diyaloglar</t>
         </is>
       </c>
       <c r="C149" s="1">
-        <v>240</v>
+        <v>265</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" s="1" t="inlineStr">
         <is>
-          <t>9786052603482</t>
+          <t>9786052603703</t>
         </is>
       </c>
       <c r="B150" s="1" t="inlineStr">
         <is>
-          <t>İçimden İnsanlar Düşüyor</t>
+          <t>Fransa’da ve Türkiye’de Yoksulluğun Silüetleri Yuvayı Kaybetmek Karşılaştırmalı Konut Sorunu</t>
         </is>
       </c>
       <c r="C150" s="1">
-        <v>220</v>
+        <v>470</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" s="1" t="inlineStr">
         <is>
-          <t>9786052603475</t>
+          <t>9786052603635</t>
         </is>
       </c>
       <c r="B151" s="1" t="inlineStr">
         <is>
-          <t>Sözleşme</t>
+          <t>Agroekoloji Bilim ve Politika</t>
         </is>
       </c>
       <c r="C151" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" s="1" t="inlineStr">
         <is>
-          <t>9786052603178</t>
+          <t>9786052603642</t>
         </is>
       </c>
       <c r="B152" s="1" t="inlineStr">
         <is>
-          <t>Bir Başka Çanakkale</t>
+          <t>Modern Öykü</t>
         </is>
       </c>
       <c r="C152" s="1">
-        <v>330</v>
+        <v>470</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" s="1" t="inlineStr">
         <is>
-          <t>9786052603307</t>
+          <t>9786052603611</t>
         </is>
       </c>
       <c r="B153" s="1" t="inlineStr">
         <is>
-          <t>Biyopolitika - Düşünürler ve Temalar</t>
+          <t>Mona İris</t>
         </is>
       </c>
       <c r="C153" s="1">
-        <v>380</v>
+        <v>270</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" s="1" t="inlineStr">
         <is>
-          <t>9786052603277</t>
+          <t>9786052603628</t>
         </is>
       </c>
       <c r="B154" s="1" t="inlineStr">
         <is>
-          <t>Sınırları Aşmayı Öğretmek – Özgürlük Pratiği Olarak Eğitim</t>
+          <t>Çamlık Apartmanı Gökalp, Zekeriya ve Diğerleri</t>
         </is>
       </c>
       <c r="C154" s="1">
-        <v>320</v>
+        <v>370</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" s="1" t="inlineStr">
         <is>
-          <t>9786052603291</t>
+          <t>9786052603598</t>
         </is>
       </c>
       <c r="B155" s="1" t="inlineStr">
         <is>
-          <t>Öyle Mi Alay Komutanı! – Sınıf Hareketiyle İç İçe Bir Ömür</t>
+          <t>Pinana</t>
         </is>
       </c>
       <c r="C155" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" s="1" t="inlineStr">
         <is>
-          <t>9786052603253</t>
+          <t>9786052603581</t>
         </is>
       </c>
       <c r="B156" s="1" t="inlineStr">
         <is>
-          <t>Leviathan’dan Neoleviathan’a</t>
+          <t>Salıver Uçsun İçindeki Çılgın Kuşu</t>
         </is>
       </c>
       <c r="C156" s="1">
-        <v>385</v>
+        <v>280</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" s="1" t="inlineStr">
         <is>
-          <t>9786052603284</t>
+          <t>9786052603574</t>
         </is>
       </c>
       <c r="B157" s="1" t="inlineStr">
         <is>
-          <t>Tülüş</t>
+          <t>Avrupa’da Sürgün, Mülteci, Göçmen Halleri</t>
         </is>
       </c>
       <c r="C157" s="1">
-        <v>200</v>
+        <v>520</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" s="1" t="inlineStr">
         <is>
-          <t>9786052603260</t>
+          <t>9786052603567</t>
         </is>
       </c>
       <c r="B158" s="1" t="inlineStr">
         <is>
-          <t>Geçmişten Geleceğe Kıvılcımlı’yı Anlamak</t>
+          <t>Zenan Kayboldu</t>
         </is>
       </c>
       <c r="C158" s="1">
-        <v>380</v>
+        <v>270</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" s="1" t="inlineStr">
         <is>
-          <t>9786052603246</t>
+          <t>9786052603529</t>
         </is>
       </c>
       <c r="B159" s="1" t="inlineStr">
         <is>
-          <t>Hegel ve Felsefe Notları</t>
+          <t>Öteki Öyküler</t>
         </is>
       </c>
       <c r="C159" s="1">
-        <v>385</v>
+        <v>260</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" s="1" t="inlineStr">
         <is>
-          <t>9786052603208</t>
+          <t>9786052603505</t>
         </is>
       </c>
       <c r="B160" s="1" t="inlineStr">
         <is>
-          <t>Yönetim Bizde Mülkiyet Bizde</t>
+          <t>Yalanın Mimarı - Dersim'de Yok Edilişin İnşası 1</t>
         </is>
       </c>
       <c r="C160" s="1">
-        <v>580</v>
+        <v>420</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" s="1" t="inlineStr">
         <is>
-          <t>9786052603215</t>
+          <t>9786052603512</t>
         </is>
       </c>
       <c r="B161" s="1" t="inlineStr">
         <is>
-          <t>Biyopolitika 3. Cilt</t>
+          <t>Hayırlı Devrimler Uşağum!</t>
         </is>
       </c>
       <c r="C161" s="1">
-        <v>400</v>
+        <v>340</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" s="1" t="inlineStr">
         <is>
-          <t>9786052603222</t>
+          <t>9786052602959</t>
         </is>
       </c>
       <c r="B162" s="1" t="inlineStr">
         <is>
-          <t>Deliliğe Zarif Bir Giriş</t>
+          <t>Nosotras / Nosotros</t>
         </is>
       </c>
       <c r="C162" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" s="1" t="inlineStr">
         <is>
-          <t>9786052603239</t>
+          <t>9786052603482</t>
         </is>
       </c>
       <c r="B163" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Ne Yana Düşer Usta</t>
+          <t>İçimden İnsanlar Düşüyor</t>
         </is>
       </c>
       <c r="C163" s="1">
-        <v>450</v>
+        <v>270</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" s="1" t="inlineStr">
         <is>
-          <t>9786052602980</t>
+          <t>9786052603475</t>
         </is>
       </c>
       <c r="B164" s="1" t="inlineStr">
         <is>
-          <t>Yukarıdakiler ve Aşağıdakiler</t>
+          <t>Sözleşme</t>
         </is>
       </c>
       <c r="C164" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" s="1" t="inlineStr">
         <is>
-          <t>9786052603192</t>
+          <t>9786052603178</t>
         </is>
       </c>
       <c r="B165" s="1" t="inlineStr">
         <is>
-          <t>Post Sinema</t>
+          <t>Bir Başka Çanakkale</t>
         </is>
       </c>
       <c r="C165" s="1">
-        <v>375</v>
+        <v>430</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" s="1" t="inlineStr">
         <is>
-          <t>9786052603185</t>
+          <t>9786052603307</t>
         </is>
       </c>
       <c r="B166" s="1" t="inlineStr">
         <is>
-          <t>Şirketlerden Kooperatiflere Rekabetten Dayanışmaya</t>
+          <t>Biyopolitika - Düşünürler ve Temalar</t>
         </is>
       </c>
       <c r="C166" s="1">
-        <v>370</v>
+        <v>490</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" s="1" t="inlineStr">
         <is>
-          <t>9786052603154</t>
+          <t>9786052603277</t>
         </is>
       </c>
       <c r="B167" s="1" t="inlineStr">
         <is>
-          <t>Yeniden Üretilen Mekanlar</t>
+          <t>Sınırları Aşmayı Öğretmek – Özgürlük Pratiği Olarak Eğitim</t>
         </is>
       </c>
       <c r="C167" s="1">
-        <v>250</v>
+        <v>415</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" s="1" t="inlineStr">
         <is>
-          <t>9786052603161</t>
+          <t>9786052603291</t>
         </is>
       </c>
       <c r="B168" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl'da Endüstri İlişkileri</t>
+          <t>Öyle Mi Alay Komutanı! – Sınıf Hareketiyle İç İçe Bir Ömür</t>
         </is>
       </c>
       <c r="C168" s="1">
-        <v>400</v>
+        <v>580</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" s="1" t="inlineStr">
         <is>
-          <t>9786052603123</t>
+          <t>9786052603253</t>
         </is>
       </c>
       <c r="B169" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Türkiye'sinde Tarım ve Kooperatifler</t>
+          <t>Leviathan’dan Neoleviathan’a</t>
         </is>
       </c>
       <c r="C169" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" s="1" t="inlineStr">
         <is>
-          <t>9786052603147</t>
+          <t>9786052603284</t>
         </is>
       </c>
       <c r="B170" s="1" t="inlineStr">
         <is>
-          <t>Bir Senaristin Sezon Finali</t>
+          <t>Tülüş</t>
         </is>
       </c>
       <c r="C170" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" s="1" t="inlineStr">
         <is>
-          <t>9786052603093</t>
+          <t>9786052603260</t>
         </is>
       </c>
       <c r="B171" s="1" t="inlineStr">
         <is>
-          <t>Dijital Nesneler, Dijital Özneler</t>
+          <t>Geçmişten Geleceğe Kıvılcımlı’yı Anlamak</t>
         </is>
       </c>
       <c r="C171" s="1">
-        <v>415</v>
+        <v>500</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" s="1" t="inlineStr">
         <is>
-          <t>9786052603130</t>
+          <t>9786052603246</t>
         </is>
       </c>
       <c r="B172" s="1" t="inlineStr">
         <is>
-          <t>Anti-Faşizmin Estetiği</t>
+          <t>Hegel ve Felsefe Notları</t>
         </is>
       </c>
       <c r="C172" s="1">
-        <v>275</v>
+        <v>500</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" s="1" t="inlineStr">
         <is>
-          <t>9786052603116</t>
+          <t>9786052603208</t>
         </is>
       </c>
       <c r="B173" s="1" t="inlineStr">
         <is>
-          <t>Kaç Rüyadır Uçamayanlara</t>
+          <t>Yönetim Bizde Mülkiyet Bizde</t>
         </is>
       </c>
       <c r="C173" s="1">
-        <v>270</v>
+        <v>750</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" s="1" t="inlineStr">
         <is>
-          <t>9786052603109</t>
+          <t>9786052603215</t>
         </is>
       </c>
       <c r="B174" s="1" t="inlineStr">
         <is>
-          <t>Abidin</t>
+          <t>Biyopolitika 3. Cilt</t>
         </is>
       </c>
       <c r="C174" s="1">
-        <v>220</v>
+        <v>520</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" s="1" t="inlineStr">
         <is>
-          <t>9786052603079</t>
+          <t>9786052603222</t>
         </is>
       </c>
       <c r="B175" s="1" t="inlineStr">
         <is>
-          <t>Siyasi</t>
+          <t>Deliliğe Zarif Bir Giriş</t>
         </is>
       </c>
       <c r="C175" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" s="1" t="inlineStr">
         <is>
-          <t>9786052603017</t>
+          <t>9786052603239</t>
         </is>
       </c>
       <c r="B176" s="1" t="inlineStr">
         <is>
-          <t>Rusya</t>
+          <t>Ölüm Ne Yana Düşer Usta</t>
         </is>
       </c>
       <c r="C176" s="1">
-        <v>310</v>
+        <v>585</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" s="1" t="inlineStr">
         <is>
-          <t>9786052603062</t>
+          <t>9786052602980</t>
         </is>
       </c>
       <c r="B177" s="1" t="inlineStr">
         <is>
-          <t>Marksizmin Doğu’ya Açılışı</t>
+          <t>Yukarıdakiler ve Aşağıdakiler</t>
         </is>
       </c>
       <c r="C177" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" s="1" t="inlineStr">
         <is>
-          <t>9786052603024</t>
+          <t>9786052603192</t>
         </is>
       </c>
       <c r="B178" s="1" t="inlineStr">
         <is>
-          <t>Abdullah Aydın - Bir Sıra Neferi</t>
+          <t>Post Sinema</t>
         </is>
       </c>
       <c r="C178" s="1">
-        <v>220</v>
+        <v>490</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" s="1" t="inlineStr">
         <is>
-          <t>9786052603000</t>
+          <t>9786052603185</t>
         </is>
       </c>
       <c r="B179" s="1" t="inlineStr">
         <is>
-          <t>Dijital Kapitalizm Çağında Marx'ı Yeniden Okumak</t>
+          <t>Şirketlerden Kooperatiflere Rekabetten Dayanışmaya</t>
         </is>
       </c>
       <c r="C179" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" s="1" t="inlineStr">
         <is>
-          <t>9786052603031</t>
+          <t>9786052603154</t>
         </is>
       </c>
       <c r="B180" s="1" t="inlineStr">
         <is>
-          <t>Direniş Günlüğü</t>
+          <t>Yeniden Üretilen Mekanlar</t>
         </is>
       </c>
       <c r="C180" s="1">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" s="1" t="inlineStr">
         <is>
-          <t>9786052603048</t>
+          <t>9786052603161</t>
         </is>
       </c>
       <c r="B181" s="1" t="inlineStr">
         <is>
-          <t>Feminist Okumalar</t>
+          <t>21. Yüzyıl'da Endüstri İlişkileri</t>
         </is>
       </c>
       <c r="C181" s="1">
-        <v>420</v>
+        <v>520</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" s="1" t="inlineStr">
         <is>
-          <t>9786052602997</t>
+          <t>9786052603123</t>
         </is>
       </c>
       <c r="B182" s="1" t="inlineStr">
         <is>
-          <t>Göçer Dünya - Yavana</t>
+          <t>21. Yüzyıl Türkiye'sinde Tarım ve Kooperatifler</t>
         </is>
       </c>
       <c r="C182" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" s="1" t="inlineStr">
         <is>
-          <t>9786052602973</t>
+          <t>9786052603147</t>
         </is>
       </c>
       <c r="B183" s="1" t="inlineStr">
         <is>
-          <t>Kuyruklu Yalan</t>
+          <t>Bir Senaristin Sezon Finali</t>
         </is>
       </c>
       <c r="C183" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" s="1" t="inlineStr">
         <is>
-          <t>9786052602966</t>
+          <t>9786052603093</t>
         </is>
       </c>
       <c r="B184" s="1" t="inlineStr">
         <is>
-          <t>Kirpiğin Düşmesin Yere</t>
+          <t>Dijital Nesneler, Dijital Özneler</t>
         </is>
       </c>
       <c r="C184" s="1">
-        <v>220</v>
+        <v>530</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" s="1" t="inlineStr">
         <is>
-          <t>9786052602942</t>
+          <t>9786052603130</t>
         </is>
       </c>
       <c r="B185" s="1" t="inlineStr">
         <is>
-          <t>Yerçekimsiz Dünya Sineması</t>
+          <t>Anti-Faşizmin Estetiği</t>
         </is>
       </c>
       <c r="C185" s="1">
-        <v>370</v>
+        <v>360</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" s="1" t="inlineStr">
         <is>
-          <t>9786052602935</t>
+          <t>9786052603116</t>
         </is>
       </c>
       <c r="B186" s="1" t="inlineStr">
         <is>
-          <t>İyi Kötü ve Arkadaşları</t>
+          <t>Kaç Rüyadır Uçamayanlara</t>
         </is>
       </c>
       <c r="C186" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" s="1" t="inlineStr">
         <is>
-          <t>9786052602928</t>
+          <t>9786052603109</t>
         </is>
       </c>
       <c r="B187" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi 3. Cilt</t>
+          <t>Abidin</t>
         </is>
       </c>
       <c r="C187" s="1">
-        <v>660</v>
+        <v>280</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" s="1" t="inlineStr">
         <is>
-          <t>9786052602898</t>
+          <t>9786052603079</t>
         </is>
       </c>
       <c r="B188" s="1" t="inlineStr">
         <is>
-          <t>Ormandan Gece Gelen</t>
+          <t>Siyasi</t>
         </is>
       </c>
       <c r="C188" s="1">
-        <v>240</v>
+        <v>270</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" s="1" t="inlineStr">
         <is>
-          <t>9786052602881</t>
+          <t>9786052603017</t>
         </is>
       </c>
       <c r="B189" s="1" t="inlineStr">
         <is>
-          <t>Şimdi Reklamlar</t>
+          <t>Rusya</t>
         </is>
       </c>
       <c r="C189" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" s="1" t="inlineStr">
         <is>
-          <t>9786052602782</t>
+          <t>9786052603062</t>
         </is>
       </c>
       <c r="B190" s="1" t="inlineStr">
         <is>
-          <t>Tanrı Fabrikası</t>
+          <t>Marksizmin Doğu’ya Açılışı</t>
         </is>
       </c>
       <c r="C190" s="1">
-        <v>260</v>
+        <v>520</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" s="1" t="inlineStr">
         <is>
-          <t>9786052602874</t>
+          <t>9786052603024</t>
         </is>
       </c>
       <c r="B191" s="1" t="inlineStr">
         <is>
-          <t>Fareler Ülkesi</t>
+          <t>Abdullah Aydın - Bir Sıra Neferi</t>
         </is>
       </c>
       <c r="C191" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" s="1" t="inlineStr">
         <is>
-          <t>9786052602799</t>
+          <t>9786052603000</t>
         </is>
       </c>
       <c r="B192" s="1" t="inlineStr">
         <is>
-          <t>R.U.R Rossum’un Evrensel Robotları</t>
+          <t>Dijital Kapitalizm Çağında Marx'ı Yeniden Okumak</t>
         </is>
       </c>
       <c r="C192" s="1">
-        <v>220</v>
+        <v>415</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" s="1" t="inlineStr">
         <is>
-          <t>9786052602584</t>
+          <t>9786052603031</t>
         </is>
       </c>
       <c r="B193" s="1" t="inlineStr">
         <is>
-          <t>Kendinde Değil Gibisin</t>
+          <t>Direniş Günlüğü</t>
         </is>
       </c>
       <c r="C193" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" s="1" t="inlineStr">
         <is>
-          <t>9786052602768</t>
+          <t>9786052603048</t>
         </is>
       </c>
       <c r="B194" s="1" t="inlineStr">
         <is>
-          <t>Meral</t>
+          <t>Feminist Okumalar</t>
         </is>
       </c>
       <c r="C194" s="1">
-        <v>260</v>
+        <v>540</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" s="1" t="inlineStr">
         <is>
-          <t>9786052602591</t>
+          <t>9786052602997</t>
         </is>
       </c>
       <c r="B195" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Anadolu Notalarla Yolculuk</t>
+          <t>Göçer Dünya - Yavana</t>
         </is>
       </c>
       <c r="C195" s="1">
-        <v>260</v>
+        <v>350</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" s="1" t="inlineStr">
         <is>
-          <t>9786052602607</t>
+          <t>9786052602973</t>
         </is>
       </c>
       <c r="B196" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Anadolu Kültür Balonu</t>
+          <t>Kuyruklu Yalan</t>
         </is>
       </c>
       <c r="C196" s="1">
-        <v>260</v>
+        <v>270</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" s="1" t="inlineStr">
         <is>
-          <t>9786052602614</t>
+          <t>9786052602966</t>
         </is>
       </c>
       <c r="B197" s="1" t="inlineStr">
         <is>
-          <t>Rengarenk Anadolu Halk Dansları Treni</t>
+          <t>Kirpiğin Düşmesin Yere</t>
         </is>
       </c>
       <c r="C197" s="1">
-        <v>260</v>
+        <v>280</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" s="1" t="inlineStr">
         <is>
-          <t>9786052602683</t>
+          <t>9786052602942</t>
         </is>
       </c>
       <c r="B198" s="1" t="inlineStr">
         <is>
-          <t>Yeniden İnşa Et</t>
+          <t>Yerçekimsiz Dünya Sineması</t>
         </is>
       </c>
       <c r="C198" s="1">
-        <v>320</v>
+        <v>480</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" s="1" t="inlineStr">
         <is>
-          <t>9786052602652</t>
+          <t>9786052602935</t>
         </is>
       </c>
       <c r="B199" s="1" t="inlineStr">
         <is>
-          <t>Aşkın L* Hali 4. Cilt 2015-2017</t>
+          <t>İyi Kötü ve Arkadaşları</t>
         </is>
       </c>
       <c r="C199" s="1">
-        <v>250</v>
+        <v>270</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" s="1" t="inlineStr">
         <is>
-          <t>9786052602775</t>
+          <t>9786052602928</t>
         </is>
       </c>
       <c r="B200" s="1" t="inlineStr">
         <is>
-          <t>Fakir Baykurt</t>
+          <t>Felsefe Tarihi 3. Cilt</t>
         </is>
       </c>
       <c r="C200" s="1">
-        <v>200</v>
+        <v>860</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" s="1" t="inlineStr">
         <is>
-          <t>9786052602645</t>
+          <t>9786052602898</t>
         </is>
       </c>
       <c r="B201" s="1" t="inlineStr">
         <is>
-          <t>Aşkın L* Hali Cilt 3</t>
+          <t>Ormandan Gece Gelen</t>
         </is>
       </c>
       <c r="C201" s="1">
-        <v>250</v>
+        <v>310</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" s="1" t="inlineStr">
         <is>
-          <t>9786052602669</t>
+          <t>9786052602881</t>
         </is>
       </c>
       <c r="B202" s="1" t="inlineStr">
         <is>
-          <t>Aşkın L* Hali 5. Cilt 2018-2020</t>
+          <t>Şimdi Reklamlar</t>
         </is>
       </c>
       <c r="C202" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" s="1" t="inlineStr">
         <is>
-          <t>9786052602638</t>
+          <t>9786052602782</t>
         </is>
       </c>
       <c r="B203" s="1" t="inlineStr">
         <is>
-          <t>Aşkın L* Hali Cilt 2</t>
+          <t>Tanrı Fabrikası</t>
         </is>
       </c>
       <c r="C203" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" s="1" t="inlineStr">
         <is>
-          <t>9786052602621</t>
+          <t>9786052602874</t>
         </is>
       </c>
       <c r="B204" s="1" t="inlineStr">
         <is>
-          <t>Aşkın L* Hali Cilt 1</t>
+          <t>Fareler Ülkesi</t>
         </is>
       </c>
       <c r="C204" s="1">
-        <v>260</v>
+        <v>250</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" s="1" t="inlineStr">
         <is>
-          <t>9786052602676</t>
+          <t>9786052602799</t>
         </is>
       </c>
       <c r="B205" s="1" t="inlineStr">
         <is>
-          <t>Arabesk Yeniden</t>
+          <t>R.U.R Rossum’un Evrensel Robotları</t>
         </is>
       </c>
       <c r="C205" s="1">
-        <v>270</v>
+        <v>280</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" s="1" t="inlineStr">
         <is>
-          <t>9786052602515</t>
+          <t>9786052602584</t>
         </is>
       </c>
       <c r="B206" s="1" t="inlineStr">
         <is>
-          <t>Melek Gibi Bir Şey</t>
+          <t>Kendinde Değil Gibisin</t>
         </is>
       </c>
       <c r="C206" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" s="1" t="inlineStr">
         <is>
-          <t>9786052602546</t>
+          <t>9786052602768</t>
         </is>
       </c>
       <c r="B207" s="1" t="inlineStr">
         <is>
-          <t>Küresel Sendikalar Kılavuzu</t>
+          <t>Meral</t>
         </is>
       </c>
       <c r="C207" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" s="1" t="inlineStr">
         <is>
-          <t>9786052602553</t>
+          <t>9786052602591</t>
         </is>
       </c>
       <c r="B208" s="1" t="inlineStr">
         <is>
-          <t>Unutup Gitmeden</t>
+          <t>Rengarenk Anadolu Notalarla Yolculuk</t>
         </is>
       </c>
       <c r="C208" s="1">
-        <v>220</v>
+        <v>300</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" s="1" t="inlineStr">
         <is>
-          <t>9786052602539</t>
+          <t>9786052602607</t>
         </is>
       </c>
       <c r="B209" s="1" t="inlineStr">
         <is>
-          <t>Yaşamı Örgütleyen Deneyimler</t>
+          <t>Rengarenk Anadolu Kültür Balonu</t>
         </is>
       </c>
       <c r="C209" s="1">
-        <v>385</v>
+        <v>300</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" s="1" t="inlineStr">
         <is>
-          <t>9786052602522</t>
+          <t>9786052602614</t>
         </is>
       </c>
       <c r="B210" s="1" t="inlineStr">
         <is>
-          <t>Türk Basın Tarihi</t>
+          <t>Rengarenk Anadolu Halk Dansları Treni</t>
         </is>
       </c>
       <c r="C210" s="1">
-        <v>400</v>
+        <v>300</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" s="1" t="inlineStr">
         <is>
-          <t>9786052602508</t>
+          <t>9786052602683</t>
         </is>
       </c>
       <c r="B211" s="1" t="inlineStr">
         <is>
-          <t>Pazar Distopyasının Ötesi - Socialist Register 2020</t>
+          <t>Yeniden İnşa Et</t>
         </is>
       </c>
       <c r="C211" s="1">
-        <v>280</v>
+        <v>410</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" s="1" t="inlineStr">
         <is>
-          <t>9786052602577</t>
+          <t>9786052602652</t>
         </is>
       </c>
       <c r="B212" s="1" t="inlineStr">
         <is>
-          <t>Tuhaf Öyküler</t>
+          <t>Aşkın L* Hali 4. Cilt 2015-2017</t>
         </is>
       </c>
       <c r="C212" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" s="1" t="inlineStr">
         <is>
-          <t>9786052602560</t>
+          <t>9786052602775</t>
         </is>
       </c>
       <c r="B213" s="1" t="inlineStr">
         <is>
-          <t>Denize Doğru</t>
+          <t>Fakir Baykurt</t>
         </is>
       </c>
       <c r="C213" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" s="1" t="inlineStr">
         <is>
-          <t>9786052602492</t>
+          <t>9786052602645</t>
         </is>
       </c>
       <c r="B214" s="1" t="inlineStr">
         <is>
-          <t>Yaramaz Çamur</t>
+          <t>Aşkın L* Hali Cilt 3</t>
         </is>
       </c>
       <c r="C214" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" s="1" t="inlineStr">
         <is>
-          <t>9786052602461</t>
+          <t>9786052602669</t>
         </is>
       </c>
       <c r="B215" s="1" t="inlineStr">
         <is>
-          <t>Yasaklı Bölge</t>
+          <t>Aşkın L* Hali 5. Cilt 2018-2020</t>
         </is>
       </c>
       <c r="C215" s="1">
-        <v>265</v>
+        <v>325</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" s="1" t="inlineStr">
         <is>
-          <t>9786052602478</t>
+          <t>9786052602638</t>
         </is>
       </c>
       <c r="B216" s="1" t="inlineStr">
         <is>
-          <t>Beyaz Veba</t>
+          <t>Aşkın L* Hali Cilt 2</t>
         </is>
       </c>
       <c r="C216" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" s="1" t="inlineStr">
         <is>
-          <t>9786052602423</t>
+          <t>9786052602621</t>
         </is>
       </c>
       <c r="B217" s="1" t="inlineStr">
         <is>
-          <t>Az Adamla Yakalandık</t>
+          <t>Aşkın L* Hali Cilt 1</t>
         </is>
       </c>
       <c r="C217" s="1">
-        <v>250</v>
+        <v>335</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" s="1" t="inlineStr">
         <is>
-          <t>9786052602447</t>
+          <t>9786052602676</t>
         </is>
       </c>
       <c r="B218" s="1" t="inlineStr">
         <is>
-          <t>Pandemi: Salgının Medikopolitiği</t>
+          <t>Arabesk Yeniden</t>
         </is>
       </c>
       <c r="C218" s="1">
-        <v>440</v>
+        <v>350</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" s="1" t="inlineStr">
         <is>
-          <t>9786052602454</t>
+          <t>9786052602515</t>
         </is>
       </c>
       <c r="B219" s="1" t="inlineStr">
         <is>
-          <t>Kişisel Olan Politiktir</t>
+          <t>Melek Gibi Bir Şey</t>
         </is>
       </c>
       <c r="C219" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" s="1" t="inlineStr">
         <is>
-          <t>9786052602430</t>
+          <t>9786052602546</t>
         </is>
       </c>
       <c r="B220" s="1" t="inlineStr">
         <is>
-          <t>Ama Onlar Kardeştiler</t>
+          <t>Küresel Sendikalar Kılavuzu</t>
         </is>
       </c>
       <c r="C220" s="1">
-        <v>240</v>
+        <v>325</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" s="1" t="inlineStr">
         <is>
-          <t>9786052602386</t>
+          <t>9786052602553</t>
         </is>
       </c>
       <c r="B221" s="1" t="inlineStr">
         <is>
-          <t>Yedinci Günün Sabahında</t>
+          <t>Unutup Gitmeden</t>
         </is>
       </c>
       <c r="C221" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" s="1" t="inlineStr">
         <is>
-          <t>9786052602379</t>
+          <t>9786052602539</t>
         </is>
       </c>
       <c r="B222" s="1" t="inlineStr">
         <is>
-          <t>Dibe Doğru Yarış</t>
+          <t>Yaşamı Örgütleyen Deneyimler</t>
         </is>
       </c>
       <c r="C222" s="1">
-        <v>310</v>
+        <v>500</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" s="1" t="inlineStr">
         <is>
-          <t>9786052602317</t>
+          <t>9786052602522</t>
         </is>
       </c>
       <c r="B223" s="1" t="inlineStr">
         <is>
-          <t>Biz Diğerleri</t>
+          <t>Türk Basın Tarihi</t>
         </is>
       </c>
       <c r="C223" s="1">
-        <v>250</v>
+        <v>520</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" s="1" t="inlineStr">
         <is>
-          <t>9786052602362</t>
+          <t>9786052602508</t>
         </is>
       </c>
       <c r="B224" s="1" t="inlineStr">
         <is>
-          <t>Su İnsan ve Çeşmesi</t>
+          <t>Pazar Distopyasının Ötesi - Socialist Register 2020</t>
         </is>
       </c>
       <c r="C224" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" s="1" t="inlineStr">
         <is>
-          <t>9786052602355</t>
+          <t>9786052602577</t>
         </is>
       </c>
       <c r="B225" s="1" t="inlineStr">
         <is>
-          <t>İslam-Sosyalizm, Bolşevik Devrimi ve Din</t>
+          <t>Tuhaf Öyküler</t>
         </is>
       </c>
       <c r="C225" s="1">
-        <v>420</v>
+        <v>250</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" s="1" t="inlineStr">
         <is>
-          <t>9786052602225</t>
+          <t>9786052602560</t>
         </is>
       </c>
       <c r="B226" s="1" t="inlineStr">
         <is>
-          <t>Demokrat Parti ve Laiklik</t>
+          <t>Denize Doğru</t>
         </is>
       </c>
       <c r="C226" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" s="1" t="inlineStr">
         <is>
-          <t>9786052602324</t>
+          <t>9786052602492</t>
         </is>
       </c>
       <c r="B227" s="1" t="inlineStr">
         <is>
-          <t>Uçucu Bedenler</t>
+          <t>Yaramaz Çamur</t>
         </is>
       </c>
       <c r="C227" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" s="1" t="inlineStr">
         <is>
-          <t>9786052602331</t>
+          <t>9786052602461</t>
         </is>
       </c>
       <c r="B228" s="1" t="inlineStr">
         <is>
-          <t>Başkası Üzerine Düşünmek</t>
+          <t>Yasaklı Bölge</t>
         </is>
       </c>
       <c r="C228" s="1">
-        <v>310</v>
+        <v>350</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" s="1" t="inlineStr">
         <is>
-          <t>9786052602294</t>
+          <t>9786052602478</t>
         </is>
       </c>
       <c r="B229" s="1" t="inlineStr">
         <is>
-          <t>James Joyce’un Vicdanı</t>
+          <t>Beyaz Veba</t>
         </is>
       </c>
       <c r="C229" s="1">
-        <v>360</v>
+        <v>300</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" s="1" t="inlineStr">
         <is>
-          <t>9786052602287</t>
+          <t>9786052602423</t>
         </is>
       </c>
       <c r="B230" s="1" t="inlineStr">
         <is>
-          <t>Forster’da Hümanizmin Tehlikeleri</t>
+          <t>Az Adamla Yakalandık</t>
         </is>
       </c>
       <c r="C230" s="1">
-        <v>360</v>
+        <v>320</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" s="1" t="inlineStr">
         <is>
-          <t>9786052602270</t>
+          <t>9786052602447</t>
         </is>
       </c>
       <c r="B231" s="1" t="inlineStr">
         <is>
-          <t>Yirmi Birinci Yüzyılda Antikapitalist Olmak</t>
+          <t>Pandemi: Salgının Medikopolitiği</t>
         </is>
       </c>
       <c r="C231" s="1">
-        <v>265</v>
+        <v>570</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" s="1" t="inlineStr">
         <is>
-          <t>9786052602249</t>
+          <t>9786052602454</t>
         </is>
       </c>
       <c r="B232" s="1" t="inlineStr">
         <is>
-          <t>Mekan Varyasyonları</t>
+          <t>Kişisel Olan Politiktir</t>
         </is>
       </c>
       <c r="C232" s="1">
-        <v>300</v>
+        <v>520</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" s="1" t="inlineStr">
         <is>
-          <t>9786052602232</t>
+          <t>9786052602430</t>
         </is>
       </c>
       <c r="B233" s="1" t="inlineStr">
         <is>
-          <t>Kendisiymiş Gibi</t>
+          <t>Ama Onlar Kardeştiler</t>
         </is>
       </c>
       <c r="C233" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" s="1" t="inlineStr">
         <is>
-          <t>9786052036143</t>
+          <t>9786052602386</t>
         </is>
       </c>
       <c r="B234" s="1" t="inlineStr">
         <is>
-          <t>Umut Diyalogları</t>
+          <t>Yedinci Günün Sabahında</t>
         </is>
       </c>
       <c r="C234" s="1">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" s="1" t="inlineStr">
         <is>
-          <t>9786052602256</t>
+          <t>9786052602379</t>
         </is>
       </c>
       <c r="B235" s="1" t="inlineStr">
         <is>
-          <t>Bir Uzun Yolculuk</t>
+          <t>Dibe Doğru Yarış</t>
         </is>
       </c>
       <c r="C235" s="1">
-        <v>300</v>
+        <v>400</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" s="1" t="inlineStr">
         <is>
-          <t>9786052601983</t>
+          <t>9786052602317</t>
         </is>
       </c>
       <c r="B236" s="1" t="inlineStr">
         <is>
-          <t>Sandıktaki Dağın Şarkısı</t>
+          <t>Biz Diğerleri</t>
         </is>
       </c>
       <c r="C236" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" s="1" t="inlineStr">
         <is>
-          <t>9786052602140</t>
+          <t>9786052602362</t>
         </is>
       </c>
       <c r="B237" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Ardından</t>
+          <t>Su İnsan ve Çeşmesi</t>
         </is>
       </c>
       <c r="C237" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" s="1" t="inlineStr">
         <is>
-          <t>9786052602195</t>
+          <t>9786052602355</t>
         </is>
       </c>
       <c r="B238" s="1" t="inlineStr">
         <is>
-          <t>Bitmesi Gerektiği Gibi</t>
+          <t>İslam-Sosyalizm, Bolşevik Devrimi ve Din</t>
         </is>
       </c>
       <c r="C238" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" s="1" t="inlineStr">
         <is>
-          <t>9786052602201</t>
+          <t>9786052602225</t>
         </is>
       </c>
       <c r="B239" s="1" t="inlineStr">
         <is>
-          <t>Suyun Şarkısı</t>
+          <t>Demokrat Parti ve Laiklik</t>
         </is>
       </c>
       <c r="C239" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" s="1" t="inlineStr">
         <is>
-          <t>9786052602218</t>
+          <t>9786052602324</t>
         </is>
       </c>
       <c r="B240" s="1" t="inlineStr">
         <is>
-          <t>Yazıcı Manea</t>
+          <t>Uçucu Bedenler</t>
         </is>
       </c>
       <c r="C240" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" s="1" t="inlineStr">
         <is>
-          <t>9786052602096</t>
+          <t>9786052602331</t>
         </is>
       </c>
       <c r="B241" s="1" t="inlineStr">
         <is>
-          <t>Bir Gün Sineği</t>
+          <t>Başkası Üzerine Düşünmek</t>
         </is>
       </c>
       <c r="C241" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" s="1" t="inlineStr">
         <is>
-          <t>9786052602164</t>
+          <t>9786052602294</t>
         </is>
       </c>
       <c r="B242" s="1" t="inlineStr">
         <is>
-          <t>Krize Karşı Kooperatifler</t>
+          <t>James Joyce’un Vicdanı</t>
         </is>
       </c>
       <c r="C242" s="1">
-        <v>420</v>
+        <v>470</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" s="1" t="inlineStr">
         <is>
-          <t>9786052602126</t>
+          <t>9786052602287</t>
         </is>
       </c>
       <c r="B243" s="1" t="inlineStr">
         <is>
-          <t>Şarkılı Oyunlu Şiirler</t>
+          <t>Forster’da Hümanizmin Tehlikeleri</t>
         </is>
       </c>
       <c r="C243" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" s="1" t="inlineStr">
         <is>
-          <t>9786052602119</t>
+          <t>9786052602270</t>
         </is>
       </c>
       <c r="B244" s="1" t="inlineStr">
         <is>
-          <t>Şarkılı Oyunlu Şiirler (Ciltli)</t>
+          <t>Yirmi Birinci Yüzyılda Antikapitalist Olmak</t>
         </is>
       </c>
       <c r="C244" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" s="1" t="inlineStr">
         <is>
-          <t>9786052602157</t>
+          <t>9786052602249</t>
         </is>
       </c>
       <c r="B245" s="1" t="inlineStr">
         <is>
-          <t>Siyasette Dinselleşme</t>
+          <t>Mekan Varyasyonları</t>
         </is>
       </c>
       <c r="C245" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" s="1" t="inlineStr">
         <is>
-          <t>9786052602102</t>
+          <t>9786052602232</t>
         </is>
       </c>
       <c r="B246" s="1" t="inlineStr">
         <is>
-          <t>Toprak Kanayınca</t>
+          <t>Kendisiymiş Gibi</t>
         </is>
       </c>
       <c r="C246" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" s="1" t="inlineStr">
         <is>
-          <t>9786052602133</t>
+          <t>9786052036143</t>
         </is>
       </c>
       <c r="B247" s="1" t="inlineStr">
         <is>
-          <t>İnsan Barışla Yaşar</t>
+          <t>Umut Diyalogları</t>
         </is>
       </c>
       <c r="C247" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" s="1" t="inlineStr">
         <is>
-          <t>9786052602072</t>
+          <t>9786052602256</t>
         </is>
       </c>
       <c r="B248" s="1" t="inlineStr">
         <is>
-          <t>Görsel Kültür ve Fotoğrafın İzinde İnstagram</t>
+          <t>Bir Uzun Yolculuk</t>
         </is>
       </c>
       <c r="C248" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" s="1" t="inlineStr">
         <is>
-          <t>9786052602065</t>
+          <t>9786052601983</t>
         </is>
       </c>
       <c r="B249" s="1" t="inlineStr">
         <is>
-          <t>Gerçek Hayat</t>
+          <t>Sandıktaki Dağın Şarkısı</t>
         </is>
       </c>
       <c r="C249" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" s="1" t="inlineStr">
         <is>
-          <t>9786052602058</t>
+          <t>9786052602140</t>
         </is>
       </c>
       <c r="B250" s="1" t="inlineStr">
         <is>
-          <t>Modern Çin Edebiyatının Öyküsü</t>
+          <t>Deniz'in Ardından</t>
         </is>
       </c>
       <c r="C250" s="1">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" s="1" t="inlineStr">
         <is>
-          <t>9786052602089</t>
+          <t>9786052602195</t>
         </is>
       </c>
       <c r="B251" s="1" t="inlineStr">
         <is>
-          <t>Hekimler Suç İşliyor</t>
+          <t>Bitmesi Gerektiği Gibi</t>
         </is>
       </c>
       <c r="C251" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" s="1" t="inlineStr">
         <is>
-          <t>9786052602034</t>
+          <t>9786052602201</t>
         </is>
       </c>
       <c r="B252" s="1" t="inlineStr">
         <is>
-          <t>Neoliberalizm, Bilgi ve  Üniversiteler</t>
+          <t>Suyun Şarkısı</t>
         </is>
       </c>
       <c r="C252" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" s="1" t="inlineStr">
         <is>
-          <t>9786052602003</t>
+          <t>9786052602218</t>
         </is>
       </c>
       <c r="B253" s="1" t="inlineStr">
         <is>
-          <t>Barış Akademisyenlerinden Hudut Dışı Öyküler</t>
+          <t>Yazıcı Manea</t>
         </is>
       </c>
       <c r="C253" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" s="1" t="inlineStr">
         <is>
-          <t>9786052602041</t>
+          <t>9786052602096</t>
         </is>
       </c>
       <c r="B254" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi 2. Cilt</t>
+          <t>Bir Gün Sineği</t>
         </is>
       </c>
       <c r="C254" s="1">
-        <v>600</v>
+        <v>260</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" s="1" t="inlineStr">
         <is>
-          <t>9786052601846</t>
+          <t>9786052602164</t>
         </is>
       </c>
       <c r="B255" s="1" t="inlineStr">
         <is>
-          <t>Mut Teyze'nin Bahçesi (Ciltli)</t>
+          <t>Krize Karşı Kooperatifler</t>
         </is>
       </c>
       <c r="C255" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" s="1" t="inlineStr">
         <is>
-          <t>9786052601884</t>
+          <t>9786052602126</t>
         </is>
       </c>
       <c r="B256" s="1" t="inlineStr">
         <is>
-          <t>Fenerbahçe Sözlüğü</t>
+          <t>Şarkılı Oyunlu Şiirler</t>
         </is>
       </c>
       <c r="C256" s="1">
-        <v>400</v>
+        <v>250</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" s="1" t="inlineStr">
         <is>
-          <t>9786052602010</t>
+          <t>9786052602119</t>
         </is>
       </c>
       <c r="B257" s="1" t="inlineStr">
         <is>
-          <t>Mut Teyze’nin Bahçesi</t>
+          <t>Şarkılı Oyunlu Şiirler (Ciltli)</t>
         </is>
       </c>
       <c r="C257" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" s="1" t="inlineStr">
         <is>
-          <t>9786052601952</t>
+          <t>9786052602157</t>
         </is>
       </c>
       <c r="B258" s="1" t="inlineStr">
         <is>
-          <t>38’lik Mıh</t>
+          <t>Siyasette Dinselleşme</t>
         </is>
       </c>
       <c r="C258" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" s="1" t="inlineStr">
         <is>
-          <t>9786052601860</t>
+          <t>9786052602102</t>
         </is>
       </c>
       <c r="B259" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal İktidar ve Özne</t>
+          <t>Toprak Kanayınca</t>
         </is>
       </c>
       <c r="C259" s="1">
-        <v>330</v>
+        <v>230</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" s="1" t="inlineStr">
         <is>
-          <t>9786052601785</t>
+          <t>9786052602133</t>
         </is>
       </c>
       <c r="B260" s="1" t="inlineStr">
         <is>
-          <t>En Çok Seni Bekledim</t>
+          <t>İnsan Barışla Yaşar</t>
         </is>
       </c>
       <c r="C260" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" s="1" t="inlineStr">
         <is>
-          <t>9786052601853</t>
+          <t>9786052602072</t>
         </is>
       </c>
       <c r="B261" s="1" t="inlineStr">
         <is>
-          <t>Dersim Üç Dağ İçinde</t>
+          <t>Görsel Kültür ve Fotoğrafın İzinde İnstagram</t>
         </is>
       </c>
       <c r="C261" s="1">
-        <v>360</v>
+        <v>280</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" s="1" t="inlineStr">
         <is>
-          <t>9786052601945</t>
+          <t>9786052602065</t>
         </is>
       </c>
       <c r="B262" s="1" t="inlineStr">
         <is>
-          <t>Mama Habsinas - Kadim Medeniyetin Batmayan Güneşi</t>
+          <t>Gerçek Hayat</t>
         </is>
       </c>
       <c r="C262" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" s="1" t="inlineStr">
         <is>
-          <t>9786052601914</t>
+          <t>9786052602058</t>
         </is>
       </c>
       <c r="B263" s="1" t="inlineStr">
         <is>
-          <t>Sıcacık Bir Ev</t>
+          <t>Modern Çin Edebiyatının Öyküsü</t>
         </is>
       </c>
       <c r="C263" s="1">
-        <v>220</v>
+        <v>340</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" s="1" t="inlineStr">
         <is>
-          <t>9786052601907</t>
+          <t>9786052602089</t>
         </is>
       </c>
       <c r="B264" s="1" t="inlineStr">
         <is>
-          <t>Bir Kalem Kuş Olmuş</t>
+          <t>Hekimler Suç İşliyor</t>
         </is>
       </c>
       <c r="C264" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" s="1" t="inlineStr">
         <is>
-          <t>9786052601938</t>
+          <t>9786052602034</t>
         </is>
       </c>
       <c r="B265" s="1" t="inlineStr">
         <is>
-          <t>Yüreğim Sol’madan</t>
+          <t>Neoliberalizm, Bilgi ve  Üniversiteler</t>
         </is>
       </c>
       <c r="C265" s="1">
         <v>420</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" s="1" t="inlineStr">
         <is>
-          <t>9786052601891</t>
+          <t>9786052602003</t>
         </is>
       </c>
       <c r="B266" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yeniden Şekillenirken 2</t>
+          <t>Barış Akademisyenlerinden Hudut Dışı Öyküler</t>
         </is>
       </c>
       <c r="C266" s="1">
         <v>310</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" s="1" t="inlineStr">
         <is>
-          <t>9786052601921</t>
+          <t>9786052602041</t>
         </is>
       </c>
       <c r="B267" s="1" t="inlineStr">
         <is>
-          <t>Optik Başkan</t>
+          <t>Felsefe Tarihi 2. Cilt</t>
         </is>
       </c>
       <c r="C267" s="1">
-        <v>200</v>
+        <v>780</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" s="1" t="inlineStr">
         <is>
-          <t>9786052601822</t>
+          <t>9786052601846</t>
         </is>
       </c>
       <c r="B268" s="1" t="inlineStr">
         <is>
-          <t>Oyun Parkında - Üç Kuzucuk 4 (Ciltli)</t>
+          <t>Mut Teyze'nin Bahçesi (Ciltli)</t>
         </is>
       </c>
       <c r="C268" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" s="1" t="inlineStr">
         <is>
-          <t>9786052601815</t>
+          <t>9786052601884</t>
         </is>
       </c>
       <c r="B269" s="1" t="inlineStr">
         <is>
-          <t>Annemiz Pasta Yapacak - Üç Kuzucuk 2 (Ciltli)</t>
+          <t>Fenerbahçe Sözlüğü</t>
         </is>
       </c>
       <c r="C269" s="1">
-        <v>200</v>
+        <v>500</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" s="1" t="inlineStr">
         <is>
-          <t>9786052601839</t>
+          <t>9786052602010</t>
         </is>
       </c>
       <c r="B270" s="1" t="inlineStr">
         <is>
-          <t>Büyük Şenlik Günü - Üç Kuzucuk 3 (Ciltli)</t>
+          <t>Mut Teyze’nin Bahçesi</t>
         </is>
       </c>
       <c r="C270" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" s="1" t="inlineStr">
         <is>
-          <t>9786052601792</t>
+          <t>9786052601952</t>
         </is>
       </c>
       <c r="B271" s="1" t="inlineStr">
         <is>
-          <t>Düşman Ceza Hukuku</t>
+          <t>38’lik Mıh</t>
         </is>
       </c>
       <c r="C271" s="1">
-        <v>330</v>
+        <v>325</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" s="1" t="inlineStr">
         <is>
-          <t>9786052601778</t>
+          <t>9786052601860</t>
         </is>
       </c>
       <c r="B272" s="1" t="inlineStr">
         <is>
-          <t>Gülüşün Çürümüş Menteşesi</t>
+          <t>Neoliberal İktidar ve Özne</t>
         </is>
       </c>
       <c r="C272" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" s="1" t="inlineStr">
         <is>
-          <t>9786052601730</t>
+          <t>9786052601785</t>
         </is>
       </c>
       <c r="B273" s="1" t="inlineStr">
         <is>
-          <t>Abim Benden Daha İyi</t>
+          <t>En Çok Seni Bekledim</t>
         </is>
       </c>
       <c r="C273" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" s="1" t="inlineStr">
         <is>
-          <t>9786052601761</t>
+          <t>9786052601853</t>
         </is>
       </c>
       <c r="B274" s="1" t="inlineStr">
         <is>
-          <t>Dikkat Kedi Var!</t>
+          <t>Dersim Üç Dağ İçinde</t>
         </is>
       </c>
       <c r="C274" s="1">
-        <v>200</v>
+        <v>460</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" s="1" t="inlineStr">
         <is>
-          <t>9786052601747</t>
+          <t>9786052601945</t>
         </is>
       </c>
       <c r="B275" s="1" t="inlineStr">
         <is>
-          <t>Sağlığın Sosyal Hali</t>
+          <t>Mama Habsinas - Kadim Medeniyetin Batmayan Güneşi</t>
         </is>
       </c>
       <c r="C275" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" s="1" t="inlineStr">
         <is>
-          <t>9786052601716</t>
+          <t>9786052601914</t>
         </is>
       </c>
       <c r="B276" s="1" t="inlineStr">
         <is>
-          <t>Umuduna Yaşamak</t>
+          <t>Sıcacık Bir Ev</t>
         </is>
       </c>
       <c r="C276" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" s="1" t="inlineStr">
         <is>
-          <t>9786052601686</t>
+          <t>9786052601907</t>
         </is>
       </c>
       <c r="B277" s="1" t="inlineStr">
         <is>
-          <t>Büyük Umutlar Müzikholü</t>
+          <t>Bir Kalem Kuş Olmuş</t>
         </is>
       </c>
       <c r="C277" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" s="1" t="inlineStr">
         <is>
-          <t>9786052601655</t>
+          <t>9786052601938</t>
         </is>
       </c>
       <c r="B278" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Sınırlarında Gazeteciler ve Proleterleşme</t>
+          <t>Yüreğim Sol’madan</t>
         </is>
       </c>
       <c r="C278" s="1">
-        <v>375</v>
+        <v>550</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" s="1" t="inlineStr">
         <is>
-          <t>9786052601617</t>
+          <t>9786052601891</t>
         </is>
       </c>
       <c r="B279" s="1" t="inlineStr">
         <is>
-          <t>Bana Öyle Tuhaf Bakma</t>
+          <t>Dünya Yeniden Şekillenirken 2</t>
         </is>
       </c>
       <c r="C279" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" s="1" t="inlineStr">
         <is>
-          <t>9786052601679</t>
+          <t>9786052601921</t>
         </is>
       </c>
       <c r="B280" s="1" t="inlineStr">
         <is>
-          <t>Kıyamet Ha Kıyamet</t>
+          <t>Optik Başkan</t>
         </is>
       </c>
       <c r="C280" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" s="1" t="inlineStr">
         <is>
-          <t>9786052601556</t>
+          <t>9786052601822</t>
         </is>
       </c>
       <c r="B281" s="1" t="inlineStr">
         <is>
-          <t>Muhafazakar Kentin İnşası</t>
+          <t>Oyun Parkında - Üç Kuzucuk 4 (Ciltli)</t>
         </is>
       </c>
       <c r="C281" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" s="1" t="inlineStr">
         <is>
-          <t>9786052601532</t>
+          <t>9786052601815</t>
         </is>
       </c>
       <c r="B282" s="1" t="inlineStr">
         <is>
-          <t>Kanaryam</t>
+          <t>Annemiz Pasta Yapacak - Üç Kuzucuk 2 (Ciltli)</t>
         </is>
       </c>
       <c r="C282" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" s="1" t="inlineStr">
         <is>
-          <t>9786052601549</t>
+          <t>9786052601839</t>
         </is>
       </c>
       <c r="B283" s="1" t="inlineStr">
         <is>
-          <t>Şemsiye</t>
+          <t>Büyük Şenlik Günü - Üç Kuzucuk 3 (Ciltli)</t>
         </is>
       </c>
       <c r="C283" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" s="1" t="inlineStr">
         <is>
-          <t>9786052601525</t>
+          <t>9786052601792</t>
         </is>
       </c>
       <c r="B284" s="1" t="inlineStr">
         <is>
-          <t>Emeğin Prokrustes Yatağı</t>
+          <t>Düşman Ceza Hukuku</t>
         </is>
       </c>
       <c r="C284" s="1">
-        <v>300</v>
+        <v>430</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" s="1" t="inlineStr">
         <is>
-          <t>9786052601488</t>
+          <t>9786052601778</t>
         </is>
       </c>
       <c r="B285" s="1" t="inlineStr">
         <is>
-          <t>Savaş Köprüleri Vurur</t>
+          <t>Gülüşün Çürümüş Menteşesi</t>
         </is>
       </c>
       <c r="C285" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" s="1" t="inlineStr">
         <is>
-          <t>9786052601570</t>
+          <t>9786052601730</t>
         </is>
       </c>
       <c r="B286" s="1" t="inlineStr">
         <is>
-          <t>Önsevişmesiz Çocuklar</t>
+          <t>Abim Benden Daha İyi</t>
         </is>
       </c>
       <c r="C286" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" s="1" t="inlineStr">
         <is>
-          <t>9786052601518</t>
+          <t>9786052601761</t>
         </is>
       </c>
       <c r="B287" s="1" t="inlineStr">
         <is>
-          <t>Marx’ın Orkestrası</t>
+          <t>Dikkat Kedi Var!</t>
         </is>
       </c>
       <c r="C287" s="1">
-        <v>265</v>
+        <v>200</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" s="1" t="inlineStr">
         <is>
-          <t>9786052601495</t>
+          <t>9786052601747</t>
         </is>
       </c>
       <c r="B288" s="1" t="inlineStr">
         <is>
-          <t>Çobanaldatan</t>
+          <t>Sağlığın Sosyal Hali</t>
         </is>
       </c>
       <c r="C288" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" s="1" t="inlineStr">
         <is>
-          <t>9786052601501</t>
+          <t>9786052601716</t>
         </is>
       </c>
       <c r="B289" s="1" t="inlineStr">
         <is>
-          <t>Çok Çağı</t>
+          <t>Umuduna Yaşamak</t>
         </is>
       </c>
       <c r="C289" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" s="1" t="inlineStr">
         <is>
-          <t>9786052601471</t>
+          <t>9786052601686</t>
         </is>
       </c>
       <c r="B290" s="1" t="inlineStr">
         <is>
-          <t>Ah Kamila</t>
+          <t>Büyük Umutlar Müzikholü</t>
         </is>
       </c>
       <c r="C290" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" s="1" t="inlineStr">
         <is>
-          <t>9786052601464</t>
+          <t>9786052601655</t>
         </is>
       </c>
       <c r="B291" s="1" t="inlineStr">
         <is>
-          <t>Kamusallık ve Tecrübe</t>
+          <t>Sınıfın Sınırlarında Gazeteciler ve Proleterleşme</t>
         </is>
       </c>
       <c r="C291" s="1">
-        <v>570</v>
+        <v>490</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" s="1" t="inlineStr">
         <is>
-          <t>9786052601457</t>
+          <t>9786052601617</t>
         </is>
       </c>
       <c r="B292" s="1" t="inlineStr">
         <is>
-          <t>Toplumsal Varlığın Ontolojisi - Hegel, Marx, Emek</t>
+          <t>Bana Öyle Tuhaf Bakma</t>
         </is>
       </c>
       <c r="C292" s="1">
-        <v>580</v>
+        <v>250</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" s="1" t="inlineStr">
         <is>
-          <t>9786052601396</t>
+          <t>9786052601679</t>
         </is>
       </c>
       <c r="B293" s="1" t="inlineStr">
         <is>
-          <t>Hep Aşka Dair</t>
+          <t>Kıyamet Ha Kıyamet</t>
         </is>
       </c>
       <c r="C293" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" s="1" t="inlineStr">
         <is>
-          <t>9786052036495</t>
+          <t>9786052601556</t>
         </is>
       </c>
       <c r="B294" s="1" t="inlineStr">
         <is>
-          <t>Sınıfta İsyan Var</t>
+          <t>Muhafazakar Kentin İnşası</t>
         </is>
       </c>
       <c r="C294" s="1">
-        <v>260</v>
+        <v>450</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" s="1" t="inlineStr">
         <is>
-          <t>9786052600610</t>
+          <t>9786052601532</t>
         </is>
       </c>
       <c r="B295" s="1" t="inlineStr">
         <is>
-          <t>Piyasa Hukukunun İnşası</t>
+          <t>Kanaryam</t>
         </is>
       </c>
       <c r="C295" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" s="1" t="inlineStr">
         <is>
-          <t>9786052601402</t>
+          <t>9786052601549</t>
         </is>
       </c>
       <c r="B296" s="1" t="inlineStr">
         <is>
-          <t>Güney Sosyolojisi ve Türkiye'de Sosyoloji</t>
+          <t>Şemsiye</t>
         </is>
       </c>
       <c r="C296" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" s="1" t="inlineStr">
         <is>
-          <t>9786052036532</t>
+          <t>9786052601525</t>
         </is>
       </c>
       <c r="B297" s="1" t="inlineStr">
         <is>
-          <t>Küçük Balık Kızılcık</t>
+          <t>Emeğin Prokrustes Yatağı</t>
         </is>
       </c>
       <c r="C297" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" s="1" t="inlineStr">
         <is>
-          <t>9786052036563</t>
+          <t>9786052601488</t>
         </is>
       </c>
       <c r="B298" s="1" t="inlineStr">
         <is>
-          <t>Minik Yeşil Kurbağa</t>
+          <t>Savaş Köprüleri Vurur</t>
         </is>
       </c>
       <c r="C298" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" s="1" t="inlineStr">
         <is>
-          <t>9786052036549</t>
+          <t>9786052601570</t>
         </is>
       </c>
       <c r="B299" s="1" t="inlineStr">
         <is>
-          <t>Kırçıl Horoz</t>
+          <t>Önsevişmesiz Çocuklar</t>
         </is>
       </c>
       <c r="C299" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" s="1" t="inlineStr">
         <is>
-          <t>9786052036525</t>
+          <t>9786052601518</t>
         </is>
       </c>
       <c r="B300" s="1" t="inlineStr">
         <is>
-          <t>Demet'in Bahçesi</t>
+          <t>Marx’ın Orkestrası</t>
         </is>
       </c>
       <c r="C300" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" s="1" t="inlineStr">
         <is>
-          <t>9786052036556</t>
+          <t>9786052601495</t>
         </is>
       </c>
       <c r="B301" s="1" t="inlineStr">
         <is>
-          <t>Küçük Mor Balık</t>
+          <t>Çobanaldatan</t>
         </is>
       </c>
       <c r="C301" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" s="1" t="inlineStr">
         <is>
-          <t>9786052036518</t>
+          <t>9786052601501</t>
         </is>
       </c>
       <c r="B302" s="1" t="inlineStr">
         <is>
-          <t>Işıltılar İmgeler</t>
+          <t>Çok Çağı</t>
         </is>
       </c>
       <c r="C302" s="1">
-        <v>240</v>
+        <v>280</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" s="1" t="inlineStr">
         <is>
-          <t>9786052036488</t>
+          <t>9786052601471</t>
         </is>
       </c>
       <c r="B303" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Hayatta</t>
+          <t>Ah Kamila</t>
         </is>
       </c>
       <c r="C303" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" s="1" t="inlineStr">
         <is>
-          <t>9786052036471</t>
+          <t>9786052601464</t>
         </is>
       </c>
       <c r="B304" s="1" t="inlineStr">
         <is>
-          <t>Bir Sınırda Hapsolmak - Ulus</t>
+          <t>Kamusallık ve Tecrübe</t>
         </is>
       </c>
       <c r="C304" s="1">
-        <v>260</v>
+        <v>740</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" s="1" t="inlineStr">
         <is>
-          <t>9786052036389</t>
+          <t>9786052601457</t>
         </is>
       </c>
       <c r="B305" s="1" t="inlineStr">
         <is>
-          <t>Charlotte’nin Sihirli Gözlükleri</t>
+          <t>Toplumsal Varlığın Ontolojisi - Hegel, Marx, Emek</t>
         </is>
       </c>
       <c r="C305" s="1">
-        <v>200</v>
+        <v>750</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" s="1" t="inlineStr">
         <is>
-          <t>9786052036464</t>
+          <t>9786052601396</t>
         </is>
       </c>
       <c r="B306" s="1" t="inlineStr">
         <is>
-          <t>Nosotros</t>
+          <t>Hep Aşka Dair</t>
         </is>
       </c>
       <c r="C306" s="1">
-        <v>210</v>
+        <v>470</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" s="1" t="inlineStr">
         <is>
-          <t>9786052036440</t>
+          <t>9786052036495</t>
         </is>
       </c>
       <c r="B307" s="1" t="inlineStr">
         <is>
-          <t>Meraklı Mişka 1</t>
+          <t>Sınıfta İsyan Var</t>
         </is>
       </c>
       <c r="C307" s="1">
-        <v>200</v>
+        <v>330</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" s="1" t="inlineStr">
         <is>
-          <t>9786052036419</t>
+          <t>9786052600610</t>
         </is>
       </c>
       <c r="B308" s="1" t="inlineStr">
         <is>
-          <t>Muratdağı Efsanesi</t>
+          <t>Piyasa Hukukunun İnşası</t>
         </is>
       </c>
       <c r="C308" s="1">
-        <v>190</v>
+        <v>300</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" s="1" t="inlineStr">
         <is>
-          <t>9786052036396</t>
+          <t>9786052601402</t>
         </is>
       </c>
       <c r="B309" s="1" t="inlineStr">
         <is>
-          <t>Masal'ın Masalı</t>
+          <t>Güney Sosyolojisi ve Türkiye'de Sosyoloji</t>
         </is>
       </c>
       <c r="C309" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" s="1" t="inlineStr">
         <is>
-          <t>9786052036426</t>
+          <t>9786052036532</t>
         </is>
       </c>
       <c r="B310" s="1" t="inlineStr">
         <is>
-          <t>Çoban ile Su Perisi</t>
+          <t>Küçük Balık Kızılcık</t>
         </is>
       </c>
       <c r="C310" s="1">
-        <v>165</v>
+        <v>250</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" s="1" t="inlineStr">
         <is>
-          <t>9786052036358</t>
+          <t>9786052036563</t>
         </is>
       </c>
       <c r="B311" s="1" t="inlineStr">
         <is>
-          <t>Queer Marksizme Doğru</t>
+          <t>Minik Yeşil Kurbağa</t>
         </is>
       </c>
       <c r="C311" s="1">
-        <v>360</v>
+        <v>250</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" s="1" t="inlineStr">
         <is>
-          <t>9786052036402</t>
+          <t>9786052036549</t>
         </is>
       </c>
       <c r="B312" s="1" t="inlineStr">
         <is>
-          <t>Felsefe Tarihi - 1. Cilt</t>
+          <t>Kırçıl Horoz</t>
         </is>
       </c>
       <c r="C312" s="1">
-        <v>660</v>
+        <v>250</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" s="1" t="inlineStr">
         <is>
-          <t>9786052036433</t>
+          <t>9786052036525</t>
         </is>
       </c>
       <c r="B313" s="1" t="inlineStr">
         <is>
-          <t>Üvey</t>
+          <t>Demet'in Bahçesi</t>
         </is>
       </c>
       <c r="C313" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" s="1" t="inlineStr">
         <is>
-          <t>9786052036372</t>
+          <t>9786052036556</t>
         </is>
       </c>
       <c r="B314" s="1" t="inlineStr">
         <is>
-          <t>Thomas’ın Kar Tulumu</t>
+          <t>Küçük Mor Balık</t>
         </is>
       </c>
       <c r="C314" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" s="1" t="inlineStr">
         <is>
-          <t>9786052036365</t>
+          <t>9786052036518</t>
         </is>
       </c>
       <c r="B315" s="1" t="inlineStr">
         <is>
-          <t>Stephanie’nin At Kuyruğu</t>
+          <t>Işıltılar İmgeler</t>
         </is>
       </c>
       <c r="C315" s="1">
-        <v>200</v>
+        <v>310</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" s="1" t="inlineStr">
         <is>
-          <t>9786052036334</t>
+          <t>9786052036488</t>
         </is>
       </c>
       <c r="B316" s="1" t="inlineStr">
         <is>
-          <t>Akademisyenlerden KHK Öyküleri</t>
+          <t>Başka Bir Hayatta</t>
         </is>
       </c>
       <c r="C316" s="1">
-        <v>330</v>
+        <v>260</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" s="1" t="inlineStr">
         <is>
-          <t>9786052036341</t>
+          <t>9786052036471</t>
         </is>
       </c>
       <c r="B317" s="1" t="inlineStr">
         <is>
-          <t>Yeşil Bir Ülke</t>
+          <t>Bir Sınırda Hapsolmak - Ulus</t>
         </is>
       </c>
       <c r="C317" s="1">
-        <v>220</v>
+        <v>330</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" s="1" t="inlineStr">
         <is>
-          <t>9786052036327</t>
+          <t>9786052036389</t>
         </is>
       </c>
       <c r="B318" s="1" t="inlineStr">
         <is>
-          <t>Psikanalitik Duyarlıklı Bakışla Romanları Yaşamak</t>
+          <t>Charlotte’nin Sihirli Gözlükleri</t>
         </is>
       </c>
       <c r="C318" s="1">
-        <v>270</v>
+        <v>250</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" s="1" t="inlineStr">
         <is>
-          <t>9786052036297</t>
+          <t>9786052036464</t>
         </is>
       </c>
       <c r="B319" s="1" t="inlineStr">
         <is>
-          <t>Hastalık</t>
+          <t>Nosotros</t>
         </is>
       </c>
       <c r="C319" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" s="1" t="inlineStr">
         <is>
-          <t>9786052036303</t>
+          <t>9786052036440</t>
         </is>
       </c>
       <c r="B320" s="1" t="inlineStr">
         <is>
-          <t>Bir Çocuğun Saflığıyla</t>
+          <t>Meraklı Mişka 1</t>
         </is>
       </c>
       <c r="C320" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" s="1" t="inlineStr">
         <is>
-          <t>9786052036280</t>
+          <t>9786052036419</t>
         </is>
       </c>
       <c r="B321" s="1" t="inlineStr">
         <is>
-          <t>İlkel Birikim ve Acele Kamulaştırma</t>
+          <t>Muratdağı Efsanesi</t>
         </is>
       </c>
       <c r="C321" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" s="1" t="inlineStr">
         <is>
-          <t>9786052036310</t>
+          <t>9786052036396</t>
         </is>
       </c>
       <c r="B322" s="1" t="inlineStr">
         <is>
-          <t>Son Cevizlik</t>
+          <t>Masal'ın Masalı</t>
         </is>
       </c>
       <c r="C322" s="1">
-        <v>200</v>
+        <v>230</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" s="1" t="inlineStr">
         <is>
-          <t>9786052036273</t>
+          <t>9786052036426</t>
         </is>
       </c>
       <c r="B323" s="1" t="inlineStr">
         <is>
-          <t>Hayat Üzerine Diyaloglar</t>
+          <t>Çoban ile Su Perisi</t>
         </is>
       </c>
       <c r="C323" s="1">
-        <v>260</v>
+        <v>210</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" s="1" t="inlineStr">
         <is>
-          <t>9786052036228</t>
+          <t>9786052036358</t>
         </is>
       </c>
       <c r="B324" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Yeni Görünümleri ve Bilişim Sektörü</t>
+          <t>Queer Marksizme Doğru</t>
         </is>
       </c>
       <c r="C324" s="1">
-        <v>440</v>
+        <v>470</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" s="1" t="inlineStr">
         <is>
-          <t>9786052036266</t>
+          <t>9786052036402</t>
         </is>
       </c>
       <c r="B325" s="1" t="inlineStr">
         <is>
-          <t>Bugün Anne Gibi Değilim</t>
+          <t>Felsefe Tarihi - 1. Cilt</t>
         </is>
       </c>
       <c r="C325" s="1">
-        <v>220</v>
+        <v>860</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" s="1" t="inlineStr">
         <is>
-          <t>9786052036242</t>
+          <t>9786052036433</t>
         </is>
       </c>
       <c r="B326" s="1" t="inlineStr">
         <is>
-          <t>Bela</t>
+          <t>Üvey</t>
         </is>
       </c>
       <c r="C326" s="1">
-        <v>300</v>
+        <v>270</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" s="1" t="inlineStr">
         <is>
-          <t>9786052036235</t>
+          <t>9786052036372</t>
         </is>
       </c>
       <c r="B327" s="1" t="inlineStr">
         <is>
-          <t>Devrimci Bir Balet Aydın Erol Kitabı</t>
+          <t>Thomas’ın Kar Tulumu</t>
         </is>
       </c>
       <c r="C327" s="1">
-        <v>265</v>
+        <v>250</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" s="1" t="inlineStr">
         <is>
-          <t>9786052036259</t>
+          <t>9786052036365</t>
         </is>
       </c>
       <c r="B328" s="1" t="inlineStr">
         <is>
-          <t>Günah</t>
+          <t>Stephanie’nin At Kuyruğu</t>
         </is>
       </c>
       <c r="C328" s="1">
-        <v>310</v>
+        <v>250</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" s="1" t="inlineStr">
         <is>
-          <t>9786052036204</t>
+          <t>9786052036334</t>
         </is>
       </c>
       <c r="B329" s="1" t="inlineStr">
         <is>
-          <t>Hekim ve Heybesi</t>
+          <t>Akademisyenlerden KHK Öyküleri</t>
         </is>
       </c>
       <c r="C329" s="1">
-        <v>385</v>
+        <v>420</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" s="1" t="inlineStr">
         <is>
-          <t>9786052036211</t>
+          <t>9786052036341</t>
         </is>
       </c>
       <c r="B330" s="1" t="inlineStr">
         <is>
-          <t>Yeldeğirmeni Öyküleri</t>
+          <t>Yeşil Bir Ülke</t>
         </is>
       </c>
       <c r="C330" s="1">
-        <v>210</v>
+        <v>290</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" s="1" t="inlineStr">
         <is>
-          <t>9786052036198</t>
+          <t>9786052036327</t>
         </is>
       </c>
       <c r="B331" s="1" t="inlineStr">
         <is>
-          <t>Akademide Yolculuk</t>
+          <t>Psikanalitik Duyarlıklı Bakışla Romanları Yaşamak</t>
         </is>
       </c>
       <c r="C331" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" s="1" t="inlineStr">
         <is>
-          <t>9786052036181</t>
+          <t>9786052036297</t>
         </is>
       </c>
       <c r="B332" s="1" t="inlineStr">
         <is>
-          <t>Dünya Yeniden Şekillenirken</t>
+          <t>Hastalık</t>
         </is>
       </c>
       <c r="C332" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" s="1" t="inlineStr">
         <is>
-          <t>9786052036167</t>
+          <t>9786052036303</t>
         </is>
       </c>
       <c r="B333" s="1" t="inlineStr">
         <is>
-          <t>Dostluk Sınavı</t>
+          <t>Bir Çocuğun Saflığıyla</t>
         </is>
       </c>
       <c r="C333" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" s="1" t="inlineStr">
         <is>
-          <t>9786052036174</t>
+          <t>9786052036280</t>
         </is>
       </c>
       <c r="B334" s="1" t="inlineStr">
         <is>
-          <t>Adalet İçin 700 Bin Adım</t>
+          <t>İlkel Birikim ve Acele Kamulaştırma</t>
         </is>
       </c>
       <c r="C334" s="1">
-        <v>160</v>
+        <v>290</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" s="1" t="inlineStr">
         <is>
-          <t>9786052036150</t>
+          <t>9786052036310</t>
         </is>
       </c>
       <c r="B335" s="1" t="inlineStr">
         <is>
-          <t>Çocuk: İşçi,Yoksul,Göçmen</t>
+          <t>Son Cevizlik</t>
         </is>
       </c>
       <c r="C335" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" s="1" t="inlineStr">
         <is>
-          <t>9786052036136</t>
+          <t>9786052036273</t>
         </is>
       </c>
       <c r="B336" s="1" t="inlineStr">
         <is>
-          <t>Nişa</t>
+          <t>Hayat Üzerine Diyaloglar</t>
         </is>
       </c>
       <c r="C336" s="1">
-        <v>250</v>
+        <v>340</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" s="1" t="inlineStr">
         <is>
-          <t>9786052036112</t>
+          <t>9786052036228</t>
         </is>
       </c>
       <c r="B337" s="1" t="inlineStr">
         <is>
-          <t>Yüksekten ve Paraşütsüz</t>
+          <t>Sınıfın Yeni Görünümleri ve Bilişim Sektörü</t>
         </is>
       </c>
       <c r="C337" s="1">
-        <v>200</v>
+        <v>570</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" s="1" t="inlineStr">
         <is>
-          <t>9786052036129</t>
+          <t>9786052036266</t>
         </is>
       </c>
       <c r="B338" s="1" t="inlineStr">
         <is>
-          <t>Huzursuz Özne</t>
+          <t>Bugün Anne Gibi Değilim</t>
         </is>
       </c>
       <c r="C338" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" s="1" t="inlineStr">
         <is>
-          <t>9786052036075</t>
+          <t>9786052036242</t>
         </is>
       </c>
       <c r="B339" s="1" t="inlineStr">
         <is>
-          <t>Başka Bir Kırmızı Başlıklı Kız</t>
+          <t>Bela</t>
         </is>
       </c>
       <c r="C339" s="1">
-        <v>200</v>
+        <v>390</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" s="1" t="inlineStr">
         <is>
-          <t>9786052036068</t>
+          <t>9786052036235</t>
         </is>
       </c>
       <c r="B340" s="1" t="inlineStr">
         <is>
-          <t>Che Guevara - Anti Kahraman Serisi 3</t>
+          <t>Devrimci Bir Balet Aydın Erol Kitabı</t>
         </is>
       </c>
       <c r="C340" s="1">
-        <v>200</v>
+        <v>340</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" s="1" t="inlineStr">
         <is>
-          <t>9786052036105</t>
+          <t>9786052036259</t>
         </is>
       </c>
       <c r="B341" s="1" t="inlineStr">
         <is>
-          <t>Büyüyen Zaman İhtiyacı</t>
+          <t>Günah</t>
         </is>
       </c>
       <c r="C341" s="1">
-        <v>250</v>
+        <v>400</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" s="1" t="inlineStr">
         <is>
-          <t>9786052036082</t>
+          <t>9786052036204</t>
         </is>
       </c>
       <c r="B342" s="1" t="inlineStr">
         <is>
-          <t>Mısır Koçanlarını Kızartan Koku</t>
+          <t>Hekim ve Heybesi</t>
         </is>
       </c>
       <c r="C342" s="1">
-        <v>265</v>
+        <v>500</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" s="1" t="inlineStr">
         <is>
-          <t>9786052036099</t>
+          <t>9786052036211</t>
         </is>
       </c>
       <c r="B343" s="1" t="inlineStr">
         <is>
-          <t>Sınıflar Üzerine Tartışmalar</t>
+          <t>Yeldeğirmeni Öyküleri</t>
         </is>
       </c>
       <c r="C343" s="1">
-        <v>470</v>
+        <v>270</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" s="1" t="inlineStr">
         <is>
-          <t>9786052036044</t>
+          <t>9786052036198</t>
         </is>
       </c>
       <c r="B344" s="1" t="inlineStr">
         <is>
-          <t>Sözçalan Karanlık</t>
+          <t>Akademide Yolculuk</t>
         </is>
       </c>
       <c r="C344" s="1">
-        <v>200</v>
+        <v>430</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" s="1" t="inlineStr">
         <is>
-          <t>9786052036020</t>
+          <t>9786052036181</t>
         </is>
       </c>
       <c r="B345" s="1" t="inlineStr">
         <is>
-          <t>Ejma’nın Rüyası</t>
+          <t>Dünya Yeniden Şekillenirken</t>
         </is>
       </c>
       <c r="C345" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" s="1" t="inlineStr">
         <is>
-          <t>9786052036013</t>
+          <t>9786052036167</t>
         </is>
       </c>
       <c r="B346" s="1" t="inlineStr">
         <is>
-          <t>Eduardo Galeano</t>
+          <t>Dostluk Sınavı</t>
         </is>
       </c>
       <c r="C346" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" s="1" t="inlineStr">
         <is>
-          <t>9786059679985</t>
+          <t>9786052036174</t>
         </is>
       </c>
       <c r="B347" s="1" t="inlineStr">
         <is>
-          <t>Çürük Atlar Çöplüğü</t>
+          <t>Adalet İçin 700 Bin Adım</t>
         </is>
       </c>
       <c r="C347" s="1">
-        <v>210</v>
+        <v>200</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" s="1" t="inlineStr">
         <is>
-          <t>9786052036006</t>
+          <t>9786052036150</t>
         </is>
       </c>
       <c r="B348" s="1" t="inlineStr">
         <is>
-          <t>Kamuda Güvencesizlik</t>
+          <t>Çocuk: İşçi,Yoksul,Göçmen</t>
         </is>
       </c>
       <c r="C348" s="1">
-        <v>265</v>
+        <v>325</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" s="1" t="inlineStr">
         <is>
-          <t>9786059679992</t>
+          <t>9786052036136</t>
         </is>
       </c>
       <c r="B349" s="1" t="inlineStr">
         <is>
-          <t>Sermayeyi BES’lemek</t>
+          <t>Nişa</t>
         </is>
       </c>
       <c r="C349" s="1">
-        <v>220</v>
+        <v>325</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" s="1" t="inlineStr">
         <is>
-          <t>9786059679930</t>
+          <t>9786052036112</t>
         </is>
       </c>
       <c r="B350" s="1" t="inlineStr">
         <is>
-          <t>Ev Yapımı Hüzünler</t>
+          <t>Yüksekten ve Paraşütsüz</t>
         </is>
       </c>
       <c r="C350" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" s="1" t="inlineStr">
         <is>
-          <t>9786059679961</t>
+          <t>9786052036129</t>
         </is>
       </c>
       <c r="B351" s="1" t="inlineStr">
         <is>
-          <t>Kül ve Nal</t>
+          <t>Huzursuz Özne</t>
         </is>
       </c>
       <c r="C351" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" s="1" t="inlineStr">
         <is>
-          <t>9786059679978</t>
+          <t>9786052036075</t>
         </is>
       </c>
       <c r="B352" s="1" t="inlineStr">
         <is>
-          <t>Yağmurdan Sonra</t>
+          <t>Başka Bir Kırmızı Başlıklı Kız</t>
         </is>
       </c>
       <c r="C352" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" s="1" t="inlineStr">
         <is>
-          <t>9786059679954</t>
+          <t>9786052036068</t>
         </is>
       </c>
       <c r="B353" s="1" t="inlineStr">
         <is>
-          <t>Sınıfın Suretleri</t>
+          <t>Che Guevara - Anti Kahraman Serisi 3</t>
         </is>
       </c>
       <c r="C353" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" s="1" t="inlineStr">
         <is>
-          <t>9786059679947</t>
+          <t>9786052036105</t>
         </is>
       </c>
       <c r="B354" s="1" t="inlineStr">
         <is>
-          <t>Taşralı</t>
+          <t>Büyüyen Zaman İhtiyacı</t>
         </is>
       </c>
       <c r="C354" s="1">
-        <v>230</v>
+        <v>325</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" s="1" t="inlineStr">
         <is>
-          <t>9786059679893</t>
+          <t>9786052036082</t>
         </is>
       </c>
       <c r="B355" s="1" t="inlineStr">
         <is>
-          <t>İnsana Karşı Piyasa Türkiye'de Sağlık ve Sosyal Güvenlik</t>
+          <t>Mısır Koçanlarını Kızartan Koku</t>
         </is>
       </c>
       <c r="C355" s="1">
-        <v>400</v>
+        <v>350</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" s="1" t="inlineStr">
         <is>
-          <t>9786059679886</t>
+          <t>9786052036099</t>
         </is>
       </c>
       <c r="B356" s="1" t="inlineStr">
         <is>
-          <t>Finansallaşma Kıskancında Türkiye'de Devlet Sermaye Birikimi ve Emek</t>
+          <t>Sınıflar Üzerine Tartışmalar</t>
         </is>
       </c>
       <c r="C356" s="1">
-        <v>330</v>
+        <v>650</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" s="1" t="inlineStr">
         <is>
-          <t>9786059679916</t>
+          <t>9786052036044</t>
         </is>
       </c>
       <c r="B357" s="1" t="inlineStr">
         <is>
-          <t>Aziz Nesin - Bizim Antikahraman Serisi</t>
+          <t>Sözçalan Karanlık</t>
         </is>
       </c>
       <c r="C357" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" s="1" t="inlineStr">
         <is>
-          <t>9786059679909</t>
+          <t>9786052036020</t>
         </is>
       </c>
       <c r="B358" s="1" t="inlineStr">
         <is>
-          <t>Kuyunun Dibindeki Taş</t>
+          <t>Ejma’nın Rüyası</t>
         </is>
       </c>
       <c r="C358" s="1">
-        <v>330</v>
+        <v>350</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" s="1" t="inlineStr">
         <is>
-          <t>9786059679855</t>
+          <t>9786052036013</t>
         </is>
       </c>
       <c r="B359" s="1" t="inlineStr">
         <is>
-          <t>Julio Cortazar</t>
+          <t>Eduardo Galeano</t>
         </is>
       </c>
       <c r="C359" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" s="1" t="inlineStr">
         <is>
-          <t>9786059679848</t>
+          <t>9786059679985</t>
         </is>
       </c>
       <c r="B360" s="1" t="inlineStr">
         <is>
-          <t>Violeta Parra</t>
+          <t>Çürük Atlar Çöplüğü</t>
         </is>
       </c>
       <c r="C360" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" s="1" t="inlineStr">
         <is>
-          <t>9786059679862</t>
+          <t>9786052036006</t>
         </is>
       </c>
       <c r="B361" s="1" t="inlineStr">
         <is>
-          <t>Moskova - Petuşki</t>
+          <t>Kamuda Güvencesizlik</t>
         </is>
       </c>
       <c r="C361" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" s="1" t="inlineStr">
         <is>
-          <t>9786059679794</t>
+          <t>9786059679992</t>
         </is>
       </c>
       <c r="B362" s="1" t="inlineStr">
         <is>
-          <t>Şeşe Gezegeni</t>
+          <t>Sermayeyi BES’lemek</t>
         </is>
       </c>
       <c r="C362" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" s="1" t="inlineStr">
         <is>
-          <t>9786059679824</t>
+          <t>9786059679930</t>
         </is>
       </c>
       <c r="B363" s="1" t="inlineStr">
         <is>
-          <t>İpek Gönül</t>
+          <t>Ev Yapımı Hüzünler</t>
         </is>
       </c>
       <c r="C363" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" s="1" t="inlineStr">
         <is>
-          <t>9786059679817</t>
+          <t>9786059679961</t>
         </is>
       </c>
       <c r="B364" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzünde Sesler</t>
+          <t>Kül ve Nal</t>
         </is>
       </c>
       <c r="C364" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" s="1" t="inlineStr">
         <is>
-          <t>9786059679800</t>
+          <t>9786059679978</t>
         </is>
       </c>
       <c r="B365" s="1" t="inlineStr">
         <is>
-          <t>Öldüren Erkek(lik)ler</t>
+          <t>Yağmurdan Sonra</t>
         </is>
       </c>
       <c r="C365" s="1">
-        <v>300</v>
+        <v>290</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" s="1" t="inlineStr">
         <is>
-          <t>9786059679787</t>
+          <t>9786059679954</t>
         </is>
       </c>
       <c r="B366" s="1" t="inlineStr">
         <is>
-          <t>Karnı Çukur ile Sırtı Diken</t>
+          <t>Sınıfın Suretleri</t>
         </is>
       </c>
       <c r="C366" s="1">
-        <v>200</v>
+        <v>315</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" s="1" t="inlineStr">
         <is>
-          <t>9786059679701</t>
+          <t>9786059679947</t>
         </is>
       </c>
       <c r="B367" s="1" t="inlineStr">
         <is>
-          <t>Deniz'in Hikayesi</t>
+          <t>Taşralı</t>
         </is>
       </c>
       <c r="C367" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" s="1" t="inlineStr">
         <is>
-          <t>9786059679770</t>
+          <t>9786059679893</t>
         </is>
       </c>
       <c r="B368" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Orta Sınıfın Fotoğrafı: Akışlar ve İlişkiler</t>
+          <t>İnsana Karşı Piyasa Türkiye'de Sağlık ve Sosyal Güvenlik</t>
         </is>
       </c>
       <c r="C368" s="1">
-        <v>265</v>
+        <v>520</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" s="1" t="inlineStr">
         <is>
-          <t>9786059679749</t>
+          <t>9786059679886</t>
         </is>
       </c>
       <c r="B369" s="1" t="inlineStr">
         <is>
-          <t>Borç Refahı Devletleri</t>
+          <t>Finansallaşma Kıskancında Türkiye'de Devlet Sermaye Birikimi ve Emek</t>
         </is>
       </c>
       <c r="C369" s="1">
-        <v>500</v>
+        <v>430</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" s="1" t="inlineStr">
         <is>
-          <t>9786059679671</t>
+          <t>9786059679916</t>
         </is>
       </c>
       <c r="B370" s="1" t="inlineStr">
         <is>
-          <t>Boşlukta Büyüyen</t>
+          <t>Aziz Nesin - Bizim Antikahraman Serisi</t>
         </is>
       </c>
       <c r="C370" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" s="1" t="inlineStr">
         <is>
-          <t>9786059679732</t>
+          <t>9786059679909</t>
         </is>
       </c>
       <c r="B371" s="1" t="inlineStr">
         <is>
-          <t>Aşağıdan</t>
+          <t>Kuyunun Dibindeki Taş</t>
         </is>
       </c>
       <c r="C371" s="1">
-        <v>350</v>
+        <v>430</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" s="1" t="inlineStr">
         <is>
-          <t>9786059679756</t>
+          <t>9786059679855</t>
         </is>
       </c>
       <c r="B372" s="1" t="inlineStr">
         <is>
-          <t>Düşkapanından Kaçan Elma</t>
+          <t>Julio Cortazar</t>
         </is>
       </c>
       <c r="C372" s="1">
-        <v>200</v>
+        <v>250</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" s="1" t="inlineStr">
         <is>
-          <t>9786059679725</t>
+          <t>9786059679848</t>
         </is>
       </c>
       <c r="B373" s="1" t="inlineStr">
         <is>
-          <t>Bense Ölümden Korkmayacak Kadar Yalnızdım</t>
+          <t>Violeta Parra</t>
         </is>
       </c>
       <c r="C373" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" s="1" t="inlineStr">
         <is>
-          <t>9786059679695</t>
+          <t>9786059679862</t>
         </is>
       </c>
       <c r="B374" s="1" t="inlineStr">
         <is>
-          <t>Çarpışma Testi</t>
+          <t>Moskova - Petuşki</t>
         </is>
       </c>
       <c r="C374" s="1">
-        <v>220</v>
+        <v>280</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" s="1" t="inlineStr">
         <is>
-          <t>9786059679718</t>
+          <t>9786059679794</t>
         </is>
       </c>
       <c r="B375" s="1" t="inlineStr">
         <is>
-          <t>Kuyuda</t>
+          <t>Şeşe Gezegeni</t>
         </is>
       </c>
       <c r="C375" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" s="1" t="inlineStr">
         <is>
-          <t>9786059679688</t>
+          <t>9786059679824</t>
         </is>
       </c>
       <c r="B376" s="1" t="inlineStr">
         <is>
-          <t>Ben Söylemem Sen Anla!</t>
+          <t>İpek Gönül</t>
         </is>
       </c>
       <c r="C376" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" s="1" t="inlineStr">
         <is>
-          <t>9786059679541</t>
+          <t>9786059679817</t>
         </is>
       </c>
       <c r="B377" s="1" t="inlineStr">
         <is>
-          <t>Mustafa Kemal’in Cumhuriyet Söylemi</t>
+          <t>Yeryüzünde Sesler</t>
         </is>
       </c>
       <c r="C377" s="1">
-        <v>275</v>
+        <v>270</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" s="1" t="inlineStr">
         <is>
-          <t>9786059679664</t>
+          <t>9786059679800</t>
         </is>
       </c>
       <c r="B378" s="1" t="inlineStr">
         <is>
-          <t>Akova Alev Alev</t>
+          <t>Öldüren Erkek(lik)ler</t>
         </is>
       </c>
       <c r="C378" s="1">
-        <v>250</v>
+        <v>390</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" s="1" t="inlineStr">
         <is>
-          <t>9786059679527</t>
+          <t>9786059679787</t>
         </is>
       </c>
       <c r="B379" s="1" t="inlineStr">
         <is>
-          <t>Sınıflar</t>
+          <t>Karnı Çukur ile Sırtı Diken</t>
         </is>
       </c>
       <c r="C379" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" s="1" t="inlineStr">
         <is>
-          <t>9786059679503</t>
+          <t>9786059679701</t>
         </is>
       </c>
       <c r="B380" s="1" t="inlineStr">
         <is>
-          <t>Kamu Emekçilerinin Sendikalar Süreci</t>
+          <t>Deniz'in Hikayesi</t>
         </is>
       </c>
       <c r="C380" s="1">
-        <v>220</v>
+        <v>230</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" s="1" t="inlineStr">
         <is>
-          <t>9786059679510</t>
+          <t>9786059679770</t>
         </is>
       </c>
       <c r="B381" s="1" t="inlineStr">
         <is>
-          <t>Marco Pantani’nin Ölümü</t>
+          <t>Türkiye’de Orta Sınıfın Fotoğrafı: Akışlar ve İlişkiler</t>
         </is>
       </c>
       <c r="C381" s="1">
-        <v>500</v>
+        <v>350</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" s="1" t="inlineStr">
         <is>
-          <t>9786059679428</t>
+          <t>9786059679749</t>
         </is>
       </c>
       <c r="B382" s="1" t="inlineStr">
         <is>
-          <t>Ağrı Eşiği</t>
+          <t>Borç Refahı Devletleri</t>
         </is>
       </c>
       <c r="C382" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" s="1" t="inlineStr">
         <is>
-          <t>9786059679480</t>
+          <t>9786059679671</t>
         </is>
       </c>
       <c r="B383" s="1" t="inlineStr">
         <is>
-          <t>Biyopolitika 2. Cilt</t>
+          <t>Boşlukta Büyüyen</t>
         </is>
       </c>
       <c r="C383" s="1">
-        <v>470</v>
+        <v>260</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" s="1" t="inlineStr">
         <is>
-          <t>9786059679466</t>
+          <t>9786059679732</t>
         </is>
       </c>
       <c r="B384" s="1" t="inlineStr">
         <is>
-          <t>Üzgün Muhallebi</t>
+          <t>Aşağıdan</t>
         </is>
       </c>
       <c r="C384" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" s="1" t="inlineStr">
         <is>
-          <t>9786059679459</t>
+          <t>9786059679756</t>
         </is>
       </c>
       <c r="B385" s="1" t="inlineStr">
         <is>
-          <t>Karton Ev</t>
+          <t>Düşkapanından Kaçan Elma</t>
         </is>
       </c>
       <c r="C385" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" s="1" t="inlineStr">
         <is>
-          <t>9786059679442</t>
+          <t>9786059679725</t>
         </is>
       </c>
       <c r="B386" s="1" t="inlineStr">
         <is>
-          <t>Salyangozun Yolculuğu</t>
+          <t>Bense Ölümden Korkmayacak Kadar Yalnızdım</t>
         </is>
       </c>
       <c r="C386" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" s="1" t="inlineStr">
         <is>
-          <t>9786059679435</t>
+          <t>9786059679695</t>
         </is>
       </c>
       <c r="B387" s="1" t="inlineStr">
         <is>
-          <t>Babam İntihar Etmemişti</t>
+          <t>Çarpışma Testi</t>
         </is>
       </c>
       <c r="C387" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" s="1" t="inlineStr">
         <is>
-          <t>9786059679251</t>
+          <t>9786059679718</t>
         </is>
       </c>
       <c r="B388" s="1" t="inlineStr">
         <is>
-          <t>Bilim-İktidar İlişkisinin Evrimi</t>
+          <t>Kuyuda</t>
         </is>
       </c>
       <c r="C388" s="1">
-        <v>310</v>
+        <v>270</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" s="1" t="inlineStr">
         <is>
-          <t>9786059679244</t>
+          <t>9786059679688</t>
         </is>
       </c>
       <c r="B389" s="1" t="inlineStr">
         <is>
-          <t>Orhan Keskin - Bana Beyaz Bir At Getirin</t>
+          <t>Ben Söylemem Sen Anla!</t>
         </is>
       </c>
       <c r="C389" s="1">
-        <v>420</v>
+        <v>320</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" s="1" t="inlineStr">
         <is>
-          <t>9786059679190</t>
+          <t>9786059679541</t>
         </is>
       </c>
       <c r="B390" s="1" t="inlineStr">
         <is>
-          <t>Bilginin Dinselleştirilmesi</t>
+          <t>Mustafa Kemal’in Cumhuriyet Söylemi</t>
         </is>
       </c>
       <c r="C390" s="1">
-        <v>300</v>
+        <v>360</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" s="1" t="inlineStr">
         <is>
-          <t>9786059679206</t>
+          <t>9786059679664</t>
         </is>
       </c>
       <c r="B391" s="1" t="inlineStr">
         <is>
-          <t>Eğik Zaman</t>
+          <t>Akova Alev Alev</t>
         </is>
       </c>
       <c r="C391" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" s="1" t="inlineStr">
         <is>
-          <t>9786059679084</t>
+          <t>9786059679527</t>
         </is>
       </c>
       <c r="B392" s="1" t="inlineStr">
         <is>
-          <t>Masalından Göçen Kuş</t>
+          <t>Sınıflar</t>
         </is>
       </c>
       <c r="C392" s="1">
-        <v>200</v>
+        <v>650</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" s="1" t="inlineStr">
         <is>
-          <t>9786059679077</t>
+          <t>9786059679503</t>
         </is>
       </c>
       <c r="B393" s="1" t="inlineStr">
         <is>
-          <t>Frida Kahlo</t>
+          <t>Kamu Emekçilerinin Sendikalar Süreci</t>
         </is>
       </c>
       <c r="C393" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" s="1" t="inlineStr">
         <is>
-          <t>9786059679268</t>
+          <t>9786059679510</t>
         </is>
       </c>
       <c r="B394" s="1" t="inlineStr">
         <is>
-          <t>Memo Tembelçizer Anlatıyor (Her Şeyi)</t>
+          <t>Marco Pantani’nin Ölümü</t>
         </is>
       </c>
       <c r="C394" s="1">
-        <v>260</v>
+        <v>650</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" s="1" t="inlineStr">
         <is>
-          <t>9786059679008</t>
+          <t>9786059679428</t>
         </is>
       </c>
       <c r="B395" s="1" t="inlineStr">
         <is>
-          <t>Metalaştırma ve Direnç: Kapitalizmde Kültürün İkili Üretim Yapısı</t>
+          <t>Ağrı Eşiği</t>
         </is>
       </c>
       <c r="C395" s="1">
-        <v>330</v>
+        <v>250</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" s="1" t="inlineStr">
         <is>
-          <t>9786059020985</t>
+          <t>9786059679480</t>
         </is>
       </c>
       <c r="B396" s="1" t="inlineStr">
         <is>
-          <t>Kirekör</t>
+          <t>Biyopolitika 2. Cilt</t>
         </is>
       </c>
       <c r="C396" s="1">
-        <v>200</v>
+        <v>600</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" s="1" t="inlineStr">
         <is>
-          <t>9786059020978</t>
+          <t>9786059679466</t>
         </is>
       </c>
       <c r="B397" s="1" t="inlineStr">
         <is>
-          <t>Aşk Mavidir Öğretmenim</t>
+          <t>Üzgün Muhallebi</t>
         </is>
       </c>
       <c r="C397" s="1">
-        <v>240</v>
+        <v>260</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" s="1" t="inlineStr">
         <is>
-          <t>9786059020947</t>
+          <t>9786059679459</t>
         </is>
       </c>
       <c r="B398" s="1" t="inlineStr">
         <is>
-          <t>Lodos Çarpması</t>
+          <t>Karton Ev</t>
         </is>
       </c>
       <c r="C398" s="1">
-        <v>210</v>
+        <v>270</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" s="1" t="inlineStr">
         <is>
-          <t>9786059020930</t>
+          <t>9786059679442</t>
         </is>
       </c>
       <c r="B399" s="1" t="inlineStr">
         <is>
-          <t>Belleğin Bahar Temizliği</t>
+          <t>Salyangozun Yolculuğu</t>
         </is>
       </c>
       <c r="C399" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" s="1" t="inlineStr">
         <is>
-          <t>9786059020862</t>
+          <t>9786059679435</t>
         </is>
       </c>
       <c r="B400" s="1" t="inlineStr">
         <is>
-          <t>Kriz ve Konjonktür Kuramları</t>
+          <t>Babam İntihar Etmemişti</t>
         </is>
       </c>
       <c r="C400" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" s="1" t="inlineStr">
         <is>
-          <t>9786059020954</t>
+          <t>9786059679251</t>
         </is>
       </c>
       <c r="B401" s="1" t="inlineStr">
         <is>
-          <t>Türkiye Solu ve Kürt Siyaseti</t>
+          <t>Bilim-İktidar İlişkisinin Evrimi</t>
         </is>
       </c>
       <c r="C401" s="1">
-        <v>200</v>
+        <v>400</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" s="1" t="inlineStr">
         <is>
-          <t>9786059020794</t>
+          <t>9786059679244</t>
         </is>
       </c>
       <c r="B402" s="1" t="inlineStr">
         <is>
-          <t>Hüzünlü Kadınları Seviniz</t>
+          <t>Orhan Keskin - Bana Beyaz Bir At Getirin</t>
         </is>
       </c>
       <c r="C402" s="1">
-        <v>220</v>
+        <v>550</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" s="1" t="inlineStr">
         <is>
-          <t>9786059020800</t>
+          <t>9786059679190</t>
         </is>
       </c>
       <c r="B403" s="1" t="inlineStr">
         <is>
-          <t>Sermayenin Coğrafyası/ Yayılan Sermayenin Daralan Mekanları</t>
+          <t>Bilginin Dinselleştirilmesi</t>
         </is>
       </c>
       <c r="C403" s="1">
-        <v>220</v>
+        <v>390</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" s="1" t="inlineStr">
         <is>
-          <t>9786059679022</t>
+          <t>9786059679206</t>
         </is>
       </c>
       <c r="B404" s="1" t="inlineStr">
         <is>
-          <t>Saklambaç Oynuyorduk Zamanla</t>
+          <t>Eğik Zaman</t>
         </is>
       </c>
       <c r="C404" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" s="1" t="inlineStr">
         <is>
-          <t>9786059020879</t>
+          <t>9786059679084</t>
         </is>
       </c>
       <c r="B405" s="1" t="inlineStr">
         <is>
-          <t>Trinidad’ın Dönüşü</t>
+          <t>Masalından Göçen Kuş</t>
         </is>
       </c>
       <c r="C405" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" s="1" t="inlineStr">
         <is>
-          <t>9786059020893</t>
+          <t>9786059679077</t>
         </is>
       </c>
       <c r="B406" s="1" t="inlineStr">
         <is>
-          <t>Üretim Siyaseti Kapitalizm ve Sosyalizmde Fabrika Rejimleri</t>
+          <t>Frida Kahlo</t>
         </is>
       </c>
       <c r="C406" s="1">
-        <v>470</v>
+        <v>250</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" s="1" t="inlineStr">
         <is>
-          <t>9786059020848</t>
+          <t>9786059679268</t>
         </is>
       </c>
       <c r="B407" s="1" t="inlineStr">
         <is>
-          <t>1871 Paris Komünü Tarihi (2 Cilt Birarada)</t>
+          <t>Memo Tembelçizer Anlatıyor (Her Şeyi)</t>
         </is>
       </c>
       <c r="C407" s="1">
-        <v>625</v>
+        <v>340</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" s="1" t="inlineStr">
         <is>
-          <t>9786059020886</t>
+          <t>9786059679008</t>
         </is>
       </c>
       <c r="B408" s="1" t="inlineStr">
         <is>
-          <t>Yokuş Yukarı İstanbul</t>
+          <t>Metalaştırma ve Direnç: Kapitalizmde Kültürün İkili Üretim Yapısı</t>
         </is>
       </c>
       <c r="C408" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" s="1" t="inlineStr">
         <is>
-          <t>9786059020732</t>
+          <t>9786059020985</t>
         </is>
       </c>
       <c r="B409" s="1" t="inlineStr">
         <is>
-          <t>Datruelo - Küçük Şimşek</t>
+          <t>Kirekör</t>
         </is>
       </c>
       <c r="C409" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" s="1" t="inlineStr">
         <is>
-          <t>9786059020763</t>
+          <t>9786059020978</t>
         </is>
       </c>
       <c r="B410" s="1" t="inlineStr">
         <is>
-          <t>Ömrümüzü Hayat Yaptığımız Yıllar</t>
+          <t>Aşk Mavidir Öğretmenim</t>
         </is>
       </c>
       <c r="C410" s="1">
-        <v>210</v>
+        <v>310</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" s="1" t="inlineStr">
         <is>
-          <t>9786059020671</t>
+          <t>9786059020947</t>
         </is>
       </c>
       <c r="B411" s="1" t="inlineStr">
         <is>
-          <t>Acır mı Mösyö Messier</t>
+          <t>Lodos Çarpması</t>
         </is>
       </c>
       <c r="C411" s="1">
-        <v>180</v>
+        <v>270</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" s="1" t="inlineStr">
         <is>
-          <t>9786059020817</t>
+          <t>9786059020930</t>
         </is>
       </c>
       <c r="B412" s="1" t="inlineStr">
         <is>
-          <t>Pembe Kızıl</t>
+          <t>Belleğin Bahar Temizliği</t>
         </is>
       </c>
       <c r="C412" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" s="1" t="inlineStr">
         <is>
-          <t>9786059020688</t>
+          <t>9786059020862</t>
         </is>
       </c>
       <c r="B413" s="1" t="inlineStr">
         <is>
-          <t>Kül Vakti</t>
+          <t>Kriz ve Konjonktür Kuramları</t>
         </is>
       </c>
       <c r="C413" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" s="1" t="inlineStr">
         <is>
-          <t>9786059020824</t>
+          <t>9786059020954</t>
         </is>
       </c>
       <c r="B414" s="1" t="inlineStr">
         <is>
-          <t>Bay Prada Nasıl Öldürüldü?</t>
+          <t>Türkiye Solu ve Kürt Siyaseti</t>
         </is>
       </c>
       <c r="C414" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" s="1" t="inlineStr">
         <is>
-          <t>9786059020718</t>
+          <t>9786059020794</t>
         </is>
       </c>
       <c r="B415" s="1" t="inlineStr">
         <is>
-          <t>Malumun İlanı</t>
+          <t>Hüzünlü Kadınları Seviniz</t>
         </is>
       </c>
       <c r="C415" s="1">
-        <v>360</v>
+        <v>270</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" s="1" t="inlineStr">
         <is>
-          <t>9786059020640</t>
+          <t>9786059020800</t>
         </is>
       </c>
       <c r="B416" s="1" t="inlineStr">
         <is>
-          <t>Aşk Susmadan Git</t>
+          <t>Sermayenin Coğrafyası/ Yayılan Sermayenin Daralan Mekanları</t>
         </is>
       </c>
       <c r="C416" s="1">
-        <v>320</v>
+        <v>280</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" s="1" t="inlineStr">
         <is>
-          <t>9786059020756</t>
+          <t>9786059679022</t>
         </is>
       </c>
       <c r="B417" s="1" t="inlineStr">
         <is>
-          <t>Renkler: Uyanış Öncesi Öyküler 3</t>
+          <t>Saklambaç Oynuyorduk Zamanla</t>
         </is>
       </c>
       <c r="C417" s="1">
-        <v>200</v>
+        <v>270</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" s="1" t="inlineStr">
         <is>
-          <t>9786059020749</t>
+          <t>9786059020879</t>
         </is>
       </c>
       <c r="B418" s="1" t="inlineStr">
         <is>
-          <t>Seksek Yıldızlar - Uyanış Öncesi Öyküler 2</t>
+          <t>Trinidad’ın Dönüşü</t>
         </is>
       </c>
       <c r="C418" s="1">
-        <v>200</v>
+        <v>325</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" s="1" t="inlineStr">
         <is>
-          <t>9786059020633</t>
+          <t>9786059020893</t>
         </is>
       </c>
       <c r="B419" s="1" t="inlineStr">
         <is>
-          <t>Yuh</t>
+          <t>Üretim Siyaseti Kapitalizm ve Sosyalizmde Fabrika Rejimleri</t>
         </is>
       </c>
       <c r="C419" s="1">
-        <v>200</v>
+        <v>620</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" s="1" t="inlineStr">
         <is>
-          <t>9786059020701</t>
+          <t>9786059020848</t>
         </is>
       </c>
       <c r="B420" s="1" t="inlineStr">
         <is>
-          <t>Yeni Anlaşma Mümkün mü?</t>
+          <t>1871 Paris Komünü Tarihi (2 Cilt Birarada)</t>
         </is>
       </c>
       <c r="C420" s="1">
-        <v>200</v>
+        <v>815</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" s="1" t="inlineStr">
         <is>
-          <t>9786059020770</t>
+          <t>9786059020886</t>
         </is>
       </c>
       <c r="B421" s="1" t="inlineStr">
         <is>
-          <t>Yaşam Annemin Hatırladıklarıysa</t>
+          <t>Yokuş Yukarı İstanbul</t>
         </is>
       </c>
       <c r="C421" s="1">
-        <v>200</v>
+        <v>280</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" s="1" t="inlineStr">
         <is>
-          <t>9786059020664</t>
+          <t>9786059020732</t>
         </is>
       </c>
       <c r="B422" s="1" t="inlineStr">
         <is>
-          <t>Toz Kadınları</t>
+          <t>Datruelo - Küçük Şimşek</t>
         </is>
       </c>
       <c r="C422" s="1">
-        <v>210</v>
+        <v>250</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" s="1" t="inlineStr">
         <is>
-          <t>9786059020909</t>
+          <t>9786059020763</t>
         </is>
       </c>
       <c r="B423" s="1" t="inlineStr">
         <is>
-          <t>Oyunun Ötesinde</t>
+          <t>Ömrümüzü Hayat Yaptığımız Yıllar</t>
         </is>
       </c>
       <c r="C423" s="1">
-        <v>400</v>
+        <v>270</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" s="1" t="inlineStr">
         <is>
-          <t>9786055513450</t>
+          <t>9786059020671</t>
         </is>
       </c>
       <c r="B424" s="1" t="inlineStr">
         <is>
-          <t>21. Yüzyıl Feminizmine Doğru</t>
+          <t>Acır mı Mösyö Messier</t>
         </is>
       </c>
       <c r="C424" s="1">
-        <v>400</v>
+        <v>230</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" s="1" t="inlineStr">
         <is>
-          <t>9786059020619</t>
+          <t>9786059020817</t>
         </is>
       </c>
       <c r="B425" s="1" t="inlineStr">
         <is>
-          <t>Liberal Hakların, Hukukun ve Devletin Sınırları</t>
+          <t>Pembe Kızıl</t>
         </is>
       </c>
       <c r="C425" s="1">
-        <v>330</v>
+        <v>270</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" s="1" t="inlineStr">
         <is>
-          <t>9786059020596</t>
+          <t>9786059020688</t>
         </is>
       </c>
       <c r="B426" s="1" t="inlineStr">
         <is>
-          <t>Haremden Berlin’e Cavidan</t>
+          <t>Kül Vakti</t>
         </is>
       </c>
       <c r="C426" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" s="1" t="inlineStr">
         <is>
-          <t>9786059020534</t>
+          <t>9786059020824</t>
         </is>
       </c>
       <c r="B427" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bütün Yalnızlıkların Anasıdır</t>
+          <t>Bay Prada Nasıl Öldürüldü?</t>
         </is>
       </c>
       <c r="C427" s="1">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" s="1" t="inlineStr">
         <is>
-          <t>9786059020503</t>
+          <t>9786059020718</t>
         </is>
       </c>
       <c r="B428" s="1" t="inlineStr">
         <is>
-          <t>Bir Çift Kanat Bütün İstediğim</t>
+          <t>Malumun İlanı</t>
         </is>
       </c>
       <c r="C428" s="1">
-        <v>200</v>
+        <v>470</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" s="1" t="inlineStr">
         <is>
-          <t>9786059020350</t>
+          <t>9786059020640</t>
         </is>
       </c>
       <c r="B429" s="1" t="inlineStr">
         <is>
-          <t>Kutuplaştıran Kalkınma</t>
+          <t>Aşk Susmadan Git</t>
         </is>
       </c>
       <c r="C429" s="1">
-        <v>310</v>
+        <v>400</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" s="1" t="inlineStr">
         <is>
-          <t>9786059020381</t>
+          <t>9786059020756</t>
         </is>
       </c>
       <c r="B430" s="1" t="inlineStr">
         <is>
-          <t>Taşa Fısıldayan Öyküler : Kobane</t>
+          <t>Renkler: Uyanış Öncesi Öyküler 3</t>
         </is>
       </c>
       <c r="C430" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" s="1" t="inlineStr">
         <is>
-          <t>9786059020510</t>
+          <t>9786059020749</t>
         </is>
       </c>
       <c r="B431" s="1" t="inlineStr">
         <is>
-          <t>Toplumcu Belediye : Namı-ı Diğer Belediye Sosyalizmi</t>
+          <t>Seksek Yıldızlar - Uyanış Öncesi Öyküler 2</t>
         </is>
       </c>
       <c r="C431" s="1">
-        <v>300</v>
+        <v>250</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" s="1" t="inlineStr">
         <is>
-          <t>9786059020282</t>
+          <t>9786059020633</t>
         </is>
       </c>
       <c r="B432" s="1" t="inlineStr">
         <is>
-          <t>Reel Sosyalizmin Çelişkileri</t>
+          <t>Yuh</t>
         </is>
       </c>
       <c r="C432" s="1">
-        <v>300</v>
+        <v>260</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" s="1" t="inlineStr">
         <is>
-          <t>9786059020244</t>
+          <t>9786059020701</t>
         </is>
       </c>
       <c r="B433" s="1" t="inlineStr">
         <is>
-          <t>Korkma Kimse Yok</t>
+          <t>Yeni Anlaşma Mümkün mü?</t>
         </is>
       </c>
       <c r="C433" s="1">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" s="1" t="inlineStr">
         <is>
-          <t>9786059020213</t>
+          <t>9786059020770</t>
         </is>
       </c>
       <c r="B434" s="1" t="inlineStr">
         <is>
-          <t>Savaş Erki Polis Erki</t>
+          <t>Yaşam Annemin Hatırladıklarıysa</t>
         </is>
       </c>
       <c r="C434" s="1">
-        <v>470</v>
+        <v>260</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" s="1" t="inlineStr">
         <is>
-          <t>9786059020299</t>
+          <t>9786059020664</t>
         </is>
       </c>
       <c r="B435" s="1" t="inlineStr">
         <is>
-          <t>Kadife Eldivenli Şeytan</t>
+          <t>Toz Kadınları</t>
         </is>
       </c>
       <c r="C435" s="1">
-        <v>420</v>
+        <v>270</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" s="1" t="inlineStr">
         <is>
-          <t>9786059020237</t>
+          <t>9786059020909</t>
         </is>
       </c>
       <c r="B436" s="1" t="inlineStr">
         <is>
-          <t>Faşizm</t>
+          <t>Oyunun Ötesinde</t>
         </is>
       </c>
       <c r="C436" s="1">
-        <v>320</v>
+        <v>520</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" s="1" t="inlineStr">
         <is>
-          <t>9786059020251</t>
+          <t>9786055513450</t>
         </is>
       </c>
       <c r="B437" s="1" t="inlineStr">
         <is>
-          <t>Mülksüzleştirmenin Yönetimi</t>
+          <t>21. Yüzyıl Feminizmine Doğru</t>
         </is>
       </c>
       <c r="C437" s="1">
-        <v>240</v>
+        <v>520</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" s="1" t="inlineStr">
         <is>
-          <t>9786059679039</t>
+          <t>9786059020619</t>
         </is>
       </c>
       <c r="B438" s="1" t="inlineStr">
         <is>
-          <t>Boynumda Bir Dize İnci</t>
+          <t>Liberal Hakların, Hukukun ve Devletin Sınırları</t>
         </is>
       </c>
       <c r="C438" s="1">
-        <v>210</v>
+        <v>430</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" s="1" t="inlineStr">
         <is>
-          <t>9786059679046</t>
+          <t>9786059020596</t>
         </is>
       </c>
       <c r="B439" s="1" t="inlineStr">
         <is>
-          <t>Fidel Castro'yu Öldürmenin 634 Yolu</t>
+          <t>Haremden Berlin’e Cavidan</t>
         </is>
       </c>
       <c r="C439" s="1">
-        <v>360</v>
+        <v>260</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" s="1" t="inlineStr">
         <is>
-          <t>9786059020435</t>
+          <t>9786059020534</t>
         </is>
       </c>
       <c r="B440" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sağlık Siyaset Piyasa</t>
+          <t>Aşk Bütün Yalnızlıkların Anasıdır</t>
         </is>
       </c>
       <c r="C440" s="1">
-        <v>265</v>
+        <v>310</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" s="1" t="inlineStr">
         <is>
-          <t>9786059020411</t>
+          <t>9786059020503</t>
         </is>
       </c>
       <c r="B441" s="1" t="inlineStr">
         <is>
-          <t>Rüzgara Karşı</t>
+          <t>Bir Çift Kanat Bütün İstediğim</t>
         </is>
       </c>
       <c r="C441" s="1">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" s="1" t="inlineStr">
         <is>
-          <t>9786059020138</t>
+          <t>9786059020350</t>
         </is>
       </c>
       <c r="B442" s="1" t="inlineStr">
         <is>
-          <t>Nuhun Gemileri</t>
+          <t>Kutuplaştıran Kalkınma</t>
         </is>
       </c>
       <c r="C442" s="1">
-        <v>220</v>
+        <v>400</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" s="1" t="inlineStr">
         <is>
-          <t>9786059020190</t>
+          <t>9786059020381</t>
         </is>
       </c>
       <c r="B443" s="1" t="inlineStr">
         <is>
-          <t>Emek Öyküleri</t>
+          <t>Taşa Fısıldayan Öyküler : Kobane</t>
         </is>
       </c>
       <c r="C443" s="1">
-        <v>190</v>
+        <v>390</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" s="1" t="inlineStr">
         <is>
-          <t>9786059020145</t>
+          <t>9786059020510</t>
         </is>
       </c>
       <c r="B444" s="1" t="inlineStr">
         <is>
-          <t>İlkel Birikim</t>
+          <t>Toplumcu Belediye : Namı-ı Diğer Belediye Sosyalizmi</t>
         </is>
       </c>
       <c r="C444" s="1">
-        <v>330</v>
+        <v>390</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" s="1" t="inlineStr">
         <is>
-          <t>9786059020121</t>
+          <t>9786059020282</t>
         </is>
       </c>
       <c r="B445" s="1" t="inlineStr">
         <is>
-          <t>Kapitalizm Hasta Eder - Toplumcu Tıp</t>
+          <t>Reel Sosyalizmin Çelişkileri</t>
         </is>
       </c>
       <c r="C445" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" s="1" t="inlineStr">
         <is>
-          <t>9786059020053</t>
+          <t>9786059020244</t>
         </is>
       </c>
       <c r="B446" s="1" t="inlineStr">
         <is>
-          <t>Kent Reformu ve Yeni Gecekondu Hareketi ve Kendi Evini Kendin Yap Kılavuzu</t>
+          <t>Korkma Kimse Yok</t>
         </is>
       </c>
       <c r="C446" s="1">
-        <v>275</v>
+        <v>340</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" s="1" t="inlineStr">
         <is>
-          <t>9786055513795</t>
+          <t>9786059020213</t>
         </is>
       </c>
       <c r="B447" s="1" t="inlineStr">
         <is>
-          <t>Eski Evin Kadınları</t>
+          <t>Savaş Erki Polis Erki</t>
         </is>
       </c>
       <c r="C447" s="1">
-        <v>200</v>
+        <v>610</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" s="1" t="inlineStr">
         <is>
-          <t>9786055513993</t>
+          <t>9786059020299</t>
         </is>
       </c>
       <c r="B448" s="1" t="inlineStr">
         <is>
-          <t>O Çocuklar O Yapraklar</t>
+          <t>Kadife Eldivenli Şeytan</t>
         </is>
       </c>
       <c r="C448" s="1">
-        <v>275</v>
+        <v>550</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" s="1" t="inlineStr">
         <is>
-          <t>9786059020015</t>
+          <t>9786059020237</t>
         </is>
       </c>
       <c r="B449" s="1" t="inlineStr">
         <is>
-          <t>Öteki "Proletarya"</t>
+          <t>Faşizm</t>
         </is>
       </c>
       <c r="C449" s="1">
-        <v>270</v>
+        <v>410</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" s="1" t="inlineStr">
         <is>
-          <t>9786059020008</t>
+          <t>9786059020251</t>
         </is>
       </c>
       <c r="B450" s="1" t="inlineStr">
         <is>
-          <t>Benim Amarcord'um</t>
+          <t>Mülksüzleştirmenin Yönetimi</t>
         </is>
       </c>
       <c r="C450" s="1">
-        <v>210</v>
+        <v>320</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" s="1" t="inlineStr">
         <is>
-          <t>9786055513733</t>
+          <t>9786059679039</t>
         </is>
       </c>
       <c r="B451" s="1" t="inlineStr">
         <is>
-          <t>Direniş Öyküleri</t>
+          <t>Boynumda Bir Dize İnci</t>
         </is>
       </c>
       <c r="C451" s="1">
-        <v>180</v>
+        <v>260</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" s="1" t="inlineStr">
         <is>
-          <t>9786059020312</t>
+          <t>9786059679046</t>
         </is>
       </c>
       <c r="B452" s="1" t="inlineStr">
         <is>
-          <t>Evrim Düşü</t>
+          <t>Fidel Castro'yu Öldürmenin 634 Yolu</t>
         </is>
       </c>
       <c r="C452" s="1">
-        <v>300</v>
+        <v>460</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" s="1" t="inlineStr">
         <is>
-          <t>9786059020442</t>
+          <t>9786059020435</t>
         </is>
       </c>
       <c r="B453" s="1" t="inlineStr">
         <is>
-          <t>Biyografi ve Biyografik Dram</t>
+          <t>Türkiye’de Sağlık Siyaset Piyasa</t>
         </is>
       </c>
       <c r="C453" s="1">
-        <v>450</v>
+        <v>350</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" s="1" t="inlineStr">
         <is>
-          <t>9786055513962</t>
+          <t>9786059020411</t>
         </is>
       </c>
       <c r="B454" s="1" t="inlineStr">
         <is>
-          <t>Bir Kız Varmış</t>
+          <t>Rüzgara Karşı</t>
         </is>
       </c>
       <c r="C454" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" s="1" t="inlineStr">
         <is>
-          <t>9786059020527</t>
+          <t>9786059020138</t>
         </is>
       </c>
       <c r="B455" s="1" t="inlineStr">
         <is>
-          <t>Yeni Diyalektik ve Politik İktisat</t>
+          <t>Nuhun Gemileri</t>
         </is>
       </c>
       <c r="C455" s="1">
-        <v>370</v>
+        <v>290</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" s="1" t="inlineStr">
         <is>
-          <t>9786059020541</t>
+          <t>9786059020190</t>
         </is>
       </c>
       <c r="B456" s="1" t="inlineStr">
         <is>
-          <t>Dilsiz Annelerin Sessiz Çocukları</t>
+          <t>Emek Öyküleri</t>
         </is>
       </c>
       <c r="C456" s="1">
-        <v>230</v>
+        <v>250</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" s="1" t="inlineStr">
         <is>
-          <t>9786059020473</t>
+          <t>9786059020145</t>
         </is>
       </c>
       <c r="B457" s="1" t="inlineStr">
         <is>
-          <t>Şiirsel Beden</t>
+          <t>İlkel Birikim</t>
         </is>
       </c>
       <c r="C457" s="1">
-        <v>380</v>
+        <v>430</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" s="1" t="inlineStr">
         <is>
-          <t>9786059020466</t>
+          <t>9786059020121</t>
         </is>
       </c>
       <c r="B458" s="1" t="inlineStr">
         <is>
-          <t>Geç Kalmış Bir Öpüş</t>
+          <t>Kapitalizm Hasta Eder - Toplumcu Tıp</t>
         </is>
       </c>
       <c r="C458" s="1">
-        <v>200</v>
+        <v>320</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" s="1" t="inlineStr">
         <is>
-          <t>9786059020404</t>
+          <t>9786059020053</t>
         </is>
       </c>
       <c r="B459" s="1" t="inlineStr">
         <is>
-          <t>Neoliberal ve Militarist Post - Politika</t>
+          <t>Kent Reformu ve Yeni Gecekondu Hareketi ve Kendi Evini Kendin Yap Kılavuzu</t>
         </is>
       </c>
       <c r="C459" s="1">
-        <v>270</v>
+        <v>360</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" s="1" t="inlineStr">
         <is>
-          <t>9786059679053</t>
+          <t>9786055513795</t>
         </is>
       </c>
       <c r="B460" s="1" t="inlineStr">
         <is>
-          <t>Kartalimeni</t>
+          <t>Eski Evin Kadınları</t>
         </is>
       </c>
       <c r="C460" s="1">
-        <v>220</v>
+        <v>260</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" s="1" t="inlineStr">
         <is>
-          <t>9786059679015</t>
+          <t>9786055513993</t>
         </is>
       </c>
       <c r="B461" s="1" t="inlineStr">
         <is>
-          <t>Yıldızlı Gece</t>
+          <t>O Çocuklar O Yapraklar</t>
         </is>
       </c>
       <c r="C461" s="1">
-        <v>220</v>
+        <v>350</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" s="1" t="inlineStr">
         <is>
-          <t>9786059679060</t>
+          <t>9786059020015</t>
         </is>
       </c>
       <c r="B462" s="1" t="inlineStr">
         <is>
-          <t>Uluslararası Sendikal Hareket</t>
+          <t>Öteki "Proletarya"</t>
         </is>
       </c>
       <c r="C462" s="1">
-        <v>300</v>
+        <v>350</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" s="1" t="inlineStr">
         <is>
-          <t>9786055513900</t>
+          <t>9786059020008</t>
         </is>
       </c>
       <c r="B463" s="1" t="inlineStr">
         <is>
-          <t>Marx Geri Döndü</t>
+          <t>Benim Amarcord'um</t>
         </is>
       </c>
       <c r="C463" s="1">
-        <v>450</v>
+        <v>260</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" s="1" t="inlineStr">
         <is>
-          <t>9786055513894</t>
+          <t>9786055513733</t>
         </is>
       </c>
       <c r="B464" s="1" t="inlineStr">
         <is>
-          <t>Aşk Bilirkişisi</t>
+          <t>Direniş Öyküleri</t>
         </is>
       </c>
       <c r="C464" s="1">
-        <v>200</v>
+        <v>240</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" s="1" t="inlineStr">
         <is>
-          <t>9786055513955</t>
+          <t>9786059020312</t>
         </is>
       </c>
       <c r="B465" s="1" t="inlineStr">
         <is>
-          <t>Serbest Ticaret Sorunu Üzerine</t>
+          <t>Evrim Düşü</t>
         </is>
       </c>
       <c r="C465" s="1">
-        <v>240</v>
+        <v>390</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" s="1" t="inlineStr">
         <is>
-          <t>9786059020060</t>
+          <t>9786059020442</t>
         </is>
       </c>
       <c r="B466" s="1" t="inlineStr">
         <is>
-          <t>Kırık Menteşe</t>
+          <t>Biyografi ve Biyografik Dram</t>
         </is>
       </c>
       <c r="C466" s="1">
-        <v>360</v>
+        <v>585</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" s="1" t="inlineStr">
         <is>
-          <t>9786059020077</t>
+          <t>9786055513962</t>
         </is>
       </c>
       <c r="B467" s="1" t="inlineStr">
         <is>
-          <t>Gönülsüz Köpek</t>
+          <t>Bir Kız Varmış</t>
         </is>
       </c>
       <c r="C467" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" s="1" t="inlineStr">
         <is>
-          <t>9786059020091</t>
+          <t>9786059020527</t>
         </is>
       </c>
       <c r="B468" s="1" t="inlineStr">
         <is>
-          <t>Gofer Ağacı</t>
+          <t>Yeni Diyalektik ve Politik İktisat</t>
         </is>
       </c>
       <c r="C468" s="1">
-        <v>310</v>
+        <v>480</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" s="1" t="inlineStr">
         <is>
-          <t>9786059020107</t>
+          <t>9786059020541</t>
         </is>
       </c>
       <c r="B469" s="1" t="inlineStr">
         <is>
-          <t>Özelleştirmeye Karşı Alternatifler</t>
+          <t>Dilsiz Annelerin Sessiz Çocukları</t>
         </is>
       </c>
       <c r="C469" s="1">
-        <v>370</v>
+        <v>280</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" s="1" t="inlineStr">
         <is>
-          <t>9786055513870</t>
+          <t>9786059020473</t>
         </is>
       </c>
       <c r="B470" s="1" t="inlineStr">
         <is>
-          <t>Finansallaşma Borç Krizi ve Çöküş</t>
+          <t>Şiirsel Beden</t>
         </is>
       </c>
       <c r="C470" s="1">
-        <v>360</v>
+        <v>500</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" s="1" t="inlineStr">
         <is>
-          <t>9786055513863</t>
+          <t>9786059020466</t>
         </is>
       </c>
       <c r="B471" s="1" t="inlineStr">
         <is>
-          <t>AKP - Cemaat</t>
+          <t>Geç Kalmış Bir Öpüş</t>
         </is>
       </c>
       <c r="C471" s="1">
-        <v>200</v>
+        <v>260</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" s="1" t="inlineStr">
         <is>
-          <t>9786055513696</t>
+          <t>9786059020404</t>
         </is>
       </c>
       <c r="B472" s="1" t="inlineStr">
         <is>
-          <t>Türkiye'de Tütün</t>
+          <t>Neoliberal ve Militarist Post - Politika</t>
         </is>
       </c>
       <c r="C472" s="1">
-        <v>620</v>
+        <v>350</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" s="1" t="inlineStr">
         <is>
-          <t>9786055513702</t>
+          <t>9786059679053</t>
         </is>
       </c>
       <c r="B473" s="1" t="inlineStr">
         <is>
-          <t>Paranın Toplumsal Yeniden Üretimi</t>
+          <t>Kartalimeni</t>
         </is>
       </c>
       <c r="C473" s="1">
-        <v>370</v>
+        <v>270</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" s="1" t="inlineStr">
         <is>
-          <t>9786059020787</t>
+          <t>9786059679015</t>
         </is>
       </c>
       <c r="B474" s="1" t="inlineStr">
         <is>
-          <t>Queer Teori: Bir Giriş</t>
+          <t>Yıldızlı Gece</t>
         </is>
       </c>
       <c r="C474" s="1">
-        <v>300</v>
+        <v>280</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" s="1" t="inlineStr">
         <is>
-          <t>9786059679282</t>
+          <t>9786059679060</t>
         </is>
       </c>
       <c r="B475" s="1" t="inlineStr">
         <is>
-          <t>Biyopolitika Cilt 1</t>
+          <t>Uluslararası Sendikal Hareket</t>
         </is>
       </c>
       <c r="C475" s="1">
-        <v>420</v>
+        <v>390</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" s="1" t="inlineStr">
         <is>
-          <t>9786055513665</t>
+          <t>9786055513900</t>
         </is>
       </c>
       <c r="B476" s="1" t="inlineStr">
         <is>
-          <t>Dayanışmadan İhanete</t>
+          <t>Marx Geri Döndü</t>
         </is>
       </c>
       <c r="C476" s="1">
-        <v>310</v>
+        <v>590</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" s="1" t="inlineStr">
         <is>
-          <t>9786055513726</t>
+          <t>9786055513894</t>
         </is>
       </c>
       <c r="B477" s="1" t="inlineStr">
         <is>
-          <t>Kuşatılan Şehirler</t>
+          <t>Aşk Bilirkişisi</t>
         </is>
       </c>
       <c r="C477" s="1">
-        <v>500</v>
+        <v>250</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" s="1" t="inlineStr">
         <is>
-          <t>9786055513160</t>
+          <t>9786055513955</t>
         </is>
       </c>
       <c r="B478" s="1" t="inlineStr">
         <is>
-          <t>Zaman Tüneli</t>
+          <t>Serbest Ticaret Sorunu Üzerine</t>
         </is>
       </c>
       <c r="C478" s="1">
         <v>300</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" s="1" t="inlineStr">
         <is>
-          <t>9786055513009</t>
+          <t>9786059020060</t>
         </is>
       </c>
       <c r="B479" s="1" t="inlineStr">
         <is>
-          <t>Yerüstünden Notlar</t>
+          <t>Kırık Menteşe</t>
         </is>
       </c>
       <c r="C479" s="1">
-        <v>265</v>
+        <v>360</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" s="1" t="inlineStr">
         <is>
-          <t>9786055513085</t>
+          <t>9786059020077</t>
         </is>
       </c>
       <c r="B480" s="1" t="inlineStr">
         <is>
-          <t>Türkiye’de Sağlık Emek Sürecinin Dönüşümü</t>
+          <t>Gönülsüz Köpek</t>
         </is>
       </c>
       <c r="C480" s="1">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" s="1" t="inlineStr">
         <is>
-          <t>9786055513016</t>
+          <t>9786059020091</t>
         </is>
       </c>
       <c r="B481" s="1" t="inlineStr">
         <is>
-          <t>Tekel Direnişinin Işığında Gelenekselden Yeniye İşçi Sınıfı Hareketi</t>
+          <t>Gofer Ağacı</t>
         </is>
       </c>
       <c r="C481" s="1">
-        <v>270</v>
+        <v>400</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" s="1" t="inlineStr">
         <is>
-          <t>9786055513436</t>
+          <t>9786059020107</t>
         </is>
       </c>
       <c r="B482" s="1" t="inlineStr">
         <is>
-          <t>Suriye Denklemi</t>
+          <t>Özelleştirmeye Karşı Alternatifler</t>
         </is>
       </c>
       <c r="C482" s="1">
-        <v>200</v>
+        <v>480</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" s="1" t="inlineStr">
         <is>
-          <t>9786059020367</t>
+          <t>9786055513870</t>
         </is>
       </c>
       <c r="B483" s="1" t="inlineStr">
         <is>
-          <t>Sivil Toplumu Yönetmek</t>
+          <t>Finansallaşma Borç Krizi ve Çöküş</t>
         </is>
       </c>
       <c r="C483" s="1">
-        <v>470</v>
+        <v>460</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" s="1" t="inlineStr">
         <is>
-          <t>9786055513320</t>
+          <t>9786055513863</t>
         </is>
       </c>
       <c r="B484" s="1" t="inlineStr">
         <is>
-          <t>Serçeler Ölürse</t>
+          <t>AKP - Cemaat</t>
         </is>
       </c>
       <c r="C484" s="1">
-        <v>220</v>
+        <v>250</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" s="1" t="inlineStr">
         <is>
-          <t>9786055513351</t>
+          <t>9786055513696</t>
         </is>
       </c>
       <c r="B485" s="1" t="inlineStr">
         <is>
-          <t>Saklı Rönesans</t>
+          <t>Türkiye'de Tütün</t>
         </is>
       </c>
       <c r="C485" s="1">
-        <v>250</v>
+        <v>820</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" s="1" t="inlineStr">
         <is>
-          <t>9786055513467</t>
+          <t>9786055513702</t>
         </is>
       </c>
       <c r="B486" s="1" t="inlineStr">
         <is>
-          <t>Marksist Devlet ve Hukuk Teorisi</t>
+          <t>Paranın Toplumsal Yeniden Üretimi</t>
         </is>
       </c>
       <c r="C486" s="1">
-        <v>430</v>
+        <v>480</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" s="1" t="inlineStr">
         <is>
-          <t>9786055513047</t>
+          <t>9786059020787</t>
         </is>
       </c>
       <c r="B487" s="1" t="inlineStr">
         <is>
-          <t>Kuramsal ve Tarihsel Boyutlarıyla Hak Mücadeleleri 2</t>
+          <t>Queer Teori: Bir Giriş</t>
         </is>
       </c>
       <c r="C487" s="1">
-        <v>300</v>
+        <v>390</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" s="1" t="inlineStr">
         <is>
-          <t>9786055513498</t>
+          <t>9786059679282</t>
         </is>
       </c>
       <c r="B488" s="1" t="inlineStr">
         <is>
-          <t>Kitika Li Ber Tifike</t>
+          <t>Biyopolitika Cilt 1</t>
         </is>
       </c>
       <c r="C488" s="1">
-        <v>220</v>
+        <v>540</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" s="1" t="inlineStr">
         <is>
-          <t>9786055513573</t>
+          <t>9786055513665</t>
         </is>
       </c>
       <c r="B489" s="1" t="inlineStr">
         <is>
-          <t>Kendi Sesinden Gülsuyu-Gülensu</t>
+          <t>Dayanışmadan İhanete</t>
         </is>
       </c>
       <c r="C489" s="1">
-        <v>420</v>
+        <v>400</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" s="1" t="inlineStr">
         <is>
-          <t>9786055513139</t>
+          <t>9786055513726</t>
         </is>
       </c>
       <c r="B490" s="1" t="inlineStr">
         <is>
-          <t>Karl Korsch Kitabı</t>
+          <t>Kuşatılan Şehirler</t>
         </is>
       </c>
       <c r="C490" s="1">
-        <v>710</v>
+        <v>650</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" s="1" t="inlineStr">
         <is>
-          <t>9786055513542</t>
+          <t>9786055513160</t>
         </is>
       </c>
       <c r="B491" s="1" t="inlineStr">
         <is>
-          <t>İmparatorun Enfiye Kutusu</t>
+          <t>Zaman Tüneli</t>
         </is>
       </c>
       <c r="C491" s="1">
-        <v>360</v>
+        <v>390</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" s="1" t="inlineStr">
         <is>
-          <t>9786055513238</t>
+          <t>9786055513009</t>
         </is>
       </c>
       <c r="B492" s="1" t="inlineStr">
         <is>
-          <t>Gertrude</t>
+          <t>Yerüstünden Notlar</t>
         </is>
       </c>
       <c r="C492" s="1">
-        <v>240</v>
+        <v>340</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" s="1" t="inlineStr">
         <is>
-          <t>9786055513092</t>
+          <t>9786055513085</t>
         </is>
       </c>
       <c r="B493" s="1" t="inlineStr">
         <is>
-          <t>Gerçek, Yıkıcı ve Yaratıcı</t>
+          <t>Türkiye’de Sağlık Emek Sürecinin Dönüşümü</t>
         </is>
       </c>
       <c r="C493" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" s="1" t="inlineStr">
         <is>
-          <t>9786055513054</t>
+          <t>9786055513016</t>
         </is>
       </c>
       <c r="B494" s="1" t="inlineStr">
         <is>
-          <t>Çizgilerle AKP</t>
+          <t>Tekel Direnişinin Işığında Gelenekselden Yeniye İşçi Sınıfı Hareketi</t>
         </is>
       </c>
       <c r="C494" s="1">
-        <v>150</v>
+        <v>350</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" s="1" t="inlineStr">
         <is>
-          <t>9786055513283</t>
+          <t>9786055513436</t>
         </is>
       </c>
       <c r="B495" s="1" t="inlineStr">
         <is>
-          <t>Bruno Bauer ve Karl MarX</t>
+          <t>Suriye Denklemi</t>
         </is>
       </c>
       <c r="C495" s="1">
-        <v>460</v>
+        <v>260</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" s="1" t="inlineStr">
         <is>
+          <t>9786059020367</t>
+        </is>
+      </c>
+      <c r="B496" s="1" t="inlineStr">
+        <is>
+          <t>Sivil Toplumu Yönetmek</t>
+        </is>
+      </c>
+      <c r="C496" s="1">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="497" spans="1:3">
+      <c r="A497" s="1" t="inlineStr">
+        <is>
+          <t>9786055513320</t>
+        </is>
+      </c>
+      <c r="B497" s="1" t="inlineStr">
+        <is>
+          <t>Serçeler Ölürse</t>
+        </is>
+      </c>
+      <c r="C497" s="1">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="498" spans="1:3">
+      <c r="A498" s="1" t="inlineStr">
+        <is>
+          <t>9786055513351</t>
+        </is>
+      </c>
+      <c r="B498" s="1" t="inlineStr">
+        <is>
+          <t>Saklı Rönesans</t>
+        </is>
+      </c>
+      <c r="C498" s="1">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="499" spans="1:3">
+      <c r="A499" s="1" t="inlineStr">
+        <is>
+          <t>9786055513467</t>
+        </is>
+      </c>
+      <c r="B499" s="1" t="inlineStr">
+        <is>
+          <t>Marksist Devlet ve Hukuk Teorisi</t>
+        </is>
+      </c>
+      <c r="C499" s="1">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="500" spans="1:3">
+      <c r="A500" s="1" t="inlineStr">
+        <is>
+          <t>9786055513047</t>
+        </is>
+      </c>
+      <c r="B500" s="1" t="inlineStr">
+        <is>
+          <t>Kuramsal ve Tarihsel Boyutlarıyla Hak Mücadeleleri 2</t>
+        </is>
+      </c>
+      <c r="C500" s="1">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="501" spans="1:3">
+      <c r="A501" s="1" t="inlineStr">
+        <is>
+          <t>9786055513498</t>
+        </is>
+      </c>
+      <c r="B501" s="1" t="inlineStr">
+        <is>
+          <t>Kitika Li Ber Tifike</t>
+        </is>
+      </c>
+      <c r="C501" s="1">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="502" spans="1:3">
+      <c r="A502" s="1" t="inlineStr">
+        <is>
+          <t>9786055513573</t>
+        </is>
+      </c>
+      <c r="B502" s="1" t="inlineStr">
+        <is>
+          <t>Kendi Sesinden Gülsuyu-Gülensu</t>
+        </is>
+      </c>
+      <c r="C502" s="1">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="503" spans="1:3">
+      <c r="A503" s="1" t="inlineStr">
+        <is>
+          <t>9786055513139</t>
+        </is>
+      </c>
+      <c r="B503" s="1" t="inlineStr">
+        <is>
+          <t>Karl Korsch Kitabı</t>
+        </is>
+      </c>
+      <c r="C503" s="1">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="504" spans="1:3">
+      <c r="A504" s="1" t="inlineStr">
+        <is>
+          <t>9786055513542</t>
+        </is>
+      </c>
+      <c r="B504" s="1" t="inlineStr">
+        <is>
+          <t>İmparatorun Enfiye Kutusu</t>
+        </is>
+      </c>
+      <c r="C504" s="1">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="505" spans="1:3">
+      <c r="A505" s="1" t="inlineStr">
+        <is>
+          <t>9786055513238</t>
+        </is>
+      </c>
+      <c r="B505" s="1" t="inlineStr">
+        <is>
+          <t>Gertrude</t>
+        </is>
+      </c>
+      <c r="C505" s="1">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="506" spans="1:3">
+      <c r="A506" s="1" t="inlineStr">
+        <is>
+          <t>9786055513092</t>
+        </is>
+      </c>
+      <c r="B506" s="1" t="inlineStr">
+        <is>
+          <t>Gerçek, Yıkıcı ve Yaratıcı</t>
+        </is>
+      </c>
+      <c r="C506" s="1">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="507" spans="1:3">
+      <c r="A507" s="1" t="inlineStr">
+        <is>
+          <t>9786055513054</t>
+        </is>
+      </c>
+      <c r="B507" s="1" t="inlineStr">
+        <is>
+          <t>Çizgilerle AKP</t>
+        </is>
+      </c>
+      <c r="C507" s="1">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="508" spans="1:3">
+      <c r="A508" s="1" t="inlineStr">
+        <is>
+          <t>9786055513283</t>
+        </is>
+      </c>
+      <c r="B508" s="1" t="inlineStr">
+        <is>
+          <t>Bruno Bauer ve Karl MarX</t>
+        </is>
+      </c>
+      <c r="C508" s="1">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="509" spans="1:3">
+      <c r="A509" s="1" t="inlineStr">
+        <is>
           <t>9786055513412</t>
         </is>
       </c>
-      <c r="B496" s="1" t="inlineStr">
+      <c r="B509" s="1" t="inlineStr">
         <is>
           <t>Ben Çıkana Kadar Büyüme e mi...</t>
         </is>
       </c>
-      <c r="C496" s="1">
-        <v>210</v>
+      <c r="C509" s="1">
+        <v>260</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>