--- v0 (2025-11-02)
+++ v1 (2026-02-17)
@@ -85,1975 +85,2125 @@
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Barkod</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Ürün Adı</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Liste Fiyatı</t>
         </is>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>9786256469372</t>
+          <t>9786256469396</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>Gözlerin Karanlığa Alışınca</t>
+          <t>Ona İyi Bak</t>
         </is>
       </c>
       <c r="C2" s="1">
         <v>250</v>
       </c>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>9786256469334</t>
+          <t>9786256469389</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>Çocukluk Edebiyatı</t>
+          <t>Zamanla Aynı Kumaştan</t>
         </is>
       </c>
       <c r="C3" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>9786256469310</t>
+          <t>9786055904050</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>Oysa Kendinden Kaçamazdın</t>
+          <t>Kılıçkuş</t>
         </is>
       </c>
       <c r="C4" s="1">
-        <v>216</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>9786256469327</t>
+          <t>9786057643506</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
-          <t>Kapının Dışı</t>
+          <t>Küçük Eller</t>
         </is>
       </c>
       <c r="C5" s="1">
-        <v>180</v>
+        <v>168</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>9786256469280</t>
+          <t>9786055904685</t>
         </is>
       </c>
       <c r="B6" s="1" t="inlineStr">
         <is>
-          <t>Manzaradan Geçmek</t>
+          <t>Eve Dönmenin Yolları</t>
         </is>
       </c>
       <c r="C6" s="1">
-        <v>210</v>
+        <v>276</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>9786256469273</t>
+          <t>9786055904524</t>
         </is>
       </c>
       <c r="B7" s="1" t="inlineStr">
         <is>
-          <t>Bir Noel Hikâyesi</t>
+          <t>Bırakmak</t>
         </is>
       </c>
       <c r="C7" s="1">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>9786057643124</t>
+          <t>9786055904487</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>Sönmüş Hayaller</t>
+          <t>Mantık</t>
         </is>
       </c>
       <c r="C8" s="1">
-        <v>550</v>
+        <v>540</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>9786059851824</t>
+          <t>9786055904265</t>
         </is>
       </c>
       <c r="B9" s="1" t="inlineStr">
         <is>
-          <t>Belgelerim</t>
+          <t>Kadınlar Üzerine</t>
         </is>
       </c>
       <c r="C9" s="1">
-        <v>250</v>
+        <v>168</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>9786057643155</t>
+          <t>9786057643490</t>
         </is>
       </c>
       <c r="B10" s="1" t="inlineStr">
         <is>
-          <t>Serbest Kürsü</t>
+          <t>İdeal Defter</t>
         </is>
       </c>
       <c r="C10" s="1">
-        <v>240</v>
+        <v>276</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>9786052389447</t>
+          <t>9786057643544</t>
         </is>
       </c>
       <c r="B11" s="1" t="inlineStr">
         <is>
-          <t>Soru Kitapçığı</t>
+          <t>Mutluluğumuza</t>
         </is>
       </c>
       <c r="C11" s="1">
-        <v>210</v>
+        <v>192</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>9786256469242</t>
+          <t>9786256469372</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>Yan Yana Durduğumuz Zamanlar</t>
+          <t>Gözlerin Karanlığa Alışınca</t>
         </is>
       </c>
       <c r="C12" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>9786256469235</t>
+          <t>9786256469334</t>
         </is>
       </c>
       <c r="B13" s="1" t="inlineStr">
         <is>
-          <t>Hiç Kimse</t>
+          <t>Çocukluk Edebiyatı</t>
         </is>
       </c>
       <c r="C13" s="1">
-        <v>192</v>
+        <v>350</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>9786059851220</t>
+          <t>9786256469310</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>Ağaçların Özel Hayatı</t>
+          <t>Oysa Kendinden Kaçamazdın</t>
         </is>
       </c>
       <c r="C14" s="1">
-        <v>192</v>
+        <v>216</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>9786057643551</t>
+          <t>9786256469327</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>Küçük Şeylerin Felsefesi</t>
+          <t>Kapının Dışı</t>
         </is>
       </c>
       <c r="C15" s="1">
-        <v>220</v>
+        <v>180</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>9786055904548</t>
+          <t>9786256469280</t>
         </is>
       </c>
       <c r="B16" s="1" t="inlineStr">
         <is>
-          <t>Bonzai</t>
+          <t>Manzaradan Geçmek</t>
         </is>
       </c>
       <c r="C16" s="1">
-        <v>160</v>
+        <v>210</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>9786256469044</t>
+          <t>9786256469273</t>
         </is>
       </c>
       <c r="B17" s="1" t="inlineStr">
         <is>
-          <t>Hayalet Bakıcısı</t>
+          <t>Bir Noel Hikâyesi</t>
         </is>
       </c>
       <c r="C17" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>9786256469211</t>
+          <t>9786057643124</t>
         </is>
       </c>
       <c r="B18" s="1" t="inlineStr">
         <is>
-          <t>Editörlük Zor Zanaat</t>
+          <t>Sönmüş Hayaller</t>
         </is>
       </c>
       <c r="C18" s="1">
-        <v>444</v>
+        <v>550</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>9786057643841</t>
+          <t>9786059851824</t>
         </is>
       </c>
       <c r="B19" s="1" t="inlineStr">
         <is>
-          <t>Bunu Kimseye Anlatma</t>
+          <t>Belgelerim</t>
         </is>
       </c>
       <c r="C19" s="1">
-        <v>190</v>
+        <v>250</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>9786256469174</t>
+          <t>9786057643155</t>
         </is>
       </c>
       <c r="B20" s="1" t="inlineStr">
         <is>
-          <t>Eğer Beni Ararsan</t>
+          <t>Serbest Kürsü</t>
         </is>
       </c>
       <c r="C20" s="1">
-        <v>320</v>
+        <v>240</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>9786256469167</t>
+          <t>9786052389447</t>
         </is>
       </c>
       <c r="B21" s="1" t="inlineStr">
         <is>
-          <t>Aslında Her Şey Yolunda</t>
+          <t>Soru Kitapçığı</t>
         </is>
       </c>
       <c r="C21" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="1" t="inlineStr">
         <is>
-          <t>9786256469150</t>
+          <t>9786256469242</t>
         </is>
       </c>
       <c r="B22" s="1" t="inlineStr">
         <is>
-          <t>Valeria Bunu Anlayamaz</t>
+          <t>Yan Yana Durduğumuz Zamanlar</t>
         </is>
       </c>
       <c r="C22" s="1">
-        <v>180</v>
+        <v>350</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="1" t="inlineStr">
         <is>
-          <t>9786057643810</t>
+          <t>9786256469235</t>
         </is>
       </c>
       <c r="B23" s="1" t="inlineStr">
         <is>
-          <t>Buzkandilleri</t>
+          <t>Hiç Kimse</t>
         </is>
       </c>
       <c r="C23" s="1">
-        <v>216</v>
+        <v>192</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="1" t="inlineStr">
         <is>
-          <t>9786055904388</t>
+          <t>9786059851220</t>
         </is>
       </c>
       <c r="B24" s="1" t="inlineStr">
         <is>
-          <t>Tao Te Ching</t>
+          <t>Ağaçların Özel Hayatı</t>
         </is>
       </c>
       <c r="C24" s="1">
-        <v>180</v>
+        <v>192</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="1" t="inlineStr">
         <is>
-          <t>9786050017021</t>
+          <t>9786057643551</t>
         </is>
       </c>
       <c r="B25" s="1" t="inlineStr">
         <is>
-          <t>Morgue Sokağı Cinayeti</t>
+          <t>Küçük Şeylerin Felsefesi</t>
         </is>
       </c>
       <c r="C25" s="1">
-        <v>210</v>
+        <v>220</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="1" t="inlineStr">
         <is>
-          <t>9789944599931</t>
+          <t>9786055904548</t>
         </is>
       </c>
       <c r="B26" s="1" t="inlineStr">
         <is>
-          <t>Konuşmayan Adam Yaşamı Kapsamayan Bir Anlatı</t>
+          <t>Bonzai</t>
         </is>
       </c>
       <c r="C26" s="1">
-        <v>120</v>
+        <v>160</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="1" t="inlineStr">
         <is>
-          <t>9786057643407</t>
+          <t>9786256469044</t>
         </is>
       </c>
       <c r="B27" s="1" t="inlineStr">
         <is>
-          <t>Işıklar Ülkesi</t>
+          <t>Hayalet Bakıcısı</t>
         </is>
       </c>
       <c r="C27" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="1" t="inlineStr">
         <is>
-          <t>9786256469112</t>
+          <t>9786256469211</t>
         </is>
       </c>
       <c r="B28" s="1" t="inlineStr">
         <is>
-          <t>Şilili Şair</t>
+          <t>Editörlük Zor Zanaat</t>
         </is>
       </c>
       <c r="C28" s="1">
-        <v>430</v>
+        <v>444</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="1" t="inlineStr">
         <is>
-          <t>9786256469105</t>
+          <t>9786057643841</t>
         </is>
       </c>
       <c r="B29" s="1" t="inlineStr">
         <is>
-          <t>Yerini Yadırgayanlar</t>
+          <t>Bunu Kimseye Anlatma</t>
         </is>
       </c>
       <c r="C29" s="1">
         <v>190</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="1" t="inlineStr">
         <is>
-          <t>9786256469099</t>
+          <t>9786256469174</t>
         </is>
       </c>
       <c r="B30" s="1" t="inlineStr">
         <is>
-          <t>Puslu Gri Parlak Sarı</t>
+          <t>Eğer Beni Ararsan</t>
         </is>
       </c>
       <c r="C30" s="1">
-        <v>190</v>
+        <v>320</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="1" t="inlineStr">
         <is>
-          <t>9786256469037</t>
+          <t>9786256469167</t>
         </is>
       </c>
       <c r="B31" s="1" t="inlineStr">
         <is>
-          <t>Aldanış Adası</t>
+          <t>Aslında Her Şey Yolunda</t>
         </is>
       </c>
       <c r="C31" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="1" t="inlineStr">
         <is>
-          <t>9786256469020</t>
+          <t>9786256469150</t>
         </is>
       </c>
       <c r="B32" s="1" t="inlineStr">
         <is>
-          <t>Kim Bu İnsanlar</t>
+          <t>Valeria Bunu Anlayamaz</t>
         </is>
       </c>
       <c r="C32" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="1" t="inlineStr">
         <is>
-          <t>9786057643995</t>
+          <t>9786057643810</t>
         </is>
       </c>
       <c r="B33" s="1" t="inlineStr">
         <is>
-          <t>Epepe</t>
+          <t>Buzkandilleri</t>
         </is>
       </c>
       <c r="C33" s="1">
-        <v>270</v>
+        <v>216</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="1" t="inlineStr">
         <is>
-          <t>9786057643971</t>
+          <t>9786055904388</t>
         </is>
       </c>
       <c r="B34" s="1" t="inlineStr">
         <is>
-          <t>Dağlar Taşlar Tanığımdır</t>
+          <t>Tao Te Ching</t>
         </is>
       </c>
       <c r="C34" s="1">
-        <v>190</v>
+        <v>180</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="1" t="inlineStr">
         <is>
-          <t>9786057643988</t>
+          <t>9786050017021</t>
         </is>
       </c>
       <c r="B35" s="1" t="inlineStr">
         <is>
-          <t>Aklından Neler Geçiyor</t>
+          <t>Morgue Sokağı Cinayeti</t>
         </is>
       </c>
       <c r="C35" s="1">
-        <v>190</v>
+        <v>252</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="1" t="inlineStr">
         <is>
-          <t>9786057643933</t>
+          <t>9789944599931</t>
         </is>
       </c>
       <c r="B36" s="1" t="inlineStr">
         <is>
-          <t>Cadılar</t>
+          <t>Konuşmayan Adam Yaşamı Kapsamayan Bir Anlatı</t>
         </is>
       </c>
       <c r="C36" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="1" t="inlineStr">
         <is>
-          <t>9786057643902</t>
+          <t>9786057643407</t>
         </is>
       </c>
       <c r="B37" s="1" t="inlineStr">
         <is>
-          <t>Sıradan Hayat</t>
+          <t>Işıklar Ülkesi</t>
         </is>
       </c>
       <c r="C37" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="1" t="inlineStr">
         <is>
-          <t>9786057643919</t>
+          <t>9786256469112</t>
         </is>
       </c>
       <c r="B38" s="1" t="inlineStr">
         <is>
-          <t>Ateşle Yaklaşma</t>
+          <t>Şilili Şair</t>
         </is>
       </c>
       <c r="C38" s="1">
-        <v>220</v>
+        <v>430</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="1" t="inlineStr">
         <is>
-          <t>9786057643896</t>
+          <t>9786256469105</t>
         </is>
       </c>
       <c r="B39" s="1" t="inlineStr">
         <is>
-          <t>Bir Yerden Kırılır</t>
+          <t>Yerini Yadırgayanlar</t>
         </is>
       </c>
       <c r="C39" s="1">
-        <v>210</v>
+        <v>190</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="1" t="inlineStr">
         <is>
-          <t>9786057643834</t>
+          <t>9786256469099</t>
         </is>
       </c>
       <c r="B40" s="1" t="inlineStr">
         <is>
-          <t>Geri Döndüğüm Yerler</t>
+          <t>Puslu Gri Parlak Sarı</t>
         </is>
       </c>
       <c r="C40" s="1">
-        <v>336</v>
+        <v>190</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="1" t="inlineStr">
         <is>
-          <t>9786057643872</t>
+          <t>9786256469037</t>
         </is>
       </c>
       <c r="B41" s="1" t="inlineStr">
         <is>
-          <t>Söz</t>
+          <t>Aldanış Adası</t>
         </is>
       </c>
       <c r="C41" s="1">
-        <v>180</v>
+        <v>300</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" s="1" t="inlineStr">
         <is>
-          <t>9786057643735</t>
+          <t>9786256469020</t>
         </is>
       </c>
       <c r="B42" s="1" t="inlineStr">
         <is>
-          <t>Yetişkinler Ve İleri Düzeyde Öğrenciler İçin Dans Dersleri</t>
+          <t>Kim Bu İnsanlar</t>
         </is>
       </c>
       <c r="C42" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" s="1" t="inlineStr">
         <is>
-          <t>9786057643728</t>
+          <t>9786057643995</t>
         </is>
       </c>
       <c r="B43" s="1" t="inlineStr">
         <is>
-          <t>Yeryüzü Kitabı</t>
+          <t>Epepe</t>
         </is>
       </c>
       <c r="C43" s="1">
-        <v>235</v>
+        <v>270</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" s="1" t="inlineStr">
         <is>
-          <t>9786057643568</t>
+          <t>9786057643971</t>
         </is>
       </c>
       <c r="B44" s="1" t="inlineStr">
         <is>
-          <t>Okumamak</t>
+          <t>Dağlar Taşlar Tanığımdır</t>
         </is>
       </c>
       <c r="C44" s="1">
-        <v>350</v>
+        <v>190</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" s="1" t="inlineStr">
         <is>
-          <t>9786057643704</t>
+          <t>9786057643988</t>
         </is>
       </c>
       <c r="B45" s="1" t="inlineStr">
         <is>
-          <t>Olasılıklar Kıyısı</t>
+          <t>Aklından Neler Geçiyor</t>
         </is>
       </c>
       <c r="C45" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" s="1" t="inlineStr">
         <is>
-          <t>9786057643711</t>
+          <t>9786057643933</t>
         </is>
       </c>
       <c r="B46" s="1" t="inlineStr">
         <is>
-          <t>Ölüm Kalım Öyküleri</t>
+          <t>Cadılar</t>
         </is>
       </c>
       <c r="C46" s="1">
-        <v>150</v>
+        <v>260</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" s="1" t="inlineStr">
         <is>
-          <t>9786057643698</t>
+          <t>9786057643902</t>
         </is>
       </c>
       <c r="B47" s="1" t="inlineStr">
         <is>
-          <t>Geçmiş Zaman Ambarı</t>
+          <t>Sıradan Hayat</t>
         </is>
       </c>
       <c r="C47" s="1">
-        <v>190</v>
+        <v>230</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" s="1" t="inlineStr">
         <is>
-          <t>9786057643537</t>
+          <t>9786057643919</t>
         </is>
       </c>
       <c r="B48" s="1" t="inlineStr">
         <is>
-          <t>Babamın Cinayet Defteri</t>
+          <t>Ateşle Yaklaşma</t>
         </is>
       </c>
       <c r="C48" s="1">
-        <v>280</v>
+        <v>220</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" s="1" t="inlineStr">
         <is>
-          <t>9786057643520</t>
+          <t>9786057643896</t>
         </is>
       </c>
       <c r="B49" s="1" t="inlineStr">
         <is>
-          <t>İnceldiği Yerden Başlamak</t>
+          <t>Bir Yerden Kırılır</t>
         </is>
       </c>
       <c r="C49" s="1">
-        <v>180</v>
+        <v>210</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" s="1" t="inlineStr">
         <is>
-          <t>9786057643513</t>
+          <t>9786057643834</t>
         </is>
       </c>
       <c r="B50" s="1" t="inlineStr">
         <is>
-          <t>Çözümleyici Eleştiri</t>
+          <t>Geri Döndüğüm Yerler</t>
         </is>
       </c>
       <c r="C50" s="1">
-        <v>210</v>
+        <v>336</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" s="1" t="inlineStr">
         <is>
-          <t>9786057643445</t>
+          <t>9786057643872</t>
         </is>
       </c>
       <c r="B51" s="1" t="inlineStr">
         <is>
-          <t>Antropontolojinin Işığında Etik Ya Da Ahlak Felsefesi</t>
+          <t>Söz</t>
         </is>
       </c>
       <c r="C51" s="1">
-        <v>300</v>
+        <v>180</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" s="1" t="inlineStr">
         <is>
-          <t>9786057643414</t>
+          <t>9786057643735</t>
         </is>
       </c>
       <c r="B52" s="1" t="inlineStr">
         <is>
-          <t>Herkes Başka Biriyken Kim Kimdir?</t>
+          <t>Yetişkinler Ve İleri Düzeyde Öğrenciler İçin Dans Dersleri</t>
         </is>
       </c>
       <c r="C52" s="1">
-        <v>260</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" s="1" t="inlineStr">
         <is>
-          <t>9786057643438</t>
+          <t>9786057643728</t>
         </is>
       </c>
       <c r="B53" s="1" t="inlineStr">
         <is>
-          <t>Gidiş</t>
+          <t>Yeryüzü Kitabı</t>
         </is>
       </c>
       <c r="C53" s="1">
-        <v>150</v>
+        <v>235</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" s="1" t="inlineStr">
         <is>
-          <t>9786057643391</t>
+          <t>9786057643568</t>
         </is>
       </c>
       <c r="B54" s="1" t="inlineStr">
         <is>
-          <t>Dilthey Üstüne Yazılar</t>
+          <t>Okumamak</t>
         </is>
       </c>
       <c r="C54" s="1">
-        <v>200</v>
+        <v>350</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" s="1" t="inlineStr">
         <is>
-          <t>9786057643353</t>
+          <t>9786057643704</t>
         </is>
       </c>
       <c r="B55" s="1" t="inlineStr">
         <is>
-          <t>Kurmacanın Unsurları</t>
+          <t>Olasılıklar Kıyısı</t>
         </is>
       </c>
       <c r="C55" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" s="1" t="inlineStr">
         <is>
-          <t>9786057643346</t>
+          <t>9786057643711</t>
         </is>
       </c>
       <c r="B56" s="1" t="inlineStr">
         <is>
-          <t>Korku Evi - Yedinci At</t>
+          <t>Ölüm Kalım Öyküleri</t>
         </is>
       </c>
       <c r="C56" s="1">
-        <v>210</v>
+        <v>150</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" s="1" t="inlineStr">
         <is>
-          <t>9786057643278</t>
+          <t>9786057643698</t>
         </is>
       </c>
       <c r="B57" s="1" t="inlineStr">
         <is>
-          <t>İnsan Korkularıyla Yaşar</t>
+          <t>Geçmiş Zaman Ambarı</t>
         </is>
       </c>
       <c r="C57" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" s="1" t="inlineStr">
         <is>
-          <t>9786057643254</t>
+          <t>9786057643537</t>
         </is>
       </c>
       <c r="B58" s="1" t="inlineStr">
         <is>
-          <t>Krallığın İşleri</t>
+          <t>Babamın Cinayet Defteri</t>
         </is>
       </c>
       <c r="C58" s="1">
-        <v>150</v>
+        <v>280</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" s="1" t="inlineStr">
         <is>
-          <t>9786057643285</t>
+          <t>9786057643520</t>
         </is>
       </c>
       <c r="B59" s="1" t="inlineStr">
         <is>
-          <t>Bizi Buraya Getiren Şeyler</t>
+          <t>İnceldiği Yerden Başlamak</t>
         </is>
       </c>
       <c r="C59" s="1">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" s="1" t="inlineStr">
         <is>
-          <t>9786057643247</t>
+          <t>9786057643513</t>
         </is>
       </c>
       <c r="B60" s="1" t="inlineStr">
         <is>
-          <t>Erkeğin Yittiği Yerde</t>
+          <t>Çözümleyici Eleştiri</t>
         </is>
       </c>
       <c r="C60" s="1">
-        <v>550</v>
+        <v>210</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" s="1" t="inlineStr">
         <is>
-          <t>9786057643223</t>
+          <t>9786057643445</t>
         </is>
       </c>
       <c r="B61" s="1" t="inlineStr">
         <is>
-          <t>Akıp Giden Günlerimiz</t>
+          <t>Antropontolojinin Işığında Etik Ya Da Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C61" s="1">
-        <v>228</v>
+        <v>300</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" s="1" t="inlineStr">
         <is>
-          <t>9786057643193</t>
+          <t>9786057643414</t>
         </is>
       </c>
       <c r="B62" s="1" t="inlineStr">
         <is>
-          <t>Ne Rezalet</t>
+          <t>Herkes Başka Biriyken Kim Kimdir?</t>
         </is>
       </c>
       <c r="C62" s="1">
         <v>260</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" s="1" t="inlineStr">
         <is>
-          <t>9786057643186</t>
+          <t>9786057643438</t>
         </is>
       </c>
       <c r="B63" s="1" t="inlineStr">
         <is>
-          <t>Aramızda Bir Bahçe Yakınlığı</t>
+          <t>Gidiş</t>
         </is>
       </c>
       <c r="C63" s="1">
-        <v>170</v>
+        <v>150</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" s="1" t="inlineStr">
         <is>
-          <t>9786057643063</t>
+          <t>9786057643391</t>
         </is>
       </c>
       <c r="B64" s="1" t="inlineStr">
         <is>
-          <t>Dünyanın Sonunu Önceleyen İşaretler</t>
+          <t>Dilthey Üstüne Yazılar</t>
         </is>
       </c>
       <c r="C64" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" s="1" t="inlineStr">
         <is>
-          <t>9786057643049</t>
+          <t>9786057643353</t>
         </is>
       </c>
       <c r="B65" s="1" t="inlineStr">
         <is>
-          <t>Süper Erkek</t>
+          <t>Kurmacanın Unsurları</t>
         </is>
       </c>
       <c r="C65" s="1">
-        <v>200</v>
+        <v>160</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" s="1" t="inlineStr">
         <is>
-          <t>9786052389744</t>
+          <t>9786057643346</t>
         </is>
       </c>
       <c r="B66" s="1" t="inlineStr">
         <is>
-          <t>Tartışmalar</t>
+          <t>Korku Evi - Yedinci At</t>
         </is>
       </c>
       <c r="C66" s="1">
-        <v>270</v>
+        <v>210</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" s="1" t="inlineStr">
         <is>
-          <t>9786052389676</t>
+          <t>9786057643278</t>
         </is>
       </c>
       <c r="B67" s="1" t="inlineStr">
         <is>
-          <t>Bedenlerin Göçü</t>
+          <t>İnsan Korkularıyla Yaşar</t>
         </is>
       </c>
       <c r="C67" s="1">
-        <v>150</v>
+        <v>180</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" s="1" t="inlineStr">
         <is>
-          <t>9786052389683</t>
+          <t>9786057643254</t>
         </is>
       </c>
       <c r="B68" s="1" t="inlineStr">
         <is>
-          <t>Yabancı</t>
+          <t>Krallığın İşleri</t>
         </is>
       </c>
       <c r="C68" s="1">
-        <v>450</v>
+        <v>150</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" s="1" t="inlineStr">
         <is>
-          <t>9786052389669</t>
+          <t>9786057643285</t>
         </is>
       </c>
       <c r="B69" s="1" t="inlineStr">
         <is>
-          <t>Çıkmaz Sokak</t>
+          <t>Bizi Buraya Getiren Şeyler</t>
         </is>
       </c>
       <c r="C69" s="1">
-        <v>100</v>
+        <v>160</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" s="1" t="inlineStr">
         <is>
-          <t>9786052389232</t>
+          <t>9786057643247</t>
         </is>
       </c>
       <c r="B70" s="1" t="inlineStr">
         <is>
-          <t>Deniz Bize İyi Gelecek</t>
+          <t>Erkeğin Yittiği Yerde</t>
         </is>
       </c>
       <c r="C70" s="1">
-        <v>150</v>
+        <v>550</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" s="1" t="inlineStr">
         <is>
-          <t>9786052389188</t>
+          <t>9786057643223</t>
         </is>
       </c>
       <c r="B71" s="1" t="inlineStr">
         <is>
-          <t>Loquela - Sayıklama</t>
+          <t>Akıp Giden Günlerimiz</t>
         </is>
       </c>
       <c r="C71" s="1">
-        <v>200</v>
+        <v>228</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" s="1" t="inlineStr">
         <is>
-          <t>9786052389034</t>
+          <t>9786057643193</t>
         </is>
       </c>
       <c r="B72" s="1" t="inlineStr">
         <is>
-          <t>Saten Ada</t>
+          <t>Ne Rezalet</t>
         </is>
       </c>
       <c r="C72" s="1">
-        <v>210</v>
+        <v>260</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" s="1" t="inlineStr">
         <is>
-          <t>9786052389003</t>
+          <t>9786057643186</t>
         </is>
       </c>
       <c r="B73" s="1" t="inlineStr">
         <is>
-          <t>Büyük Cam</t>
+          <t>Aramızda Bir Bahçe Yakınlığı</t>
         </is>
       </c>
       <c r="C73" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" s="1" t="inlineStr">
         <is>
-          <t>9786059851978</t>
+          <t>9786057643063</t>
         </is>
       </c>
       <c r="B74" s="1" t="inlineStr">
         <is>
-          <t>Bakışlar</t>
+          <t>Dünyanın Sonunu Önceleyen İşaretler</t>
         </is>
       </c>
       <c r="C74" s="1">
         <v>150</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" s="1" t="inlineStr">
         <is>
-          <t>9786059851947</t>
+          <t>9786057643049</t>
         </is>
       </c>
       <c r="B75" s="1" t="inlineStr">
         <is>
-          <t>Şu Edebiyat Denen Şey</t>
+          <t>Süper Erkek</t>
         </is>
       </c>
       <c r="C75" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" s="1" t="inlineStr">
         <is>
-          <t>9786059851930</t>
+          <t>9786052389744</t>
         </is>
       </c>
       <c r="B76" s="1" t="inlineStr">
         <is>
-          <t>Vadideki Zambak</t>
+          <t>Tartışmalar</t>
         </is>
       </c>
       <c r="C76" s="1">
-        <v>390</v>
+        <v>270</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" s="1" t="inlineStr">
         <is>
-          <t>9786059851923</t>
+          <t>9786052389676</t>
         </is>
       </c>
       <c r="B77" s="1" t="inlineStr">
         <is>
-          <t>Felsefede Elli Yıl</t>
+          <t>Bedenlerin Göçü</t>
         </is>
       </c>
       <c r="C77" s="1">
-        <v>280</v>
+        <v>150</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" s="1" t="inlineStr">
         <is>
-          <t>9786059851831</t>
+          <t>9786052389683</t>
         </is>
       </c>
       <c r="B78" s="1" t="inlineStr">
         <is>
-          <t>Tenten ve Edebiyatın Gizemi</t>
+          <t>Yabancı</t>
         </is>
       </c>
       <c r="C78" s="1">
-        <v>240</v>
+        <v>450</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" s="1" t="inlineStr">
         <is>
-          <t>9786059851794</t>
+          <t>9786052389669</t>
         </is>
       </c>
       <c r="B79" s="1" t="inlineStr">
         <is>
-          <t>Dava</t>
+          <t>Çıkmaz Sokak</t>
         </is>
       </c>
       <c r="C79" s="1">
-        <v>290</v>
+        <v>100</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" s="1" t="inlineStr">
         <is>
-          <t>9786055904760</t>
+          <t>9786052389232</t>
         </is>
       </c>
       <c r="B80" s="1" t="inlineStr">
         <is>
-          <t>Boğuntulu Masallar</t>
+          <t>Deniz Bize İyi Gelecek</t>
         </is>
       </c>
       <c r="C80" s="1">
-        <v>110</v>
+        <v>150</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" s="1" t="inlineStr">
         <is>
-          <t>9786059851763</t>
+          <t>9786052389188</t>
         </is>
       </c>
       <c r="B81" s="1" t="inlineStr">
         <is>
-          <t>Frankenstein</t>
+          <t>Loquela - Sayıklama</t>
         </is>
       </c>
       <c r="C81" s="1">
-        <v>290</v>
+        <v>200</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" s="1" t="inlineStr">
         <is>
-          <t>9786059851589</t>
+          <t>9786052389034</t>
         </is>
       </c>
       <c r="B82" s="1" t="inlineStr">
         <is>
-          <t>Evrensellik Mitosu</t>
+          <t>Saten Ada</t>
         </is>
       </c>
       <c r="C82" s="1">
-        <v>230</v>
+        <v>210</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" s="1" t="inlineStr">
         <is>
-          <t>9786059851572</t>
+          <t>9786052389003</t>
         </is>
       </c>
       <c r="B83" s="1" t="inlineStr">
         <is>
-          <t>Ağ</t>
+          <t>Büyük Cam</t>
         </is>
       </c>
       <c r="C83" s="1">
-        <v>190</v>
+        <v>160</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" s="1" t="inlineStr">
         <is>
-          <t>9786059851565</t>
+          <t>9786059851978</t>
         </is>
       </c>
       <c r="B84" s="1" t="inlineStr">
         <is>
-          <t>Filler ve Balıklar</t>
+          <t>Bakışlar</t>
         </is>
       </c>
       <c r="C84" s="1">
-        <v>120</v>
+        <v>150</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" s="1" t="inlineStr">
         <is>
-          <t>9786055904258</t>
+          <t>9786059851947</t>
         </is>
       </c>
       <c r="B85" s="1" t="inlineStr">
         <is>
-          <t>Uykusuzluk - Insomnia</t>
+          <t>Şu Edebiyat Denen Şey</t>
         </is>
       </c>
       <c r="C85" s="1">
-        <v>140</v>
+        <v>250</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" s="1" t="inlineStr">
         <is>
-          <t>9786055904791</t>
+          <t>9786059851930</t>
         </is>
       </c>
       <c r="B86" s="1" t="inlineStr">
         <is>
-          <t>Söyleşiler</t>
+          <t>Vadideki Zambak</t>
         </is>
       </c>
       <c r="C86" s="1">
-        <v>180</v>
+        <v>390</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" s="1" t="inlineStr">
         <is>
-          <t>9786059851169</t>
+          <t>9786059851923</t>
         </is>
       </c>
       <c r="B87" s="1" t="inlineStr">
         <is>
-          <t>Türkçede Felsefe</t>
+          <t>Felsefede Elli Yıl</t>
         </is>
       </c>
       <c r="C87" s="1">
-        <v>190</v>
+        <v>280</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" s="1" t="inlineStr">
         <is>
-          <t>9786059851237</t>
+          <t>9786059851831</t>
         </is>
       </c>
       <c r="B88" s="1" t="inlineStr">
         <is>
-          <t>Sanatçının Mektupları</t>
+          <t>Tenten ve Edebiyatın Gizemi</t>
         </is>
       </c>
       <c r="C88" s="1">
-        <v>220</v>
+        <v>240</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" s="1" t="inlineStr">
         <is>
-          <t>9786055904951</t>
+          <t>9786059851794</t>
         </is>
       </c>
       <c r="B89" s="1" t="inlineStr">
         <is>
-          <t>Geri Dön Hayat</t>
+          <t>Dava</t>
         </is>
       </c>
       <c r="C89" s="1">
-        <v>180</v>
+        <v>290</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" s="1" t="inlineStr">
         <is>
-          <t>9786055904944</t>
+          <t>9786055904760</t>
         </is>
       </c>
       <c r="B90" s="1" t="inlineStr">
         <is>
-          <t>Burada Öyle Biri Yok</t>
+          <t>Boğuntulu Masallar</t>
         </is>
       </c>
       <c r="C90" s="1">
-        <v>170</v>
+        <v>110</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" s="1" t="inlineStr">
         <is>
-          <t>9786055904753</t>
+          <t>9786059851763</t>
         </is>
       </c>
       <c r="B91" s="1" t="inlineStr">
         <is>
-          <t>Pazartesi ya da Salı</t>
+          <t>Frankenstein</t>
         </is>
       </c>
       <c r="C91" s="1">
-        <v>200</v>
+        <v>290</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" s="1" t="inlineStr">
         <is>
-          <t>9786055904654</t>
+          <t>9786059851589</t>
         </is>
       </c>
       <c r="B92" s="1" t="inlineStr">
         <is>
-          <t>Küçük Prens</t>
+          <t>Evrensellik Mitosu</t>
         </is>
       </c>
       <c r="C92" s="1">
-        <v>144</v>
+        <v>230</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" s="1" t="inlineStr">
         <is>
-          <t>9786055904913</t>
+          <t>9786059851572</t>
         </is>
       </c>
       <c r="B93" s="1" t="inlineStr">
         <is>
-          <t>Persona</t>
+          <t>Ağ</t>
         </is>
       </c>
       <c r="C93" s="1">
-        <v>200</v>
+        <v>190</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" s="1" t="inlineStr">
         <is>
-          <t>9786055904838</t>
+          <t>9786059851565</t>
         </is>
       </c>
       <c r="B94" s="1" t="inlineStr">
         <is>
-          <t>Etik - Ahlak Felsefesi</t>
+          <t>Filler ve Balıklar</t>
         </is>
       </c>
       <c r="C94" s="1">
-        <v>260</v>
+        <v>120</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" s="1" t="inlineStr">
         <is>
-          <t>9786055904845</t>
+          <t>9786055904258</t>
         </is>
       </c>
       <c r="B95" s="1" t="inlineStr">
         <is>
-          <t>Nedenler Kitabı (Liber de Causis) ve Aquinolu Tomasso’nun Nedenler Kitabı Yorumu</t>
+          <t>Uykusuzluk - Insomnia</t>
         </is>
       </c>
       <c r="C95" s="1">
-        <v>190</v>
+        <v>140</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" s="1" t="inlineStr">
         <is>
-          <t>9786059851770</t>
+          <t>9786055904791</t>
         </is>
       </c>
       <c r="B96" s="1" t="inlineStr">
         <is>
-          <t>Modern Çağ Uyarıcıları Risalesi ve Z. Marcas</t>
+          <t>Söyleşiler</t>
         </is>
       </c>
       <c r="C96" s="1">
-        <v>165</v>
+        <v>180</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" s="1" t="inlineStr">
         <is>
-          <t>9786055904821</t>
+          <t>9786059851169</t>
         </is>
       </c>
       <c r="B97" s="1" t="inlineStr">
         <is>
-          <t>Ağaçlar Yanıyor</t>
+          <t>Türkçede Felsefe</t>
         </is>
       </c>
       <c r="C97" s="1">
-        <v>140</v>
+        <v>190</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" s="1" t="inlineStr">
         <is>
-          <t>9786055904807</t>
+          <t>9786059851237</t>
         </is>
       </c>
       <c r="B98" s="1" t="inlineStr">
         <is>
-          <t>Kasaba Avukatı</t>
+          <t>Sanatçının Mektupları</t>
         </is>
       </c>
       <c r="C98" s="1">
-        <v>120</v>
+        <v>220</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" s="1" t="inlineStr">
         <is>
-          <t>9786055904647</t>
+          <t>9786055904951</t>
         </is>
       </c>
       <c r="B99" s="1" t="inlineStr">
         <is>
-          <t>Yer Altından Notlar</t>
+          <t>Geri Dön Hayat</t>
         </is>
       </c>
       <c r="C99" s="1">
-        <v>240</v>
+        <v>180</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" s="1" t="inlineStr">
         <is>
-          <t>9786055904777</t>
+          <t>9786055904944</t>
         </is>
       </c>
       <c r="B100" s="1" t="inlineStr">
         <is>
-          <t>İvan İlyiç’in Ölümü</t>
+          <t>Burada Öyle Biri Yok</t>
         </is>
       </c>
       <c r="C100" s="1">
-        <v>160</v>
+        <v>170</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" s="1" t="inlineStr">
         <is>
-          <t>9786055904814</t>
+          <t>9786055904753</t>
         </is>
       </c>
       <c r="B101" s="1" t="inlineStr">
         <is>
-          <t>Kahraman Köpekler</t>
+          <t>Pazartesi ya da Salı</t>
         </is>
       </c>
       <c r="C101" s="1">
-        <v>110</v>
+        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" s="1" t="inlineStr">
         <is>
-          <t>9786055904739</t>
+          <t>9786055904654</t>
         </is>
       </c>
       <c r="B102" s="1" t="inlineStr">
         <is>
-          <t>Theta</t>
+          <t>Küçük Prens</t>
         </is>
       </c>
       <c r="C102" s="1">
-        <v>240</v>
+        <v>144</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" s="1" t="inlineStr">
         <is>
-          <t>9786055904296</t>
+          <t>9786055904913</t>
         </is>
       </c>
       <c r="B103" s="1" t="inlineStr">
         <is>
-          <t>Zarafa</t>
+          <t>Persona</t>
         </is>
       </c>
       <c r="C103" s="1">
         <v>200</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" s="1" t="inlineStr">
         <is>
-          <t>9786055904241</t>
+          <t>9786055904838</t>
         </is>
       </c>
       <c r="B104" s="1" t="inlineStr">
         <is>
-          <t>Üç Parça Toprak</t>
+          <t>Etik - Ahlak Felsefesi</t>
         </is>
       </c>
       <c r="C104" s="1">
-        <v>120</v>
+        <v>260</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" s="1" t="inlineStr">
         <is>
-          <t>9786055904517</t>
+          <t>9786055904845</t>
         </is>
       </c>
       <c r="B105" s="1" t="inlineStr">
         <is>
-          <t>Tutkunlar</t>
+          <t>Nedenler Kitabı (Liber de Causis) ve Aquinolu Tomasso’nun Nedenler Kitabı Yorumu</t>
         </is>
       </c>
       <c r="C105" s="1">
-        <v>180</v>
+        <v>190</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" s="1" t="inlineStr">
         <is>
-          <t>9786055904036</t>
+          <t>9786059851770</t>
         </is>
       </c>
       <c r="B106" s="1" t="inlineStr">
         <is>
-          <t>Tekno-Mağara’nın Ötesi</t>
+          <t>Modern Çağ Uyarıcıları Risalesi ve Z. Marcas</t>
         </is>
       </c>
       <c r="C106" s="1">
-        <v>200</v>
+        <v>165</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" s="1" t="inlineStr">
         <is>
-          <t>9786055904500</t>
+          <t>9786055904821</t>
         </is>
       </c>
       <c r="B107" s="1" t="inlineStr">
         <is>
-          <t>Tek Kişilik Kahvaltı</t>
+          <t>Ağaçlar Yanıyor</t>
         </is>
       </c>
       <c r="C107" s="1">
-        <v>65</v>
+        <v>140</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" s="1" t="inlineStr">
         <is>
-          <t>9786055904494</t>
+          <t>9786055904807</t>
         </is>
       </c>
       <c r="B108" s="1" t="inlineStr">
         <is>
-          <t>Tarih Felsefesi</t>
+          <t>Kasaba Avukatı</t>
         </is>
       </c>
       <c r="C108" s="1">
-        <v>612</v>
+        <v>120</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" s="1" t="inlineStr">
         <is>
-          <t>9786055904357</t>
+          <t>9786055904647</t>
         </is>
       </c>
       <c r="B109" s="1" t="inlineStr">
         <is>
-          <t>Tahterevalli</t>
+          <t>Yer Altından Notlar</t>
         </is>
       </c>
       <c r="C109" s="1">
-        <v>130</v>
+        <v>240</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" s="1" t="inlineStr">
         <is>
-          <t>9786055904579</t>
+          <t>9786055904777</t>
         </is>
       </c>
       <c r="B110" s="1" t="inlineStr">
         <is>
-          <t>Şiir ve Tragedya Kuramı</t>
+          <t>İvan İlyiç’in Ölümü</t>
         </is>
       </c>
       <c r="C110" s="1">
-        <v>165</v>
+        <v>160</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" s="1" t="inlineStr">
         <is>
-          <t>9786055904722</t>
+          <t>9786055904814</t>
         </is>
       </c>
       <c r="B111" s="1" t="inlineStr">
         <is>
-          <t>Sokaktaki İnsanın TC Sözlüğü</t>
+          <t>Kahraman Köpekler</t>
         </is>
       </c>
       <c r="C111" s="1">
-        <v>250</v>
+        <v>110</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" s="1" t="inlineStr">
         <is>
-          <t>9786055904234</t>
+          <t>9786055904739</t>
         </is>
       </c>
       <c r="B112" s="1" t="inlineStr">
         <is>
-          <t>Sabah Geçidi</t>
+          <t>Theta</t>
         </is>
       </c>
       <c r="C112" s="1">
-        <v>170</v>
+        <v>240</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" s="1" t="inlineStr">
         <is>
-          <t>9786055904531</t>
+          <t>9786055904296</t>
         </is>
       </c>
       <c r="B113" s="1" t="inlineStr">
         <is>
-          <t>Radyoda Felsefe</t>
+          <t>Zarafa</t>
         </is>
       </c>
       <c r="C113" s="1">
-        <v>250</v>
+        <v>200</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" s="1" t="inlineStr">
         <is>
-          <t>9786055904623</t>
+          <t>9786055904241</t>
         </is>
       </c>
       <c r="B114" s="1" t="inlineStr">
         <is>
-          <t>Metinlerle Hermeneutik Dersleri 2</t>
+          <t>Üç Parça Toprak</t>
         </is>
       </c>
       <c r="C114" s="1">
-        <v>450</v>
+        <v>120</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" s="1" t="inlineStr">
         <is>
-          <t>9786055904586</t>
+          <t>9786055904517</t>
         </is>
       </c>
       <c r="B115" s="1" t="inlineStr">
         <is>
-          <t>Kültür Bilimleri ve Kültür Felsefesi</t>
+          <t>Tutkunlar</t>
         </is>
       </c>
       <c r="C115" s="1">
-        <v>290</v>
+        <v>180</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" s="1" t="inlineStr">
         <is>
-          <t>9786055904142</t>
+          <t>9786055904036</t>
         </is>
       </c>
       <c r="B116" s="1" t="inlineStr">
         <is>
-          <t>Kontes’in Ölümü ve Başka Buruk Öyküler</t>
+          <t>Tekno-Mağara’nın Ötesi</t>
         </is>
       </c>
       <c r="C116" s="1">
-        <v>150</v>
+        <v>200</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" s="1" t="inlineStr">
         <is>
-          <t>9786055904715</t>
+          <t>9786055904500</t>
         </is>
       </c>
       <c r="B117" s="1" t="inlineStr">
         <is>
-          <t>Kızıl Ölümün Maskesi</t>
+          <t>Tek Kişilik Kahvaltı</t>
         </is>
       </c>
       <c r="C117" s="1">
-        <v>270</v>
+        <v>65</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" s="1" t="inlineStr">
         <is>
-          <t>9786055904197</t>
+          <t>9786055904494</t>
         </is>
       </c>
       <c r="B118" s="1" t="inlineStr">
         <is>
-          <t>Kedi’çin Masallar</t>
+          <t>Tarih Felsefesi</t>
         </is>
       </c>
       <c r="C118" s="1">
-        <v>120</v>
+        <v>612</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" s="1" t="inlineStr">
         <is>
-          <t>9786055904395</t>
+          <t>9786055904357</t>
         </is>
       </c>
       <c r="B119" s="1" t="inlineStr">
         <is>
-          <t>İstanbul</t>
+          <t>Tahterevalli</t>
         </is>
       </c>
       <c r="C119" s="1">
-        <v>210</v>
+        <v>130</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" s="1" t="inlineStr">
         <is>
-          <t>9786055904562</t>
+          <t>9786055904579</t>
         </is>
       </c>
       <c r="B120" s="1" t="inlineStr">
         <is>
-          <t>Irkçılık</t>
+          <t>Şiir ve Tragedya Kuramı</t>
         </is>
       </c>
       <c r="C120" s="1">
-        <v>192</v>
+        <v>165</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" s="1" t="inlineStr">
         <is>
-          <t>9786055904418</t>
+          <t>9786055904722</t>
         </is>
       </c>
       <c r="B121" s="1" t="inlineStr">
         <is>
-          <t>Hermeneutik ve Şiir</t>
+          <t>Sokaktaki İnsanın TC Sözlüğü</t>
         </is>
       </c>
       <c r="C121" s="1">
-        <v>120</v>
+        <v>250</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" s="1" t="inlineStr">
         <is>
-          <t>9786055904012</t>
+          <t>9786055904234</t>
         </is>
       </c>
       <c r="B122" s="1" t="inlineStr">
         <is>
-          <t>Haraç</t>
+          <t>Sabah Geçidi</t>
         </is>
       </c>
       <c r="C122" s="1">
-        <v>120</v>
+        <v>170</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" s="1" t="inlineStr">
         <is>
-          <t>9786055904708</t>
+          <t>9786055904531</t>
         </is>
       </c>
       <c r="B123" s="1" t="inlineStr">
         <is>
-          <t>Goriot Baba</t>
+          <t>Radyoda Felsefe</t>
         </is>
       </c>
       <c r="C123" s="1">
-        <v>350</v>
+        <v>250</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" s="1" t="inlineStr">
         <is>
-          <t>9786055904043</t>
+          <t>9786055904623</t>
         </is>
       </c>
       <c r="B124" s="1" t="inlineStr">
         <is>
-          <t>Erdemin Ardından Git</t>
+          <t>Metinlerle Hermeneutik Dersleri 2</t>
         </is>
       </c>
       <c r="C124" s="1">
-        <v>200</v>
+        <v>450</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" s="1" t="inlineStr">
         <is>
-          <t>9786055904432</t>
+          <t>9786055904586</t>
         </is>
       </c>
       <c r="B125" s="1" t="inlineStr">
         <is>
-          <t>Durgun Sular Sessiz Akar</t>
+          <t>Kültür Bilimleri ve Kültür Felsefesi</t>
         </is>
       </c>
       <c r="C125" s="1">
-        <v>250</v>
+        <v>290</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" s="1" t="inlineStr">
         <is>
-          <t>9786055904678</t>
+          <t>9786055904142</t>
         </is>
       </c>
       <c r="B126" s="1" t="inlineStr">
         <is>
-          <t>Duino Ağıtları</t>
+          <t>Kontes’in Ölümü ve Başka Buruk Öyküler</t>
         </is>
       </c>
       <c r="C126" s="1">
-        <v>160</v>
+        <v>150</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" s="1" t="inlineStr">
         <is>
-          <t>9786055904227</t>
+          <t>9786055904715</t>
         </is>
       </c>
       <c r="B127" s="1" t="inlineStr">
         <is>
-          <t>Çilesine Aşık</t>
+          <t>Kızıl Ölümün Maskesi</t>
         </is>
       </c>
       <c r="C127" s="1">
-        <v>55</v>
+        <v>270</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" s="1" t="inlineStr">
         <is>
-          <t>9786055904272</t>
+          <t>9786055904197</t>
         </is>
       </c>
       <c r="B128" s="1" t="inlineStr">
         <is>
-          <t>Bilim Felsefesi</t>
+          <t>Kedi’çin Masallar</t>
         </is>
       </c>
       <c r="C128" s="1">
-        <v>312</v>
+        <v>120</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" s="1" t="inlineStr">
         <is>
-          <t>9786055904104</t>
+          <t>9786055904395</t>
         </is>
       </c>
       <c r="B129" s="1" t="inlineStr">
         <is>
-          <t>Atinalı Timon</t>
+          <t>İstanbul</t>
         </is>
       </c>
       <c r="C129" s="1">
-        <v>200</v>
+        <v>210</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" s="1" t="inlineStr">
         <is>
+          <t>9786055904562</t>
+        </is>
+      </c>
+      <c r="B130" s="1" t="inlineStr">
+        <is>
+          <t>Irkçılık</t>
+        </is>
+      </c>
+      <c r="C130" s="1">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3">
+      <c r="A131" s="1" t="inlineStr">
+        <is>
+          <t>9786055904418</t>
+        </is>
+      </c>
+      <c r="B131" s="1" t="inlineStr">
+        <is>
+          <t>Hermeneutik ve Şiir</t>
+        </is>
+      </c>
+      <c r="C131" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3">
+      <c r="A132" s="1" t="inlineStr">
+        <is>
+          <t>9786055904012</t>
+        </is>
+      </c>
+      <c r="B132" s="1" t="inlineStr">
+        <is>
+          <t>Haraç</t>
+        </is>
+      </c>
+      <c r="C132" s="1">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3">
+      <c r="A133" s="1" t="inlineStr">
+        <is>
+          <t>9786055904708</t>
+        </is>
+      </c>
+      <c r="B133" s="1" t="inlineStr">
+        <is>
+          <t>Goriot Baba</t>
+        </is>
+      </c>
+      <c r="C133" s="1">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3">
+      <c r="A134" s="1" t="inlineStr">
+        <is>
+          <t>9786055904043</t>
+        </is>
+      </c>
+      <c r="B134" s="1" t="inlineStr">
+        <is>
+          <t>Erdemin Ardından Git</t>
+        </is>
+      </c>
+      <c r="C134" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3">
+      <c r="A135" s="1" t="inlineStr">
+        <is>
+          <t>9786055904432</t>
+        </is>
+      </c>
+      <c r="B135" s="1" t="inlineStr">
+        <is>
+          <t>Durgun Sular Sessiz Akar</t>
+        </is>
+      </c>
+      <c r="C135" s="1">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3">
+      <c r="A136" s="1" t="inlineStr">
+        <is>
+          <t>9786055904678</t>
+        </is>
+      </c>
+      <c r="B136" s="1" t="inlineStr">
+        <is>
+          <t>Duino Ağıtları</t>
+        </is>
+      </c>
+      <c r="C136" s="1">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3">
+      <c r="A137" s="1" t="inlineStr">
+        <is>
+          <t>9786055904227</t>
+        </is>
+      </c>
+      <c r="B137" s="1" t="inlineStr">
+        <is>
+          <t>Çilesine Aşık</t>
+        </is>
+      </c>
+      <c r="C137" s="1">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3">
+      <c r="A138" s="1" t="inlineStr">
+        <is>
+          <t>9786055904272</t>
+        </is>
+      </c>
+      <c r="B138" s="1" t="inlineStr">
+        <is>
+          <t>Bilim Felsefesi</t>
+        </is>
+      </c>
+      <c r="C138" s="1">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3">
+      <c r="A139" s="1" t="inlineStr">
+        <is>
+          <t>9786055904104</t>
+        </is>
+      </c>
+      <c r="B139" s="1" t="inlineStr">
+        <is>
+          <t>Atinalı Timon</t>
+        </is>
+      </c>
+      <c r="C139" s="1">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3">
+      <c r="A140" s="1" t="inlineStr">
+        <is>
           <t>9786055904371</t>
         </is>
       </c>
-      <c r="B130" s="1" t="inlineStr">
+      <c r="B140" s="1" t="inlineStr">
         <is>
           <t>Adaları Seven Adam</t>
         </is>
       </c>
-      <c r="C130" s="1">
+      <c r="C140" s="1">
         <v>160</v>
       </c>
     </row>
   </sheetData>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Spout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>